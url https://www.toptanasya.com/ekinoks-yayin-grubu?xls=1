--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,2815 +85,2830 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758864447</t>
+          <t>9789753120418</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Çocuk</t>
+          <t>Akran Zorbalığı ve Önleme - 2 Kitap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>13.89</v>
+        <v>850</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789758864522</t>
+          <t>9789758864447</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
+          <t>Yanlış Çocuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3990000086246</t>
+          <t>9789758864522</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Problem Çocuk</t>
+          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055448165</t>
+          <t>3990000086246</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 2</t>
+          <t>Problem Çocuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758864577</t>
+          <t>9786055448165</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Etkin Anne - Baba Eğitimi</t>
+          <t>Kare Karalamaca 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>50</v>
+        <v>750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055448424</t>
+          <t>9789758864577</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Taşınca</t>
+          <t>Etkin Anne - Baba Eğitimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>9.17</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758864348</t>
+          <t>9786055448424</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Deha Çocuk Olmak</t>
+          <t>Düşünce Taşınca</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>12.04</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758864560</t>
+          <t>9789758864348</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
+          <t>Deha Çocuk Olmak</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789758864591</t>
+          <t>9789758864560</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
+          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758864539</t>
+          <t>9789758864591</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Eğitim ve Disiplin</t>
+          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>11.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758864553</t>
+          <t>9789758864539</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Derin Düşünür</t>
+          <t>Çocuklarda Eğitim ve Disiplin</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>13.89</v>
+        <v>11.81</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758864379</t>
+          <t>9789758864553</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve İletişim</t>
+          <t>Çocuklar Derin Düşünür</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758864423</t>
+          <t>9789758864379</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Beceri</t>
+          <t>Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758864324</t>
+          <t>9789758864423</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İsimleri Kütüphanesi</t>
+          <t>Çocuk ve Beceri</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2880000064701</t>
+          <t>9789758864324</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Eğitimi Seti</t>
+          <t>Çocuk İsimleri Kütüphanesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>6750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758864393</t>
+          <t>2880000064701</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Okula Başlıyor</t>
+          <t>Çocuk Gelişimi ve Eğitimi Seti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>16.2</v>
+        <v>6750</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758864607</t>
+          <t>9789758864393</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Başarısız Çocuk Yoktur</t>
+          <t>Çocuğum Okula Başlıyor</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758864614</t>
+          <t>9789758864607</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anlat Lütfen Çok Geç Olmadan</t>
+          <t>Başarısız Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055448257</t>
+          <t>9789758864614</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 11</t>
+          <t>Anlat Lütfen Çok Geç Olmadan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758864331</t>
+          <t>9786055448257</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Anne-Baba Yaşam Rehberi</t>
+          <t>Kare Karalamaca 11</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000029079</t>
+          <t>9789758864331</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Meydan Larousse Ansiklopedisi (14 Cilt) (Ciltli)</t>
+          <t>Çocuk ve Anne-Baba Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>902.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000018235</t>
+          <t>3990000029079</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar (8 Kitap)</t>
+          <t>Meydan Larousse Ansiklopedisi (14 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>285</v>
+        <v>902.78</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055448158</t>
+          <t>3990000018235</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 1</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar (8 Kitap)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>9.26</v>
+        <v>285</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055448967</t>
+          <t>9786055448158</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar ve DEHB</t>
+          <t>Kare Karalamaca 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786215548932</t>
+          <t>9786055448967</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Büyütüyorum (10 Kitap Takım) - Adım Adım Çocuk ve Ergen Gelişimi</t>
+          <t>Özel Gereksinimli Çocuklar ve DEHB</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>4750</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9781111111123</t>
+          <t>9786215548932</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca Serisi (12 kitap)</t>
+          <t>Çocuğumu Büyütüyorum (10 Kitap Takım) - Adım Adım Çocuk ve Ergen Gelişimi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>3300</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>2786257995047</t>
+          <t>9781111111123</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dillerden Gönüllere Şiir Seli (4 Kitap Takım)</t>
+          <t>Kare Karalamaca Serisi (12 kitap)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>600</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753122658</t>
+          <t>2786257995047</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Diamond – Sudoku Akıl Dolu Oyunlar</t>
+          <t>Dillerden Gönüllere Şiir Seli (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257995320</t>
+          <t>9789753122658</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zaman Artığı</t>
+          <t>Diamond – Sudoku Akıl Dolu Oyunlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>275</v>
+        <v>900</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758864515</t>
+          <t>9786257995320</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanrılar</t>
+          <t>Zaman Artığı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>35</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758864492</t>
+          <t>9789758864515</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Saklı Duvar</t>
+          <t>Yalancı Tanrılar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055448219</t>
+          <t>9789758864492</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 7</t>
+          <t>Saklı Duvar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055448240</t>
+          <t>9786055448219</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 10</t>
+          <t>Kare Karalamaca 7</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>76.39</v>
+        <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055448080</t>
+          <t>9786055448240</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Disiplin</t>
+          <t>Kare Karalamaca 10</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>76.39</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055448189</t>
+          <t>9786055448080</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 4</t>
+          <t>Çocuk ve Disiplin</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>76.39</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055448639</t>
+          <t>9786055448189</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
+          <t>Kare Karalamaca 4</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>76.39</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257995245</t>
+          <t>9786055448639</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257995269</t>
+          <t>9786257995245</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
+          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758864454</t>
+          <t>9786257995269</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Ergenliğe En Güncel Bilgilerle Çocuk Gelişimi ve Eğitimi Seti (12 Kitap)</t>
+          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>5500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055448776</t>
+          <t>9789758864454</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uzağı Olmayan Yarınlar</t>
+          <t>Bebeklikten Ergenliğe En Güncel Bilgilerle Çocuk Gelişimi ve Eğitimi Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055448523</t>
+          <t>9786055448776</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Uzağı Olmayan Yarınlar</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257995191</t>
+          <t>9786055448523</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Serüven</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758864416</t>
+          <t>9786257995191</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle İletişim</t>
+          <t>Serüven</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>5500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758864355</t>
+          <t>9789758864416</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hastanesi</t>
+          <t>Gençlerle İletişim</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>5500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257995351</t>
+          <t>9789758864355</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Pembe Boyalı Oda</t>
+          <t>Çocuk Hastanesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>550</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257995344</t>
+          <t>9786257995351</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Zeka - Dikkat Geliştiren Akıl Oyunları 1 (3-4-5-6-7 Yaş ve Üzeri)</t>
+          <t>Pembe Boyalı Oda</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257995337</t>
+          <t>9786257995344</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Hayal</t>
+          <t>Çocuklar İçin Zeka - Dikkat Geliştiren Akıl Oyunları 1 (3-4-5-6-7 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758864362</t>
+          <t>9786257995337</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları</t>
+          <t>Kiralık Hayal</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>600</v>
+        <v>375</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054046546</t>
+          <t>9789758864362</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dünya Beyin Olimpiyatları Zeka Oyunları Dizisi (5 Kitap Takım)</t>
+          <t>Mantık Oyunları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055448806</t>
+          <t>9786054046546</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Otizmi Oyuna Getir</t>
+          <t>Dünya Beyin Olimpiyatları Zeka Oyunları Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>600</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257995016</t>
+          <t>9786055448806</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Oyunlar ( 4 Kitap Set)</t>
+          <t>Otizmi Oyuna Getir</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1200</v>
+        <v>675</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257995290</t>
+          <t>9786257995016</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gelişimsel Dil Bozukluğu</t>
+          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Oyunlar ( 4 Kitap Set)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>575</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789758864409</t>
+          <t>9786257995290</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Akran Zorbalığını Önleme Farkındalık Etkinlikleri ve Büyük Konularda Küçüklerle Önemli Sohbetler (Set)</t>
+          <t>Gelişimsel Dil Bozukluğu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257995313</t>
+          <t>9789758864409</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Büyük Konularda Küçüklerle Sohbetler - Ebeveyn ve Çocuklar İçin Önemli Konular</t>
+          <t>Okullarda Akran Zorbalığını Önleme Farkındalık Etkinlikleri ve Büyük Konularda Küçüklerle Önemli Sohbetler (Set)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>500</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055448554</t>
+          <t>9786257995313</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar - 4</t>
+          <t>Büyük Konularda Küçüklerle Sohbetler - Ebeveyn ve Çocuklar İçin Önemli Konular</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055448066</t>
+          <t>9786055448554</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Eğitim ve Disiplin</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar - 4</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055448004</t>
+          <t>9786055448066</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
+          <t>Çocuklarda Eğitim ve Disiplin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257995238</t>
+          <t>9786055448004</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Başarısız Çocuk Yoktur</t>
+          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257995276</t>
+          <t>9786257995238</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Etkin Anne - Baba Eğitimi</t>
+          <t>Başarısız Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257995214</t>
+          <t>9786257995276</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Atlar Ülkesinde</t>
+          <t>Etkin Anne - Baba Eğitimi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257995177</t>
+          <t>9786257995214</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı Önleme ve Farkındalık Etkinlikleri</t>
+          <t>Öksüz Atlar Ülkesinde</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789758864485</t>
+          <t>9786257995177</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (5 Kitap)</t>
+          <t>Akran Zorbalığı Önleme ve Farkındalık Etkinlikleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055448288</t>
+          <t>9789758864485</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları 2</t>
+          <t>4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (5 Kitap)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257995221</t>
+          <t>9786055448288</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Anlat Lütfen Çok Geç Olmadan</t>
+          <t>Mantık Oyunları 2</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257995283</t>
+          <t>9786257995221</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
+          <t>Anlat Lütfen Çok Geç Olmadan</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257995252</t>
+          <t>9786257995283</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Derin Düşünür</t>
+          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055448073</t>
+          <t>9786257995252</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Etkin Çocuk Eğitimi ve Özgüven</t>
+          <t>Çocuklar Derin Düşünür</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257995207</t>
+          <t>9786055448073</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kopuksuz Öyküler</t>
+          <t>Etkin Çocuk Eğitimi ve Özgüven</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789771302049</t>
+          <t>9786257995207</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>9-10-11-12-13 Yaş ve Üstü Çocuklar Için IQ Zeka - Dikkat Geliştiren Akıl Oyunları (3 Kitap)</t>
+          <t>Kopuksuz Öyküler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>900</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789771302087</t>
+          <t>9789771302049</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>10-13 Yaş Çocuklar için Zeka Geliştiren Oyunlar (2 Kitap)</t>
+          <t>9-10-11-12-13 Yaş ve Üstü Çocuklar Için IQ Zeka - Dikkat Geliştiren Akıl Oyunları (3 Kitap)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257995160</t>
+          <t>9789771302087</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Bana Biraz Otizmden Bahset</t>
+          <t>10-13 Yaş Çocuklar için Zeka Geliştiren Oyunlar (2 Kitap)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758864430</t>
+          <t>9786257995160</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca Seti 2 - 7' den 70' e Akıl ve Mantık Oyunları (6 Kitaplık Zevkli Oyunlar)</t>
+          <t>Yeniden Bana Biraz Otizmden Bahset</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789785441116</t>
+          <t>9789758864430</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca Seti 1 - 7'den 70'e Akıl ve Mantık Oyunları</t>
+          <t>Kare Karalamaca Seti 2 - 7' den 70' e Akıl ve Mantık Oyunları (6 Kitaplık Zevkli Oyunlar)</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>1650</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257995092</t>
+          <t>9789785441116</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 7 - 7’den 70’e Zeka Oyunları Kitapları Eşsiz Geometri ve Mantık Oyunları</t>
+          <t>Kare Karalamaca Seti 1 - 7'den 70'e Akıl ve Mantık Oyunları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>275</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257995184</t>
+          <t>9786257995092</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kronik Hastalıkların Tedavisine Yardımcı Görsel Sanatlar Eğitimi (El Kitabı)</t>
+          <t>Kare Karalamaca 7 - 7’den 70’e Zeka Oyunları Kitapları Eşsiz Geometri ve Mantık Oyunları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>2789785988939</t>
+          <t>9786257995184</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Uzman Gözüyle Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
+          <t>Kronik Hastalıkların Tedavisine Yardımcı Görsel Sanatlar Eğitimi (El Kitabı)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>7500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>2880000067313</t>
+          <t>2789785988939</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
+          <t>Uzman Gözüyle Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>7500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789785960105</t>
+          <t>2880000067313</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Zeka Geliştiren Oyunlar (4 Kitap Takım)</t>
+          <t>Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1450</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789785968880</t>
+          <t>9789785960105</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (8 Kitap Takım)</t>
+          <t>Çocuklar için Zeka Geliştiren Oyunlar (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>2500</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257995009</t>
+          <t>9789785968880</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Zeka ve Dikkat Geliştiren Kare Karalamacalar</t>
+          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055448134</t>
+          <t>9786257995009</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Otizm ve Oyun Terapisi Uygulama Seti (4 Kitap )</t>
+          <t>Çocuklar İçin Zeka ve Dikkat Geliştiren Kare Karalamacalar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>2350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257995153</t>
+          <t>9786055448134</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Özeldir</t>
+          <t>Otizm ve Oyun Terapisi Uygulama Seti (4 Kitap )</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>375</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257995054</t>
+          <t>9786257995153</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 5</t>
+          <t>Her Çocuk Özeldir</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257995122</t>
+          <t>9786257995054</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Otizm Duyusal Oyunlar</t>
+          <t>Kare Karalamaca 5</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>2786055448928</t>
+          <t>9786257995122</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Akıl ve Mantık Oyunları (6 Kitap Takım)</t>
+          <t>Otizm Duyusal Oyunlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1975</v>
+        <v>600</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257995115</t>
+          <t>2786055448928</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Haydi Benimle Oyna!</t>
+          <t>Çocuklar İçin Akıl ve Mantık Oyunları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>500</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257995108</t>
+          <t>9786257995115</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Kavuşmak</t>
+          <t>Haydi Benimle Oyna!</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257995085</t>
+          <t>9786257995108</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Düşkıran Sarkacı</t>
+          <t>Mutluluğa Kavuşmak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257995030</t>
+          <t>9786257995085</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 4</t>
+          <t>Düşkıran Sarkacı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257995047</t>
+          <t>9786257995030</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 10</t>
+          <t>Kare Karalamaca 4</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257995023</t>
+          <t>9786257995047</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gönül Prangası</t>
+          <t>Kare Karalamaca 10</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055448998</t>
+          <t>9786257995023</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 11</t>
+          <t>Gönül Prangası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055448981</t>
+          <t>9786055448998</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 2</t>
+          <t>Kare Karalamaca 11</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055448936</t>
+          <t>9786055448981</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>3-7 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Etkinlikler 1</t>
+          <t>Kare Karalamaca 2</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>575</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055448950</t>
+          <t>9786055448936</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı</t>
+          <t>3-7 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Etkinlikler 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789758864072</t>
+          <t>9786055448950</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin Zeka ve Dikkat Geliştiren Rengarenk Akıl Oyunları (10 Kitap)</t>
+          <t>Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>3250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058444751</t>
+          <t>9789758864072</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bakımı ve Gelişimi Seti (4 Kitap)</t>
+          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin Zeka ve Dikkat Geliştiren Rengarenk Akıl Oyunları (10 Kitap)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1950</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055448929</t>
+          <t>9786058444751</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 4</t>
+          <t>Çocuk Bakımı ve Gelişimi Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753128100</t>
+          <t>9786055448929</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (5 Kitap)</t>
+          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 4</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055448912</t>
+          <t>9789753128100</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 3</t>
+          <t>7-10 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (5 Kitap)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9780000230011</t>
+          <t>9786055448912</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sevilen Kalemlerin Diliyle Okunası Roman Seti (7 Kitap)</t>
+          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 3</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>2350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055548550</t>
+          <t>9780000230011</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin IQ Geliştiren Zeka Oyunları (18 Kitaplık Süper Set)</t>
+          <t>Sevilen Kalemlerin Diliyle Okunası Roman Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>5750</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755448175</t>
+          <t>9786055548550</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Aile Eğitimi Seti (12 Kitap Takım)</t>
+          <t>Çocuklar İçin IQ Geliştiren Zeka Oyunları (18 Kitaplık Süper Set)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>5500</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051199111</t>
+          <t>9789755448175</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Otizm Farkındalık Seti (3 Kitap Takım)</t>
+          <t>Çocuk Gelişimi ve Aile Eğitimi Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1750</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055448905</t>
+          <t>9786051199111</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Firarda Çocukluk</t>
+          <t>Otizm Farkındalık Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055448899</t>
+          <t>9786055448905</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Otizm - Hayatı Kolaylaştırma Kılavuzu</t>
+          <t>Firarda Çocukluk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055448882</t>
+          <t>9786055448899</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>3-7 Yaş Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Akıl Oyunları / 8 Kitap (3-4-5-6-7 Yaş ve Üzeri)</t>
+          <t>Otizm - Hayatı Kolaylaştırma Kılavuzu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>2650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055448851</t>
+          <t>9786055448882</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 2</t>
+          <t>3-7 Yaş Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Akıl Oyunları / 8 Kitap (3-4-5-6-7 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055448875</t>
+          <t>9786055448851</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tamircisi</t>
+          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 2</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055448868</t>
+          <t>9786055448875</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır</t>
+          <t>Zaman Tamircisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>575</v>
+        <v>450</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055448844</t>
+          <t>9786055448868</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 1</t>
+          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055448837</t>
+          <t>9786055448844</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
+          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 1</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>575</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055448691</t>
+          <t>9786055448837</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>4-7 Yaş Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
+          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055448813</t>
+          <t>9786055448691</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İnsana Bağımlılık</t>
+          <t>4-7 Yaş Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055448820</t>
+          <t>9786055448813</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Etkin Anne - Baba Eğitimi</t>
+          <t>İnsana Bağımlılık</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055448783</t>
+          <t>9786055448820</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Su Yeşili</t>
+          <t>Etkin Anne - Baba Eğitimi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055448769</t>
+          <t>9786055448783</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 1</t>
+          <t>Su Yeşili</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055448752</t>
+          <t>9786055448769</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin IQ Geliştirici Zeka Oyunları Seti (15 Kitap Set)</t>
+          <t>Kare Karalamaca 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>4950</v>
+        <v>275</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055448684</t>
+          <t>9786055448752</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>Çocuklar İçin IQ Geliştirici Zeka Oyunları Seti (15 Kitap Set)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>550</v>
+        <v>4950</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055448745</t>
+          <t>9786055448684</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>10 - 13 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055448721</t>
+          <t>9786055448745</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>10-13 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1</t>
+          <t>10 - 13 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055448677</t>
+          <t>9786055448721</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 Kitap Takım)</t>
+          <t>10-13 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>1800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055448714</t>
+          <t>9786055448677</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055448738</t>
+          <t>9786055448714</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bana Biraz Otizmden Bahset</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055448707</t>
+          <t>9786055448738</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1 (4-7 Yaş)</t>
+          <t>Bana Biraz Otizmden Bahset</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055448646</t>
+          <t>9786055448707</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 kitap)</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1 (4-7 Yaş)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>2050</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055448660</t>
+          <t>9786055448646</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 5</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 kitap)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055448653</t>
+          <t>9786055448660</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 4</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 5</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055448622</t>
+          <t>9786055448653</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Talan Var</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 4</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055448561</t>
+          <t>9786055448622</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
+          <t>Yüreğimde Talan Var</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055448790</t>
+          <t>9786055448561</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>0-3 Yaş Çocuklar İçin Yaşam Koçluğu</t>
+          <t>7-10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055447472</t>
+          <t>9786055448790</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>6-12 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (13 Kitap)</t>
+          <t>0-3 Yaş Çocuklar İçin Yaşam Koçluğu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>4325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>2289759999919</t>
+          <t>9786055447472</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenle En Doğru Yaşam Seti (12 Kitap)</t>
+          <t>6-12 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (13 Kitap)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>5500</v>
+        <v>4325</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050440486</t>
+          <t>2289759999919</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Uzman Eğitimci Gözüyle Çocuk ve Ergen Gelişim Seti (9 Kitap)</t>
+          <t>Çocuk ve Ergenle En Doğru Yaşam Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>4000</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055448530</t>
+          <t>9786050440486</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Küllerimden Yeniden Doğdum</t>
+          <t>Uzman Eğitimci Gözüyle Çocuk ve Ergen Gelişim Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786058444768</t>
+          <t>9786055448530</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Eğitim Seti (4 Kitap)</t>
+          <t>Küllerimden Yeniden Doğdum</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055448516</t>
+          <t>9786058444768</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Pompeii - Kentin Ölümü</t>
+          <t>Çocuk ve Ergen Eğitim Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>2786055448469</t>
+          <t>9786055448516</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Çoklu Zeka Oyunları (19 Kitap)</t>
+          <t>Pompeii - Kentin Ölümü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>6150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055448462</t>
+          <t>2786055448469</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 3</t>
+          <t>Çocuklar İçin Çoklu Zeka Oyunları (19 Kitap)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>400</v>
+        <v>6150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055448509</t>
+          <t>9786055448462</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergende Zeka Gelişimi</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 3</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9799699689968</t>
+          <t>9786055448509</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ekinoks Tarih ve Tarihi Roman Seti (4 Kitap)</t>
+          <t>Çocuk ve Ergende Zeka Gelişimi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>1550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055448493</t>
+          <t>9799699689968</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve İletişim</t>
+          <t>Ekinoks Tarih ve Tarihi Roman Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>375</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055448486</t>
+          <t>9786055448493</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
+          <t>Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055448578</t>
+          <t>9786055448486</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Varoluş İçin Kurmacalar</t>
+          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055448097</t>
+          <t>9786055448578</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma En Güzel Yemekler</t>
+          <t>Varoluş İçin Kurmacalar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055448417</t>
+          <t>9786055448097</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Gelişiminde Doğru Disiplin</t>
+          <t>Çocuğuma En Güzel Yemekler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055447120</t>
+          <t>9786055448417</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>4-10 Yaş ve Üzeri Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Aktiviteli Akıl Oyunları</t>
+          <t>Çocuk ve Ergen Gelişiminde Doğru Disiplin</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>3000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055448585</t>
+          <t>9786055447120</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 3 ( Renkli Baskı )</t>
+          <t>4-10 Yaş ve Üzeri Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Aktiviteli Akıl Oyunları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055448592</t>
+          <t>9786055448585</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar - 5</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 3 ( Renkli Baskı )</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9781111111124</t>
+          <t>9786055448592</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Doğumdan Ergenliğe Çocuk Gelişimi ve Eğitimi (12 Kitap)</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar - 5</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>5500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055448479</t>
+          <t>9781111111124</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>7 - 10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 1</t>
+          <t>Doğumdan Ergenliğe Çocuk Gelişimi ve Eğitimi (12 Kitap)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055448028</t>
+          <t>9786055448479</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır!</t>
+          <t>7 - 10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055448035</t>
+          <t>9786055448028</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başlayalım mı?</t>
+          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır!</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055448127</t>
+          <t>9786055448035</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yemek Kitabı</t>
+          <t>Yeniden Başlayalım mı?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055448349</t>
+          <t>9786055448127</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Bebek Hoşgeldin</t>
+          <t>Yemek Kitabı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055448370</t>
+          <t>9786055448349</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Terbiye</t>
+          <t>Sevgili Bebek Hoşgeldin</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055448141</t>
+          <t>9786055448370</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Günümüze Zor Yüzyıl</t>
+          <t>Pozitif Terbiye</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055448011</t>
+          <t>9786055448141</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Nerede Hata Yaptık?</t>
+          <t>Osmanlıdan Günümüze Zor Yüzyıl</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055448271</t>
+          <t>9786055448011</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>7 ’den 77’e Genç, Yaş Almış Düşünen Tüm İnsanlar İçin Akıl Dolu IQ Geliştiren Mantık Oyunları 1 (Cep Boy)</t>
+          <t>Nerede Hata Yaptık?</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257995139</t>
+          <t>9786055448271</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 9</t>
+          <t>7 ’den 77’e Genç, Yaş Almış Düşünen Tüm İnsanlar İçin Akıl Dolu IQ Geliştiren Mantık Oyunları 1 (Cep Boy)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257995078</t>
+          <t>9786257995139</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 8</t>
+          <t>Kare Karalamaca 9</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257995061</t>
+          <t>9786257995078</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 6</t>
+          <t>Kare Karalamaca 8</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055448974</t>
+          <t>9786257995061</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 12</t>
+          <t>Kare Karalamaca 6</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055448943</t>
+          <t>9786055448974</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 3</t>
+          <t>Kare Karalamaca 12</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789758864584</t>
+          <t>9786055448943</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Empati ve Sevgi Dili</t>
+          <t>Kare Karalamaca 3</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055448387</t>
+          <t>9789758864584</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>En Doğru Anlatımla Çocuk ve Ergen Psikolojisi</t>
+          <t>Her Yönüyle Empati ve Sevgi Dili</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055448001</t>
+          <t>9786055448387</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dünya Beyin Olimpiyatları Kare Karalamaca Serisi (12 Kitap Takım)</t>
+          <t>En Doğru Anlatımla Çocuk ve Ergen Psikolojisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>3300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055448356</t>
+          <t>9786055448001</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Doğru Akılcı ve Sade Bir Anlatımla Etkili Anne Baba Olma Rehberi</t>
+          <t>Dünya Beyin Olimpiyatları Kare Karalamaca Serisi (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>450</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055448325</t>
+          <t>9786055448356</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Diamond 3</t>
+          <t>Doğru Akılcı ve Sade Bir Anlatımla Etkili Anne Baba Olma Rehberi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055448318</t>
+          <t>9786055448325</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Diamond 2</t>
+          <t>Diamond 3</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055448301</t>
+          <t>9786055448318</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Diamond 1</t>
+          <t>Diamond 2</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055448332</t>
+          <t>9786055448301</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çocukluktan Ergenliğe Duygusal Gelişim ve Özgüven</t>
+          <t>Diamond 1</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055448103</t>
+          <t>9786055448332</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>Çocukluktan Ergenliğe Duygusal Gelişim ve Özgüven</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055448394</t>
+          <t>9786055448103</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenle Doğru İletişim</t>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055448363</t>
+          <t>9786055448394</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergende Dikkat Eksikliği</t>
+          <t>Çocuk ve Ergenle Doğru İletişim</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055448042</t>
+          <t>9786055448363</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Gelişiminde Pozitif Terbiye</t>
+          <t>Çocuk ve Ergende Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055447489</t>
+          <t>9786055448042</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Çocuk Eğitimi (17 Kitap Takım)</t>
+          <t>Çocuk ve Ergen Gelişiminde Pozitif Terbiye</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>7500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055448400</t>
+          <t>9786055447489</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Metotlarla Hızlı Okuma ve Anlama Sanatı</t>
+          <t>Çocuk Gelişimi ve Çocuk Eğitimi (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>500</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789758864546</t>
+          <t>9786055448400</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bebek Deyip de Geçme</t>
+          <t>Çağdaş Metotlarla Hızlı Okuma ve Anlama Sanatı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789758864508</t>
+          <t>9789758864546</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Baba, Oğul, Torun</t>
+          <t>Bebek Deyip de Geçme</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789758864638</t>
+          <t>9789758864508</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
+          <t>Baba, Oğul, Torun</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055448059</t>
+          <t>9789758864638</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba Olma Sanatı</t>
+          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055448000</t>
+          <t>9786055448059</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>7’den 70’e Eğlenceli Zeka Gelişimi Seti (17 Kitap Takım)</t>
+          <t>Anne - Baba Olma Sanatı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>4800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055448615</t>
+          <t>9786055448000</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bir Erasmus Hikayesi</t>
+          <t>7’den 70’e Eğlenceli Zeka Gelişimi Seti (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
+          <t>9786055448615</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Bir Erasmus Hikayesi</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
           <t>9786055448608</t>
         </is>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Futbol Benim Neyim Olur</t>
         </is>
       </c>
-      <c r="C186" s="1">
+      <c r="C187" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>