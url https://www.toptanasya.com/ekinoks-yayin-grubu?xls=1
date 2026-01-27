--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,2830 +85,2860 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753120418</t>
+          <t>9786257995375</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı ve Önleme - 2 Kitap</t>
+          <t>Duygusal Bağımlılık</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789758864447</t>
+          <t>9786257995368</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Çocuk</t>
+          <t>Gölgedeki Çocuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>13.89</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758864522</t>
+          <t>9789753120418</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
+          <t>Akran Zorbalığı ve Önleme - 2 Kitap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>30</v>
+        <v>850</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>3990000086246</t>
+          <t>9789758864447</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Problem Çocuk</t>
+          <t>Yanlış Çocuk</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055448165</t>
+          <t>9789758864522</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 2</t>
+          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>750</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758864577</t>
+          <t>3990000086246</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Etkin Anne - Baba Eğitimi</t>
+          <t>Problem Çocuk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055448424</t>
+          <t>9786055448165</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Taşınca</t>
+          <t>Kare Karalamaca 2</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>9.17</v>
+        <v>750</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758864348</t>
+          <t>9789758864577</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Deha Çocuk Olmak</t>
+          <t>Etkin Anne - Baba Eğitimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>12.04</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789758864560</t>
+          <t>9786055448424</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
+          <t>Düşünce Taşınca</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758864591</t>
+          <t>9789758864348</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
+          <t>Deha Çocuk Olmak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758864539</t>
+          <t>9789758864560</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Eğitim ve Disiplin</t>
+          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>11.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758864553</t>
+          <t>9789758864591</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Derin Düşünür</t>
+          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758864379</t>
+          <t>9789758864539</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve İletişim</t>
+          <t>Çocuklarda Eğitim ve Disiplin</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>25</v>
+        <v>11.81</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758864423</t>
+          <t>9789758864553</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Beceri</t>
+          <t>Çocuklar Derin Düşünür</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758864324</t>
+          <t>9789758864379</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İsimleri Kütüphanesi</t>
+          <t>Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2880000064701</t>
+          <t>9789758864423</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Eğitimi Seti</t>
+          <t>Çocuk ve Beceri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>6750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758864393</t>
+          <t>9789758864324</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Okula Başlıyor</t>
+          <t>Çocuk İsimleri Kütüphanesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758864607</t>
+          <t>2880000064701</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Başarısız Çocuk Yoktur</t>
+          <t>Çocuk Gelişimi ve Eğitimi Seti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>13.89</v>
+        <v>6750</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758864614</t>
+          <t>9789758864393</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Anlat Lütfen Çok Geç Olmadan</t>
+          <t>Çocuğum Okula Başlıyor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055448257</t>
+          <t>9789758864607</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 11</t>
+          <t>Başarısız Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758864331</t>
+          <t>9789758864614</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Anne-Baba Yaşam Rehberi</t>
+          <t>Anlat Lütfen Çok Geç Olmadan</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000029079</t>
+          <t>9786055448257</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Meydan Larousse Ansiklopedisi (14 Cilt) (Ciltli)</t>
+          <t>Kare Karalamaca 11</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>902.78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000018235</t>
+          <t>9789758864331</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar (8 Kitap)</t>
+          <t>Çocuk ve Anne-Baba Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>285</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055448158</t>
+          <t>3990000029079</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 1</t>
+          <t>Meydan Larousse Ansiklopedisi (14 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>9.26</v>
+        <v>902.78</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055448967</t>
+          <t>3990000018235</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar ve DEHB</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar (8 Kitap)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>30</v>
+        <v>285</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786215548932</t>
+          <t>9786055448158</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Büyütüyorum (10 Kitap Takım) - Adım Adım Çocuk ve Ergen Gelişimi</t>
+          <t>Kare Karalamaca 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>4750</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9781111111123</t>
+          <t>9786055448967</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca Serisi (12 kitap)</t>
+          <t>Özel Gereksinimli Çocuklar ve DEHB</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>3300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>2786257995047</t>
+          <t>9786215548932</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dillerden Gönüllere Şiir Seli (4 Kitap Takım)</t>
+          <t>Çocuğumu Büyütüyorum (10 Kitap Takım) - Adım Adım Çocuk ve Ergen Gelişimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753122658</t>
+          <t>9781111111123</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Diamond – Sudoku Akıl Dolu Oyunlar</t>
+          <t>Kare Karalamaca Serisi (12 kitap)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>900</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257995320</t>
+          <t>2786257995047</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Zaman Artığı</t>
+          <t>Dillerden Gönüllere Şiir Seli (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758864515</t>
+          <t>9789753122658</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanrılar</t>
+          <t>Diamond – Sudoku Akıl Dolu Oyunlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>35</v>
+        <v>900</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758864492</t>
+          <t>9786257995320</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Saklı Duvar</t>
+          <t>Zaman Artığı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055448219</t>
+          <t>9789758864515</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 7</t>
+          <t>Yalancı Tanrılar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>95</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055448240</t>
+          <t>9789758864492</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 10</t>
+          <t>Saklı Duvar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>76.39</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055448080</t>
+          <t>9786055448219</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Disiplin</t>
+          <t>Kare Karalamaca 7</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055448189</t>
+          <t>9786055448240</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 4</t>
+          <t>Kare Karalamaca 10</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>76.39</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055448639</t>
+          <t>9786055448080</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
+          <t>Çocuk ve Disiplin</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257995245</t>
+          <t>9786055448189</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
+          <t>Kare Karalamaca 4</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>76.39</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257995269</t>
+          <t>9786055448639</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758864454</t>
+          <t>9786257995245</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Ergenliğe En Güncel Bilgilerle Çocuk Gelişimi ve Eğitimi Seti (12 Kitap)</t>
+          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>5500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055448776</t>
+          <t>9786257995269</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Uzağı Olmayan Yarınlar</t>
+          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055448523</t>
+          <t>9789758864454</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Bebeklikten Ergenliğe En Güncel Bilgilerle Çocuk Gelişimi ve Eğitimi Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257995191</t>
+          <t>9786055448776</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Serüven</t>
+          <t>Uzağı Olmayan Yarınlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758864416</t>
+          <t>9786055448523</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle İletişim</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>5500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789758864355</t>
+          <t>9786257995191</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hastanesi</t>
+          <t>Serüven</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>5500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257995351</t>
+          <t>9789758864416</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Pembe Boyalı Oda</t>
+          <t>Gençlerle İletişim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>550</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257995344</t>
+          <t>9789758864355</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Zeka - Dikkat Geliştiren Akıl Oyunları 1 (3-4-5-6-7 Yaş ve Üzeri)</t>
+          <t>Çocuk Hastanesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257995337</t>
+          <t>9786257995351</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Hayal</t>
+          <t>Pembe Boyalı Oda</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758864362</t>
+          <t>9786257995344</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları</t>
+          <t>Çocuklar İçin Zeka - Dikkat Geliştiren Akıl Oyunları 1 (3-4-5-6-7 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054046546</t>
+          <t>9786257995337</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dünya Beyin Olimpiyatları Zeka Oyunları Dizisi (5 Kitap Takım)</t>
+          <t>Kiralık Hayal</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055448806</t>
+          <t>9789758864362</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Otizmi Oyuna Getir</t>
+          <t>Mantık Oyunları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>675</v>
+        <v>600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257995016</t>
+          <t>9786054046546</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Oyunlar ( 4 Kitap Set)</t>
+          <t>Dünya Beyin Olimpiyatları Zeka Oyunları Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257995290</t>
+          <t>9786055448806</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gelişimsel Dil Bozukluğu</t>
+          <t>Otizmi Oyuna Getir</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>575</v>
+        <v>675</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758864409</t>
+          <t>9786257995016</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Akran Zorbalığını Önleme Farkındalık Etkinlikleri ve Büyük Konularda Küçüklerle Önemli Sohbetler (Set)</t>
+          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Oyunlar ( 4 Kitap Set)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257995313</t>
+          <t>9786257995290</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Büyük Konularda Küçüklerle Sohbetler - Ebeveyn ve Çocuklar İçin Önemli Konular</t>
+          <t>Gelişimsel Dil Bozukluğu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>550</v>
+        <v>575</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055448554</t>
+          <t>9789758864409</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar - 4</t>
+          <t>Okullarda Akran Zorbalığını Önleme Farkındalık Etkinlikleri ve Büyük Konularda Küçüklerle Önemli Sohbetler (Set)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055448066</t>
+          <t>9786257995313</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Eğitim ve Disiplin</t>
+          <t>Büyük Konularda Küçüklerle Sohbetler - Ebeveyn ve Çocuklar İçin Önemli Konular</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055448004</t>
+          <t>9786055448554</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar - 4</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257995238</t>
+          <t>9786055448066</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Başarısız Çocuk Yoktur</t>
+          <t>Çocuklarda Eğitim ve Disiplin</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257995276</t>
+          <t>9786055448004</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Etkin Anne - Baba Eğitimi</t>
+          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257995214</t>
+          <t>9786257995238</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Atlar Ülkesinde</t>
+          <t>Başarısız Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257995177</t>
+          <t>9786257995276</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı Önleme ve Farkındalık Etkinlikleri</t>
+          <t>Etkin Anne - Baba Eğitimi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758864485</t>
+          <t>9786257995214</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (5 Kitap)</t>
+          <t>Öksüz Atlar Ülkesinde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055448288</t>
+          <t>9786257995177</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları 2</t>
+          <t>Akran Zorbalığı Önleme ve Farkındalık Etkinlikleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257995221</t>
+          <t>9789758864485</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Anlat Lütfen Çok Geç Olmadan</t>
+          <t>4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (5 Kitap)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257995283</t>
+          <t>9786055448288</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
+          <t>Mantık Oyunları 2</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257995252</t>
+          <t>9786257995221</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Derin Düşünür</t>
+          <t>Anlat Lütfen Çok Geç Olmadan</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055448073</t>
+          <t>9786257995283</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Etkin Çocuk Eğitimi ve Özgüven</t>
+          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257995207</t>
+          <t>9786257995252</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kopuksuz Öyküler</t>
+          <t>Çocuklar Derin Düşünür</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789771302049</t>
+          <t>9786055448073</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>9-10-11-12-13 Yaş ve Üstü Çocuklar Için IQ Zeka - Dikkat Geliştiren Akıl Oyunları (3 Kitap)</t>
+          <t>Etkin Çocuk Eğitimi ve Özgüven</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789771302087</t>
+          <t>9786257995207</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>10-13 Yaş Çocuklar için Zeka Geliştiren Oyunlar (2 Kitap)</t>
+          <t>Kopuksuz Öyküler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257995160</t>
+          <t>9789771302049</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Bana Biraz Otizmden Bahset</t>
+          <t>9-10-11-12-13 Yaş ve Üstü Çocuklar Için IQ Zeka - Dikkat Geliştiren Akıl Oyunları (3 Kitap)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758864430</t>
+          <t>9789771302087</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca Seti 2 - 7' den 70' e Akıl ve Mantık Oyunları (6 Kitaplık Zevkli Oyunlar)</t>
+          <t>10-13 Yaş Çocuklar için Zeka Geliştiren Oyunlar (2 Kitap)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789785441116</t>
+          <t>9786257995160</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca Seti 1 - 7'den 70'e Akıl ve Mantık Oyunları</t>
+          <t>Yeniden Bana Biraz Otizmden Bahset</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257995092</t>
+          <t>9789758864430</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 7 - 7’den 70’e Zeka Oyunları Kitapları Eşsiz Geometri ve Mantık Oyunları</t>
+          <t>Kare Karalamaca Seti 2 - 7' den 70' e Akıl ve Mantık Oyunları (6 Kitaplık Zevkli Oyunlar)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>275</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257995184</t>
+          <t>9789785441116</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kronik Hastalıkların Tedavisine Yardımcı Görsel Sanatlar Eğitimi (El Kitabı)</t>
+          <t>Kare Karalamaca Seti 1 - 7'den 70'e Akıl ve Mantık Oyunları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1500</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>2789785988939</t>
+          <t>9786257995092</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Uzman Gözüyle Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
+          <t>Kare Karalamaca 7 - 7’den 70’e Zeka Oyunları Kitapları Eşsiz Geometri ve Mantık Oyunları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>7500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>2880000067313</t>
+          <t>9786257995184</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
+          <t>Kronik Hastalıkların Tedavisine Yardımcı Görsel Sanatlar Eğitimi (El Kitabı)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>7500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789785960105</t>
+          <t>2789785988939</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Zeka Geliştiren Oyunlar (4 Kitap Takım)</t>
+          <t>Uzman Gözüyle Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1450</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789785968880</t>
+          <t>2880000067313</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (8 Kitap Takım)</t>
+          <t>Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>2500</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257995009</t>
+          <t>9789785960105</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Zeka ve Dikkat Geliştiren Kare Karalamacalar</t>
+          <t>Çocuklar için Zeka Geliştiren Oyunlar (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055448134</t>
+          <t>9789785968880</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Otizm ve Oyun Terapisi Uygulama Seti (4 Kitap )</t>
+          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>2425</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257995153</t>
+          <t>9786257995009</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Özeldir</t>
+          <t>Çocuklar İçin Zeka ve Dikkat Geliştiren Kare Karalamacalar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257995054</t>
+          <t>9786055448134</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 5</t>
+          <t>Otizm ve Oyun Terapisi Uygulama Seti (4 Kitap )</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>275</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257995122</t>
+          <t>9786257995153</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Otizm Duyusal Oyunlar</t>
+          <t>Her Çocuk Özeldir</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>600</v>
+        <v>375</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>2786055448928</t>
+          <t>9786257995054</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Akıl ve Mantık Oyunları (6 Kitap Takım)</t>
+          <t>Kare Karalamaca 5</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>1975</v>
+        <v>275</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257995115</t>
+          <t>9786257995122</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Haydi Benimle Oyna!</t>
+          <t>Otizm Duyusal Oyunlar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257995108</t>
+          <t>2786055448928</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Kavuşmak</t>
+          <t>Çocuklar İçin Akıl ve Mantık Oyunları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>475</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257995085</t>
+          <t>9786257995115</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Düşkıran Sarkacı</t>
+          <t>Haydi Benimle Oyna!</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257995030</t>
+          <t>9786257995108</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 4</t>
+          <t>Mutluluğa Kavuşmak</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257995047</t>
+          <t>9786257995085</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 10</t>
+          <t>Düşkıran Sarkacı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257995023</t>
+          <t>9786257995030</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gönül Prangası</t>
+          <t>Kare Karalamaca 4</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055448998</t>
+          <t>9786257995047</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 11</t>
+          <t>Kare Karalamaca 10</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055448981</t>
+          <t>9786257995023</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 2</t>
+          <t>Gönül Prangası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055448936</t>
+          <t>9786055448998</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>3-7 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Etkinlikler 1</t>
+          <t>Kare Karalamaca 11</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>575</v>
+        <v>275</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055448950</t>
+          <t>9786055448981</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı</t>
+          <t>Kare Karalamaca 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758864072</t>
+          <t>9786055448936</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin Zeka ve Dikkat Geliştiren Rengarenk Akıl Oyunları (10 Kitap)</t>
+          <t>3-7 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Etkinlikler 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>3250</v>
+        <v>575</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058444751</t>
+          <t>9786055448950</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bakımı ve Gelişimi Seti (4 Kitap)</t>
+          <t>Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055448929</t>
+          <t>9789758864072</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 4</t>
+          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin Zeka ve Dikkat Geliştiren Rengarenk Akıl Oyunları (10 Kitap)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753128100</t>
+          <t>9786058444751</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (5 Kitap)</t>
+          <t>Çocuk Bakımı ve Gelişimi Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1500</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055448912</t>
+          <t>9786055448929</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 3</t>
+          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 4</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9780000230011</t>
+          <t>9789753128100</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sevilen Kalemlerin Diliyle Okunası Roman Seti (7 Kitap)</t>
+          <t>7-10 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (5 Kitap)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>2350</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055548550</t>
+          <t>9786055448912</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin IQ Geliştiren Zeka Oyunları (18 Kitaplık Süper Set)</t>
+          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 3</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>5750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755448175</t>
+          <t>9780000230011</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Aile Eğitimi Seti (12 Kitap Takım)</t>
+          <t>Sevilen Kalemlerin Diliyle Okunası Roman Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>5500</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051199111</t>
+          <t>9786055548550</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Otizm Farkındalık Seti (3 Kitap Takım)</t>
+          <t>Çocuklar İçin IQ Geliştiren Zeka Oyunları (18 Kitaplık Süper Set)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1750</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055448905</t>
+          <t>9789755448175</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Firarda Çocukluk</t>
+          <t>Çocuk Gelişimi ve Aile Eğitimi Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055448899</t>
+          <t>9786051199111</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Otizm - Hayatı Kolaylaştırma Kılavuzu</t>
+          <t>Otizm Farkındalık Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>750</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055448882</t>
+          <t>9786055448905</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>3-7 Yaş Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Akıl Oyunları / 8 Kitap (3-4-5-6-7 Yaş ve Üzeri)</t>
+          <t>Firarda Çocukluk</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>2650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055448851</t>
+          <t>9786055448899</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 2</t>
+          <t>Otizm - Hayatı Kolaylaştırma Kılavuzu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055448875</t>
+          <t>9786055448882</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tamircisi</t>
+          <t>3-7 Yaş Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Akıl Oyunları / 8 Kitap (3-4-5-6-7 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>450</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055448868</t>
+          <t>9786055448851</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır</t>
+          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 2</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>575</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055448844</t>
+          <t>9786055448875</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 1</t>
+          <t>Zaman Tamircisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055448837</t>
+          <t>9786055448868</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
+          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>575</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055448691</t>
+          <t>9786055448844</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>4-7 Yaş Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
+          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 1</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055448813</t>
+          <t>9786055448837</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İnsana Bağımlılık</t>
+          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>450</v>
+        <v>575</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055448820</t>
+          <t>9786055448691</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Etkin Anne - Baba Eğitimi</t>
+          <t>4-7 Yaş Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055448783</t>
+          <t>9786055448813</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Su Yeşili</t>
+          <t>İnsana Bağımlılık</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055448769</t>
+          <t>9786055448820</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 1</t>
+          <t>Etkin Anne - Baba Eğitimi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055448752</t>
+          <t>9786055448783</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin IQ Geliştirici Zeka Oyunları Seti (15 Kitap Set)</t>
+          <t>Su Yeşili</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>4950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055448684</t>
+          <t>9786055448769</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>Kare Karalamaca 1</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055448745</t>
+          <t>9786055448752</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>10 - 13 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
+          <t>Çocuklar İçin IQ Geliştirici Zeka Oyunları Seti (15 Kitap Set)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>4950</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055448721</t>
+          <t>9786055448684</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>10-13 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1</t>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055448677</t>
+          <t>9786055448745</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 Kitap Takım)</t>
+          <t>10 - 13 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055448714</t>
+          <t>9786055448721</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
+          <t>10-13 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055448738</t>
+          <t>9786055448677</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bana Biraz Otizmden Bahset</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>400</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055448707</t>
+          <t>9786055448714</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1 (4-7 Yaş)</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055448646</t>
+          <t>9786055448738</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 kitap)</t>
+          <t>Bana Biraz Otizmden Bahset</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>2050</v>
+        <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055448660</t>
+          <t>9786055448707</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 5</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1 (4-7 Yaş)</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055448653</t>
+          <t>9786055448646</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 4</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 kitap)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055448622</t>
+          <t>9786055448660</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Talan Var</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 5</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055448561</t>
+          <t>9786055448653</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 4</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055448790</t>
+          <t>9786055448622</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>0-3 Yaş Çocuklar İçin Yaşam Koçluğu</t>
+          <t>Yüreğimde Talan Var</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055447472</t>
+          <t>9786055448561</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>6-12 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (13 Kitap)</t>
+          <t>7-10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>4325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>2289759999919</t>
+          <t>9786055448790</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenle En Doğru Yaşam Seti (12 Kitap)</t>
+          <t>0-3 Yaş Çocuklar İçin Yaşam Koçluğu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>5500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050440486</t>
+          <t>9786055447472</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Uzman Eğitimci Gözüyle Çocuk ve Ergen Gelişim Seti (9 Kitap)</t>
+          <t>6-12 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (13 Kitap)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>4000</v>
+        <v>4325</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055448530</t>
+          <t>2289759999919</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Küllerimden Yeniden Doğdum</t>
+          <t>Çocuk ve Ergenle En Doğru Yaşam Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786058444768</t>
+          <t>9786050440486</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Eğitim Seti (4 Kitap)</t>
+          <t>Uzman Eğitimci Gözüyle Çocuk ve Ergen Gelişim Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>1800</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055448516</t>
+          <t>9786055448530</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Pompeii - Kentin Ölümü</t>
+          <t>Küllerimden Yeniden Doğdum</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>2786055448469</t>
+          <t>9786058444768</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Çoklu Zeka Oyunları (19 Kitap)</t>
+          <t>Çocuk ve Ergen Eğitim Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>6150</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055448462</t>
+          <t>9786055448516</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 3</t>
+          <t>Pompeii - Kentin Ölümü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055448509</t>
+          <t>2786055448469</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergende Zeka Gelişimi</t>
+          <t>Çocuklar İçin Çoklu Zeka Oyunları (19 Kitap)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>6150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9799699689968</t>
+          <t>9786055448462</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ekinoks Tarih ve Tarihi Roman Seti (4 Kitap)</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 3</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055448493</t>
+          <t>9786055448509</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve İletişim</t>
+          <t>Çocuk ve Ergende Zeka Gelişimi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055448486</t>
+          <t>9799699689968</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
+          <t>Ekinoks Tarih ve Tarihi Roman Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>500</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055448578</t>
+          <t>9786055448493</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Varoluş İçin Kurmacalar</t>
+          <t>Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055448097</t>
+          <t>9786055448486</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma En Güzel Yemekler</t>
+          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055448417</t>
+          <t>9786055448578</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Gelişiminde Doğru Disiplin</t>
+          <t>Varoluş İçin Kurmacalar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055447120</t>
+          <t>9786055448097</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>4-10 Yaş ve Üzeri Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Aktiviteli Akıl Oyunları</t>
+          <t>Çocuğuma En Güzel Yemekler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>3000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055448585</t>
+          <t>9786055448417</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 3 ( Renkli Baskı )</t>
+          <t>Çocuk ve Ergen Gelişiminde Doğru Disiplin</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055448592</t>
+          <t>9786055447120</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar - 5</t>
+          <t>4-10 Yaş ve Üzeri Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Aktiviteli Akıl Oyunları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9781111111124</t>
+          <t>9786055448585</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Doğumdan Ergenliğe Çocuk Gelişimi ve Eğitimi (12 Kitap)</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 3 ( Renkli Baskı )</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>5500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055448479</t>
+          <t>9786055448592</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>7 - 10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 1</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar - 5</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055448028</t>
+          <t>9781111111124</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır!</t>
+          <t>Doğumdan Ergenliğe Çocuk Gelişimi ve Eğitimi (12 Kitap)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>400</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055448035</t>
+          <t>9786055448479</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başlayalım mı?</t>
+          <t>7 - 10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 1</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055448127</t>
+          <t>9786055448028</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yemek Kitabı</t>
+          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır!</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055448349</t>
+          <t>9786055448035</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Bebek Hoşgeldin</t>
+          <t>Yeniden Başlayalım mı?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055448370</t>
+          <t>9786055448127</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Terbiye</t>
+          <t>Yemek Kitabı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055448141</t>
+          <t>9786055448349</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Günümüze Zor Yüzyıl</t>
+          <t>Sevgili Bebek Hoşgeldin</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055448011</t>
+          <t>9786055448370</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Nerede Hata Yaptık?</t>
+          <t>Pozitif Terbiye</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055448271</t>
+          <t>9786055448141</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>7 ’den 77’e Genç, Yaş Almış Düşünen Tüm İnsanlar İçin Akıl Dolu IQ Geliştiren Mantık Oyunları 1 (Cep Boy)</t>
+          <t>Osmanlıdan Günümüze Zor Yüzyıl</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257995139</t>
+          <t>9786055448011</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 9</t>
+          <t>Nerede Hata Yaptık?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257995078</t>
+          <t>9786055448271</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 8</t>
+          <t>7 ’den 77’e Genç, Yaş Almış Düşünen Tüm İnsanlar İçin Akıl Dolu IQ Geliştiren Mantık Oyunları 1 (Cep Boy)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257995061</t>
+          <t>9786257995139</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 6</t>
+          <t>Kare Karalamaca 9</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055448974</t>
+          <t>9786257995078</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 12</t>
+          <t>Kare Karalamaca 8</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055448943</t>
+          <t>9786257995061</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 3</t>
+          <t>Kare Karalamaca 6</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789758864584</t>
+          <t>9786055448974</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Empati ve Sevgi Dili</t>
+          <t>Kare Karalamaca 12</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055448387</t>
+          <t>9786055448943</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>En Doğru Anlatımla Çocuk ve Ergen Psikolojisi</t>
+          <t>Kare Karalamaca 3</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055448001</t>
+          <t>9789758864584</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dünya Beyin Olimpiyatları Kare Karalamaca Serisi (12 Kitap Takım)</t>
+          <t>Her Yönüyle Empati ve Sevgi Dili</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>3300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055448356</t>
+          <t>9786055448387</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Doğru Akılcı ve Sade Bir Anlatımla Etkili Anne Baba Olma Rehberi</t>
+          <t>En Doğru Anlatımla Çocuk ve Ergen Psikolojisi</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055448325</t>
+          <t>9786055448001</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Diamond 3</t>
+          <t>Dünya Beyin Olimpiyatları Kare Karalamaca Serisi (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055448318</t>
+          <t>9786055448356</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Diamond 2</t>
+          <t>Doğru Akılcı ve Sade Bir Anlatımla Etkili Anne Baba Olma Rehberi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055448301</t>
+          <t>9786055448325</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Diamond 1</t>
+          <t>Diamond 3</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055448332</t>
+          <t>9786055448318</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çocukluktan Ergenliğe Duygusal Gelişim ve Özgüven</t>
+          <t>Diamond 2</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055448103</t>
+          <t>9786055448301</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>Diamond 1</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055448394</t>
+          <t>9786055448332</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenle Doğru İletişim</t>
+          <t>Çocukluktan Ergenliğe Duygusal Gelişim ve Özgüven</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055448363</t>
+          <t>9786055448103</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergende Dikkat Eksikliği</t>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055448042</t>
+          <t>9786055448394</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Gelişiminde Pozitif Terbiye</t>
+          <t>Çocuk ve Ergenle Doğru İletişim</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055447489</t>
+          <t>9786055448363</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Çocuk Eğitimi (17 Kitap Takım)</t>
+          <t>Çocuk ve Ergende Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>7500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055448400</t>
+          <t>9786055448042</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Metotlarla Hızlı Okuma ve Anlama Sanatı</t>
+          <t>Çocuk ve Ergen Gelişiminde Pozitif Terbiye</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789758864546</t>
+          <t>9786055447489</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bebek Deyip de Geçme</t>
+          <t>Çocuk Gelişimi ve Çocuk Eğitimi (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>450</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789758864508</t>
+          <t>9786055448400</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Baba, Oğul, Torun</t>
+          <t>Çağdaş Metotlarla Hızlı Okuma ve Anlama Sanatı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789758864638</t>
+          <t>9789758864546</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
+          <t>Bebek Deyip de Geçme</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055448059</t>
+          <t>9789758864508</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba Olma Sanatı</t>
+          <t>Baba, Oğul, Torun</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055448000</t>
+          <t>9789758864638</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>7’den 70’e Eğlenceli Zeka Gelişimi Seti (17 Kitap Takım)</t>
+          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>4800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055448615</t>
+          <t>9786055448059</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bir Erasmus Hikayesi</t>
+          <t>Anne - Baba Olma Sanatı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
+          <t>9786055448000</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>7’den 70’e Eğlenceli Zeka Gelişimi Seti (17 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786055448615</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Bir Erasmus Hikayesi</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
           <t>9786055448608</t>
         </is>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Futbol Benim Neyim Olur</t>
         </is>
       </c>
-      <c r="C187" s="1">
+      <c r="C189" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>