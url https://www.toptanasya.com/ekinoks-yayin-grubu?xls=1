--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,2860 +85,2875 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257995375</t>
+          <t>9786257995382</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Bağımlılık</t>
+          <t>Bizim Sınıf - Dolabını Kim Karıştırdı?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257995368</t>
+          <t>9786257995375</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Çocuk</t>
+          <t>Duygusal Bağımlılık</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753120418</t>
+          <t>9786257995368</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı ve Önleme - 2 Kitap</t>
+          <t>Gölgedeki Çocuk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789758864447</t>
+          <t>9789753120418</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Çocuk</t>
+          <t>Akran Zorbalığı ve Önleme - 2 Kitap</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>13.89</v>
+        <v>850</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758864522</t>
+          <t>9789758864447</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
+          <t>Yanlış Çocuk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000086246</t>
+          <t>9789758864522</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Problem Çocuk</t>
+          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055448165</t>
+          <t>3990000086246</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 2</t>
+          <t>Problem Çocuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758864577</t>
+          <t>9786055448165</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Etkin Anne - Baba Eğitimi</t>
+          <t>Kare Karalamaca 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>750</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055448424</t>
+          <t>9789758864577</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Taşınca</t>
+          <t>Etkin Anne - Baba Eğitimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>9.17</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758864348</t>
+          <t>9786055448424</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Deha Çocuk Olmak</t>
+          <t>Düşünce Taşınca</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>12.04</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758864560</t>
+          <t>9789758864348</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
+          <t>Deha Çocuk Olmak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758864591</t>
+          <t>9789758864560</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
+          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758864539</t>
+          <t>9789758864591</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Eğitim ve Disiplin</t>
+          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>11.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758864553</t>
+          <t>9789758864539</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Derin Düşünür</t>
+          <t>Çocuklarda Eğitim ve Disiplin</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>13.89</v>
+        <v>11.81</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758864379</t>
+          <t>9789758864553</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve İletişim</t>
+          <t>Çocuklar Derin Düşünür</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758864423</t>
+          <t>9789758864379</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Beceri</t>
+          <t>Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758864324</t>
+          <t>9789758864423</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İsimleri Kütüphanesi</t>
+          <t>Çocuk ve Beceri</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2880000064701</t>
+          <t>9789758864324</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Eğitimi Seti</t>
+          <t>Çocuk İsimleri Kütüphanesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>6750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758864393</t>
+          <t>2880000064701</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Okula Başlıyor</t>
+          <t>Çocuk Gelişimi ve Eğitimi Seti</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>16.2</v>
+        <v>6750</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758864607</t>
+          <t>9789758864393</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Başarısız Çocuk Yoktur</t>
+          <t>Çocuğum Okula Başlıyor</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758864614</t>
+          <t>9789758864607</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Anlat Lütfen Çok Geç Olmadan</t>
+          <t>Başarısız Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055448257</t>
+          <t>9789758864614</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 11</t>
+          <t>Anlat Lütfen Çok Geç Olmadan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758864331</t>
+          <t>9786055448257</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Anne-Baba Yaşam Rehberi</t>
+          <t>Kare Karalamaca 11</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000029079</t>
+          <t>9789758864331</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Meydan Larousse Ansiklopedisi (14 Cilt) (Ciltli)</t>
+          <t>Çocuk ve Anne-Baba Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>902.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000018235</t>
+          <t>3990000029079</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar (8 Kitap)</t>
+          <t>Meydan Larousse Ansiklopedisi (14 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>285</v>
+        <v>902.78</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055448158</t>
+          <t>3990000018235</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 1</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar (8 Kitap)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>9.26</v>
+        <v>285</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055448967</t>
+          <t>9786055448158</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar ve DEHB</t>
+          <t>Kare Karalamaca 1</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786215548932</t>
+          <t>9786055448967</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Büyütüyorum (10 Kitap Takım) - Adım Adım Çocuk ve Ergen Gelişimi</t>
+          <t>Özel Gereksinimli Çocuklar ve DEHB</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>4750</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9781111111123</t>
+          <t>9786215548932</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca Serisi (12 kitap)</t>
+          <t>Çocuğumu Büyütüyorum (10 Kitap Takım) - Adım Adım Çocuk ve Ergen Gelişimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>3300</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>2786257995047</t>
+          <t>9781111111123</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dillerden Gönüllere Şiir Seli (4 Kitap Takım)</t>
+          <t>Kare Karalamaca Serisi (12 kitap)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>600</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753122658</t>
+          <t>2786257995047</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Diamond – Sudoku Akıl Dolu Oyunlar</t>
+          <t>Dillerden Gönüllere Şiir Seli (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257995320</t>
+          <t>9789753122658</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zaman Artığı</t>
+          <t>Diamond – Sudoku Akıl Dolu Oyunlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>900</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758864515</t>
+          <t>9786257995320</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanrılar</t>
+          <t>Zaman Artığı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>35</v>
+        <v>275</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758864492</t>
+          <t>9789758864515</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Saklı Duvar</t>
+          <t>Yalancı Tanrılar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055448219</t>
+          <t>9789758864492</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 7</t>
+          <t>Saklı Duvar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055448240</t>
+          <t>9786055448219</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 10</t>
+          <t>Kare Karalamaca 7</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>76.39</v>
+        <v>95</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055448080</t>
+          <t>9786055448240</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Disiplin</t>
+          <t>Kare Karalamaca 10</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>76.39</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055448189</t>
+          <t>9786055448080</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 4</t>
+          <t>Çocuk ve Disiplin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>76.39</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055448639</t>
+          <t>9786055448189</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
+          <t>Kare Karalamaca 4</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>76.39</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257995245</t>
+          <t>9786055448639</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257995269</t>
+          <t>9786257995245</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
+          <t>Çocuklarda ve Gençlerde Zeka Gelişimi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758864454</t>
+          <t>9786257995269</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Ergenliğe En Güncel Bilgilerle Çocuk Gelişimi ve Eğitimi Seti (12 Kitap)</t>
+          <t>Daha Hızlı Nasıl Okuyabilirim?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>5500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055448776</t>
+          <t>9789758864454</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Uzağı Olmayan Yarınlar</t>
+          <t>Bebeklikten Ergenliğe En Güncel Bilgilerle Çocuk Gelişimi ve Eğitimi Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055448523</t>
+          <t>9786055448776</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Uzağı Olmayan Yarınlar</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257995191</t>
+          <t>9786055448523</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Serüven</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789758864416</t>
+          <t>9786257995191</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle İletişim</t>
+          <t>Serüven</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>5500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758864355</t>
+          <t>9789758864416</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hastanesi</t>
+          <t>Gençlerle İletişim</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>5500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257995351</t>
+          <t>9789758864355</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Pembe Boyalı Oda</t>
+          <t>Çocuk Hastanesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>550</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257995344</t>
+          <t>9786257995351</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Zeka - Dikkat Geliştiren Akıl Oyunları 1 (3-4-5-6-7 Yaş ve Üzeri)</t>
+          <t>Pembe Boyalı Oda</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257995337</t>
+          <t>9786257995344</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Hayal</t>
+          <t>Çocuklar İçin Zeka - Dikkat Geliştiren Akıl Oyunları 1 (3-4-5-6-7 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758864362</t>
+          <t>9786257995337</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları</t>
+          <t>Kiralık Hayal</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>600</v>
+        <v>375</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054046546</t>
+          <t>9789758864362</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dünya Beyin Olimpiyatları Zeka Oyunları Dizisi (5 Kitap Takım)</t>
+          <t>Mantık Oyunları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055448806</t>
+          <t>9786054046546</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Otizmi Oyuna Getir</t>
+          <t>Dünya Beyin Olimpiyatları Zeka Oyunları Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>675</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257995016</t>
+          <t>9786055448806</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Oyunlar ( 4 Kitap Set)</t>
+          <t>Otizmi Oyuna Getir</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1200</v>
+        <v>675</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257995290</t>
+          <t>9786257995016</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gelişimsel Dil Bozukluğu</t>
+          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Oyunlar ( 4 Kitap Set)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>575</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789758864409</t>
+          <t>9786257995290</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Akran Zorbalığını Önleme Farkındalık Etkinlikleri ve Büyük Konularda Küçüklerle Önemli Sohbetler (Set)</t>
+          <t>Gelişimsel Dil Bozukluğu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257995313</t>
+          <t>9789758864409</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Büyük Konularda Küçüklerle Sohbetler - Ebeveyn ve Çocuklar İçin Önemli Konular</t>
+          <t>Okullarda Akran Zorbalığını Önleme Farkındalık Etkinlikleri ve Büyük Konularda Küçüklerle Önemli Sohbetler (Set)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>550</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055448554</t>
+          <t>9786257995313</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar - 4</t>
+          <t>Büyük Konularda Küçüklerle Sohbetler - Ebeveyn ve Çocuklar İçin Önemli Konular</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055448066</t>
+          <t>9786055448554</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Eğitim ve Disiplin</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar - 4</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055448004</t>
+          <t>9786055448066</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
+          <t>Çocuklarda Eğitim ve Disiplin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257995238</t>
+          <t>9786055448004</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Başarısız Çocuk Yoktur</t>
+          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257995276</t>
+          <t>9786257995238</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Etkin Anne - Baba Eğitimi</t>
+          <t>Başarısız Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257995214</t>
+          <t>9786257995276</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Atlar Ülkesinde</t>
+          <t>Etkin Anne - Baba Eğitimi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257995177</t>
+          <t>9786257995214</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı Önleme ve Farkındalık Etkinlikleri</t>
+          <t>Öksüz Atlar Ülkesinde</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789758864485</t>
+          <t>9786257995177</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (5 Kitap)</t>
+          <t>Akran Zorbalığı Önleme ve Farkındalık Etkinlikleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>1600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055448288</t>
+          <t>9789758864485</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları 2</t>
+          <t>4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (5 Kitap)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257995221</t>
+          <t>9786055448288</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Anlat Lütfen Çok Geç Olmadan</t>
+          <t>Mantık Oyunları 2</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257995283</t>
+          <t>9786257995221</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
+          <t>Anlat Lütfen Çok Geç Olmadan</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257995252</t>
+          <t>9786257995283</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Derin Düşünür</t>
+          <t>Uzman Gözüyle Eğitimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055448073</t>
+          <t>9786257995252</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Etkin Çocuk Eğitimi ve Özgüven</t>
+          <t>Çocuklar Derin Düşünür</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257995207</t>
+          <t>9786055448073</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kopuksuz Öyküler</t>
+          <t>Etkin Çocuk Eğitimi ve Özgüven</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789771302049</t>
+          <t>9786257995207</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>9-10-11-12-13 Yaş ve Üstü Çocuklar Için IQ Zeka - Dikkat Geliştiren Akıl Oyunları (3 Kitap)</t>
+          <t>Kopuksuz Öyküler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>900</v>
+        <v>275</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789771302087</t>
+          <t>9789771302049</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>10-13 Yaş Çocuklar için Zeka Geliştiren Oyunlar (2 Kitap)</t>
+          <t>9-10-11-12-13 Yaş ve Üstü Çocuklar Için IQ Zeka - Dikkat Geliştiren Akıl Oyunları (3 Kitap)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257995160</t>
+          <t>9789771302087</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Bana Biraz Otizmden Bahset</t>
+          <t>10-13 Yaş Çocuklar için Zeka Geliştiren Oyunlar (2 Kitap)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758864430</t>
+          <t>9786257995160</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca Seti 2 - 7' den 70' e Akıl ve Mantık Oyunları (6 Kitaplık Zevkli Oyunlar)</t>
+          <t>Yeniden Bana Biraz Otizmden Bahset</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789785441116</t>
+          <t>9789758864430</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca Seti 1 - 7'den 70'e Akıl ve Mantık Oyunları</t>
+          <t>Kare Karalamaca Seti 2 - 7' den 70' e Akıl ve Mantık Oyunları (6 Kitaplık Zevkli Oyunlar)</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>1650</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257995092</t>
+          <t>9789785441116</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 7 - 7’den 70’e Zeka Oyunları Kitapları Eşsiz Geometri ve Mantık Oyunları</t>
+          <t>Kare Karalamaca Seti 1 - 7'den 70'e Akıl ve Mantık Oyunları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>275</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257995184</t>
+          <t>9786257995092</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kronik Hastalıkların Tedavisine Yardımcı Görsel Sanatlar Eğitimi (El Kitabı)</t>
+          <t>Kare Karalamaca 7 - 7’den 70’e Zeka Oyunları Kitapları Eşsiz Geometri ve Mantık Oyunları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>2789785988939</t>
+          <t>9786257995184</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Uzman Gözüyle Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
+          <t>Kronik Hastalıkların Tedavisine Yardımcı Görsel Sanatlar Eğitimi (El Kitabı)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>7500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>2880000067313</t>
+          <t>2789785988939</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
+          <t>Uzman Gözüyle Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>7500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789785960105</t>
+          <t>2880000067313</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Zeka Geliştiren Oyunlar (4 Kitap Takım)</t>
+          <t>Çağdaş Çocuk Eğitim Seti (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1450</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789785968880</t>
+          <t>9789785960105</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (8 Kitap Takım)</t>
+          <t>Çocuklar için Zeka Geliştiren Oyunlar (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>2500</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257995009</t>
+          <t>9789785968880</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Zeka ve Dikkat Geliştiren Kare Karalamacalar</t>
+          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin IQ Zeka Geliştiren Akıl Oyunları (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055448134</t>
+          <t>9786257995009</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Otizm ve Oyun Terapisi Uygulama Seti (4 Kitap )</t>
+          <t>Çocuklar İçin Zeka ve Dikkat Geliştiren Kare Karalamacalar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>2425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257995153</t>
+          <t>9786055448134</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Özeldir</t>
+          <t>Otizm ve Oyun Terapisi Uygulama Seti (4 Kitap )</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>375</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257995054</t>
+          <t>9786257995153</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 5</t>
+          <t>Her Çocuk Özeldir</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257995122</t>
+          <t>9786257995054</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Otizm Duyusal Oyunlar</t>
+          <t>Kare Karalamaca 5</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>2786055448928</t>
+          <t>9786257995122</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Akıl ve Mantık Oyunları (6 Kitap Takım)</t>
+          <t>Otizm Duyusal Oyunlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1975</v>
+        <v>600</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257995115</t>
+          <t>2786055448928</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Haydi Benimle Oyna!</t>
+          <t>Çocuklar İçin Akıl ve Mantık Oyunları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257995108</t>
+          <t>9786257995115</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Kavuşmak</t>
+          <t>Haydi Benimle Oyna!</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257995085</t>
+          <t>9786257995108</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Düşkıran Sarkacı</t>
+          <t>Mutluluğa Kavuşmak</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257995030</t>
+          <t>9786257995085</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 4</t>
+          <t>Düşkıran Sarkacı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257995047</t>
+          <t>9786257995030</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 10</t>
+          <t>Kare Karalamaca 4</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257995023</t>
+          <t>9786257995047</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gönül Prangası</t>
+          <t>Kare Karalamaca 10</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055448998</t>
+          <t>9786257995023</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 11</t>
+          <t>Gönül Prangası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055448981</t>
+          <t>9786055448998</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 2</t>
+          <t>Kare Karalamaca 11</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055448936</t>
+          <t>9786055448981</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>3-7 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Etkinlikler 1</t>
+          <t>Kare Karalamaca 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>575</v>
+        <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055448950</t>
+          <t>9786055448936</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı</t>
+          <t>3-7 Yaş Okul Öncesi Çocuklar İçin Zeka ve Dikkat Geliştiren Etkinlikler 1</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758864072</t>
+          <t>9786055448950</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin Zeka ve Dikkat Geliştiren Rengarenk Akıl Oyunları (10 Kitap)</t>
+          <t>Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>3250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058444751</t>
+          <t>9789758864072</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bakımı ve Gelişimi Seti (4 Kitap)</t>
+          <t>3-4-5-6-7 Yaş ve Üzeri Çocuklar İçin Zeka ve Dikkat Geliştiren Rengarenk Akıl Oyunları (10 Kitap)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1950</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055448929</t>
+          <t>9786058444751</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 4</t>
+          <t>Çocuk Bakımı ve Gelişimi Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753128100</t>
+          <t>9786055448929</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (5 Kitap)</t>
+          <t>3 - 6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 4</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055448912</t>
+          <t>9789753128100</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 3</t>
+          <t>7-10 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (5 Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9780000230011</t>
+          <t>9786055448912</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sevilen Kalemlerin Diliyle Okunası Roman Seti (7 Kitap)</t>
+          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 3</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>2350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055548550</t>
+          <t>9780000230011</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin IQ Geliştiren Zeka Oyunları (18 Kitaplık Süper Set)</t>
+          <t>Sevilen Kalemlerin Diliyle Okunası Roman Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>5750</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755448175</t>
+          <t>9786055548550</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Aile Eğitimi Seti (12 Kitap Takım)</t>
+          <t>Çocuklar İçin IQ Geliştiren Zeka Oyunları (18 Kitaplık Süper Set)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>5500</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051199111</t>
+          <t>9789755448175</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Otizm Farkındalık Seti (3 Kitap Takım)</t>
+          <t>Çocuk Gelişimi ve Aile Eğitimi Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1750</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055448905</t>
+          <t>9786051199111</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Firarda Çocukluk</t>
+          <t>Otizm Farkındalık Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055448899</t>
+          <t>9786055448905</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Otizm - Hayatı Kolaylaştırma Kılavuzu</t>
+          <t>Firarda Çocukluk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055448882</t>
+          <t>9786055448899</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>3-7 Yaş Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Akıl Oyunları / 8 Kitap (3-4-5-6-7 Yaş ve Üzeri)</t>
+          <t>Otizm - Hayatı Kolaylaştırma Kılavuzu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>2650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055448851</t>
+          <t>9786055448882</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 2</t>
+          <t>3-7 Yaş Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Akıl Oyunları / 8 Kitap (3-4-5-6-7 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055448875</t>
+          <t>9786055448851</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tamircisi</t>
+          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055448868</t>
+          <t>9786055448875</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır</t>
+          <t>Zaman Tamircisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>575</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055448844</t>
+          <t>9786055448868</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 1</t>
+          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055448837</t>
+          <t>9786055448844</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
+          <t>3-6 Yaş Okul Öncesi Çocuklar İçin Çoklu Zeka ve Dikkat Geliştirici Oyunlar 1</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>575</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055448691</t>
+          <t>9786055448837</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>4-7 Yaş Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
+          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055448813</t>
+          <t>9786055448691</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İnsana Bağımlılık</t>
+          <t>4-7 Yaş Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055448820</t>
+          <t>9786055448813</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Etkin Anne - Baba Eğitimi</t>
+          <t>İnsana Bağımlılık</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055448783</t>
+          <t>9786055448820</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Su Yeşili</t>
+          <t>Etkin Anne - Baba Eğitimi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055448769</t>
+          <t>9786055448783</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 1</t>
+          <t>Su Yeşili</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055448752</t>
+          <t>9786055448769</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin IQ Geliştirici Zeka Oyunları Seti (15 Kitap Set)</t>
+          <t>Kare Karalamaca 1</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>4950</v>
+        <v>275</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055448684</t>
+          <t>9786055448752</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>Çocuklar İçin IQ Geliştirici Zeka Oyunları Seti (15 Kitap Set)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>550</v>
+        <v>4950</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055448745</t>
+          <t>9786055448684</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>10 - 13 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055448721</t>
+          <t>9786055448745</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>10-13 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1</t>
+          <t>10 - 13 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055448677</t>
+          <t>9786055448721</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 Kitap Takım)</t>
+          <t>10-13 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055448714</t>
+          <t>9786055448677</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055448738</t>
+          <t>9786055448714</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bana Biraz Otizmden Bahset</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 6</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055448707</t>
+          <t>9786055448738</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1 (4-7 Yaş)</t>
+          <t>Bana Biraz Otizmden Bahset</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055448646</t>
+          <t>9786055448707</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 kitap)</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar 1 (4-7 Yaş)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>2050</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055448660</t>
+          <t>9786055448646</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 5</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar (6 kitap)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055448653</t>
+          <t>9786055448660</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 4</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 5</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055448622</t>
+          <t>9786055448653</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Talan Var</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 4</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055448561</t>
+          <t>9786055448622</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
+          <t>Yüreğimde Talan Var</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055448790</t>
+          <t>9786055448561</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>0-3 Yaş Çocuklar İçin Yaşam Koçluğu</t>
+          <t>7-10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 2</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055447472</t>
+          <t>9786055448790</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>6-12 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (13 Kitap)</t>
+          <t>0-3 Yaş Çocuklar İçin Yaşam Koçluğu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>4325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>2289759999919</t>
+          <t>9786055447472</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenle En Doğru Yaşam Seti (12 Kitap)</t>
+          <t>6-12 Yaş ve Üstü Çocuklar İçin Zeka Geliştiren Oyunlar (13 Kitap)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>5500</v>
+        <v>4325</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050440486</t>
+          <t>2289759999919</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Uzman Eğitimci Gözüyle Çocuk ve Ergen Gelişim Seti (9 Kitap)</t>
+          <t>Çocuk ve Ergenle En Doğru Yaşam Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>4000</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055448530</t>
+          <t>9786050440486</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Küllerimden Yeniden Doğdum</t>
+          <t>Uzman Eğitimci Gözüyle Çocuk ve Ergen Gelişim Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786058444768</t>
+          <t>9786055448530</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Eğitim Seti (4 Kitap)</t>
+          <t>Küllerimden Yeniden Doğdum</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>1800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055448516</t>
+          <t>9786058444768</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Pompeii - Kentin Ölümü</t>
+          <t>Çocuk ve Ergen Eğitim Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>350</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>2786055448469</t>
+          <t>9786055448516</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Çoklu Zeka Oyunları (19 Kitap)</t>
+          <t>Pompeii - Kentin Ölümü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>6150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055448462</t>
+          <t>2786055448469</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 3</t>
+          <t>Çocuklar İçin Çoklu Zeka Oyunları (19 Kitap)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>6150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055448509</t>
+          <t>9786055448462</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergende Zeka Gelişimi</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştiren Oyunlar 3</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9799699689968</t>
+          <t>9786055448509</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ekinoks Tarih ve Tarihi Roman Seti (4 Kitap)</t>
+          <t>Çocuk ve Ergende Zeka Gelişimi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>1550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055448493</t>
+          <t>9799699689968</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve İletişim</t>
+          <t>Ekinoks Tarih ve Tarihi Roman Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>375</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055448486</t>
+          <t>9786055448493</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
+          <t>Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055448578</t>
+          <t>9786055448486</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Varoluş İçin Kurmacalar</t>
+          <t>Çocuklarda Hiperaktivite Bozukluğu ve Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055448097</t>
+          <t>9786055448578</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma En Güzel Yemekler</t>
+          <t>Varoluş İçin Kurmacalar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055448417</t>
+          <t>9786055448097</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Gelişiminde Doğru Disiplin</t>
+          <t>Çocuğuma En Güzel Yemekler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055447120</t>
+          <t>9786055448417</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>4-10 Yaş ve Üzeri Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Aktiviteli Akıl Oyunları</t>
+          <t>Çocuk ve Ergen Gelişiminde Doğru Disiplin</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>3000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055448585</t>
+          <t>9786055447120</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 3 ( Renkli Baskı )</t>
+          <t>4-10 Yaş ve Üzeri Çocuklar İçin IQ Zeka ve Dikkat Geliştiren Aktiviteli Akıl Oyunları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055448592</t>
+          <t>9786055448585</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar - 5</t>
+          <t>7-10 Yaş Çocuklar İçin IQ Zeka Geliştiren Oyunlar 3 ( Renkli Baskı )</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9781111111124</t>
+          <t>9786055448592</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Doğumdan Ergenliğe Çocuk Gelişimi ve Eğitimi (12 Kitap)</t>
+          <t>Okul Öncesi Çocuklar İçin IQ Zeka Geliştiren Oyunlar - 5</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>5500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055448479</t>
+          <t>9781111111124</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>7 - 10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 1</t>
+          <t>Doğumdan Ergenliğe Çocuk Gelişimi ve Eğitimi (12 Kitap)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055448028</t>
+          <t>9786055448479</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır!</t>
+          <t>7 - 10 Yaş Çocuklar İçin Zeka Geliştiren Oyunlar 1</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055448035</t>
+          <t>9786055448028</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başlayalım mı?</t>
+          <t>Zor Çocuk Yoktur Mutsuz Çocuk Vardır!</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055448127</t>
+          <t>9786055448035</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yemek Kitabı</t>
+          <t>Yeniden Başlayalım mı?</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055448349</t>
+          <t>9786055448127</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Bebek Hoşgeldin</t>
+          <t>Yemek Kitabı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055448370</t>
+          <t>9786055448349</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Terbiye</t>
+          <t>Sevgili Bebek Hoşgeldin</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055448141</t>
+          <t>9786055448370</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Günümüze Zor Yüzyıl</t>
+          <t>Pozitif Terbiye</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055448011</t>
+          <t>9786055448141</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Nerede Hata Yaptık?</t>
+          <t>Osmanlıdan Günümüze Zor Yüzyıl</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055448271</t>
+          <t>9786055448011</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>7 ’den 77’e Genç, Yaş Almış Düşünen Tüm İnsanlar İçin Akıl Dolu IQ Geliştiren Mantık Oyunları 1 (Cep Boy)</t>
+          <t>Nerede Hata Yaptık?</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257995139</t>
+          <t>9786055448271</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 9</t>
+          <t>7 ’den 77’e Genç, Yaş Almış Düşünen Tüm İnsanlar İçin Akıl Dolu IQ Geliştiren Mantık Oyunları 1 (Cep Boy)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257995078</t>
+          <t>9786257995139</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 8</t>
+          <t>Kare Karalamaca 9</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257995061</t>
+          <t>9786257995078</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 6</t>
+          <t>Kare Karalamaca 8</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055448974</t>
+          <t>9786257995061</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 12</t>
+          <t>Kare Karalamaca 6</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055448943</t>
+          <t>9786055448974</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 3</t>
+          <t>Kare Karalamaca 12</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789758864584</t>
+          <t>9786055448943</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Empati ve Sevgi Dili</t>
+          <t>Kare Karalamaca 3</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055448387</t>
+          <t>9789758864584</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>En Doğru Anlatımla Çocuk ve Ergen Psikolojisi</t>
+          <t>Her Yönüyle Empati ve Sevgi Dili</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055448001</t>
+          <t>9786055448387</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Dünya Beyin Olimpiyatları Kare Karalamaca Serisi (12 Kitap Takım)</t>
+          <t>En Doğru Anlatımla Çocuk ve Ergen Psikolojisi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>3300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055448356</t>
+          <t>9786055448001</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Doğru Akılcı ve Sade Bir Anlatımla Etkili Anne Baba Olma Rehberi</t>
+          <t>Dünya Beyin Olimpiyatları Kare Karalamaca Serisi (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>450</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055448325</t>
+          <t>9786055448356</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Diamond 3</t>
+          <t>Doğru Akılcı ve Sade Bir Anlatımla Etkili Anne Baba Olma Rehberi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055448318</t>
+          <t>9786055448325</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Diamond 2</t>
+          <t>Diamond 3</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055448301</t>
+          <t>9786055448318</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Diamond 1</t>
+          <t>Diamond 2</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055448332</t>
+          <t>9786055448301</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çocukluktan Ergenliğe Duygusal Gelişim ve Özgüven</t>
+          <t>Diamond 1</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055448103</t>
+          <t>9786055448332</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>Çocukluktan Ergenliğe Duygusal Gelişim ve Özgüven</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055448394</t>
+          <t>9786055448103</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenle Doğru İletişim</t>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055448363</t>
+          <t>9786055448394</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergende Dikkat Eksikliği</t>
+          <t>Çocuk ve Ergenle Doğru İletişim</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055448042</t>
+          <t>9786055448363</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Gelişiminde Pozitif Terbiye</t>
+          <t>Çocuk ve Ergende Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055447489</t>
+          <t>9786055448042</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Çocuk Eğitimi (17 Kitap Takım)</t>
+          <t>Çocuk ve Ergen Gelişiminde Pozitif Terbiye</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>7500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055448400</t>
+          <t>9786055447489</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Metotlarla Hızlı Okuma ve Anlama Sanatı</t>
+          <t>Çocuk Gelişimi ve Çocuk Eğitimi (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>500</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789758864546</t>
+          <t>9786055448400</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bebek Deyip de Geçme</t>
+          <t>Çağdaş Metotlarla Hızlı Okuma ve Anlama Sanatı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789758864508</t>
+          <t>9789758864546</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Baba, Oğul, Torun</t>
+          <t>Bebek Deyip de Geçme</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789758864638</t>
+          <t>9789758864508</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
+          <t>Baba, Oğul, Torun</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055448059</t>
+          <t>9789758864638</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba Olma Sanatı</t>
+          <t>Anneden Çocuğa Doyumsuz Tatlar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055448000</t>
+          <t>9786055448059</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>7’den 70’e Eğlenceli Zeka Gelişimi Seti (17 Kitap Takım)</t>
+          <t>Anne - Baba Olma Sanatı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>4800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055448615</t>
+          <t>9786055448000</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Erasmus Hikayesi</t>
+          <t>7’den 70’e Eğlenceli Zeka Gelişimi Seti (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
+          <t>9786055448615</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Bir Erasmus Hikayesi</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
           <t>9786055448608</t>
         </is>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Futbol Benim Neyim Olur</t>
         </is>
       </c>
-      <c r="C189" s="1">
+      <c r="C190" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>