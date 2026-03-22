--- v0 (2026-01-27)
+++ v1 (2026-03-22)
@@ -85,55 +85,640 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
+          <t>9786259586908</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Yaşam Kehanet Kartları</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786259896298</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Yoga Kehanet Kartları</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786259586915</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Özgür Beden Kehanet Kartları</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786259586922</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Klito Kehanet Kartları</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786259586939</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Pink Tarot</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786259586946</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Angelarium - Düşmüş Melekler Kehanet Kartları</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786259896281</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Kare Tarot</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786259896205</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Sezgisel Kehanet Kartları</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786259896274</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Manifest Kehanet Kartları</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786259896267</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Şaman Kehanet Kartları</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786259896250</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Kuğu Tarot</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786259896243</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Ritüeller</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786259896236</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Yoga Kartları</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786259896212</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Evler - Astroloji Eğitimi Serisi - 3</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786057203991</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Gezegenler - Astroloji Eğitimi Serisi - 4</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786057203984</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Black Tarot</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786057203977</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Black Tarot - English Edition</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786057203960</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Modern Başlangıç Tarot</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786057203946</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Astroloji Kehanet Kartları</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786057203953</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Modern Classic Tarot English</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786057255105</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Rider-Waite Tarot English</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786057255112</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıç Tarot</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786057203922</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Tarot – Astroloji Eğitimi Serisi 2</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786057203939</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Burçlar – Astroloji Eğitimi Serisi 1</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786057389695</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Tarot'un Görsel Anahtarı (Özel Baskı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786057389688</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Tarot'un Görsel Anahtarı</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786057203908</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Mini Marsilya Tarot 1701</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786057006226</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Rider-Waite Tarot</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786057006233</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Mini Rider-Waite Tarot</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786057203915</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Mini Modern Klasik Tarot</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786057006240</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Mini Klasik Tarot</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786057389657</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Dişil Enerji İyileştirici Kehanet Kartları ve Rehber Kitap</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786057389640</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Manga Tarot</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786057389619</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Modern Witch Tarot</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786057389633</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Modern Witch Tarot Journal</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786057389626</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Modern Witch Tarot Coloring Book</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786057389602</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Modern Klasik Tarot</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786057006219</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Tarot</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786057006202</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Rumi Tarot</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
           <t>9786259586953</t>
         </is>
       </c>
-      <c r="B2" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Tarot Boyama Kitabı</t>
         </is>
       </c>
-      <c r="C2" s="1">
+      <c r="C41" s="1">
         <v>640</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>