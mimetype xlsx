--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,17485 +85,17740 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255874627</t>
+          <t>9786255874801</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Daniel'ın Okulda İlk Günü</t>
+          <t>Meraklı Küçük Karınca 1. Kitap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255874610</t>
+          <t>9786255874818</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Daniel Dişçiye Gidiyor</t>
+          <t>Meraklı Küçük Karınca 2. Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255874603</t>
+          <t>9786255874795</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Önce Sorar</t>
+          <t>Pastutmaz Ailesi 2 - Oyun Başlasın</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>99</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255874665</t>
+          <t>9786255874740</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Üzüntü</t>
+          <t>Kral Şakir Dünyalar Karıştı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>149</v>
+        <v>499</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255874658</t>
+          <t>9786255874825</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Dark Souls Sayı 5 Söğüt Kral</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>149</v>
+        <v>459</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255874641</t>
+          <t>9786255874832</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Öfke</t>
+          <t>Ben Mercan: Zirzopluk Benden Sorulur</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>149</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255874672</t>
+          <t>9786255874849</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Adını Söyle</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255874450</t>
+          <t>9786255874788</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Hayri</t>
+          <t>Aksolotl Pina</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>279</v>
+        <v>99</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9782001451029</t>
+          <t>9786255874757</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Enola Holmes Seti (7 Kitap)</t>
+          <t>Kapibara Juju</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1393</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9782001454525</t>
+          <t>9786255874764</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Fil Necati Seti (10 Kitap)</t>
+          <t>Sevimli Ördek Lilu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256780682</t>
+          <t>9786255874771</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı (Ciltli)</t>
+          <t>Su Samuru Susu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>390</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256780569</t>
+          <t>9786255874696</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Boyama Kitabı 3</t>
+          <t>Nasılsın?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>49</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256780545</t>
+          <t>9786255874726</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Winx Club– Boyama Kitabı 1</t>
+          <t>Sağlam Kemikten Bir Ev</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>49</v>
+        <v>279</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256780477</t>
+          <t>9786255874702</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Dürümümüz Tehlike</t>
+          <t>Maizy Chen’in Son Şansı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>110</v>
+        <v>279</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256397071</t>
+          <t>9786255874733</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gök Mavi Göz Mavi</t>
+          <t>Kadınlar Öfkeli</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>110</v>
+        <v>289</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258089851</t>
+          <t>9786255874719</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Gören Atatürk</t>
+          <t>Zaman Bakanlığı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>299</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258089639</t>
+          <t>9786255874634</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Boyama ve Aktivite Kitabı</t>
+          <t>Limoni Ölüm</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>135</v>
+        <v>299</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258089073</t>
+          <t>9786255874627</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Thomas Safariye Gidiyor</t>
+          <t>Daniel'ın Okulda İlk Günü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>35</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258089080</t>
+          <t>9786255874610</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Dinozorlar</t>
+          <t>Daniel Dişçiye Gidiyor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>35</v>
+        <v>99</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258089134</t>
+          <t>9786255874603</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sebzeler Boyama Kitabı</t>
+          <t>Arkadaşlar Önce Sorar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>36</v>
+        <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258089141</t>
+          <t>9786255874665</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Boyama Kitabı</t>
+          <t>Üzüntü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>36</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258089158</t>
+          <t>9786255874658</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Eşyalar Boyama Kitabı</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>36</v>
+        <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258089172</t>
+          <t>9786255874641</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Araçlar Boyama Kitabı</t>
+          <t>Öfke</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>36</v>
+        <v>149</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257371928</t>
+          <t>9786255874672</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Brody Luckystar’ın Rekoru Ne?</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>39</v>
+        <v>149</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789782164803</t>
+          <t>9786255874450</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Seti Mor (7 Kitap Takım) (Ciltli)</t>
+          <t>Salyangoz Hayri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1673</v>
+        <v>279</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789782164810</t>
+          <t>9782001451029</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Seti Kırmızı (7 Kitap Takım) (Ciltli)</t>
+          <t>Enola Holmes Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1673</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789782164827</t>
+          <t>9782001454525</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Muhtişim Hediye Seti (8 Kitap Takım) (Ciltli)</t>
+          <t>Kral Şakir Fil Necati Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1912</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057690265</t>
+          <t>9786256780682</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Neden Düşmez?</t>
+          <t>Kral Şakir Devler Uyandı (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>15</v>
+        <v>499</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9782007874785</t>
+          <t>9786256780569</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Dizisi 10 Kitaplık Set</t>
+          <t>Winx Club – Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1250</v>
+        <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789782147851</t>
+          <t>9786256780545</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Muhtişim Hediye Seti! (10 Kitap Takım) (Ciltli)</t>
+          <t>Winx Club– Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>2890</v>
+        <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257371919</t>
+          <t>9786256780477</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kara İle Beyaz’ın Yavruları</t>
+          <t>Kral Şakir Devler Uyandı Dürümümüz Tehlike</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>69</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9782004587466</t>
+          <t>9786256397071</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Kırmızı</t>
+          <t>Gök Mavi Göz Mavi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9782004587473</t>
+          <t>9786258089851</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Siyah</t>
+          <t>Geleceği Gören Atatürk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9782004587459</t>
+          <t>9786258089639</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Mor</t>
+          <t>Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057690227</t>
+          <t>9786258089073</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Fahişe Çilekler</t>
+          <t>Thomas Safariye Gidiyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057939647</t>
+          <t>9786258089080</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kurallara Uyma - Thomas ve Arkadaşları</t>
+          <t>Thomas ve Dinozorlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>56</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057939708</t>
+          <t>9786258089134</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nü Peride</t>
+          <t>Meyveler Sebzeler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>95</v>
+        <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052041659</t>
+          <t>9786258089141</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gemi</t>
+          <t>Hayvanlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>25</v>
+        <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052041802</t>
+          <t>9786258089158</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Eşyalar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057939661</t>
+          <t>9786258089172</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Edinme - Thomas ve Arkadaşları</t>
+          <t>Araçlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057939616</t>
+          <t>9786257371928</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dede Tulumba Çekelim Mi?</t>
+          <t>Brody Luckystar’ın Rekoru Ne?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>15</v>
+        <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057939593</t>
+          <t>9789782164803</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Dönüşür Mü Baba? - Meraklı Sorular Serisi</t>
+          <t>Kral Şakir Seti Mor (7 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>15</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057939609</t>
+          <t>9789782164810</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dön Değirmen Dön - Meraklı Sorular Serisi</t>
+          <t>Kral Şakir Seti Kırmızı (7 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>15</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052041857</t>
+          <t>9789782164827</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Cesaretin Ötesinde</t>
+          <t>Kral Şakir Muhtişim Hediye Seti (8 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>23.15</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052041017</t>
+          <t>9786057690265</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Yiyecekler</t>
+          <t>Yıldızlar Neden Düşmez?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>15.74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059442725</t>
+          <t>9782007874785</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Yavru Hayvanlar</t>
+          <t>Kral Şakir İlk Okuma Dizisi 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>15.74</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059442954</t>
+          <t>9789782147851</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Şekiller</t>
+          <t>Kral Şakir Muhtişim Hediye Seti! (10 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>15.74</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059442961</t>
+          <t>9786257371919</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Sebzeler</t>
+          <t>Kara İle Beyaz’ın Yavruları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>15.74</v>
+        <v>69</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059442718</t>
+          <t>9782004587466</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Sayılar</t>
+          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Kırmızı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>15.74</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052041000</t>
+          <t>9782004587473</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Vücudum ve Evim</t>
+          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Siyah</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>15.74</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059442695</t>
+          <t>9782004587459</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - İlk Kelimelerim</t>
+          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Mor</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>15.74</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059442978</t>
+          <t>9786057690227</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Çiftlik</t>
+          <t>Fahişe Çilekler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>15.74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059442701</t>
+          <t>9786057939647</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Renkler</t>
+          <t>Kurallara Uyma - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059442244</t>
+          <t>9786057939708</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Şimdi Bale Zamanı!</t>
+          <t>Nü Peride</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>7.41</v>
+        <v>95</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059442268</t>
+          <t>9786052041659</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - İtfaiyeci Gil!</t>
+          <t>Gemi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>5.56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059442282</t>
+          <t>9786052041802</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Köpekçikler Treni Kurtarıyor!</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>5.56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059442275</t>
+          <t>9786057939661</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Cesur Patiler!</t>
+          <t>Arkadaş Edinme - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>9.26</v>
+        <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052162354</t>
+          <t>9786057939616</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Önce</t>
+          <t>Dede Tulumba Çekelim Mi?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052162330</t>
+          <t>9786057939593</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tatil Zamanı - Fisher Price (Ciltli)</t>
+          <t>Her Şey Dönüşür Mü Baba? - Meraklı Sorular Serisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>19.9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052041024</t>
+          <t>9786057939609</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmak Hikaye Anlatmak</t>
+          <t>Dön Değirmen Dön - Meraklı Sorular Serisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>23.15</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059864961</t>
+          <t>9786052041857</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hergelece Sözler</t>
+          <t>Cesaretin Ötesinde</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>14.82</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052162293</t>
+          <t>9786052041017</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Yiyecekler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052162316</t>
+          <t>9786059442725</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Fil - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052162323</t>
+          <t>9786059442954</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Orkestra - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Şekiller</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052162347</t>
+          <t>9786059442961</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı -  Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Sebzeler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058492455</t>
+          <t>9786059442718</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucizem</t>
+          <t>Eğleniyorum Öğreniyorum - Sayılar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056403460</t>
+          <t>9786052041000</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Ben</t>
+          <t>Eğleniyorum Öğreniyorum - Vücudum ve Evim</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056403446</t>
+          <t>9786059442695</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Küçük Siyah Elbise</t>
+          <t>Eğleniyorum Öğreniyorum - İlk Kelimelerim</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059864350</t>
+          <t>9786059442978</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Melekler</t>
+          <t>Eğleniyorum Öğreniyorum - Çiftlik</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>26.85</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059864114</t>
+          <t>9786059442701</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'taki Melek</t>
+          <t>Eğleniyorum Öğreniyorum - Renkler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>20.37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058492448</t>
+          <t>9786059442244</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Annemden Kalan</t>
+          <t>Bubble Cuppies - Şimdi Bale Zamanı!</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>20.37</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058492431</t>
+          <t>9786059442268</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sır Oyunları</t>
+          <t>Bubble Cuppies - İtfaiyeci Gil!</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>20.37</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059864145</t>
+          <t>9786059442282</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Biyolojisi</t>
+          <t>Paw Patrol - Köpekçikler Treni Kurtarıyor!</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>20.37</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058492400</t>
+          <t>9786059442275</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız : Modelliğe İlk Adım</t>
+          <t>Paw Patrol - Cesur Patiler!</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786056403453</t>
+          <t>9786052162354</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Şafaktan Önce</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059864039</t>
+          <t>9786052162330</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İki + Bir Aşk</t>
+          <t>Tatil Zamanı - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>20.37</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059864022</t>
+          <t>9786052041024</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir İpek Böceği Masalı</t>
+          <t>Öykü Yazmak Hikaye Anlatmak</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058526853</t>
+          <t>9786059864961</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>On Üç'ün Gizemi</t>
+          <t>Hergelece Sözler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>15.74</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058526822</t>
+          <t>9786052162293</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Aşkına</t>
+          <t>Arkadaşlık - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>16.67</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059864008</t>
+          <t>9786052162316</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bahar Kokusu</t>
+          <t>Arkadaşım Fil - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>20.37</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058492486</t>
+          <t>9786052162323</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Peşinde</t>
+          <t>Orkestra - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>22.22</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058492462</t>
+          <t>9786052162347</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'taki Diğer Yarım</t>
+          <t>Uyku Zamanı -  Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>20.37</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056403477</t>
+          <t>9786058492455</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'a Hoşgeldiniz</t>
+          <t>Küçük Mucizem</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052162613</t>
+          <t>9786056403460</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sesler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Aynadaki Ben</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>11.94</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052162590</t>
+          <t>9786056403446</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sayılar / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Küçük Siyah Elbise</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>11.94</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052162620</t>
+          <t>9786059864350</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şekiller / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Kanatsız Melekler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>11.94</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052162606</t>
+          <t>9786059864114</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Renkler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Son Şans'taki Melek</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>11.94</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052041420</t>
+          <t>9786058492448</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Hatası</t>
+          <t>Annemden Kalan</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059442671</t>
+          <t>9786058492431</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hassas Kalp Hikayeleri</t>
+          <t>Sır Oyunları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059864862</t>
+          <t>9786059864145</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kıyısında</t>
+          <t>Aşkın Biyolojisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052162675</t>
+          <t>9786058492400</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Thomas ve Dinazor - Mavi Dağın Gizemi (Çift Taraflı)</t>
+          <t>Geek Kız : Modelliğe İlk Adım</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>9.17</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057939074</t>
+          <t>9786056403453</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Büyük Final - Maceracı Can</t>
+          <t>Köprü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>13.8</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057939098</t>
+          <t>9786059864039</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcı Dost - Maceracı Can</t>
+          <t>İki + Bir Aşk</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>13.8</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057939012</t>
+          <t>9786059864022</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sakın Unutma</t>
+          <t>Bir İpek Böceği Masalı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>40</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052162156</t>
+          <t>9786058526853</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Gelen Renk</t>
+          <t>On Üç'ün Gizemi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052162125</t>
+          <t>9786058526822</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ümit'in Doğum Günü Armağanı</t>
+          <t>Kitaplar Aşkına</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052162095</t>
+          <t>9786059864008</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bu Hırka Kimin?</t>
+          <t>Bahar Kokusu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052162071</t>
+          <t>9786058492486</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Çiçek</t>
+          <t>Düşlerin Peşinde</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>15</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052162132</t>
+          <t>9786058492462</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Ne Renk Boyasam</t>
+          <t>Son Şans'taki Diğer Yarım</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052162088</t>
+          <t>9786056403477</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bu Çiçeğin Adı Ne?</t>
+          <t>Son Şans'a Hoşgeldiniz</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052162118</t>
+          <t>9786052162613</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cumartesi Günlerinin Rengi ve Kokusu</t>
+          <t>Sesler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052162149</t>
+          <t>9786052162590</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Minik Serçenin Masalı</t>
+          <t>Sayılar / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052162774</t>
+          <t>9786052162620</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
+          <t>Şekiller / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>99</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052041956</t>
+          <t>9786052162606</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Saksıdaki Sürpriz</t>
+          <t>Renkler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052162101</t>
+          <t>9786052041420</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kır Evinde Hafta Sonu</t>
+          <t>Hayatımın Hatası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>15</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052162064</t>
+          <t>9786059442671</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçedeki Ağaç</t>
+          <t>Hassas Kalp Hikayeleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052041345</t>
+          <t>9786059864862</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Açmaya Korkan Çiçek</t>
+          <t>Aşkın Kıyısında</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>29</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052041390</t>
+          <t>9786052162675</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Baykuş</t>
+          <t>Thomas ve Arkadaşları - Thomas ve Dinazor - Mavi Dağın Gizemi (Çift Taraflı)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>29</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052041383</t>
+          <t>9786057939074</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tintin'in Yavruları</t>
+          <t>Büyük Final - Maceracı Can</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>29</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059442749</t>
+          <t>9786057939098</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Hayatın Neresinde?</t>
+          <t>Kurtarıcı Dost - Maceracı Can</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>18.52</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059442732</t>
+          <t>9786057939012</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan İzler</t>
+          <t>Sakın Unutma</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052041376</t>
+          <t>9786052162156</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Taş ve Çiçek</t>
+          <t>Yeraltından Gelen Renk</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052041369</t>
+          <t>9786052162125</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Küçük Portakalın Sıradışı Öyküsü</t>
+          <t>Ümit'in Doğum Günü Armağanı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052041352</t>
+          <t>9786052162095</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları</t>
+          <t>Bu Hırka Kimin?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052041406</t>
+          <t>9786052162071</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Gün Işıkları</t>
+          <t>Bir Demet Çiçek</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059442138</t>
+          <t>9786052162132</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Eğlenceli Bilmeceler</t>
+          <t>Gökyüzünü Ne Renk Boyasam</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>9.17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057939890</t>
+          <t>9786052162088</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Otel</t>
+          <t>Bu Çiçeğin Adı Ne?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052162750</t>
+          <t>9786052162118</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kalp Atışı</t>
+          <t>Cumartesi Günlerinin Rengi ve Kokusu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052162545</t>
+          <t>9786052162149</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kır Faresiyle Kent Faresi</t>
+          <t>Minik Serçenin Masalı</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052162187</t>
+          <t>9786052162774</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kapadokyalı Vampir: Masumiyet</t>
+          <t>Paylaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>22.22</v>
+        <v>99</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052041840</t>
+          <t>9786052041956</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Aile</t>
+          <t>Saksıdaki Sürpriz</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052041314</t>
+          <t>9786052162101</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kitap - Sondan Sonra</t>
+          <t>Kır Evinde Hafta Sonu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052041277</t>
+          <t>9786052162064</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İsviçre Kahvehaneleri</t>
+          <t>Arka Bahçedeki Ağaç</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059442152</t>
+          <t>9786052041345</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Üstümüzdeki Gül Yaprağı</t>
+          <t>Açmaya Korkan Çiçek</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>18.52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059442640</t>
+          <t>9786052041390</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Nefes Al</t>
+          <t>Yaralı Baykuş</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059864947</t>
+          <t>9786052041383</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İçin Çok Güzelsin</t>
+          <t>Tintin'in Yavruları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>18.52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059864374</t>
+          <t>9786059442749</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Renkler ve Şekiller</t>
+          <t>Edebiyat Hayatın Neresinde?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>2.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059864367</t>
+          <t>9786059442732</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar- Alfabe ve Sayılar</t>
+          <t>Yaşamdan İzler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>8.32</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059864398</t>
+          <t>9786052041376</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar- Bahar Tavuğu</t>
+          <t>Taş ve Çiçek</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>10.18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059864381</t>
+          <t>9786052041369</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Büyük Sihir Gösterisi</t>
+          <t>Küçük Portakalın Sıradışı Öyküsü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>12.03</v>
+        <v>29</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052162453</t>
+          <t>9786052041352</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Takımı!</t>
+          <t>Deniz Kabukları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>6.39</v>
+        <v>29</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052162415</t>
+          <t>9786052041406</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Macera</t>
+          <t>Çalışkan Gün Işıkları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>6.39</v>
+        <v>29</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052162446</t>
+          <t>9786059442138</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Robot Köpek</t>
+          <t>Çocuklara Eğlenceli Bilmeceler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>6.94</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052162484</t>
+          <t>9786057939890</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Rubble Göreve Hazır!</t>
+          <t>Büyülü Otel</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>11.95</v>
+        <v>32</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052162439</t>
+          <t>9786052162750</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Tren Spencer - Thomas ve Arkadaşları</t>
+          <t>Kalp Atışı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052162460</t>
+          <t>9786052162545</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Jet Uçağı Jeremy - Thomas ve Arkadaşları</t>
+          <t>Kır Faresiyle Kent Faresi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052162477</t>
+          <t>9786052162187</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Lokomotif James - Thomas ve Arkadaşları</t>
+          <t>Kapadokyalı Vampir: Masumiyet</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052162408</t>
+          <t>9786052041840</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Balon Gösterisi - Thomas ve Arkadaşları</t>
+          <t>Aile</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059442428</t>
+          <t>9786052041314</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Dükkanı</t>
+          <t>Kitap - Sondan Sonra</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>18.52</v>
+        <v>90</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059442169</t>
+          <t>9786052041277</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>İsviçre Kahvehaneleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>80</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059864923</t>
+          <t>9786059442152</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Özel Lokomotif Molly</t>
+          <t>Üstümüzdeki Gül Yaprağı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059864572</t>
+          <t>9786059442640</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dağ'ın Gizemi</t>
+          <t>Nefes Al</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>9.25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059864565</t>
+          <t>9786059864947</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Baloncuk Avı</t>
+          <t>Ölmek İçin Çok Güzelsin</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>8.32</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059864589</t>
+          <t>9786059864374</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tren Thomas Geliyooor!</t>
+          <t>Kabarcık Çocuklar - Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>9.25</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059864596</t>
+          <t>9786059864367</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflamaya Hazır Mısınız?</t>
+          <t>Kabarcık Çocuklar- Alfabe ve Sayılar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>12.03</v>
+        <v>8.32</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052162040</t>
+          <t>9786059864398</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmanın Yeni Kuyruğu</t>
+          <t>Kabarcık Çocuklar- Bahar Tavuğu</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>15</v>
+        <v>10.18</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052162026</t>
+          <t>9786059864381</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Hanım Nerede?</t>
+          <t>Kabarcık Çocuklar - Büyük Sihir Gösterisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>15</v>
+        <v>12.03</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052162019</t>
+          <t>9786052162453</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Murat'ın Armağanları</t>
+          <t>Yıldız Takımı!</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>15</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052162033</t>
+          <t>9786052162415</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sarı Sarı Ayvalar</t>
+          <t>Dedemle Macera</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>15</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052162002</t>
+          <t>9786052162446</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Lokomotifin İlk Yolculuğu</t>
+          <t>Robot Köpek</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052041994</t>
+          <t>9786052162484</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Babaannenin Sürprizi</t>
+          <t>Rubble Göreve Hazır!</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>15</v>
+        <v>11.95</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052041970</t>
+          <t>9786052162439</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Nine Yünleri Ne Yapacak?</t>
+          <t>Hızlı Tren Spencer - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052041963</t>
+          <t>9786052162460</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düşmüş</t>
+          <t>Jet Uçağı Jeremy - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052041949</t>
+          <t>9786052162477</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Beyaz'ın Özverisi</t>
+          <t>Kırmızı Lokomotif James - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052162392</t>
+          <t>9786052162408</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hazır Cevap Hasan</t>
+          <t>Balon Gösterisi - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052162514</t>
+          <t>9786059442428</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Çoban ve Köylüler</t>
+          <t>Kitapçı Dükkanı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052162507</t>
+          <t>9786059442169</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tilkiyle Leylek</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052162491</t>
+          <t>9786059864923</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Üzümler</t>
+          <t>Özel Lokomotif Molly</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052162521</t>
+          <t>9786059864572</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Övüngen Katır</t>
+          <t>Mavi Dağ'ın Gizemi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>15</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057939272</t>
+          <t>9786059864565</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Baloncuk Avı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>49</v>
+        <v>8.32</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057939258</t>
+          <t>9786059864589</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Tren Thomas Geliyooor!</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>49</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057939050</t>
+          <t>9786059864596</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kolaysa Sen Bul</t>
+          <t>Çufçuflamaya Hazır Mısınız?</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>13.8</v>
+        <v>12.03</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059442176</t>
+          <t>9786052162040</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Erik</t>
+          <t>Uçurtmanın Yeni Kuyruğu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059442145</t>
+          <t>9786052162026</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sabır Çıkmazı</t>
+          <t>Pamuk Hanım Nerede?</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052041918</t>
+          <t>9786052162019</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tebeşirler</t>
+          <t>Murat'ın Armağanları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052041925</t>
+          <t>9786052162033</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sincaplı Kalemtıraş</t>
+          <t>Sarı Sarı Ayvalar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052041901</t>
+          <t>9786052162002</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Piknikte</t>
+          <t>Kırmızı Lokomotifin İlk Yolculuğu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052041895</t>
+          <t>9786052041994</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Tokalı Kız</t>
+          <t>Babaannenin Sürprizi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052041888</t>
+          <t>9786052041970</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Berke'nin Badem Şekerleri</t>
+          <t>Nazlı Nine Yünleri Ne Yapacak?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052041611</t>
+          <t>9786052041963</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Emre ve Tahta Oyuncak</t>
+          <t>Gökten Üç Elma Düşmüş</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052041628</t>
+          <t>9786052041949</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>La'nın Kayboluşu</t>
+          <t>Beyaz'ın Özverisi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052041147</t>
+          <t>9786052162392</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Hazır Cevap Hasan</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>7.41</v>
+        <v>125</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059442657</t>
+          <t>9786052162514</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Gavur İzmir, Güzel İzmir</t>
+          <t>Yalancı Çoban ve Köylüler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>23.15</v>
+        <v>15</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052041635</t>
+          <t>9786052162507</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çicek Kız Soruyor</t>
+          <t>Tilkiyle Leylek</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059442299</t>
+          <t>9786052162491</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Düşler Sandığı (Boyama Kitabı)</t>
+          <t>Tilki ve Üzümler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>11.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052162866</t>
+          <t>9786052162521</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Evde</t>
+          <t>Övüngen Katır</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>49</v>
+        <v>15</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052162873</t>
+          <t>9786057939272</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Sokakta</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052162859</t>
+          <t>9786057939258</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Doğada</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052162842</t>
+          <t>9786057939050</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Dışarıda</t>
+          <t>Kolaysa Sen Bul</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>49</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052041505</t>
+          <t>9786059442176</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Anne Gökyüzünü Boyamışlar</t>
+          <t>Kırmızı Erik</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052041512</t>
+          <t>9786059442145</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Bir Gün</t>
+          <t>Sabır Çıkmazı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052041529</t>
+          <t>9786052041918</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Duman Olmuş</t>
+          <t>Renkli Tebeşirler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052041536</t>
+          <t>9786052041925</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kar Neden Yağar</t>
+          <t>Sincaplı Kalemtıraş</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059442503</t>
+          <t>9786052041901</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Sebzeler Meyveler</t>
+          <t>Piknikte</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>11.94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059442527</t>
+          <t>9786052041895</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Sayılar Renkler Şekiller</t>
+          <t>Kiraz Tokalı Kız</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>11.94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059442497</t>
+          <t>9786052041888</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Hayvanlar Alemi</t>
+          <t>Berke'nin Badem Şekerleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>11.94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059442510</t>
+          <t>9786052041611</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Taşıtlar</t>
+          <t>Emre ve Tahta Oyuncak</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>11.94</v>
+        <v>29</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059864688</t>
+          <t>9786052041628</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Koridor</t>
+          <t>La'nın Kayboluşu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>16.67</v>
+        <v>29</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052041468</t>
+          <t>9786052041147</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Helikopter Harold</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052041444</t>
+          <t>9786059442657</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Buharlı Lokomotif Emily</t>
+          <t>Gavur İzmir, Güzel İzmir</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>11.11</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052041437</t>
+          <t>9786052041635</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Bir Cesaret Masalı</t>
+          <t>Çicek Kız Soruyor</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>17.59</v>
+        <v>29</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>3990000030439</t>
+          <t>9786059442299</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Kral Şakir</t>
+          <t>Düşler Sandığı (Boyama Kitabı)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>12</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052041499</t>
+          <t>9786052162866</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Skye Yüksek Uçuyor</t>
+          <t>Meraklı Fil - Evde</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>6.94</v>
+        <v>49</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052041482</t>
+          <t>9786052162873</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Orman Macerası</t>
+          <t>Meraklı Fil - Sokakta</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>6.94</v>
+        <v>49</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052041475</t>
+          <t>9786052162859</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Köpekçik Gücü</t>
+          <t>Meraklı Fil - Doğada</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>9.17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052041451</t>
+          <t>9786052162842</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - En İyi Lokomotif Kazansın</t>
+          <t>Meraklı Fil - Dışarıda</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>6.94</v>
+        <v>49</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059442213</t>
+          <t>9786052041505</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Exit-Kaçış Planı</t>
+          <t>Anne Gökyüzünü Boyamışlar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059442091</t>
+          <t>9786052041512</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yastık Adında Bir Kedi</t>
+          <t>Fırtınalı Bir Gün</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059442077</t>
+          <t>9786052041529</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Üşengeç Amcanın Ayakkabıları</t>
+          <t>Her Yer Duman Olmuş</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059442053</t>
+          <t>9786052041536</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Papağanın Sihirli Aynası</t>
+          <t>Kar Neden Yağar</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059442046</t>
+          <t>9786059442503</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Benekli Tırtıl</t>
+          <t>Bebeğimin İlk Sözlüğü - Sebzeler Meyveler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059442039</t>
+          <t>9786059442527</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç ile Minik Tay</t>
+          <t>Bebeğimin İlk Sözlüğü - Sayılar Renkler Şekiller</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059442060</t>
+          <t>9786059442497</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çinlilerin Adı Neden Kısadır?</t>
+          <t>Bebeğimin İlk Sözlüğü - Hayvanlar Alemi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059442022</t>
+          <t>9786059442510</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Benek Buzağı</t>
+          <t>Bebeğimin İlk Sözlüğü - Taşıtlar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059442015</t>
+          <t>9786059864688</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Barbossa'nın Gözlüğü</t>
+          <t>Karanlık Koridor</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059442008</t>
+          <t>9786052041468</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Balkondaki Bahçe</t>
+          <t>Thomas ve Arkadaşları - Helikopter Harold</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059442084</t>
+          <t>9786052041444</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Suya Düşmüş Aydede</t>
+          <t>Thomas ve Arkadaşları - Buharlı Lokomotif Emily</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052162880</t>
+          <t>9786052041437</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Thomas ve Arkadaşları - Bir Cesaret Masalı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>26.85</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052041819</t>
+          <t>3990000030439</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Tek Bildikleri Aşktı</t>
+          <t>Oyun Zamanı - Kral Şakir</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>18.52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059864848</t>
+          <t>9786052041499</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Fabrikada Bir Saraylı</t>
+          <t>Pati Devriyesi - Skye Yüksek Uçuyor</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>14.82</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059864725</t>
+          <t>9786052041482</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Pembeayak Efsanesi</t>
+          <t>Pati Devriyesi - Orman Macerası</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>4.62</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059864701</t>
+          <t>9786052041475</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Kabarcık Top Oyunu!</t>
+          <t>Pati Devriyesi - Köpekçik Gücü</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>4.62</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059864695</t>
+          <t>9786052041451</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Hayvanat Bahçesindeki Arkadaş</t>
+          <t>Thomas ve Arkadaşları - En İyi Lokomotif Kazansın</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>7.4</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059864749</t>
+          <t>9786059442213</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Pati Devriyesi Hazinesi</t>
+          <t>Exit-Kaçış Planı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>5.55</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059864718</t>
+          <t>9786059442091</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Korsan Patiler!</t>
+          <t>Yastık Adında Bir Kedi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>9.25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059864640</t>
+          <t>9786059442077</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Karınca Mişi 2</t>
+          <t>Üşengeç Amcanın Ayakkabıları</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059864633</t>
+          <t>9786059442053</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Karınca Mişi 1</t>
+          <t>Papağanın Sihirli Aynası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>5.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059864732</t>
+          <t>9786059442046</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Marshall'ın Kurtarma Görevi!</t>
+          <t>Kırmızı Benekli Tırtıl</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>5.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059864657</t>
+          <t>9786059442039</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Karınca Mişi 3</t>
+          <t>Kırlangıç ile Minik Tay</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059864343</t>
+          <t>9786059442060</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Gece Uyur</t>
+          <t>Çinlilerin Adı Neden Kısadır?</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059864251</t>
+          <t>9786059442022</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Meditasyon Boyama Kitabı</t>
+          <t>Benek Buzağı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052041796</t>
+          <t>9786059442015</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız 5 Tepetaklak Aşk</t>
+          <t>Barbossa'nın Gözlüğü</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>26.85</v>
+        <v>15</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059442862</t>
+          <t>9786059442008</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi Seti (2 Kitap Takım)</t>
+          <t>Balkondaki Bahçe</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059864411</t>
+          <t>9786059442084</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'ta Aşk Mevsimi</t>
+          <t>Suya Düşmüş Aydede</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057939111</t>
+          <t>9786052162880</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Derinin Altında</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>40</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052041031</t>
+          <t>9786052041819</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Gölgesinde</t>
+          <t>Tek Bildikleri Aşktı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>26.85</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052041093</t>
+          <t>9786059864848</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Meşe ile Alçakgönüllü Kamış</t>
+          <t>Fabrikada Bir Saraylı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>15</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052041079</t>
+          <t>9786059864725</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kargayla Tilki</t>
+          <t>Bubble Cuppies - Pembeayak Efsanesi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>15</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052041062</t>
+          <t>9786059864701</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Farelerin Derdi</t>
+          <t>Bubble Cuppies - Kabarcık Top Oyunu!</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>15</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052041055</t>
+          <t>9786059864695</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Suçu</t>
+          <t>Bubble Cuppies - Hayvanat Bahçesindeki Arkadaş</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>15</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052041048</t>
+          <t>9786059864749</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Aslan Postu Giyen Eşek</t>
+          <t>Pati Devriyesi - Pati Devriyesi Hazinesi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>15</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059864329</t>
+          <t>9786059864718</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlanmaya Hazırız!</t>
+          <t>Pati Devriyesi - Korsan Patiler!</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>9.25</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059864312</t>
+          <t>9786059864640</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Pofidik İçin Göreve!</t>
+          <t>Karınca Mişi 2</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>12.03</v>
+        <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059864138</t>
+          <t>9786059864633</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hayat Avcısı</t>
+          <t>Karınca Mişi 1</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>20.37</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059864299</t>
+          <t>9786059864732</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Minik Kediciği Kurtarma Görevi</t>
+          <t>Pati Devriyesi - Marshall'ın Kurtarma Görevi!</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>4.62</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059864282</t>
+          <t>9786059864657</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Köpekçikler Göreve!</t>
+          <t>Karınca Mişi 3</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>7.4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059864336</t>
+          <t>9786059864343</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yüksel Yüksel ve İlerle!</t>
+          <t>Balıklar Gece Uyur</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>9.25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059864305</t>
+          <t>9786059864251</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Patileri Parlatalım!</t>
+          <t>Meditasyon Boyama Kitabı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>6.47</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052041109</t>
+          <t>9786052041796</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Örümceğin Mesajı</t>
+          <t>Geek Kız 5 Tepetaklak Aşk</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>60</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052041130</t>
+          <t>9786059442862</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mektuplar</t>
+          <t>Pisi Pisi Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>16.67</v>
+        <v>159</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059442763</t>
+          <t>9786059864411</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Gerçek Olsa</t>
+          <t>Son Şans'ta Aşk Mevsimi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>23.15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059442756</t>
+          <t>9786057939111</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>O Şarkıdaki Kız Benim</t>
+          <t>Derinin Altında</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059442305</t>
+          <t>9786052041031</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İlişki Durumu Karışık</t>
+          <t>Meleklerin Gölgesinde</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>20.37</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059864756</t>
+          <t>9786052041093</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Unutuluş</t>
+          <t>Kibirli Meşe ile Alçakgönüllü Kamış</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059864886</t>
+          <t>9786052041079</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Kutuları Bulalım! (Ciltli)</t>
+          <t>Kargayla Tilki</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>36.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059864893</t>
+          <t>9786052041062</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Hazineyi Buldum (Ciltli)</t>
+          <t>Farelerin Derdi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>63.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059864879</t>
+          <t>9786052041055</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Haydi Şarkı Söyleyelim (Ciltli)</t>
+          <t>Eşeğin Suçu</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>36.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059864930</t>
+          <t>9786052041048</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Edward İş Başında</t>
+          <t>Aslan Postu Giyen Eşek</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>6.39</v>
+        <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059864916</t>
+          <t>9786059864329</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tramvay Lokomotifi Toby</t>
+          <t>Yuvarlanmaya Hazırız!</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>9.17</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059864909</t>
+          <t>9786059864312</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Thomas'la Geziyorum (Ciltli)</t>
+          <t>Pofidik İçin Göreve!</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>63.89</v>
+        <v>12.03</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059864206</t>
+          <t>9786059864138</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Haydi, Köpek Kulübesi Yapalım!</t>
+          <t>Hayat Avcısı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>7.36</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059864183</t>
+          <t>9786059864299</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kabarcık Köpek ve Güneş Yüzüğü</t>
+          <t>Minik Kediciği Kurtarma Görevi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>5.51</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059864213</t>
+          <t>9786059864282</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Dinozor Kazısı</t>
+          <t>Köpekçikler Göreve!</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>4.58</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059864176</t>
+          <t>9786059864336</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kabarcık Dostlar!</t>
+          <t>Yüksel Yüksel ve İlerle!</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>9.21</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059864190</t>
+          <t>9786059864305</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Hazır, Başla, Boya!</t>
+          <t>Patileri Parlatalım!</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>12.95</v>
+        <v>6.47</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059864220</t>
+          <t>9786052041109</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kabarcık Köpek Vakti!</t>
+          <t>Örümceğin Mesajı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>4.58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059864237</t>
+          <t>9786052041130</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kamyonum Nerede</t>
+          <t>Gizemli Mektuplar</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>7.36</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786058492424</t>
+          <t>9786059442763</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Öp Beni</t>
+          <t>Rüyalar Gerçek Olsa</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059442565</t>
+          <t>9786059442756</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Rayların Kralı</t>
+          <t>O Şarkıdaki Kız Benim</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059442589</t>
+          <t>9786059442305</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Cesur Küçük Lokomotifler</t>
+          <t>İlişki Durumu Karışık</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>9.17</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059442633</t>
+          <t>9786059864756</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 3</t>
+          <t>Unutuluş</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059442626</t>
+          <t>9786059864886</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 2</t>
+          <t>Thomas ve Arkadaşları - Kutuları Bulalım! (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>15</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059442619</t>
+          <t>9786059864893</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 1</t>
+          <t>Pati Devriyesi - Hazineyi Buldum (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>15</v>
+        <v>63.89</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059442541</t>
+          <t>9786059864879</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Fıkraları</t>
+          <t>Pati Devriyesi - Haydi Şarkı Söyleyelim (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>13.8</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059442572</t>
+          <t>9786059864930</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Thomas ve Dinozarlar</t>
+          <t>Edward İş Başında</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>6.39</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059442312</t>
+          <t>9786059864916</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sırça Hayaller</t>
+          <t>Tramvay Lokomotifi Toby</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>23.15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059442329</t>
+          <t>9786059864909</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kılları Yolunmuş Maymun</t>
+          <t>Thomas ve Arkadaşları - Thomas'la Geziyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>70</v>
+        <v>63.89</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059442596</t>
+          <t>9786059864206</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Arkadaşlık Günü! (Ciltli)</t>
+          <t>Kabarcık Çocuklar - Haydi, Köpek Kulübesi Yapalım!</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>13.8</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059442251</t>
+          <t>9786059864183</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Alev Savaşçıları</t>
+          <t>Kabarcık Çocuklar - Kabarcık Köpek ve Güneş Yüzüğü</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>8.24</v>
+        <v>5.51</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059864800</t>
+          <t>9786059864213</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lokomotik Percy</t>
+          <t>Kabarcık Çocuklar - Dinozor Kazısı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>9.17</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059864794</t>
+          <t>9786059864176</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Jeremy Birlikte Çalışıyor</t>
+          <t>Kabarcık Çocuklar - Kabarcık Dostlar!</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>6.39</v>
+        <v>9.21</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059864787</t>
+          <t>9786059864190</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Renkli Trenler</t>
+          <t>Kabarcık Çocuklar - Hazır, Başla, Boya!</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>8.24</v>
+        <v>12.95</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059864770</t>
+          <t>9786059864220</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dizellerin Günü</t>
+          <t>Kabarcık Çocuklar - Kabarcık Köpek Vakti!</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>9.17</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059864763</t>
+          <t>9786059864237</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>1001 Çıkartmalı Eğlence Kitabı</t>
+          <t>Kabarcık Çocuklar - Kamyonum Nerede</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>13.8</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059864664</t>
+          <t>9786058492424</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Balon Yarışı (Ciltli)</t>
+          <t>Öp Beni</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059864435</t>
+          <t>9786059442565</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Mutlu Yıllar Köpekcik!</t>
+          <t>Thomas ve Arkadaşları - Rayların Kralı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>4.62</v>
+        <v>20</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059864428</t>
+          <t>9786059442589</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Buz Takımı</t>
+          <t>Thomas ve Arkadaşları - Cesur Küçük Lokomotifler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>7.4</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059864169</t>
+          <t>9786059442633</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Aşkına 2 : Sürpriz Son</t>
+          <t>Kara Köpek Tango 3</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>17.59</v>
+        <v>15</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059864015</t>
+          <t>9786059442626</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Öykü Odası</t>
+          <t>Kara Köpek Tango 2</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>22.22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786058526846</t>
+          <t>9786059442619</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'taki Evim</t>
+          <t>Kara Köpek Tango 1</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786056403491</t>
+          <t>9786059442541</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sosyete Dedektifi Serisi 1: Sır Yumağı</t>
+          <t>Öğrenci Fıkraları</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>20.37</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059442411</t>
+          <t>9786059442572</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk İlk Dans</t>
+          <t>Thomas ve Arkadaşları - Thomas ve Dinozarlar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>17.59</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059442220</t>
+          <t>9786059442312</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Zafer Vaat Etmeyen Topraklar</t>
+          <t>Sırça Hayaller</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059864121</t>
+          <t>9786059442329</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız - 3 : Atarlı Model</t>
+          <t>Kılları Yolunmuş Maymun</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>22.22</v>
+        <v>70</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059442367</t>
+          <t>9786059442596</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kitap</t>
+          <t>Pati Devriyesi - Arkadaşlık Günü! (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>15</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059442398</t>
+          <t>9786059442251</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Minnacık Adamlar</t>
+          <t>Pati Devriyesi - Alev Savaşçıları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>20</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059442404</t>
+          <t>9786059864800</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Papağan</t>
+          <t>Küçük Lokomotik Percy</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>20</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059442381</t>
+          <t>9786059864794</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kuaför Leylek</t>
+          <t>Thomas ve Jeremy Birlikte Çalışıyor</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>20</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059442374</t>
+          <t>9786059864787</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen Toplayan Kuş</t>
+          <t>Renkli Trenler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>20</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059442237</t>
+          <t>9786059864770</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bambu Sapı</t>
+          <t>Dizellerin Günü</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>22.22</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786058526891</t>
+          <t>9786059864763</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>On Beş Dakika</t>
+          <t>1001 Çıkartmalı Eğlence Kitabı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>21.3</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786056403415</t>
+          <t>9786059864664</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili ve Çingene</t>
+          <t>Balon Yarışı (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059864831</t>
+          <t>9786059864435</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Üçüncüsü</t>
+          <t>Paw Patrol - Mutlu Yıllar Köpekcik!</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>17.59</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059864817</t>
+          <t>9786059864428</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Öpücüğü</t>
+          <t>Paw Patrol - Buz Takımı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>17.59</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059864558</t>
+          <t>9786059864169</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Parti Gecesi Cinayeti</t>
+          <t>Kitaplar Aşkına 2 : Sürpriz Son</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059864091</t>
+          <t>9786059864015</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Öykü Odası</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059864497</t>
+          <t>9786058526846</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Can Kırıkları</t>
+          <t>Son Şans'taki Evim</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059864404</t>
+          <t>9786056403491</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız 4</t>
+          <t>Sosyete Dedektifi Serisi 1: Sır Yumağı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786058492493</t>
+          <t>9786059442411</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Işığına Uç</t>
+          <t>İlk Aşk İlk Dans</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>22.22</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059864152</t>
+          <t>9786059442220</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kalpler Kulübü</t>
+          <t>Zafer Vaat Etmeyen Topraklar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786058526884</t>
+          <t>9786059864121</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Küller ve Anılar</t>
+          <t>Geek Kız - 3 : Atarlı Model</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786056403422</t>
+          <t>9786059442367</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Aşk Su Anı</t>
+          <t>Arkadaşım Kitap</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>17.59</v>
+        <v>15</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786056403439</t>
+          <t>9786059442398</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Falı</t>
+          <t>Minnacık Adamlar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>17.59</v>
+        <v>20</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786056403408</t>
+          <t>9786059442404</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Şans</t>
+          <t>Soytarı Papağan</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059864268</t>
+          <t>9786059442381</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Üç Harf Tek Hece</t>
+          <t>Kuaför Leylek</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>20.37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257124751</t>
+          <t>9786059442374</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati ve Süpürbot! - Kral Şakir İlk Okuma Kitabı 17</t>
+          <t>Böğürtlen Toplayan Kuş</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257124737</t>
+          <t>9786059442237</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kankalar Takımı! - Kral Şakir İlk Okuma Kitabı 15</t>
+          <t>Bambu Sapı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9782002547851</t>
+          <t>9786058526891</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları (10 Kitap Takım)</t>
+          <t>On Beş Dakika</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>1250</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057690241</t>
+          <t>9786056403415</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurbağanın Öyküsü</t>
+          <t>Kızılderili ve Çingene</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>69</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057690098</t>
+          <t>9786059864831</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Gri Kız</t>
+          <t>İkizlerin Üçüncüsü</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>35</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057690104</t>
+          <t>9786059864817</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yapay Tanrı</t>
+          <t>Yıldız Öpücüğü</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>35</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>3996059442107</t>
+          <t>9786059864558</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Resimli Öykü Seti (10 Kitap)</t>
+          <t>Parti Gecesi Cinayeti</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>50</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057939807</t>
+          <t>9786059864091</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Kırmızısı Yaz</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>40</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057939517</t>
+          <t>9786059864497</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango - 4</t>
+          <t>Can Kırıkları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>15</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057939524</t>
+          <t>9786059864404</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango - 5</t>
+          <t>Geek Kız 4</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>15</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057690258</t>
+          <t>9786058492493</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Aslan</t>
+          <t>Gecenin Işığına Uç</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>69</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057939531</t>
+          <t>9786059864152</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango - 6</t>
+          <t>Yalnız Kalpler Kulübü</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257371582</t>
+          <t>9786058526884</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sıfıra Sıfır Elde Var Sıfır</t>
+          <t>Küller ve Anılar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>69</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257371698</t>
+          <t>9786056403422</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Mikrop Avcıları 1 (Ciltli)</t>
+          <t>Aşk Su Anı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>390</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257371513</t>
+          <t>9786056403439</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Reflekta - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
+          <t>Ölüm Falı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>24</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257371520</t>
+          <t>9786056403408</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Çizer</t>
+          <t>Şans</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>57</v>
+        <v>160</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057690661</t>
+          <t>9786059864268</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Kar Sürprizi</t>
+          <t>Üç Harf Tek Hece</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>39</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057690654</t>
+          <t>9786257124751</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Duygular</t>
+          <t>Fil Necati ve Süpürbot! - Kral Şakir İlk Okuma Kitabı 17</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>39</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257371612</t>
+          <t>9786257124737</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kuşçu Dede</t>
+          <t>Kankalar Takımı! - Kral Şakir İlk Okuma Kitabı 15</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257371599</t>
+          <t>9782002547851</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Minik Arılar Bal Yapıyor</t>
+          <t>Kral Şakir İlk Okuma Kitapları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>69</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257124485</t>
+          <t>9786057690241</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Thomas Yeni Zelanda'ya Gidiyor - Thomas ve Arkadaşları</t>
+          <t>Küçük Kurbağanın Öyküsü</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>99</v>
+        <v>69</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257124454</t>
+          <t>9786057690098</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Kalmasın – İlk Çıkartma Kitabım - Thomas ve Arkadaşları</t>
+          <t>Gri Kız</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>109</v>
+        <v>35</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257124461</t>
+          <t>9786057690104</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Thomas - Eğlenceli Aktivite Kitabı</t>
+          <t>Yapay Tanrı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>109</v>
+        <v>35</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9782002585815</t>
+          <t>3996059442107</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çocuk Seti-4 Kitap Takım</t>
+          <t>Resimli Öykü Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>600</v>
+        <v>50</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057690920</t>
+          <t>9786057939807</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Binek Atıyla Yük Eşeği</t>
+          <t>Kiraz Kırmızısı Yaz</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057690838</t>
+          <t>9786057939517</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Minik Çevre Gözcüsü</t>
+          <t>Kara Köpek Tango - 4</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>69</v>
+        <v>15</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057690821</t>
+          <t>9786057939524</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>En Çok Cevizi Kim Topladı?</t>
+          <t>Kara Köpek Tango - 5</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>69</v>
+        <v>15</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057939180</t>
+          <t>9786057690258</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Balina Yuttu Bizi</t>
+          <t>Canı Sıkılan Aslan</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>89</v>
+        <v>69</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>3990000036454</t>
+          <t>9786057939531</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakımı 2 Kitaplık Set</t>
+          <t>Kara Köpek Tango - 6</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>1740</v>
+        <v>15</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057690494</t>
+          <t>9786257371582</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çevreciler - Kral Şakir İlk Okuma 10</t>
+          <t>Sıfıra Sıfır Elde Var Sıfır</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>69</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057690357</t>
+          <t>9786257371698</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Oyun Gezegeni - Kral Şakir İlk Okuma 3</t>
+          <t>Kral Şakir Mikrop Avcıları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>499</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057939364</t>
+          <t>9786257371513</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Halaza</t>
+          <t>Reflekta - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789996302787</t>
+          <t>9786257371520</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Fisher Price Set (5 Kitap Takım) (Ciltli)</t>
+          <t>Şeytani Çizer</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>92.13</v>
+        <v>57</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052041758</t>
+          <t>9786057690661</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Boyama Set (4 Kitap)</t>
+          <t>Thomas ve Arkadaşları - Kar Sürprizi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>79</v>
+        <v>39</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057690272</t>
+          <t>9786057690654</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Deprem Olsa Ne Yaparsın?</t>
+          <t>Thomas ve Arkadaşları - Duygular</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>15</v>
+        <v>39</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057690876</t>
+          <t>9786257371612</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 4</t>
+          <t>Kuşçu Dede</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>45</v>
+        <v>69</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057690869</t>
+          <t>9786257371599</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 3</t>
+          <t>Minik Arılar Bal Yapıyor</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>45</v>
+        <v>69</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057690852</t>
+          <t>9786257124485</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 2</t>
+          <t>Thomas Yeni Zelanda'ya Gidiyor - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>45</v>
+        <v>99</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057690845</t>
+          <t>9786257124454</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 1</t>
+          <t>Yolcu Kalmasın – İlk Çıkartma Kitabım - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>45</v>
+        <v>109</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052041413</t>
+          <t>9786257124461</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kitaplar Serisi ( 6 Kitap Takım)</t>
+          <t>Thomas - Eğlenceli Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>63</v>
+        <v>109</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786058526808</t>
+          <t>9782002585815</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yemek Cennetten Çıkmadır</t>
+          <t>Eğlenceli Çocuk Seti-4 Kitap Takım</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>21.3</v>
+        <v>600</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786056403484</t>
+          <t>9786057690920</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Gölgeleri Kovala</t>
+          <t>Binek Atıyla Yük Eşeği</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>20.37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057690401</t>
+          <t>9786057690838</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Devletin Sahipleri</t>
+          <t>Minik Çevre Gözcüsü</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>90</v>
+        <v>69</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057690135</t>
+          <t>9786057690821</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Yeşili Kış</t>
+          <t>En Çok Cevizi Kim Topladı?</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>40</v>
+        <v>69</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057939937</t>
+          <t>9786057939180</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Yavru Penguen Nerede?</t>
+          <t>Balina Yuttu Bizi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>69</v>
+        <v>89</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057939944</t>
+          <t>3990000036454</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arasındaki Aynanın Öyküsü</t>
+          <t>Bebek Bakımı 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>69</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057939951</t>
+          <t>9786057690494</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Köstebeğin Üzüntüsü</t>
+          <t>Muhteşem Çevreciler - Kral Şakir İlk Okuma 10</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057939920</t>
+          <t>9786057690357</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Yolda Kalan Lokomotif</t>
+          <t>Oyun Gezegeni - Kral Şakir İlk Okuma 3</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789998524569</t>
+          <t>9786057939364</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Balel 10 Kitaplık Set</t>
+          <t>Halaza</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9782002585839</t>
+          <t>9789996302787</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Mavi Geve Kedisi 2 Kitaplık Set</t>
+          <t>Fisher Price Set (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>278</v>
+        <v>92.13</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789992265727</t>
+          <t>9786052041758</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Karen Kingsbury 3 Kitaplık Set</t>
+          <t>Kral Şakir Boyama Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>223</v>
+        <v>79</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789994584215</t>
+          <t>9786057690272</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Öykülere Gizlenen Sayılar Seti (10 Kitap Takım)</t>
+          <t>Deprem Olsa Ne Yaparsın?</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>64.82</v>
+        <v>15</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9782002585877</t>
+          <t>9786057690876</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>44 Kedi 4 Kitaplık Set</t>
+          <t>Eğlenceli Boyama - 4</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>152</v>
+        <v>45</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789992265666</t>
+          <t>9786057690869</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Romantik Roman Seti (3 Kitap Takım)</t>
+          <t>Eğlenceli Boyama - 3</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>125</v>
+        <v>45</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789992265697</t>
+          <t>9786057690852</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Seti (3 Kitap Takım)</t>
+          <t>Eğlenceli Boyama - 2</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>497</v>
+        <v>45</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789992265734</t>
+          <t>9786057690845</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Macera ve Bilim Kurgu Seti (2 Kitap Takım)</t>
+          <t>Eğlenceli Boyama - 1</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>173</v>
+        <v>45</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789992265659</t>
+          <t>9786052041413</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim 3 Kitaplık Set</t>
+          <t>Çiçek Kitaplar Serisi ( 6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>334</v>
+        <v>63</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789997784605</t>
+          <t>9786058526808</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 6 Kitaplık Set</t>
+          <t>Yemek Cennetten Çıkmadır</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>90</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789992265482</t>
+          <t>9786056403484</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali 3 Kitaplık Set</t>
+          <t>Gölgeleri Kovala</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>137</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789998524576</t>
+          <t>9786057690401</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Sorular (10 Kitap Takım)</t>
+          <t>Devletin Sahipleri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789995236441</t>
+          <t>9786057690135</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Öykülere Gizlenen Renkler 10 Kitaplık Set</t>
+          <t>Turkuaz Yeşili Kış</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>64.81</v>
+        <v>40</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789992265499</t>
+          <t>9786057939937</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig 7 Kitap Set</t>
+          <t>Yavru Penguen Nerede?</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>350</v>
+        <v>69</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789992265680</t>
+          <t>9786057939944</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Roman Seti (3 Kitap Takım)</t>
+          <t>Tavan Arasındaki Aynanın Öyküsü</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>139</v>
+        <v>69</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9782002585822</t>
+          <t>9786057939951</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (3 Kitap Takım)</t>
+          <t>Köstebeğin Üzüntüsü</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>313</v>
+        <v>69</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257124713</t>
+          <t>9786057939920</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Penguenler - Kral Şakir İlk Okuma Kitabım 13</t>
+          <t>Yolda Kalan Lokomotif</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>150</v>
+        <v>69</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789992265758</t>
+          <t>9789998524569</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Roman Seti (3 Kitap Takım</t>
+          <t>Mustafa Balel 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>130.22</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789992265703</t>
+          <t>9782002585839</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Gençlik (3 Kitap Takım) Set 1</t>
+          <t>Mavi Geve Kedisi 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>190</v>
+        <v>278</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789992265673</t>
+          <t>9789992265727</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kurgu (3 Kitap Takım) 1</t>
+          <t>Karen Kingsbury 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>246</v>
+        <v>223</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257124263</t>
+          <t>9789994584215</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Küçük Tavşancık</t>
+          <t>Öykülere Gizlenen Sayılar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>89</v>
+        <v>64.82</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057939814</t>
+          <t>9782002585877</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayığın Büyük Yolculuğu</t>
+          <t>44 Kedi 4 Kitaplık Set</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>69</v>
+        <v>152</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057939821</t>
+          <t>9789992265666</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Minik Salyangoz Meslek Seçiyor</t>
+          <t>Romantik Roman Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>69</v>
+        <v>125</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057939722</t>
+          <t>9789992265697</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Albüm - Kral Şakir (Ciltli)</t>
+          <t>Popüler Bilim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>285</v>
+        <v>497</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789992265710</t>
+          <t>9789992265734</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Roman Seti (4 Kitap Takım)</t>
+          <t>Macera ve Bilim Kurgu Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>210.85</v>
+        <v>173</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9782004587480</t>
+          <t>9789992265659</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Dizisi Çantalı Set 2 (10 Kitap Takım)</t>
+          <t>Kişisel Gelişim 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>1250</v>
+        <v>334</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257124362</t>
+          <t>9789997784605</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Simon Der ki</t>
+          <t>Kara Köpek Tango 6 Kitaplık Set</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>37</v>
+        <v>90</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057690999</t>
+          <t>9789992265482</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme Pilou!</t>
+          <t>Sabahattin Ali 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>39</v>
+        <v>137</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257124034</t>
+          <t>9789998524576</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Ay’daki Kedi</t>
+          <t>Meraklı Sorular (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>39</v>
+        <v>150</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057690746</t>
+          <t>9789995236441</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Bütün Kedileri</t>
+          <t>Öykülere Gizlenen Renkler 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>22</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059442985</t>
+          <t>9789992265499</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yatağını Islatınca</t>
+          <t>Stefan Zweig 7 Kitap Set</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>7.9</v>
+        <v>350</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057690579</t>
+          <t>9789992265680</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kibele Masalları</t>
+          <t>Gerilim Roman Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>7.9</v>
+        <v>139</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057690593</t>
+          <t>9782002585822</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Caretta'nın Öyküsü</t>
+          <t>Çocuk Klasikleri Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>7.9</v>
+        <v>313</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057690562</t>
+          <t>9786257124713</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Penpen'in Balık Yakalama Yarışı</t>
+          <t>Matematik ve Penguenler - Kral Şakir İlk Okuma Kitabım 13</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>7.9</v>
+        <v>150</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786057690555</t>
+          <t>9789992265758</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Peri'nin Doğumu</t>
+          <t>Gerilim Roman Seti (3 Kitap Takım</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>7.9</v>
+        <v>130.22</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052041666</t>
+          <t>9789992265703</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar'ın Sihirli Kutusu</t>
+          <t>Gençlik (3 Kitap Takım) Set 1</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>7.9</v>
+        <v>190</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057690777</t>
+          <t>9789992265673</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Lampo Büyük Dost</t>
+          <t>Bilim Kurgu (3 Kitap Takım) 1</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>130</v>
+        <v>246</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057690586</t>
+          <t>9786257124263</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yeten</t>
+          <t>Sayılar - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>7.9</v>
+        <v>89</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257124386</t>
+          <t>9786057939814</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 1</t>
+          <t>Küçük Kayığın Büyük Yolculuğu</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>26</v>
+        <v>69</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257124379</t>
+          <t>9786057939821</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Hava - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
+          <t>Minik Salyangoz Meslek Seçiyor</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>57</v>
+        <v>69</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057939104</t>
+          <t>9786057939722</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Orman - Maceracı Can</t>
+          <t>Albüm - Kral Şakir (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>13.8</v>
+        <v>285</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057939067</t>
+          <t>9789992265710</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Hamur Canavarları - Maceracı Can</t>
+          <t>Gerilim Roman Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>13.8</v>
+        <v>210.85</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057939081</t>
+          <t>9782004587480</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk - Maceracı Can</t>
+          <t>Kral Şakir İlk Okuma Dizisi Çantalı Set 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>13.8</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052162811</t>
+          <t>9786257124362</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Gürültü</t>
+          <t>Simon Der ki</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>23.15</v>
+        <v>37</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789941972300</t>
+          <t>9786057690999</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Hikayeler Serisi (10 Kitap)</t>
+          <t>Vazgeçme Pilou!</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>50</v>
+        <v>39</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052162651</t>
+          <t>9786257124034</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Yasmin</t>
+          <t>44 Cats - Ay’daki Kedi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>23.15</v>
+        <v>39</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052162422</t>
+          <t>9786057690746</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Gün Sevincin Kavşağında</t>
+          <t>Şehrin Bütün Kedileri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052041680</t>
+          <t>9786059442985</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Yönetmeninin Çalışması</t>
+          <t>Yağmur Yatağını Islatınca</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>300</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052162972</t>
+          <t>9786057690579</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Deniz Neden Mavidir?</t>
+          <t>Kibele Masalları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>15</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057690722</t>
+          <t>9786057690593</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Şehri - Yeşil Kemik Efsanesi (1. Kitap)</t>
+          <t>Caretta'nın Öyküsü</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>199</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786255874542</t>
+          <t>9786057690562</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Terapistime Anlatamadıklarım</t>
+          <t>Penpen'in Balık Yakalama Yarışı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>290</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786255874566</t>
+          <t>9786057690555</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kader Sanatı - Savaş Sanatları Destanı İkinci Kitap</t>
+          <t>Peri'nin Doğumu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>690</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786255874597</t>
+          <t>9786052041666</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Siyah Fayton Vakası</t>
+          <t>Rüzgar'ın Sihirli Kutusu</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>199</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786255874559</t>
+          <t>9786057690777</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Denize Söylediğimiz Yalanlar</t>
+          <t>Lampo Büyük Dost</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786255874580</t>
+          <t>9786057690586</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bu Hikaye Tutar Canan</t>
+          <t>Kendine Yeten</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>149</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786255874573</t>
+          <t>9786257124386</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Baktığım Her Yerde</t>
+          <t>Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>190</v>
+        <v>26</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786255874467</t>
+          <t>9786257124379</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Lömpence Masallar-1 Uyuyan, Çirkin, Kırmızı (Ciltli)</t>
+          <t>Fırtınalı Hava - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>390</v>
+        <v>57</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786255874443</t>
+          <t>9786057939104</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Hızlı Uyku Hikayesi!</t>
+          <t>Sihirli Orman - Maceracı Can</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>225</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786255874436</t>
+          <t>9786057939067</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kaç Dinozor Çok Dinozordur?</t>
+          <t>Hamur Canavarları - Maceracı Can</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>225</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786255874498</t>
+          <t>9786057939081</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 10 - Bir Filin Hatıra Defteri</t>
+          <t>Gizemli Yolculuk - Maceracı Can</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>119</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786255874481</t>
+          <t>9786052162811</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 9 - Amaç Bulma Oyunu</t>
+          <t>Karanlık Gürültü</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>119</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786255874528</t>
+          <t>9789941972300</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Emma Okula Gidiyor</t>
+          <t>Eğlenceli Hikayeler Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>225</v>
+        <v>50</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786255874511</t>
+          <t>9786052162651</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Keşiş ve Robot</t>
+          <t>Sevgili Yasmin</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>190</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786255874504</t>
+          <t>9786052162422</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Pandora</t>
+          <t>Gün Sevincin Kavşağında</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>329</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786255874474</t>
+          <t>9786052041680</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Violet Veil’in Gizemi - 3</t>
+          <t>Tiyatro Yönetmeninin Çalışması</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>199</v>
+        <v>300</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786255874535</t>
+          <t>9786052162972</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Zombie Makeout Club Birinci Kitap Ölüm Arzusu</t>
+          <t>Deniz Neden Mavidir?</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>179</v>
+        <v>15</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786255874122</t>
+          <t>9786057690722</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Maxi ve Helium 3. Bölüm: Kardorya Macerası (Ciltli)</t>
+          <t>Yeşim Şehri - Yeşil Kemik Efsanesi (1. Kitap)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>480</v>
+        <v>599</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786255874368</t>
+          <t>9786255874542</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Montgomery Bonbon 2 - Deniz Fenerinde Cinayet</t>
+          <t>Terapistime Anlatamadıklarım</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>279</v>
+        <v>290</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786255874429</t>
+          <t>9786255874566</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Mirası</t>
+          <t>Kader Sanatı - Savaş Sanatları Destanı İkinci Kitap</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>599</v>
+        <v>690</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786255874412</t>
+          <t>9786255874597</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Harabeler Kenti</t>
+          <t>Siyah Fayton Vakası</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>359</v>
+        <v>199</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786255874269</t>
+          <t>9786255874559</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı -1</t>
+          <t>Denize Söylediğimiz Yalanlar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786255874351</t>
+          <t>9786255874580</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 6</t>
+          <t>Bu Hikaye Tutar Canan</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>89</v>
+        <v>149</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786255874344</t>
+          <t>9786255874573</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 5</t>
+          <t>Baktığım Her Yerde</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>89</v>
+        <v>190</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786255874337</t>
+          <t>9786255874467</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 4</t>
+          <t>Kral Şakir Lömpence Masallar - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>89</v>
+        <v>390</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786255874320</t>
+          <t>9786255874443</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 3</t>
+          <t>Gelmiş Geçmiş En Hızlı Uyku Hikayesi!</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>89</v>
+        <v>225</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786255874313</t>
+          <t>9786255874436</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 2</t>
+          <t>Kaç Dinozor Çok Dinozordur?</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>89</v>
+        <v>225</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786255874306</t>
+          <t>9786255874498</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 1</t>
+          <t>Fil Necati 10 - Bir Filin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>89</v>
+        <v>119</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786255874214</t>
+          <t>9786255874481</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 4</t>
+          <t>Fil Necati 9 - Amaç Bulma Oyunu</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>110</v>
+        <v>119</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786255874207</t>
+          <t>9786255874528</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 3</t>
+          <t>Emma Okula Gidiyor</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786255874191</t>
+          <t>9786255874511</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 2</t>
+          <t>Keşiş ve Robot</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786255874177</t>
+          <t>9786255874504</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 1</t>
+          <t>Pandora</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>110</v>
+        <v>329</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786255874238</t>
+          <t>9786255874474</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 2</t>
+          <t>Violet Veil’in Gizemi - 3</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786255874221</t>
+          <t>9786255874535</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 1</t>
+          <t>Zombie Makeout Club Birinci Kitap Ölüm Arzusu</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>110</v>
+        <v>179</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786255874290</t>
+          <t>9786255874122</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı - 4</t>
+          <t>Maxi ve Helium 3. Bölüm: Kardorya Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>110</v>
+        <v>480</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786255874283</t>
+          <t>9786255874368</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı - 3</t>
+          <t>Montgomery Bonbon 2 - Deniz Fenerinde Cinayet</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>110</v>
+        <v>279</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786255874276</t>
+          <t>9786255874429</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı - 2</t>
+          <t>Yeşim Mirası</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>110</v>
+        <v>599</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786255874252</t>
+          <t>9786255874412</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 2</t>
+          <t>Harabeler Kenti</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>110</v>
+        <v>359</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786255874245</t>
+          <t>9786255874269</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 1</t>
+          <t>Renk Renk Dünya Boyama Kitabı -1</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786255874160</t>
+          <t>9786255874351</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 4</t>
+          <t>Kawaii Boyama Kitabı 6</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786255874153</t>
+          <t>9786255874344</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 3</t>
+          <t>Kawaii Boyama Kitabı 5</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786255874146</t>
+          <t>9786255874337</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 2</t>
+          <t>Kawaii Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786255874139</t>
+          <t>9786255874320</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boya - 1</t>
+          <t>Kawaii Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786255874184</t>
+          <t>9786255874313</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Dune Resmi Çizgi Roman Uyarlaması</t>
+          <t>Kawaii Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>390</v>
+        <v>89</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9782001454976</t>
+          <t>9786255874306</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati Seti (8 Kitap)</t>
+          <t>Kawaii Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>952</v>
+        <v>89</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9782001454983</t>
+          <t>9786255874214</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne Seti (6 kitap)</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>1794</v>
+        <v>110</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789992265741</t>
+          <t>9786255874207</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Macera ve Bilim Kurgu 2 Kitaplık Set</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>405</v>
+        <v>110</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786255874092</t>
+          <t>9786255874191</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Tombul Kedisi Nazım</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>189</v>
+        <v>110</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786255874115</t>
+          <t>9786255874177</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 1</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786255874078</t>
+          <t>9786255874238</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 7 - Herkesin Kazandığı Bir Oyun!</t>
+          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 2</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786255874085</t>
+          <t>9786255874221</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 8 - Kim Necati?</t>
+          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 1</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786255874108</t>
+          <t>9786255874290</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı</t>
+          <t>Renk Renk Dünya Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786255874061</t>
+          <t>9786255874283</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Çok Şekerli Ölüm</t>
+          <t>Renk Renk Dünya Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>249</v>
+        <v>110</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786255874054</t>
+          <t>9786255874276</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Ruhsuz Kızlar Derneği</t>
+          <t>Renk Renk Dünya Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>279</v>
+        <v>110</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256231979</t>
+          <t>9786255874252</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Modayı Yarat 2</t>
+          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 2</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>399</v>
+        <v>110</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256231986</t>
+          <t>9786255874245</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Modayı Yarat 3</t>
+          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 1</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>399</v>
+        <v>110</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256231962</t>
+          <t>9786255874160</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Modayı Yarat 1</t>
+          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>399</v>
+        <v>110</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256231993</t>
+          <t>9786255874153</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 1</t>
+          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786255874009</t>
+          <t>9786255874146</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 2</t>
+          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786255874016</t>
+          <t>9786255874139</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 3</t>
+          <t>Süper 1 Takım: Süper Renkler Boya - 1</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786255874047</t>
+          <t>9786255874184</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium – Boyama Kitabı 1</t>
+          <t>Dune Resmi Çizgi Roman Uyarlaması</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>99</v>
+        <v>390</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786255874030</t>
+          <t>9782001454976</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium – Aktivite Kitabı</t>
+          <t>Fil Necati Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>189</v>
+        <v>952</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786255874023</t>
+          <t>9782001454983</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium - Uyku Vakti</t>
+          <t>Bloodborne Seti (6 kitap)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>189</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256231825</t>
+          <t>9789992265741</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Elettra</t>
+          <t>Macera ve Bilim Kurgu 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>445</v>
+        <v>405</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258089097</t>
+          <t>9786255874092</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabı - Toby</t>
+          <t>Dünyanın En Tombul Kedisi Nazım</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>59</v>
+        <v>189</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258089103</t>
+          <t>9786255874115</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabı - Percy</t>
+          <t>Bloodborne</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>59</v>
+        <v>389</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057939630</t>
+          <t>9786255874078</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Paylaşma - Thomas ve Arkadaşları</t>
+          <t>Fil Necati 7 - Herkesin Kazandığı Bir Oyun!</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>39</v>
+        <v>119</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786057939678</t>
+          <t>9786255874085</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Sırayla Yapma - Thomas ve Arkadaşları</t>
+          <t>Fil Necati 8 - Kim Necati?</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>56</v>
+        <v>119</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786057939685</t>
+          <t>9786255874108</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Ekip Çalışması - Thomas ve Arkadaşları</t>
+          <t>Gol Kralı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>39</v>
+        <v>299</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786057939654</t>
+          <t>9786255874061</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Korkusu - Thomas ve Arkadaşları</t>
+          <t>Çok Şekerli Ölüm</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>56</v>
+        <v>249</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786058492479</t>
+          <t>9786255874054</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız - 2 : Aklı Havada</t>
+          <t>Ruhsuz Kızlar Derneği</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>20.37</v>
+        <v>279</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786057939265</t>
+          <t>9786256231979</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Winx Club – Modayı Yarat 2</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>39</v>
+        <v>399</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052041215</t>
+          <t>9786256231986</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Ne Demiş?</t>
+          <t>Winx Club – Modayı Yarat 3</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>15</v>
+        <v>399</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052162828</t>
+          <t>9786256231962</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız - 6 : Sonsuza Kadar Geek</t>
+          <t>Winx Club – Modayı Yarat 1</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>26.85</v>
+        <v>399</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052041833</t>
+          <t>9786256231993</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Bu Fıkralara Kargalar Bile Güler</t>
+          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>249</v>
+        <v>99</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059442558</t>
+          <t>9786255874009</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Doğum Günü Treni!</t>
+          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 2</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>20</v>
+        <v>99</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786057690388</t>
+          <t>9786255874016</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Kibar Olmak</t>
+          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 3</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>39</v>
+        <v>99</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257124478</t>
+          <t>9786255874047</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Thomas Avustralya'ya Gidiyor - Thomas ve Arkadaşları</t>
+          <t>Maxi &amp; Helium – Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786057690913</t>
+          <t>9786255874030</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yunusla Maymun</t>
+          <t>Maxi &amp; Helium – Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>15</v>
+        <v>189</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786057690753</t>
+          <t>9786255874023</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Boya ve Oyna!</t>
+          <t>Maxi &amp; Helium - Uyku Vakti</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>55</v>
+        <v>189</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786256231948</t>
+          <t>9786256231825</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Parçaları</t>
+          <t>Elettra</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>329</v>
+        <v>445</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786256231931</t>
+          <t>9786258089097</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Hipnozcu Kızın Karanlık Gizemi</t>
+          <t>Eğlenceli Aktivite Kitabı - Toby</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>299</v>
+        <v>59</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786256231900</t>
+          <t>9786258089103</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Özgür Su</t>
+          <t>Eğlenceli Aktivite Kitabı - Percy</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>249</v>
+        <v>59</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786256231917</t>
+          <t>9786057939630</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sakladığımız Sözler</t>
+          <t>Paylaşma - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>269</v>
+        <v>39</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786256231924</t>
+          <t>9786057939678</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Sevgiler Frankie</t>
+          <t>Sırayla Yapma - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>269</v>
+        <v>56</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786256231955</t>
+          <t>9786057939685</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Tükenmişliğin Çaresi</t>
+          <t>Ekip Çalışması - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>249</v>
+        <v>39</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786057939029</t>
+          <t>9786057939654</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Lejyonları</t>
+          <t>Karanlık Korkusu - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>349</v>
+        <v>56</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786256231887</t>
+          <t>9786058492479</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Ailesi Son Ödeme Tarihi</t>
+          <t>Geek Kız - 2 : Aklı Havada</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>330</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786256231863</t>
+          <t>9786057939265</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Daniel Doktora Gidiyor</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>99</v>
+        <v>39</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786256231788</t>
+          <t>9786052041215</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Doktor Ayıcık</t>
+          <t>Nasreddin Hoca Ne Demiş?</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>199</v>
+        <v>15</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786256231856</t>
+          <t>9786052162828</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kaplan Daniel</t>
+          <t>Geek Kız - 6 : Sonsuza Kadar Geek</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>99</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786256231832</t>
+          <t>9786052041833</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Baloncuk Hikâyesi</t>
+          <t>Bu Fıkralara Kargalar Bile Güler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786256231764</t>
+          <t>9786059442558</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım O İş Bizde</t>
+          <t>Thomas ve Arkadaşları - Doğum Günü Treni!</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>495</v>
+        <v>20</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786256231801</t>
+          <t>9786057690388</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Pantolonum Kayboldu !</t>
+          <t>Thomas ve Arkadaşları - Kibar Olmak</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>219</v>
+        <v>39</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786256231849</t>
+          <t>9786257124478</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Uçurtma Hikâyesi</t>
+          <t>Thomas Avustralya'ya Gidiyor - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>179</v>
+        <v>99</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786256231795</t>
+          <t>9786057690913</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Vaktin Var mı?</t>
+          <t>Yunusla Maymun</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>199</v>
+        <v>15</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786256231870</t>
+          <t>9786057690753</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Yatakta Bir Tavuk</t>
+          <t>44 Cats - Boya ve Oyna!</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>299</v>
+        <v>55</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786256231818</t>
+          <t>9786256231948</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yoga - Hayal Dünyasında Gezinti</t>
+          <t>Dünyanın Parçaları</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>175</v>
+        <v>329</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786256231757</t>
+          <t>9786256231931</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına! DNA Kim Olduğunuzu Biliyor</t>
+          <t>Hipnozcu Kızın Karanlık Gizemi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786256231733</t>
+          <t>9786256231900</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına! İnsan Vücudu Eğlence Parkı</t>
+          <t>Özgür Su</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786256231740</t>
+          <t>9786256231917</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına! Şüpheli Robot Kedi</t>
+          <t>Sakladığımız Sözler</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>349</v>
+        <v>269</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786256231702</t>
+          <t>9786256231924</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kıtlık Beyni</t>
+          <t>Sevgiler Frankie</t>
         </is>
       </c>
       <c r="C505" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786256231719</t>
+          <t>9786256231955</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Sözcüklerin Sarhoşluğu</t>
+          <t>Tükenmişliğin Çaresi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>229</v>
+        <v>249</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786256231689</t>
+          <t>9786057939029</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Yıldız Lejyonları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>229</v>
+        <v>349</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786256231696</t>
+          <t>9786256231887</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Akıllı Yaratıklar</t>
+          <t>Fırıldak Ailesi Son Ödeme Tarihi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>249</v>
+        <v>330</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786256231672</t>
+          <t>9786256231863</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yörüngede Dans</t>
+          <t>Daniel Doktora Gidiyor</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>229</v>
+        <v>99</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786256231726</t>
+          <t>9786256231788</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kehanet Sanatı</t>
+          <t>Doktor Ayıcık</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>389</v>
+        <v>199</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9782001454785</t>
+          <t>9786256231856</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls 4 Kitap Set</t>
+          <t>İyi Geceler Kaplan Daniel</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>1436</v>
+        <v>99</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9782001454877</t>
+          <t>9786256231832</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Enola Holmes 6 Kitap Set</t>
+          <t>Nil’in Baloncuk Hikâyesi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>1194</v>
+        <v>179</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9782001454716</t>
+          <t>9786256231764</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Yunan Kadınları Serisi</t>
+          <t>Süper 1 Takım O İş Bizde</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>833</v>
+        <v>495</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9782001454839</t>
+          <t>9786256231801</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 15 Kitaplık Set</t>
+          <t>Pantolonum Kayboldu !</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>5235</v>
+        <v>219</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9782001454822</t>
+          <t>9786256231849</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Fil Necati 6 Kitaplık Set</t>
+          <t>Nil’in Uçurtma Hikâyesi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>714</v>
+        <v>179</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786256231658</t>
+          <t>9786256231795</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Mucizeler Atölyesi</t>
+          <t>Vaktin Var mı?</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>99</v>
+        <v>199</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786256231665</t>
+          <t>9786256231870</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Ateş Yiyen’in Büyük Tiyatrosu</t>
+          <t>Yatakta Bir Tavuk</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786256231641</t>
+          <t>9786256231818</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Macera Oyuncakları</t>
+          <t>Çocuklar İçin Yoga - Hayal Dünyasında Gezinti</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>99</v>
+        <v>175</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786256231634</t>
+          <t>9786256231757</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Freeda için Hazine Avı</t>
+          <t>Vay Canına! DNA Kim Olduğunuzu Biliyor</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786256231573</t>
+          <t>9786256231733</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Upuzun Derdi</t>
+          <t>Vay Canına! İnsan Vücudu Eğlence Parkı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>119</v>
+        <v>349</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786256231566</t>
+          <t>9786256231740</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Çok Komik Bir Masal</t>
+          <t>Vay Canına! Şüpheli Robot Kedi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>119</v>
+        <v>349</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786256231580</t>
+          <t>9786256231702</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Balina Yuttu Bizi</t>
+          <t>Kıtlık Beyni</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>119</v>
+        <v>269</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786256231603</t>
+          <t>9786256231719</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 6 - İyiliğe Uzay Atlayışı!</t>
+          <t>Tuhaf Sözcüklerin Sarhoşluğu</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>119</v>
+        <v>229</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786256231597</t>
+          <t>9786256231689</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 5 - Yaşama Dört Koldan Tutunanlar!</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>119</v>
+        <v>229</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786256231610</t>
+          <t>9786256231696</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 4</t>
+          <t>Olağanüstü Akıllı Yaratıklar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>359</v>
+        <v>249</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786256231627</t>
+          <t>9786256231672</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 3</t>
+          <t>Yörüngede Dans</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>359</v>
+        <v>229</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786256231344</t>
+          <t>9786256231726</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Korktuğu Her Şey</t>
+          <t>Kehanet Sanatı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>339</v>
+        <v>389</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786256231368</t>
+          <t>9782001454785</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Themıscyra'nın Kraliçeleri</t>
+          <t>Dark Souls 4 Kitap Set</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>349</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786256231559</t>
+          <t>9782001454877</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Ayıyı Kurtaran Çocuk</t>
+          <t>Enola Holmes 6 Kitap Set</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>199</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786256231542</t>
+          <t>9782001454716</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Çingene Vedası Vakası</t>
+          <t>Yunan Kadınları Serisi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>199</v>
+        <v>833</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786256231351</t>
+          <t>9782001454839</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Kapıları</t>
+          <t>Kral Şakir 15 Kitaplık Set</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>420</v>
+        <v>5235</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786256231375</t>
+          <t>9782001454822</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Dengesiz Zemin</t>
+          <t>Kral Şakir Fil Necati 6 Kitaplık Set</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>289</v>
+        <v>714</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786256231436</t>
+          <t>9786256231658</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Uzman Porsuk</t>
+          <t>Pinokyo ve Arkadaşları - Mucizeler Atölyesi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786256231511</t>
+          <t>9786256231665</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Orman Hayvanları</t>
+          <t>Pinokyo ve Arkadaşları - Ateş Yiyen’in Büyük Tiyatrosu</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>139</v>
+        <v>99</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786256231504</t>
+          <t>9786256231641</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 6 - Çizimler</t>
+          <t>Pinokyo ve Arkadaşları - Macera Oyuncakları</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786256231498</t>
+          <t>9786256231634</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 5 - Noktalar</t>
+          <t>Pinokyo ve Arkadaşları - Freeda için Hazine Avı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786256231474</t>
+          <t>9786256231573</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 4 - Çizgiler</t>
+          <t>Zürafanın Upuzun Derdi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>59</v>
+        <v>119</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786256231467</t>
+          <t>9786256231566</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 3 - Daireler</t>
+          <t>Çok Komik Bir Masal</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>59</v>
+        <v>119</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786256231450</t>
+          <t>9786256231580</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 2 - Renkler</t>
+          <t>Balina Yuttu Bizi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>59</v>
+        <v>119</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786256231443</t>
+          <t>9786256231603</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 1 - Kalem</t>
+          <t>Fil Necati 6 - İyiliğe Uzay Atlayışı!</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>59</v>
+        <v>119</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786256231528</t>
+          <t>9786256231597</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Meyveler ve Sebzeler</t>
+          <t>Fil Necati 5 - Yaşama Dört Koldan Tutunanlar!</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786256231535</t>
+          <t>9786256231610</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Çevremizdeki Alanlar</t>
+          <t>Dark Souls Sayı: 4</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>139</v>
+        <v>359</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786256231481</t>
+          <t>9786256231627</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Ev ve Çiftlik Hayvanları</t>
+          <t>Dark Souls Sayı: 3</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>139</v>
+        <v>359</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786256231429</t>
+          <t>9786256231344</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Dolunayın Sırrı</t>
+          <t>Korktuğu Her Şey</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>199</v>
+        <v>339</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786256231412</t>
+          <t>9786256231368</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Geveze Leylek Çalçene</t>
+          <t>Themıscyra'nın Kraliçeleri</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>119</v>
+        <v>349</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786256231405</t>
+          <t>9786256231559</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kedi Nereye Gitti</t>
+          <t>Ayıyı Kurtaran Çocuk</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786256231320</t>
+          <t>9786256231542</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmak Hikaye Anlatmak</t>
+          <t>Çingene Vedası Vakası</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>295</v>
+        <v>199</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786256231337</t>
+          <t>9786256231351</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango’nun Günlüğü</t>
+          <t>Cennetin Kapıları</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786256231399</t>
+          <t>9786256231375</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Nardik Dikkatini Kullanmayı Öğreniyor</t>
+          <t>Dengesiz Zemin</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>110</v>
+        <v>289</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786256231382</t>
+          <t>9786256231436</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Düşün: Geleceği Yazmak</t>
+          <t>Uzman Porsuk</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786256231313</t>
+          <t>9786256231511</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Marcus: Simyacı ve Yarım Yüzlü Çocuk</t>
+          <t>Minikler Akademisi – Orman Hayvanları</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>289</v>
+        <v>139</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786256231283</t>
+          <t>9786256231504</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Fistan</t>
+          <t>Minikler Akademisi 6 - Çizimler</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>198</v>
+        <v>59</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786256231238</t>
+          <t>9786256231498</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 15 - Nefesler Tutuldu Heyecan Dorukta (Ciltli)</t>
+          <t>Minikler Akademisi 5 - Noktalar</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>349</v>
+        <v>59</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786256231276</t>
+          <t>9786256231474</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Ateşböcekleri</t>
+          <t>Minikler Akademisi 4 - Çizgiler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>200</v>
+        <v>59</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786256231269</t>
+          <t>9786256231467</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Rüzgârına Kapılmak</t>
+          <t>Minikler Akademisi 3 - Daireler</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>279</v>
+        <v>59</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786256231252</t>
+          <t>9786256231450</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Basma Balosu</t>
+          <t>Minikler Akademisi 2 - Renkler</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>200</v>
+        <v>59</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786256231290</t>
+          <t>9786256231443</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Montgomery Bonbon 1– Müzede Cinayet</t>
+          <t>Minikler Akademisi 1 - Kalem</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>249</v>
+        <v>59</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057690197</t>
+          <t>9786256231528</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Geveze Leylek Çalçene</t>
+          <t>Minikler Akademisi – Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057939203</t>
+          <t>9786256231535</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kedi Nereye Gitti</t>
+          <t>Minikler Akademisi – Çevremizdeki Alanlar</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052041178</t>
+          <t>9786256231481</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Bugün Kimseyi Görmek İstemiyorum!</t>
+          <t>Minikler Akademisi – Ev ve Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052041192</t>
+          <t>9786256231429</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Çok Özel Bir Şey!</t>
+          <t>Dolunayın Sırrı</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052041208</t>
+          <t>9786256231412</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bir Kutu!</t>
+          <t>Geveze Leylek Çalçene</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257124706</t>
+          <t>9786256231405</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Zamanı - Kral Şakir İlk Okuma Kitabı 12</t>
+          <t>Meraklı Kedi Nereye Gitti</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>150</v>
+        <v>119</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057690487</t>
+          <t>9786256231320</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Okulda İlk Gün! - Kral Şakir İlk Okuma 9</t>
+          <t>Öykü Yazmak Hikaye Anlatmak</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057690470</t>
+          <t>9786256231337</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Gezginleri - Kral Şakir İlk Okuma 8</t>
+          <t>Kara Köpek Tango’nun Günlüğü</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057690296</t>
+          <t>9786256231399</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Meslek Seçimi! - Kral Şakir İlk Okuma 1</t>
+          <t>Nardik Dikkatini Kullanmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052162378</t>
+          <t>9786256231382</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Zamansız Düşün: Geleceği Yazmak</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>65</v>
+        <v>139</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786256231245</t>
+          <t>9786256231313</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Koloni Paradoksu</t>
+          <t>Marcus: Simyacı ve Yarım Yüzlü Çocuk</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>229</v>
+        <v>289</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786256231191</t>
+          <t>9786256231283</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Ölüyü Kıpırdatan Şey</t>
+          <t>Fistan</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>165</v>
+        <v>198</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786256231146</t>
+          <t>9786256231238</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Pastutmaz Ailesi - Shiny</t>
+          <t>Kral Şakir 15 - Nefesler Tutuldu Heyecan Dorukta (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786256231153</t>
+          <t>9786256231276</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium 2. Bölüm: Altın Peynir’in Peşinde (Ciltli)</t>
+          <t>Mezarlıktaki Ateşböcekleri</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>429</v>
+        <v>200</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786256231214</t>
+          <t>9786256231269</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Konfor Krizi</t>
+          <t>Rüzgârına Kapılmak</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>269</v>
+        <v>279</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786256231221</t>
+          <t>9786256231252</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Yedi Renk</t>
+          <t>Basma Balosu</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>179</v>
+        <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052041574</t>
+          <t>9786256231290</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kocamın Kenarı</t>
+          <t>Montgomery Bonbon 1– Müzede Cinayet</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786256231122</t>
+          <t>9786057690197</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kenet</t>
+          <t>Geveze Leylek Çalçene</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>189</v>
+        <v>119</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786256231139</t>
+          <t>9786057939203</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Aile Cinayetleri</t>
+          <t>Meraklı Kedi Nereye Gitti</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>219</v>
+        <v>119</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786256231085</t>
+          <t>9786052041178</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım Macera Başlıyor</t>
+          <t>Bugün Kimseyi Görmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>390</v>
+        <v>119</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786256231108</t>
+          <t>9786052041192</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 4 - Süper Güçlerim ve Greyfurt</t>
+          <t>Çok Özel Bir Şey!</t>
         </is>
       </c>
       <c r="C578" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786256231061</t>
+          <t>9786052041208</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Tuzu Siyasetin Biberi</t>
+          <t>Muhteşem Bir Kutu!</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>350</v>
+        <v>119</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256231092</t>
+          <t>9786257124706</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 3 - Gizemli Orman Krallığı!</t>
+          <t>Dinozor Zamanı - Kral Şakir İlk Okuma Kitabı 12</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>119</v>
+        <v>150</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786256231078</t>
+          <t>9786057690487</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Sana Dün Bir Tepeden Baktım Aziz Türkiye - Müzik Yazıları</t>
+          <t>Okulda İlk Gün! - Kral Şakir İlk Okuma 9</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>289</v>
+        <v>150</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786256231047</t>
+          <t>9786057690470</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Devler</t>
+          <t>Gezegen Gezginleri - Kral Şakir İlk Okuma 8</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786256231054</t>
+          <t>9786057690296</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Kız, Kraliçe, Tanrıça</t>
+          <t>Meslek Seçimi! - Kral Şakir İlk Okuma 1</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>299</v>
+        <v>150</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256231009</t>
+          <t>9786052162378</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>249</v>
+        <v>65</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256780989</t>
+          <t>9786256231245</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi - Canan</t>
+          <t>Koloni Paradoksu</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>249</v>
+        <v>229</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786256780996</t>
+          <t>9786256231191</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi - Fil Necati</t>
+          <t>Ölüyü Kıpırdatan Şey</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>249</v>
+        <v>165</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786256780972</t>
+          <t>9786256231146</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi - Tüm Takım</t>
+          <t>Pastutmaz Ailesi - Shiny</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256231030</t>
+          <t>9786256231153</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Dupduru Okula Başlıyor mu?</t>
+          <t>Maxi &amp; Helium 2. Bölüm: Altın Peynir’in Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>189</v>
+        <v>429</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256780958</t>
+          <t>9786256231214</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Daniel Yüzmeyi Öğreniyor</t>
+          <t>Konfor Krizi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>99</v>
+        <v>269</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786256780965</t>
+          <t>9786256231221</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi - Hadi Dişlerimizi Fırçalayalım!</t>
+          <t>Yedi Renk</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>99</v>
+        <v>179</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786256780941</t>
+          <t>9786052041574</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi - Daniel Yeni Bir Yemek Deniyor</t>
+          <t>Kocamın Kenarı</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>99</v>
+        <v>259</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786256780934</t>
+          <t>9786256231122</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yürekler</t>
+          <t>Kenet</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786256780910</t>
+          <t>9786256231139</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Yoga - Plajda Bir Gün</t>
+          <t>Aile Cinayetleri</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>175</v>
+        <v>219</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786256780927</t>
+          <t>9786256231085</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar - Olivia Denize Gidiyor</t>
+          <t>Süper 1 Takım Macera Başlıyor</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786256231023</t>
+          <t>9786256231108</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 2</t>
+          <t>Fil Necati 4 - Süper Güçlerim ve Greyfurt</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>359</v>
+        <v>119</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786256231016</t>
+          <t>9786256231061</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 1</t>
+          <t>Edebiyatın Tuzu Siyasetin Biberi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>359</v>
+        <v>350</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786256780897</t>
+          <t>9786256231092</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Kenti</t>
+          <t>Fil Necati 3 - Gizemli Orman Krallığı!</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>289</v>
+        <v>119</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786256780873</t>
+          <t>9786256231078</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Anne Bak Ölüm Geldi</t>
+          <t>Sana Dün Bir Tepeden Baktım Aziz Türkiye - Müzik Yazıları</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>249</v>
+        <v>289</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786256780903</t>
+          <t>9786256231047</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kederle Başa Çıkmak Yaşam, Ölüm ve Hayatta Kalma Hikayeleri</t>
+          <t>Devler</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786256780880</t>
+          <t>9786256231054</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kötü Adamlar</t>
+          <t>Kız, Kraliçe, Tanrıça</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>210</v>
+        <v>299</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786256780859</t>
+          <t>9786256231009</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Neden? K-Pop (Ciltli)</t>
+          <t>Kral Şakir Kostüm Partisi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>690</v>
+        <v>249</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786256780842</t>
+          <t>9786256780989</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Yeni Defterden Eski Deftere</t>
+          <t>Kral Şakir Kostüm Partisi - Canan</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>260</v>
+        <v>249</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786256780866</t>
+          <t>9786256780996</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Ustası</t>
+          <t>Kral Şakir Kostüm Partisi - Fil Necati</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>599</v>
+        <v>249</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786256780743</t>
+          <t>9786256780972</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium 1. Bölüm: Duvardaki Deliğin Gizemi (Ciltli)</t>
+          <t>Kral Şakir Kostüm Partisi - Tüm Takım</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>390</v>
+        <v>249</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789992865750</t>
+          <t>9786256231030</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rota Üçlemesi</t>
+          <t>Dupduru Okula Başlıyor mu?</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>937</v>
+        <v>189</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9782002587444</t>
+          <t>9786256780958</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy Kutu - 6 kitap</t>
+          <t>Daniel Yüzmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>1974</v>
+        <v>99</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052162781</t>
+          <t>9786256780965</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Yardımlaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
+          <t>Kaplan Daniel’ın Mahallesi - Hadi Dişlerimizi Fırçalayalım!</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>129</v>
+        <v>99</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9782002585860</t>
+          <t>9786256780941</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Seti (2 Kitap Takım)</t>
+          <t>Kaplan Daniel’ın Mahallesi - Daniel Yeni Bir Yemek Deniyor</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>330</v>
+        <v>99</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257124966</t>
+          <t>9786256780934</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Bembeyaz Dişler Necati’siz Gülüşler! - Çürük Ali Mikrop Necati (Ciltli)</t>
+          <t>Cesur Yürekler</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>349</v>
+        <v>169</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257124430</t>
+          <t>9786256780910</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Çocukları</t>
+          <t>Çocuklar için Yoga - Plajda Bir Gün</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789992265635</t>
+          <t>9786256780927</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Resimli Hikayeler Seti (3 Kitap Takım)</t>
+          <t>Afacanlar - Olivia Denize Gidiyor</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>525</v>
+        <v>225</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9782002585846</t>
+          <t>9786256231023</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Güldem Şahan Seti (3 Kitap Takım)</t>
+          <t>Dark Souls Sayı: 2</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>507</v>
+        <v>359</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9782002585853</t>
+          <t>9786256231016</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat 3 Kitaplık Set</t>
+          <t>Dark Souls Sayı: 1</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>405</v>
+        <v>359</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786256780804</t>
+          <t>9786256780897</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 14 - Marmaris Bodrum Denizde Mor Bir Hortum (Ciltli)</t>
+          <t>Rüyalar Kenti</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>349</v>
+        <v>289</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786256780774</t>
+          <t>9786256780873</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Anne Bak Ölüm Geldi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786256780767</t>
+          <t>9786256780903</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Gün</t>
+          <t>Kederle Başa Çıkmak Yaşam, Ölüm ve Hayatta Kalma Hikayeleri</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>300</v>
+        <v>279</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786256780781</t>
+          <t>9786256780880</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Kahinin Ninnisi</t>
+          <t>Kötü Adamlar</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>189</v>
+        <v>210</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786256780798</t>
+          <t>9786256780859</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Engelli Koşu</t>
+          <t>Neden? K-Pop (Ciltli)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>275</v>
+        <v>690</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786256780828</t>
+          <t>9786256780842</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 1 - Hediye Kutusundaki Gizem!</t>
+          <t>Yeni Defterden Eski Deftere</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>119</v>
+        <v>260</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786256780835</t>
+          <t>9786256780866</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 2 - Doğru Kapı Hangisi?</t>
+          <t>Gözyaşı Ustası</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>119</v>
+        <v>599</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786256780736</t>
+          <t>9786256780743</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Lilith</t>
+          <t>Maxi &amp; Helium 1. Bölüm: Duvardaki Deliğin Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786256780644</t>
+          <t>9789992865750</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood 3</t>
+          <t>Kayıp Rota Üçlemesi</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>235</v>
+        <v>937</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786256780712</t>
+          <t>9782002587444</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Piyano Akortçusu</t>
+          <t>Scarlet ve Ivy Kutu - 6 kitap</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>129</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786256780729</t>
+          <t>9786052162781</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Amansız Ay - Astronot Kadın Serisi</t>
+          <t>Yardımlaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>375</v>
+        <v>129</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786256780705</t>
+          <t>9782002585860</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Damsel - Savaşçı Prenses</t>
+          <t>Bilim Okulu Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>349</v>
+        <v>330</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786256780699</t>
+          <t>9786257124966</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Tuz Kokulu Öyküler</t>
+          <t>Bembeyaz Dişler Necati’siz Gülüşler! - Çürük Ali Mikrop Necati (Ciltli)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>169</v>
+        <v>349</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786256780651</t>
+          <t>9786257124430</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Suzette</t>
+          <t>Zamanın Çocukları</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>186</v>
+        <v>375</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786256780668</t>
+          <t>9789992265635</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Suzette – Annem İçin Bir Hediye</t>
+          <t>Resimli Hikayeler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>186</v>
+        <v>525</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786256780552</t>
+          <t>9782002585846</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Winx Club– Boyama Kitabı 2</t>
+          <t>Güldem Şahan Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>49</v>
+        <v>507</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786256780590</t>
+          <t>9782002585853</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio and Friends - Boyama Kitabı 3</t>
+          <t>Çocuklar İçin Edebiyat 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>69</v>
+        <v>405</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786256780484</t>
+          <t>9786256780804</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Nemrut Yolcusu</t>
+          <t>Kral Şakir 14 - Marmaris Bodrum Denizde Mor Bir Hortum (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>110</v>
+        <v>349</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786256780583</t>
+          <t>9786256780774</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio and Friends - Boyama Kitabı 2</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>69</v>
+        <v>349</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786256780576</t>
+          <t>9786256780767</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio and Friends - Boyama Kitabı 1</t>
+          <t>Mükemmel Bir Gün</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>69</v>
+        <v>300</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786256780460</t>
+          <t>9786256780781</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Görevimiz Boyama</t>
+          <t>Kahinin Ninnisi</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>110</v>
+        <v>189</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786256780491</t>
+          <t>9786256780798</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Anadolu Serüveni</t>
+          <t>Engelli Koşu</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786256780675</t>
+          <t>9786256780828</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Gufi ile Yaşam Dersleri</t>
+          <t>Fil Necati 1 - Hediye Kutusundaki Gizem!</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>189</v>
+        <v>119</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786256780637</t>
+          <t>9786256780835</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 4</t>
+          <t>Fil Necati 2 - Doğru Kapı Hangisi?</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>79</v>
+        <v>119</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786256780620</t>
+          <t>9786256780736</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 3</t>
+          <t>Lilith</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>79</v>
+        <v>399</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786256780613</t>
+          <t>9786256780644</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 2</t>
+          <t>Robin Hood 3</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>79</v>
+        <v>235</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786256780606</t>
+          <t>9786256780712</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 1</t>
+          <t>Piyano Akortçusu</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>79</v>
+        <v>129</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786256780361</t>
+          <t>9786256780729</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Bebekler Okulu</t>
+          <t>Amansız Ay - Astronot Kadın Serisi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>249</v>
+        <v>375</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786256780415</t>
+          <t>9786256780705</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Mostro Dişlerini Kaybederse</t>
+          <t>Damsel - Savaşçı Prenses</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>225</v>
+        <v>349</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786256780408</t>
+          <t>9786256780699</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Arthur Yeni Yılı Kutluyor</t>
+          <t>Tuz Kokulu Öyküler</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>225</v>
+        <v>169</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786256780354</t>
+          <t>9786256780651</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Leoparı Kaybeden Kız</t>
+          <t>Suzette</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>189</v>
+        <v>186</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786256780378</t>
+          <t>9786256780668</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Serpilme: Kendini Bulmak Üzerine Sıradışı Bir Yolculuk</t>
+          <t>Suzette – Annem İçin Bir Hediye</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>310</v>
+        <v>186</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786256780385</t>
+          <t>9786256780552</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Bir Spartalı’nın Kederi</t>
+          <t>Winx Club– Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>299</v>
+        <v>49</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786256780392</t>
+          <t>9786256780590</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Isırgan Otu ve Kemik</t>
+          <t>Pinocchio and Friends - Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>250</v>
+        <v>69</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786256780293</t>
+          <t>9786256780484</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve İçindeki Çılgın His</t>
+          <t>Kral Şakir Devler Uyandı Nemrut Yolcusu</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>139</v>
+        <v>110</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786256780286</t>
+          <t>9786256780583</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Kaka Kabı</t>
+          <t>Pinocchio and Friends - Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>139</v>
+        <v>69</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786256780279</t>
+          <t>9786256780576</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Emziği</t>
+          <t>Pinocchio and Friends - Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>139</v>
+        <v>69</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786256780330</t>
+          <t>9786256780460</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Rebel Moon Birinci Bölüm - Ateşin Çocuğu</t>
+          <t>Kral Şakir Devler Uyandı Görevimiz Boyama</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786256780309</t>
+          <t>9786256780491</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Sırt Çantaları</t>
+          <t>Kral Şakir Devler Uyandı Anadolu Serüveni</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786256780262</t>
+          <t>9786256780675</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Fazıl Hüsnü Dağlarca’nın Söz Kuşları</t>
+          <t>Gufi ile Yaşam Dersleri</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786256780255</t>
+          <t>9786256780637</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Düşün - Ayrımcı Robot</t>
+          <t>Duru Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>139</v>
+        <v>79</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786256780323</t>
+          <t>9786256780620</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Başka Kuşlar</t>
+          <t>Duru Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>230</v>
+        <v>79</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786256780316</t>
+          <t>9786256780613</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin, İstanbul</t>
+          <t>Duru Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>199</v>
+        <v>79</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786256780347</t>
+          <t>9786256780606</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Genç Olmak</t>
+          <t>Duru Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>350</v>
+        <v>79</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786256780224</t>
+          <t>9786256780361</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Oda Cinayetleri</t>
+          <t>Bebekler Okulu</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9782004577740</t>
+          <t>9786256780415</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne (5 Kitap Set)</t>
+          <t>Mostro Dişlerini Kaybederse</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>1495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786256780217</t>
+          <t>9786256780408</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Alevler Kenti</t>
+          <t>Arthur Yeni Yılı Kutluyor</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>289</v>
+        <v>225</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786256780118</t>
+          <t>9786256780354</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Gelebilir miyim?</t>
+          <t>Leoparı Kaybeden Kız</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786256780101</t>
+          <t>9786256780378</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Bal Porsuğu Puki (Ciltli)</t>
+          <t>Serpilme: Kendini Bulmak Üzerine Sıradışı Bir Yolculuk</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>149</v>
+        <v>310</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786256780125</t>
+          <t>9786256780385</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Şşşş (Ciltli)</t>
+          <t>Bir Spartalı’nın Kederi</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786256780200</t>
+          <t>9786256780392</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 4</t>
+          <t>Isırgan Otu ve Kemik</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786256780194</t>
+          <t>9786256780293</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 3</t>
+          <t>Kiki ve İçindeki Çılgın His</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>110</v>
+        <v>139</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786256780187</t>
+          <t>9786256780286</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 2</t>
+          <t>Kiki ve Kaka Kabı</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>110</v>
+        <v>139</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786256780170</t>
+          <t>9786256780279</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 1</t>
+          <t>Kiki ve Emziği</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>110</v>
+        <v>139</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786256780095</t>
+          <t>9786256780330</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 5 Fenerli Kadın</t>
+          <t>Rebel Moon Birinci Bölüm - Ateşin Çocuğu</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786256780163</t>
+          <t>9786256780309</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 4</t>
+          <t>Sırt Çantaları</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>65</v>
+        <v>240</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786256780156</t>
+          <t>9786256780262</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 3</t>
+          <t>Fazıl Hüsnü Dağlarca’nın Söz Kuşları</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>65</v>
+        <v>169</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786256780149</t>
+          <t>9786256780255</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 2</t>
+          <t>Birlikte Düşün - Ayrımcı Robot</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>65</v>
+        <v>139</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786256780132</t>
+          <t>9786256780323</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 1</t>
+          <t>Başka Kuşlar</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>65</v>
+        <v>230</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786256397958</t>
+          <t>9786256780316</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Pop Starlar - Dansçılar</t>
+          <t>Denizlerin, İstanbul</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786256397880</t>
+          <t>9786256780347</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Peşinde - Thomas ve Arkadaşları</t>
+          <t>Genç Olmak</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>149</v>
+        <v>350</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786256397873</t>
+          <t>9786256780224</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yarışı - Thomas ve Arkadaşları</t>
+          <t>Dokuz Oda Cinayetleri</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>149</v>
+        <v>219</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786256780088</t>
+          <t>9782004577740</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>Bloodborne (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>310</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786256780064</t>
+          <t>9786256780217</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Üç Fedaisi</t>
+          <t>Alevler Kenti</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>299</v>
+        <v>289</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786256780026</t>
+          <t>9786256780118</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Athena’nın Çocuğu</t>
+          <t>Gelebilir miyim?</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>185</v>
+        <v>199</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786256780071</t>
+          <t>9786256780101</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Violet Veil’in Gizemi - Bir Talihsizlik Hikayesi</t>
+          <t>Bal Porsuğu Puki (Ciltli)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786256780040</t>
+          <t>9786256780125</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kitsy Bitsy’nin Gürültücü Komşuları</t>
+          <t>Şşşş (Ciltli)</t>
         </is>
       </c>
       <c r="C680" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786256780033</t>
+          <t>9786256780200</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Margot</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>205</v>
+        <v>110</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786256780057</t>
+          <t>9786256780194</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Abrakadabra Demeyi Dene</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786256397972</t>
+          <t>9786256780187</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Moda Başkentleri - Milano</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786256397941</t>
+          <t>9786256780170</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Pop Starlar - Şarkıcılar</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786256780019</t>
+          <t>9786256780095</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Yıldızların Işığı</t>
+          <t>Bloodborne 5 Fenerli Kadın</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>360</v>
+        <v>299</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786256397965</t>
+          <t>9786256780163</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Moda Başkentleri - Tokyo</t>
+          <t>Harika Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>199</v>
+        <v>65</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786256780002</t>
+          <t>9786256780156</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Çizgi Roman Albüm 3</t>
+          <t>Harika Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>249</v>
+        <v>65</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786256397989</t>
+          <t>9786256780149</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Annem Zeytin ve Çay</t>
+          <t>Harika Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786256397996</t>
+          <t>9786256780132</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Anlatıcı Mağazası</t>
+          <t>Harika Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>199</v>
+        <v>65</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786256397804</t>
+          <t>9786256397958</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Fıkraları</t>
+          <t>Pop Starlar - Dansçılar</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786256397781</t>
+          <t>9786256397880</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kolaysa Sen Bul - Karikatürlü Bilmeceler</t>
+          <t>Gökkuşağının Peşinde - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786256397828</t>
+          <t>9786256397873</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Bu Fıkralara Kargalar Bile Güler</t>
+          <t>Ejderha Yarışı - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256397798</t>
+          <t>9786256780088</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Hazır Cevap Hasan</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>249</v>
+        <v>310</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786256397811</t>
+          <t>9786256780064</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Memo ile Boncuk Dünya’yı Geziyor - Ara Bul Kitabı</t>
+          <t>Cumhuriyet’in Üç Fedaisi</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>150</v>
+        <v>299</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786256397866</t>
+          <t>9786256780026</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm</t>
+          <t>Athena’nın Çocuğu</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>390</v>
+        <v>185</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786256397903</t>
+          <t>9786256780071</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Şifreli Kabarık Etek Vakası</t>
+          <t>Violet Veil’in Gizemi - Bir Talihsizlik Hikayesi</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786256397897</t>
+          <t>9786256780040</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Şarkıların</t>
+          <t>Kitsy Bitsy’nin Gürültücü Komşuları</t>
         </is>
       </c>
       <c r="C697" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786256397934</t>
+          <t>9786256780033</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Şans</t>
+          <t>Muhteşem Margot</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>249</v>
+        <v>205</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786256397910</t>
+          <t>9786256780057</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaydı O Gün</t>
+          <t>Abrakadabra Demeyi Dene</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786256397927</t>
+          <t>9786256397972</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood 2: Korsanlık, Paintball - Zebralar</t>
+          <t>Moda Başkentleri - Milano</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>235</v>
+        <v>199</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256397859</t>
+          <t>9786256397941</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Erteleme Nedenleri ve Çözümleri</t>
+          <t>Pop Starlar - Şarkıcılar</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786256397835</t>
+          <t>9786256780019</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Aynı Ben Değilim</t>
+          <t>Sıradışı Yıldızların Işığı</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>245</v>
+        <v>360</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786256397842</t>
+          <t>9786256397965</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Siyaset Yazıları: 3</t>
+          <t>Moda Başkentleri - Tokyo</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786256397743</t>
+          <t>9786256780002</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Altın Avcıları</t>
+          <t>Kral Şakir Çizgi Roman Albüm 3</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786256397750</t>
+          <t>9786256397989</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Yıkımın Çocukları</t>
+          <t>Annem Zeytin ve Çay</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786256397767</t>
+          <t>9786256397996</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>O Yaz</t>
+          <t>Anlatıcı Mağazası</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>275</v>
+        <v>199</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786256397699</t>
+          <t>9786256397804</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Bir Şarkı Gibiydi</t>
+          <t>Öğrenci Fıkraları</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>95</v>
+        <v>249</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786256397736</t>
+          <t>9786256397781</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Meena'nın Farkındalık Anı</t>
+          <t>Kolaysa Sen Bul - Karikatürlü Bilmeceler</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>225</v>
+        <v>249</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786256397705</t>
+          <t>9786256397828</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Mor Canavar Benden Ne İstiyor?</t>
+          <t>Bu Fıkralara Kargalar Bile Güler</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>139</v>
+        <v>249</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786256397729</t>
+          <t>9786256397798</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Saksıda Yaşayan Kalp</t>
+          <t>Hazır Cevap Hasan</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>139</v>
+        <v>249</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786256397712</t>
+          <t>9786256397811</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Nardik Büyüyor</t>
+          <t>Memo ile Boncuk Dünya’yı Geziyor - Ara Bul Kitabı</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>139</v>
+        <v>150</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786256397613</t>
+          <t>9786256397866</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Odası Öyküleri</t>
+          <t>Kral Şakir Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>205</v>
+        <v>499</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786256397422</t>
+          <t>9786256397903</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Bir Ay İki Çiçek</t>
+          <t>Şifreli Kabarık Etek Vakası</t>
         </is>
       </c>
       <c r="C713" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786256397620</t>
+          <t>9786256397897</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Düşen Adam</t>
+          <t>Ah Bu Şarkıların</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>375</v>
+        <v>199</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786256397606</t>
+          <t>9786256397934</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Bizim Aile</t>
+          <t>Şans</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786256397507</t>
+          <t>9786256397910</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Indigo McCloud’un Çok Tehlikeli Kız Kardeşleri</t>
+          <t>Aramızdaydı O Gün</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786256397514</t>
+          <t>9786256397927</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Gönlümdeki Güz</t>
+          <t>Robin Hood 2: Korsanlık, Paintball - Zebralar</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786256397545</t>
+          <t>9786256397859</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Tuzak Kapı</t>
+          <t>Erteleme Nedenleri ve Çözümleri</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786256397538</t>
+          <t>9786256397835</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Her Ailenin Bir Hikayesi Vardır</t>
+          <t>Aynı Ben Değilim</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>299</v>
+        <v>245</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256397552</t>
+          <t>9786256397842</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Savaşı</t>
+          <t>Edebiyat ve Siyaset Yazıları: 3</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786256397521</t>
+          <t>9786256397743</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokusunun Sesini Duyan Nezihe Meriç</t>
+          <t>Altın Avcıları</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256397484</t>
+          <t>9786256397750</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Siyaset Yazıları 2 - Dinozorca, Çile Törenleri</t>
+          <t>Yıkımın Çocukları</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>299</v>
+        <v>375</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786256397491</t>
+          <t>9786256397767</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Renk Cümbüşü</t>
+          <t>O Yaz</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>199</v>
+        <v>275</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786057690906</t>
+          <t>9786256397699</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Eğitici Kartlar! - Korsanlar Diyarı Hafıza Kartları!</t>
+          <t>Bir Şarkı Gibiydi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>170</v>
+        <v>95</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786057690890</t>
+          <t>9786256397736</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Eğitici Kartlar! - İngilizce Hayvanlar!</t>
+          <t>Meena'nın Farkındalık Anı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786057690883</t>
+          <t>9786256397705</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Eğitici Kartlar! - Çarpım Tablosu!</t>
+          <t>Mor Canavar Benden Ne İstiyor?</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>170</v>
+        <v>139</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9772002587445</t>
+          <t>9786256397729</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Avatar Üstün Taraf 3'lü Set</t>
+          <t>Saksıda Yaşayan Kalp</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>1077</v>
+        <v>139</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786256397354</t>
+          <t>9786256397712</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Üstün Taraf - Cilt Üç</t>
+          <t>Nardik Büyüyor</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>359</v>
+        <v>139</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786256397347</t>
+          <t>9786256397613</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Üstün Taraf - Cilt İki</t>
+          <t>Sonsuzluk Odası Öyküleri</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>359</v>
+        <v>205</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786256397330</t>
+          <t>9786256397422</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Üstün Taraf - Cilt Bir</t>
+          <t>Bir Ay İki Çiçek</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>359</v>
+        <v>199</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786256397477</t>
+          <t>9786256397620</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Hapşıran Bahar</t>
+          <t>Dünyaya Düşen Adam</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786256397460</t>
+          <t>9786256397606</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Buz</t>
+          <t>Bizim Aile</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786256397439</t>
+          <t>9786256397507</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Medusa</t>
+          <t>Indigo McCloud’un Çok Tehlikeli Kız Kardeşleri</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>235</v>
+        <v>155</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786256397392</t>
+          <t>9786256397514</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Yoga Terapi El Kitabı 1</t>
+          <t>Gönlümdeki Güz</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>860</v>
+        <v>175</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786256397408</t>
+          <t>9786256397545</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Cilala, Parlat Bir Dürüm Patlat! - Kral Şakir 13 (Ciltli)</t>
+          <t>Tuzak Kapı</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>349</v>
+        <v>239</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786256397415</t>
+          <t>9786256397538</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Anasuni Uzay Gemisi</t>
+          <t>Her Ailenin Bir Hikayesi Vardır</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786256397156</t>
+          <t>9786256397552</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Emily Paris’te</t>
+          <t>Yeşim Savaşı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786256397385</t>
+          <t>9786256397521</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Geceleme Durağı</t>
+          <t>Gül Kokusunun Sesini Duyan Nezihe Meriç</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>100</v>
+        <v>169</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786256397378</t>
+          <t>9786256397484</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Müzik Her Yerde</t>
+          <t>Edebiyat ve Siyaset Yazıları 2 - Dinozorca, Çile Törenleri</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786256397361</t>
+          <t>9786256397491</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Thomas</t>
+          <t>Renk Cümbüşü</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786256397217</t>
+          <t>9786057690906</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Mesleklerle Atatürk</t>
+          <t>Muhtişim Eğitici Kartlar! - Korsanlar Diyarı Hafıza Kartları!</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256397200</t>
+          <t>9786057690890</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Travertenlerde Gün Batımı</t>
+          <t>Muhtişim Eğitici Kartlar! - İngilizce Hayvanlar!</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>149</v>
+        <v>170</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256397224</t>
+          <t>9786057690883</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Bunu Bilmeyecek Ne Var</t>
+          <t>Muhtişim Eğitici Kartlar! - Çarpım Tablosu!</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786256397316</t>
+          <t>9772002587445</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:5</t>
+          <t>Avatar Üstün Taraf 3'lü Set</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>169</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256397309</t>
+          <t>9786256397354</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:4</t>
+          <t>Avatar: Üstün Taraf - Cilt Üç</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>169</v>
+        <v>359</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256397293</t>
+          <t>9786256397347</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:3</t>
+          <t>Avatar: Üstün Taraf - Cilt İki</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>169</v>
+        <v>359</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256397286</t>
+          <t>9786256397330</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:2</t>
+          <t>Avatar: Üstün Taraf - Cilt Bir</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>169</v>
+        <v>359</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256397279</t>
+          <t>9786256397477</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:1</t>
+          <t>Hapşıran Bahar</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>169</v>
+        <v>110</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256397231</t>
+          <t>9786256397460</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Azman Bebek</t>
+          <t>Buz</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>139</v>
+        <v>299</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256397248</t>
+          <t>9786256397439</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Pilou'nun Emziği</t>
+          <t>Medusa</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>130</v>
+        <v>235</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256397255</t>
+          <t>9786256397392</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Lampo ile Oyna</t>
+          <t>Yoga Terapi El Kitabı 1</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>69</v>
+        <v>860</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256397262</t>
+          <t>9786256397408</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Kozmo'nun Macerası</t>
+          <t>Cilala, Parlat Bir Dürüm Patlat! - Kral Şakir 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>130</v>
+        <v>349</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786256397149</t>
+          <t>9786256397415</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Pembe Yelpaze Vakası - Enola Holmes 4</t>
+          <t>Anasuni Uzay Gemisi</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>199</v>
+        <v>219</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786256397163</t>
+          <t>9786256397156</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 4 - Yeşil Kitap</t>
+          <t>Emily Paris’te</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>45</v>
+        <v>199</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786256397194</t>
+          <t>9786256397385</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 3 - Kırmızı Kitap</t>
+          <t>Geceleme Durağı</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256397187</t>
+          <t>9786256397378</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 2 - Mavi Kitap</t>
+          <t>Müzik Her Yerde</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256397170</t>
+          <t>9786256397361</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 1 - Sarı Kitap</t>
+          <t>Şakacı Thomas</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256397132</t>
+          <t>9786256397217</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çekirge’nin Parti Heyecanı</t>
+          <t>Mesleklerle Atatürk</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256397101</t>
+          <t>9786256397200</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Geldiğimi Asla Görmedin</t>
+          <t>Travertenlerde Gün Batımı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256397125</t>
+          <t>9786256397224</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Evreni Anlayan Maymun</t>
+          <t>Bunu Bilmeyecek Ne Var</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>375</v>
+        <v>169</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256397118</t>
+          <t>9786256397316</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Göklerdeki Yazgı</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:5</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256397088</t>
+          <t>9786256397309</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Megaverse</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:4</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>360</v>
+        <v>169</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256397095</t>
+          <t>9786256397293</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Siyaset Yazıları: 1</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:3</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256397040</t>
+          <t>9786256397286</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Biz Bir Aileyiz</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:2</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>265</v>
+        <v>169</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256397057</t>
+          <t>9786256397279</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Ebru Nurluoğlu’nun Hatıra Defteri Demir Kelebek</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:1</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>269</v>
+        <v>169</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256397064</t>
+          <t>9786256397231</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango’nun Maceraları</t>
+          <t>Azman Bebek</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>280</v>
+        <v>139</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786258089981</t>
+          <t>9786256397248</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Yıldızların Moda Çekimi</t>
+          <t>Pilou'nun Emziği</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>239</v>
+        <v>130</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786258089974</t>
+          <t>9786256397255</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Süpermodellerin Villası</t>
+          <t>Lampo ile Oyna</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>239</v>
+        <v>69</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786258089899</t>
+          <t>9786256397262</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ada</t>
+          <t>Kozmo'nun Macerası</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>199</v>
+        <v>130</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786258089882</t>
+          <t>9786256397149</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Teneffüsleri Seven Çocuk</t>
+          <t>Tuhaf Pembe Yelpaze Vakası - Enola Holmes 4</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786258089905</t>
+          <t>9786256397163</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Bahçe</t>
+          <t>Rengarenk Boyama Kitabı 4 - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>110</v>
+        <v>45</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786258089950</t>
+          <t>9786256397194</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Müzik Aletleri</t>
+          <t>Rengarenk Boyama Kitabı 3 - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>110</v>
+        <v>45</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786258089943</t>
+          <t>9786256397187</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Meslek</t>
+          <t>Rengarenk Boyama Kitabı 2 - Mavi Kitap</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>110</v>
+        <v>45</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786258089912</t>
+          <t>9786256397170</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Giysiler</t>
+          <t>Rengarenk Boyama Kitabı 1 - Sarı Kitap</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>110</v>
+        <v>45</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786258089929</t>
+          <t>9786256397132</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Ev İşlerine Yardım</t>
+          <t>Küçük Çekirge’nin Parti Heyecanı</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786258089936</t>
+          <t>9786256397101</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü</t>
+          <t>Geldiğimi Asla Görmedin</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256397026</t>
+          <t>9786256397125</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Annelik Geliyorum Demez</t>
+          <t>Evreni Anlayan Maymun</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786256397033</t>
+          <t>9786256397118</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Koridoru</t>
+          <t>Göklerdeki Yazgı</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>280</v>
+        <v>239</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786258089868</t>
+          <t>9786256397088</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Dünyayı Değiştirecek Robotlar!</t>
+          <t>Megaverse</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786258089820</t>
+          <t>9786256397095</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Yıldızlı Uçaklar!</t>
+          <t>Edebiyat ve Siyaset Yazıları: 1</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>150</v>
+        <v>299</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786258089875</t>
+          <t>9786256397040</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Çocuk Rozeti!</t>
+          <t>Biz Bir Aileyiz</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>150</v>
+        <v>265</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786258089844</t>
+          <t>9786256397057</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Oyun Geliştiriyoruz!</t>
+          <t>Ebru Nurluoğlu’nun Hatıra Defteri Demir Kelebek</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>150</v>
+        <v>269</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786258089806</t>
+          <t>9786256397064</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kendimi İfade Edebiliyorum</t>
+          <t>Kara Köpek Tango’nun Maceraları</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786258089783</t>
+          <t>9786258089981</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Günü</t>
+          <t>Miyav Miyav Modaevi - Yıldızların Moda Çekimi</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>150</v>
+        <v>239</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786258089790</t>
+          <t>9786258089974</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kampçılar</t>
+          <t>Miyav Miyav Modaevi - Süpermodellerin Villası</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>150</v>
+        <v>239</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786258089813</t>
+          <t>9786258089899</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>İnternette Yolculuk</t>
+          <t>Hayalet Ada</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>150</v>
+        <v>199</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786258089837</t>
+          <t>9786258089882</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Ayının Uzay Macerası</t>
+          <t>Teneffüsleri Seven Çocuk</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>150</v>
+        <v>139</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786258089776</t>
+          <t>9786258089905</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Topraklar</t>
+          <t>Küçük Tavşancık - Bahçe</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786258089769</t>
+          <t>9786258089950</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çekirge’nin Büyük Macerası</t>
+          <t>Müzik Aletleri</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786258089752</t>
+          <t>9786258089943</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Vahiyci</t>
+          <t>Hayalimdeki Meslek</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>289</v>
+        <v>110</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786258089738</t>
+          <t>9786258089912</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Ferhad ile Şirin</t>
+          <t>Giysiler</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>219</v>
+        <v>110</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786258089745</t>
+          <t>9786258089929</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Aklına Yolculuk</t>
+          <t>Ev İşlerine Yardım</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786258089721</t>
+          <t>9786258089936</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Kedi</t>
+          <t>Doğum Günü</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786258089684</t>
+          <t>9786256397026</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 12 (Ciltli)</t>
+          <t>Annelik Geliyorum Demez</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>349</v>
+        <v>175</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786258089622</t>
+          <t>9786256397033</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Macera Kulübü</t>
+          <t>Rüzgar Koridoru</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>109</v>
+        <v>280</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786258089714</t>
+          <t>9786258089868</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Minik Kedi Şeker’in Maceraları - Uzun Burun</t>
+          <t>Kral Şakir - Dünyayı Değiştirecek Robotlar!</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786258089615</t>
+          <t>9786258089820</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Sodor Kupası Yarışı</t>
+          <t>Kral Şakir - Yıldızlı Uçaklar!</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>109</v>
+        <v>150</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786258089691</t>
+          <t>9786258089875</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Limon Hikayesi</t>
+          <t>Kral Şakir - Çocuk Rozeti!</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786258089707</t>
+          <t>9786258089844</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Kardan Adam Hikayesi</t>
+          <t>Kral Şakir - Oyun Geliştiriyoruz!</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>236</v>
+        <v>150</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786258089646</t>
+          <t>9786258089806</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Pruva Neta</t>
+          <t>Kendimi İfade Edebiliyorum</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>299</v>
+        <v>150</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786258089677</t>
+          <t>9786258089783</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Bir Kelebeği Yakalamak</t>
+          <t>Oyuncak Günü</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786258089653</t>
+          <t>9786258089790</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Nü Peride</t>
+          <t>Muhteşem Kampçılar</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>279</v>
+        <v>150</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786258089660</t>
+          <t>9786258089813</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Meta Dünyalara Yolculuk</t>
+          <t>İnternette Yolculuk</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786258089608</t>
+          <t>9786258089837</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Güzel Canavar İçin Avrupa Seyahati</t>
+          <t>Oyuncak Ayının Uzay Macerası</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786258089592</t>
+          <t>9786258089776</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Rünlerin Yankıları</t>
+          <t>Zorlu Topraklar</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786258089585</t>
+          <t>9786258089769</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 4: Peçe, Paramparça</t>
+          <t>Küçük Çekirge’nin Büyük Macerası</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786258089578</t>
+          <t>9786258089752</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 3: Kargaların Şarkısı</t>
+          <t>Vahiyci</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>299</v>
+        <v>289</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786258089561</t>
+          <t>9786258089738</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 2: Şifa Açlığı</t>
+          <t>Ferhad ile Şirin</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786258089554</t>
+          <t>9786258089745</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 1: Uykunun Ölümü</t>
+          <t>Çocuk Aklına Yolculuk</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>299</v>
+        <v>210</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786258089547</t>
+          <t>9786258089721</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Ne Altın Ne Gümüş</t>
+          <t>Uykucu Kedi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>279</v>
+        <v>110</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786057939876</t>
+          <t>9786258089684</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece Kedisi Piksel (Yeni Baskı)</t>
+          <t>Kral Şakir 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>169</v>
+        <v>349</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786258089493</t>
+          <t>9786258089622</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood: Bilgisayar Korsanlığı, Soygunlar ve Alevli Oklar</t>
+          <t>En Büyük Macera Kulübü</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>235</v>
+        <v>109</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786258089486</t>
+          <t>9786258089714</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Valhalla Blues</t>
+          <t>Minik Kedi Şeker’in Maceraları - Uzun Burun</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786258089523</t>
+          <t>9786258089615</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Dev</t>
+          <t>Sodor Kupası Yarışı</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>149</v>
+        <v>109</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786258089516</t>
+          <t>9786258089691</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Doğayı Küstürmeyelim</t>
+          <t>Nil’in Limon Hikayesi</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>149</v>
+        <v>155</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786258089530</t>
+          <t>9786258089707</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Astronot Olmak İsteyen Çocuklara Uzay El Kitabı</t>
+          <t>Nil’in Kardan Adam Hikayesi</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>160</v>
+        <v>236</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786258089509</t>
+          <t>9786258089646</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kuşlar</t>
+          <t>Pruva Neta</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786258089479</t>
+          <t>9786258089677</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Sürgün</t>
+          <t>Bir Kelebeği Yakalamak</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>199</v>
+        <v>275</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786258089462</t>
+          <t>9786258089653</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürüngenin Anıları</t>
+          <t>Nü Peride</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>310</v>
+        <v>279</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786258089448</t>
+          <t>9786258089660</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Bu Öyküde Koca Kötü Kurt Yok</t>
+          <t>Bilim Okulu Meta Dünyalara Yolculuk</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>110</v>
+        <v>205</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9782002568870</t>
+          <t>9786258089608</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı 4 Kitap Set</t>
+          <t>Güzel Canavar İçin Avrupa Seyahati</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>1360</v>
+        <v>395</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786258089455</t>
+          <t>9786258089592</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Bu Öyküde Ejderha Yok</t>
+          <t>Rünlerin Yankıları</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786258089431</t>
+          <t>9786258089585</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Yüzmek, Yaşamak ve Olma Arzusu</t>
+          <t>Bloodborne 4: Peçe, Paramparça</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>279</v>
+        <v>299</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786258089424</t>
+          <t>9786258089578</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Ömrümü Yedi Kadınlar</t>
+          <t>Bloodborne 3: Kargaların Şarkısı</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789992265475</t>
+          <t>9786258089561</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm Serisi - 3 Kitap Takım</t>
+          <t>Bloodborne 2: Şifa Açlığı</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>838</v>
+        <v>389</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786258089318</t>
+          <t>9786258089554</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İkiz Kod</t>
+          <t>Bloodborne 1: Uykunun Ölümü</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>265</v>
+        <v>299</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786258089301</t>
+          <t>9786258089547</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Kurtlaşmak</t>
+          <t>Ne Altın Ne Gümüş</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786258089325</t>
+          <t>9786057939876</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Çok Bekledim Seni Yaz Tatili! - Kral Şakir 11 (Ciltli)</t>
+          <t>Mavi Gece Kedisi Piksel (Yeni Baskı)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>349</v>
+        <v>169</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786258089356</t>
+          <t>9786258089493</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kurbağa Kuri</t>
+          <t>Robin Hood: Bilgisayar Korsanlığı, Soygunlar ve Alevli Oklar</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>110</v>
+        <v>235</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786258089349</t>
+          <t>9786258089486</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Uyku Nerede?</t>
+          <t>Valhalla Blues</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786258089332</t>
+          <t>9786258089523</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm - İnsanları Sev Eşyaları Kullan</t>
+          <t>Çocuk ve Dev</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>359</v>
+        <v>149</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786258089271</t>
+          <t>9786258089516</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Violet Veil’in Gizemi - Ölümcül Dava</t>
+          <t>Doğayı Küstürmeyelim</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786258089295</t>
+          <t>9786258089530</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Sanal Kent</t>
+          <t>Astronot Olmak İsteyen Çocuklara Uzay El Kitabı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>199</v>
+        <v>160</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786258089288</t>
+          <t>9786258089509</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Rüzgar</t>
+          <t>Renkli Kuşlar</t>
         </is>
       </c>
       <c r="C834" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786258089264</t>
+          <t>9786258089479</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kral Virüs</t>
+          <t>Gönüllü Sürgün</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258089219</t>
+          <t>9786258089462</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Brody’nin Gizemli Şifresi</t>
+          <t>Bir Sürüngenin Anıları</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>169</v>
+        <v>310</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786258089127</t>
+          <t>9786258089448</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ağaç</t>
+          <t>Bu Öyküde Koca Kötü Kurt Yok</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786258089202</t>
+          <t>9782002568870</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Çişteki Mucize - Çok Özel Bir İksir</t>
+          <t>Moda Zamanı 4 Kitap Set</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>239</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786258089189</t>
+          <t>9786258089455</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Balinayla Tanışan Çocuk</t>
+          <t>Bu Öyküde Ejderha Yok</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>189</v>
+        <v>110</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786258089196</t>
+          <t>9786258089431</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Marta Uyuyor</t>
+          <t>Yüzmek, Yaşamak ve Olma Arzusu</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>299</v>
+        <v>279</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786258089110</t>
+          <t>9786258089424</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Doğan Hızlan’la Denemenin Dönengesinde</t>
+          <t>Ömrümü Yedi Kadınlar</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>175</v>
+        <v>149</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786258089028</t>
+          <t>9789992265475</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy 6 - Son Sır</t>
+          <t>Minimalizm Serisi - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>329</v>
+        <v>838</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786258089066</t>
+          <t>9786258089318</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Salda Gölü'nden Aspendos'a - Duru'nun Tatil Günlükleri</t>
+          <t>İkiz Kod</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>149</v>
+        <v>265</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786258089059</t>
+          <t>9786258089301</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Karun Hazinelerinin İzinde - Duru'nun Tatil Günlükleri</t>
+          <t>Kurtlaşmak</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>149</v>
+        <v>275</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786258089042</t>
+          <t>9786258089325</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>En Mutlu Kedi - Minik Kedi Şeker'in Maceraları</t>
+          <t>Çok Bekledim Seni Yaz Tatili! - Kral Şakir 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>110</v>
+        <v>349</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786258089035</t>
+          <t>9786258089356</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Misafir - Minik Kedi Şeker'in Maceraları</t>
+          <t>Kahraman Kurbağa Kuri</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786257371971</t>
+          <t>9786258089349</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Bu Da Geçecek</t>
+          <t>Uyku Nerede?</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>439</v>
+        <v>110</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786257371964</t>
+          <t>9786258089332</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Buketler Vakası</t>
+          <t>Minimalizm - İnsanları Sev Eşyaları Kullan</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>199</v>
+        <v>359</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786257371926</t>
+          <t>9786258089271</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Trafikte Görünmeyen Çocuklar</t>
+          <t>Violet Veil’in Gizemi - Ölümcül Dava</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786257371902</t>
+          <t>9786258089295</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Çocuksuz Çocuk Mağazası</t>
+          <t>Sanal Kent</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786257371940</t>
+          <t>9786258089288</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Melez Prenses 2 - Büyülü Sembol</t>
+          <t>Yaralı Rüzgar</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>76</v>
+        <v>149</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786257371933</t>
+          <t>9786258089264</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Melez Prenses 1 - Kehanetin Doğuşu</t>
+          <t>Kral Virüs</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>76</v>
+        <v>110</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786257371957</t>
+          <t>9786258089219</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Püskül Çetesi’nin Maceraları</t>
+          <t>Brody’nin Gizemli Şifresi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>180</v>
+        <v>169</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786257124539</t>
+          <t>9786258089127</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Lovecraft Country</t>
+          <t>İçimdeki Ağaç</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>239</v>
+        <v>199</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786257371346</t>
+          <t>9786258089202</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy 5</t>
+          <t>Çişteki Mucize - Çok Özel Bir İksir</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>329</v>
+        <v>239</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786257124522</t>
+          <t>9786258089189</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Yazılar</t>
+          <t>Balinayla Tanışan Çocuk</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786257371070</t>
+          <t>9786258089196</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Bolluk Şimdi! (Ciltli)</t>
+          <t>Marta Uyuyor</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>49</v>
+        <v>299</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786257371094</t>
+          <t>9786258089110</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Marion Lane ve Gece Yarısı Cinayeti</t>
+          <t>Doğan Hızlan’la Denemenin Dönengesinde</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786257371292</t>
+          <t>9786258089028</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Scarlet ve Ivy 6 - Son Sır</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>279</v>
+        <v>329</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786257371193</t>
+          <t>9786258089066</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Araçlar Boyama Kitabı</t>
+          <t>Salda Gölü'nden Aspendos'a - Duru'nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>110</v>
+        <v>149</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786257371148</t>
+          <t>9786258089059</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Korku Yiyici</t>
+          <t>Karun Hazinelerinin İzinde - Duru'nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>125</v>
+        <v>149</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786257371285</t>
+          <t>9786258089042</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme Becerileri - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>En Mutlu Kedi - Minik Kedi Şeker'in Maceraları</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>279</v>
+        <v>110</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786257371209</t>
+          <t>9786258089035</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Cumburlop Denize Boyama Kitabı</t>
+          <t>Evdeki Misafir - Minik Kedi Şeker'in Maceraları</t>
         </is>
       </c>
       <c r="C863" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786257124867</t>
+          <t>9786257371971</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Bir Amerikan Evliliği</t>
+          <t>Bu Da Geçecek</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>349</v>
+        <v>439</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786257124850</t>
+          <t>9786257371964</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Kaplıcada Son Yaz</t>
+          <t>Tuhaf Buketler Vakası</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>135</v>
+        <v>199</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786257124652</t>
+          <t>9786257371926</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Süpermodeller Tatilde - Miyav Miyav Modaevi</t>
+          <t>Trafikte Görünmeyen Çocuklar</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>239</v>
+        <v>110</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786257124591</t>
+          <t>9786257371902</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Fil Çalan Kız</t>
+          <t>Çocuksuz Çocuk Mağazası</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>189</v>
+        <v>110</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786257124805</t>
+          <t>9786257371940</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Dayanışma</t>
+          <t>Masal Zamanı Melez Prenses 2 - Büyülü Sembol</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>149</v>
+        <v>76</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786257124553</t>
+          <t>9786257371933</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Boş Oda</t>
+          <t>Masal Zamanı Melez Prenses 1 - Kehanetin Doğuşu</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>239</v>
+        <v>76</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786257124836</t>
+          <t>9786257371957</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Cevat Şakir’in Bodrum’u - Çocuklar İçin Edebiyat 4</t>
+          <t>Püskül Çetesi’nin Maceraları</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>169</v>
+        <v>180</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786257124829</t>
+          <t>9786257124539</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Dev ve Arkadaşları</t>
+          <t>Lovecraft Country</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>149</v>
+        <v>239</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786257124607</t>
+          <t>9786257371346</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katı</t>
+          <t>Scarlet ve Ivy 5</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>210</v>
+        <v>329</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786257124676</t>
+          <t>9786257124522</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Süperstarlar - Miyav Miyav Modaevi</t>
+          <t>Mevsimsiz Yazılar</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>239</v>
+        <v>179</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786257124577</t>
+          <t>9786257371070</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Hoşt</t>
+          <t>Bolluk Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>125</v>
+        <v>49</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786257124546</t>
+          <t>9786257371094</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Vadisi'nin Sessiz Perileri</t>
+          <t>Marion Lane ve Gece Yarısı Cinayeti</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>136</v>
+        <v>165</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786257124812</t>
+          <t>9786257371292</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Minifino’nun Tasması</t>
+          <t>Çizgiler - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>110</v>
+        <v>279</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786257124621</t>
+          <t>9786257371193</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>New York Cadıları</t>
+          <t>Kral Şakir Araçlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>219</v>
+        <v>110</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257371551</t>
+          <t>9786257371148</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Işık Tugayı</t>
+          <t>Korku Yiyici</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>345</v>
+        <v>125</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257371186</t>
+          <t>9786257371285</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Mikrop Avcıları Boyama Kitabı</t>
+          <t>Dikkat Geliştirme Becerileri - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>110</v>
+        <v>279</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786257371254</t>
+          <t>9786257371209</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 2</t>
+          <t>Kral Şakir Cumburlop Denize Boyama Kitabı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>279</v>
+        <v>110</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257371049</t>
+          <t>9786257124867</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Sadelik Şimdi! (Ciltli)</t>
+          <t>Bir Amerikan Evliliği</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>49</v>
+        <v>349</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786257371117</t>
+          <t>9786257124850</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Kaplıcada Son Yaz</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>119</v>
+        <v>135</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786257371308</t>
+          <t>9786257124652</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözlüğüm - Araçlar</t>
+          <t>Süpermodeller Tatilde - Miyav Miyav Modaevi</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>175</v>
+        <v>239</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257371537</t>
+          <t>9786257124591</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Patilerden Masallar 3</t>
+          <t>Fil Çalan Kız</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>89</v>
+        <v>189</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257371568</t>
+          <t>9786257124805</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Atık İnsanları</t>
+          <t>Ormanda Dayanışma</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>215</v>
+        <v>149</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257371476</t>
+          <t>9786257124553</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Dünyalıların Geleceği</t>
+          <t>Boş Oda</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>119</v>
+        <v>239</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257371315</t>
+          <t>9786257124836</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - İlk Sözlüğüm</t>
+          <t>Cevat Şakir’in Bodrum’u - Çocuklar İçin Edebiyat 4</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>175</v>
+        <v>169</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257124645</t>
+          <t>9786257124829</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Eğlence Parkı</t>
+          <t>Dev ve Arkadaşları</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>239</v>
+        <v>149</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257124508</t>
+          <t>9786257124607</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Patilerden Masallar 2</t>
+          <t>Çatı Katı</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>89</v>
+        <v>210</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257371490</t>
+          <t>9786257124676</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Kedi - 44 Cats</t>
+          <t>Süperstarlar - Miyav Miyav Modaevi</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>130</v>
+        <v>239</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257371339</t>
+          <t>9786257124577</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Renkler Sayılar Şekiller - İlk Sözlüğüm</t>
+          <t>Hoşt</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257124669</t>
+          <t>9786257124546</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Miyav Günü Kutlaması - Miyav Miyav Modaevi</t>
+          <t>Kelebekler Vadisi'nin Sessiz Perileri</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>239</v>
+        <v>136</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257371483</t>
+          <t>9786257124812</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Dağınıklık Bebek Pie! - 44 Cats</t>
+          <t>Minifino’nun Tasması</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257371506</t>
+          <t>9786257124621</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Dostum Bafi Kediler - 44 Cats</t>
+          <t>New York Cadıları</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>130</v>
+        <v>219</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786257371322</t>
+          <t>9786257371551</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sebzeler - İlk Sözlüğüm</t>
+          <t>Işık Tugayı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786257124683</t>
+          <t>9786257371186</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Moda Başkentleri</t>
+          <t>Kral Şakir Mikrop Avcıları Boyama Kitabı</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>239</v>
+        <v>110</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786257371544</t>
+          <t>9786257371254</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>İlişmek</t>
+          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>150</v>
+        <v>279</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786257124638</t>
+          <t>9786257371049</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlarla Bir Gün - Miyav Miyav Modaevi (Ciltli)</t>
+          <t>Sadelik Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>239</v>
+        <v>49</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257371360</t>
+          <t>9786257371117</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz İçin Bilgiler</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>219</v>
+        <v>119</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257371469</t>
+          <t>9786257371308</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Biblos’ta Bir Sedir Ağacı</t>
+          <t>İlk Sözlüğüm - Araçlar</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>199</v>
+        <v>175</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257371261</t>
+          <t>9786257371537</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 1</t>
+          <t>Akıllı Patilerden Masallar 3</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>279</v>
+        <v>89</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786257371056</t>
+          <t>9786257371568</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Şimdi! (Ciltli)</t>
+          <t>Atık İnsanları</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>49</v>
+        <v>215</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786257371063</t>
+          <t>9786257371476</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Şimdi! (Ciltli)</t>
+          <t>Dünyalıların Geleceği</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>49</v>
+        <v>119</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257124928</t>
+          <t>9786257371315</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Brody Luckystar’ın Rekoru Ne? (Ciltli)</t>
+          <t>Hayvanlar - İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257371131</t>
+          <t>9786257124645</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Kitap Yiyici</t>
+          <t>Miyav Miyav Modaevi - Eğlence Parkı</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>125</v>
+        <v>239</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786257371407</t>
+          <t>9786257124508</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin Coco!</t>
+          <t>Akıllı Patilerden Masallar 2</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>189</v>
+        <v>89</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786257371377</t>
+          <t>9786257371490</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Okula Gidiyoruz - Memo ile Boncuk</t>
+          <t>Süper Kahraman Kedi - 44 Cats</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786257371391</t>
+          <t>9786257371339</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Denize Gidiyoruz - Memo ile Boncuk</t>
+          <t>Renkler Sayılar Şekiller - İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786257124911</t>
+          <t>9786257124669</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Orhan Veli Şiirleri</t>
+          <t>Miyav Günü Kutlaması - Miyav Miyav Modaevi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786257371087</t>
+          <t>9786257371483</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Yüzü Olmayan Adam</t>
+          <t>Bu Ne Dağınıklık Bebek Pie! - 44 Cats</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>199</v>
+        <v>130</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257371155</t>
+          <t>9786257371506</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Kalbim (Ciltli)</t>
+          <t>Dostum Bafi Kediler - 44 Cats</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786257124843</t>
+          <t>9786257371322</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kemik</t>
+          <t>Meyveler Sebzeler - İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C912" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786257124898</t>
+          <t>9786257124683</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Prenses A Uyanıyor</t>
+          <t>Miyav Miyav Modaevi - Moda Başkentleri</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>139</v>
+        <v>239</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9782002587437</t>
+          <t>9786257371544</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy 5 Kitaplık Set</t>
+          <t>İlişmek</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>1645</v>
+        <v>150</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257371278</t>
+          <t>9786257124638</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Arkadaşlarla Bir Gün - Miyav Miyav Modaevi (Ciltli)</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>279</v>
+        <v>239</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786257371247</t>
+          <t>9786257371360</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Beyniniz İçin Bilgiler</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>279</v>
+        <v>219</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786257371384</t>
+          <t>9786257371469</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Mars’a Gidiyoruz - Memo ile Boncuk</t>
+          <t>Biblos’ta Bir Sedir Ağacı</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786257371179</t>
+          <t>9786257371261</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Son Dürümler Boyama  Kitabı</t>
+          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>110</v>
+        <v>279</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786257371780</t>
+          <t>9786257371056</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>On Numara Macera! - Kral Şakir 10 (Ciltli)</t>
+          <t>Mutluluk Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>349</v>
+        <v>49</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786257124614</t>
+          <t>9786257371063</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Farkındalık Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>199</v>
+        <v>49</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786257124584</t>
+          <t>9786257124928</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Brody Luckystar’ın Rekoru Ne? (Ciltli)</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786257371872</t>
+          <t>9786257371131</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Haziran Kalsın</t>
+          <t>Kitap Yiyici</t>
         </is>
       </c>
       <c r="C922" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786257371865</t>
+          <t>9786257371407</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Radikal</t>
+          <t>Yapabilirsin Coco!</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>125</v>
+        <v>189</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786257371889</t>
+          <t>9786257371377</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Güpegündüz Hırsız Gibi</t>
+          <t>Okula Gidiyoruz - Memo ile Boncuk</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786257371858</t>
+          <t>9786257371391</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çizmeleri Annesi Zanneden Kaz</t>
+          <t>Denize Gidiyoruz - Memo ile Boncuk</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>139</v>
+        <v>110</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257371827</t>
+          <t>9786257124911</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Sinderella Elbise Tasarımcısı Oluyor</t>
+          <t>Çocuklara Orhan Veli Şiirleri</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786257371841</t>
+          <t>9786257371087</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Kodlama Akademisi</t>
+          <t>Yüzü Olmayan Adam</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786257371834</t>
+          <t>9786257371155</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Pilot Akademisi</t>
+          <t>Kalbim (Ciltli)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>179</v>
+        <v>340</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786257124904</t>
+          <t>9786257124843</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Sahiku Çocuklarla Arkadaş Olmak İstiyor</t>
+          <t>Konuşan Kemik</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786257371445</t>
+          <t>9786257124898</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Asi Koyun Melo</t>
+          <t>Prenses A Uyanıyor</t>
         </is>
       </c>
       <c r="C930" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786257371452</t>
+          <t>9782002587437</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Mafin Bugün Mutsuz Olmak İstiyor</t>
+          <t>Scarlet ve Ivy 5 Kitaplık Set</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>139</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786257371742</t>
+          <t>9786257371278</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Küçük Tavşancık</t>
+          <t>Dikkat ve Görsel Algı - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>110</v>
+        <v>279</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786257371773</t>
+          <t>9786257371247</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Hava Durumu - Küçük Tavşancık</t>
+          <t>Matematik - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>110</v>
+        <v>279</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786257371766</t>
+          <t>9786257371384</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Araçlar - Küçük Tavşancık</t>
+          <t>Mars’a Gidiyoruz - Memo ile Boncuk</t>
         </is>
       </c>
       <c r="C934" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786257371759</t>
+          <t>9786257371179</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Yuva - Küçük Tavşancık</t>
+          <t>Kral Şakir Son Dürümler Boyama  Kitabı</t>
         </is>
       </c>
       <c r="C935" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786257371735</t>
+          <t>9786257371780</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Aile - Küçük Tavşancık</t>
+          <t>On Numara Macera! - Kral Şakir 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>110</v>
+        <v>349</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786257371353</t>
+          <t>9786257124614</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Solak Leydi Vakası - Enola Holmes</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C937" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786257371681</t>
+          <t>9786257124584</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Mikrop Avcıları 2 - Cumburlop (Ciltli)</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786257371728</t>
+          <t>9786257371872</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Genç Meslektaşıma Mektuplar</t>
+          <t>Haziran Kalsın</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786257371711</t>
+          <t>9786257371865</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Hesaplamak</t>
+          <t>Radikal</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>299</v>
+        <v>125</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786257371704</t>
+          <t>9786257371889</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Azın Bereketi</t>
+          <t>Güpegündüz Hırsız Gibi</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>335</v>
+        <v>299</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786257371100</t>
+          <t>9786257371858</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Seni Feda Etmeyeceğim</t>
+          <t>Kırmızı Çizmeleri Annesi Zanneden Kaz</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>210</v>
+        <v>139</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786257124515</t>
+          <t>9786257371827</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Kan Tiyatrosu</t>
+          <t>Sinderella Elbise Tasarımcısı Oluyor</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786257371032</t>
+          <t>9786257371841</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Simyacının Kızının Tuhaf Hikayesi</t>
+          <t>Kodlama Akademisi</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786257371124</t>
+          <t>9786257371834</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Köşeleri</t>
+          <t>Pilot Akademisi</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>90</v>
+        <v>179</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786257371667</t>
+          <t>9786257124904</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Akın</t>
+          <t>Sahiku Çocuklarla Arkadaş Olmak İstiyor</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>335</v>
+        <v>139</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786257371674</t>
+          <t>9786257371445</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Rosewater Kurtuluş - Wormwood Üçlemesi Üçüncü Kitap</t>
+          <t>Asi Koyun Melo</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786257371636</t>
+          <t>9786257371452</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Oyuncakçılar Kimin İçin?</t>
+          <t>Mafin Bugün Mutsuz Olmak İstiyor</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>110</v>
+        <v>139</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786257371650</t>
+          <t>9786257371742</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuk Menüsü</t>
+          <t>Şekiller - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C949" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786257371605</t>
+          <t>9786257371773</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Acemi Palyaço</t>
+          <t>Hava Durumu - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>69</v>
+        <v>110</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786257371575</t>
+          <t>9786257371766</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Ruhban</t>
+          <t>Araçlar - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>219</v>
+        <v>110</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786257371643</t>
+          <t>9786257371759</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Cezasız Kalmaz</t>
+          <t>Yuva - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786257371629</t>
+          <t>9786257371735</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Dev ve Kayıp Yavrular</t>
+          <t>Aile - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786257124980</t>
+          <t>9786257371353</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Çizgi Roman Albüm 2 (Ciltli)</t>
+          <t>Solak Leydi Vakası - Enola Holmes</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>325</v>
+        <v>199</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786257124782</t>
+          <t>9786257371681</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Reddedebilme Sanatı! - Kral Şakir İlk Okuma Kitabı 20</t>
+          <t>Kral Şakir Mikrop Avcıları 2 - Cumburlop (Ciltli)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>150</v>
+        <v>499</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786257124775</t>
+          <t>9786257371728</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Parayı Öğreniyorum - Kral Şakir İlk Okuma Kitabım 19</t>
+          <t>Genç Meslektaşıma Mektuplar</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786257124768</t>
+          <t>9786257371711</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Komodo Kurabiyeleri! - Kral Şakir İlk Okuma Kitabım 18</t>
+          <t>Yıldızları Hesaplamak</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>150</v>
+        <v>299</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786257124744</t>
+          <t>9786257371704</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Ben Biz Hepimiz! - Kral Şakir İlk Okuma Kitabı 16</t>
+          <t>Azın Bereketi</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>150</v>
+        <v>335</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786257124720</t>
+          <t>9786257371100</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kadın! - Kral Şakir İlk Okuma Kitabım 14</t>
+          <t>Seni Feda Etmeyeceğim</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786257124690</t>
+          <t>9786257124515</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Kodlama - Kral Şakir İlk Okuma Kitabı 11</t>
+          <t>Kan Tiyatrosu</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>150</v>
+        <v>179</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786257124492</t>
+          <t>9786257371032</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Dedektifler! - Kral Şakir 9 (Ciltli)</t>
+          <t>Simyacının Kızının Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786257124447</t>
+          <t>9786257371124</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Marki Vakası</t>
+          <t>Tutkunun Köşeleri</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>199</v>
+        <v>90</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786257124423</t>
+          <t>9786257371667</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçlar</t>
+          <t>Akın</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>205</v>
+        <v>335</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786257124393</t>
+          <t>9786257371674</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Nerede Yaşar Biliyor Musun?</t>
+          <t>Rosewater Kurtuluş - Wormwood Üçlemesi Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786257124409</t>
+          <t>9786257371636</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Rosewater İsyan - Wormwood Üçlemesi İkinci Kitap</t>
+          <t>Oyuncakçılar Kimin İçin?</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786257124416</t>
+          <t>9786257371650</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Cinayet A.Ş.</t>
+          <t>Kayıp Çocuk Menüsü</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786257124331</t>
+          <t>9786257371605</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Kuzey - Zaman Kütüphanesi / Gölgeler Serbest Kalırsa (Ciltli)</t>
+          <t>Acemi Palyaço</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>349</v>
+        <v>69</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257124324</t>
+          <t>9786257371575</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Kuzey - Zaman Kütüphanesi / Yeni Koruyucular (Ciltli)</t>
+          <t>Ruhban</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>349</v>
+        <v>219</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786257124317</t>
+          <t>9786257371643</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Çocuk</t>
+          <t>Kötülük Cezasız Kalmaz</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257124355</t>
+          <t>9786257371629</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Geri Viteste Hız Yapanlar</t>
+          <t>Dev ve Kayıp Yavrular</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>125</v>
+        <v>149</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257124300</t>
+          <t>9786257124980</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Portekiz’in Yüce Dağları</t>
+          <t>Kral Şakir Çizgi Roman Albüm 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257124348</t>
+          <t>9786257124782</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Kartela</t>
+          <t>Reddedebilme Sanatı! - Kral Şakir İlk Okuma Kitabı 20</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786257124225</t>
+          <t>9786257124775</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Hayvanat Bahçesi</t>
+          <t>Parayı Öğreniyorum - Kral Şakir İlk Okuma Kitabım 19</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786257124232</t>
+          <t>9786257124768</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Nasıl Hissediyorum?</t>
+          <t>Komodo Kurabiyeleri! - Kral Şakir İlk Okuma Kitabım 18</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786257124294</t>
+          <t>9786257124744</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Zıtlıklar</t>
+          <t>Ben Biz Hepimiz! - Kral Şakir İlk Okuma Kitabı 16</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786257124218</t>
+          <t>9786257124720</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Bir Günüm</t>
+          <t>Güneş Kadın! - Kral Şakir İlk Okuma Kitabım 14</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786257124287</t>
+          <t>9786257124690</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Virüsleri Yeniyoruz - Küçük Tavşancık</t>
+          <t>Görevimiz Kodlama - Kral Şakir İlk Okuma Kitabı 11</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786257124270</t>
+          <t>9786257124492</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Tatil - Küçük Tavşancık</t>
+          <t>Muhtişim Dedektifler! - Kral Şakir 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>110</v>
+        <v>349</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786257124249</t>
+          <t>9786257124447</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Küçük Tavşancık</t>
+          <t>Kayıp Marki Vakası</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786257124256</t>
+          <t>9786257124423</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Küçük Tavşancık</t>
+          <t>Kırlangıçlar</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>110</v>
+        <v>205</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786257124201</t>
+          <t>9786257124393</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Hayvanlar Nerede Yaşar Biliyor Musun?</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>110</v>
+        <v>269</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9782002587420</t>
+          <t>9786257124409</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy Serisi (4 Kitap)</t>
+          <t>Rosewater İsyan - Wormwood Üçlemesi İkinci Kitap</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>1316</v>
+        <v>299</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786257124195</t>
+          <t>9786257124416</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Ama Sizden Değilim</t>
+          <t>Cinayet A.Ş.</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>210</v>
+        <v>199</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786257124188</t>
+          <t>9786257124331</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Gölün Altındaki Işıklar - Scarlet ve Ivy 4</t>
+          <t>Haylaz Kuzey - Zaman Kütüphanesi / Gölgeler Serbest Kalırsa (Ciltli)</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>329</v>
+        <v>349</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786257124157</t>
+          <t>9786257124324</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Ada Annesiyle Duvarları Boyuyor</t>
+          <t>Haylaz Kuzey - Zaman Kütüphanesi / Yeni Koruyucular (Ciltli)</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>139</v>
+        <v>349</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786257124140</t>
+          <t>9786257124317</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Otobüsü Kaçıran Şoför</t>
+          <t>Sevgili Çocuk</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>139</v>
+        <v>299</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257124171</t>
+          <t>9786257124355</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kalbim</t>
+          <t>Geri Viteste Hız Yapanlar</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>199</v>
+        <v>125</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786257124164</t>
+          <t>9786257124300</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Nokta Geminin Uzay Yolculuğu</t>
+          <t>Portekiz’in Yüce Dağları</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>85</v>
+        <v>235</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786057690982</t>
+          <t>9786257124348</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Fırçala Dişi Bitir İşi! - Çürük Ali ve Mikrop Necati (Ciltli)</t>
+          <t>Kartela</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>349</v>
+        <v>149</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786257124041</t>
+          <t>9786257124225</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Efes’teki Romalı Kız - Duru’nun Tatil Günlükleri</t>
+          <t>Küçük Tavşancık - Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786257124003</t>
+          <t>9786257124232</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Makarnanın Gücü</t>
+          <t>Küçük Tavşancık - Nasıl Hissediyorum?</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786257124010</t>
+          <t>9786257124294</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Ev Görevi</t>
+          <t>Küçük Tavşancık - Zıtlıklar</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786257124027</t>
+          <t>9786257124218</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Boya ve Oyna 2!</t>
+          <t>Küçük Tavşancık - Bir Günüm</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786057690975</t>
+          <t>9786257124287</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Afrodisias’ın Gelincikleri - Tatil Günlükleri</t>
+          <t>Virüsleri Yeniyoruz - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786057690951</t>
+          <t>9786257124270</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali’den Masallar</t>
+          <t>Tatil - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786057690968</t>
+          <t>9786257124249</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Durutti Durutti - Duru’nun Tatil Günlükleri</t>
+          <t>Oyun Zamanı - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9782022544779</t>
+          <t>9786257124256</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Muhtişim Eğitici Kartlar! 3'lü Set</t>
+          <t>Renkler - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>414</v>
+        <v>110</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786057690944</t>
+          <t>9786257124201</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Paris Bir Yalnızlıktır</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786057690937</t>
+          <t>9782002587420</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Sonu</t>
+          <t>Scarlet ve Ivy Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>169</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789992265628</t>
+          <t>9786257124195</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm 2 Kitaplık Set</t>
+          <t>Ama Sizden Değilim</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>479</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789992265505</t>
+          <t>9786257124188</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy Seti (3 Kitap Takım)</t>
+          <t>Gölün Altındaki Işıklar - Scarlet ve Ivy 4</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>987</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789992265642</t>
+          <t>9786257124157</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutusu Boyama Seti (2 Kitap Takım)</t>
+          <t>Ada Annesiyle Duvarları Boyuyor</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>598</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789992265611</t>
+          <t>9786257124140</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkarma 2 Kitaplık Set</t>
+          <t>Otobüsü Kaçıran Şoför</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>498</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789995844523</t>
+          <t>9786257124171</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Boyama 4 Kitaplık</t>
+          <t>Kalbim</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>440</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789992265413</t>
+          <t>9786257124164</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi 4 Kitap Set</t>
+          <t>Nokta Geminin Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>796</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786057690692</t>
+          <t>9786057690982</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 8 - Macera Adası! (Ciltli)</t>
+          <t>Fırçala Dişi Bitir İşi! - Çürük Ali ve Mikrop Necati (Ciltli)</t>
         </is>
       </c>
       <c r="C1006" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786057690814</t>
+          <t>9786257124041</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Patilerden Masallar 1</t>
+          <t>Efes’teki Romalı Kız - Duru’nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>89</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786057690791</t>
+          <t>9786257124003</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Korkusuz Köfte</t>
+          <t>Makarnanın Gücü</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>130</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786057690784</t>
+          <t>9786257124010</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kedi Milady</t>
+          <t>44 Cats - Ev Görevi</t>
         </is>
       </c>
       <c r="C1009" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786057690760</t>
+          <t>9786257124027</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Evi - 2</t>
+          <t>44 Cats - Boya ve Oyna 2!</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>169</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786057690807</t>
+          <t>9786057690975</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Henrietta Lacks’in Ölümsüz Yaşamı</t>
+          <t>Afrodisias’ın Gelincikleri - Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>190</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786057690739</t>
+          <t>9786057690951</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Sana da Güle Güle Nezahat</t>
+          <t>Sabahattin Ali’den Masallar</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>119</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786057690678</t>
+          <t>9786057690968</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Durutti Durutti - Duru’nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>269</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786057690715</t>
+          <t>9782022544779</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tuzak (Kayıp Rota Serisi - 2. Kitap)</t>
+          <t>Kral Şakir Muhtişim Eğitici Kartlar! 3'lü Set</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>299</v>
+        <v>414</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786057690685</t>
+          <t>9786057690944</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hikayesi</t>
+          <t>Paris Bir Yalnızlıktır</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>239</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786057690708</t>
+          <t>9786057690937</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal Türkiye’dir</t>
+          <t>Yalnızlığın Sonu</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>129</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786057690517</t>
+          <t>9789992265628</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Akademisi</t>
+          <t>Minimalizm 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>179</v>
+        <v>479</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786057690531</t>
+          <t>9789992265505</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Şef Akademisi</t>
+          <t>Scarlet ve Ivy Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>179</v>
+        <v>987</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786057690340</t>
+          <t>9789992265642</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Çeper</t>
+          <t>Hayal Kutusu Boyama Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>125</v>
+        <v>598</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786057690548</t>
+          <t>9789992265611</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Şimşek Gibi</t>
+          <t>İcat Çıkarma 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>219</v>
+        <v>498</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052162903</t>
+          <t>9789995844523</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Yemin Ederim Bunu Ben De Düşünmüştüm</t>
+          <t>Kral Şakir Boyama 4 Kitaplık</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>99</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786057690524</t>
+          <t>9789992265413</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Olma Cesareti</t>
+          <t>Pisi Pisi 4 Kitap Set</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>239</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786057690500</t>
+          <t>9786057690692</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Yaptığımız Seçimler! - Kral Şakir İlk Okuma 7</t>
+          <t>Kral Şakir 8 - Macera Adası! (Ciltli)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>150</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786057690371</t>
+          <t>9786057690814</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğa Hazır Mısın? - Kral Şakir İlk Okuma 5</t>
+          <t>Akıllı Patilerden Masallar 1</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>150</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786057690302</t>
+          <t>9786057690791</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Çevre - Kral Şakir İlk Okuma 4</t>
+          <t>44 Cats - Korkusuz Köfte</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786057690364</t>
+          <t>9786057690784</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Günler - Kral Şakir İlk Okuma 2</t>
+          <t>Cesur Kedi Milady</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786057939241</t>
+          <t>9786057690760</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Afetten Korkma! - Kral Şakir İlk Okuma 6</t>
+          <t>Babaannemin Evi - 2</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>150</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786057690449</t>
+          <t>9786057690807</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Dağ Sokağı - Bütün Eserleri 8</t>
+          <t>Henrietta Lacks’in Ölümsüz Yaşamı</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786057690463</t>
+          <t>9786057690739</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Derindeki Her Şey</t>
+          <t>Sana da Güle Güle Nezahat</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>99</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052162910</t>
+          <t>9786057690678</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Wormwood Üçlemesi Birinci Kitap - Rosewater İstila</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786057690456</t>
+          <t>9786057690715</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Mavi Tuzak (Kayıp Rota Serisi - 2. Kitap)</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>65</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786057690319</t>
+          <t>9786057690685</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>İki Arkadaş</t>
+          <t>Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>125</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786057690326</t>
+          <t>9786057690708</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>İki Dilek</t>
+          <t>Yaşar Kemal Türkiye’dir</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786057690333</t>
+          <t>9786057690517</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>İki Yıldız</t>
+          <t>Mimarlık Akademisi</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>125</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786057690395</t>
+          <t>9786057690531</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Avucunuzun İçindeki Sonsuzluk</t>
+          <t>Şef Akademisi</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786057690425</t>
+          <t>9786057690340</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kadın Azmağı</t>
+          <t>Çeper</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786057690289</t>
+          <t>9786057690548</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Mor Bir Fil Gördüm Sanki - Kral Şakir 7 (Ciltli)</t>
+          <t>Kaybolan Şimşek Gibi</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>349</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786057690432</t>
+          <t>9786052162903</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Paralel Evren Yolcuları</t>
+          <t>Yemin Ederim Bunu Ben De Düşünmüştüm</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>205</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786057690418</t>
+          <t>9786057690524</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Piçlik</t>
+          <t>Umutsuz Olma Cesareti</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>150</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786057690142</t>
+          <t>9786057690500</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>O Uyumadan Önce</t>
+          <t>Yaptığımız Seçimler! - Kral Şakir İlk Okuma 7</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>112</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786057690234</t>
+          <t>9786057690371</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Memleketi</t>
+          <t>Yolculuğa Hazır Mısın? - Kral Şakir İlk Okuma 5</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>169</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786057690210</t>
+          <t>9786057690302</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Struma Karanlıkta Bir Ninni</t>
+          <t>Engelsiz Çevre - Kral Şakir İlk Okuma 4</t>
         </is>
       </c>
       <c r="C1042" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786057690166</t>
+          <t>9786057690364</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Astronot Akademisi</t>
+          <t>Sağlıklı Günler - Kral Şakir İlk Okuma 2</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>179</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786057690159</t>
+          <t>9786057939241</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Bilim Akademisi</t>
+          <t>Afetten Korkma! - Kral Şakir İlk Okuma 6</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>179</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786057690180</t>
+          <t>9786057690449</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Upuzuuun Derdi</t>
+          <t>Çiçekli Dağ Sokağı - Bütün Eserleri 8</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>119</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786057690203</t>
+          <t>9786057690463</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Çok Komik Bir Masal</t>
+          <t>Derindeki Her Şey</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>69</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786057690128</t>
+          <t>9786052162910</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Solak Leydi Vakası</t>
+          <t>Wormwood Üçlemesi Birinci Kitap - Rosewater İstila</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786057690111</t>
+          <t>9786057690456</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Ailesi</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>330</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786057939906</t>
+          <t>9786057690319</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>İki Arkadaş</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786057939302</t>
+          <t>9786057690326</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşık Kırk Çöp</t>
+          <t>İki Dilek</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786057939913</t>
+          <t>9786057690333</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Harika Fikri</t>
+          <t>İki Yıldız</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786057939883</t>
+          <t>9786057690395</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Avucunuzun İçindeki Sonsuzluk</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>220</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786057939371</t>
+          <t>9786057690425</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Aynısını Yaptım Olmadı</t>
+          <t>Kadın Azmağı</t>
         </is>
       </c>
       <c r="C1053" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786057939852</t>
+          <t>9786057690289</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Dürümler Karışık - Kral Şakir 6 (Ciltli)</t>
+          <t>Mor Bir Fil Gördüm Sanki - Kral Şakir 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C1054" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786057939845</t>
+          <t>9786057690432</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Soyunanlar</t>
+          <t>Bilim Okulu Paralel Evren Yolcuları</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>90</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786057939289</t>
+          <t>9786057690418</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Gülgez</t>
+          <t>Varlık ve Piçlik</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786057939746</t>
+          <t>9786057690142</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Martı Palamut ve Kaplum Abi</t>
+          <t>O Uyumadan Önce</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786057939838</t>
+          <t>9786057690234</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece Kedisi - Piksel 2</t>
+          <t>Nazım Hikmet’in Memleketi</t>
         </is>
       </c>
       <c r="C1058" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786057939562</t>
+          <t>9786057690210</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Markiz Vakası - Enola Holmes</t>
+          <t>Struma Karanlıkta Bir Ninni</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786057939791</t>
+          <t>9786057690166</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Sonun Sonu</t>
+          <t>Astronot Akademisi</t>
         </is>
       </c>
       <c r="C1060" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786057939760</t>
+          <t>9786057690159</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Heyecan Arayan Kubi</t>
+          <t>Bilim Akademisi</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>49</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786057939753</t>
+          <t>9786057690180</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Dayanışma</t>
+          <t>Zürafanın Upuzuuun Derdi</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>49</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786057939777</t>
+          <t>9786057690203</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Berkin’in Yaz Komşuları</t>
+          <t>Çok Komik Bir Masal</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>49</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786057939333</t>
+          <t>9786057690128</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Solak Leydi Vakası</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786057939784</t>
+          <t>9786057690111</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Fırıldak Ailesi</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>65</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786057939739</t>
+          <t>9786057939906</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadınları</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052162897</t>
+          <t>9786057939302</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Korugan</t>
+          <t>Yaklaşık Kırk Çöp</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786057939715</t>
+          <t>9786057939913</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Dans - Scarlet ve Ivy 3</t>
+          <t>Dünyanın En Harika Fikri</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>329</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786057939692</t>
+          <t>9786057939883</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Mesafesi</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786057939586</t>
+          <t>9786057939371</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kültürsüzlüğümüzün Dört Mevsimi</t>
+          <t>Aynısını Yaptım Olmadı</t>
         </is>
       </c>
       <c r="C1070" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786057939555</t>
+          <t>9786057939852</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Geçit: Hikayem ve Ötesi</t>
+          <t>Dürümler Karışık - Kral Şakir 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>165</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786057939623</t>
+          <t>9786057939845</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Proje X</t>
+          <t>Soyunanlar</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>205</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786057939401</t>
+          <t>9786057939289</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Umudum Sensin</t>
+          <t>Gülgez</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786057939548</t>
+          <t>9786057939746</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Acil Durumda Kırınız!</t>
+          <t>Martı Palamut ve Kaplum Abi</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>190</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786057939579</t>
+          <t>9786057939838</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Geçit: Hikayem ve Ötesi (Ciltli)</t>
+          <t>Mavi Gece Kedisi - Piksel 2</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>269</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786057939227</t>
+          <t>9786057939562</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat 2 - Bir Fakir Orhan Veli</t>
+          <t>Kayıp Markiz Vakası - Enola Holmes</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786057939234</t>
+          <t>9786057939791</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat 1 - Sait Faik'in Adası</t>
+          <t>Sonun Sonu</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786057939135</t>
+          <t>9786057939760</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Heyecan Arayan Kubi</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>149</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786057939197</t>
+          <t>9786057939753</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Korkak Kuş Kuşi</t>
+          <t>Ormanda Dayanışma</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>110</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786057939173</t>
+          <t>9786057939777</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Dostum Bu Çok Havalı - Kral Şakir 5 (Ciltli)</t>
+          <t>Berkin’in Yaz Komşuları</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>349</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786057939159</t>
+          <t>9786057939333</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Zaman</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>115</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786057939166</t>
+          <t>9786057939784</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rota</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>339</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786057939142</t>
+          <t>9786057939739</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Artık Biliyorum</t>
+          <t>İstanbul Kadınları</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052162989</t>
+          <t>9786052162897</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Korugan</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>65</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786052162965</t>
+          <t>9786057939715</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Deprem - Bütün Eserleri 6</t>
+          <t>Karanlıkta Dans - Scarlet ve Ivy 3</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>90</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786057939128</t>
+          <t>9786057939692</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Evi</t>
+          <t>Kirpi Mesafesi</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>169</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786057939005</t>
+          <t>9786057939586</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>İsyan İsyan</t>
+          <t>Kültürsüzlüğümüzün Dört Mevsimi</t>
         </is>
       </c>
       <c r="C1087" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786057939036</t>
+          <t>9786057939555</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm: Geriye Kalan Herşey</t>
+          <t>Geçit: Hikayem ve Ötesi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>269</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052162927</t>
+          <t>9786057939623</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kadın</t>
+          <t>Bilim Okulu Proje X</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>89</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052162996</t>
+          <t>9786057939401</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa Filler Uçuyor - Kral Şakir 4 (Ciltli)</t>
+          <t>Umudum Sensin</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>349</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786059442114</t>
+          <t>9786057939548</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Aklın İç Kalesi</t>
+          <t>Acil Durumda Kırınız!</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786059442121</t>
+          <t>9786057939579</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Canı</t>
+          <t>Geçit: Hikayem ve Ötesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>99</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052162958</t>
+          <t>9786057939227</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Ben İtfaiyeci Olmak İstiyorum</t>
+          <t>Çocuklar İçin Edebiyat 2 - Bir Fakir Orhan Veli</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>219</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052162941</t>
+          <t>9786057939234</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dolaşan İnek</t>
+          <t>Çocuklar İçin Edebiyat 1 - Sait Faik'in Adası</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>219</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052162934</t>
+          <t>9786057939135</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Peki Ya Dinozorlar Hala Yaşasaydı?</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>219</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052162705</t>
+          <t>9786057939197</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 1</t>
+          <t>Korkak Kuş Kuşi</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>425</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052162736</t>
+          <t>9786057939173</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 4</t>
+          <t>Dostum Bu Çok Havalı - Kral Şakir 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>425</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052162729</t>
+          <t>9786057939159</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 3</t>
+          <t>Hoşça Kal Zaman</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>425</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052162712</t>
+          <t>9786057939166</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 2</t>
+          <t>Kayıp Rota</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>425</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786052041710</t>
+          <t>9786057939142</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir ve Ailesi</t>
+          <t>Artık Biliyorum</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052162804</t>
+          <t>9786052162989</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Maceralar</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052162798</t>
+          <t>9786052162965</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Aynı Sabaha Uyanmak</t>
+          <t>Deprem - Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786052162743</t>
+          <t>9786057939128</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Babaannemin Evi</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>65</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786052162682</t>
+          <t>9786057939005</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Yedi Canlı Cumhuriyet</t>
+          <t>İsyan İsyan</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>129</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786052162569</t>
+          <t>9786057939036</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Vidalar</t>
+          <t>Minimalizm: Geriye Kalan Herşey</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>149</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786059442206</t>
+          <t>9786052162927</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kent Kırk Düş</t>
+          <t>Mavi Kadın</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>70</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786052041871</t>
+          <t>9786052162996</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece Kedisi Piksel</t>
+          <t>Hayat Kısa Filler Uçuyor - Kral Şakir 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>169</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786052162552</t>
+          <t>9786059442114</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Fısıltılar - Scarlet ve Ivy</t>
+          <t>Aklın İç Kalesi</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>329</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786052162576</t>
+          <t>9786059442121</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Anlatsam Film Olur - Kral Şakir 3 (Ciltli)</t>
+          <t>Düşüncenin Canı</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>349</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052162385</t>
+          <t>9786052162958</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Ben İtfaiyeci Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>65</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052162361</t>
+          <t>9786052162941</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Şüphe</t>
+          <t>Dünyayı Dolaşan İnek</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>69</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052162170</t>
+          <t>9786052162934</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm</t>
+          <t>Peki Ya Dinozorlar Hala Yaşasaydı?</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>210</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786052041864</t>
+          <t>9786052162705</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu'ya Kısa Bir Yolculuk</t>
+          <t>Moda Zamanı - 1</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>70</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052041772</t>
+          <t>9786052162736</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Sırrın</t>
+          <t>Moda Zamanı - 4</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786052041789</t>
+          <t>9786052162729</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Macera Devam Ediyor - Kral Şakir 2 (Ciltli)</t>
+          <t>Moda Zamanı - 3</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>349</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786052041826</t>
+          <t>9786052162712</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mevsim</t>
+          <t>Moda Zamanı - 2</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>139</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052041765</t>
+          <t>9786052041710</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Dramaturgi</t>
+          <t>Kral Şakir ve Ailesi</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>239</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786052041697</t>
+          <t>9786052162804</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Olağanüstü Maceralar</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052041741</t>
+          <t>9786052162798</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Uzay Macerası - Kral Şakir</t>
+          <t>Aynı Sabaha Uyanmak</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052041727</t>
+          <t>9786052162743</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Spor Zamanı - Kral Şakir</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786052041734</t>
+          <t>9786052162682</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Boyama Saati - Kral Şakir</t>
+          <t>Yedi Canlı Cumhuriyet</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>110</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052041703</t>
+          <t>9786052162569</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Denemeyi Deniyorum</t>
+          <t>Vidalar</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>210</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052041567</t>
+          <t>9786059442206</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkarma! 2</t>
+          <t>Kırk Kent Kırk Düş</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>249</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786057939869</t>
+          <t>9786052041871</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Periler Koyu</t>
+          <t>Mavi Gece Kedisi Piksel</t>
         </is>
       </c>
       <c r="C1124" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052041550</t>
+          <t>9786052162552</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Duvardaki Fısıltılar - Scarlet ve Ivy</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>199</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786257371162</t>
+          <t>9786052162576</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda Sağlık ve Mutlu Yaşamın Sırları</t>
+          <t>Anlatsam Film Olur - Kral Şakir 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>335</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052041598</t>
+          <t>9786052162385</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Masallar</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>79</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786052041338</t>
+          <t>9786052162361</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Fotoğraflarla Nutuk</t>
+          <t>Şüphe</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>299</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052041161</t>
+          <t>9786052162170</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Türkan Şoray ile Yüz Yüze (Ciltli)</t>
+          <t>Minimalizm</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>299</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052041321</t>
+          <t>9786052041864</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Dev Orkestra - Kral Şakir 1 (Ciltli)</t>
+          <t>Gelibolu'ya Kısa Bir Yolculuk</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>349</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786052041291</t>
+          <t>9786052041772</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Harika Bitki</t>
+          <t>En Karanlık Sırrın</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786052041307</t>
+          <t>9786052041789</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Sürpriz Hediye</t>
+          <t>Macera Devam Ediyor - Kral Şakir 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052041284</t>
+          <t>9786052041826</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Beşinci Mevsim</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>65</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052041154</t>
+          <t>9786052041765</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Dramaturgi</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>65</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786052041123</t>
+          <t>9786052041697</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Koca Denizde İki Nokta</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>90</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786052041116</t>
+          <t>9786052041741</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Karaya Vurdu Deniz</t>
+          <t>Uzay Macerası - Kral Şakir</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786059864978</t>
+          <t>9786052041727</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Gel Zaman Gitme Zaman</t>
+          <t>Spor Zamanı - Kral Şakir</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>49</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786059442879</t>
+          <t>9786052041734</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Doğum Günü</t>
+          <t>Boyama Saati - Kral Şakir</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786059442886</t>
+          <t>9786052041703</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Fare Bıdık</t>
+          <t>Denemeyi Deniyorum</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>199</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786059442688</t>
+          <t>9786052041567</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazarlığı</t>
+          <t>İcat Çıkarma! 2</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786059442664</t>
+          <t>9786057939869</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Kaçarken Yakaladım Seni</t>
+          <t>Periler Koyu</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>219</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786059442534</t>
+          <t>9786052041550</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy: Kayıp İkiz</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>329</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786059442480</t>
+          <t>9786257371162</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Umut Lanettir</t>
+          <t>Ayurveda Sağlık ve Mutlu Yaşamın Sırları</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>90</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786059442459</t>
+          <t>9786052041598</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Kavganın Sonu ve Başı</t>
+          <t>Dünyaya Masallar</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>90</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786059442473</t>
+          <t>9786052041338</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Direğin Tepesinde Bir Adam</t>
+          <t>Gençler İçin Fotoğraflarla Nutuk</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>90</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786059442466</t>
+          <t>9786052041161</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Kıç Üstünde Toplantı</t>
+          <t>Türkan Şoray ile Yüz Yüze (Ciltli)</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>90</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786059442343</t>
+          <t>9786052041321</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Şairi Nazım Hikmet, Cumhuriyetsiz Şair Necip Fazıl</t>
+          <t>Tek Kişilik Dev Orkestra - Kral Şakir 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>210</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786059442336</t>
+          <t>9786052041291</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Vaha</t>
+          <t>Pisi Pisi ve Harika Bitki</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786059864954</t>
+          <t>9786052041307</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Pisi Pisi ve Sürpriz Hediye</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>100</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786059864855</t>
+          <t>9786052041284</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Sen Kaybolduğundan Beri</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>130</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786059864824</t>
+          <t>9786052041154</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Günbatımının Peşinde</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>190</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786059864527</t>
+          <t>9786052041123</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Koca Denizde İki Nokta</t>
         </is>
       </c>
       <c r="C1152" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786059864541</t>
+          <t>9786052041116</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal Bir Ömür Edebiyat (Ciltli)</t>
+          <t>Karaya Vurdu Deniz</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>165</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786059864244</t>
+          <t>9786059864978</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Bana Gelince Ben Hep Aşığım</t>
+          <t>Gel Zaman Gitme Zaman</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>70</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786058492417</t>
+          <t>9786059442879</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizin İlk Yılı Rehberi</t>
+          <t>Pisi Pisi ve Doğum Günü</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>890</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786058526815</t>
+          <t>9786059442886</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Gebelik Rehberi</t>
+          <t>Pisi Pisi ve Fare Bıdık</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>995</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786059864602</t>
+          <t>9786059442688</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Üç Kar Tanrıçası</t>
+          <t>Oyun Yazarlığı</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>90</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786058526839</t>
+          <t>9786059442664</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Bilmiyorum Deme Rehberi</t>
+          <t>Kendinden Kaçarken Yakaladım Seni</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>49</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786059864534</t>
+          <t>9786059442534</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Scarlet ve Ivy: Kayıp İkiz</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>95</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786059864510</t>
+          <t>9786059442480</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutusu Boyama Kitabı - Hayvanlar</t>
+          <t>Umut Lanettir</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>349</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786059864503</t>
+          <t>9786059442459</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutusu Boyama Kitabı - Doğa</t>
+          <t>Kavganın Sonu ve Başı</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>349</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786059864671</t>
+          <t>9786059442473</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkarma!</t>
+          <t>Direğin Tepesinde Bir Adam</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>249</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786059864619</t>
+          <t>9786059442466</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Emily ve Einstein</t>
+          <t>Kıç Üstünde Toplantı</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>189</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
+          <t>9786059442343</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet'in Şairi Nazım Hikmet, Cumhuriyetsiz Şair Necip Fazıl</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9786059442336</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Vaha</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9786059864954</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>Mai ve Siyah</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
+          <t>9786059864855</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>Sen Kaybolduğundan Beri</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9786059864824</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>Günbatımının Peşinde</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9786059864527</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>Yol</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
+          <t>9786059864541</t>
+        </is>
+      </c>
+      <c r="B1170" s="1" t="inlineStr">
+        <is>
+          <t>Yaşar Kemal Bir Ömür Edebiyat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1170" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:3">
+      <c r="A1171" s="1" t="inlineStr">
+        <is>
+          <t>9786059864244</t>
+        </is>
+      </c>
+      <c r="B1171" s="1" t="inlineStr">
+        <is>
+          <t>Bana Gelince Ben Hep Aşığım</t>
+        </is>
+      </c>
+      <c r="C1171" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:3">
+      <c r="A1172" s="1" t="inlineStr">
+        <is>
+          <t>9786058492417</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğinizin İlk Yılı Rehberi</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9786058526815</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Gebelik Rehberi</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9786059864602</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kar Tanrıçası</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9786058526839</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Bilmiyorum Deme Rehberi</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9786059864534</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9786059864510</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Kutusu Boyama Kitabı - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9786059864503</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Kutusu Boyama Kitabı - Doğa</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9786059864671</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>İcat Çıkarma!</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9786059864619</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Emily ve Einstein</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
           <t>9786059864626</t>
         </is>
       </c>
-      <c r="B1164" s="1" t="inlineStr">
+      <c r="B1181" s="1" t="inlineStr">
         <is>
           <t>Sol Yanım Kömür Karası</t>
         </is>
       </c>
-      <c r="C1164" s="1">
+      <c r="C1181" s="1">
         <v>90</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>