--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,17740 +85,17935 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255874801</t>
+          <t>9786255874993</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Küçük Karınca 1. Kitap</t>
+          <t>Zindan Oyunları 1. Seviye: Kahramanlık Turnuvası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255874818</t>
+          <t>9786255874986</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Küçük Karınca 2. Kitap</t>
+          <t>Kadim Irk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>299</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255874795</t>
+          <t>9786255874948</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Pastutmaz Ailesi 2 - Oyun Başlasın</t>
+          <t>Ürperti Tepesi 1. Kitap: Ormandan Gelen</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>245</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255874740</t>
+          <t>9786255874887</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Dünyalar Karıştı</t>
+          <t>Dünyalar Karıştı Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>499</v>
+        <v>125</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255874825</t>
+          <t>9786255874870</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı 5 Söğüt Kral</t>
+          <t>Dünyalar Karıştı Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>459</v>
+        <v>125</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255874832</t>
+          <t>9786255874863</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ben Mercan: Zirzopluk Benden Sorulur</t>
+          <t>Dünyalar Karıştı Boyama Kitabı - 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255874849</t>
+          <t>9786255874931</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Adını Söyle</t>
+          <t>Bayan Baykuş'un Orman Okulu - Ay Işığında Kamp Macerası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255874788</t>
+          <t>9786255874979</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aksolotl Pina</t>
+          <t>Phaedra - Kadın Kahramanlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>99</v>
+        <v>390</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255874757</t>
+          <t>9786255874955</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kapibara Juju</t>
+          <t>Sosyal Beynimiz</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>99</v>
+        <v>390</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255874764</t>
+          <t>9786255874924</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ördek Lilu</t>
+          <t>Bayan Baykuş'un Orman Okulu - Eğlenceli Bir Gün</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255874771</t>
+          <t>9786255874962</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Su Samuru Susu</t>
+          <t>Stoacı Meydan Okuma</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>99</v>
+        <v>290</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255874696</t>
+          <t>9786255874894</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nasılsın?</t>
+          <t>Dünyalar Karıştı Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255874726</t>
+          <t>9786255874689</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sağlam Kemikten Bir Ev</t>
+          <t>Kral Şakir 16 - Kitabım Şekil Önümden Çekil! (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>279</v>
+        <v>399</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255874702</t>
+          <t>9786255874801</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Maizy Chen’in Son Şansı</t>
+          <t>Meraklı Küçük Karınca 1. Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>279</v>
+        <v>299</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255874733</t>
+          <t>9786255874818</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Öfkeli</t>
+          <t>Meraklı Küçük Karınca 2. Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>289</v>
+        <v>299</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255874719</t>
+          <t>9786255874795</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bakanlığı</t>
+          <t>Pastutmaz Ailesi 2 - Oyun Başlasın</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>299</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255874634</t>
+          <t>9786255874740</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Limoni Ölüm</t>
+          <t>Kral Şakir Dünyalar Karıştı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>299</v>
+        <v>499</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255874627</t>
+          <t>9786255874825</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Daniel'ın Okulda İlk Günü</t>
+          <t>Dark Souls Sayı 5 Söğüt Kral</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>99</v>
+        <v>459</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255874610</t>
+          <t>9786255874832</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Daniel Dişçiye Gidiyor</t>
+          <t>Ben Mercan: Zirzopluk Benden Sorulur</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>99</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255874603</t>
+          <t>9786255874849</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Önce Sorar</t>
+          <t>Adını Söyle</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255874665</t>
+          <t>9786255874788</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Üzüntü</t>
+          <t>Aksolotl Pina</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255874658</t>
+          <t>9786255874757</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Kapibara Juju</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255874641</t>
+          <t>9786255874764</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Öfke</t>
+          <t>Sevimli Ördek Lilu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255874672</t>
+          <t>9786255874771</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Su Samuru Susu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255874450</t>
+          <t>9786255874696</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Hayri</t>
+          <t>Nasılsın?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>279</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9782001451029</t>
+          <t>9786255874726</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Enola Holmes Seti (7 Kitap)</t>
+          <t>Sağlam Kemikten Bir Ev</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1393</v>
+        <v>279</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9782001454525</t>
+          <t>9786255874702</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Fil Necati Seti (10 Kitap)</t>
+          <t>Maizy Chen’in Son Şansı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1190</v>
+        <v>279</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256780682</t>
+          <t>9786255874733</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı (Ciltli)</t>
+          <t>Kadınlar Öfkeli</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>499</v>
+        <v>289</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256780569</t>
+          <t>9786255874719</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Boyama Kitabı 3</t>
+          <t>Zaman Bakanlığı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>49</v>
+        <v>299</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256780545</t>
+          <t>9786255874634</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Winx Club– Boyama Kitabı 1</t>
+          <t>Limoni Ölüm</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>49</v>
+        <v>299</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256780477</t>
+          <t>9786255874627</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Dürümümüz Tehlike</t>
+          <t>Daniel'ın Okulda İlk Günü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>110</v>
+        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256397071</t>
+          <t>9786255874610</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gök Mavi Göz Mavi</t>
+          <t>Daniel Dişçiye Gidiyor</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>110</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258089851</t>
+          <t>9786255874603</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Gören Atatürk</t>
+          <t>Arkadaşlar Önce Sorar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258089639</t>
+          <t>9786255874665</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Boyama ve Aktivite Kitabı</t>
+          <t>Üzüntü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>135</v>
+        <v>149</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258089073</t>
+          <t>9786255874658</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Thomas Safariye Gidiyor</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>35</v>
+        <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258089080</t>
+          <t>9786255874641</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Dinozorlar</t>
+          <t>Öfke</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>35</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258089134</t>
+          <t>9786255874672</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sebzeler Boyama Kitabı</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>36</v>
+        <v>149</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258089141</t>
+          <t>9786255874450</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Boyama Kitabı</t>
+          <t>Salyangoz Hayri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>36</v>
+        <v>279</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258089158</t>
+          <t>9782001451029</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Eşyalar Boyama Kitabı</t>
+          <t>Enola Holmes Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>36</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258089172</t>
+          <t>9782001454525</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Araçlar Boyama Kitabı</t>
+          <t>Kral Şakir Fil Necati Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>36</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257371928</t>
+          <t>9786256780682</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Brody Luckystar’ın Rekoru Ne?</t>
+          <t>Kral Şakir Devler Uyandı (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>39</v>
+        <v>499</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789782164803</t>
+          <t>9786256780569</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Seti Mor (7 Kitap Takım) (Ciltli)</t>
+          <t>Winx Club – Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1673</v>
+        <v>49</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789782164810</t>
+          <t>9786256780545</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Seti Kırmızı (7 Kitap Takım) (Ciltli)</t>
+          <t>Winx Club– Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1673</v>
+        <v>49</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789782164827</t>
+          <t>9786256780477</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Muhtişim Hediye Seti (8 Kitap Takım) (Ciltli)</t>
+          <t>Kral Şakir Devler Uyandı Dürümümüz Tehlike</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1912</v>
+        <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057690265</t>
+          <t>9786256397071</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Neden Düşmez?</t>
+          <t>Gök Mavi Göz Mavi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9782007874785</t>
+          <t>9786258089851</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Dizisi 10 Kitaplık Set</t>
+          <t>Geleceği Gören Atatürk</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789782147851</t>
+          <t>9786258089639</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Muhtişim Hediye Seti! (10 Kitap Takım) (Ciltli)</t>
+          <t>Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>2890</v>
+        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257371919</t>
+          <t>9786258089073</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kara İle Beyaz’ın Yavruları</t>
+          <t>Thomas Safariye Gidiyor</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>69</v>
+        <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9782004587466</t>
+          <t>9786258089080</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Kırmızı</t>
+          <t>Thomas ve Dinozorlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9782004587473</t>
+          <t>9786258089134</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Siyah</t>
+          <t>Meyveler Sebzeler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1250</v>
+        <v>36</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9782004587459</t>
+          <t>9786258089141</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Mor</t>
+          <t>Hayvanlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1250</v>
+        <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057690227</t>
+          <t>9786258089158</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Fahişe Çilekler</t>
+          <t>Eşyalar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057939647</t>
+          <t>9786258089172</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kurallara Uyma - Thomas ve Arkadaşları</t>
+          <t>Araçlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>56</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057939708</t>
+          <t>9786257371928</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nü Peride</t>
+          <t>Brody Luckystar’ın Rekoru Ne?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>95</v>
+        <v>39</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052041659</t>
+          <t>9789782164803</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gemi</t>
+          <t>Kral Şakir Seti Mor (7 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>25</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052041802</t>
+          <t>9789782164810</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Kral Şakir Seti Kırmızı (7 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>50</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057939661</t>
+          <t>9789782164827</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Edinme - Thomas ve Arkadaşları</t>
+          <t>Kral Şakir Muhtişim Hediye Seti (8 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>39</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057939616</t>
+          <t>9786057690265</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dede Tulumba Çekelim Mi?</t>
+          <t>Yıldızlar Neden Düşmez?</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057939593</t>
+          <t>9782007874785</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Dönüşür Mü Baba? - Meraklı Sorular Serisi</t>
+          <t>Kral Şakir İlk Okuma Dizisi 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>15</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057939609</t>
+          <t>9789782147851</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dön Değirmen Dön - Meraklı Sorular Serisi</t>
+          <t>Kral Şakir Muhtişim Hediye Seti! (10 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>15</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052041857</t>
+          <t>9786257371919</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Cesaretin Ötesinde</t>
+          <t>Kara İle Beyaz’ın Yavruları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>23.15</v>
+        <v>69</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052041017</t>
+          <t>9782004587466</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Yiyecekler</t>
+          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Kırmızı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>15.74</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059442725</t>
+          <t>9782004587473</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Yavru Hayvanlar</t>
+          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Siyah</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>15.74</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059442954</t>
+          <t>9782004587459</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Şekiller</t>
+          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Mor</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>15.74</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059442961</t>
+          <t>9786057690227</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Sebzeler</t>
+          <t>Fahişe Çilekler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>15.74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059442718</t>
+          <t>9786057939647</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Sayılar</t>
+          <t>Kurallara Uyma - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>15.74</v>
+        <v>56</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052041000</t>
+          <t>9786057939708</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Vücudum ve Evim</t>
+          <t>Nü Peride</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>15.74</v>
+        <v>95</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059442695</t>
+          <t>9786052041659</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - İlk Kelimelerim</t>
+          <t>Gemi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>15.74</v>
+        <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059442978</t>
+          <t>9786052041802</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Çiftlik</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>15.74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059442701</t>
+          <t>9786057939661</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Renkler</t>
+          <t>Arkadaş Edinme - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>17</v>
+        <v>39</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059442244</t>
+          <t>9786057939616</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Şimdi Bale Zamanı!</t>
+          <t>Dede Tulumba Çekelim Mi?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059442268</t>
+          <t>9786057939593</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - İtfaiyeci Gil!</t>
+          <t>Her Şey Dönüşür Mü Baba? - Meraklı Sorular Serisi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>5.56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059442282</t>
+          <t>9786057939609</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Köpekçikler Treni Kurtarıyor!</t>
+          <t>Dön Değirmen Dön - Meraklı Sorular Serisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>5.56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059442275</t>
+          <t>9786052041857</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Cesur Patiler!</t>
+          <t>Cesaretin Ötesinde</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052162354</t>
+          <t>9786052041017</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Önce</t>
+          <t>Eğleniyorum Öğreniyorum - Yiyecekler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052162330</t>
+          <t>9786059442725</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tatil Zamanı - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052041024</t>
+          <t>9786059442954</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmak Hikaye Anlatmak</t>
+          <t>Eğleniyorum Öğreniyorum - Şekiller</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059864961</t>
+          <t>9786059442961</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hergelece Sözler</t>
+          <t>Eğleniyorum Öğreniyorum - Sebzeler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>14.82</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052162293</t>
+          <t>9786059442718</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Sayılar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052162316</t>
+          <t>9786052041000</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Fil - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Vücudum ve Evim</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052162323</t>
+          <t>9786059442695</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Orkestra - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - İlk Kelimelerim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052162347</t>
+          <t>9786059442978</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı -  Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Çiftlik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058492455</t>
+          <t>9786059442701</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucizem</t>
+          <t>Eğleniyorum Öğreniyorum - Renkler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>20.37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056403460</t>
+          <t>9786059442244</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Ben</t>
+          <t>Bubble Cuppies - Şimdi Bale Zamanı!</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056403446</t>
+          <t>9786059442268</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Küçük Siyah Elbise</t>
+          <t>Bubble Cuppies - İtfaiyeci Gil!</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>15.74</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059864350</t>
+          <t>9786059442282</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Melekler</t>
+          <t>Paw Patrol - Köpekçikler Treni Kurtarıyor!</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>26.85</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059864114</t>
+          <t>9786059442275</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'taki Melek</t>
+          <t>Paw Patrol - Cesur Patiler!</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058492448</t>
+          <t>9786052162354</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Annemden Kalan</t>
+          <t>Şafaktan Önce</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058492431</t>
+          <t>9786052162330</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sır Oyunları</t>
+          <t>Tatil Zamanı - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>20.37</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059864145</t>
+          <t>9786052041024</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Biyolojisi</t>
+          <t>Öykü Yazmak Hikaye Anlatmak</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058492400</t>
+          <t>9786059864961</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız : Modelliğe İlk Adım</t>
+          <t>Hergelece Sözler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>17.59</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056403453</t>
+          <t>9786052162293</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Arkadaşlık - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>13.89</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059864039</t>
+          <t>9786052162316</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İki + Bir Aşk</t>
+          <t>Arkadaşım Fil - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>20.37</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059864022</t>
+          <t>9786052162323</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bir İpek Böceği Masalı</t>
+          <t>Orkestra - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>20.37</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058526853</t>
+          <t>9786052162347</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>On Üç'ün Gizemi</t>
+          <t>Uyku Zamanı -  Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>15.74</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058526822</t>
+          <t>9786058492455</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Aşkına</t>
+          <t>Küçük Mucizem</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059864008</t>
+          <t>9786056403460</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bahar Kokusu</t>
+          <t>Aynadaki Ben</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058492486</t>
+          <t>9786056403446</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Peşinde</t>
+          <t>Küçük Siyah Elbise</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058492462</t>
+          <t>9786059864350</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'taki Diğer Yarım</t>
+          <t>Kanatsız Melekler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>20.37</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056403477</t>
+          <t>9786059864114</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'a Hoşgeldiniz</t>
+          <t>Son Şans'taki Melek</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052162613</t>
+          <t>9786058492448</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sesler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Annemden Kalan</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>11.94</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052162590</t>
+          <t>9786058492431</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sayılar / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Sır Oyunları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>11.94</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052162620</t>
+          <t>9786059864145</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şekiller / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Aşkın Biyolojisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>11.94</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052162606</t>
+          <t>9786058492400</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Renkler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Geek Kız : Modelliğe İlk Adım</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>11.94</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052041420</t>
+          <t>9786056403453</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Hatası</t>
+          <t>Köprü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059442671</t>
+          <t>9786059864039</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hassas Kalp Hikayeleri</t>
+          <t>İki + Bir Aşk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059864862</t>
+          <t>9786059864022</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kıyısında</t>
+          <t>Bir İpek Böceği Masalı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052162675</t>
+          <t>9786058526853</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Thomas ve Dinazor - Mavi Dağın Gizemi (Çift Taraflı)</t>
+          <t>On Üç'ün Gizemi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057939074</t>
+          <t>9786058526822</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Büyük Final - Maceracı Can</t>
+          <t>Kitaplar Aşkına</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>13.8</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057939098</t>
+          <t>9786059864008</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcı Dost - Maceracı Can</t>
+          <t>Bahar Kokusu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>13.8</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057939012</t>
+          <t>9786058492486</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sakın Unutma</t>
+          <t>Düşlerin Peşinde</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>40</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052162156</t>
+          <t>9786058492462</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Gelen Renk</t>
+          <t>Son Şans'taki Diğer Yarım</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052162125</t>
+          <t>9786056403477</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ümit'in Doğum Günü Armağanı</t>
+          <t>Son Şans'a Hoşgeldiniz</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052162095</t>
+          <t>9786052162613</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bu Hırka Kimin?</t>
+          <t>Sesler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052162071</t>
+          <t>9786052162590</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Çiçek</t>
+          <t>Sayılar / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052162132</t>
+          <t>9786052162620</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Ne Renk Boyasam</t>
+          <t>Şekiller / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052162088</t>
+          <t>9786052162606</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bu Çiçeğin Adı Ne?</t>
+          <t>Renkler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052162118</t>
+          <t>9786052041420</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Cumartesi Günlerinin Rengi ve Kokusu</t>
+          <t>Hayatımın Hatası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>15</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052162149</t>
+          <t>9786059442671</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Minik Serçenin Masalı</t>
+          <t>Hassas Kalp Hikayeleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052162774</t>
+          <t>9786059864862</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
+          <t>Aşkın Kıyısında</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>99</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052041956</t>
+          <t>9786052162675</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Saksıdaki Sürpriz</t>
+          <t>Thomas ve Arkadaşları - Thomas ve Dinazor - Mavi Dağın Gizemi (Çift Taraflı)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052162101</t>
+          <t>9786057939074</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kır Evinde Hafta Sonu</t>
+          <t>Büyük Final - Maceracı Can</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>15</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052162064</t>
+          <t>9786057939098</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçedeki Ağaç</t>
+          <t>Kurtarıcı Dost - Maceracı Can</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>15</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052041345</t>
+          <t>9786057939012</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Açmaya Korkan Çiçek</t>
+          <t>Sakın Unutma</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052041390</t>
+          <t>9786052162156</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Baykuş</t>
+          <t>Yeraltından Gelen Renk</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052041383</t>
+          <t>9786052162125</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tintin'in Yavruları</t>
+          <t>Ümit'in Doğum Günü Armağanı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059442749</t>
+          <t>9786052162095</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Hayatın Neresinde?</t>
+          <t>Bu Hırka Kimin?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059442732</t>
+          <t>9786052162071</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan İzler</t>
+          <t>Bir Demet Çiçek</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052041376</t>
+          <t>9786052162132</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Taş ve Çiçek</t>
+          <t>Gökyüzünü Ne Renk Boyasam</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052041369</t>
+          <t>9786052162088</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Küçük Portakalın Sıradışı Öyküsü</t>
+          <t>Bu Çiçeğin Adı Ne?</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052041352</t>
+          <t>9786052162118</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları</t>
+          <t>Cumartesi Günlerinin Rengi ve Kokusu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052041406</t>
+          <t>9786052162149</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Gün Işıkları</t>
+          <t>Minik Serçenin Masalı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059442138</t>
+          <t>9786052162774</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Eğlenceli Bilmeceler</t>
+          <t>Paylaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>9.17</v>
+        <v>99</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057939890</t>
+          <t>9786052041956</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Otel</t>
+          <t>Saksıdaki Sürpriz</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052162750</t>
+          <t>9786052162101</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kalp Atışı</t>
+          <t>Kır Evinde Hafta Sonu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052162545</t>
+          <t>9786052162064</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kır Faresiyle Kent Faresi</t>
+          <t>Arka Bahçedeki Ağaç</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052162187</t>
+          <t>9786052041345</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kapadokyalı Vampir: Masumiyet</t>
+          <t>Açmaya Korkan Çiçek</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>22.22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052041840</t>
+          <t>9786052041390</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Aile</t>
+          <t>Yaralı Baykuş</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>18.52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052041314</t>
+          <t>9786052041383</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kitap - Sondan Sonra</t>
+          <t>Tintin'in Yavruları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>90</v>
+        <v>29</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052041277</t>
+          <t>9786059442749</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İsviçre Kahvehaneleri</t>
+          <t>Edebiyat Hayatın Neresinde?</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059442152</t>
+          <t>9786059442732</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Üstümüzdeki Gül Yaprağı</t>
+          <t>Yaşamdan İzler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059442640</t>
+          <t>9786052041376</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Nefes Al</t>
+          <t>Taş ve Çiçek</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059864947</t>
+          <t>9786052041369</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İçin Çok Güzelsin</t>
+          <t>Küçük Portakalın Sıradışı Öyküsü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>18.52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059864374</t>
+          <t>9786052041352</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Renkler ve Şekiller</t>
+          <t>Deniz Kabukları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>2.78</v>
+        <v>29</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059864367</t>
+          <t>9786052041406</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar- Alfabe ve Sayılar</t>
+          <t>Çalışkan Gün Işıkları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>8.32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059864398</t>
+          <t>9786059442138</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar- Bahar Tavuğu</t>
+          <t>Çocuklara Eğlenceli Bilmeceler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>10.18</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059864381</t>
+          <t>9786057939890</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Büyük Sihir Gösterisi</t>
+          <t>Büyülü Otel</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>12.03</v>
+        <v>32</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052162453</t>
+          <t>9786052162750</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Takımı!</t>
+          <t>Kalp Atışı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>6.39</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052162415</t>
+          <t>9786052162545</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Macera</t>
+          <t>Kır Faresiyle Kent Faresi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>6.39</v>
+        <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052162446</t>
+          <t>9786052162187</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Robot Köpek</t>
+          <t>Kapadokyalı Vampir: Masumiyet</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>6.94</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052162484</t>
+          <t>9786052041840</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Rubble Göreve Hazır!</t>
+          <t>Aile</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>11.95</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052162439</t>
+          <t>9786052041314</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Tren Spencer - Thomas ve Arkadaşları</t>
+          <t>Kitap - Sondan Sonra</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>15</v>
+        <v>90</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052162460</t>
+          <t>9786052041277</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Jet Uçağı Jeremy - Thomas ve Arkadaşları</t>
+          <t>İsviçre Kahvehaneleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052162477</t>
+          <t>9786059442152</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Lokomotif James - Thomas ve Arkadaşları</t>
+          <t>Üstümüzdeki Gül Yaprağı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052162408</t>
+          <t>9786059442640</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Balon Gösterisi - Thomas ve Arkadaşları</t>
+          <t>Nefes Al</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059442428</t>
+          <t>9786059864947</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Dükkanı</t>
+          <t>Ölmek İçin Çok Güzelsin</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059442169</t>
+          <t>9786059864374</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Kabarcık Çocuklar - Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>80</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059864923</t>
+          <t>9786059864367</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Özel Lokomotif Molly</t>
+          <t>Kabarcık Çocuklar- Alfabe ve Sayılar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>9.17</v>
+        <v>8.32</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059864572</t>
+          <t>9786059864398</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dağ'ın Gizemi</t>
+          <t>Kabarcık Çocuklar- Bahar Tavuğu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>9.25</v>
+        <v>10.18</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059864565</t>
+          <t>9786059864381</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Baloncuk Avı</t>
+          <t>Kabarcık Çocuklar - Büyük Sihir Gösterisi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>8.32</v>
+        <v>12.03</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059864589</t>
+          <t>9786052162453</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tren Thomas Geliyooor!</t>
+          <t>Yıldız Takımı!</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>9.25</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059864596</t>
+          <t>9786052162415</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflamaya Hazır Mısınız?</t>
+          <t>Dedemle Macera</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>12.03</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052162040</t>
+          <t>9786052162446</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmanın Yeni Kuyruğu</t>
+          <t>Robot Köpek</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052162026</t>
+          <t>9786052162484</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Hanım Nerede?</t>
+          <t>Rubble Göreve Hazır!</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>15</v>
+        <v>11.95</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052162019</t>
+          <t>9786052162439</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Murat'ın Armağanları</t>
+          <t>Hızlı Tren Spencer - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052162033</t>
+          <t>9786052162460</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sarı Sarı Ayvalar</t>
+          <t>Jet Uçağı Jeremy - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052162002</t>
+          <t>9786052162477</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Lokomotifin İlk Yolculuğu</t>
+          <t>Kırmızı Lokomotif James - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052041994</t>
+          <t>9786052162408</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Babaannenin Sürprizi</t>
+          <t>Balon Gösterisi - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052041970</t>
+          <t>9786059442428</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Nine Yünleri Ne Yapacak?</t>
+          <t>Kitapçı Dükkanı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052041963</t>
+          <t>9786059442169</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düşmüş</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052041949</t>
+          <t>9786059864923</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Beyaz'ın Özverisi</t>
+          <t>Özel Lokomotif Molly</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052162392</t>
+          <t>9786059864572</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hazır Cevap Hasan</t>
+          <t>Mavi Dağ'ın Gizemi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>125</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052162514</t>
+          <t>9786059864565</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Çoban ve Köylüler</t>
+          <t>Baloncuk Avı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>15</v>
+        <v>8.32</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052162507</t>
+          <t>9786059864589</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tilkiyle Leylek</t>
+          <t>Tren Thomas Geliyooor!</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>15</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052162491</t>
+          <t>9786059864596</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Üzümler</t>
+          <t>Çufçuflamaya Hazır Mısınız?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>15</v>
+        <v>12.03</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052162521</t>
+          <t>9786052162040</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Övüngen Katır</t>
+          <t>Uçurtmanın Yeni Kuyruğu</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057939272</t>
+          <t>9786052162026</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Pamuk Hanım Nerede?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>49</v>
+        <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057939258</t>
+          <t>9786052162019</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Murat'ın Armağanları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>49</v>
+        <v>15</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057939050</t>
+          <t>9786052162033</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kolaysa Sen Bul</t>
+          <t>Sarı Sarı Ayvalar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>13.8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059442176</t>
+          <t>9786052162002</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Erik</t>
+          <t>Kırmızı Lokomotifin İlk Yolculuğu</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059442145</t>
+          <t>9786052041994</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sabır Çıkmazı</t>
+          <t>Babaannenin Sürprizi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052041918</t>
+          <t>9786052041970</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tebeşirler</t>
+          <t>Nazlı Nine Yünleri Ne Yapacak?</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052041925</t>
+          <t>9786052041963</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sincaplı Kalemtıraş</t>
+          <t>Gökten Üç Elma Düşmüş</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052041901</t>
+          <t>9786052041949</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Piknikte</t>
+          <t>Beyaz'ın Özverisi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052041895</t>
+          <t>9786052162392</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Tokalı Kız</t>
+          <t>Hazır Cevap Hasan</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>32</v>
+        <v>125</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052041888</t>
+          <t>9786052162514</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Berke'nin Badem Şekerleri</t>
+          <t>Yalancı Çoban ve Köylüler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052041611</t>
+          <t>9786052162507</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Emre ve Tahta Oyuncak</t>
+          <t>Tilkiyle Leylek</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052041628</t>
+          <t>9786052162491</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>La'nın Kayboluşu</t>
+          <t>Tilki ve Üzümler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052041147</t>
+          <t>9786052162521</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Övüngen Katır</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059442657</t>
+          <t>9786057939272</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Gavur İzmir, Güzel İzmir</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>23.15</v>
+        <v>49</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052041635</t>
+          <t>9786057939258</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çicek Kız Soruyor</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059442299</t>
+          <t>9786057939050</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Düşler Sandığı (Boyama Kitabı)</t>
+          <t>Kolaysa Sen Bul</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>11.94</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052162866</t>
+          <t>9786059442176</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Evde</t>
+          <t>Kırmızı Erik</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>49</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052162873</t>
+          <t>9786059442145</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Sokakta</t>
+          <t>Sabır Çıkmazı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>49</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052162859</t>
+          <t>9786052041918</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Doğada</t>
+          <t>Renkli Tebeşirler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052162842</t>
+          <t>9786052041925</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Dışarıda</t>
+          <t>Sincaplı Kalemtıraş</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052041505</t>
+          <t>9786052041901</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Anne Gökyüzünü Boyamışlar</t>
+          <t>Piknikte</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052041512</t>
+          <t>9786052041895</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Bir Gün</t>
+          <t>Kiraz Tokalı Kız</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052041529</t>
+          <t>9786052041888</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Duman Olmuş</t>
+          <t>Berke'nin Badem Şekerleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052041536</t>
+          <t>9786052041611</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kar Neden Yağar</t>
+          <t>Emre ve Tahta Oyuncak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059442503</t>
+          <t>9786052041628</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Sebzeler Meyveler</t>
+          <t>La'nın Kayboluşu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>11.94</v>
+        <v>29</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059442527</t>
+          <t>9786052041147</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Sayılar Renkler Şekiller</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>11.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059442497</t>
+          <t>9786059442657</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Hayvanlar Alemi</t>
+          <t>Gavur İzmir, Güzel İzmir</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>11.94</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059442510</t>
+          <t>9786052041635</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Taşıtlar</t>
+          <t>Çicek Kız Soruyor</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>11.94</v>
+        <v>29</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059864688</t>
+          <t>9786059442299</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Koridor</t>
+          <t>Düşler Sandığı (Boyama Kitabı)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>16.67</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052041468</t>
+          <t>9786052162866</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Helikopter Harold</t>
+          <t>Meraklı Fil - Evde</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>11.11</v>
+        <v>49</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052041444</t>
+          <t>9786052162873</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Buharlı Lokomotif Emily</t>
+          <t>Meraklı Fil - Sokakta</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>11.11</v>
+        <v>49</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052041437</t>
+          <t>9786052162859</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Bir Cesaret Masalı</t>
+          <t>Meraklı Fil - Doğada</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>17.59</v>
+        <v>49</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990000030439</t>
+          <t>9786052162842</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Kral Şakir</t>
+          <t>Meraklı Fil - Dışarıda</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>12</v>
+        <v>49</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052041499</t>
+          <t>9786052041505</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Skye Yüksek Uçuyor</t>
+          <t>Anne Gökyüzünü Boyamışlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>6.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052041482</t>
+          <t>9786052041512</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Orman Macerası</t>
+          <t>Fırtınalı Bir Gün</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>6.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052041475</t>
+          <t>9786052041529</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Köpekçik Gücü</t>
+          <t>Her Yer Duman Olmuş</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>9.17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052041451</t>
+          <t>9786052041536</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - En İyi Lokomotif Kazansın</t>
+          <t>Kar Neden Yağar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>6.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059442213</t>
+          <t>9786059442503</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Exit-Kaçış Planı</t>
+          <t>Bebeğimin İlk Sözlüğü - Sebzeler Meyveler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>18.52</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059442091</t>
+          <t>9786059442527</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yastık Adında Bir Kedi</t>
+          <t>Bebeğimin İlk Sözlüğü - Sayılar Renkler Şekiller</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059442077</t>
+          <t>9786059442497</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Üşengeç Amcanın Ayakkabıları</t>
+          <t>Bebeğimin İlk Sözlüğü - Hayvanlar Alemi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059442053</t>
+          <t>9786059442510</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Papağanın Sihirli Aynası</t>
+          <t>Bebeğimin İlk Sözlüğü - Taşıtlar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059442046</t>
+          <t>9786059864688</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Benekli Tırtıl</t>
+          <t>Karanlık Koridor</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059442039</t>
+          <t>9786052041468</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç ile Minik Tay</t>
+          <t>Thomas ve Arkadaşları - Helikopter Harold</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059442060</t>
+          <t>9786052041444</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Çinlilerin Adı Neden Kısadır?</t>
+          <t>Thomas ve Arkadaşları - Buharlı Lokomotif Emily</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059442022</t>
+          <t>9786052041437</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Benek Buzağı</t>
+          <t>Thomas ve Arkadaşları - Bir Cesaret Masalı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059442015</t>
+          <t>3990000030439</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Barbossa'nın Gözlüğü</t>
+          <t>Oyun Zamanı - Kral Şakir</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059442008</t>
+          <t>9786052041499</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Balkondaki Bahçe</t>
+          <t>Pati Devriyesi - Skye Yüksek Uçuyor</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059442084</t>
+          <t>9786052041482</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Suya Düşmüş Aydede</t>
+          <t>Pati Devriyesi - Orman Macerası</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052162880</t>
+          <t>9786052041475</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Pati Devriyesi - Köpekçik Gücü</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>26.85</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052041819</t>
+          <t>9786052041451</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tek Bildikleri Aşktı</t>
+          <t>Thomas ve Arkadaşları - En İyi Lokomotif Kazansın</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>18.52</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059864848</t>
+          <t>9786059442213</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Fabrikada Bir Saraylı</t>
+          <t>Exit-Kaçış Planı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>14.82</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059864725</t>
+          <t>9786059442091</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Pembeayak Efsanesi</t>
+          <t>Yastık Adında Bir Kedi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>4.62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059864701</t>
+          <t>9786059442077</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Kabarcık Top Oyunu!</t>
+          <t>Üşengeç Amcanın Ayakkabıları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>4.62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059864695</t>
+          <t>9786059442053</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Hayvanat Bahçesindeki Arkadaş</t>
+          <t>Papağanın Sihirli Aynası</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>7.4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059864749</t>
+          <t>9786059442046</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Pati Devriyesi Hazinesi</t>
+          <t>Kırmızı Benekli Tırtıl</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>5.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059864718</t>
+          <t>9786059442039</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Korsan Patiler!</t>
+          <t>Kırlangıç ile Minik Tay</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>9.25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059864640</t>
+          <t>9786059442060</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Karınca Mişi 2</t>
+          <t>Çinlilerin Adı Neden Kısadır?</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059864633</t>
+          <t>9786059442022</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Karınca Mişi 1</t>
+          <t>Benek Buzağı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>5.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059864732</t>
+          <t>9786059442015</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Marshall'ın Kurtarma Görevi!</t>
+          <t>Barbossa'nın Gözlüğü</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>5.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059864657</t>
+          <t>9786059442008</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Karınca Mişi 3</t>
+          <t>Balkondaki Bahçe</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059864343</t>
+          <t>9786059442084</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Gece Uyur</t>
+          <t>Suya Düşmüş Aydede</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059864251</t>
+          <t>9786052162880</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Meditasyon Boyama Kitabı</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>18.52</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052041796</t>
+          <t>9786052041819</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız 5 Tepetaklak Aşk</t>
+          <t>Tek Bildikleri Aşktı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>26.85</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059442862</t>
+          <t>9786059864848</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi Seti (2 Kitap Takım)</t>
+          <t>Fabrikada Bir Saraylı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>159</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059864411</t>
+          <t>9786059864725</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'ta Aşk Mevsimi</t>
+          <t>Bubble Cuppies - Pembeayak Efsanesi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>30</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057939111</t>
+          <t>9786059864701</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Derinin Altında</t>
+          <t>Bubble Cuppies - Kabarcık Top Oyunu!</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>40</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052041031</t>
+          <t>9786059864695</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Gölgesinde</t>
+          <t>Bubble Cuppies - Hayvanat Bahçesindeki Arkadaş</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>26.85</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052041093</t>
+          <t>9786059864749</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Meşe ile Alçakgönüllü Kamış</t>
+          <t>Pati Devriyesi - Pati Devriyesi Hazinesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>15</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052041079</t>
+          <t>9786059864718</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kargayla Tilki</t>
+          <t>Pati Devriyesi - Korsan Patiler!</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>15</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052041062</t>
+          <t>9786059864640</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Farelerin Derdi</t>
+          <t>Karınca Mişi 2</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052041055</t>
+          <t>9786059864633</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Suçu</t>
+          <t>Karınca Mişi 1</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>15</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052041048</t>
+          <t>9786059864732</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Aslan Postu Giyen Eşek</t>
+          <t>Pati Devriyesi - Marshall'ın Kurtarma Görevi!</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>15</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059864329</t>
+          <t>9786059864657</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlanmaya Hazırız!</t>
+          <t>Karınca Mişi 3</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>9.25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059864312</t>
+          <t>9786059864343</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Pofidik İçin Göreve!</t>
+          <t>Balıklar Gece Uyur</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>12.03</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059864138</t>
+          <t>9786059864251</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hayat Avcısı</t>
+          <t>Meditasyon Boyama Kitabı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059864299</t>
+          <t>9786052041796</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Minik Kediciği Kurtarma Görevi</t>
+          <t>Geek Kız 5 Tepetaklak Aşk</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>4.62</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059864282</t>
+          <t>9786059442862</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Köpekçikler Göreve!</t>
+          <t>Pisi Pisi Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>7.4</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059864336</t>
+          <t>9786059864411</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yüksel Yüksel ve İlerle!</t>
+          <t>Son Şans'ta Aşk Mevsimi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>9.25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059864305</t>
+          <t>9786057939111</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Patileri Parlatalım!</t>
+          <t>Derinin Altında</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>6.47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052041109</t>
+          <t>9786052041031</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Örümceğin Mesajı</t>
+          <t>Meleklerin Gölgesinde</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>60</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052041130</t>
+          <t>9786052041093</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mektuplar</t>
+          <t>Kibirli Meşe ile Alçakgönüllü Kamış</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059442763</t>
+          <t>9786052041079</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Gerçek Olsa</t>
+          <t>Kargayla Tilki</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>23.15</v>
+        <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059442756</t>
+          <t>9786052041062</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>O Şarkıdaki Kız Benim</t>
+          <t>Farelerin Derdi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059442305</t>
+          <t>9786052041055</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İlişki Durumu Karışık</t>
+          <t>Eşeğin Suçu</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>20.37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059864756</t>
+          <t>9786052041048</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Unutuluş</t>
+          <t>Aslan Postu Giyen Eşek</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059864886</t>
+          <t>9786059864329</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Kutuları Bulalım! (Ciltli)</t>
+          <t>Yuvarlanmaya Hazırız!</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>36.11</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059864893</t>
+          <t>9786059864312</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Hazineyi Buldum (Ciltli)</t>
+          <t>Pofidik İçin Göreve!</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>63.89</v>
+        <v>12.03</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059864879</t>
+          <t>9786059864138</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Haydi Şarkı Söyleyelim (Ciltli)</t>
+          <t>Hayat Avcısı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>36.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059864930</t>
+          <t>9786059864299</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Edward İş Başında</t>
+          <t>Minik Kediciği Kurtarma Görevi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>6.39</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059864916</t>
+          <t>9786059864282</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tramvay Lokomotifi Toby</t>
+          <t>Köpekçikler Göreve!</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>9.17</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059864909</t>
+          <t>9786059864336</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Thomas'la Geziyorum (Ciltli)</t>
+          <t>Yüksel Yüksel ve İlerle!</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>63.89</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059864206</t>
+          <t>9786059864305</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Haydi, Köpek Kulübesi Yapalım!</t>
+          <t>Patileri Parlatalım!</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>7.36</v>
+        <v>6.47</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059864183</t>
+          <t>9786052041109</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kabarcık Köpek ve Güneş Yüzüğü</t>
+          <t>Örümceğin Mesajı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>5.51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059864213</t>
+          <t>9786052041130</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Dinozor Kazısı</t>
+          <t>Gizemli Mektuplar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>4.58</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059864176</t>
+          <t>9786059442763</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kabarcık Dostlar!</t>
+          <t>Rüyalar Gerçek Olsa</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>9.21</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059864190</t>
+          <t>9786059442756</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Hazır, Başla, Boya!</t>
+          <t>O Şarkıdaki Kız Benim</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>12.95</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059864220</t>
+          <t>9786059442305</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kabarcık Köpek Vakti!</t>
+          <t>İlişki Durumu Karışık</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>4.58</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059864237</t>
+          <t>9786059864756</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kamyonum Nerede</t>
+          <t>Unutuluş</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>7.36</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786058492424</t>
+          <t>9786059864886</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Öp Beni</t>
+          <t>Thomas ve Arkadaşları - Kutuları Bulalım! (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>18.52</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059442565</t>
+          <t>9786059864893</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Rayların Kralı</t>
+          <t>Pati Devriyesi - Hazineyi Buldum (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>20</v>
+        <v>63.89</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059442589</t>
+          <t>9786059864879</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Cesur Küçük Lokomotifler</t>
+          <t>Pati Devriyesi - Haydi Şarkı Söyleyelim (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>9.17</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059442633</t>
+          <t>9786059864930</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 3</t>
+          <t>Edward İş Başında</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>15</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059442626</t>
+          <t>9786059864916</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 2</t>
+          <t>Tramvay Lokomotifi Toby</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059442619</t>
+          <t>9786059864909</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 1</t>
+          <t>Thomas ve Arkadaşları - Thomas'la Geziyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>15</v>
+        <v>63.89</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059442541</t>
+          <t>9786059864206</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Fıkraları</t>
+          <t>Kabarcık Çocuklar - Haydi, Köpek Kulübesi Yapalım!</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>13.8</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059442572</t>
+          <t>9786059864183</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Thomas ve Dinozarlar</t>
+          <t>Kabarcık Çocuklar - Kabarcık Köpek ve Güneş Yüzüğü</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>6.39</v>
+        <v>5.51</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059442312</t>
+          <t>9786059864213</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sırça Hayaller</t>
+          <t>Kabarcık Çocuklar - Dinozor Kazısı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>23.15</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059442329</t>
+          <t>9786059864176</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kılları Yolunmuş Maymun</t>
+          <t>Kabarcık Çocuklar - Kabarcık Dostlar!</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>70</v>
+        <v>9.21</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059442596</t>
+          <t>9786059864190</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Arkadaşlık Günü! (Ciltli)</t>
+          <t>Kabarcık Çocuklar - Hazır, Başla, Boya!</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>13.8</v>
+        <v>12.95</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059442251</t>
+          <t>9786059864220</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Alev Savaşçıları</t>
+          <t>Kabarcık Çocuklar - Kabarcık Köpek Vakti!</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>8.24</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059864800</t>
+          <t>9786059864237</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lokomotik Percy</t>
+          <t>Kabarcık Çocuklar - Kamyonum Nerede</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>9.17</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059864794</t>
+          <t>9786058492424</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Jeremy Birlikte Çalışıyor</t>
+          <t>Öp Beni</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>6.39</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059864787</t>
+          <t>9786059442565</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Renkli Trenler</t>
+          <t>Thomas ve Arkadaşları - Rayların Kralı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>8.24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059864770</t>
+          <t>9786059442589</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dizellerin Günü</t>
+          <t>Thomas ve Arkadaşları - Cesur Küçük Lokomotifler</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059864763</t>
+          <t>9786059442633</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>1001 Çıkartmalı Eğlence Kitabı</t>
+          <t>Kara Köpek Tango 3</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>13.8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059864664</t>
+          <t>9786059442626</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Balon Yarışı (Ciltli)</t>
+          <t>Kara Köpek Tango 2</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059864435</t>
+          <t>9786059442619</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Mutlu Yıllar Köpekcik!</t>
+          <t>Kara Köpek Tango 1</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>4.62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059864428</t>
+          <t>9786059442541</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Buz Takımı</t>
+          <t>Öğrenci Fıkraları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>7.4</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059864169</t>
+          <t>9786059442572</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Aşkına 2 : Sürpriz Son</t>
+          <t>Thomas ve Arkadaşları - Thomas ve Dinozarlar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>17.59</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059864015</t>
+          <t>9786059442312</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Öykü Odası</t>
+          <t>Sırça Hayaller</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>22.22</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786058526846</t>
+          <t>9786059442329</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'taki Evim</t>
+          <t>Kılları Yolunmuş Maymun</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>18.52</v>
+        <v>70</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786056403491</t>
+          <t>9786059442596</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sosyete Dedektifi Serisi 1: Sır Yumağı</t>
+          <t>Pati Devriyesi - Arkadaşlık Günü! (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>20.37</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059442411</t>
+          <t>9786059442251</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk İlk Dans</t>
+          <t>Pati Devriyesi - Alev Savaşçıları</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>17.59</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059442220</t>
+          <t>9786059864800</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Zafer Vaat Etmeyen Topraklar</t>
+          <t>Küçük Lokomotik Percy</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>18.52</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059864121</t>
+          <t>9786059864794</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız - 3 : Atarlı Model</t>
+          <t>Thomas ve Jeremy Birlikte Çalışıyor</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>22.22</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059442367</t>
+          <t>9786059864787</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kitap</t>
+          <t>Renkli Trenler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>15</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059442398</t>
+          <t>9786059864770</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Minnacık Adamlar</t>
+          <t>Dizellerin Günü</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>20</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059442404</t>
+          <t>9786059864763</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Papağan</t>
+          <t>1001 Çıkartmalı Eğlence Kitabı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>20</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059442381</t>
+          <t>9786059864664</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kuaför Leylek</t>
+          <t>Balon Yarışı (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059442374</t>
+          <t>9786059864435</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen Toplayan Kuş</t>
+          <t>Paw Patrol - Mutlu Yıllar Köpekcik!</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>20</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059442237</t>
+          <t>9786059864428</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bambu Sapı</t>
+          <t>Paw Patrol - Buz Takımı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>22.22</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786058526891</t>
+          <t>9786059864169</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>On Beş Dakika</t>
+          <t>Kitaplar Aşkına 2 : Sürpriz Son</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>21.3</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786056403415</t>
+          <t>9786059864015</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili ve Çingene</t>
+          <t>Öykü Odası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059864831</t>
+          <t>9786058526846</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Üçüncüsü</t>
+          <t>Son Şans'taki Evim</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059864817</t>
+          <t>9786056403491</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Öpücüğü</t>
+          <t>Sosyete Dedektifi Serisi 1: Sır Yumağı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059864558</t>
+          <t>9786059442411</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Parti Gecesi Cinayeti</t>
+          <t>İlk Aşk İlk Dans</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059864091</t>
+          <t>9786059442220</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Zafer Vaat Etmeyen Topraklar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059864497</t>
+          <t>9786059864121</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Can Kırıkları</t>
+          <t>Geek Kız - 3 : Atarlı Model</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059864404</t>
+          <t>9786059442367</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız 4</t>
+          <t>Arkadaşım Kitap</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>22.22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786058492493</t>
+          <t>9786059442398</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Işığına Uç</t>
+          <t>Minnacık Adamlar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>22.22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059864152</t>
+          <t>9786059442404</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kalpler Kulübü</t>
+          <t>Soytarı Papağan</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>20.37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786058526884</t>
+          <t>9786059442381</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Küller ve Anılar</t>
+          <t>Kuaför Leylek</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>20.37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786056403422</t>
+          <t>9786059442374</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Aşk Su Anı</t>
+          <t>Böğürtlen Toplayan Kuş</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>17.59</v>
+        <v>20</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786056403439</t>
+          <t>9786059442237</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Falı</t>
+          <t>Bambu Sapı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786056403408</t>
+          <t>9786058526891</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Şans</t>
+          <t>On Beş Dakika</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>160</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059864268</t>
+          <t>9786056403415</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Üç Harf Tek Hece</t>
+          <t>Kızılderili ve Çingene</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257124751</t>
+          <t>9786059864831</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati ve Süpürbot! - Kral Şakir İlk Okuma Kitabı 17</t>
+          <t>İkizlerin Üçüncüsü</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257124737</t>
+          <t>9786059864817</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kankalar Takımı! - Kral Şakir İlk Okuma Kitabı 15</t>
+          <t>Yıldız Öpücüğü</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9782002547851</t>
+          <t>9786059864558</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları (10 Kitap Takım)</t>
+          <t>Parti Gecesi Cinayeti</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>1250</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057690241</t>
+          <t>9786059864091</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurbağanın Öyküsü</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>69</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057690098</t>
+          <t>9786059864497</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Gri Kız</t>
+          <t>Can Kırıkları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>35</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057690104</t>
+          <t>9786059864404</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yapay Tanrı</t>
+          <t>Geek Kız 4</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>35</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>3996059442107</t>
+          <t>9786058492493</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Resimli Öykü Seti (10 Kitap)</t>
+          <t>Gecenin Işığına Uç</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>50</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057939807</t>
+          <t>9786059864152</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Kırmızısı Yaz</t>
+          <t>Yalnız Kalpler Kulübü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>40</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057939517</t>
+          <t>9786058526884</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango - 4</t>
+          <t>Küller ve Anılar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057939524</t>
+          <t>9786056403422</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango - 5</t>
+          <t>Aşk Su Anı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057690258</t>
+          <t>9786056403439</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Aslan</t>
+          <t>Ölüm Falı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>69</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057939531</t>
+          <t>9786056403408</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango - 6</t>
+          <t>Şans</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257371582</t>
+          <t>9786059864268</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sıfıra Sıfır Elde Var Sıfır</t>
+          <t>Üç Harf Tek Hece</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>69</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257371698</t>
+          <t>9786257124751</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Mikrop Avcıları 1 (Ciltli)</t>
+          <t>Fil Necati ve Süpürbot! - Kral Şakir İlk Okuma Kitabı 17</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>499</v>
+        <v>190</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257371513</t>
+          <t>9786257124737</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Reflekta - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
+          <t>Kankalar Takımı! - Kral Şakir İlk Okuma Kitabı 15</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>24</v>
+        <v>190</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257371520</t>
+          <t>9782002547851</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Çizer</t>
+          <t>Kral Şakir İlk Okuma Kitapları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>57</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057690661</t>
+          <t>9786057690241</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Kar Sürprizi</t>
+          <t>Küçük Kurbağanın Öyküsü</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>39</v>
+        <v>69</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057690654</t>
+          <t>9786057690098</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Duygular</t>
+          <t>Gri Kız</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257371612</t>
+          <t>9786057690104</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kuşçu Dede</t>
+          <t>Yapay Tanrı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>69</v>
+        <v>35</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257371599</t>
+          <t>3996059442107</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Minik Arılar Bal Yapıyor</t>
+          <t>Resimli Öykü Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>69</v>
+        <v>50</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257124485</t>
+          <t>9786057939807</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Thomas Yeni Zelanda'ya Gidiyor - Thomas ve Arkadaşları</t>
+          <t>Kiraz Kırmızısı Yaz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>99</v>
+        <v>40</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257124454</t>
+          <t>9786057939517</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Kalmasın – İlk Çıkartma Kitabım - Thomas ve Arkadaşları</t>
+          <t>Kara Köpek Tango - 4</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>109</v>
+        <v>15</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257124461</t>
+          <t>9786057939524</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Thomas - Eğlenceli Aktivite Kitabı</t>
+          <t>Kara Köpek Tango - 5</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>109</v>
+        <v>15</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9782002585815</t>
+          <t>9786057690258</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çocuk Seti-4 Kitap Takım</t>
+          <t>Canı Sıkılan Aslan</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>600</v>
+        <v>69</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057690920</t>
+          <t>9786057939531</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Binek Atıyla Yük Eşeği</t>
+          <t>Kara Köpek Tango - 6</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057690838</t>
+          <t>9786257371582</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Minik Çevre Gözcüsü</t>
+          <t>Sıfıra Sıfır Elde Var Sıfır</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057690821</t>
+          <t>9786257371698</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>En Çok Cevizi Kim Topladı?</t>
+          <t>Kral Şakir Mikrop Avcıları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>69</v>
+        <v>499</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057939180</t>
+          <t>9786257371513</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Balina Yuttu Bizi</t>
+          <t>Reflekta - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>3990000036454</t>
+          <t>9786257371520</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakımı 2 Kitaplık Set</t>
+          <t>Şeytani Çizer</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>1740</v>
+        <v>57</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057690494</t>
+          <t>9786057690661</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çevreciler - Kral Şakir İlk Okuma 10</t>
+          <t>Thomas ve Arkadaşları - Kar Sürprizi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>150</v>
+        <v>39</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057690357</t>
+          <t>9786057690654</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Oyun Gezegeni - Kral Şakir İlk Okuma 3</t>
+          <t>Thomas ve Arkadaşları - Duygular</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>150</v>
+        <v>39</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057939364</t>
+          <t>9786257371612</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Halaza</t>
+          <t>Kuşçu Dede</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>30</v>
+        <v>69</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789996302787</t>
+          <t>9786257371599</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Fisher Price Set (5 Kitap Takım) (Ciltli)</t>
+          <t>Minik Arılar Bal Yapıyor</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>92.13</v>
+        <v>69</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052041758</t>
+          <t>9786257124485</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Boyama Set (4 Kitap)</t>
+          <t>Thomas Yeni Zelanda'ya Gidiyor - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057690272</t>
+          <t>9786257124454</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Deprem Olsa Ne Yaparsın?</t>
+          <t>Yolcu Kalmasın – İlk Çıkartma Kitabım - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>15</v>
+        <v>109</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057690876</t>
+          <t>9786257124461</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 4</t>
+          <t>Thomas - Eğlenceli Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>45</v>
+        <v>109</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057690869</t>
+          <t>9782002585815</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 3</t>
+          <t>Eğlenceli Çocuk Seti-4 Kitap Takım</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>45</v>
+        <v>762</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057690852</t>
+          <t>9786057690920</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 2</t>
+          <t>Binek Atıyla Yük Eşeği</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057690845</t>
+          <t>9786057690838</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 1</t>
+          <t>Minik Çevre Gözcüsü</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>45</v>
+        <v>69</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052041413</t>
+          <t>9786057690821</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kitaplar Serisi ( 6 Kitap Takım)</t>
+          <t>En Çok Cevizi Kim Topladı?</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786058526808</t>
+          <t>9786057939180</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yemek Cennetten Çıkmadır</t>
+          <t>Balina Yuttu Bizi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>21.3</v>
+        <v>89</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786056403484</t>
+          <t>3990000036454</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Gölgeleri Kovala</t>
+          <t>Bebek Bakımı 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>20.37</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057690401</t>
+          <t>9786057690494</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Devletin Sahipleri</t>
+          <t>Muhteşem Çevreciler - Kral Şakir İlk Okuma 10</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057690135</t>
+          <t>9786057690357</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Yeşili Kış</t>
+          <t>Oyun Gezegeni - Kral Şakir İlk Okuma 3</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057939937</t>
+          <t>9786057939364</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Yavru Penguen Nerede?</t>
+          <t>Halaza</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>69</v>
+        <v>30</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057939944</t>
+          <t>9789996302787</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arasındaki Aynanın Öyküsü</t>
+          <t>Fisher Price Set (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>69</v>
+        <v>92.13</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057939951</t>
+          <t>9786052041758</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Köstebeğin Üzüntüsü</t>
+          <t>Kral Şakir Boyama Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>69</v>
+        <v>125</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057939920</t>
+          <t>9786057690272</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yolda Kalan Lokomotif</t>
+          <t>Deprem Olsa Ne Yaparsın?</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>69</v>
+        <v>15</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789998524569</t>
+          <t>9786057690876</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Balel 10 Kitaplık Set</t>
+          <t>Eğlenceli Boyama - 4</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9782002585839</t>
+          <t>9786057690869</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Mavi Geve Kedisi 2 Kitaplık Set</t>
+          <t>Eğlenceli Boyama - 3</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>278</v>
+        <v>45</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789992265727</t>
+          <t>9786057690852</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Karen Kingsbury 3 Kitaplık Set</t>
+          <t>Eğlenceli Boyama - 2</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>223</v>
+        <v>45</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789994584215</t>
+          <t>9786057690845</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Öykülere Gizlenen Sayılar Seti (10 Kitap Takım)</t>
+          <t>Eğlenceli Boyama - 1</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>64.82</v>
+        <v>45</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9782002585877</t>
+          <t>9786052041413</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>44 Kedi 4 Kitaplık Set</t>
+          <t>Çiçek Kitaplar Serisi ( 6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>152</v>
+        <v>63</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789992265666</t>
+          <t>9786058526808</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Romantik Roman Seti (3 Kitap Takım)</t>
+          <t>Yemek Cennetten Çıkmadır</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>125</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789992265697</t>
+          <t>9786056403484</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Seti (3 Kitap Takım)</t>
+          <t>Gölgeleri Kovala</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>497</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789992265734</t>
+          <t>9786057690401</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Macera ve Bilim Kurgu Seti (2 Kitap Takım)</t>
+          <t>Devletin Sahipleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>173</v>
+        <v>90</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789992265659</t>
+          <t>9786057690135</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim 3 Kitaplık Set</t>
+          <t>Turkuaz Yeşili Kış</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>334</v>
+        <v>40</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789997784605</t>
+          <t>9786057939937</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 6 Kitaplık Set</t>
+          <t>Yavru Penguen Nerede?</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>90</v>
+        <v>69</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789992265482</t>
+          <t>9786057939944</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali 3 Kitaplık Set</t>
+          <t>Tavan Arasındaki Aynanın Öyküsü</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>137</v>
+        <v>69</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789998524576</t>
+          <t>9786057939951</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Sorular (10 Kitap Takım)</t>
+          <t>Köstebeğin Üzüntüsü</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>69</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789995236441</t>
+          <t>9786057939920</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Öykülere Gizlenen Renkler 10 Kitaplık Set</t>
+          <t>Yolda Kalan Lokomotif</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>64.81</v>
+        <v>69</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789992265499</t>
+          <t>9789998524569</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig 7 Kitap Set</t>
+          <t>Mustafa Balel 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789992265680</t>
+          <t>9782002585839</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Roman Seti (3 Kitap Takım)</t>
+          <t>Mavi Geve Kedisi 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>139</v>
+        <v>338</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9782002585822</t>
+          <t>9789992265727</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (3 Kitap Takım)</t>
+          <t>Karen Kingsbury 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>313</v>
+        <v>223</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257124713</t>
+          <t>9789994584215</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Penguenler - Kral Şakir İlk Okuma Kitabım 13</t>
+          <t>Öykülere Gizlenen Sayılar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>64.82</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789992265758</t>
+          <t>9782002585877</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Roman Seti (3 Kitap Takım</t>
+          <t>44 Kedi 4 Kitaplık Set</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>130.22</v>
+        <v>152</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789992265703</t>
+          <t>9789992265666</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Gençlik (3 Kitap Takım) Set 1</t>
+          <t>Romantik Roman Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789992265673</t>
+          <t>9789992265697</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kurgu (3 Kitap Takım) 1</t>
+          <t>Popüler Bilim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>246</v>
+        <v>497</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257124263</t>
+          <t>9789992265734</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Küçük Tavşancık</t>
+          <t>Macera ve Bilim Kurgu Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>89</v>
+        <v>173</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057939814</t>
+          <t>9789992265659</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayığın Büyük Yolculuğu</t>
+          <t>Kişisel Gelişim 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>69</v>
+        <v>653</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057939821</t>
+          <t>9789997784605</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Minik Salyangoz Meslek Seçiyor</t>
+          <t>Kara Köpek Tango 6 Kitaplık Set</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>69</v>
+        <v>90</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057939722</t>
+          <t>9789992265482</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Albüm - Kral Şakir (Ciltli)</t>
+          <t>Sabahattin Ali 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>285</v>
+        <v>137</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789992265710</t>
+          <t>9789998524576</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Roman Seti (4 Kitap Takım)</t>
+          <t>Meraklı Sorular (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>210.85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9782004587480</t>
+          <t>9789995236441</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Dizisi Çantalı Set 2 (10 Kitap Takım)</t>
+          <t>Öykülere Gizlenen Renkler 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>1250</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257124362</t>
+          <t>9789992265499</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Simon Der ki</t>
+          <t>Stefan Zweig 7 Kitap Set</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>37</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057690999</t>
+          <t>9789992265680</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme Pilou!</t>
+          <t>Gerilim Roman Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>39</v>
+        <v>139</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257124034</t>
+          <t>9782002585822</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Ay’daki Kedi</t>
+          <t>Çocuk Klasikleri Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>39</v>
+        <v>418</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057690746</t>
+          <t>9786257124713</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Bütün Kedileri</t>
+          <t>Matematik ve Penguenler - Kral Şakir İlk Okuma Kitabım 13</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>22</v>
+        <v>190</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059442985</t>
+          <t>9789992265758</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yatağını Islatınca</t>
+          <t>Gerilim Roman Seti (3 Kitap Takım</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>7.9</v>
+        <v>130.22</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057690579</t>
+          <t>9789992265703</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kibele Masalları</t>
+          <t>Gençlik (3 Kitap Takım) Set 1</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>7.9</v>
+        <v>533</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057690593</t>
+          <t>9789992265673</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Caretta'nın Öyküsü</t>
+          <t>Bilim Kurgu (3 Kitap Takım) 1</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>7.9</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057690562</t>
+          <t>9786257124263</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Penpen'in Balık Yakalama Yarışı</t>
+          <t>Sayılar - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>7.9</v>
+        <v>89</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057690555</t>
+          <t>9786057939814</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Peri'nin Doğumu</t>
+          <t>Küçük Kayığın Büyük Yolculuğu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>7.9</v>
+        <v>69</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052041666</t>
+          <t>9786057939821</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar'ın Sihirli Kutusu</t>
+          <t>Minik Salyangoz Meslek Seçiyor</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>7.9</v>
+        <v>69</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057690777</t>
+          <t>9786057939722</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Lampo Büyük Dost</t>
+          <t>Albüm - Kral Şakir (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057690586</t>
+          <t>9789992265710</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yeten</t>
+          <t>Gerilim Roman Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>7.9</v>
+        <v>210.85</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257124386</t>
+          <t>9782004587480</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 1</t>
+          <t>Kral Şakir İlk Okuma Dizisi Çantalı Set 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>26</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257124379</t>
+          <t>9786257124362</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Hava - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
+          <t>Simon Der ki</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>57</v>
+        <v>37</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057939104</t>
+          <t>9786057690999</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Orman - Maceracı Can</t>
+          <t>Vazgeçme Pilou!</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>13.8</v>
+        <v>39</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057939067</t>
+          <t>9786257124034</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hamur Canavarları - Maceracı Can</t>
+          <t>44 Cats - Ay’daki Kedi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>13.8</v>
+        <v>39</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057939081</t>
+          <t>9786057690746</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk - Maceracı Can</t>
+          <t>Şehrin Bütün Kedileri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>13.8</v>
+        <v>22</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052162811</t>
+          <t>9786059442985</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Gürültü</t>
+          <t>Yağmur Yatağını Islatınca</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>23.15</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789941972300</t>
+          <t>9786057690579</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Hikayeler Serisi (10 Kitap)</t>
+          <t>Kibele Masalları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>50</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052162651</t>
+          <t>9786057690593</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Yasmin</t>
+          <t>Caretta'nın Öyküsü</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>23.15</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052162422</t>
+          <t>9786057690562</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Gün Sevincin Kavşağında</t>
+          <t>Penpen'in Balık Yakalama Yarışı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>13.89</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052041680</t>
+          <t>9786057690555</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Yönetmeninin Çalışması</t>
+          <t>Peri'nin Doğumu</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>300</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052162972</t>
+          <t>9786052041666</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Deniz Neden Mavidir?</t>
+          <t>Rüzgar'ın Sihirli Kutusu</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>15</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057690722</t>
+          <t>9786057690777</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Şehri - Yeşil Kemik Efsanesi (1. Kitap)</t>
+          <t>Lampo Büyük Dost</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>599</v>
+        <v>130</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786255874542</t>
+          <t>9786057690586</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Terapistime Anlatamadıklarım</t>
+          <t>Kendine Yeten</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>290</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786255874566</t>
+          <t>9786257124386</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kader Sanatı - Savaş Sanatları Destanı İkinci Kitap</t>
+          <t>Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>690</v>
+        <v>26</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786255874597</t>
+          <t>9786257124379</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Siyah Fayton Vakası</t>
+          <t>Fırtınalı Hava - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>199</v>
+        <v>57</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786255874559</t>
+          <t>9786057939104</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Denize Söylediğimiz Yalanlar</t>
+          <t>Sihirli Orman - Maceracı Can</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>390</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786255874580</t>
+          <t>9786057939067</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bu Hikaye Tutar Canan</t>
+          <t>Hamur Canavarları - Maceracı Can</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>149</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786255874573</t>
+          <t>9786057939081</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Baktığım Her Yerde</t>
+          <t>Gizemli Yolculuk - Maceracı Can</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>190</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786255874467</t>
+          <t>9786052162811</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Lömpence Masallar - 1 (Ciltli)</t>
+          <t>Karanlık Gürültü</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>390</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786255874443</t>
+          <t>9789941972300</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Hızlı Uyku Hikayesi!</t>
+          <t>Eğlenceli Hikayeler Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>225</v>
+        <v>50</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786255874436</t>
+          <t>9786052162651</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kaç Dinozor Çok Dinozordur?</t>
+          <t>Sevgili Yasmin</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>225</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786255874498</t>
+          <t>9786052162422</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 10 - Bir Filin Hatıra Defteri</t>
+          <t>Gün Sevincin Kavşağında</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>119</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786255874481</t>
+          <t>9786052041680</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 9 - Amaç Bulma Oyunu</t>
+          <t>Tiyatro Yönetmeninin Çalışması</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>119</v>
+        <v>300</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786255874528</t>
+          <t>9786052162972</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Emma Okula Gidiyor</t>
+          <t>Deniz Neden Mavidir?</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>225</v>
+        <v>15</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786255874511</t>
+          <t>9786057690722</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Keşiş ve Robot</t>
+          <t>Yeşim Şehri - Yeşil Kemik Efsanesi (1. Kitap)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>190</v>
+        <v>599</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786255874504</t>
+          <t>9786255874542</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Pandora</t>
+          <t>Terapistime Anlatamadıklarım</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>329</v>
+        <v>290</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786255874474</t>
+          <t>9786255874566</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Violet Veil’in Gizemi - 3</t>
+          <t>Kader Sanatı - Savaş Sanatları Destanı İkinci Kitap</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>199</v>
+        <v>690</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786255874535</t>
+          <t>9786255874597</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Zombie Makeout Club Birinci Kitap Ölüm Arzusu</t>
+          <t>Siyah Fayton Vakası</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>179</v>
+        <v>250</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786255874122</t>
+          <t>9786255874559</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Maxi ve Helium 3. Bölüm: Kardorya Macerası (Ciltli)</t>
+          <t>Denize Söylediğimiz Yalanlar</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786255874368</t>
+          <t>9786255874580</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Montgomery Bonbon 2 - Deniz Fenerinde Cinayet</t>
+          <t>Bu Hikaye Tutar Canan</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>279</v>
+        <v>149</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786255874429</t>
+          <t>9786255874573</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Mirası</t>
+          <t>Baktığım Her Yerde</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>599</v>
+        <v>190</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786255874412</t>
+          <t>9786255874467</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Harabeler Kenti</t>
+          <t>Kral Şakir Lömpence Masallar - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>359</v>
+        <v>390</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786255874269</t>
+          <t>9786255874443</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı -1</t>
+          <t>Gelmiş Geçmiş En Hızlı Uyku Hikayesi!</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786255874351</t>
+          <t>9786255874436</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 6</t>
+          <t>Kaç Dinozor Çok Dinozordur?</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>89</v>
+        <v>225</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786255874344</t>
+          <t>9786255874498</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 5</t>
+          <t>Fil Necati 10 - Bir Filin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786255874337</t>
+          <t>9786255874481</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 4</t>
+          <t>Fil Necati 9 - Amaç Bulma Oyunu</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786255874320</t>
+          <t>9786255874528</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 3</t>
+          <t>Emma Okula Gidiyor</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>89</v>
+        <v>225</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786255874313</t>
+          <t>9786255874511</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 2</t>
+          <t>Keşiş ve Robot</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>89</v>
+        <v>190</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786255874306</t>
+          <t>9786255874504</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 1</t>
+          <t>Pandora</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>89</v>
+        <v>329</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786255874214</t>
+          <t>9786255874474</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 4</t>
+          <t>Violet Veil’in Gizemi - 3</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786255874207</t>
+          <t>9786255874535</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 3</t>
+          <t>Zombie Makeout Club Birinci Kitap Ölüm Arzusu</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>110</v>
+        <v>179</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786255874191</t>
+          <t>9786255874122</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 2</t>
+          <t>Maxi ve Helium 3. Bölüm: Kardorya Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>110</v>
+        <v>550</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786255874177</t>
+          <t>9786255874368</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 1</t>
+          <t>Montgomery Bonbon 2 - Deniz Fenerinde Cinayet</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>110</v>
+        <v>315</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786255874238</t>
+          <t>9786255874429</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 2</t>
+          <t>Yeşim Mirası</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>110</v>
+        <v>599</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786255874221</t>
+          <t>9786255874412</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 1</t>
+          <t>Harabeler Kenti</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>110</v>
+        <v>359</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786255874290</t>
+          <t>9786255874269</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı - 4</t>
+          <t>Renk Renk Dünya Boyama Kitabı -1</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786255874283</t>
+          <t>9786255874351</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı - 3</t>
+          <t>Kawaii Boyama Kitabı 6</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786255874276</t>
+          <t>9786255874344</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı - 2</t>
+          <t>Kawaii Boyama Kitabı 5</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786255874252</t>
+          <t>9786255874337</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 2</t>
+          <t>Kawaii Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786255874245</t>
+          <t>9786255874320</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 1</t>
+          <t>Kawaii Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786255874160</t>
+          <t>9786255874313</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 4</t>
+          <t>Kawaii Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786255874153</t>
+          <t>9786255874306</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 3</t>
+          <t>Kawaii Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786255874146</t>
+          <t>9786255874214</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 2</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786255874139</t>
+          <t>9786255874207</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boya - 1</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786255874184</t>
+          <t>9786255874191</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Dune Resmi Çizgi Roman Uyarlaması</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>390</v>
+        <v>125</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9782001454976</t>
+          <t>9786255874177</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati Seti (8 Kitap)</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 1</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>952</v>
+        <v>125</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9782001454983</t>
+          <t>9786255874238</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne Seti (6 kitap)</t>
+          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 2</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>1794</v>
+        <v>125</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789992265741</t>
+          <t>9786255874221</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Macera ve Bilim Kurgu 2 Kitaplık Set</t>
+          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 1</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>405</v>
+        <v>125</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786255874092</t>
+          <t>9786255874290</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Tombul Kedisi Nazım</t>
+          <t>Renk Renk Dünya Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>189</v>
+        <v>110</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786255874115</t>
+          <t>9786255874283</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne</t>
+          <t>Renk Renk Dünya Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>389</v>
+        <v>110</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786255874078</t>
+          <t>9786255874276</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 7 - Herkesin Kazandığı Bir Oyun!</t>
+          <t>Renk Renk Dünya Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786255874085</t>
+          <t>9786255874252</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 8 - Kim Necati?</t>
+          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 2</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>119</v>
+        <v>125</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786255874108</t>
+          <t>9786255874245</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı</t>
+          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 1</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>299</v>
+        <v>125</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786255874061</t>
+          <t>9786255874160</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Çok Şekerli Ölüm</t>
+          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>249</v>
+        <v>125</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786255874054</t>
+          <t>9786255874153</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Ruhsuz Kızlar Derneği</t>
+          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>279</v>
+        <v>125</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786256231979</t>
+          <t>9786255874146</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Modayı Yarat 2</t>
+          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>399</v>
+        <v>125</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786256231986</t>
+          <t>9786255874139</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Modayı Yarat 3</t>
+          <t>Süper 1 Takım: Süper Renkler Boya - 1</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>399</v>
+        <v>125</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786256231962</t>
+          <t>9786255874184</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Modayı Yarat 1</t>
+          <t>Dune Resmi Çizgi Roman Uyarlaması</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786256231993</t>
+          <t>9782001454976</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 1</t>
+          <t>Fil Necati Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>99</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786255874009</t>
+          <t>9782001454983</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 2</t>
+          <t>Bloodborne Seti (6 kitap)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>99</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786255874016</t>
+          <t>9789992265741</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 3</t>
+          <t>Macera ve Bilim Kurgu 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>99</v>
+        <v>714</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786255874047</t>
+          <t>9786255874092</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium – Boyama Kitabı 1</t>
+          <t>Dünyanın En Tombul Kedisi Nazım</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>99</v>
+        <v>189</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786255874030</t>
+          <t>9786255874115</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium – Aktivite Kitabı</t>
+          <t>Bloodborne</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>189</v>
+        <v>389</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786255874023</t>
+          <t>9786255874078</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium - Uyku Vakti</t>
+          <t>Fil Necati 7 - Herkesin Kazandığı Bir Oyun!</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>189</v>
+        <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786256231825</t>
+          <t>9786255874085</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Elettra</t>
+          <t>Fil Necati 8 - Kim Necati?</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>445</v>
+        <v>150</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258089097</t>
+          <t>9786255874108</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabı - Toby</t>
+          <t>Gol Kralı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>59</v>
+        <v>299</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258089103</t>
+          <t>9786255874061</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabı - Percy</t>
+          <t>Çok Şekerli Ölüm</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>59</v>
+        <v>249</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786057939630</t>
+          <t>9786255874054</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Paylaşma - Thomas ve Arkadaşları</t>
+          <t>Ruhsuz Kızlar Derneği</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>39</v>
+        <v>279</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786057939678</t>
+          <t>9786256231979</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Sırayla Yapma - Thomas ve Arkadaşları</t>
+          <t>Winx Club – Modayı Yarat 2</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>56</v>
+        <v>399</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786057939685</t>
+          <t>9786256231986</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Ekip Çalışması - Thomas ve Arkadaşları</t>
+          <t>Winx Club – Modayı Yarat 3</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>39</v>
+        <v>399</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786057939654</t>
+          <t>9786256231962</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Korkusu - Thomas ve Arkadaşları</t>
+          <t>Winx Club – Modayı Yarat 1</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>56</v>
+        <v>399</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786058492479</t>
+          <t>9786256231993</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız - 2 : Aklı Havada</t>
+          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>20.37</v>
+        <v>99</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786057939265</t>
+          <t>9786255874009</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 2</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>39</v>
+        <v>99</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052041215</t>
+          <t>9786255874016</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Ne Demiş?</t>
+          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 3</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>15</v>
+        <v>99</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052162828</t>
+          <t>9786255874047</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız - 6 : Sonsuza Kadar Geek</t>
+          <t>Maxi &amp; Helium – Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>26.85</v>
+        <v>99</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052041833</t>
+          <t>9786255874030</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Bu Fıkralara Kargalar Bile Güler</t>
+          <t>Maxi &amp; Helium – Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>249</v>
+        <v>189</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059442558</t>
+          <t>9786255874023</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Doğum Günü Treni!</t>
+          <t>Maxi &amp; Helium - Uyku Vakti</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>20</v>
+        <v>189</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786057690388</t>
+          <t>9786256231825</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Kibar Olmak</t>
+          <t>Elettra</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>39</v>
+        <v>445</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257124478</t>
+          <t>9786258089097</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Thomas Avustralya'ya Gidiyor - Thomas ve Arkadaşları</t>
+          <t>Eğlenceli Aktivite Kitabı - Toby</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>99</v>
+        <v>59</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786057690913</t>
+          <t>9786258089103</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Yunusla Maymun</t>
+          <t>Eğlenceli Aktivite Kitabı - Percy</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>15</v>
+        <v>59</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786057690753</t>
+          <t>9786057939630</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Boya ve Oyna!</t>
+          <t>Paylaşma - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>55</v>
+        <v>39</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786256231948</t>
+          <t>9786057939678</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Parçaları</t>
+          <t>Sırayla Yapma - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>329</v>
+        <v>56</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786256231931</t>
+          <t>9786057939685</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Hipnozcu Kızın Karanlık Gizemi</t>
+          <t>Ekip Çalışması - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>299</v>
+        <v>39</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786256231900</t>
+          <t>9786057939654</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Özgür Su</t>
+          <t>Karanlık Korkusu - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>249</v>
+        <v>56</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786256231917</t>
+          <t>9786058492479</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sakladığımız Sözler</t>
+          <t>Geek Kız - 2 : Aklı Havada</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>269</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786256231924</t>
+          <t>9786057939265</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sevgiler Frankie</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>269</v>
+        <v>39</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786256231955</t>
+          <t>9786052041215</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Tükenmişliğin Çaresi</t>
+          <t>Nasreddin Hoca Ne Demiş?</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>249</v>
+        <v>15</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786057939029</t>
+          <t>9786052162828</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Lejyonları</t>
+          <t>Geek Kız - 6 : Sonsuza Kadar Geek</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>349</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786256231887</t>
+          <t>9786052041833</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Ailesi Son Ödeme Tarihi</t>
+          <t>Bu Fıkralara Kargalar Bile Güler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>330</v>
+        <v>249</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786256231863</t>
+          <t>9786059442558</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Daniel Doktora Gidiyor</t>
+          <t>Thomas ve Arkadaşları - Doğum Günü Treni!</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>99</v>
+        <v>20</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786256231788</t>
+          <t>9786057690388</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Doktor Ayıcık</t>
+          <t>Thomas ve Arkadaşları - Kibar Olmak</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>199</v>
+        <v>39</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786256231856</t>
+          <t>9786257124478</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kaplan Daniel</t>
+          <t>Thomas Avustralya'ya Gidiyor - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786256231832</t>
+          <t>9786057690913</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Baloncuk Hikâyesi</t>
+          <t>Yunusla Maymun</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>179</v>
+        <v>15</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786256231764</t>
+          <t>9786057690753</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım O İş Bizde</t>
+          <t>44 Cats - Boya ve Oyna!</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>495</v>
+        <v>55</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786256231801</t>
+          <t>9786256231948</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Pantolonum Kayboldu !</t>
+          <t>Dünyanın Parçaları</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>219</v>
+        <v>400</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786256231849</t>
+          <t>9786256231931</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Uçurtma Hikâyesi</t>
+          <t>Hipnozcu Kızın Karanlık Gizemi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>179</v>
+        <v>360</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786256231795</t>
+          <t>9786256231900</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Vaktin Var mı?</t>
+          <t>Özgür Su</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786256231870</t>
+          <t>9786256231917</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Yatakta Bir Tavuk</t>
+          <t>Sakladığımız Sözler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786256231818</t>
+          <t>9786256231924</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yoga - Hayal Dünyasında Gezinti</t>
+          <t>Sevgiler Frankie</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>175</v>
+        <v>269</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786256231757</t>
+          <t>9786256231955</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına! DNA Kim Olduğunuzu Biliyor</t>
+          <t>Tükenmişliğin Çaresi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786256231733</t>
+          <t>9786057939029</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına! İnsan Vücudu Eğlence Parkı</t>
+          <t>Yıldız Lejyonları</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>349</v>
+        <v>440</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786256231740</t>
+          <t>9786256231887</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına! Şüpheli Robot Kedi</t>
+          <t>Fırıldak Ailesi Son Ödeme Tarihi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>349</v>
+        <v>399</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786256231702</t>
+          <t>9786256231863</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kıtlık Beyni</t>
+          <t>Daniel Doktora Gidiyor</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>269</v>
+        <v>99</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786256231719</t>
+          <t>9786256231788</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Sözcüklerin Sarhoşluğu</t>
+          <t>Doktor Ayıcık</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786256231689</t>
+          <t>9786256231856</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>İyi Geceler Kaplan Daniel</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>229</v>
+        <v>99</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786256231696</t>
+          <t>9786256231832</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Akıllı Yaratıklar</t>
+          <t>Nil’in Baloncuk Hikâyesi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786256231672</t>
+          <t>9786256231764</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yörüngede Dans</t>
+          <t>Süper 1 Takım O İş Bizde</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>229</v>
+        <v>570</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786256231726</t>
+          <t>9786256231801</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kehanet Sanatı</t>
+          <t>Pantolonum Kayboldu !</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>389</v>
+        <v>219</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9782001454785</t>
+          <t>9786256231849</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls 4 Kitap Set</t>
+          <t>Nil’in Uçurtma Hikâyesi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>1436</v>
+        <v>179</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9782001454877</t>
+          <t>9786256231795</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Enola Holmes 6 Kitap Set</t>
+          <t>Vaktin Var mı?</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>1194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9782001454716</t>
+          <t>9786256231870</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Yunan Kadınları Serisi</t>
+          <t>Yatakta Bir Tavuk</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>833</v>
+        <v>299</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9782001454839</t>
+          <t>9786256231818</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 15 Kitaplık Set</t>
+          <t>Çocuklar İçin Yoga - Hayal Dünyasında Gezinti</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>5235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9782001454822</t>
+          <t>9786256231757</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Fil Necati 6 Kitaplık Set</t>
+          <t>Vay Canına! DNA Kim Olduğunuzu Biliyor</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>714</v>
+        <v>349</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786256231658</t>
+          <t>9786256231733</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Mucizeler Atölyesi</t>
+          <t>Vay Canına! İnsan Vücudu Eğlence Parkı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786256231665</t>
+          <t>9786256231740</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Ateş Yiyen’in Büyük Tiyatrosu</t>
+          <t>Vay Canına! Şüpheli Robot Kedi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786256231641</t>
+          <t>9786256231702</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Macera Oyuncakları</t>
+          <t>Kıtlık Beyni</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>99</v>
+        <v>340</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786256231634</t>
+          <t>9786256231719</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Freeda için Hazine Avı</t>
+          <t>Tuhaf Sözcüklerin Sarhoşluğu</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>99</v>
+        <v>290</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786256231573</t>
+          <t>9786256231689</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Upuzun Derdi</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>119</v>
+        <v>229</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786256231566</t>
+          <t>9786256231696</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Çok Komik Bir Masal</t>
+          <t>Olağanüstü Akıllı Yaratıklar</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>119</v>
+        <v>249</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786256231580</t>
+          <t>9786256231672</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Balina Yuttu Bizi</t>
+          <t>Yörüngede Dans</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>119</v>
+        <v>290</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786256231603</t>
+          <t>9786256231726</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 6 - İyiliğe Uzay Atlayışı!</t>
+          <t>Kehanet Sanatı</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>119</v>
+        <v>389</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786256231597</t>
+          <t>9782001454785</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 5 - Yaşama Dört Koldan Tutunanlar!</t>
+          <t>Dark Souls 4 Kitap Set</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>119</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786256231610</t>
+          <t>9782001454877</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 4</t>
+          <t>Enola Holmes 6 Kitap Set</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>359</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786256231627</t>
+          <t>9782001454716</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 3</t>
+          <t>Yunan Kadınları Serisi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>359</v>
+        <v>965</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786256231344</t>
+          <t>9782001454839</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Korktuğu Her Şey</t>
+          <t>Kral Şakir 15 Kitaplık Set</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>339</v>
+        <v>5985</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786256231368</t>
+          <t>9782001454822</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Themıscyra'nın Kraliçeleri</t>
+          <t>Kral Şakir Fil Necati 6 Kitaplık Set</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>349</v>
+        <v>900</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786256231559</t>
+          <t>9786256231658</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Ayıyı Kurtaran Çocuk</t>
+          <t>Pinokyo ve Arkadaşları - Mucizeler Atölyesi</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786256231542</t>
+          <t>9786256231665</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Çingene Vedası Vakası</t>
+          <t>Pinokyo ve Arkadaşları - Ateş Yiyen’in Büyük Tiyatrosu</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786256231351</t>
+          <t>9786256231641</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Kapıları</t>
+          <t>Pinokyo ve Arkadaşları - Macera Oyuncakları</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>420</v>
+        <v>99</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786256231375</t>
+          <t>9786256231634</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Dengesiz Zemin</t>
+          <t>Pinokyo ve Arkadaşları - Freeda için Hazine Avı</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>289</v>
+        <v>99</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786256231436</t>
+          <t>9786256231573</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Uzman Porsuk</t>
+          <t>Zürafanın Upuzun Derdi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>199</v>
+        <v>119</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786256231511</t>
+          <t>9786256231566</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Orman Hayvanları</t>
+          <t>Çok Komik Bir Masal</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786256231504</t>
+          <t>9786256231580</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 6 - Çizimler</t>
+          <t>Balina Yuttu Bizi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>59</v>
+        <v>119</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786256231498</t>
+          <t>9786256231603</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 5 - Noktalar</t>
+          <t>Fil Necati 6 - İyiliğe Uzay Atlayışı!</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786256231474</t>
+          <t>9786256231597</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 4 - Çizgiler</t>
+          <t>Fil Necati 5 - Yaşama Dört Koldan Tutunanlar!</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786256231467</t>
+          <t>9786256231610</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 3 - Daireler</t>
+          <t>Dark Souls Sayı: 4</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>59</v>
+        <v>459</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786256231450</t>
+          <t>9786256231627</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 2 - Renkler</t>
+          <t>Dark Souls Sayı: 3</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>59</v>
+        <v>459</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786256231443</t>
+          <t>9786256231344</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 1 - Kalem</t>
+          <t>Korktuğu Her Şey</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>59</v>
+        <v>390</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786256231528</t>
+          <t>9786256231368</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Meyveler ve Sebzeler</t>
+          <t>Themıscyra'nın Kraliçeleri</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>139</v>
+        <v>430</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786256231535</t>
+          <t>9786256231559</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Çevremizdeki Alanlar</t>
+          <t>Ayıyı Kurtaran Çocuk</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>139</v>
+        <v>235</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786256231481</t>
+          <t>9786256231542</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Ev ve Çiftlik Hayvanları</t>
+          <t>Çingene Vedası Vakası</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>139</v>
+        <v>250</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786256231429</t>
+          <t>9786256231351</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Dolunayın Sırrı</t>
+          <t>Cennetin Kapıları</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>199</v>
+        <v>520</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786256231412</t>
+          <t>9786256231375</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Geveze Leylek Çalçene</t>
+          <t>Dengesiz Zemin</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>119</v>
+        <v>360</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786256231405</t>
+          <t>9786256231436</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kedi Nereye Gitti</t>
+          <t>Uzman Porsuk</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786256231320</t>
+          <t>9786256231511</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmak Hikaye Anlatmak</t>
+          <t>Minikler Akademisi – Orman Hayvanları</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>295</v>
+        <v>139</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786256231337</t>
+          <t>9786256231504</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango’nun Günlüğü</t>
+          <t>Minikler Akademisi 6 - Çizimler</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>280</v>
+        <v>59</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786256231399</t>
+          <t>9786256231498</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Nardik Dikkatini Kullanmayı Öğreniyor</t>
+          <t>Minikler Akademisi 5 - Noktalar</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>110</v>
+        <v>59</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786256231382</t>
+          <t>9786256231474</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Düşün: Geleceği Yazmak</t>
+          <t>Minikler Akademisi 4 - Çizgiler</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>139</v>
+        <v>59</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786256231313</t>
+          <t>9786256231467</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Marcus: Simyacı ve Yarım Yüzlü Çocuk</t>
+          <t>Minikler Akademisi 3 - Daireler</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>289</v>
+        <v>59</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786256231283</t>
+          <t>9786256231450</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Fistan</t>
+          <t>Minikler Akademisi 2 - Renkler</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>198</v>
+        <v>59</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786256231238</t>
+          <t>9786256231443</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 15 - Nefesler Tutuldu Heyecan Dorukta (Ciltli)</t>
+          <t>Minikler Akademisi 1 - Kalem</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>349</v>
+        <v>59</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786256231276</t>
+          <t>9786256231528</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Ateşböcekleri</t>
+          <t>Minikler Akademisi – Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>200</v>
+        <v>139</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786256231269</t>
+          <t>9786256231535</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Rüzgârına Kapılmak</t>
+          <t>Minikler Akademisi – Çevremizdeki Alanlar</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>279</v>
+        <v>139</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786256231252</t>
+          <t>9786256231481</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Basma Balosu</t>
+          <t>Minikler Akademisi – Ev ve Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>200</v>
+        <v>139</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786256231290</t>
+          <t>9786256231429</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Montgomery Bonbon 1– Müzede Cinayet</t>
+          <t>Dolunayın Sırrı</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057690197</t>
+          <t>9786256231412</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
           <t>Geveze Leylek Çalçene</t>
         </is>
       </c>
       <c r="C575" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057939203</t>
+          <t>9786256231405</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
           <t>Meraklı Kedi Nereye Gitti</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052041178</t>
+          <t>9786256231320</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Bugün Kimseyi Görmek İstemiyorum!</t>
+          <t>Öykü Yazmak Hikaye Anlatmak</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>119</v>
+        <v>295</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052041192</t>
+          <t>9786256231337</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Çok Özel Bir Şey!</t>
+          <t>Kara Köpek Tango’nun Günlüğü</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>119</v>
+        <v>350</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052041208</t>
+          <t>9786256231399</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bir Kutu!</t>
+          <t>Nardik Dikkatini Kullanmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257124706</t>
+          <t>9786256231382</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Zamanı - Kral Şakir İlk Okuma Kitabı 12</t>
+          <t>Zamansız Düşün: Geleceği Yazmak</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>150</v>
+        <v>139</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057690487</t>
+          <t>9786256231313</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Okulda İlk Gün! - Kral Şakir İlk Okuma 9</t>
+          <t>Marcus: Simyacı ve Yarım Yüzlü Çocuk</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057690470</t>
+          <t>9786256231283</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Gezginleri - Kral Şakir İlk Okuma 8</t>
+          <t>Fistan</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>150</v>
+        <v>198</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786057690296</t>
+          <t>9786256231238</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Meslek Seçimi! - Kral Şakir İlk Okuma 1</t>
+          <t>Kral Şakir 15 - Nefesler Tutuldu Heyecan Dorukta (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052162378</t>
+          <t>9786256231276</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Mezarlıktaki Ateşböcekleri</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256231245</t>
+          <t>9786256231269</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Koloni Paradoksu</t>
+          <t>Rüzgârına Kapılmak</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>229</v>
+        <v>350</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786256231191</t>
+          <t>9786256231252</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Ölüyü Kıpırdatan Şey</t>
+          <t>Basma Balosu</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786256231146</t>
+          <t>9786256231290</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Pastutmaz Ailesi - Shiny</t>
+          <t>Montgomery Bonbon 1– Müzede Cinayet</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>299</v>
+        <v>315</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256231153</t>
+          <t>9786057690197</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium 2. Bölüm: Altın Peynir’in Peşinde (Ciltli)</t>
+          <t>Geveze Leylek Çalçene</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>429</v>
+        <v>119</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256231214</t>
+          <t>9786057939203</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Konfor Krizi</t>
+          <t>Meraklı Kedi Nereye Gitti</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>269</v>
+        <v>119</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786256231221</t>
+          <t>9786052041178</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Yedi Renk</t>
+          <t>Bugün Kimseyi Görmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>179</v>
+        <v>119</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052041574</t>
+          <t>9786052041192</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kocamın Kenarı</t>
+          <t>Çok Özel Bir Şey!</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>259</v>
+        <v>119</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786256231122</t>
+          <t>9786052041208</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kenet</t>
+          <t>Muhteşem Bir Kutu!</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>189</v>
+        <v>119</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786256231139</t>
+          <t>9786257124706</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Aile Cinayetleri</t>
+          <t>Dinozor Zamanı - Kral Şakir İlk Okuma Kitabı 12</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>219</v>
+        <v>190</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786256231085</t>
+          <t>9786057690487</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım Macera Başlıyor</t>
+          <t>Okulda İlk Gün! - Kral Şakir İlk Okuma 9</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786256231108</t>
+          <t>9786057690470</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 4 - Süper Güçlerim ve Greyfurt</t>
+          <t>Gezegen Gezginleri - Kral Şakir İlk Okuma 8</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>119</v>
+        <v>190</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786256231061</t>
+          <t>9786057690296</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Tuzu Siyasetin Biberi</t>
+          <t>Meslek Seçimi! - Kral Şakir İlk Okuma 1</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786256231092</t>
+          <t>9786052162378</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 3 - Gizemli Orman Krallığı!</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>119</v>
+        <v>65</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786256231078</t>
+          <t>9786256231245</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Sana Dün Bir Tepeden Baktım Aziz Türkiye - Müzik Yazıları</t>
+          <t>Koloni Paradoksu</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786256231047</t>
+          <t>9786256231191</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Devler</t>
+          <t>Ölüyü Kıpırdatan Şey</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786256231054</t>
+          <t>9786256231146</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kız, Kraliçe, Tanrıça</t>
+          <t>Pastutmaz Ailesi - Shiny</t>
         </is>
       </c>
       <c r="C600" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786256231009</t>
+          <t>9786256231153</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi</t>
+          <t>Maxi &amp; Helium 2. Bölüm: Altın Peynir’in Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>249</v>
+        <v>520</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786256780989</t>
+          <t>9786256231214</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi - Canan</t>
+          <t>Konfor Krizi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>249</v>
+        <v>340</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786256780996</t>
+          <t>9786256231221</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi - Fil Necati</t>
+          <t>Yedi Renk</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786256780972</t>
+          <t>9786052041574</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi - Tüm Takım</t>
+          <t>Kocamın Kenarı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>249</v>
+        <v>320</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786256231030</t>
+          <t>9786256231122</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Dupduru Okula Başlıyor mu?</t>
+          <t>Kenet</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>189</v>
+        <v>230</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786256780958</t>
+          <t>9786256231139</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Daniel Yüzmeyi Öğreniyor</t>
+          <t>Aile Cinayetleri</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>99</v>
+        <v>275</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786256780965</t>
+          <t>9786256231085</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi - Hadi Dişlerimizi Fırçalayalım!</t>
+          <t>Süper 1 Takım Macera Başlıyor</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>99</v>
+        <v>490</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786256780941</t>
+          <t>9786256231108</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi - Daniel Yeni Bir Yemek Deniyor</t>
+          <t>Fil Necati 4 - Süper Güçlerim ve Greyfurt</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786256780934</t>
+          <t>9786256231061</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yürekler</t>
+          <t>Edebiyatın Tuzu Siyasetin Biberi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786256780910</t>
+          <t>9786256231092</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Yoga - Plajda Bir Gün</t>
+          <t>Fil Necati 3 - Gizemli Orman Krallığı!</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786256780927</t>
+          <t>9786256231078</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar - Olivia Denize Gidiyor</t>
+          <t>Sana Dün Bir Tepeden Baktım Aziz Türkiye - Müzik Yazıları</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>225</v>
+        <v>289</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786256231023</t>
+          <t>9786256231047</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 2</t>
+          <t>Devler</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>359</v>
+        <v>250</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786256231016</t>
+          <t>9786256231054</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 1</t>
+          <t>Kız, Kraliçe, Tanrıça</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>359</v>
+        <v>370</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786256780897</t>
+          <t>9786256231009</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Kenti</t>
+          <t>Kral Şakir Kostüm Partisi</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>289</v>
+        <v>249</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786256780873</t>
+          <t>9786256780989</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Anne Bak Ölüm Geldi</t>
+          <t>Kral Şakir Kostüm Partisi - Canan</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786256780903</t>
+          <t>9786256780996</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kederle Başa Çıkmak Yaşam, Ölüm ve Hayatta Kalma Hikayeleri</t>
+          <t>Kral Şakir Kostüm Partisi - Fil Necati</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>279</v>
+        <v>249</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786256780880</t>
+          <t>9786256780972</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Kötü Adamlar</t>
+          <t>Kral Şakir Kostüm Partisi - Tüm Takım</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>210</v>
+        <v>249</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786256780859</t>
+          <t>9786256231030</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Neden? K-Pop (Ciltli)</t>
+          <t>Dupduru Okula Başlıyor mu?</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>690</v>
+        <v>189</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786256780842</t>
+          <t>9786256780958</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Yeni Defterden Eski Deftere</t>
+          <t>Daniel Yüzmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>260</v>
+        <v>99</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786256780866</t>
+          <t>9786256780965</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Ustası</t>
+          <t>Kaplan Daniel’ın Mahallesi - Hadi Dişlerimizi Fırçalayalım!</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>599</v>
+        <v>99</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786256780743</t>
+          <t>9786256780941</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium 1. Bölüm: Duvardaki Deliğin Gizemi (Ciltli)</t>
+          <t>Kaplan Daniel’ın Mahallesi - Daniel Yeni Bir Yemek Deniyor</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>390</v>
+        <v>99</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789992865750</t>
+          <t>9786256780934</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rota Üçlemesi</t>
+          <t>Cesur Yürekler</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>937</v>
+        <v>169</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9782002587444</t>
+          <t>9786256780910</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy Kutu - 6 kitap</t>
+          <t>Çocuklar için Yoga - Plajda Bir Gün</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>1974</v>
+        <v>175</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052162781</t>
+          <t>9786256780927</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Yardımlaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
+          <t>Afacanlar - Olivia Denize Gidiyor</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>129</v>
+        <v>225</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9782002585860</t>
+          <t>9786256231023</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Seti (2 Kitap Takım)</t>
+          <t>Dark Souls Sayı: 2</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>330</v>
+        <v>459</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257124966</t>
+          <t>9786256231016</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Bembeyaz Dişler Necati’siz Gülüşler! - Çürük Ali Mikrop Necati (Ciltli)</t>
+          <t>Dark Souls Sayı: 1</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>349</v>
+        <v>459</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257124430</t>
+          <t>9786256780897</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Çocukları</t>
+          <t>Rüyalar Kenti</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>375</v>
+        <v>289</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789992265635</t>
+          <t>9786256780873</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Resimli Hikayeler Seti (3 Kitap Takım)</t>
+          <t>Anne Bak Ölüm Geldi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>525</v>
+        <v>310</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9782002585846</t>
+          <t>9786256780903</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Güldem Şahan Seti (3 Kitap Takım)</t>
+          <t>Kederle Başa Çıkmak Yaşam, Ölüm ve Hayatta Kalma Hikayeleri</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>507</v>
+        <v>340</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9782002585853</t>
+          <t>9786256780880</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat 3 Kitaplık Set</t>
+          <t>Kötü Adamlar</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>405</v>
+        <v>210</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786256780804</t>
+          <t>9786256780859</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 14 - Marmaris Bodrum Denizde Mor Bir Hortum (Ciltli)</t>
+          <t>Neden? K-Pop (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>349</v>
+        <v>690</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786256780774</t>
+          <t>9786256780842</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Yeni Defterden Eski Deftere</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>349</v>
+        <v>260</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786256780767</t>
+          <t>9786256780866</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Gün</t>
+          <t>Gözyaşı Ustası</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>300</v>
+        <v>599</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786256780781</t>
+          <t>9786256780743</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kahinin Ninnisi</t>
+          <t>Maxi &amp; Helium 1. Bölüm: Duvardaki Deliğin Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>189</v>
+        <v>490</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786256780798</t>
+          <t>9789992865750</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Engelli Koşu</t>
+          <t>Kayıp Rota Üçlemesi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>275</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786256780828</t>
+          <t>9782002587444</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 1 - Hediye Kutusundaki Gizem!</t>
+          <t>Scarlet ve Ivy Kutu - 6 kitap</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>119</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786256780835</t>
+          <t>9786052162781</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 2 - Doğru Kapı Hangisi?</t>
+          <t>Yardımlaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>119</v>
+        <v>129</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786256780736</t>
+          <t>9782002585860</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Lilith</t>
+          <t>Bilim Okulu Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>399</v>
+        <v>615</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786256780644</t>
+          <t>9786257124966</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood 3</t>
+          <t>Bembeyaz Dişler Necati’siz Gülüşler! - Çürük Ali Mikrop Necati (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>235</v>
+        <v>399</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786256780712</t>
+          <t>9786257124430</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Piyano Akortçusu</t>
+          <t>Zamanın Çocukları</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>129</v>
+        <v>470</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786256780729</t>
+          <t>9789992265635</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Amansız Ay - Astronot Kadın Serisi</t>
+          <t>Resimli Hikayeler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>375</v>
+        <v>657</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786256780705</t>
+          <t>9782002585846</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Damsel - Savaşçı Prenses</t>
+          <t>Güldem Şahan Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>349</v>
+        <v>507</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786256780699</t>
+          <t>9782002585853</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Tuz Kokulu Öyküler</t>
+          <t>Çocuklar İçin Edebiyat 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>169</v>
+        <v>507</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786256780651</t>
+          <t>9786256780804</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Suzette</t>
+          <t>Kral Şakir 14 - Marmaris Bodrum Denizde Mor Bir Hortum (Ciltli)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>186</v>
+        <v>399</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786256780668</t>
+          <t>9786256780774</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Suzette – Annem İçin Bir Hediye</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>186</v>
+        <v>349</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786256780552</t>
+          <t>9786256780767</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Winx Club– Boyama Kitabı 2</t>
+          <t>Mükemmel Bir Gün</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>49</v>
+        <v>370</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786256780590</t>
+          <t>9786256780781</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio and Friends - Boyama Kitabı 3</t>
+          <t>Kahinin Ninnisi</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>69</v>
+        <v>240</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786256780484</t>
+          <t>9786256780798</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Nemrut Yolcusu</t>
+          <t>Engelli Koşu</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786256780583</t>
+          <t>9786256780828</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio and Friends - Boyama Kitabı 2</t>
+          <t>Fil Necati 1 - Hediye Kutusundaki Gizem!</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786256780576</t>
+          <t>9786256780835</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio and Friends - Boyama Kitabı 1</t>
+          <t>Fil Necati 2 - Doğru Kapı Hangisi?</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786256780460</t>
+          <t>9786256780736</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Görevimiz Boyama</t>
+          <t>Lilith</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786256780491</t>
+          <t>9786256780644</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Anadolu Serüveni</t>
+          <t>Robin Hood 3</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786256780675</t>
+          <t>9786256780712</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Gufi ile Yaşam Dersleri</t>
+          <t>Piyano Akortçusu</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>189</v>
+        <v>129</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786256780637</t>
+          <t>9786256780729</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 4</t>
+          <t>Amansız Ay - Astronot Kadın Serisi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>79</v>
+        <v>460</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786256780620</t>
+          <t>9786256780705</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 3</t>
+          <t>Damsel - Savaşçı Prenses</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>79</v>
+        <v>349</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786256780613</t>
+          <t>9786256780699</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 2</t>
+          <t>Tuz Kokulu Öyküler</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>79</v>
+        <v>169</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786256780606</t>
+          <t>9786256780651</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 1</t>
+          <t>Suzette</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>79</v>
+        <v>186</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786256780361</t>
+          <t>9786256780668</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Bebekler Okulu</t>
+          <t>Suzette – Annem İçin Bir Hediye</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>249</v>
+        <v>186</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786256780415</t>
+          <t>9786256780552</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Mostro Dişlerini Kaybederse</t>
+          <t>Winx Club– Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>225</v>
+        <v>49</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786256780408</t>
+          <t>9786256780590</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Arthur Yeni Yılı Kutluyor</t>
+          <t>Pinocchio and Friends - Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>225</v>
+        <v>89</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786256780354</t>
+          <t>9786256780484</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Leoparı Kaybeden Kız</t>
+          <t>Kral Şakir Devler Uyandı Nemrut Yolcusu</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>189</v>
+        <v>125</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786256780378</t>
+          <t>9786256780583</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Serpilme: Kendini Bulmak Üzerine Sıradışı Bir Yolculuk</t>
+          <t>Pinocchio and Friends - Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>310</v>
+        <v>89</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786256780385</t>
+          <t>9786256780576</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Bir Spartalı’nın Kederi</t>
+          <t>Pinocchio and Friends - Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>299</v>
+        <v>89</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786256780392</t>
+          <t>9786256780460</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Isırgan Otu ve Kemik</t>
+          <t>Kral Şakir Devler Uyandı Görevimiz Boyama</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786256780293</t>
+          <t>9786256780491</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve İçindeki Çılgın His</t>
+          <t>Kral Şakir Devler Uyandı Anadolu Serüveni</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>139</v>
+        <v>125</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786256780286</t>
+          <t>9786256780675</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Kaka Kabı</t>
+          <t>Gufi ile Yaşam Dersleri</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786256780279</t>
+          <t>9786256780637</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Emziği</t>
+          <t>Duru Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>139</v>
+        <v>79</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786256780330</t>
+          <t>9786256780620</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Rebel Moon Birinci Bölüm - Ateşin Çocuğu</t>
+          <t>Duru Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>250</v>
+        <v>79</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786256780309</t>
+          <t>9786256780613</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Sırt Çantaları</t>
+          <t>Duru Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>240</v>
+        <v>79</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786256780262</t>
+          <t>9786256780606</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Fazıl Hüsnü Dağlarca’nın Söz Kuşları</t>
+          <t>Duru Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>169</v>
+        <v>79</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786256780255</t>
+          <t>9786256780361</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Düşün - Ayrımcı Robot</t>
+          <t>Bebekler Okulu</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>139</v>
+        <v>249</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786256780323</t>
+          <t>9786256780415</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Başka Kuşlar</t>
+          <t>Mostro Dişlerini Kaybederse</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786256780316</t>
+          <t>9786256780408</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin, İstanbul</t>
+          <t>Arthur Yeni Yılı Kutluyor</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>199</v>
+        <v>225</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786256780347</t>
+          <t>9786256780354</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Genç Olmak</t>
+          <t>Leoparı Kaybeden Kız</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786256780224</t>
+          <t>9786256780378</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Oda Cinayetleri</t>
+          <t>Serpilme: Kendini Bulmak Üzerine Sıradışı Bir Yolculuk</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>219</v>
+        <v>390</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9782004577740</t>
+          <t>9786256780385</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne (5 Kitap Set)</t>
+          <t>Bir Spartalı’nın Kederi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>1495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786256780217</t>
+          <t>9786256780392</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Alevler Kenti</t>
+          <t>Isırgan Otu ve Kemik</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>289</v>
+        <v>300</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786256780118</t>
+          <t>9786256780293</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Gelebilir miyim?</t>
+          <t>Kiki ve İçindeki Çılgın His</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>199</v>
+        <v>175</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786256780101</t>
+          <t>9786256780286</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Bal Porsuğu Puki (Ciltli)</t>
+          <t>Kiki ve Kaka Kabı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>149</v>
+        <v>175</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786256780125</t>
+          <t>9786256780279</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Şşşş (Ciltli)</t>
+          <t>Kiki ve Emziği</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>199</v>
+        <v>175</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786256780200</t>
+          <t>9786256780330</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 4</t>
+          <t>Rebel Moon Birinci Bölüm - Ateşin Çocuğu</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786256780194</t>
+          <t>9786256780309</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 3</t>
+          <t>Sırt Çantaları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786256780187</t>
+          <t>9786256780262</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 2</t>
+          <t>Fazıl Hüsnü Dağlarca’nın Söz Kuşları</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>110</v>
+        <v>169</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786256780170</t>
+          <t>9786256780255</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 1</t>
+          <t>Birlikte Düşün - Ayrımcı Robot</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>110</v>
+        <v>139</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786256780095</t>
+          <t>9786256780323</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 5 Fenerli Kadın</t>
+          <t>Başka Kuşlar</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>299</v>
+        <v>290</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786256780163</t>
+          <t>9786256780316</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 4</t>
+          <t>Denizlerin, İstanbul</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>65</v>
+        <v>199</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786256780156</t>
+          <t>9786256780347</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 3</t>
+          <t>Genç Olmak</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786256780149</t>
+          <t>9786256780224</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 2</t>
+          <t>Dokuz Oda Cinayetleri</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>65</v>
+        <v>275</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786256780132</t>
+          <t>9782004577740</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 1</t>
+          <t>Bloodborne (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>65</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786256397958</t>
+          <t>9786256780217</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Pop Starlar - Dansçılar</t>
+          <t>Alevler Kenti</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>199</v>
+        <v>289</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786256397880</t>
+          <t>9786256780118</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Peşinde - Thomas ve Arkadaşları</t>
+          <t>Gelebilir miyim?</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786256397873</t>
+          <t>9786256780101</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yarışı - Thomas ve Arkadaşları</t>
+          <t>Bal Porsuğu Puki (Ciltli)</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256780088</t>
+          <t>9786256780125</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>Şşşş (Ciltli)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>310</v>
+        <v>199</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786256780064</t>
+          <t>9786256780200</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Üç Fedaisi</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>299</v>
+        <v>125</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786256780026</t>
+          <t>9786256780194</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Athena’nın Çocuğu</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786256780071</t>
+          <t>9786256780187</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Violet Veil’in Gizemi - Bir Talihsizlik Hikayesi</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>299</v>
+        <v>125</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786256780040</t>
+          <t>9786256780170</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kitsy Bitsy’nin Gürültücü Komşuları</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>199</v>
+        <v>125</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786256780033</t>
+          <t>9786256780095</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Margot</t>
+          <t>Bloodborne 5 Fenerli Kadın</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>205</v>
+        <v>389</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786256780057</t>
+          <t>9786256780163</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Abrakadabra Demeyi Dene</t>
+          <t>Harika Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>199</v>
+        <v>65</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786256397972</t>
+          <t>9786256780156</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Moda Başkentleri - Milano</t>
+          <t>Harika Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>199</v>
+        <v>65</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256397941</t>
+          <t>9786256780149</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Pop Starlar - Şarkıcılar</t>
+          <t>Harika Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>199</v>
+        <v>65</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786256780019</t>
+          <t>9786256780132</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Yıldızların Işığı</t>
+          <t>Harika Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>360</v>
+        <v>65</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786256397965</t>
+          <t>9786256397958</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Moda Başkentleri - Tokyo</t>
+          <t>Pop Starlar - Dansçılar</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786256780002</t>
+          <t>9786256397880</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Çizgi Roman Albüm 3</t>
+          <t>Gökkuşağının Peşinde - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786256397989</t>
+          <t>9786256397873</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Annem Zeytin ve Çay</t>
+          <t>Ejderha Yarışı - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786256397996</t>
+          <t>9786256780088</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Anlatıcı Mağazası</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>199</v>
+        <v>390</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786256397804</t>
+          <t>9786256780064</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Fıkraları</t>
+          <t>Cumhuriyet’in Üç Fedaisi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786256397781</t>
+          <t>9786256780026</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Kolaysa Sen Bul - Karikatürlü Bilmeceler</t>
+          <t>Athena’nın Çocuğu</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>249</v>
+        <v>185</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786256397828</t>
+          <t>9786256780071</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Bu Fıkralara Kargalar Bile Güler</t>
+          <t>Violet Veil’in Gizemi - Bir Talihsizlik Hikayesi</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>249</v>
+        <v>370</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786256397798</t>
+          <t>9786256780040</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Hazır Cevap Hasan</t>
+          <t>Kitsy Bitsy’nin Gürültücü Komşuları</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786256397811</t>
+          <t>9786256780033</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Memo ile Boncuk Dünya’yı Geziyor - Ara Bul Kitabı</t>
+          <t>Muhteşem Margot</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786256397866</t>
+          <t>9786256780057</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm</t>
+          <t>Abrakadabra Demeyi Dene</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>499</v>
+        <v>199</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786256397903</t>
+          <t>9786256397972</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Şifreli Kabarık Etek Vakası</t>
+          <t>Moda Başkentleri - Milano</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786256397897</t>
+          <t>9786256397941</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Şarkıların</t>
+          <t>Pop Starlar - Şarkıcılar</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786256397934</t>
+          <t>9786256780019</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Şans</t>
+          <t>Sıradışı Yıldızların Işığı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>249</v>
+        <v>440</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786256397910</t>
+          <t>9786256397965</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaydı O Gün</t>
+          <t>Moda Başkentleri - Tokyo</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786256397927</t>
+          <t>9786256780002</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood 2: Korsanlık, Paintball - Zebralar</t>
+          <t>Kral Şakir Çizgi Roman Albüm 3</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786256397859</t>
+          <t>9786256397989</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Erteleme Nedenleri ve Çözümleri</t>
+          <t>Annem Zeytin ve Çay</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>249</v>
+        <v>150</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786256397835</t>
+          <t>9786256397996</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Aynı Ben Değilim</t>
+          <t>Anlatıcı Mağazası</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>245</v>
+        <v>199</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256397842</t>
+          <t>9786256397804</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Siyaset Yazıları: 3</t>
+          <t>Öğrenci Fıkraları</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786256397743</t>
+          <t>9786256397781</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Altın Avcıları</t>
+          <t>Kolaysa Sen Bul - Karikatürlü Bilmeceler</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256397750</t>
+          <t>9786256397828</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Yıkımın Çocukları</t>
+          <t>Bu Fıkralara Kargalar Bile Güler</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>375</v>
+        <v>249</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786256397767</t>
+          <t>9786256397798</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>O Yaz</t>
+          <t>Hazır Cevap Hasan</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>275</v>
+        <v>249</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786256397699</t>
+          <t>9786256397811</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Bir Şarkı Gibiydi</t>
+          <t>Memo ile Boncuk Dünya’yı Geziyor - Ara Bul Kitabı</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786256397736</t>
+          <t>9786256397866</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Meena'nın Farkındalık Anı</t>
+          <t>Kral Şakir Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>225</v>
+        <v>499</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786256397705</t>
+          <t>9786256397903</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Mor Canavar Benden Ne İstiyor?</t>
+          <t>Şifreli Kabarık Etek Vakası</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>139</v>
+        <v>250</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786256397729</t>
+          <t>9786256397897</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Saksıda Yaşayan Kalp</t>
+          <t>Ah Bu Şarkıların</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786256397712</t>
+          <t>9786256397934</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Nardik Büyüyor</t>
+          <t>Şans</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>139</v>
+        <v>249</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786256397613</t>
+          <t>9786256397910</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Odası Öyküleri</t>
+          <t>Aramızdaydı O Gün</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786256397422</t>
+          <t>9786256397927</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Bir Ay İki Çiçek</t>
+          <t>Robin Hood 2: Korsanlık, Paintball - Zebralar</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>199</v>
+        <v>290</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786256397620</t>
+          <t>9786256397859</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Düşen Adam</t>
+          <t>Erteleme Nedenleri ve Çözümleri</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786256397606</t>
+          <t>9786256397835</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Bizim Aile</t>
+          <t>Aynı Ben Değilim</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>169</v>
+        <v>300</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786256397507</t>
+          <t>9786256397842</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Indigo McCloud’un Çok Tehlikeli Kız Kardeşleri</t>
+          <t>Edebiyat ve Siyaset Yazıları: 3</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>155</v>
+        <v>299</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786256397514</t>
+          <t>9786256397743</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Gönlümdeki Güz</t>
+          <t>Altın Avcıları</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>175</v>
+        <v>239</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786256397545</t>
+          <t>9786256397750</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Tuzak Kapı</t>
+          <t>Yıkımın Çocukları</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>239</v>
+        <v>470</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786256397538</t>
+          <t>9786256397767</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Her Ailenin Bir Hikayesi Vardır</t>
+          <t>O Yaz</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>299</v>
+        <v>275</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786256397552</t>
+          <t>9786256397699</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Savaşı</t>
+          <t>Bir Şarkı Gibiydi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>249</v>
+        <v>95</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786256397521</t>
+          <t>9786256397736</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokusunun Sesini Duyan Nezihe Meriç</t>
+          <t>Meena'nın Farkındalık Anı</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>169</v>
+        <v>225</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786256397484</t>
+          <t>9786256397705</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Siyaset Yazıları 2 - Dinozorca, Çile Törenleri</t>
+          <t>Mor Canavar Benden Ne İstiyor?</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786256397491</t>
+          <t>9786256397729</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Renk Cümbüşü</t>
+          <t>Saksıda Yaşayan Kalp</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786057690906</t>
+          <t>9786256397712</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Eğitici Kartlar! - Korsanlar Diyarı Hafıza Kartları!</t>
+          <t>Nardik Büyüyor</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>170</v>
+        <v>139</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786057690890</t>
+          <t>9786256397613</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Eğitici Kartlar! - İngilizce Hayvanlar!</t>
+          <t>Sonsuzluk Odası Öyküleri</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786057690883</t>
+          <t>9786256397422</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Eğitici Kartlar! - Çarpım Tablosu!</t>
+          <t>Bir Ay İki Çiçek</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9772002587445</t>
+          <t>9786256397620</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Avatar Üstün Taraf 3'lü Set</t>
+          <t>Dünyaya Düşen Adam</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>1077</v>
+        <v>460</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256397354</t>
+          <t>9786256397606</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Üstün Taraf - Cilt Üç</t>
+          <t>Bizim Aile</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>359</v>
+        <v>169</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256397347</t>
+          <t>9786256397507</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Üstün Taraf - Cilt İki</t>
+          <t>Indigo McCloud’un Çok Tehlikeli Kız Kardeşleri</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>359</v>
+        <v>155</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256397330</t>
+          <t>9786256397514</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Üstün Taraf - Cilt Bir</t>
+          <t>Gönlümdeki Güz</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>359</v>
+        <v>175</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256397477</t>
+          <t>9786256397545</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Hapşıran Bahar</t>
+          <t>Tuzak Kapı</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>110</v>
+        <v>239</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256397460</t>
+          <t>9786256397538</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Buz</t>
+          <t>Her Ailenin Bir Hikayesi Vardır</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>299</v>
+        <v>370</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256397439</t>
+          <t>9786256397552</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Medusa</t>
+          <t>Yeşim Savaşı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>235</v>
+        <v>599</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256397392</t>
+          <t>9786256397521</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yoga Terapi El Kitabı 1</t>
+          <t>Gül Kokusunun Sesini Duyan Nezihe Meriç</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>860</v>
+        <v>210</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256397408</t>
+          <t>9786256397484</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Cilala, Parlat Bir Dürüm Patlat! - Kral Şakir 13 (Ciltli)</t>
+          <t>Edebiyat ve Siyaset Yazıları 2 - Dinozorca, Çile Törenleri</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786256397415</t>
+          <t>9786256397491</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Anasuni Uzay Gemisi</t>
+          <t>Renk Cümbüşü</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786256397156</t>
+          <t>9786057690906</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Emily Paris’te</t>
+          <t>Muhtişim Eğitici Kartlar! - Korsanlar Diyarı Hafıza Kartları!</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>199</v>
+        <v>170</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786256397385</t>
+          <t>9786057690890</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Geceleme Durağı</t>
+          <t>Muhtişim Eğitici Kartlar! - İngilizce Hayvanlar!</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256397378</t>
+          <t>9786057690883</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Müzik Her Yerde</t>
+          <t>Muhtişim Eğitici Kartlar! - Çarpım Tablosu!</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256397361</t>
+          <t>9772002587445</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Thomas</t>
+          <t>Avatar Üstün Taraf 3'lü Set</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>110</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256397217</t>
+          <t>9786256397354</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Mesleklerle Atatürk</t>
+          <t>Avatar: Üstün Taraf - Cilt Üç</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>169</v>
+        <v>389</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256397200</t>
+          <t>9786256397347</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Travertenlerde Gün Batımı</t>
+          <t>Avatar: Üstün Taraf - Cilt İki</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>149</v>
+        <v>389</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256397224</t>
+          <t>9786256397330</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Bunu Bilmeyecek Ne Var</t>
+          <t>Avatar: Üstün Taraf - Cilt Bir</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>169</v>
+        <v>389</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256397316</t>
+          <t>9786256397477</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:5</t>
+          <t>Hapşıran Bahar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>169</v>
+        <v>110</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256397309</t>
+          <t>9786256397460</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:4</t>
+          <t>Buz</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256397293</t>
+          <t>9786256397439</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:3</t>
+          <t>Medusa</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>169</v>
+        <v>235</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256397286</t>
+          <t>9786256397392</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:2</t>
+          <t>Yoga Terapi El Kitabı 1</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>169</v>
+        <v>860</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256397279</t>
+          <t>9786256397408</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:1</t>
+          <t>Cilala, Parlat Bir Dürüm Patlat! - Kral Şakir 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>169</v>
+        <v>399</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256397231</t>
+          <t>9786256397415</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Azman Bebek</t>
+          <t>Anasuni Uzay Gemisi</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>139</v>
+        <v>275</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786256397248</t>
+          <t>9786256397156</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Pilou'nun Emziği</t>
+          <t>Emily Paris’te</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>130</v>
+        <v>199</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786256397255</t>
+          <t>9786256397385</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Lampo ile Oyna</t>
+          <t>Geceleme Durağı</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>69</v>
+        <v>100</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786256397262</t>
+          <t>9786256397378</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kozmo'nun Macerası</t>
+          <t>Müzik Her Yerde</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786256397149</t>
+          <t>9786256397361</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Pembe Yelpaze Vakası - Enola Holmes 4</t>
+          <t>Şakacı Thomas</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786256397163</t>
+          <t>9786256397217</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 4 - Yeşil Kitap</t>
+          <t>Mesleklerle Atatürk</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>45</v>
+        <v>169</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786256397194</t>
+          <t>9786256397200</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 3 - Kırmızı Kitap</t>
+          <t>Travertenlerde Gün Batımı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>45</v>
+        <v>149</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786256397187</t>
+          <t>9786256397224</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 2 - Mavi Kitap</t>
+          <t>Bunu Bilmeyecek Ne Var</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>45</v>
+        <v>169</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786256397170</t>
+          <t>9786256397316</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 1 - Sarı Kitap</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:5</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>45</v>
+        <v>169</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786256397132</t>
+          <t>9786256397309</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çekirge’nin Parti Heyecanı</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:4</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786256397101</t>
+          <t>9786256397293</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Geldiğimi Asla Görmedin</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:3</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256397125</t>
+          <t>9786256397286</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Evreni Anlayan Maymun</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:2</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>375</v>
+        <v>169</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786256397118</t>
+          <t>9786256397279</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Göklerdeki Yazgı</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:1</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786256397088</t>
+          <t>9786256397231</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Megaverse</t>
+          <t>Azman Bebek</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>360</v>
+        <v>139</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256397095</t>
+          <t>9786256397248</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Siyaset Yazıları: 1</t>
+          <t>Pilou'nun Emziği</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>299</v>
+        <v>130</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256397040</t>
+          <t>9786256397255</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Biz Bir Aileyiz</t>
+          <t>Lampo ile Oyna</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>265</v>
+        <v>69</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786256397057</t>
+          <t>9786256397262</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Ebru Nurluoğlu’nun Hatıra Defteri Demir Kelebek</t>
+          <t>Kozmo'nun Macerası</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>269</v>
+        <v>130</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786256397064</t>
+          <t>9786256397149</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango’nun Maceraları</t>
+          <t>Tuhaf Pembe Yelpaze Vakası - Enola Holmes 4</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786258089981</t>
+          <t>9786256397163</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Yıldızların Moda Çekimi</t>
+          <t>Rengarenk Boyama Kitabı 4 - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>239</v>
+        <v>45</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786258089974</t>
+          <t>9786256397194</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Süpermodellerin Villası</t>
+          <t>Rengarenk Boyama Kitabı 3 - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>239</v>
+        <v>45</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786258089899</t>
+          <t>9786256397187</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ada</t>
+          <t>Rengarenk Boyama Kitabı 2 - Mavi Kitap</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>199</v>
+        <v>45</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786258089882</t>
+          <t>9786256397170</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Teneffüsleri Seven Çocuk</t>
+          <t>Rengarenk Boyama Kitabı 1 - Sarı Kitap</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>139</v>
+        <v>45</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786258089905</t>
+          <t>9786256397132</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Bahçe</t>
+          <t>Küçük Çekirge’nin Parti Heyecanı</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786258089950</t>
+          <t>9786256397101</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Müzik Aletleri</t>
+          <t>Geldiğimi Asla Görmedin</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786258089943</t>
+          <t>9786256397125</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Meslek</t>
+          <t>Evreni Anlayan Maymun</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786258089912</t>
+          <t>9786256397118</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Giysiler</t>
+          <t>Göklerdeki Yazgı</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786258089929</t>
+          <t>9786256397088</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Ev İşlerine Yardım</t>
+          <t>Megaverse</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786258089936</t>
+          <t>9786256397095</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü</t>
+          <t>Edebiyat ve Siyaset Yazıları: 1</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256397026</t>
+          <t>9786256397040</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Annelik Geliyorum Demez</t>
+          <t>Biz Bir Aileyiz</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256397033</t>
+          <t>9786256397057</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Koridoru</t>
+          <t>Ebru Nurluoğlu’nun Hatıra Defteri Demir Kelebek</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>280</v>
+        <v>269</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786258089868</t>
+          <t>9786256397064</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Dünyayı Değiştirecek Robotlar!</t>
+          <t>Kara Köpek Tango’nun Maceraları</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786258089820</t>
+          <t>9786258089981</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Yıldızlı Uçaklar!</t>
+          <t>Miyav Miyav Modaevi - Yıldızların Moda Çekimi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786258089875</t>
+          <t>9786258089974</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Çocuk Rozeti!</t>
+          <t>Miyav Miyav Modaevi - Süpermodellerin Villası</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786258089844</t>
+          <t>9786258089899</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Oyun Geliştiriyoruz!</t>
+          <t>Hayalet Ada</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>150</v>
+        <v>199</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786258089806</t>
+          <t>9786258089882</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Kendimi İfade Edebiliyorum</t>
+          <t>Teneffüsleri Seven Çocuk</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>150</v>
+        <v>139</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786258089783</t>
+          <t>9786258089905</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Günü</t>
+          <t>Küçük Tavşancık - Bahçe</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786258089790</t>
+          <t>9786258089950</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kampçılar</t>
+          <t>Müzik Aletleri</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786258089813</t>
+          <t>9786258089943</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>İnternette Yolculuk</t>
+          <t>Hayalimdeki Meslek</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786258089837</t>
+          <t>9786258089912</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Ayının Uzay Macerası</t>
+          <t>Giysiler</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786258089776</t>
+          <t>9786258089929</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Topraklar</t>
+          <t>Ev İşlerine Yardım</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786258089769</t>
+          <t>9786258089936</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çekirge’nin Büyük Macerası</t>
+          <t>Doğum Günü</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786258089752</t>
+          <t>9786256397026</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Vahiyci</t>
+          <t>Annelik Geliyorum Demez</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>289</v>
+        <v>220</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786258089738</t>
+          <t>9786256397033</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Ferhad ile Şirin</t>
+          <t>Rüzgar Koridoru</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>219</v>
+        <v>280</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786258089745</t>
+          <t>9786258089868</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Aklına Yolculuk</t>
+          <t>Kral Şakir - Dünyayı Değiştirecek Robotlar!</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786258089721</t>
+          <t>9786258089820</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Kedi</t>
+          <t>Kral Şakir - Yıldızlı Uçaklar!</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786258089684</t>
+          <t>9786258089875</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 12 (Ciltli)</t>
+          <t>Kral Şakir - Çocuk Rozeti!</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786258089622</t>
+          <t>9786258089844</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Macera Kulübü</t>
+          <t>Kral Şakir - Oyun Geliştiriyoruz!</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>109</v>
+        <v>190</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786258089714</t>
+          <t>9786258089806</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Minik Kedi Şeker’in Maceraları - Uzun Burun</t>
+          <t>Kendimi İfade Edebiliyorum</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786258089615</t>
+          <t>9786258089783</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Sodor Kupası Yarışı</t>
+          <t>Oyuncak Günü</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>109</v>
+        <v>190</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786258089691</t>
+          <t>9786258089790</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Limon Hikayesi</t>
+          <t>Muhteşem Kampçılar</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786258089707</t>
+          <t>9786258089813</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Kardan Adam Hikayesi</t>
+          <t>İnternette Yolculuk</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>236</v>
+        <v>190</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786258089646</t>
+          <t>9786258089837</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Pruva Neta</t>
+          <t>Oyuncak Ayının Uzay Macerası</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786258089677</t>
+          <t>9786258089776</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Bir Kelebeği Yakalamak</t>
+          <t>Zorlu Topraklar</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786258089653</t>
+          <t>9786258089769</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Nü Peride</t>
+          <t>Küçük Çekirge’nin Büyük Macerası</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786258089660</t>
+          <t>9786258089752</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Meta Dünyalara Yolculuk</t>
+          <t>Vahiyci</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>205</v>
+        <v>289</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786258089608</t>
+          <t>9786258089738</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Güzel Canavar İçin Avrupa Seyahati</t>
+          <t>Ferhad ile Şirin</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>395</v>
+        <v>219</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786258089592</t>
+          <t>9786258089745</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Rünlerin Yankıları</t>
+          <t>Çocuk Aklına Yolculuk</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786258089585</t>
+          <t>9786258089721</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 4: Peçe, Paramparça</t>
+          <t>Uykucu Kedi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786258089578</t>
+          <t>9786258089684</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 3: Kargaların Şarkısı</t>
+          <t>Kral Şakir 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786258089561</t>
+          <t>9786258089622</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 2: Şifa Açlığı</t>
+          <t>En Büyük Macera Kulübü</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>389</v>
+        <v>109</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786258089554</t>
+          <t>9786258089714</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 1: Uykunun Ölümü</t>
+          <t>Minik Kedi Şeker’in Maceraları - Uzun Burun</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786258089547</t>
+          <t>9786258089615</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Ne Altın Ne Gümüş</t>
+          <t>Sodor Kupası Yarışı</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>279</v>
+        <v>109</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786057939876</t>
+          <t>9786258089691</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece Kedisi Piksel (Yeni Baskı)</t>
+          <t>Nil’in Limon Hikayesi</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>169</v>
+        <v>155</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786258089493</t>
+          <t>9786258089707</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood: Bilgisayar Korsanlığı, Soygunlar ve Alevli Oklar</t>
+          <t>Nil’in Kardan Adam Hikayesi</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786258089486</t>
+          <t>9786258089646</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Valhalla Blues</t>
+          <t>Pruva Neta</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786258089523</t>
+          <t>9786258089677</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Dev</t>
+          <t>Bir Kelebeği Yakalamak</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>149</v>
+        <v>340</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786258089516</t>
+          <t>9786258089653</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Doğayı Küstürmeyelim</t>
+          <t>Nü Peride</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>149</v>
+        <v>279</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786258089530</t>
+          <t>9786258089660</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Astronot Olmak İsteyen Çocuklara Uzay El Kitabı</t>
+          <t>Bilim Okulu Meta Dünyalara Yolculuk</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>160</v>
+        <v>205</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786258089509</t>
+          <t>9786258089608</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kuşlar</t>
+          <t>Güzel Canavar İçin Avrupa Seyahati</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>149</v>
+        <v>395</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786258089479</t>
+          <t>9786258089592</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Sürgün</t>
+          <t>Rünlerin Yankıları</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>199</v>
+        <v>275</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258089462</t>
+          <t>9786258089585</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürüngenin Anıları</t>
+          <t>Bloodborne 4: Peçe, Paramparça</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>310</v>
+        <v>389</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786258089448</t>
+          <t>9786258089578</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Bu Öyküde Koca Kötü Kurt Yok</t>
+          <t>Bloodborne 3: Kargaların Şarkısı</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>110</v>
+        <v>389</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9782002568870</t>
+          <t>9786258089561</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı 4 Kitap Set</t>
+          <t>Bloodborne 2: Şifa Açlığı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>1360</v>
+        <v>389</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786258089455</t>
+          <t>9786258089554</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Bu Öyküde Ejderha Yok</t>
+          <t>Bloodborne 1: Uykunun Ölümü</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>110</v>
+        <v>389</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786258089431</t>
+          <t>9786258089547</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Yüzmek, Yaşamak ve Olma Arzusu</t>
+          <t>Ne Altın Ne Gümüş</t>
         </is>
       </c>
       <c r="C840" s="1">
         <v>279</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786258089424</t>
+          <t>9786057939876</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Ömrümü Yedi Kadınlar</t>
+          <t>Mavi Gece Kedisi Piksel (Yeni Baskı)</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789992265475</t>
+          <t>9786258089493</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm Serisi - 3 Kitap Takım</t>
+          <t>Robin Hood: Bilgisayar Korsanlığı, Soygunlar ve Alevli Oklar</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>838</v>
+        <v>290</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786258089318</t>
+          <t>9786258089486</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>İkiz Kod</t>
+          <t>Valhalla Blues</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786258089301</t>
+          <t>9786258089523</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Kurtlaşmak</t>
+          <t>Çocuk ve Dev</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>275</v>
+        <v>149</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786258089325</t>
+          <t>9786258089516</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Çok Bekledim Seni Yaz Tatili! - Kral Şakir 11 (Ciltli)</t>
+          <t>Doğayı Küstürmeyelim</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>349</v>
+        <v>149</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786258089356</t>
+          <t>9786258089530</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kurbağa Kuri</t>
+          <t>Astronot Olmak İsteyen Çocuklara Uzay El Kitabı</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786258089349</t>
+          <t>9786258089509</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Uyku Nerede?</t>
+          <t>Renkli Kuşlar</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>110</v>
+        <v>149</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786258089332</t>
+          <t>9786258089479</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm - İnsanları Sev Eşyaları Kullan</t>
+          <t>Gönüllü Sürgün</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>359</v>
+        <v>199</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786258089271</t>
+          <t>9786258089462</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Violet Veil’in Gizemi - Ölümcül Dava</t>
+          <t>Bir Sürüngenin Anıları</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>299</v>
+        <v>310</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786258089295</t>
+          <t>9786258089448</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Sanal Kent</t>
+          <t>Bu Öyküde Koca Kötü Kurt Yok</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786258089288</t>
+          <t>9782002568870</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Rüzgar</t>
+          <t>Moda Zamanı 4 Kitap Set</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>149</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786258089264</t>
+          <t>9786258089455</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Kral Virüs</t>
+          <t>Bu Öyküde Ejderha Yok</t>
         </is>
       </c>
       <c r="C852" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786258089219</t>
+          <t>9786258089431</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Brody’nin Gizemli Şifresi</t>
+          <t>Yüzmek, Yaşamak ve Olma Arzusu</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786258089127</t>
+          <t>9786258089424</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ağaç</t>
+          <t>Ömrümü Yedi Kadınlar</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786258089202</t>
+          <t>9789992265475</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Çişteki Mucize - Çok Özel Bir İksir</t>
+          <t>Minimalizm Serisi - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>239</v>
+        <v>919</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786258089189</t>
+          <t>9786258089318</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Balinayla Tanışan Çocuk</t>
+          <t>İkiz Kod</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>189</v>
+        <v>265</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786258089196</t>
+          <t>9786258089301</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Marta Uyuyor</t>
+          <t>Kurtlaşmak</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>299</v>
+        <v>275</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786258089110</t>
+          <t>9786258089325</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Doğan Hızlan’la Denemenin Dönengesinde</t>
+          <t>Çok Bekledim Seni Yaz Tatili! - Kral Şakir 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>175</v>
+        <v>399</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786258089028</t>
+          <t>9786258089356</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy 6 - Son Sır</t>
+          <t>Kahraman Kurbağa Kuri</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>329</v>
+        <v>110</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786258089066</t>
+          <t>9786258089349</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Salda Gölü'nden Aspendos'a - Duru'nun Tatil Günlükleri</t>
+          <t>Uyku Nerede?</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786258089059</t>
+          <t>9786258089332</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Karun Hazinelerinin İzinde - Duru'nun Tatil Günlükleri</t>
+          <t>Minimalizm - İnsanları Sev Eşyaları Kullan</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>149</v>
+        <v>440</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786258089042</t>
+          <t>9786258089271</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>En Mutlu Kedi - Minik Kedi Şeker'in Maceraları</t>
+          <t>Violet Veil’in Gizemi - Ölümcül Dava</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786258089035</t>
+          <t>9786258089295</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Misafir - Minik Kedi Şeker'in Maceraları</t>
+          <t>Sanal Kent</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786257371971</t>
+          <t>9786258089288</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Bu Da Geçecek</t>
+          <t>Yaralı Rüzgar</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>439</v>
+        <v>190</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786257371964</t>
+          <t>9786258089264</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Buketler Vakası</t>
+          <t>Kral Virüs</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786257371926</t>
+          <t>9786258089219</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Trafikte Görünmeyen Çocuklar</t>
+          <t>Brody’nin Gizemli Şifresi</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>110</v>
+        <v>169</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786257371902</t>
+          <t>9786258089127</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Çocuksuz Çocuk Mağazası</t>
+          <t>İçimdeki Ağaç</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786257371940</t>
+          <t>9786258089202</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Melez Prenses 2 - Büyülü Sembol</t>
+          <t>Çişteki Mucize - Çok Özel Bir İksir</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>76</v>
+        <v>239</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786257371933</t>
+          <t>9786258089189</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Melez Prenses 1 - Kehanetin Doğuşu</t>
+          <t>Balinayla Tanışan Çocuk</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>76</v>
+        <v>235</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786257371957</t>
+          <t>9786258089196</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Püskül Çetesi’nin Maceraları</t>
+          <t>Marta Uyuyor</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>180</v>
+        <v>299</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786257124539</t>
+          <t>9786258089110</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Lovecraft Country</t>
+          <t>Doğan Hızlan’la Denemenin Dönengesinde</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>239</v>
+        <v>175</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786257371346</t>
+          <t>9786258089028</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy 5</t>
+          <t>Scarlet ve Ivy 6 - Son Sır</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>329</v>
+        <v>390</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786257124522</t>
+          <t>9786258089066</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Yazılar</t>
+          <t>Salda Gölü'nden Aspendos'a - Duru'nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786257371070</t>
+          <t>9786258089059</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Bolluk Şimdi! (Ciltli)</t>
+          <t>Karun Hazinelerinin İzinde - Duru'nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>49</v>
+        <v>149</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786257371094</t>
+          <t>9786258089042</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Marion Lane ve Gece Yarısı Cinayeti</t>
+          <t>En Mutlu Kedi - Minik Kedi Şeker'in Maceraları</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786257371292</t>
+          <t>9786258089035</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Evdeki Misafir - Minik Kedi Şeker'in Maceraları</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>279</v>
+        <v>110</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786257371193</t>
+          <t>9786257371971</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Araçlar Boyama Kitabı</t>
+          <t>Bu Da Geçecek</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>110</v>
+        <v>439</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257371148</t>
+          <t>9786257371964</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Korku Yiyici</t>
+          <t>Tuhaf Buketler Vakası</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257371285</t>
+          <t>9786257371926</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme Becerileri - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Trafikte Görünmeyen Çocuklar</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>279</v>
+        <v>110</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786257371209</t>
+          <t>9786257371902</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Cumburlop Denize Boyama Kitabı</t>
+          <t>Çocuksuz Çocuk Mağazası</t>
         </is>
       </c>
       <c r="C880" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257124867</t>
+          <t>9786257371940</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Bir Amerikan Evliliği</t>
+          <t>Masal Zamanı Melez Prenses 2 - Büyülü Sembol</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>349</v>
+        <v>76</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786257124850</t>
+          <t>9786257371933</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Kaplıcada Son Yaz</t>
+          <t>Masal Zamanı Melez Prenses 1 - Kehanetin Doğuşu</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>135</v>
+        <v>76</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786257124652</t>
+          <t>9786257371957</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Süpermodeller Tatilde - Miyav Miyav Modaevi</t>
+          <t>Püskül Çetesi’nin Maceraları</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>239</v>
+        <v>180</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257124591</t>
+          <t>9786257124539</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Fil Çalan Kız</t>
+          <t>Lovecraft Country</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257124805</t>
+          <t>9786257371346</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Dayanışma</t>
+          <t>Scarlet ve Ivy 5</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>149</v>
+        <v>390</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257124553</t>
+          <t>9786257124522</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Boş Oda</t>
+          <t>Mevsimsiz Yazılar</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>239</v>
+        <v>179</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257124836</t>
+          <t>9786257371070</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Cevat Şakir’in Bodrum’u - Çocuklar İçin Edebiyat 4</t>
+          <t>Bolluk Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>169</v>
+        <v>49</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257124829</t>
+          <t>9786257371094</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Dev ve Arkadaşları</t>
+          <t>Marion Lane ve Gece Yarısı Cinayeti</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>149</v>
+        <v>165</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257124607</t>
+          <t>9786257371292</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katı</t>
+          <t>Çizgiler - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>210</v>
+        <v>349</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257124676</t>
+          <t>9786257371193</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Süperstarlar - Miyav Miyav Modaevi</t>
+          <t>Kral Şakir Araçlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>239</v>
+        <v>125</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257124577</t>
+          <t>9786257371148</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Hoşt</t>
+          <t>Korku Yiyici</t>
         </is>
       </c>
       <c r="C891" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257124546</t>
+          <t>9786257371285</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Vadisi'nin Sessiz Perileri</t>
+          <t>Dikkat Geliştirme Becerileri - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>136</v>
+        <v>349</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257124812</t>
+          <t>9786257371209</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Minifino’nun Tasması</t>
+          <t>Kral Şakir Cumburlop Denize Boyama Kitabı</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257124621</t>
+          <t>9786257124867</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>New York Cadıları</t>
+          <t>Bir Amerikan Evliliği</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>219</v>
+        <v>349</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786257371551</t>
+          <t>9786257124850</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Işık Tugayı</t>
+          <t>Kaplıcada Son Yaz</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>345</v>
+        <v>135</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786257371186</t>
+          <t>9786257124652</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Mikrop Avcıları Boyama Kitabı</t>
+          <t>Süpermodeller Tatilde - Miyav Miyav Modaevi</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786257371254</t>
+          <t>9786257124591</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 2</t>
+          <t>Fil Çalan Kız</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>279</v>
+        <v>235</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786257371049</t>
+          <t>9786257124805</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Sadelik Şimdi! (Ciltli)</t>
+          <t>Ormanda Dayanışma</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>49</v>
+        <v>149</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257371117</t>
+          <t>9786257124553</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Boş Oda</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>119</v>
+        <v>239</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257371308</t>
+          <t>9786257124836</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözlüğüm - Araçlar</t>
+          <t>Cevat Şakir’in Bodrum’u - Çocuklar İçin Edebiyat 4</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>175</v>
+        <v>169</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257371537</t>
+          <t>9786257124829</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Patilerden Masallar 3</t>
+          <t>Dev ve Arkadaşları</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>89</v>
+        <v>149</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786257371568</t>
+          <t>9786257124607</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Atık İnsanları</t>
+          <t>Çatı Katı</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786257371476</t>
+          <t>9786257124676</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Dünyalıların Geleceği</t>
+          <t>Süperstarlar - Miyav Miyav Modaevi</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>119</v>
+        <v>295</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257371315</t>
+          <t>9786257124577</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - İlk Sözlüğüm</t>
+          <t>Hoşt</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257124645</t>
+          <t>9786257124546</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Eğlence Parkı</t>
+          <t>Kelebekler Vadisi'nin Sessiz Perileri</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>239</v>
+        <v>136</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786257124508</t>
+          <t>9786257124812</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Patilerden Masallar 2</t>
+          <t>Minifino’nun Tasması</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>89</v>
+        <v>110</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786257371490</t>
+          <t>9786257124621</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Kedi - 44 Cats</t>
+          <t>New York Cadıları</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>130</v>
+        <v>219</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786257371339</t>
+          <t>9786257371551</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Renkler Sayılar Şekiller - İlk Sözlüğüm</t>
+          <t>Işık Tugayı</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786257124669</t>
+          <t>9786257371186</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Miyav Günü Kutlaması - Miyav Miyav Modaevi</t>
+          <t>Kral Şakir Mikrop Avcıları Boyama Kitabı</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>239</v>
+        <v>125</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786257371483</t>
+          <t>9786257371254</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Dağınıklık Bebek Pie! - 44 Cats</t>
+          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>130</v>
+        <v>349</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257371506</t>
+          <t>9786257371049</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Dostum Bafi Kediler - 44 Cats</t>
+          <t>Sadelik Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>130</v>
+        <v>49</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786257371322</t>
+          <t>9786257371117</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sebzeler - İlk Sözlüğüm</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786257124683</t>
+          <t>9786257371308</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Moda Başkentleri</t>
+          <t>İlk Sözlüğüm - Araçlar</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>239</v>
+        <v>190</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786257371544</t>
+          <t>9786257371537</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>İlişmek</t>
+          <t>Akıllı Patilerden Masallar 3</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>150</v>
+        <v>89</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257124638</t>
+          <t>9786257371568</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlarla Bir Gün - Miyav Miyav Modaevi (Ciltli)</t>
+          <t>Atık İnsanları</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>239</v>
+        <v>215</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786257371360</t>
+          <t>9786257371476</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz İçin Bilgiler</t>
+          <t>Dünyalıların Geleceği</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>219</v>
+        <v>150</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786257371469</t>
+          <t>9786257371315</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Biblos’ta Bir Sedir Ağacı</t>
+          <t>Hayvanlar - İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786257371261</t>
+          <t>9786257124645</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 1</t>
+          <t>Miyav Miyav Modaevi - Eğlence Parkı</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>279</v>
+        <v>295</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786257371056</t>
+          <t>9786257124508</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Şimdi! (Ciltli)</t>
+          <t>Akıllı Patilerden Masallar 2</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>49</v>
+        <v>89</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786257371063</t>
+          <t>9786257371490</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Şimdi! (Ciltli)</t>
+          <t>Süper Kahraman Kedi - 44 Cats</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>49</v>
+        <v>130</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786257124928</t>
+          <t>9786257371339</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Brody Luckystar’ın Rekoru Ne? (Ciltli)</t>
+          <t>Renkler Sayılar Şekiller - İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786257371131</t>
+          <t>9786257124669</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Kitap Yiyici</t>
+          <t>Miyav Günü Kutlaması - Miyav Miyav Modaevi</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786257371407</t>
+          <t>9786257371483</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin Coco!</t>
+          <t>Bu Ne Dağınıklık Bebek Pie! - 44 Cats</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>189</v>
+        <v>130</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786257371377</t>
+          <t>9786257371506</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Okula Gidiyoruz - Memo ile Boncuk</t>
+          <t>Dostum Bafi Kediler - 44 Cats</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786257371391</t>
+          <t>9786257371322</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Denize Gidiyoruz - Memo ile Boncuk</t>
+          <t>Meyveler Sebzeler - İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257124911</t>
+          <t>9786257124683</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Orhan Veli Şiirleri</t>
+          <t>Miyav Miyav Modaevi - Moda Başkentleri</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>169</v>
+        <v>295</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786257371087</t>
+          <t>9786257371544</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Yüzü Olmayan Adam</t>
+          <t>İlişmek</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786257371155</t>
+          <t>9786257124638</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Kalbim (Ciltli)</t>
+          <t>Arkadaşlarla Bir Gün - Miyav Miyav Modaevi (Ciltli)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786257124843</t>
+          <t>9786257371360</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kemik</t>
+          <t>Beyniniz İçin Bilgiler</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>175</v>
+        <v>219</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786257124898</t>
+          <t>9786257371469</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Prenses A Uyanıyor</t>
+          <t>Biblos’ta Bir Sedir Ağacı</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9782002587437</t>
+          <t>9786257371261</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy 5 Kitaplık Set</t>
+          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>1645</v>
+        <v>349</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786257371278</t>
+          <t>9786257371056</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Mutluluk Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>279</v>
+        <v>49</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786257371247</t>
+          <t>9786257371063</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Farkındalık Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>279</v>
+        <v>49</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786257371384</t>
+          <t>9786257124928</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Mars’a Gidiyoruz - Memo ile Boncuk</t>
+          <t>Brody Luckystar’ın Rekoru Ne? (Ciltli)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786257371179</t>
+          <t>9786257371131</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Son Dürümler Boyama  Kitabı</t>
+          <t>Kitap Yiyici</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786257371780</t>
+          <t>9786257371407</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>On Numara Macera! - Kral Şakir 10 (Ciltli)</t>
+          <t>Yapabilirsin Coco!</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>349</v>
+        <v>189</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786257124614</t>
+          <t>9786257371377</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Okula Gidiyoruz - Memo ile Boncuk</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786257124584</t>
+          <t>9786257371391</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Denize Gidiyoruz - Memo ile Boncuk</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786257371872</t>
+          <t>9786257124911</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Haziran Kalsın</t>
+          <t>Çocuklara Orhan Veli Şiirleri</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>125</v>
+        <v>169</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786257371865</t>
+          <t>9786257371087</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Radikal</t>
+          <t>Yüzü Olmayan Adam</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>125</v>
+        <v>199</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786257371889</t>
+          <t>9786257371155</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Güpegündüz Hırsız Gibi</t>
+          <t>Kalbim (Ciltli)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>299</v>
+        <v>425</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786257371858</t>
+          <t>9786257124843</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çizmeleri Annesi Zanneden Kaz</t>
+          <t>Konuşan Kemik</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786257371827</t>
+          <t>9786257124898</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Sinderella Elbise Tasarımcısı Oluyor</t>
+          <t>Prenses A Uyanıyor</t>
         </is>
       </c>
       <c r="C943" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786257371841</t>
+          <t>9782002587437</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Kodlama Akademisi</t>
+          <t>Scarlet ve Ivy 5 Kitaplık Set</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>179</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786257371834</t>
+          <t>9786257371278</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Pilot Akademisi</t>
+          <t>Dikkat ve Görsel Algı - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>179</v>
+        <v>349</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786257124904</t>
+          <t>9786257371247</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Sahiku Çocuklarla Arkadaş Olmak İstiyor</t>
+          <t>Matematik - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>139</v>
+        <v>349</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786257371445</t>
+          <t>9786257371384</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Asi Koyun Melo</t>
+          <t>Mars’a Gidiyoruz - Memo ile Boncuk</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>139</v>
+        <v>110</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786257371452</t>
+          <t>9786257371179</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Mafin Bugün Mutsuz Olmak İstiyor</t>
+          <t>Kral Şakir Son Dürümler Boyama  Kitabı</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>139</v>
+        <v>125</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786257371742</t>
+          <t>9786257371780</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Küçük Tavşancık</t>
+          <t>On Numara Macera! - Kral Şakir 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786257371773</t>
+          <t>9786257124614</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Hava Durumu - Küçük Tavşancık</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786257371766</t>
+          <t>9786257124584</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Araçlar - Küçük Tavşancık</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786257371759</t>
+          <t>9786257371872</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Yuva - Küçük Tavşancık</t>
+          <t>Haziran Kalsın</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786257371735</t>
+          <t>9786257371865</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Aile - Küçük Tavşancık</t>
+          <t>Radikal</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786257371353</t>
+          <t>9786257371889</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Solak Leydi Vakası - Enola Holmes</t>
+          <t>Güpegündüz Hırsız Gibi</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>199</v>
+        <v>300</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786257371681</t>
+          <t>9786257371858</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Mikrop Avcıları 2 - Cumburlop (Ciltli)</t>
+          <t>Kırmızı Çizmeleri Annesi Zanneden Kaz</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>499</v>
+        <v>139</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786257371728</t>
+          <t>9786257371827</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Genç Meslektaşıma Mektuplar</t>
+          <t>Sinderella Elbise Tasarımcısı Oluyor</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>95</v>
+        <v>139</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786257371711</t>
+          <t>9786257371841</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Hesaplamak</t>
+          <t>Kodlama Akademisi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786257371704</t>
+          <t>9786257371834</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Azın Bereketi</t>
+          <t>Pilot Akademisi</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>335</v>
+        <v>179</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786257371100</t>
+          <t>9786257124904</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Seni Feda Etmeyeceğim</t>
+          <t>Sahiku Çocuklarla Arkadaş Olmak İstiyor</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>210</v>
+        <v>139</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786257124515</t>
+          <t>9786257371445</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Kan Tiyatrosu</t>
+          <t>Asi Koyun Melo</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786257371032</t>
+          <t>9786257371452</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Simyacının Kızının Tuhaf Hikayesi</t>
+          <t>Mafin Bugün Mutsuz Olmak İstiyor</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786257371124</t>
+          <t>9786257371742</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Köşeleri</t>
+          <t>Şekiller - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786257371667</t>
+          <t>9786257371773</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Akın</t>
+          <t>Hava Durumu - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>335</v>
+        <v>110</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786257371674</t>
+          <t>9786257371766</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Rosewater Kurtuluş - Wormwood Üçlemesi Üçüncü Kitap</t>
+          <t>Araçlar - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786257371636</t>
+          <t>9786257371759</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Oyuncakçılar Kimin İçin?</t>
+          <t>Yuva - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C965" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786257371650</t>
+          <t>9786257371735</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuk Menüsü</t>
+          <t>Aile - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C966" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786257371605</t>
+          <t>9786257371353</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Acemi Palyaço</t>
+          <t>Solak Leydi Vakası - Enola Holmes</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>69</v>
+        <v>250</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257371575</t>
+          <t>9786257371681</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Ruhban</t>
+          <t>Kral Şakir Mikrop Avcıları 2 - Cumburlop (Ciltli)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>219</v>
+        <v>499</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786257371643</t>
+          <t>9786257371728</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Cezasız Kalmaz</t>
+          <t>Genç Meslektaşıma Mektuplar</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>149</v>
+        <v>95</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257371629</t>
+          <t>9786257371711</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Dev ve Kayıp Yavrular</t>
+          <t>Yıldızları Hesaplamak</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>149</v>
+        <v>380</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257124980</t>
+          <t>9786257371704</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Çizgi Roman Albüm 2 (Ciltli)</t>
+          <t>Azın Bereketi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>325</v>
+        <v>335</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257124782</t>
+          <t>9786257371100</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Reddedebilme Sanatı! - Kral Şakir İlk Okuma Kitabı 20</t>
+          <t>Seni Feda Etmeyeceğim</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786257124775</t>
+          <t>9786257124515</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Parayı Öğreniyorum - Kral Şakir İlk Okuma Kitabım 19</t>
+          <t>Kan Tiyatrosu</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>150</v>
+        <v>179</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786257124768</t>
+          <t>9786257371032</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Komodo Kurabiyeleri! - Kral Şakir İlk Okuma Kitabım 18</t>
+          <t>Simyacının Kızının Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>150</v>
+        <v>299</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786257124744</t>
+          <t>9786257371124</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Ben Biz Hepimiz! - Kral Şakir İlk Okuma Kitabı 16</t>
+          <t>Tutkunun Köşeleri</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786257124720</t>
+          <t>9786257371667</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kadın! - Kral Şakir İlk Okuma Kitabım 14</t>
+          <t>Akın</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>150</v>
+        <v>335</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786257124690</t>
+          <t>9786257371674</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Kodlama - Kral Şakir İlk Okuma Kitabı 11</t>
+          <t>Rosewater Kurtuluş - Wormwood Üçlemesi Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>150</v>
+        <v>299</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786257124492</t>
+          <t>9786257371636</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Dedektifler! - Kral Şakir 9 (Ciltli)</t>
+          <t>Oyuncakçılar Kimin İçin?</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>349</v>
+        <v>110</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786257124447</t>
+          <t>9786257371650</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Marki Vakası</t>
+          <t>Kayıp Çocuk Menüsü</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786257124423</t>
+          <t>9786257371605</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçlar</t>
+          <t>Acemi Palyaço</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>205</v>
+        <v>69</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786257124393</t>
+          <t>9786257371575</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Nerede Yaşar Biliyor Musun?</t>
+          <t>Ruhban</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>269</v>
+        <v>219</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786257124409</t>
+          <t>9786257371643</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Rosewater İsyan - Wormwood Üçlemesi İkinci Kitap</t>
+          <t>Kötülük Cezasız Kalmaz</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786257124416</t>
+          <t>9786257371629</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Cinayet A.Ş.</t>
+          <t>Dev ve Kayıp Yavrular</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786257124331</t>
+          <t>9786257124980</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Kuzey - Zaman Kütüphanesi / Gölgeler Serbest Kalırsa (Ciltli)</t>
+          <t>Kral Şakir Çizgi Roman Albüm 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>349</v>
+        <v>325</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786257124324</t>
+          <t>9786257124782</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Kuzey - Zaman Kütüphanesi / Yeni Koruyucular (Ciltli)</t>
+          <t>Reddedebilme Sanatı! - Kral Şakir İlk Okuma Kitabı 20</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786257124317</t>
+          <t>9786257124775</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Çocuk</t>
+          <t>Parayı Öğreniyorum - Kral Şakir İlk Okuma Kitabım 19</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257124355</t>
+          <t>9786257124768</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Geri Viteste Hız Yapanlar</t>
+          <t>Komodo Kurabiyeleri! - Kral Şakir İlk Okuma Kitabım 18</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786257124300</t>
+          <t>9786257124744</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Portekiz’in Yüce Dağları</t>
+          <t>Ben Biz Hepimiz! - Kral Şakir İlk Okuma Kitabı 16</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786257124348</t>
+          <t>9786257124720</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Kartela</t>
+          <t>Güneş Kadın! - Kral Şakir İlk Okuma Kitabım 14</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786257124225</t>
+          <t>9786257124690</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Hayvanat Bahçesi</t>
+          <t>Görevimiz Kodlama - Kral Şakir İlk Okuma Kitabı 11</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786257124232</t>
+          <t>9786257124492</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Nasıl Hissediyorum?</t>
+          <t>Muhtişim Dedektifler! - Kral Şakir 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786257124294</t>
+          <t>9786257124447</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Zıtlıklar</t>
+          <t>Kayıp Marki Vakası</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786257124218</t>
+          <t>9786257124423</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Bir Günüm</t>
+          <t>Kırlangıçlar</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>110</v>
+        <v>205</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786257124287</t>
+          <t>9786257124393</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Virüsleri Yeniyoruz - Küçük Tavşancık</t>
+          <t>Hayvanlar Nerede Yaşar Biliyor Musun?</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>110</v>
+        <v>269</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786257124270</t>
+          <t>9786257124409</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Tatil - Küçük Tavşancık</t>
+          <t>Rosewater İsyan - Wormwood Üçlemesi İkinci Kitap</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786257124249</t>
+          <t>9786257124416</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Küçük Tavşancık</t>
+          <t>Cinayet A.Ş.</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786257124256</t>
+          <t>9786257124331</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Küçük Tavşancık</t>
+          <t>Haylaz Kuzey - Zaman Kütüphanesi / Gölgeler Serbest Kalırsa (Ciltli)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>110</v>
+        <v>349</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786257124201</t>
+          <t>9786257124324</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Haylaz Kuzey - Zaman Kütüphanesi / Yeni Koruyucular (Ciltli)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>110</v>
+        <v>349</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9782002587420</t>
+          <t>9786257124317</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy Serisi (4 Kitap)</t>
+          <t>Sevgili Çocuk</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>1316</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786257124195</t>
+          <t>9786257124355</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Ama Sizden Değilim</t>
+          <t>Geri Viteste Hız Yapanlar</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786257124188</t>
+          <t>9786257124300</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Gölün Altındaki Işıklar - Scarlet ve Ivy 4</t>
+          <t>Portekiz’in Yüce Dağları</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>329</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786257124157</t>
+          <t>9786257124348</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Ada Annesiyle Duvarları Boyuyor</t>
+          <t>Kartela</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786257124140</t>
+          <t>9786257124225</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Otobüsü Kaçıran Şoför</t>
+          <t>Küçük Tavşancık - Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>139</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786257124171</t>
+          <t>9786257124232</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kalbim</t>
+          <t>Küçük Tavşancık - Nasıl Hissediyorum?</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786257124164</t>
+          <t>9786257124294</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Nokta Geminin Uzay Yolculuğu</t>
+          <t>Küçük Tavşancık - Zıtlıklar</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786057690982</t>
+          <t>9786257124218</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Fırçala Dişi Bitir İşi! - Çürük Ali ve Mikrop Necati (Ciltli)</t>
+          <t>Küçük Tavşancık - Bir Günüm</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>349</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786257124041</t>
+          <t>9786257124287</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Efes’teki Romalı Kız - Duru’nun Tatil Günlükleri</t>
+          <t>Virüsleri Yeniyoruz - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786257124003</t>
+          <t>9786257124270</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Makarnanın Gücü</t>
+          <t>Tatil - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786257124010</t>
+          <t>9786257124249</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Ev Görevi</t>
+          <t>Oyun Zamanı - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786257124027</t>
+          <t>9786257124256</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Boya ve Oyna 2!</t>
+          <t>Renkler - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786057690975</t>
+          <t>9786257124201</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Afrodisias’ın Gelincikleri - Tatil Günlükleri</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786057690951</t>
+          <t>9782002587420</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali’den Masallar</t>
+          <t>Scarlet ve Ivy Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>140</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786057690968</t>
+          <t>9786257124195</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Durutti Durutti - Duru’nun Tatil Günlükleri</t>
+          <t>Ama Sizden Değilim</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>149</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9782022544779</t>
+          <t>9786257124188</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Muhtişim Eğitici Kartlar! 3'lü Set</t>
+          <t>Gölün Altındaki Işıklar - Scarlet ve Ivy 4</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>414</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786057690944</t>
+          <t>9786257124157</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Paris Bir Yalnızlıktır</t>
+          <t>Ada Annesiyle Duvarları Boyuyor</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>165</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786057690937</t>
+          <t>9786257124140</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Sonu</t>
+          <t>Otobüsü Kaçıran Şoför</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789992265628</t>
+          <t>9786257124171</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm 2 Kitaplık Set</t>
+          <t>Kalbim</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>479</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789992265505</t>
+          <t>9786257124164</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy Seti (3 Kitap Takım)</t>
+          <t>Nokta Geminin Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>987</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789992265642</t>
+          <t>9786057690982</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutusu Boyama Seti (2 Kitap Takım)</t>
+          <t>Fırçala Dişi Bitir İşi! - Çürük Ali ve Mikrop Necati (Ciltli)</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>598</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789992265611</t>
+          <t>9786257124041</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkarma 2 Kitaplık Set</t>
+          <t>Efes’teki Romalı Kız - Duru’nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>498</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789995844523</t>
+          <t>9786257124003</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Boyama 4 Kitaplık</t>
+          <t>Makarnanın Gücü</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>440</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789992265413</t>
+          <t>9786257124010</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi 4 Kitap Set</t>
+          <t>44 Cats - Ev Görevi</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>796</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786057690692</t>
+          <t>9786257124027</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 8 - Macera Adası! (Ciltli)</t>
+          <t>44 Cats - Boya ve Oyna 2!</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>349</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786057690814</t>
+          <t>9786057690975</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Patilerden Masallar 1</t>
+          <t>Afrodisias’ın Gelincikleri - Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>89</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786057690791</t>
+          <t>9786057690951</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Korkusuz Köfte</t>
+          <t>Sabahattin Ali’den Masallar</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786057690784</t>
+          <t>9786057690968</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kedi Milady</t>
+          <t>Durutti Durutti - Duru’nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>130</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786057690760</t>
+          <t>9782022544779</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Evi - 2</t>
+          <t>Kral Şakir Muhtişim Eğitici Kartlar! 3'lü Set</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>169</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786057690807</t>
+          <t>9786057690944</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Henrietta Lacks’in Ölümsüz Yaşamı</t>
+          <t>Paris Bir Yalnızlıktır</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786057690739</t>
+          <t>9786057690937</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Sana da Güle Güle Nezahat</t>
+          <t>Yalnızlığın Sonu</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786057690678</t>
+          <t>9789992265628</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Minimalizm 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>269</v>
+        <v>479</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786057690715</t>
+          <t>9789992265505</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tuzak (Kayıp Rota Serisi - 2. Kitap)</t>
+          <t>Scarlet ve Ivy Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>299</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786057690685</t>
+          <t>9789992265642</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hikayesi</t>
+          <t>Hayal Kutusu Boyama Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>239</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786057690708</t>
+          <t>9789992265611</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal Türkiye’dir</t>
+          <t>İcat Çıkarma 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>129</v>
+        <v>498</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786057690517</t>
+          <t>9789995844523</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Akademisi</t>
+          <t>Kral Şakir Boyama 4 Kitaplık</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>179</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786057690531</t>
+          <t>9789992265413</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Şef Akademisi</t>
+          <t>Pisi Pisi 4 Kitap Set</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>179</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786057690340</t>
+          <t>9786057690692</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Çeper</t>
+          <t>Kral Şakir 8 - Macera Adası! (Ciltli)</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>125</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786057690548</t>
+          <t>9786057690814</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Şimşek Gibi</t>
+          <t>Akıllı Patilerden Masallar 1</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>219</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052162903</t>
+          <t>9786057690791</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Yemin Ederim Bunu Ben De Düşünmüştüm</t>
+          <t>44 Cats - Korkusuz Köfte</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>99</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786057690524</t>
+          <t>9786057690784</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Olma Cesareti</t>
+          <t>Cesur Kedi Milady</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>239</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786057690500</t>
+          <t>9786057690760</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Yaptığımız Seçimler! - Kral Şakir İlk Okuma 7</t>
+          <t>Babaannemin Evi - 2</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>150</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786057690371</t>
+          <t>9786057690807</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğa Hazır Mısın? - Kral Şakir İlk Okuma 5</t>
+          <t>Henrietta Lacks’in Ölümsüz Yaşamı</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786057690302</t>
+          <t>9786057690739</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Çevre - Kral Şakir İlk Okuma 4</t>
+          <t>Sana da Güle Güle Nezahat</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>150</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786057690364</t>
+          <t>9786057690678</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Günler - Kral Şakir İlk Okuma 2</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>150</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786057939241</t>
+          <t>9786057690715</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Afetten Korkma! - Kral Şakir İlk Okuma 6</t>
+          <t>Mavi Tuzak (Kayıp Rota Serisi - 2. Kitap)</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786057690449</t>
+          <t>9786057690685</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Dağ Sokağı - Bütün Eserleri 8</t>
+          <t>Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>90</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786057690463</t>
+          <t>9786057690708</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Derindeki Her Şey</t>
+          <t>Yaşar Kemal Türkiye’dir</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>99</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052162910</t>
+          <t>9786057690517</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Wormwood Üçlemesi Birinci Kitap - Rosewater İstila</t>
+          <t>Mimarlık Akademisi</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786057690456</t>
+          <t>9786057690531</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Şef Akademisi</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>65</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786057690319</t>
+          <t>9786057690340</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>İki Arkadaş</t>
+          <t>Çeper</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786057690326</t>
+          <t>9786057690548</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>İki Dilek</t>
+          <t>Kaybolan Şimşek Gibi</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>125</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786057690333</t>
+          <t>9786052162903</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>İki Yıldız</t>
+          <t>Yemin Ederim Bunu Ben De Düşünmüştüm</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>125</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786057690395</t>
+          <t>9786057690524</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Avucunuzun İçindeki Sonsuzluk</t>
+          <t>Umutsuz Olma Cesareti</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>199</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786057690425</t>
+          <t>9786057690500</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Kadın Azmağı</t>
+          <t>Yaptığımız Seçimler! - Kral Şakir İlk Okuma 7</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786057690289</t>
+          <t>9786057690371</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Mor Bir Fil Gördüm Sanki - Kral Şakir 7 (Ciltli)</t>
+          <t>Yolculuğa Hazır Mısın? - Kral Şakir İlk Okuma 5</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786057690432</t>
+          <t>9786057690302</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Paralel Evren Yolcuları</t>
+          <t>Engelsiz Çevre - Kral Şakir İlk Okuma 4</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786057690418</t>
+          <t>9786057690364</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Piçlik</t>
+          <t>Sağlıklı Günler - Kral Şakir İlk Okuma 2</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786057690142</t>
+          <t>9786057939241</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>O Uyumadan Önce</t>
+          <t>Afetten Korkma! - Kral Şakir İlk Okuma 6</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>112</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786057690234</t>
+          <t>9786057690449</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Memleketi</t>
+          <t>Çiçekli Dağ Sokağı - Bütün Eserleri 8</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>169</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786057690210</t>
+          <t>9786057690463</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Struma Karanlıkta Bir Ninni</t>
+          <t>Derindeki Her Şey</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786057690166</t>
+          <t>9786052162910</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Astronot Akademisi</t>
+          <t>Wormwood Üçlemesi Birinci Kitap - Rosewater İstila</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786057690159</t>
+          <t>9786057690456</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Bilim Akademisi</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>179</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786057690180</t>
+          <t>9786057690319</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Upuzuuun Derdi</t>
+          <t>İki Arkadaş</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>119</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786057690203</t>
+          <t>9786057690326</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Çok Komik Bir Masal</t>
+          <t>İki Dilek</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>69</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786057690128</t>
+          <t>9786057690333</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Solak Leydi Vakası</t>
+          <t>İki Yıldız</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>199</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786057690111</t>
+          <t>9786057690395</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Ailesi</t>
+          <t>Avucunuzun İçindeki Sonsuzluk</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>330</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786057939906</t>
+          <t>9786057690425</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Kadın Azmağı</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786057939302</t>
+          <t>9786057690289</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşık Kırk Çöp</t>
+          <t>Mor Bir Fil Gördüm Sanki - Kral Şakir 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786057939913</t>
+          <t>9786057690432</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Harika Fikri</t>
+          <t>Bilim Okulu Paralel Evren Yolcuları</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786057939883</t>
+          <t>9786057690418</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Varlık ve Piçlik</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786057939371</t>
+          <t>9786057690142</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Aynısını Yaptım Olmadı</t>
+          <t>O Uyumadan Önce</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>90</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786057939852</t>
+          <t>9786057690234</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Dürümler Karışık - Kral Şakir 6 (Ciltli)</t>
+          <t>Nazım Hikmet’in Memleketi</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>349</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786057939845</t>
+          <t>9786057690210</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Soyunanlar</t>
+          <t>Struma Karanlıkta Bir Ninni</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786057939289</t>
+          <t>9786057690166</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Gülgez</t>
+          <t>Astronot Akademisi</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>110</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786057939746</t>
+          <t>9786057690159</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Martı Palamut ve Kaplum Abi</t>
+          <t>Bilim Akademisi</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>119</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786057939838</t>
+          <t>9786057690180</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece Kedisi - Piksel 2</t>
+          <t>Zürafanın Upuzuuun Derdi</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786057939562</t>
+          <t>9786057690203</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Markiz Vakası - Enola Holmes</t>
+          <t>Çok Komik Bir Masal</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>199</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786057939791</t>
+          <t>9786057690128</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Sonun Sonu</t>
+          <t>Solak Leydi Vakası</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>179</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786057939760</t>
+          <t>9786057690111</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Heyecan Arayan Kubi</t>
+          <t>Fırıldak Ailesi</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>49</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786057939753</t>
+          <t>9786057939906</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Dayanışma</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786057939777</t>
+          <t>9786057939302</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Berkin’in Yaz Komşuları</t>
+          <t>Yaklaşık Kırk Çöp</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>49</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786057939333</t>
+          <t>9786057939913</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Dünyanın En Harika Fikri</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>149</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786057939784</t>
+          <t>9786057939883</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786057939739</t>
+          <t>9786057939371</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadınları</t>
+          <t>Aynısını Yaptım Olmadı</t>
         </is>
       </c>
       <c r="C1083" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052162897</t>
+          <t>9786057939852</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Korugan</t>
+          <t>Dürümler Karışık - Kral Şakir 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786057939715</t>
+          <t>9786057939845</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Dans - Scarlet ve Ivy 3</t>
+          <t>Soyunanlar</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>329</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786057939692</t>
+          <t>9786057939289</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Mesafesi</t>
+          <t>Gülgez</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786057939586</t>
+          <t>9786057939746</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Kültürsüzlüğümüzün Dört Mevsimi</t>
+          <t>Martı Palamut ve Kaplum Abi</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>90</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786057939555</t>
+          <t>9786057939838</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Geçit: Hikayem ve Ötesi</t>
+          <t>Mavi Gece Kedisi - Piksel 2</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786057939623</t>
+          <t>9786057939562</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Proje X</t>
+          <t>Kayıp Markiz Vakası - Enola Holmes</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786057939401</t>
+          <t>9786057939791</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Umudum Sensin</t>
+          <t>Sonun Sonu</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>130</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786057939548</t>
+          <t>9786057939760</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Acil Durumda Kırınız!</t>
+          <t>Heyecan Arayan Kubi</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>190</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786057939579</t>
+          <t>9786057939753</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Geçit: Hikayem ve Ötesi (Ciltli)</t>
+          <t>Ormanda Dayanışma</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>269</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786057939227</t>
+          <t>9786057939777</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat 2 - Bir Fakir Orhan Veli</t>
+          <t>Berkin’in Yaz Komşuları</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>169</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786057939234</t>
+          <t>9786057939333</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat 1 - Sait Faik'in Adası</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786057939135</t>
+          <t>9786057939784</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>149</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786057939197</t>
+          <t>9786057939739</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Korkak Kuş Kuşi</t>
+          <t>İstanbul Kadınları</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786057939173</t>
+          <t>9786052162897</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Dostum Bu Çok Havalı - Kral Şakir 5 (Ciltli)</t>
+          <t>Korugan</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>349</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786057939159</t>
+          <t>9786057939715</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Zaman</t>
+          <t>Karanlıkta Dans - Scarlet ve Ivy 3</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>115</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786057939166</t>
+          <t>9786057939692</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rota</t>
+          <t>Kirpi Mesafesi</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>339</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786057939142</t>
+          <t>9786057939586</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Artık Biliyorum</t>
+          <t>Kültürsüzlüğümüzün Dört Mevsimi</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052162989</t>
+          <t>9786057939555</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Geçit: Hikayem ve Ötesi</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052162965</t>
+          <t>9786057939623</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Deprem - Bütün Eserleri 6</t>
+          <t>Bilim Okulu Proje X</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>90</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786057939128</t>
+          <t>9786057939401</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Evi</t>
+          <t>Umudum Sensin</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>169</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786057939005</t>
+          <t>9786057939548</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>İsyan İsyan</t>
+          <t>Acil Durumda Kırınız!</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786057939036</t>
+          <t>9786057939579</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm: Geriye Kalan Herşey</t>
+          <t>Geçit: Hikayem ve Ötesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1105" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786052162927</t>
+          <t>9786057939227</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kadın</t>
+          <t>Çocuklar İçin Edebiyat 2 - Bir Fakir Orhan Veli</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>89</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786052162996</t>
+          <t>9786057939234</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa Filler Uçuyor - Kral Şakir 4 (Ciltli)</t>
+          <t>Çocuklar İçin Edebiyat 1 - Sait Faik'in Adası</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>349</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786059442114</t>
+          <t>9786057939135</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Aklın İç Kalesi</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>90</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786059442121</t>
+          <t>9786057939197</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Canı</t>
+          <t>Korkak Kuş Kuşi</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052162958</t>
+          <t>9786057939173</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Ben İtfaiyeci Olmak İstiyorum</t>
+          <t>Dostum Bu Çok Havalı - Kral Şakir 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>219</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052162941</t>
+          <t>9786057939159</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dolaşan İnek</t>
+          <t>Hoşça Kal Zaman</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>219</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052162934</t>
+          <t>9786057939166</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Peki Ya Dinozorlar Hala Yaşasaydı?</t>
+          <t>Kayıp Rota</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>219</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786052162705</t>
+          <t>9786057939142</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 1</t>
+          <t>Artık Biliyorum</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052162736</t>
+          <t>9786052162989</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 4</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>425</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786052162729</t>
+          <t>9786052162965</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 3</t>
+          <t>Deprem - Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>425</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786052162712</t>
+          <t>9786057939128</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 2</t>
+          <t>Babaannemin Evi</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>425</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052041710</t>
+          <t>9786057939005</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir ve Ailesi</t>
+          <t>İsyan İsyan</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786052162804</t>
+          <t>9786057939036</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Maceralar</t>
+          <t>Minimalizm: Geriye Kalan Herşey</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>125</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052162798</t>
+          <t>9786052162927</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Aynı Sabaha Uyanmak</t>
+          <t>Mavi Kadın</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>60</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052162743</t>
+          <t>9786052162996</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Hayat Kısa Filler Uçuyor - Kral Şakir 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>65</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786052162682</t>
+          <t>9786059442114</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Yedi Canlı Cumhuriyet</t>
+          <t>Aklın İç Kalesi</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>129</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052162569</t>
+          <t>9786059442121</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Vidalar</t>
+          <t>Düşüncenin Canı</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786059442206</t>
+          <t>9786052162958</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kent Kırk Düş</t>
+          <t>Ben İtfaiyeci Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>70</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052041871</t>
+          <t>9786052162941</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece Kedisi Piksel</t>
+          <t>Dünyayı Dolaşan İnek</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052162552</t>
+          <t>9786052162934</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Fısıltılar - Scarlet ve Ivy</t>
+          <t>Peki Ya Dinozorlar Hala Yaşasaydı?</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>329</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052162576</t>
+          <t>9786052162705</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Anlatsam Film Olur - Kral Şakir 3 (Ciltli)</t>
+          <t>Moda Zamanı - 1</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>349</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052162385</t>
+          <t>9786052162736</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Moda Zamanı - 4</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>65</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786052162361</t>
+          <t>9786052162729</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Şüphe</t>
+          <t>Moda Zamanı - 3</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>69</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052162170</t>
+          <t>9786052162712</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm</t>
+          <t>Moda Zamanı - 2</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>210</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052041864</t>
+          <t>9786052041710</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu'ya Kısa Bir Yolculuk</t>
+          <t>Kral Şakir ve Ailesi</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786052041772</t>
+          <t>9786052162804</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Sırrın</t>
+          <t>Olağanüstü Maceralar</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786052041789</t>
+          <t>9786052162798</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Macera Devam Ediyor - Kral Şakir 2 (Ciltli)</t>
+          <t>Aynı Sabaha Uyanmak</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>349</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052041826</t>
+          <t>9786052162743</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mevsim</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>139</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052041765</t>
+          <t>9786052162682</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Dramaturgi</t>
+          <t>Yedi Canlı Cumhuriyet</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>239</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786052041697</t>
+          <t>9786052162569</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Vidalar</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>65</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786052041741</t>
+          <t>9786059442206</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Uzay Macerası - Kral Şakir</t>
+          <t>Kırk Kent Kırk Düş</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786052041727</t>
+          <t>9786052041871</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Spor Zamanı - Kral Şakir</t>
+          <t>Mavi Gece Kedisi Piksel</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>110</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786052041734</t>
+          <t>9786052162552</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Boyama Saati - Kral Şakir</t>
+          <t>Duvardaki Fısıltılar - Scarlet ve Ivy</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786052041703</t>
+          <t>9786052162576</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Denemeyi Deniyorum</t>
+          <t>Anlatsam Film Olur - Kral Şakir 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>210</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786052041567</t>
+          <t>9786052162385</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkarma! 2</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>249</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786057939869</t>
+          <t>9786052162361</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Periler Koyu</t>
+          <t>Şüphe</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>169</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786052041550</t>
+          <t>9786052162170</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Minimalizm</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>199</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786257371162</t>
+          <t>9786052041864</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda Sağlık ve Mutlu Yaşamın Sırları</t>
+          <t>Gelibolu'ya Kısa Bir Yolculuk</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>335</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786052041598</t>
+          <t>9786052041772</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Masallar</t>
+          <t>En Karanlık Sırrın</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>79</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786052041338</t>
+          <t>9786052041789</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Fotoğraflarla Nutuk</t>
+          <t>Macera Devam Ediyor - Kral Şakir 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786052041161</t>
+          <t>9786052041826</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Türkan Şoray ile Yüz Yüze (Ciltli)</t>
+          <t>Beşinci Mevsim</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786052041321</t>
+          <t>9786052041765</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Dev Orkestra - Kral Şakir 1 (Ciltli)</t>
+          <t>Dramaturgi</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>349</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786052041291</t>
+          <t>9786052041697</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Harika Bitki</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>199</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786052041307</t>
+          <t>9786052041741</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Sürpriz Hediye</t>
+          <t>Uzay Macerası - Kral Şakir</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>199</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786052041284</t>
+          <t>9786052041727</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Spor Zamanı - Kral Şakir</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786052041154</t>
+          <t>9786052041734</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Boyama Saati - Kral Şakir</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786052041123</t>
+          <t>9786052041703</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Koca Denizde İki Nokta</t>
+          <t>Denemeyi Deniyorum</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786052041116</t>
+          <t>9786052041567</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Karaya Vurdu Deniz</t>
+          <t>İcat Çıkarma! 2</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>90</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786059864978</t>
+          <t>9786057939869</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Gel Zaman Gitme Zaman</t>
+          <t>Periler Koyu</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>49</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786059442879</t>
+          <t>9786052041550</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Doğum Günü</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786059442886</t>
+          <t>9786257371162</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Fare Bıdık</t>
+          <t>Ayurveda Sağlık ve Mutlu Yaşamın Sırları</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>199</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786059442688</t>
+          <t>9786052041598</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazarlığı</t>
+          <t>Dünyaya Masallar</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>219</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786059442664</t>
+          <t>9786052041338</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Kaçarken Yakaladım Seni</t>
+          <t>Gençler İçin Fotoğraflarla Nutuk</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786059442534</t>
+          <t>9786052041161</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy: Kayıp İkiz</t>
+          <t>Türkan Şoray ile Yüz Yüze (Ciltli)</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786059442480</t>
+          <t>9786052041321</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Umut Lanettir</t>
+          <t>Tek Kişilik Dev Orkestra - Kral Şakir 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>90</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786059442459</t>
+          <t>9786052041291</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Kavganın Sonu ve Başı</t>
+          <t>Pisi Pisi ve Harika Bitki</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786059442473</t>
+          <t>9786052041307</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Direğin Tepesinde Bir Adam</t>
+          <t>Pisi Pisi ve Sürpriz Hediye</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786059442466</t>
+          <t>9786052041284</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Kıç Üstünde Toplantı</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>90</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786059442343</t>
+          <t>9786052041154</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Şairi Nazım Hikmet, Cumhuriyetsiz Şair Necip Fazıl</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>210</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786059442336</t>
+          <t>9786052041123</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Vaha</t>
+          <t>Koca Denizde İki Nokta</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>219</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786059864954</t>
+          <t>9786052041116</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Karaya Vurdu Deniz</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786059864855</t>
+          <t>9786059864978</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Sen Kaybolduğundan Beri</t>
+          <t>Gel Zaman Gitme Zaman</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>130</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786059864824</t>
+          <t>9786059442879</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Günbatımının Peşinde</t>
+          <t>Pisi Pisi ve Doğum Günü</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786059864527</t>
+          <t>9786059442886</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Pisi Pisi ve Fare Bıdık</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786059864541</t>
+          <t>9786059442688</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal Bir Ömür Edebiyat (Ciltli)</t>
+          <t>Oyun Yazarlığı</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>165</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786059864244</t>
+          <t>9786059442664</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Bana Gelince Ben Hep Aşığım</t>
+          <t>Kendinden Kaçarken Yakaladım Seni</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>70</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786058492417</t>
+          <t>9786059442534</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizin İlk Yılı Rehberi</t>
+          <t>Scarlet ve Ivy: Kayıp İkiz</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>890</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786058526815</t>
+          <t>9786059442480</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Gebelik Rehberi</t>
+          <t>Umut Lanettir</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>995</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786059864602</t>
+          <t>9786059442459</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Üç Kar Tanrıçası</t>
+          <t>Kavganın Sonu ve Başı</t>
         </is>
       </c>
       <c r="C1174" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786058526839</t>
+          <t>9786059442473</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Bilmiyorum Deme Rehberi</t>
+          <t>Direğin Tepesinde Bir Adam</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>49</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786059864534</t>
+          <t>9786059442466</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kıç Üstünde Toplantı</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786059864510</t>
+          <t>9786059442343</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutusu Boyama Kitabı - Hayvanlar</t>
+          <t>Cumhuriyet'in Şairi Nazım Hikmet, Cumhuriyetsiz Şair Necip Fazıl</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>349</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786059864503</t>
+          <t>9786059442336</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutusu Boyama Kitabı - Doğa</t>
+          <t>Vaha</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>349</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786059864671</t>
+          <t>9786059864954</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkarma!</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>249</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786059864619</t>
+          <t>9786059864855</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Emily ve Einstein</t>
+          <t>Sen Kaybolduğundan Beri</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>189</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
+          <t>9786059864824</t>
+        </is>
+      </c>
+      <c r="B1181" s="1" t="inlineStr">
+        <is>
+          <t>Günbatımının Peşinde</t>
+        </is>
+      </c>
+      <c r="C1181" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:3">
+      <c r="A1182" s="1" t="inlineStr">
+        <is>
+          <t>9786059864527</t>
+        </is>
+      </c>
+      <c r="B1182" s="1" t="inlineStr">
+        <is>
+          <t>Yol</t>
+        </is>
+      </c>
+      <c r="C1182" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:3">
+      <c r="A1183" s="1" t="inlineStr">
+        <is>
+          <t>9786059864541</t>
+        </is>
+      </c>
+      <c r="B1183" s="1" t="inlineStr">
+        <is>
+          <t>Yaşar Kemal Bir Ömür Edebiyat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1183" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:3">
+      <c r="A1184" s="1" t="inlineStr">
+        <is>
+          <t>9786059864244</t>
+        </is>
+      </c>
+      <c r="B1184" s="1" t="inlineStr">
+        <is>
+          <t>Bana Gelince Ben Hep Aşığım</t>
+        </is>
+      </c>
+      <c r="C1184" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:3">
+      <c r="A1185" s="1" t="inlineStr">
+        <is>
+          <t>9786058492417</t>
+        </is>
+      </c>
+      <c r="B1185" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğinizin İlk Yılı Rehberi</t>
+        </is>
+      </c>
+      <c r="C1185" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:3">
+      <c r="A1186" s="1" t="inlineStr">
+        <is>
+          <t>9786058526815</t>
+        </is>
+      </c>
+      <c r="B1186" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Gebelik Rehberi</t>
+        </is>
+      </c>
+      <c r="C1186" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:3">
+      <c r="A1187" s="1" t="inlineStr">
+        <is>
+          <t>9786059864602</t>
+        </is>
+      </c>
+      <c r="B1187" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kar Tanrıçası</t>
+        </is>
+      </c>
+      <c r="C1187" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:3">
+      <c r="A1188" s="1" t="inlineStr">
+        <is>
+          <t>9786058526839</t>
+        </is>
+      </c>
+      <c r="B1188" s="1" t="inlineStr">
+        <is>
+          <t>Bilmiyorum Deme Rehberi</t>
+        </is>
+      </c>
+      <c r="C1188" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:3">
+      <c r="A1189" s="1" t="inlineStr">
+        <is>
+          <t>9786059864534</t>
+        </is>
+      </c>
+      <c r="B1189" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C1189" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:3">
+      <c r="A1190" s="1" t="inlineStr">
+        <is>
+          <t>9786059864510</t>
+        </is>
+      </c>
+      <c r="B1190" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Kutusu Boyama Kitabı - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1190" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:3">
+      <c r="A1191" s="1" t="inlineStr">
+        <is>
+          <t>9786059864503</t>
+        </is>
+      </c>
+      <c r="B1191" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Kutusu Boyama Kitabı - Doğa</t>
+        </is>
+      </c>
+      <c r="C1191" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:3">
+      <c r="A1192" s="1" t="inlineStr">
+        <is>
+          <t>9786059864671</t>
+        </is>
+      </c>
+      <c r="B1192" s="1" t="inlineStr">
+        <is>
+          <t>İcat Çıkarma!</t>
+        </is>
+      </c>
+      <c r="C1192" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:3">
+      <c r="A1193" s="1" t="inlineStr">
+        <is>
+          <t>9786059864619</t>
+        </is>
+      </c>
+      <c r="B1193" s="1" t="inlineStr">
+        <is>
+          <t>Emily ve Einstein</t>
+        </is>
+      </c>
+      <c r="C1193" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:3">
+      <c r="A1194" s="1" t="inlineStr">
+        <is>
           <t>9786059864626</t>
         </is>
       </c>
-      <c r="B1181" s="1" t="inlineStr">
+      <c r="B1194" s="1" t="inlineStr">
         <is>
           <t>Sol Yanım Kömür Karası</t>
         </is>
       </c>
-      <c r="C1181" s="1">
+      <c r="C1194" s="1">
         <v>90</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>