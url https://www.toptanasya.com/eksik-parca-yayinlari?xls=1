--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,17935 +85,18130 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255874993</t>
+          <t>9786258600100</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zindan Oyunları 1. Seviye: Kahramanlık Turnuvası</t>
+          <t>Süper Sıradan Köpek - Kucho 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>499</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255874986</t>
+          <t>9786258600032</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kadim Irk</t>
+          <t>Meraklı Küçük Karınca 4. Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>299</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255874948</t>
+          <t>9786258600025</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ürperti Tepesi 1. Kitap: Ormandan Gelen</t>
+          <t>Meraklı Küçük Karınca 3. Kitap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>245</v>
+        <v>299</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255874887</t>
+          <t>9786258600018</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Karıştı Boyama Kitabı - 3</t>
+          <t>Keçi Kardelen</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255874870</t>
+          <t>9786258600056</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Karıştı Boyama Kitabı - 2</t>
+          <t>Ben Büyüyünce...</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255874863</t>
+          <t>9786258600001</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Karıştı Boyama Kitabı - 1</t>
+          <t>Baba, Zebralar Neden Paten Kaymaz?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255874931</t>
+          <t>9786258600049</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bayan Baykuş'un Orman Okulu - Ay Işığında Kamp Macerası</t>
+          <t>Arı Meli</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255874979</t>
+          <t>9786255874856</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Phaedra - Kadın Kahramanlar</t>
+          <t>Anne, Dinozorlar Neden Okula Gitmez?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255874955</t>
+          <t>9786258600070</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Beynimiz</t>
+          <t>Mola</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255874924</t>
+          <t>9786258600087</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bayan Baykuş'un Orman Okulu - Eğlenceli Bir Gün</t>
+          <t>Paladin'in Aşkı - Çeliğin Azizi Serisi 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255874962</t>
+          <t>9786258600094</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Stoacı Meydan Okuma</t>
+          <t>YokYer Hırsızı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255874894</t>
+          <t>9786258600063</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Karıştı Boyama Kitabı - 4</t>
+          <t>Sonsuzluktaki Geçit / Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255874689</t>
+          <t>9786255874917</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 16 - Kitabım Şekil Önümden Çekil! (Ciltli)</t>
+          <t>Zombie Makeout Club İkinci Kitap Ölüm Kafası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>399</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255874801</t>
+          <t>9786255874993</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Küçük Karınca 1. Kitap</t>
+          <t>Zindan Oyunları 1. Seviye: Kahramanlık Turnuvası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255874818</t>
+          <t>9786255874986</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Küçük Karınca 2. Kitap</t>
+          <t>Kadim Irk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>299</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255874795</t>
+          <t>9786255874948</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Pastutmaz Ailesi 2 - Oyun Başlasın</t>
+          <t>Ürperti Tepesi 1. Kitap: Ormandan Gelen</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>245</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255874740</t>
+          <t>9786255874887</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Dünyalar Karıştı</t>
+          <t>Dünyalar Karıştı Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>499</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255874825</t>
+          <t>9786255874870</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı 5 Söğüt Kral</t>
+          <t>Dünyalar Karıştı Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>459</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255874832</t>
+          <t>9786255874863</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ben Mercan: Zirzopluk Benden Sorulur</t>
+          <t>Dünyalar Karıştı Boyama Kitabı - 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255874849</t>
+          <t>9786255874931</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Adını Söyle</t>
+          <t>Bayan Baykuş'un Orman Okulu - Ay Işığında Kamp Macerası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255874788</t>
+          <t>9786255874979</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aksolotl Pina</t>
+          <t>Phaedra - Kadın Kahramanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>99</v>
+        <v>390</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255874757</t>
+          <t>9786255874955</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kapibara Juju</t>
+          <t>Sosyal Beynimiz</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>99</v>
+        <v>390</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255874764</t>
+          <t>9786255874924</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ördek Lilu</t>
+          <t>Bayan Baykuş'un Orman Okulu - Eğlenceli Bir Gün</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255874771</t>
+          <t>9786255874962</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Su Samuru Susu</t>
+          <t>Stoacı Meydan Okuma</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>99</v>
+        <v>290</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255874696</t>
+          <t>9786255874894</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nasılsın?</t>
+          <t>Dünyalar Karıştı Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255874726</t>
+          <t>9786255874689</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sağlam Kemikten Bir Ev</t>
+          <t>Kral Şakir 16 - Kitabım Şekil Önümden Çekil! (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>279</v>
+        <v>399</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255874702</t>
+          <t>9786255874801</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Maizy Chen’in Son Şansı</t>
+          <t>Meraklı Küçük Karınca 1. Kitap</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>279</v>
+        <v>299</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255874733</t>
+          <t>9786255874818</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Öfkeli</t>
+          <t>Meraklı Küçük Karınca 2. Kitap</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>289</v>
+        <v>299</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255874719</t>
+          <t>9786255874795</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bakanlığı</t>
+          <t>Pastutmaz Ailesi 2 - Oyun Başlasın</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>299</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255874634</t>
+          <t>9786255874740</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Limoni Ölüm</t>
+          <t>Kral Şakir Dünyalar Karıştı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>299</v>
+        <v>499</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255874627</t>
+          <t>9786255874825</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Daniel'ın Okulda İlk Günü</t>
+          <t>Dark Souls Sayı 5 Söğüt Kral</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>99</v>
+        <v>459</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255874610</t>
+          <t>9786255874832</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Daniel Dişçiye Gidiyor</t>
+          <t>Ben Mercan: Zirzopluk Benden Sorulur</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>99</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255874603</t>
+          <t>9786255874849</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Önce Sorar</t>
+          <t>Adını Söyle</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255874665</t>
+          <t>9786255874788</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Üzüntü</t>
+          <t>Aksolotl Pina</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255874658</t>
+          <t>9786255874757</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Kapibara Juju</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255874641</t>
+          <t>9786255874764</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Öfke</t>
+          <t>Sevimli Ördek Lilu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255874672</t>
+          <t>9786255874771</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Su Samuru Susu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255874450</t>
+          <t>9786255874696</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Hayri</t>
+          <t>Nasılsın?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>279</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9782001451029</t>
+          <t>9786255874726</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Enola Holmes Seti (7 Kitap)</t>
+          <t>Sağlam Kemikten Bir Ev</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1750</v>
+        <v>279</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9782001454525</t>
+          <t>9786255874702</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Fil Necati Seti (10 Kitap)</t>
+          <t>Maizy Chen’in Son Şansı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1500</v>
+        <v>279</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256780682</t>
+          <t>9786255874733</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı (Ciltli)</t>
+          <t>Kadınlar Öfkeli</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>499</v>
+        <v>289</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256780569</t>
+          <t>9786255874719</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Boyama Kitabı 3</t>
+          <t>Zaman Bakanlığı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>49</v>
+        <v>299</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256780545</t>
+          <t>9786255874634</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Winx Club– Boyama Kitabı 1</t>
+          <t>Limoni Ölüm</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>49</v>
+        <v>299</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256780477</t>
+          <t>9786255874627</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Dürümümüz Tehlike</t>
+          <t>Daniel'ın Okulda İlk Günü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>125</v>
+        <v>99</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256397071</t>
+          <t>9786255874610</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gök Mavi Göz Mavi</t>
+          <t>Daniel Dişçiye Gidiyor</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>99</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258089851</t>
+          <t>9786255874603</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Gören Atatürk</t>
+          <t>Arkadaşlar Önce Sorar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258089639</t>
+          <t>9786255874665</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Boyama ve Aktivite Kitabı</t>
+          <t>Üzüntü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>135</v>
+        <v>149</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258089073</t>
+          <t>9786255874658</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Thomas Safariye Gidiyor</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>35</v>
+        <v>149</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258089080</t>
+          <t>9786255874641</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Dinozorlar</t>
+          <t>Öfke</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>35</v>
+        <v>149</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258089134</t>
+          <t>9786255874672</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sebzeler Boyama Kitabı</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>36</v>
+        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258089141</t>
+          <t>9786255874450</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Boyama Kitabı</t>
+          <t>Salyangoz Hayri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>36</v>
+        <v>279</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258089158</t>
+          <t>9782001451029</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eşyalar Boyama Kitabı</t>
+          <t>Enola Holmes Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>36</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258089172</t>
+          <t>9782001454525</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Araçlar Boyama Kitabı</t>
+          <t>Kral Şakir Fil Necati Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>36</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257371928</t>
+          <t>9786256780682</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Brody Luckystar’ın Rekoru Ne?</t>
+          <t>Kral Şakir Devler Uyandı (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>39</v>
+        <v>499</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789782164803</t>
+          <t>9786256780569</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Seti Mor (7 Kitap Takım) (Ciltli)</t>
+          <t>Winx Club – Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>2793</v>
+        <v>49</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789782164810</t>
+          <t>9786256780545</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Seti Kırmızı (7 Kitap Takım) (Ciltli)</t>
+          <t>Winx Club– Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>2793</v>
+        <v>49</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789782164827</t>
+          <t>9786256780477</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Muhtişim Hediye Seti (8 Kitap Takım) (Ciltli)</t>
+          <t>Kral Şakir Devler Uyandı Dürümümüz Tehlike</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>3192</v>
+        <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057690265</t>
+          <t>9786256397071</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Neden Düşmez?</t>
+          <t>Gök Mavi Göz Mavi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9782007874785</t>
+          <t>9786258089851</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Dizisi 10 Kitaplık Set</t>
+          <t>Geleceği Gören Atatürk</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789782147851</t>
+          <t>9786258089639</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Muhtişim Hediye Seti! (10 Kitap Takım) (Ciltli)</t>
+          <t>Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>3990</v>
+        <v>135</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257371919</t>
+          <t>9786258089073</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kara İle Beyaz’ın Yavruları</t>
+          <t>Thomas Safariye Gidiyor</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>69</v>
+        <v>35</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9782004587466</t>
+          <t>9786258089080</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Kırmızı</t>
+          <t>Thomas ve Dinozorlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9782004587473</t>
+          <t>9786258089134</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Siyah</t>
+          <t>Meyveler Sebzeler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1500</v>
+        <v>36</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9782004587459</t>
+          <t>9786258089141</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Mor</t>
+          <t>Hayvanlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1500</v>
+        <v>36</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057690227</t>
+          <t>9786258089158</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fahişe Çilekler</t>
+          <t>Eşyalar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057939647</t>
+          <t>9786258089172</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kurallara Uyma - Thomas ve Arkadaşları</t>
+          <t>Araçlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>56</v>
+        <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057939708</t>
+          <t>9786257371928</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Nü Peride</t>
+          <t>Brody Luckystar’ın Rekoru Ne?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>95</v>
+        <v>39</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052041659</t>
+          <t>9789782164803</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gemi</t>
+          <t>Kral Şakir Seti Mor (7 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>25</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052041802</t>
+          <t>9789782164810</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Kral Şakir Seti Kırmızı (7 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>50</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057939661</t>
+          <t>9789782164827</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Edinme - Thomas ve Arkadaşları</t>
+          <t>Kral Şakir Muhtişim Hediye Seti (8 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>39</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057939616</t>
+          <t>9786057690265</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dede Tulumba Çekelim Mi?</t>
+          <t>Yıldızlar Neden Düşmez?</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057939593</t>
+          <t>9782007874785</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Dönüşür Mü Baba? - Meraklı Sorular Serisi</t>
+          <t>Kral Şakir İlk Okuma Dizisi 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>15</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057939609</t>
+          <t>9789782147851</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dön Değirmen Dön - Meraklı Sorular Serisi</t>
+          <t>Kral Şakir Muhtişim Hediye Seti! (10 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>15</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052041857</t>
+          <t>9786257371919</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cesaretin Ötesinde</t>
+          <t>Kara İle Beyaz’ın Yavruları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>23.15</v>
+        <v>69</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052041017</t>
+          <t>9782004587466</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Yiyecekler</t>
+          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Kırmızı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>15.74</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059442725</t>
+          <t>9782004587473</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Yavru Hayvanlar</t>
+          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Siyah</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>15.74</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059442954</t>
+          <t>9782004587459</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Şekiller</t>
+          <t>Kral Şakir İlk Okuma Kitapları Çantalı Set (10 Kitap Takım) - Mor</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>15.74</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059442961</t>
+          <t>9786057690227</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Sebzeler</t>
+          <t>Fahişe Çilekler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>15.74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059442718</t>
+          <t>9786057939647</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Sayılar</t>
+          <t>Kurallara Uyma - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>15.74</v>
+        <v>56</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052041000</t>
+          <t>9786057939708</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Vücudum ve Evim</t>
+          <t>Nü Peride</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>15.74</v>
+        <v>95</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059442695</t>
+          <t>9786052041659</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - İlk Kelimelerim</t>
+          <t>Gemi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>15.74</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059442978</t>
+          <t>9786052041802</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Çiftlik</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>15.74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059442701</t>
+          <t>9786057939661</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Eğleniyorum Öğreniyorum - Renkler</t>
+          <t>Arkadaş Edinme - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>17</v>
+        <v>39</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059442244</t>
+          <t>9786057939616</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Şimdi Bale Zamanı!</t>
+          <t>Dede Tulumba Çekelim Mi?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059442268</t>
+          <t>9786057939593</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - İtfaiyeci Gil!</t>
+          <t>Her Şey Dönüşür Mü Baba? - Meraklı Sorular Serisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>5.56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059442282</t>
+          <t>9786057939609</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Köpekçikler Treni Kurtarıyor!</t>
+          <t>Dön Değirmen Dön - Meraklı Sorular Serisi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>5.56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059442275</t>
+          <t>9786052041857</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Cesur Patiler!</t>
+          <t>Cesaretin Ötesinde</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052162354</t>
+          <t>9786052041017</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Önce</t>
+          <t>Eğleniyorum Öğreniyorum - Yiyecekler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052162330</t>
+          <t>9786059442725</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tatil Zamanı - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052041024</t>
+          <t>9786059442954</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmak Hikaye Anlatmak</t>
+          <t>Eğleniyorum Öğreniyorum - Şekiller</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059864961</t>
+          <t>9786059442961</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hergelece Sözler</t>
+          <t>Eğleniyorum Öğreniyorum - Sebzeler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>14.82</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052162293</t>
+          <t>9786059442718</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Sayılar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052162316</t>
+          <t>9786052041000</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Fil - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Vücudum ve Evim</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052162323</t>
+          <t>9786059442695</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Orkestra - Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - İlk Kelimelerim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052162347</t>
+          <t>9786059442978</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı -  Fisher Price (Ciltli)</t>
+          <t>Eğleniyorum Öğreniyorum - Çiftlik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>19.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058492455</t>
+          <t>9786059442701</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucizem</t>
+          <t>Eğleniyorum Öğreniyorum - Renkler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>20.37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056403460</t>
+          <t>9786059442244</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Ben</t>
+          <t>Bubble Cuppies - Şimdi Bale Zamanı!</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056403446</t>
+          <t>9786059442268</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Küçük Siyah Elbise</t>
+          <t>Bubble Cuppies - İtfaiyeci Gil!</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>15.74</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059864350</t>
+          <t>9786059442282</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Melekler</t>
+          <t>Paw Patrol - Köpekçikler Treni Kurtarıyor!</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>26.85</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059864114</t>
+          <t>9786059442275</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'taki Melek</t>
+          <t>Paw Patrol - Cesur Patiler!</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058492448</t>
+          <t>9786052162354</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Annemden Kalan</t>
+          <t>Şafaktan Önce</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058492431</t>
+          <t>9786052162330</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sır Oyunları</t>
+          <t>Tatil Zamanı - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>20.37</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059864145</t>
+          <t>9786052041024</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Biyolojisi</t>
+          <t>Öykü Yazmak Hikaye Anlatmak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786058492400</t>
+          <t>9786059864961</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız : Modelliğe İlk Adım</t>
+          <t>Hergelece Sözler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>17.59</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056403453</t>
+          <t>9786052162293</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Arkadaşlık - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>13.89</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059864039</t>
+          <t>9786052162316</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İki + Bir Aşk</t>
+          <t>Arkadaşım Fil - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>20.37</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059864022</t>
+          <t>9786052162323</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir İpek Böceği Masalı</t>
+          <t>Orkestra - Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>20.37</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786058526853</t>
+          <t>9786052162347</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>On Üç'ün Gizemi</t>
+          <t>Uyku Zamanı -  Fisher Price (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>15.74</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786058526822</t>
+          <t>9786058492455</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Aşkına</t>
+          <t>Küçük Mucizem</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059864008</t>
+          <t>9786056403460</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bahar Kokusu</t>
+          <t>Aynadaki Ben</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786058492486</t>
+          <t>9786056403446</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Peşinde</t>
+          <t>Küçük Siyah Elbise</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786058492462</t>
+          <t>9786059864350</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'taki Diğer Yarım</t>
+          <t>Kanatsız Melekler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>20.37</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056403477</t>
+          <t>9786059864114</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'a Hoşgeldiniz</t>
+          <t>Son Şans'taki Melek</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052162613</t>
+          <t>9786058492448</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sesler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Annemden Kalan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>11.94</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052162590</t>
+          <t>9786058492431</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sayılar / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Sır Oyunları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>11.94</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052162620</t>
+          <t>9786059864145</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şekiller / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Aşkın Biyolojisi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>11.94</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052162606</t>
+          <t>9786058492400</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Renkler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
+          <t>Geek Kız : Modelliğe İlk Adım</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>11.94</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052041420</t>
+          <t>9786056403453</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Hatası</t>
+          <t>Köprü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059442671</t>
+          <t>9786059864039</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hassas Kalp Hikayeleri</t>
+          <t>İki + Bir Aşk</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059864862</t>
+          <t>9786059864022</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kıyısında</t>
+          <t>Bir İpek Böceği Masalı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052162675</t>
+          <t>9786058526853</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Thomas ve Dinazor - Mavi Dağın Gizemi (Çift Taraflı)</t>
+          <t>On Üç'ün Gizemi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057939074</t>
+          <t>9786058526822</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Büyük Final - Maceracı Can</t>
+          <t>Kitaplar Aşkına</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>13.8</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057939098</t>
+          <t>9786059864008</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcı Dost - Maceracı Can</t>
+          <t>Bahar Kokusu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>13.8</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057939012</t>
+          <t>9786058492486</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sakın Unutma</t>
+          <t>Düşlerin Peşinde</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>40</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052162156</t>
+          <t>9786058492462</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Gelen Renk</t>
+          <t>Son Şans'taki Diğer Yarım</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052162125</t>
+          <t>9786056403477</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ümit'in Doğum Günü Armağanı</t>
+          <t>Son Şans'a Hoşgeldiniz</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052162095</t>
+          <t>9786052162613</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bu Hırka Kimin?</t>
+          <t>Sesler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052162071</t>
+          <t>9786052162590</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Çiçek</t>
+          <t>Sayılar / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052162132</t>
+          <t>9786052162620</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Ne Renk Boyasam</t>
+          <t>Şekiller / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052162088</t>
+          <t>9786052162606</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bu Çiçeğin Adı Ne?</t>
+          <t>Renkler / Fisher - Price İlk Kelimelerim Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052162118</t>
+          <t>9786052041420</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Cumartesi Günlerinin Rengi ve Kokusu</t>
+          <t>Hayatımın Hatası</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>15</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052162149</t>
+          <t>9786059442671</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Minik Serçenin Masalı</t>
+          <t>Hassas Kalp Hikayeleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052162774</t>
+          <t>9786059864862</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
+          <t>Aşkın Kıyısında</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>99</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052041956</t>
+          <t>9786052162675</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Saksıdaki Sürpriz</t>
+          <t>Thomas ve Arkadaşları - Thomas ve Dinazor - Mavi Dağın Gizemi (Çift Taraflı)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052162101</t>
+          <t>9786057939074</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kır Evinde Hafta Sonu</t>
+          <t>Büyük Final - Maceracı Can</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>15</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052162064</t>
+          <t>9786057939098</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçedeki Ağaç</t>
+          <t>Kurtarıcı Dost - Maceracı Can</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>15</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052041345</t>
+          <t>9786057939012</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Açmaya Korkan Çiçek</t>
+          <t>Sakın Unutma</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052041390</t>
+          <t>9786052162156</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Baykuş</t>
+          <t>Yeraltından Gelen Renk</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052041383</t>
+          <t>9786052162125</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tintin'in Yavruları</t>
+          <t>Ümit'in Doğum Günü Armağanı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059442749</t>
+          <t>9786052162095</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Hayatın Neresinde?</t>
+          <t>Bu Hırka Kimin?</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059442732</t>
+          <t>9786052162071</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan İzler</t>
+          <t>Bir Demet Çiçek</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052041376</t>
+          <t>9786052162132</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Taş ve Çiçek</t>
+          <t>Gökyüzünü Ne Renk Boyasam</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052041369</t>
+          <t>9786052162088</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Küçük Portakalın Sıradışı Öyküsü</t>
+          <t>Bu Çiçeğin Adı Ne?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052041352</t>
+          <t>9786052162118</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları</t>
+          <t>Cumartesi Günlerinin Rengi ve Kokusu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052041406</t>
+          <t>9786052162149</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Gün Işıkları</t>
+          <t>Minik Serçenin Masalı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059442138</t>
+          <t>9786052162774</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Eğlenceli Bilmeceler</t>
+          <t>Paylaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>9.17</v>
+        <v>99</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057939890</t>
+          <t>9786052041956</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Otel</t>
+          <t>Saksıdaki Sürpriz</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052162750</t>
+          <t>9786052162101</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kalp Atışı</t>
+          <t>Kır Evinde Hafta Sonu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052162545</t>
+          <t>9786052162064</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kır Faresiyle Kent Faresi</t>
+          <t>Arka Bahçedeki Ağaç</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052162187</t>
+          <t>9786052041345</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kapadokyalı Vampir: Masumiyet</t>
+          <t>Açmaya Korkan Çiçek</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>22.22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052041840</t>
+          <t>9786052041390</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Aile</t>
+          <t>Yaralı Baykuş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>18.52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052041314</t>
+          <t>9786052041383</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kitap - Sondan Sonra</t>
+          <t>Tintin'in Yavruları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>90</v>
+        <v>29</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052041277</t>
+          <t>9786059442749</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İsviçre Kahvehaneleri</t>
+          <t>Edebiyat Hayatın Neresinde?</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059442152</t>
+          <t>9786059442732</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Üstümüzdeki Gül Yaprağı</t>
+          <t>Yaşamdan İzler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059442640</t>
+          <t>9786052041376</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nefes Al</t>
+          <t>Taş ve Çiçek</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059864947</t>
+          <t>9786052041369</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İçin Çok Güzelsin</t>
+          <t>Küçük Portakalın Sıradışı Öyküsü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>18.52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059864374</t>
+          <t>9786052041352</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Renkler ve Şekiller</t>
+          <t>Deniz Kabukları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>2.78</v>
+        <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059864367</t>
+          <t>9786052041406</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar- Alfabe ve Sayılar</t>
+          <t>Çalışkan Gün Işıkları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>8.32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059864398</t>
+          <t>9786059442138</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar- Bahar Tavuğu</t>
+          <t>Çocuklara Eğlenceli Bilmeceler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>10.18</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059864381</t>
+          <t>9786057939890</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Büyük Sihir Gösterisi</t>
+          <t>Büyülü Otel</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>12.03</v>
+        <v>32</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052162453</t>
+          <t>9786052162750</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Takımı!</t>
+          <t>Kalp Atışı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>6.39</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052162415</t>
+          <t>9786052162545</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Macera</t>
+          <t>Kır Faresiyle Kent Faresi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>6.39</v>
+        <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052162446</t>
+          <t>9786052162187</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Robot Köpek</t>
+          <t>Kapadokyalı Vampir: Masumiyet</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>6.94</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052162484</t>
+          <t>9786052041840</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Rubble Göreve Hazır!</t>
+          <t>Aile</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>11.95</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052162439</t>
+          <t>9786052041314</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Tren Spencer - Thomas ve Arkadaşları</t>
+          <t>Kitap - Sondan Sonra</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>15</v>
+        <v>90</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052162460</t>
+          <t>9786052041277</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Jet Uçağı Jeremy - Thomas ve Arkadaşları</t>
+          <t>İsviçre Kahvehaneleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052162477</t>
+          <t>9786059442152</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Lokomotif James - Thomas ve Arkadaşları</t>
+          <t>Üstümüzdeki Gül Yaprağı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052162408</t>
+          <t>9786059442640</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Balon Gösterisi - Thomas ve Arkadaşları</t>
+          <t>Nefes Al</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059442428</t>
+          <t>9786059864947</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Dükkanı</t>
+          <t>Ölmek İçin Çok Güzelsin</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059442169</t>
+          <t>9786059864374</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Kabarcık Çocuklar - Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>80</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059864923</t>
+          <t>9786059864367</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Özel Lokomotif Molly</t>
+          <t>Kabarcık Çocuklar- Alfabe ve Sayılar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>9.17</v>
+        <v>8.32</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059864572</t>
+          <t>9786059864398</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dağ'ın Gizemi</t>
+          <t>Kabarcık Çocuklar- Bahar Tavuğu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>9.25</v>
+        <v>10.18</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059864565</t>
+          <t>9786059864381</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Baloncuk Avı</t>
+          <t>Kabarcık Çocuklar - Büyük Sihir Gösterisi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>8.32</v>
+        <v>12.03</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059864589</t>
+          <t>9786052162453</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tren Thomas Geliyooor!</t>
+          <t>Yıldız Takımı!</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>9.25</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059864596</t>
+          <t>9786052162415</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflamaya Hazır Mısınız?</t>
+          <t>Dedemle Macera</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>12.03</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052162040</t>
+          <t>9786052162446</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmanın Yeni Kuyruğu</t>
+          <t>Robot Köpek</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052162026</t>
+          <t>9786052162484</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Hanım Nerede?</t>
+          <t>Rubble Göreve Hazır!</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>15</v>
+        <v>11.95</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052162019</t>
+          <t>9786052162439</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Murat'ın Armağanları</t>
+          <t>Hızlı Tren Spencer - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052162033</t>
+          <t>9786052162460</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sarı Sarı Ayvalar</t>
+          <t>Jet Uçağı Jeremy - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052162002</t>
+          <t>9786052162477</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Lokomotifin İlk Yolculuğu</t>
+          <t>Kırmızı Lokomotif James - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052041994</t>
+          <t>9786052162408</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Babaannenin Sürprizi</t>
+          <t>Balon Gösterisi - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052041970</t>
+          <t>9786059442428</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Nine Yünleri Ne Yapacak?</t>
+          <t>Kitapçı Dükkanı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052041963</t>
+          <t>9786059442169</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düşmüş</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052041949</t>
+          <t>9786059864923</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Beyaz'ın Özverisi</t>
+          <t>Özel Lokomotif Molly</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052162392</t>
+          <t>9786059864572</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hazır Cevap Hasan</t>
+          <t>Mavi Dağ'ın Gizemi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>125</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052162514</t>
+          <t>9786059864565</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Çoban ve Köylüler</t>
+          <t>Baloncuk Avı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>15</v>
+        <v>8.32</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052162507</t>
+          <t>9786059864589</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tilkiyle Leylek</t>
+          <t>Tren Thomas Geliyooor!</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>15</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052162491</t>
+          <t>9786059864596</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Üzümler</t>
+          <t>Çufçuflamaya Hazır Mısınız?</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>15</v>
+        <v>12.03</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052162521</t>
+          <t>9786052162040</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Övüngen Katır</t>
+          <t>Uçurtmanın Yeni Kuyruğu</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057939272</t>
+          <t>9786052162026</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Pamuk Hanım Nerede?</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>49</v>
+        <v>15</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057939258</t>
+          <t>9786052162019</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Murat'ın Armağanları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>49</v>
+        <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057939050</t>
+          <t>9786052162033</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kolaysa Sen Bul</t>
+          <t>Sarı Sarı Ayvalar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>13.8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059442176</t>
+          <t>9786052162002</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Erik</t>
+          <t>Kırmızı Lokomotifin İlk Yolculuğu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059442145</t>
+          <t>9786052041994</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sabır Çıkmazı</t>
+          <t>Babaannenin Sürprizi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052041918</t>
+          <t>9786052041970</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tebeşirler</t>
+          <t>Nazlı Nine Yünleri Ne Yapacak?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052041925</t>
+          <t>9786052041963</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sincaplı Kalemtıraş</t>
+          <t>Gökten Üç Elma Düşmüş</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052041901</t>
+          <t>9786052041949</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Piknikte</t>
+          <t>Beyaz'ın Özverisi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052041895</t>
+          <t>9786052162392</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Tokalı Kız</t>
+          <t>Hazır Cevap Hasan</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>32</v>
+        <v>125</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052041888</t>
+          <t>9786052162514</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Berke'nin Badem Şekerleri</t>
+          <t>Yalancı Çoban ve Köylüler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052041611</t>
+          <t>9786052162507</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Emre ve Tahta Oyuncak</t>
+          <t>Tilkiyle Leylek</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052041628</t>
+          <t>9786052162491</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>La'nın Kayboluşu</t>
+          <t>Tilki ve Üzümler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052041147</t>
+          <t>9786052162521</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Övüngen Katır</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059442657</t>
+          <t>9786057939272</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gavur İzmir, Güzel İzmir</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>23.15</v>
+        <v>49</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052041635</t>
+          <t>9786057939258</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çicek Kız Soruyor</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059442299</t>
+          <t>9786057939050</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Düşler Sandığı (Boyama Kitabı)</t>
+          <t>Kolaysa Sen Bul</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>11.94</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052162866</t>
+          <t>9786059442176</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Evde</t>
+          <t>Kırmızı Erik</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>49</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052162873</t>
+          <t>9786059442145</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Sokakta</t>
+          <t>Sabır Çıkmazı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>49</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052162859</t>
+          <t>9786052041918</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Doğada</t>
+          <t>Renkli Tebeşirler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052162842</t>
+          <t>9786052041925</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil - Dışarıda</t>
+          <t>Sincaplı Kalemtıraş</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052041505</t>
+          <t>9786052041901</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Anne Gökyüzünü Boyamışlar</t>
+          <t>Piknikte</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052041512</t>
+          <t>9786052041895</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Bir Gün</t>
+          <t>Kiraz Tokalı Kız</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052041529</t>
+          <t>9786052041888</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Duman Olmuş</t>
+          <t>Berke'nin Badem Şekerleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052041536</t>
+          <t>9786052041611</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kar Neden Yağar</t>
+          <t>Emre ve Tahta Oyuncak</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059442503</t>
+          <t>9786052041628</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Sebzeler Meyveler</t>
+          <t>La'nın Kayboluşu</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>11.94</v>
+        <v>29</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059442527</t>
+          <t>9786052041147</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Sayılar Renkler Şekiller</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>11.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059442497</t>
+          <t>9786059442657</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Hayvanlar Alemi</t>
+          <t>Gavur İzmir, Güzel İzmir</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>11.94</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059442510</t>
+          <t>9786052041635</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü - Taşıtlar</t>
+          <t>Çicek Kız Soruyor</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>11.94</v>
+        <v>29</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059864688</t>
+          <t>9786059442299</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Koridor</t>
+          <t>Düşler Sandığı (Boyama Kitabı)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>16.67</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052041468</t>
+          <t>9786052162866</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Helikopter Harold</t>
+          <t>Meraklı Fil - Evde</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>11.11</v>
+        <v>49</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052041444</t>
+          <t>9786052162873</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Buharlı Lokomotif Emily</t>
+          <t>Meraklı Fil - Sokakta</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>11.11</v>
+        <v>49</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052041437</t>
+          <t>9786052162859</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Bir Cesaret Masalı</t>
+          <t>Meraklı Fil - Doğada</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>17.59</v>
+        <v>49</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>3990000030439</t>
+          <t>9786052162842</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Kral Şakir</t>
+          <t>Meraklı Fil - Dışarıda</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>12</v>
+        <v>49</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052041499</t>
+          <t>9786052041505</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Skye Yüksek Uçuyor</t>
+          <t>Anne Gökyüzünü Boyamışlar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>6.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052041482</t>
+          <t>9786052041512</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Orman Macerası</t>
+          <t>Fırtınalı Bir Gün</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>6.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052041475</t>
+          <t>9786052041529</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Köpekçik Gücü</t>
+          <t>Her Yer Duman Olmuş</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>9.17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052041451</t>
+          <t>9786052041536</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - En İyi Lokomotif Kazansın</t>
+          <t>Kar Neden Yağar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>6.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059442213</t>
+          <t>9786059442503</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Exit-Kaçış Planı</t>
+          <t>Bebeğimin İlk Sözlüğü - Sebzeler Meyveler</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>18.52</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059442091</t>
+          <t>9786059442527</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yastık Adında Bir Kedi</t>
+          <t>Bebeğimin İlk Sözlüğü - Sayılar Renkler Şekiller</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059442077</t>
+          <t>9786059442497</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Üşengeç Amcanın Ayakkabıları</t>
+          <t>Bebeğimin İlk Sözlüğü - Hayvanlar Alemi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059442053</t>
+          <t>9786059442510</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Papağanın Sihirli Aynası</t>
+          <t>Bebeğimin İlk Sözlüğü - Taşıtlar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059442046</t>
+          <t>9786059864688</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Benekli Tırtıl</t>
+          <t>Karanlık Koridor</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059442039</t>
+          <t>9786052041468</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç ile Minik Tay</t>
+          <t>Thomas ve Arkadaşları - Helikopter Harold</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059442060</t>
+          <t>9786052041444</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çinlilerin Adı Neden Kısadır?</t>
+          <t>Thomas ve Arkadaşları - Buharlı Lokomotif Emily</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059442022</t>
+          <t>9786052041437</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Benek Buzağı</t>
+          <t>Thomas ve Arkadaşları - Bir Cesaret Masalı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059442015</t>
+          <t>3990000030439</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Barbossa'nın Gözlüğü</t>
+          <t>Oyun Zamanı - Kral Şakir</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059442008</t>
+          <t>9786052041499</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Balkondaki Bahçe</t>
+          <t>Pati Devriyesi - Skye Yüksek Uçuyor</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059442084</t>
+          <t>9786052041482</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Suya Düşmüş Aydede</t>
+          <t>Pati Devriyesi - Orman Macerası</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052162880</t>
+          <t>9786052041475</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Pati Devriyesi - Köpekçik Gücü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>26.85</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052041819</t>
+          <t>9786052041451</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tek Bildikleri Aşktı</t>
+          <t>Thomas ve Arkadaşları - En İyi Lokomotif Kazansın</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>18.52</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059864848</t>
+          <t>9786059442213</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Fabrikada Bir Saraylı</t>
+          <t>Exit-Kaçış Planı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>14.82</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059864725</t>
+          <t>9786059442091</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Pembeayak Efsanesi</t>
+          <t>Yastık Adında Bir Kedi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>4.62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059864701</t>
+          <t>9786059442077</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Kabarcık Top Oyunu!</t>
+          <t>Üşengeç Amcanın Ayakkabıları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>4.62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059864695</t>
+          <t>9786059442053</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bubble Cuppies - Hayvanat Bahçesindeki Arkadaş</t>
+          <t>Papağanın Sihirli Aynası</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>7.4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059864749</t>
+          <t>9786059442046</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Pati Devriyesi Hazinesi</t>
+          <t>Kırmızı Benekli Tırtıl</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>5.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059864718</t>
+          <t>9786059442039</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Korsan Patiler!</t>
+          <t>Kırlangıç ile Minik Tay</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>9.25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059864640</t>
+          <t>9786059442060</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Karınca Mişi 2</t>
+          <t>Çinlilerin Adı Neden Kısadır?</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059864633</t>
+          <t>9786059442022</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Karınca Mişi 1</t>
+          <t>Benek Buzağı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>5.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059864732</t>
+          <t>9786059442015</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Marshall'ın Kurtarma Görevi!</t>
+          <t>Barbossa'nın Gözlüğü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>5.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059864657</t>
+          <t>9786059442008</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Karınca Mişi 3</t>
+          <t>Balkondaki Bahçe</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059864343</t>
+          <t>9786059442084</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Gece Uyur</t>
+          <t>Suya Düşmüş Aydede</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059864251</t>
+          <t>9786052162880</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Meditasyon Boyama Kitabı</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>18.52</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052041796</t>
+          <t>9786052041819</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız 5 Tepetaklak Aşk</t>
+          <t>Tek Bildikleri Aşktı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>26.85</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059442862</t>
+          <t>9786059864848</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi Seti (2 Kitap Takım)</t>
+          <t>Fabrikada Bir Saraylı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059864411</t>
+          <t>9786059864725</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'ta Aşk Mevsimi</t>
+          <t>Bubble Cuppies - Pembeayak Efsanesi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>30</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057939111</t>
+          <t>9786059864701</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Derinin Altında</t>
+          <t>Bubble Cuppies - Kabarcık Top Oyunu!</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>40</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052041031</t>
+          <t>9786059864695</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Gölgesinde</t>
+          <t>Bubble Cuppies - Hayvanat Bahçesindeki Arkadaş</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>26.85</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052041093</t>
+          <t>9786059864749</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Meşe ile Alçakgönüllü Kamış</t>
+          <t>Pati Devriyesi - Pati Devriyesi Hazinesi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>15</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052041079</t>
+          <t>9786059864718</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kargayla Tilki</t>
+          <t>Pati Devriyesi - Korsan Patiler!</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>15</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052041062</t>
+          <t>9786059864640</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Farelerin Derdi</t>
+          <t>Karınca Mişi 2</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052041055</t>
+          <t>9786059864633</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Suçu</t>
+          <t>Karınca Mişi 1</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>15</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052041048</t>
+          <t>9786059864732</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Aslan Postu Giyen Eşek</t>
+          <t>Pati Devriyesi - Marshall'ın Kurtarma Görevi!</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>15</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059864329</t>
+          <t>9786059864657</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlanmaya Hazırız!</t>
+          <t>Karınca Mişi 3</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>9.25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059864312</t>
+          <t>9786059864343</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Pofidik İçin Göreve!</t>
+          <t>Balıklar Gece Uyur</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>12.03</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059864138</t>
+          <t>9786059864251</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hayat Avcısı</t>
+          <t>Meditasyon Boyama Kitabı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059864299</t>
+          <t>9786052041796</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Minik Kediciği Kurtarma Görevi</t>
+          <t>Geek Kız 5 Tepetaklak Aşk</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>4.62</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059864282</t>
+          <t>9786059442862</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Köpekçikler Göreve!</t>
+          <t>Pisi Pisi Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>7.4</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059864336</t>
+          <t>9786059864411</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yüksel Yüksel ve İlerle!</t>
+          <t>Son Şans'ta Aşk Mevsimi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>9.25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059864305</t>
+          <t>9786057939111</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Patileri Parlatalım!</t>
+          <t>Derinin Altında</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>6.47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052041109</t>
+          <t>9786052041031</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Örümceğin Mesajı</t>
+          <t>Meleklerin Gölgesinde</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>60</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052041130</t>
+          <t>9786052041093</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mektuplar</t>
+          <t>Kibirli Meşe ile Alçakgönüllü Kamış</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059442763</t>
+          <t>9786052041079</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Gerçek Olsa</t>
+          <t>Kargayla Tilki</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>23.15</v>
+        <v>15</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059442756</t>
+          <t>9786052041062</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>O Şarkıdaki Kız Benim</t>
+          <t>Farelerin Derdi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059442305</t>
+          <t>9786052041055</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İlişki Durumu Karışık</t>
+          <t>Eşeğin Suçu</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>20.37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059864756</t>
+          <t>9786052041048</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Unutuluş</t>
+          <t>Aslan Postu Giyen Eşek</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059864886</t>
+          <t>9786059864329</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Kutuları Bulalım! (Ciltli)</t>
+          <t>Yuvarlanmaya Hazırız!</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>36.11</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059864893</t>
+          <t>9786059864312</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Hazineyi Buldum (Ciltli)</t>
+          <t>Pofidik İçin Göreve!</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>63.89</v>
+        <v>12.03</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059864879</t>
+          <t>9786059864138</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Haydi Şarkı Söyleyelim (Ciltli)</t>
+          <t>Hayat Avcısı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>36.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059864930</t>
+          <t>9786059864299</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Edward İş Başında</t>
+          <t>Minik Kediciği Kurtarma Görevi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>6.39</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059864916</t>
+          <t>9786059864282</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Tramvay Lokomotifi Toby</t>
+          <t>Köpekçikler Göreve!</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>9.17</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059864909</t>
+          <t>9786059864336</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Thomas'la Geziyorum (Ciltli)</t>
+          <t>Yüksel Yüksel ve İlerle!</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>63.89</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059864206</t>
+          <t>9786059864305</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Haydi, Köpek Kulübesi Yapalım!</t>
+          <t>Patileri Parlatalım!</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>7.36</v>
+        <v>6.47</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059864183</t>
+          <t>9786052041109</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kabarcık Köpek ve Güneş Yüzüğü</t>
+          <t>Örümceğin Mesajı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>5.51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059864213</t>
+          <t>9786052041130</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Dinozor Kazısı</t>
+          <t>Gizemli Mektuplar</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>4.58</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059864176</t>
+          <t>9786059442763</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kabarcık Dostlar!</t>
+          <t>Rüyalar Gerçek Olsa</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>9.21</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059864190</t>
+          <t>9786059442756</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Hazır, Başla, Boya!</t>
+          <t>O Şarkıdaki Kız Benim</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>12.95</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059864220</t>
+          <t>9786059442305</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kabarcık Köpek Vakti!</t>
+          <t>İlişki Durumu Karışık</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>4.58</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059864237</t>
+          <t>9786059864756</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kabarcık Çocuklar - Kamyonum Nerede</t>
+          <t>Unutuluş</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>7.36</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786058492424</t>
+          <t>9786059864886</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Öp Beni</t>
+          <t>Thomas ve Arkadaşları - Kutuları Bulalım! (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>18.52</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059442565</t>
+          <t>9786059864893</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Rayların Kralı</t>
+          <t>Pati Devriyesi - Hazineyi Buldum (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>20</v>
+        <v>63.89</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059442589</t>
+          <t>9786059864879</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Cesur Küçük Lokomotifler</t>
+          <t>Pati Devriyesi - Haydi Şarkı Söyleyelim (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>9.17</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059442633</t>
+          <t>9786059864930</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 3</t>
+          <t>Edward İş Başında</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>15</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059442626</t>
+          <t>9786059864916</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 2</t>
+          <t>Tramvay Lokomotifi Toby</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059442619</t>
+          <t>9786059864909</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 1</t>
+          <t>Thomas ve Arkadaşları - Thomas'la Geziyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>15</v>
+        <v>63.89</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059442541</t>
+          <t>9786059864206</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Fıkraları</t>
+          <t>Kabarcık Çocuklar - Haydi, Köpek Kulübesi Yapalım!</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>13.8</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059442572</t>
+          <t>9786059864183</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Thomas ve Dinozarlar</t>
+          <t>Kabarcık Çocuklar - Kabarcık Köpek ve Güneş Yüzüğü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>6.39</v>
+        <v>5.51</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059442312</t>
+          <t>9786059864213</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sırça Hayaller</t>
+          <t>Kabarcık Çocuklar - Dinozor Kazısı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>23.15</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059442329</t>
+          <t>9786059864176</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kılları Yolunmuş Maymun</t>
+          <t>Kabarcık Çocuklar - Kabarcık Dostlar!</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>70</v>
+        <v>9.21</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059442596</t>
+          <t>9786059864190</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Arkadaşlık Günü! (Ciltli)</t>
+          <t>Kabarcık Çocuklar - Hazır, Başla, Boya!</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>13.8</v>
+        <v>12.95</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059442251</t>
+          <t>9786059864220</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Pati Devriyesi - Alev Savaşçıları</t>
+          <t>Kabarcık Çocuklar - Kabarcık Köpek Vakti!</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>8.24</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059864800</t>
+          <t>9786059864237</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lokomotik Percy</t>
+          <t>Kabarcık Çocuklar - Kamyonum Nerede</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>9.17</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059864794</t>
+          <t>9786058492424</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Jeremy Birlikte Çalışıyor</t>
+          <t>Öp Beni</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>6.39</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059864787</t>
+          <t>9786059442565</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Renkli Trenler</t>
+          <t>Thomas ve Arkadaşları - Rayların Kralı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>8.24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059864770</t>
+          <t>9786059442589</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Dizellerin Günü</t>
+          <t>Thomas ve Arkadaşları - Cesur Küçük Lokomotifler</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059864763</t>
+          <t>9786059442633</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>1001 Çıkartmalı Eğlence Kitabı</t>
+          <t>Kara Köpek Tango 3</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>13.8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059864664</t>
+          <t>9786059442626</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Balon Yarışı (Ciltli)</t>
+          <t>Kara Köpek Tango 2</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059864435</t>
+          <t>9786059442619</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Mutlu Yıllar Köpekcik!</t>
+          <t>Kara Köpek Tango 1</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>4.62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059864428</t>
+          <t>9786059442541</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol - Buz Takımı</t>
+          <t>Öğrenci Fıkraları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>7.4</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059864169</t>
+          <t>9786059442572</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Aşkına 2 : Sürpriz Son</t>
+          <t>Thomas ve Arkadaşları - Thomas ve Dinozarlar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>17.59</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059864015</t>
+          <t>9786059442312</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Öykü Odası</t>
+          <t>Sırça Hayaller</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>22.22</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786058526846</t>
+          <t>9786059442329</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Son Şans'taki Evim</t>
+          <t>Kılları Yolunmuş Maymun</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>18.52</v>
+        <v>70</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786056403491</t>
+          <t>9786059442596</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sosyete Dedektifi Serisi 1: Sır Yumağı</t>
+          <t>Pati Devriyesi - Arkadaşlık Günü! (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>20.37</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059442411</t>
+          <t>9786059442251</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk İlk Dans</t>
+          <t>Pati Devriyesi - Alev Savaşçıları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>17.59</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059442220</t>
+          <t>9786059864800</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Zafer Vaat Etmeyen Topraklar</t>
+          <t>Küçük Lokomotik Percy</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>18.52</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059864121</t>
+          <t>9786059864794</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız - 3 : Atarlı Model</t>
+          <t>Thomas ve Jeremy Birlikte Çalışıyor</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>22.22</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059442367</t>
+          <t>9786059864787</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kitap</t>
+          <t>Renkli Trenler</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>15</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059442398</t>
+          <t>9786059864770</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Minnacık Adamlar</t>
+          <t>Dizellerin Günü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>20</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059442404</t>
+          <t>9786059864763</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Papağan</t>
+          <t>1001 Çıkartmalı Eğlence Kitabı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>20</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059442381</t>
+          <t>9786059864664</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kuaför Leylek</t>
+          <t>Balon Yarışı (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059442374</t>
+          <t>9786059864435</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen Toplayan Kuş</t>
+          <t>Paw Patrol - Mutlu Yıllar Köpekcik!</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>20</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059442237</t>
+          <t>9786059864428</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bambu Sapı</t>
+          <t>Paw Patrol - Buz Takımı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>22.22</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786058526891</t>
+          <t>9786059864169</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>On Beş Dakika</t>
+          <t>Kitaplar Aşkına 2 : Sürpriz Son</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>21.3</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786056403415</t>
+          <t>9786059864015</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili ve Çingene</t>
+          <t>Öykü Odası</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059864831</t>
+          <t>9786058526846</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Üçüncüsü</t>
+          <t>Son Şans'taki Evim</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059864817</t>
+          <t>9786056403491</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Öpücüğü</t>
+          <t>Sosyete Dedektifi Serisi 1: Sır Yumağı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059864558</t>
+          <t>9786059442411</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Parti Gecesi Cinayeti</t>
+          <t>İlk Aşk İlk Dans</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059864091</t>
+          <t>9786059442220</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Zafer Vaat Etmeyen Topraklar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059864497</t>
+          <t>9786059864121</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Can Kırıkları</t>
+          <t>Geek Kız - 3 : Atarlı Model</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059864404</t>
+          <t>9786059442367</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız 4</t>
+          <t>Arkadaşım Kitap</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>22.22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786058492493</t>
+          <t>9786059442398</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Işığına Uç</t>
+          <t>Minnacık Adamlar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>22.22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059864152</t>
+          <t>9786059442404</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kalpler Kulübü</t>
+          <t>Soytarı Papağan</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>20.37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786058526884</t>
+          <t>9786059442381</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Küller ve Anılar</t>
+          <t>Kuaför Leylek</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>20.37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786056403422</t>
+          <t>9786059442374</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Aşk Su Anı</t>
+          <t>Böğürtlen Toplayan Kuş</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>17.59</v>
+        <v>20</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786056403439</t>
+          <t>9786059442237</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Falı</t>
+          <t>Bambu Sapı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786056403408</t>
+          <t>9786058526891</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Şans</t>
+          <t>On Beş Dakika</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>160</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059864268</t>
+          <t>9786056403415</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Üç Harf Tek Hece</t>
+          <t>Kızılderili ve Çingene</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257124751</t>
+          <t>9786059864831</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati ve Süpürbot! - Kral Şakir İlk Okuma Kitabı 17</t>
+          <t>İkizlerin Üçüncüsü</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>190</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257124737</t>
+          <t>9786059864817</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kankalar Takımı! - Kral Şakir İlk Okuma Kitabı 15</t>
+          <t>Yıldız Öpücüğü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>190</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9782002547851</t>
+          <t>9786059864558</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Kitapları (10 Kitap Takım)</t>
+          <t>Parti Gecesi Cinayeti</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>1250</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057690241</t>
+          <t>9786059864091</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurbağanın Öyküsü</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>69</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057690098</t>
+          <t>9786059864497</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Gri Kız</t>
+          <t>Can Kırıkları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>35</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057690104</t>
+          <t>9786059864404</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yapay Tanrı</t>
+          <t>Geek Kız 4</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>35</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>3996059442107</t>
+          <t>9786058492493</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Resimli Öykü Seti (10 Kitap)</t>
+          <t>Gecenin Işığına Uç</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>50</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057939807</t>
+          <t>9786059864152</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Kırmızısı Yaz</t>
+          <t>Yalnız Kalpler Kulübü</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>40</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057939517</t>
+          <t>9786058526884</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango - 4</t>
+          <t>Küller ve Anılar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057939524</t>
+          <t>9786056403422</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango - 5</t>
+          <t>Aşk Su Anı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057690258</t>
+          <t>9786056403439</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Aslan</t>
+          <t>Ölüm Falı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>69</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057939531</t>
+          <t>9786056403408</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango - 6</t>
+          <t>Şans</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257371582</t>
+          <t>9786059864268</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sıfıra Sıfır Elde Var Sıfır</t>
+          <t>Üç Harf Tek Hece</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>69</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257371698</t>
+          <t>9786257124751</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Mikrop Avcıları 1 (Ciltli)</t>
+          <t>Fil Necati ve Süpürbot! - Kral Şakir İlk Okuma Kitabı 17</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>499</v>
+        <v>190</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257371513</t>
+          <t>9786257124737</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Reflekta - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
+          <t>Kankalar Takımı! - Kral Şakir İlk Okuma Kitabı 15</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>24</v>
+        <v>190</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257371520</t>
+          <t>9782002547851</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Çizer</t>
+          <t>Kral Şakir İlk Okuma Kitapları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>57</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057690661</t>
+          <t>9786057690241</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Kar Sürprizi</t>
+          <t>Küçük Kurbağanın Öyküsü</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>39</v>
+        <v>69</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057690654</t>
+          <t>9786057690098</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Duygular</t>
+          <t>Gri Kız</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257371612</t>
+          <t>9786057690104</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kuşçu Dede</t>
+          <t>Yapay Tanrı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>69</v>
+        <v>35</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257371599</t>
+          <t>3996059442107</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Minik Arılar Bal Yapıyor</t>
+          <t>Resimli Öykü Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>69</v>
+        <v>50</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257124485</t>
+          <t>9786057939807</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Thomas Yeni Zelanda'ya Gidiyor - Thomas ve Arkadaşları</t>
+          <t>Kiraz Kırmızısı Yaz</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>99</v>
+        <v>40</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257124454</t>
+          <t>9786057939517</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Kalmasın – İlk Çıkartma Kitabım - Thomas ve Arkadaşları</t>
+          <t>Kara Köpek Tango - 4</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>109</v>
+        <v>15</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257124461</t>
+          <t>9786057939524</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Thomas - Eğlenceli Aktivite Kitabı</t>
+          <t>Kara Köpek Tango - 5</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>109</v>
+        <v>15</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9782002585815</t>
+          <t>9786057690258</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çocuk Seti-4 Kitap Takım</t>
+          <t>Canı Sıkılan Aslan</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>762</v>
+        <v>69</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057690920</t>
+          <t>9786057939531</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Binek Atıyla Yük Eşeği</t>
+          <t>Kara Köpek Tango - 6</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057690838</t>
+          <t>9786257371582</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Minik Çevre Gözcüsü</t>
+          <t>Sıfıra Sıfır Elde Var Sıfır</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057690821</t>
+          <t>9786257371698</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>En Çok Cevizi Kim Topladı?</t>
+          <t>Kral Şakir Mikrop Avcıları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>69</v>
+        <v>499</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057939180</t>
+          <t>9786257371513</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Balina Yuttu Bizi</t>
+          <t>Reflekta - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>3990000036454</t>
+          <t>9786257371520</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakımı 2 Kitaplık Set</t>
+          <t>Şeytani Çizer</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>1740</v>
+        <v>57</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057690494</t>
+          <t>9786057690661</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çevreciler - Kral Şakir İlk Okuma 10</t>
+          <t>Thomas ve Arkadaşları - Kar Sürprizi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>190</v>
+        <v>39</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057690357</t>
+          <t>9786057690654</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Oyun Gezegeni - Kral Şakir İlk Okuma 3</t>
+          <t>Thomas ve Arkadaşları - Duygular</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>190</v>
+        <v>39</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057939364</t>
+          <t>9786257371612</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Halaza</t>
+          <t>Kuşçu Dede</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>30</v>
+        <v>69</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789996302787</t>
+          <t>9786257371599</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Fisher Price Set (5 Kitap Takım) (Ciltli)</t>
+          <t>Minik Arılar Bal Yapıyor</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>92.13</v>
+        <v>69</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052041758</t>
+          <t>9786257124485</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Boyama Set (4 Kitap)</t>
+          <t>Thomas Yeni Zelanda'ya Gidiyor - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>125</v>
+        <v>99</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057690272</t>
+          <t>9786257124454</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Deprem Olsa Ne Yaparsın?</t>
+          <t>Yolcu Kalmasın – İlk Çıkartma Kitabım - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>15</v>
+        <v>109</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057690876</t>
+          <t>9786257124461</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 4</t>
+          <t>Thomas - Eğlenceli Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>45</v>
+        <v>109</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057690869</t>
+          <t>9782002585815</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 3</t>
+          <t>Eğlenceli Çocuk Seti-4 Kitap Takım</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>45</v>
+        <v>762</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057690852</t>
+          <t>9786057690920</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 2</t>
+          <t>Binek Atıyla Yük Eşeği</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057690845</t>
+          <t>9786057690838</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 1</t>
+          <t>Minik Çevre Gözcüsü</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>45</v>
+        <v>69</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052041413</t>
+          <t>9786057690821</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kitaplar Serisi ( 6 Kitap Takım)</t>
+          <t>En Çok Cevizi Kim Topladı?</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786058526808</t>
+          <t>9786057939180</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Yemek Cennetten Çıkmadır</t>
+          <t>Balina Yuttu Bizi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>21.3</v>
+        <v>89</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786056403484</t>
+          <t>3990000036454</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Gölgeleri Kovala</t>
+          <t>Bebek Bakımı 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>20.37</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057690401</t>
+          <t>9786057690494</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Devletin Sahipleri</t>
+          <t>Muhteşem Çevreciler - Kral Şakir İlk Okuma 10</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057690135</t>
+          <t>9786057690357</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Yeşili Kış</t>
+          <t>Oyun Gezegeni - Kral Şakir İlk Okuma 3</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057939937</t>
+          <t>9786057939364</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Yavru Penguen Nerede?</t>
+          <t>Halaza</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>69</v>
+        <v>30</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057939944</t>
+          <t>9789996302787</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arasındaki Aynanın Öyküsü</t>
+          <t>Fisher Price Set (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>69</v>
+        <v>92.13</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057939951</t>
+          <t>9786052041758</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Köstebeğin Üzüntüsü</t>
+          <t>Kral Şakir Boyama Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>69</v>
+        <v>125</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057939920</t>
+          <t>9786057690272</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Yolda Kalan Lokomotif</t>
+          <t>Deprem Olsa Ne Yaparsın?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>69</v>
+        <v>15</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789998524569</t>
+          <t>9786057690876</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Balel 10 Kitaplık Set</t>
+          <t>Eğlenceli Boyama - 4</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9782002585839</t>
+          <t>9786057690869</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Mavi Geve Kedisi 2 Kitaplık Set</t>
+          <t>Eğlenceli Boyama - 3</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>338</v>
+        <v>45</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789992265727</t>
+          <t>9786057690852</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Karen Kingsbury 3 Kitaplık Set</t>
+          <t>Eğlenceli Boyama - 2</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>223</v>
+        <v>45</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789994584215</t>
+          <t>9786057690845</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Öykülere Gizlenen Sayılar Seti (10 Kitap Takım)</t>
+          <t>Eğlenceli Boyama - 1</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>64.82</v>
+        <v>45</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9782002585877</t>
+          <t>9786052041413</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>44 Kedi 4 Kitaplık Set</t>
+          <t>Çiçek Kitaplar Serisi ( 6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>152</v>
+        <v>63</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789992265666</t>
+          <t>9786058526808</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Romantik Roman Seti (3 Kitap Takım)</t>
+          <t>Yemek Cennetten Çıkmadır</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>125</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789992265697</t>
+          <t>9786056403484</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Seti (3 Kitap Takım)</t>
+          <t>Gölgeleri Kovala</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>497</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789992265734</t>
+          <t>9786057690401</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Macera ve Bilim Kurgu Seti (2 Kitap Takım)</t>
+          <t>Devletin Sahipleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>173</v>
+        <v>90</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789992265659</t>
+          <t>9786057690135</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim 3 Kitaplık Set</t>
+          <t>Turkuaz Yeşili Kış</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>653</v>
+        <v>40</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789997784605</t>
+          <t>9786057939937</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango 6 Kitaplık Set</t>
+          <t>Yavru Penguen Nerede?</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>90</v>
+        <v>69</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789992265482</t>
+          <t>9786057939944</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali 3 Kitaplık Set</t>
+          <t>Tavan Arasındaki Aynanın Öyküsü</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>137</v>
+        <v>69</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789998524576</t>
+          <t>9786057939951</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Sorular (10 Kitap Takım)</t>
+          <t>Köstebeğin Üzüntüsü</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>150</v>
+        <v>69</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789995236441</t>
+          <t>9786057939920</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Öykülere Gizlenen Renkler 10 Kitaplık Set</t>
+          <t>Yolda Kalan Lokomotif</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>64.81</v>
+        <v>69</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789992265499</t>
+          <t>9789998524569</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig 7 Kitap Set</t>
+          <t>Mustafa Balel 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789992265680</t>
+          <t>9782002585839</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Roman Seti (3 Kitap Takım)</t>
+          <t>Mavi Geve Kedisi 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>139</v>
+        <v>338</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9782002585822</t>
+          <t>9789992265727</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (3 Kitap Takım)</t>
+          <t>Karen Kingsbury 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>418</v>
+        <v>223</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257124713</t>
+          <t>9789994584215</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Penguenler - Kral Şakir İlk Okuma Kitabım 13</t>
+          <t>Öykülere Gizlenen Sayılar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>190</v>
+        <v>64.82</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789992265758</t>
+          <t>9782002585877</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Roman Seti (3 Kitap Takım</t>
+          <t>44 Kedi 4 Kitaplık Set</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>130.22</v>
+        <v>152</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789992265703</t>
+          <t>9789992265666</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Gençlik (3 Kitap Takım) Set 1</t>
+          <t>Romantik Roman Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>533</v>
+        <v>125</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789992265673</t>
+          <t>9789992265697</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kurgu (3 Kitap Takım) 1</t>
+          <t>Popüler Bilim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>1088</v>
+        <v>497</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257124263</t>
+          <t>9789992265734</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Küçük Tavşancık</t>
+          <t>Macera ve Bilim Kurgu Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>89</v>
+        <v>173</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057939814</t>
+          <t>9789992265659</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayığın Büyük Yolculuğu</t>
+          <t>Kişisel Gelişim 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>69</v>
+        <v>653</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057939821</t>
+          <t>9789997784605</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Minik Salyangoz Meslek Seçiyor</t>
+          <t>Kara Köpek Tango 6 Kitaplık Set</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>69</v>
+        <v>90</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057939722</t>
+          <t>9789992265482</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Albüm - Kral Şakir (Ciltli)</t>
+          <t>Sabahattin Ali 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>285</v>
+        <v>137</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789992265710</t>
+          <t>9789998524576</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Roman Seti (4 Kitap Takım)</t>
+          <t>Meraklı Sorular (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>210.85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9782004587480</t>
+          <t>9789995236441</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir İlk Okuma Dizisi Çantalı Set 2 (10 Kitap Takım)</t>
+          <t>Öykülere Gizlenen Renkler 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>1500</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257124362</t>
+          <t>9789992265499</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Simon Der ki</t>
+          <t>Stefan Zweig 7 Kitap Set</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>37</v>
+        <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057690999</t>
+          <t>9789992265680</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme Pilou!</t>
+          <t>Gerilim Roman Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>39</v>
+        <v>139</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257124034</t>
+          <t>9782002585822</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Ay’daki Kedi</t>
+          <t>Çocuk Klasikleri Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>39</v>
+        <v>418</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057690746</t>
+          <t>9786257124713</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Bütün Kedileri</t>
+          <t>Matematik ve Penguenler - Kral Şakir İlk Okuma Kitabım 13</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>22</v>
+        <v>190</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059442985</t>
+          <t>9789992265758</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yatağını Islatınca</t>
+          <t>Gerilim Roman Seti (3 Kitap Takım</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>7.9</v>
+        <v>130.22</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057690579</t>
+          <t>9789992265703</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kibele Masalları</t>
+          <t>Gençlik (3 Kitap Takım) Set 1</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>7.9</v>
+        <v>533</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057690593</t>
+          <t>9789992265673</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Caretta'nın Öyküsü</t>
+          <t>Bilim Kurgu (3 Kitap Takım) 1</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>7.9</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057690562</t>
+          <t>9786257124263</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Penpen'in Balık Yakalama Yarışı</t>
+          <t>Sayılar - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>7.9</v>
+        <v>89</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057690555</t>
+          <t>9786057939814</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Peri'nin Doğumu</t>
+          <t>Küçük Kayığın Büyük Yolculuğu</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>7.9</v>
+        <v>69</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052041666</t>
+          <t>9786057939821</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar'ın Sihirli Kutusu</t>
+          <t>Minik Salyangoz Meslek Seçiyor</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>7.9</v>
+        <v>69</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057690777</t>
+          <t>9786057939722</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Lampo Büyük Dost</t>
+          <t>Albüm - Kral Şakir (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057690586</t>
+          <t>9789992265710</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yeten</t>
+          <t>Gerilim Roman Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>7.9</v>
+        <v>210.85</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257124386</t>
+          <t>9782004587480</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 1</t>
+          <t>Kral Şakir İlk Okuma Dizisi Çantalı Set 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>26</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257124379</t>
+          <t>9786257124362</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Hava - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
+          <t>Simon Der ki</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>57</v>
+        <v>37</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057939104</t>
+          <t>9786057690999</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Orman - Maceracı Can</t>
+          <t>Vazgeçme Pilou!</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>13.8</v>
+        <v>39</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057939067</t>
+          <t>9786257124034</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hamur Canavarları - Maceracı Can</t>
+          <t>44 Cats - Ay’daki Kedi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>13.8</v>
+        <v>39</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057939081</t>
+          <t>9786057690746</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk - Maceracı Can</t>
+          <t>Şehrin Bütün Kedileri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>13.8</v>
+        <v>22</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052162811</t>
+          <t>9786059442985</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Gürültü</t>
+          <t>Yağmur Yatağını Islatınca</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>23.15</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789941972300</t>
+          <t>9786057690579</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Hikayeler Serisi (10 Kitap)</t>
+          <t>Kibele Masalları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>50</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052162651</t>
+          <t>9786057690593</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Yasmin</t>
+          <t>Caretta'nın Öyküsü</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>23.15</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052162422</t>
+          <t>9786057690562</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Gün Sevincin Kavşağında</t>
+          <t>Penpen'in Balık Yakalama Yarışı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>13.89</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052041680</t>
+          <t>9786057690555</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Yönetmeninin Çalışması</t>
+          <t>Peri'nin Doğumu</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052162972</t>
+          <t>9786052041666</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Deniz Neden Mavidir?</t>
+          <t>Rüzgar'ın Sihirli Kutusu</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>15</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057690722</t>
+          <t>9786057690777</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Şehri - Yeşil Kemik Efsanesi (1. Kitap)</t>
+          <t>Lampo Büyük Dost</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>599</v>
+        <v>130</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786255874542</t>
+          <t>9786057690586</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Terapistime Anlatamadıklarım</t>
+          <t>Kendine Yeten</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>290</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786255874566</t>
+          <t>9786257124386</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kader Sanatı - Savaş Sanatları Destanı İkinci Kitap</t>
+          <t>Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>690</v>
+        <v>26</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786255874597</t>
+          <t>9786257124379</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Siyah Fayton Vakası</t>
+          <t>Fırtınalı Hava - Uğur Böceği ile Kara Kedi’nin Maceraları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>250</v>
+        <v>57</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786255874559</t>
+          <t>9786057939104</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Denize Söylediğimiz Yalanlar</t>
+          <t>Sihirli Orman - Maceracı Can</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>390</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786255874580</t>
+          <t>9786057939067</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bu Hikaye Tutar Canan</t>
+          <t>Hamur Canavarları - Maceracı Can</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>149</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786255874573</t>
+          <t>9786057939081</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Baktığım Her Yerde</t>
+          <t>Gizemli Yolculuk - Maceracı Can</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>190</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786255874467</t>
+          <t>9786052162811</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Lömpence Masallar - 1 (Ciltli)</t>
+          <t>Karanlık Gürültü</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>390</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786255874443</t>
+          <t>9789941972300</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Hızlı Uyku Hikayesi!</t>
+          <t>Eğlenceli Hikayeler Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>225</v>
+        <v>50</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786255874436</t>
+          <t>9786052162651</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kaç Dinozor Çok Dinozordur?</t>
+          <t>Sevgili Yasmin</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>225</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786255874498</t>
+          <t>9786052162422</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 10 - Bir Filin Hatıra Defteri</t>
+          <t>Gün Sevincin Kavşağında</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786255874481</t>
+          <t>9786052041680</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 9 - Amaç Bulma Oyunu</t>
+          <t>Tiyatro Yönetmeninin Çalışması</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786255874528</t>
+          <t>9786052162972</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Emma Okula Gidiyor</t>
+          <t>Deniz Neden Mavidir?</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>225</v>
+        <v>15</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786255874511</t>
+          <t>9786057690722</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Keşiş ve Robot</t>
+          <t>Yeşim Şehri - Yeşil Kemik Efsanesi (1. Kitap)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>190</v>
+        <v>599</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786255874504</t>
+          <t>9786255874542</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Pandora</t>
+          <t>Terapistime Anlatamadıklarım</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>329</v>
+        <v>390</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786255874474</t>
+          <t>9786255874566</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Violet Veil’in Gizemi - 3</t>
+          <t>Kader Sanatı - Savaş Sanatları Destanı İkinci Kitap</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>199</v>
+        <v>690</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786255874535</t>
+          <t>9786255874597</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Zombie Makeout Club Birinci Kitap Ölüm Arzusu</t>
+          <t>Siyah Fayton Vakası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>179</v>
+        <v>250</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786255874122</t>
+          <t>9786255874559</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Maxi ve Helium 3. Bölüm: Kardorya Macerası (Ciltli)</t>
+          <t>Denize Söylediğimiz Yalanlar</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786255874368</t>
+          <t>9786255874580</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Montgomery Bonbon 2 - Deniz Fenerinde Cinayet</t>
+          <t>Bu Hikaye Tutar Canan</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>315</v>
+        <v>149</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786255874429</t>
+          <t>9786255874573</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Mirası</t>
+          <t>Baktığım Her Yerde</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>599</v>
+        <v>190</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786255874412</t>
+          <t>9786255874467</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Harabeler Kenti</t>
+          <t>Kral Şakir Lömpence Masallar - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>359</v>
+        <v>390</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786255874269</t>
+          <t>9786255874443</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı -1</t>
+          <t>Gelmiş Geçmiş En Hızlı Uyku Hikayesi!</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786255874351</t>
+          <t>9786255874436</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 6</t>
+          <t>Kaç Dinozor Çok Dinozordur?</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>89</v>
+        <v>225</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786255874344</t>
+          <t>9786255874498</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 5</t>
+          <t>Fil Necati 10 - Bir Filin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786255874337</t>
+          <t>9786255874481</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 4</t>
+          <t>Fil Necati 9 - Amaç Bulma Oyunu</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786255874320</t>
+          <t>9786255874528</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 3</t>
+          <t>Emma Okula Gidiyor</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>89</v>
+        <v>225</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786255874313</t>
+          <t>9786255874511</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 2</t>
+          <t>Keşiş ve Robot</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>89</v>
+        <v>190</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786255874306</t>
+          <t>9786255874504</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı 1</t>
+          <t>Pandora</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>89</v>
+        <v>329</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786255874214</t>
+          <t>9786255874474</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 4</t>
+          <t>Violet Veil’in Gizemi - 3</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>125</v>
+        <v>199</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786255874207</t>
+          <t>9786255874535</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 3</t>
+          <t>Zombie Makeout Club Birinci Kitap Ölüm Arzusu</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>125</v>
+        <v>179</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786255874191</t>
+          <t>9786255874122</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 2</t>
+          <t>Maxi ve Helium 3. Bölüm: Kardorya Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>125</v>
+        <v>550</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786255874177</t>
+          <t>9786255874368</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Şakirce Boyama Kitabı - 1</t>
+          <t>Montgomery Bonbon 2 - Deniz Fenerinde Cinayet</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>125</v>
+        <v>315</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786255874238</t>
+          <t>9786255874429</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 2</t>
+          <t>Yeşim Mirası</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>125</v>
+        <v>599</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786255874221</t>
+          <t>9786255874412</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 1</t>
+          <t>Harabeler Kenti</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>125</v>
+        <v>359</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786255874290</t>
+          <t>9786255874269</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı - 4</t>
+          <t>Renk Renk Dünya Boyama Kitabı -1</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786255874283</t>
+          <t>9786255874351</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı - 3</t>
+          <t>Kawaii Boyama Kitabı 6</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786255874276</t>
+          <t>9786255874344</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Dünya Boyama Kitabı - 2</t>
+          <t>Kawaii Boyama Kitabı 5</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786255874252</t>
+          <t>9786255874337</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 2</t>
+          <t>Kawaii Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>125</v>
+        <v>89</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786255874245</t>
+          <t>9786255874320</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 1</t>
+          <t>Kawaii Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>125</v>
+        <v>89</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786255874160</t>
+          <t>9786255874313</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 4</t>
+          <t>Kawaii Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>125</v>
+        <v>89</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786255874153</t>
+          <t>9786255874306</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 3</t>
+          <t>Kawaii Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>125</v>
+        <v>89</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786255874146</t>
+          <t>9786255874214</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 2</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786255874139</t>
+          <t>9786255874207</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım: Süper Renkler Boya - 1</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786255874184</t>
+          <t>9786255874191</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Dune Resmi Çizgi Roman Uyarlaması</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>390</v>
+        <v>125</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9782001454976</t>
+          <t>9786255874177</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati Seti (8 Kitap)</t>
+          <t>Kral Şakir - Şakirce Boyama Kitabı - 1</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>1200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9782001454983</t>
+          <t>9786255874238</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne Seti (6 kitap)</t>
+          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 2</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>2334</v>
+        <v>125</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789992265741</t>
+          <t>9786255874221</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Macera ve Bilim Kurgu 2 Kitaplık Set</t>
+          <t>Kral Şakir - Fil Gibi Eğlence Boyama Kitabı- 1</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>714</v>
+        <v>125</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786255874092</t>
+          <t>9786255874290</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Tombul Kedisi Nazım</t>
+          <t>Renk Renk Dünya Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>189</v>
+        <v>110</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786255874115</t>
+          <t>9786255874283</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne</t>
+          <t>Renk Renk Dünya Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>389</v>
+        <v>110</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786255874078</t>
+          <t>9786255874276</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 7 - Herkesin Kazandığı Bir Oyun!</t>
+          <t>Renk Renk Dünya Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786255874085</t>
+          <t>9786255874252</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 8 - Kim Necati?</t>
+          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 2</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786255874108</t>
+          <t>9786255874245</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı</t>
+          <t>Kral Şakir - Canan’la Renkli Hayaller Boyama Kitabı- 1</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>299</v>
+        <v>125</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786255874061</t>
+          <t>9786255874160</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Çok Şekerli Ölüm</t>
+          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>249</v>
+        <v>125</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786255874054</t>
+          <t>9786255874153</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ruhsuz Kızlar Derneği</t>
+          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>279</v>
+        <v>125</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786256231979</t>
+          <t>9786255874146</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Modayı Yarat 2</t>
+          <t>Süper 1 Takım: Süper Renkler Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>399</v>
+        <v>125</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786256231986</t>
+          <t>9786255874139</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Modayı Yarat 3</t>
+          <t>Süper 1 Takım: Süper Renkler Boya - 1</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>399</v>
+        <v>125</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786256231962</t>
+          <t>9786255874184</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Winx Club – Modayı Yarat 1</t>
+          <t>Dune Resmi Çizgi Roman Uyarlaması</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786256231993</t>
+          <t>9782001454976</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 1</t>
+          <t>Fil Necati Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>99</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786255874009</t>
+          <t>9782001454983</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 2</t>
+          <t>Bloodborne Seti (6 kitap)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>99</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786255874016</t>
+          <t>9789992265741</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 3</t>
+          <t>Macera ve Bilim Kurgu 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>99</v>
+        <v>714</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786255874047</t>
+          <t>9786255874092</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium – Boyama Kitabı 1</t>
+          <t>Dünyanın En Tombul Kedisi Nazım</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>99</v>
+        <v>189</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786255874030</t>
+          <t>9786255874115</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium – Aktivite Kitabı</t>
+          <t>Bloodborne</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>189</v>
+        <v>389</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786255874023</t>
+          <t>9786255874078</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium - Uyku Vakti</t>
+          <t>Fil Necati 7 - Herkesin Kazandığı Bir Oyun!</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>189</v>
+        <v>150</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786256231825</t>
+          <t>9786255874085</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Elettra</t>
+          <t>Fil Necati 8 - Kim Necati?</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>445</v>
+        <v>150</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258089097</t>
+          <t>9786255874108</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabı - Toby</t>
+          <t>Gol Kralı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>59</v>
+        <v>299</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258089103</t>
+          <t>9786255874061</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabı - Percy</t>
+          <t>Çok Şekerli Ölüm</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>59</v>
+        <v>249</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786057939630</t>
+          <t>9786255874054</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Paylaşma - Thomas ve Arkadaşları</t>
+          <t>Ruhsuz Kızlar Derneği</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>39</v>
+        <v>279</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786057939678</t>
+          <t>9786256231979</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Sırayla Yapma - Thomas ve Arkadaşları</t>
+          <t>Winx Club – Modayı Yarat 2</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>56</v>
+        <v>399</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786057939685</t>
+          <t>9786256231986</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ekip Çalışması - Thomas ve Arkadaşları</t>
+          <t>Winx Club – Modayı Yarat 3</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>39</v>
+        <v>399</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786057939654</t>
+          <t>9786256231962</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Korkusu - Thomas ve Arkadaşları</t>
+          <t>Winx Club – Modayı Yarat 1</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>56</v>
+        <v>399</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786058492479</t>
+          <t>9786256231993</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız - 2 : Aklı Havada</t>
+          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>20.37</v>
+        <v>99</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786057939265</t>
+          <t>9786255874009</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 2</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>39</v>
+        <v>99</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052041215</t>
+          <t>9786255874016</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Ne Demiş?</t>
+          <t>Kaplan Daniel’ın Mahallesi –Aktivite Kitabı 3</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>15</v>
+        <v>99</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052162828</t>
+          <t>9786255874047</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Geek Kız - 6 : Sonsuza Kadar Geek</t>
+          <t>Maxi &amp; Helium – Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>26.85</v>
+        <v>99</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052041833</t>
+          <t>9786255874030</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Bu Fıkralara Kargalar Bile Güler</t>
+          <t>Maxi &amp; Helium – Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>249</v>
+        <v>189</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059442558</t>
+          <t>9786255874023</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Doğum Günü Treni!</t>
+          <t>Maxi &amp; Helium - Uyku Vakti</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>20</v>
+        <v>189</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786057690388</t>
+          <t>9786256231825</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Thomas ve Arkadaşları - Kibar Olmak</t>
+          <t>Elettra</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>39</v>
+        <v>445</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257124478</t>
+          <t>9786258089097</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Thomas Avustralya'ya Gidiyor - Thomas ve Arkadaşları</t>
+          <t>Eğlenceli Aktivite Kitabı - Toby</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786057690913</t>
+          <t>9786258089103</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Yunusla Maymun</t>
+          <t>Eğlenceli Aktivite Kitabı - Percy</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>15</v>
+        <v>59</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786057690753</t>
+          <t>9786057939630</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Boya ve Oyna!</t>
+          <t>Paylaşma - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>55</v>
+        <v>39</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786256231948</t>
+          <t>9786057939678</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Parçaları</t>
+          <t>Sırayla Yapma - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>400</v>
+        <v>56</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786256231931</t>
+          <t>9786057939685</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Hipnozcu Kızın Karanlık Gizemi</t>
+          <t>Ekip Çalışması - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>360</v>
+        <v>39</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786256231900</t>
+          <t>9786057939654</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Özgür Su</t>
+          <t>Karanlık Korkusu - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>249</v>
+        <v>56</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786256231917</t>
+          <t>9786058492479</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Sakladığımız Sözler</t>
+          <t>Geek Kız - 2 : Aklı Havada</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>269</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786256231924</t>
+          <t>9786057939265</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Sevgiler Frankie</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>269</v>
+        <v>39</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786256231955</t>
+          <t>9786052041215</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Tükenmişliğin Çaresi</t>
+          <t>Nasreddin Hoca Ne Demiş?</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>249</v>
+        <v>15</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786057939029</t>
+          <t>9786052162828</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Lejyonları</t>
+          <t>Geek Kız - 6 : Sonsuza Kadar Geek</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>440</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786256231887</t>
+          <t>9786052041833</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Ailesi Son Ödeme Tarihi</t>
+          <t>Bu Fıkralara Kargalar Bile Güler</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>399</v>
+        <v>249</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786256231863</t>
+          <t>9786059442558</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Daniel Doktora Gidiyor</t>
+          <t>Thomas ve Arkadaşları - Doğum Günü Treni!</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>99</v>
+        <v>20</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786256231788</t>
+          <t>9786057690388</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Doktor Ayıcık</t>
+          <t>Thomas ve Arkadaşları - Kibar Olmak</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>199</v>
+        <v>39</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786256231856</t>
+          <t>9786257124478</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kaplan Daniel</t>
+          <t>Thomas Avustralya'ya Gidiyor - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786256231832</t>
+          <t>9786057690913</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Baloncuk Hikâyesi</t>
+          <t>Yunusla Maymun</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>179</v>
+        <v>15</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786256231764</t>
+          <t>9786057690753</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım O İş Bizde</t>
+          <t>44 Cats - Boya ve Oyna!</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>570</v>
+        <v>55</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786256231801</t>
+          <t>9786256231948</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Pantolonum Kayboldu !</t>
+          <t>Dünyanın Parçaları</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>219</v>
+        <v>400</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786256231849</t>
+          <t>9786256231931</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Uçurtma Hikâyesi</t>
+          <t>Hipnozcu Kızın Karanlık Gizemi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>179</v>
+        <v>360</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786256231795</t>
+          <t>9786256231900</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Vaktin Var mı?</t>
+          <t>Özgür Su</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786256231870</t>
+          <t>9786256231917</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Yatakta Bir Tavuk</t>
+          <t>Sakladığımız Sözler</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786256231818</t>
+          <t>9786256231924</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yoga - Hayal Dünyasında Gezinti</t>
+          <t>Sevgiler Frankie</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>175</v>
+        <v>269</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786256231757</t>
+          <t>9786256231955</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına! DNA Kim Olduğunuzu Biliyor</t>
+          <t>Tükenmişliğin Çaresi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786256231733</t>
+          <t>9786057939029</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına! İnsan Vücudu Eğlence Parkı</t>
+          <t>Yıldız Lejyonları</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>349</v>
+        <v>440</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786256231740</t>
+          <t>9786256231887</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına! Şüpheli Robot Kedi</t>
+          <t>Fırıldak Ailesi Son Ödeme Tarihi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>349</v>
+        <v>399</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786256231702</t>
+          <t>9786256231863</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kıtlık Beyni</t>
+          <t>Daniel Doktora Gidiyor</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>340</v>
+        <v>99</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786256231719</t>
+          <t>9786256231788</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Sözcüklerin Sarhoşluğu</t>
+          <t>Doktor Ayıcık</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>290</v>
+        <v>199</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786256231689</t>
+          <t>9786256231856</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>İyi Geceler Kaplan Daniel</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>229</v>
+        <v>99</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786256231696</t>
+          <t>9786256231832</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Akıllı Yaratıklar</t>
+          <t>Nil’in Baloncuk Hikâyesi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786256231672</t>
+          <t>9786256231764</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yörüngede Dans</t>
+          <t>Süper 1 Takım O İş Bizde</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>290</v>
+        <v>570</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786256231726</t>
+          <t>9786256231801</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kehanet Sanatı</t>
+          <t>Pantolonum Kayboldu !</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>389</v>
+        <v>219</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9782001454785</t>
+          <t>9786256231849</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls 4 Kitap Set</t>
+          <t>Nil’in Uçurtma Hikâyesi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>1836</v>
+        <v>179</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9782001454877</t>
+          <t>9786256231795</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Enola Holmes 6 Kitap Set</t>
+          <t>Vaktin Var mı?</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>1250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9782001454716</t>
+          <t>9786256231870</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Yunan Kadınları Serisi</t>
+          <t>Yatakta Bir Tavuk</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>965</v>
+        <v>299</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9782001454839</t>
+          <t>9786256231818</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 15 Kitaplık Set</t>
+          <t>Çocuklar İçin Yoga - Hayal Dünyasında Gezinti</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>5985</v>
+        <v>175</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9782001454822</t>
+          <t>9786256231757</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Fil Necati 6 Kitaplık Set</t>
+          <t>Vay Canına! DNA Kim Olduğunuzu Biliyor</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>900</v>
+        <v>349</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786256231658</t>
+          <t>9786256231733</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Mucizeler Atölyesi</t>
+          <t>Vay Canına! İnsan Vücudu Eğlence Parkı</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786256231665</t>
+          <t>9786256231740</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Ateş Yiyen’in Büyük Tiyatrosu</t>
+          <t>Vay Canına! Şüpheli Robot Kedi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786256231641</t>
+          <t>9786256231702</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Macera Oyuncakları</t>
+          <t>Kıtlık Beyni</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>99</v>
+        <v>340</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786256231634</t>
+          <t>9786256231719</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Arkadaşları - Freeda için Hazine Avı</t>
+          <t>Tuhaf Sözcüklerin Sarhoşluğu</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>99</v>
+        <v>290</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786256231573</t>
+          <t>9786256231689</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Upuzun Derdi</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>119</v>
+        <v>229</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786256231566</t>
+          <t>9786256231696</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Çok Komik Bir Masal</t>
+          <t>Olağanüstü Akıllı Yaratıklar</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>119</v>
+        <v>249</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786256231580</t>
+          <t>9786256231672</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Balina Yuttu Bizi</t>
+          <t>Yörüngede Dans</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>119</v>
+        <v>290</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786256231603</t>
+          <t>9786256231726</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 6 - İyiliğe Uzay Atlayışı!</t>
+          <t>Kehanet Sanatı</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>150</v>
+        <v>389</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786256231597</t>
+          <t>9782001454785</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 5 - Yaşama Dört Koldan Tutunanlar!</t>
+          <t>Dark Souls 4 Kitap Set</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>150</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786256231610</t>
+          <t>9782001454877</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 4</t>
+          <t>Enola Holmes 6 Kitap Set</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>459</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786256231627</t>
+          <t>9782001454716</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 3</t>
+          <t>Yunan Kadınları Serisi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>459</v>
+        <v>965</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786256231344</t>
+          <t>9782001454839</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Korktuğu Her Şey</t>
+          <t>Kral Şakir 15 Kitaplık Set</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>390</v>
+        <v>5985</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786256231368</t>
+          <t>9782001454822</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Themıscyra'nın Kraliçeleri</t>
+          <t>Kral Şakir Fil Necati 6 Kitaplık Set</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>430</v>
+        <v>900</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786256231559</t>
+          <t>9786256231658</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Ayıyı Kurtaran Çocuk</t>
+          <t>Pinokyo ve Arkadaşları - Mucizeler Atölyesi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>235</v>
+        <v>99</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786256231542</t>
+          <t>9786256231665</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Çingene Vedası Vakası</t>
+          <t>Pinokyo ve Arkadaşları - Ateş Yiyen’in Büyük Tiyatrosu</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>250</v>
+        <v>99</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786256231351</t>
+          <t>9786256231641</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Kapıları</t>
+          <t>Pinokyo ve Arkadaşları - Macera Oyuncakları</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>520</v>
+        <v>99</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786256231375</t>
+          <t>9786256231634</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Dengesiz Zemin</t>
+          <t>Pinokyo ve Arkadaşları - Freeda için Hazine Avı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>360</v>
+        <v>99</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786256231436</t>
+          <t>9786256231573</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Uzman Porsuk</t>
+          <t>Zürafanın Upuzun Derdi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>199</v>
+        <v>119</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786256231511</t>
+          <t>9786256231566</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Orman Hayvanları</t>
+          <t>Çok Komik Bir Masal</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786256231504</t>
+          <t>9786256231580</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 6 - Çizimler</t>
+          <t>Balina Yuttu Bizi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>59</v>
+        <v>119</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786256231498</t>
+          <t>9786256231603</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 5 - Noktalar</t>
+          <t>Fil Necati 6 - İyiliğe Uzay Atlayışı!</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786256231474</t>
+          <t>9786256231597</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 4 - Çizgiler</t>
+          <t>Fil Necati 5 - Yaşama Dört Koldan Tutunanlar!</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786256231467</t>
+          <t>9786256231610</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 3 - Daireler</t>
+          <t>Dark Souls Sayı: 4</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>59</v>
+        <v>459</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786256231450</t>
+          <t>9786256231627</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 2 - Renkler</t>
+          <t>Dark Souls Sayı: 3</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>59</v>
+        <v>459</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786256231443</t>
+          <t>9786256231344</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi 1 - Kalem</t>
+          <t>Korktuğu Her Şey</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>59</v>
+        <v>390</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786256231528</t>
+          <t>9786256231368</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Meyveler ve Sebzeler</t>
+          <t>Themıscyra'nın Kraliçeleri</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>139</v>
+        <v>430</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786256231535</t>
+          <t>9786256231559</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Çevremizdeki Alanlar</t>
+          <t>Ayıyı Kurtaran Çocuk</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>139</v>
+        <v>235</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786256231481</t>
+          <t>9786256231542</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Minikler Akademisi – Ev ve Çiftlik Hayvanları</t>
+          <t>Çingene Vedası Vakası</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>139</v>
+        <v>250</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786256231429</t>
+          <t>9786256231351</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Dolunayın Sırrı</t>
+          <t>Cennetin Kapıları</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>199</v>
+        <v>520</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786256231412</t>
+          <t>9786256231375</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Geveze Leylek Çalçene</t>
+          <t>Dengesiz Zemin</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>119</v>
+        <v>360</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786256231405</t>
+          <t>9786256231436</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kedi Nereye Gitti</t>
+          <t>Uzman Porsuk</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786256231320</t>
+          <t>9786256231511</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmak Hikaye Anlatmak</t>
+          <t>Minikler Akademisi – Orman Hayvanları</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>295</v>
+        <v>139</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786256231337</t>
+          <t>9786256231504</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango’nun Günlüğü</t>
+          <t>Minikler Akademisi 6 - Çizimler</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>350</v>
+        <v>59</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786256231399</t>
+          <t>9786256231498</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Nardik Dikkatini Kullanmayı Öğreniyor</t>
+          <t>Minikler Akademisi 5 - Noktalar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>110</v>
+        <v>59</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256231382</t>
+          <t>9786256231474</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Düşün: Geleceği Yazmak</t>
+          <t>Minikler Akademisi 4 - Çizgiler</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>139</v>
+        <v>59</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786256231313</t>
+          <t>9786256231467</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Marcus: Simyacı ve Yarım Yüzlü Çocuk</t>
+          <t>Minikler Akademisi 3 - Daireler</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>350</v>
+        <v>59</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786256231283</t>
+          <t>9786256231450</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Fistan</t>
+          <t>Minikler Akademisi 2 - Renkler</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>198</v>
+        <v>59</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786256231238</t>
+          <t>9786256231443</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 15 - Nefesler Tutuldu Heyecan Dorukta (Ciltli)</t>
+          <t>Minikler Akademisi 1 - Kalem</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>399</v>
+        <v>59</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256231276</t>
+          <t>9786256231528</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Ateşböcekleri</t>
+          <t>Minikler Akademisi – Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>250</v>
+        <v>139</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256231269</t>
+          <t>9786256231535</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Rüzgârına Kapılmak</t>
+          <t>Minikler Akademisi – Çevremizdeki Alanlar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>350</v>
+        <v>139</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786256231252</t>
+          <t>9786256231481</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Basma Balosu</t>
+          <t>Minikler Akademisi – Ev ve Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>250</v>
+        <v>139</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786256231290</t>
+          <t>9786256231429</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Montgomery Bonbon 1– Müzede Cinayet</t>
+          <t>Dolunayın Sırrı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>315</v>
+        <v>199</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786057690197</t>
+          <t>9786256231412</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
           <t>Geveze Leylek Çalçene</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786057939203</t>
+          <t>9786256231405</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
           <t>Meraklı Kedi Nereye Gitti</t>
         </is>
       </c>
       <c r="C589" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052041178</t>
+          <t>9786256231320</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Bugün Kimseyi Görmek İstemiyorum!</t>
+          <t>Öykü Yazmak Hikaye Anlatmak</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>119</v>
+        <v>295</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052041192</t>
+          <t>9786256231337</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Çok Özel Bir Şey!</t>
+          <t>Kara Köpek Tango’nun Günlüğü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>119</v>
+        <v>350</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052041208</t>
+          <t>9786256231399</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bir Kutu!</t>
+          <t>Nardik Dikkatini Kullanmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257124706</t>
+          <t>9786256231382</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Zamanı - Kral Şakir İlk Okuma Kitabı 12</t>
+          <t>Zamansız Düşün: Geleceği Yazmak</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786057690487</t>
+          <t>9786256231313</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Okulda İlk Gün! - Kral Şakir İlk Okuma 9</t>
+          <t>Marcus: Simyacı ve Yarım Yüzlü Çocuk</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786057690470</t>
+          <t>9786256231283</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Gezginleri - Kral Şakir İlk Okuma 8</t>
+          <t>Fistan</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786057690296</t>
+          <t>9786256231238</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Meslek Seçimi! - Kral Şakir İlk Okuma 1</t>
+          <t>Kral Şakir 15 - Nefesler Tutuldu Heyecan Dorukta (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>190</v>
+        <v>399</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052162378</t>
+          <t>9786256231276</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Mezarlıktaki Ateşböcekleri</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786256231245</t>
+          <t>9786256231269</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Koloni Paradoksu</t>
+          <t>Rüzgârına Kapılmak</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786256231191</t>
+          <t>9786256231252</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Ölüyü Kıpırdatan Şey</t>
+          <t>Basma Balosu</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786256231146</t>
+          <t>9786256231290</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Pastutmaz Ailesi - Shiny</t>
+          <t>Montgomery Bonbon 1– Müzede Cinayet</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>299</v>
+        <v>315</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786256231153</t>
+          <t>9786057690197</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium 2. Bölüm: Altın Peynir’in Peşinde (Ciltli)</t>
+          <t>Geveze Leylek Çalçene</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>520</v>
+        <v>119</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786256231214</t>
+          <t>9786057939203</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Konfor Krizi</t>
+          <t>Meraklı Kedi Nereye Gitti</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>340</v>
+        <v>119</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786256231221</t>
+          <t>9786052041178</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Yedi Renk</t>
+          <t>Bugün Kimseyi Görmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>179</v>
+        <v>119</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052041574</t>
+          <t>9786052041192</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kocamın Kenarı</t>
+          <t>Çok Özel Bir Şey!</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>320</v>
+        <v>119</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786256231122</t>
+          <t>9786052041208</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kenet</t>
+          <t>Muhteşem Bir Kutu!</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>230</v>
+        <v>119</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786256231139</t>
+          <t>9786257124706</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Aile Cinayetleri</t>
+          <t>Dinozor Zamanı - Kral Şakir İlk Okuma Kitabı 12</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786256231085</t>
+          <t>9786057690487</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Süper 1 Takım Macera Başlıyor</t>
+          <t>Okulda İlk Gün! - Kral Şakir İlk Okuma 9</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786256231108</t>
+          <t>9786057690470</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 4 - Süper Güçlerim ve Greyfurt</t>
+          <t>Gezegen Gezginleri - Kral Şakir İlk Okuma 8</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786256231061</t>
+          <t>9786057690296</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Tuzu Siyasetin Biberi</t>
+          <t>Meslek Seçimi! - Kral Şakir İlk Okuma 1</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786256231092</t>
+          <t>9786052162378</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 3 - Gizemli Orman Krallığı!</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786256231078</t>
+          <t>9786256231245</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sana Dün Bir Tepeden Baktım Aziz Türkiye - Müzik Yazıları</t>
+          <t>Koloni Paradoksu</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786256231047</t>
+          <t>9786256231191</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Devler</t>
+          <t>Ölüyü Kıpırdatan Şey</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786256231054</t>
+          <t>9786256231146</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Kız, Kraliçe, Tanrıça</t>
+          <t>Pastutmaz Ailesi - Shiny</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>370</v>
+        <v>299</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786256231009</t>
+          <t>9786256231153</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi</t>
+          <t>Maxi &amp; Helium 2. Bölüm: Altın Peynir’in Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>249</v>
+        <v>520</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786256780989</t>
+          <t>9786256231214</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi - Canan</t>
+          <t>Konfor Krizi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>249</v>
+        <v>340</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786256780996</t>
+          <t>9786256231221</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi - Fil Necati</t>
+          <t>Yedi Renk</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786256780972</t>
+          <t>9786052041574</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Kostüm Partisi - Tüm Takım</t>
+          <t>Kocamın Kenarı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>249</v>
+        <v>320</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786256231030</t>
+          <t>9786256231122</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Dupduru Okula Başlıyor mu?</t>
+          <t>Kenet</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>189</v>
+        <v>230</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786256780958</t>
+          <t>9786256231139</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Daniel Yüzmeyi Öğreniyor</t>
+          <t>Aile Cinayetleri</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>99</v>
+        <v>275</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786256780965</t>
+          <t>9786256231085</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi - Hadi Dişlerimizi Fırçalayalım!</t>
+          <t>Süper 1 Takım Macera Başlıyor</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>99</v>
+        <v>490</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786256780941</t>
+          <t>9786256231108</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Daniel’ın Mahallesi - Daniel Yeni Bir Yemek Deniyor</t>
+          <t>Fil Necati 4 - Süper Güçlerim ve Greyfurt</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786256780934</t>
+          <t>9786256231061</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yürekler</t>
+          <t>Edebiyatın Tuzu Siyasetin Biberi</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786256780910</t>
+          <t>9786256231092</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Yoga - Plajda Bir Gün</t>
+          <t>Fil Necati 3 - Gizemli Orman Krallığı!</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786256780927</t>
+          <t>9786256231078</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar - Olivia Denize Gidiyor</t>
+          <t>Sana Dün Bir Tepeden Baktım Aziz Türkiye - Müzik Yazıları</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>225</v>
+        <v>289</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786256231023</t>
+          <t>9786256231047</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 2</t>
+          <t>Devler</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>459</v>
+        <v>250</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786256231016</t>
+          <t>9786256231054</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls Sayı: 1</t>
+          <t>Kız, Kraliçe, Tanrıça</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>459</v>
+        <v>370</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786256780897</t>
+          <t>9786256231009</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Kenti</t>
+          <t>Kral Şakir Kostüm Partisi</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>289</v>
+        <v>249</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786256780873</t>
+          <t>9786256780989</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Anne Bak Ölüm Geldi</t>
+          <t>Kral Şakir Kostüm Partisi - Canan</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>310</v>
+        <v>249</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786256780903</t>
+          <t>9786256780996</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kederle Başa Çıkmak Yaşam, Ölüm ve Hayatta Kalma Hikayeleri</t>
+          <t>Kral Şakir Kostüm Partisi - Fil Necati</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>340</v>
+        <v>249</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786256780880</t>
+          <t>9786256780972</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kötü Adamlar</t>
+          <t>Kral Şakir Kostüm Partisi - Tüm Takım</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>210</v>
+        <v>249</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786256780859</t>
+          <t>9786256231030</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Neden? K-Pop (Ciltli)</t>
+          <t>Dupduru Okula Başlıyor mu?</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>690</v>
+        <v>189</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786256780842</t>
+          <t>9786256780958</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Yeni Defterden Eski Deftere</t>
+          <t>Daniel Yüzmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>260</v>
+        <v>99</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786256780866</t>
+          <t>9786256780965</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Ustası</t>
+          <t>Kaplan Daniel’ın Mahallesi - Hadi Dişlerimizi Fırçalayalım!</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>599</v>
+        <v>99</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786256780743</t>
+          <t>9786256780941</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Maxi &amp; Helium 1. Bölüm: Duvardaki Deliğin Gizemi (Ciltli)</t>
+          <t>Kaplan Daniel’ın Mahallesi - Daniel Yeni Bir Yemek Deniyor</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>490</v>
+        <v>99</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789992865750</t>
+          <t>9786256780934</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rota Üçlemesi</t>
+          <t>Cesur Yürekler</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>1089</v>
+        <v>169</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9782002587444</t>
+          <t>9786256780910</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy Kutu - 6 kitap</t>
+          <t>Çocuklar için Yoga - Plajda Bir Gün</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>2340</v>
+        <v>175</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052162781</t>
+          <t>9786256780927</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yardımlaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
+          <t>Afacanlar - Olivia Denize Gidiyor</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>129</v>
+        <v>225</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9782002585860</t>
+          <t>9786256231023</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Seti (2 Kitap Takım)</t>
+          <t>Dark Souls Sayı: 2</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>615</v>
+        <v>459</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257124966</t>
+          <t>9786256231016</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Bembeyaz Dişler Necati’siz Gülüşler! - Çürük Ali Mikrop Necati (Ciltli)</t>
+          <t>Dark Souls Sayı: 1</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>399</v>
+        <v>459</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257124430</t>
+          <t>9786256780897</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Çocukları</t>
+          <t>Rüyalar Kenti</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>470</v>
+        <v>289</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789992265635</t>
+          <t>9786256780873</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Resimli Hikayeler Seti (3 Kitap Takım)</t>
+          <t>Anne Bak Ölüm Geldi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>657</v>
+        <v>310</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9782002585846</t>
+          <t>9786256780903</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Güldem Şahan Seti (3 Kitap Takım)</t>
+          <t>Kederle Başa Çıkmak Yaşam, Ölüm ve Hayatta Kalma Hikayeleri</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>507</v>
+        <v>340</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9782002585853</t>
+          <t>9786256780880</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat 3 Kitaplık Set</t>
+          <t>Kötü Adamlar</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>507</v>
+        <v>210</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786256780804</t>
+          <t>9786256780859</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 14 - Marmaris Bodrum Denizde Mor Bir Hortum (Ciltli)</t>
+          <t>Neden? K-Pop (Ciltli)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>399</v>
+        <v>690</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786256780774</t>
+          <t>9786256780842</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Yeni Defterden Eski Deftere</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>349</v>
+        <v>260</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786256780767</t>
+          <t>9786256780866</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Gün</t>
+          <t>Gözyaşı Ustası</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>370</v>
+        <v>599</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786256780781</t>
+          <t>9786256780743</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kahinin Ninnisi</t>
+          <t>Maxi &amp; Helium 1. Bölüm: Duvardaki Deliğin Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786256780798</t>
+          <t>9789992865750</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Engelli Koşu</t>
+          <t>Kayıp Rota Üçlemesi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>340</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786256780828</t>
+          <t>9782002587444</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 1 - Hediye Kutusundaki Gizem!</t>
+          <t>Scarlet ve Ivy Kutu - 6 kitap</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>150</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786256780835</t>
+          <t>9786052162781</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Fil Necati 2 - Doğru Kapı Hangisi?</t>
+          <t>Yardımlaşmayı Öğreniyorum - Arkadaşlık Hikayeleri</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>150</v>
+        <v>129</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786256780736</t>
+          <t>9782002585860</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Lilith</t>
+          <t>Bilim Okulu Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>399</v>
+        <v>615</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786256780644</t>
+          <t>9786257124966</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood 3</t>
+          <t>Bembeyaz Dişler Necati’siz Gülüşler! - Çürük Ali Mikrop Necati (Ciltli)</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>290</v>
+        <v>399</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786256780712</t>
+          <t>9786257124430</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Piyano Akortçusu</t>
+          <t>Zamanın Çocukları</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>129</v>
+        <v>470</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786256780729</t>
+          <t>9789992265635</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Amansız Ay - Astronot Kadın Serisi</t>
+          <t>Resimli Hikayeler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>460</v>
+        <v>657</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786256780705</t>
+          <t>9782002585846</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Damsel - Savaşçı Prenses</t>
+          <t>Güldem Şahan Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>349</v>
+        <v>507</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786256780699</t>
+          <t>9782002585853</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Tuz Kokulu Öyküler</t>
+          <t>Çocuklar İçin Edebiyat 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>169</v>
+        <v>507</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786256780651</t>
+          <t>9786256780804</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Suzette</t>
+          <t>Kral Şakir 14 - Marmaris Bodrum Denizde Mor Bir Hortum (Ciltli)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>186</v>
+        <v>399</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786256780668</t>
+          <t>9786256780774</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Suzette – Annem İçin Bir Hediye</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>186</v>
+        <v>349</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786256780552</t>
+          <t>9786256780767</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Winx Club– Boyama Kitabı 2</t>
+          <t>Mükemmel Bir Gün</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>49</v>
+        <v>370</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786256780590</t>
+          <t>9786256780781</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio and Friends - Boyama Kitabı 3</t>
+          <t>Kahinin Ninnisi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>89</v>
+        <v>240</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786256780484</t>
+          <t>9786256780798</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Nemrut Yolcusu</t>
+          <t>Engelli Koşu</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>125</v>
+        <v>340</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786256780583</t>
+          <t>9786256780828</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio and Friends - Boyama Kitabı 2</t>
+          <t>Fil Necati 1 - Hediye Kutusundaki Gizem!</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786256780576</t>
+          <t>9786256780835</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio and Friends - Boyama Kitabı 1</t>
+          <t>Fil Necati 2 - Doğru Kapı Hangisi?</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786256780460</t>
+          <t>9786256780736</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Görevimiz Boyama</t>
+          <t>Lilith</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>125</v>
+        <v>490</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786256780491</t>
+          <t>9786256780644</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Devler Uyandı Anadolu Serüveni</t>
+          <t>Robin Hood 3</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>125</v>
+        <v>290</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786256780675</t>
+          <t>9786256780712</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Gufi ile Yaşam Dersleri</t>
+          <t>Piyano Akortçusu</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>189</v>
+        <v>129</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786256780637</t>
+          <t>9786256780729</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 4</t>
+          <t>Amansız Ay - Astronot Kadın Serisi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>79</v>
+        <v>460</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786256780620</t>
+          <t>9786256780705</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 3</t>
+          <t>Damsel - Savaşçı Prenses</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>79</v>
+        <v>349</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786256780613</t>
+          <t>9786256780699</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 2</t>
+          <t>Tuz Kokulu Öyküler</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>79</v>
+        <v>169</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786256780606</t>
+          <t>9786256780651</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Duru Boyama Kitabı 1</t>
+          <t>Suzette</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>79</v>
+        <v>186</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786256780361</t>
+          <t>9786256780668</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Bebekler Okulu</t>
+          <t>Suzette – Annem İçin Bir Hediye</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>249</v>
+        <v>186</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786256780415</t>
+          <t>9786256780552</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Mostro Dişlerini Kaybederse</t>
+          <t>Winx Club– Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>225</v>
+        <v>49</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786256780408</t>
+          <t>9786256780590</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Arthur Yeni Yılı Kutluyor</t>
+          <t>Pinocchio and Friends - Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>225</v>
+        <v>89</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786256780354</t>
+          <t>9786256780484</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Leoparı Kaybeden Kız</t>
+          <t>Kral Şakir Devler Uyandı Nemrut Yolcusu</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>235</v>
+        <v>125</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786256780378</t>
+          <t>9786256780583</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Serpilme: Kendini Bulmak Üzerine Sıradışı Bir Yolculuk</t>
+          <t>Pinocchio and Friends - Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>390</v>
+        <v>89</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786256780385</t>
+          <t>9786256780576</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Bir Spartalı’nın Kederi</t>
+          <t>Pinocchio and Friends - Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>350</v>
+        <v>89</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786256780392</t>
+          <t>9786256780460</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Isırgan Otu ve Kemik</t>
+          <t>Kral Şakir Devler Uyandı Görevimiz Boyama</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786256780293</t>
+          <t>9786256780491</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve İçindeki Çılgın His</t>
+          <t>Kral Şakir Devler Uyandı Anadolu Serüveni</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786256780286</t>
+          <t>9786256780675</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Kaka Kabı</t>
+          <t>Gufi ile Yaşam Dersleri</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>175</v>
+        <v>189</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786256780279</t>
+          <t>9786256780637</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Emziği</t>
+          <t>Duru Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>175</v>
+        <v>79</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786256780330</t>
+          <t>9786256780620</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Rebel Moon Birinci Bölüm - Ateşin Çocuğu</t>
+          <t>Duru Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>250</v>
+        <v>79</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786256780309</t>
+          <t>9786256780613</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Sırt Çantaları</t>
+          <t>Duru Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>240</v>
+        <v>79</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786256780262</t>
+          <t>9786256780606</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Fazıl Hüsnü Dağlarca’nın Söz Kuşları</t>
+          <t>Duru Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>169</v>
+        <v>79</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786256780255</t>
+          <t>9786256780361</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Düşün - Ayrımcı Robot</t>
+          <t>Bebekler Okulu</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>139</v>
+        <v>249</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786256780323</t>
+          <t>9786256780415</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Başka Kuşlar</t>
+          <t>Mostro Dişlerini Kaybederse</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786256780316</t>
+          <t>9786256780408</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin, İstanbul</t>
+          <t>Arthur Yeni Yılı Kutluyor</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>199</v>
+        <v>225</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786256780347</t>
+          <t>9786256780354</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Genç Olmak</t>
+          <t>Leoparı Kaybeden Kız</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786256780224</t>
+          <t>9786256780378</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Oda Cinayetleri</t>
+          <t>Serpilme: Kendini Bulmak Üzerine Sıradışı Bir Yolculuk</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9782004577740</t>
+          <t>9786256780385</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne (5 Kitap Set)</t>
+          <t>Bir Spartalı’nın Kederi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>1945</v>
+        <v>350</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786256780217</t>
+          <t>9786256780392</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Alevler Kenti</t>
+          <t>Isırgan Otu ve Kemik</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>289</v>
+        <v>300</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786256780118</t>
+          <t>9786256780293</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Gelebilir miyim?</t>
+          <t>Kiki ve İçindeki Çılgın His</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>199</v>
+        <v>175</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786256780101</t>
+          <t>9786256780286</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Bal Porsuğu Puki (Ciltli)</t>
+          <t>Kiki ve Kaka Kabı</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>149</v>
+        <v>175</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256780125</t>
+          <t>9786256780279</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Şşşş (Ciltli)</t>
+          <t>Kiki ve Emziği</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>199</v>
+        <v>175</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786256780200</t>
+          <t>9786256780330</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 4</t>
+          <t>Rebel Moon Birinci Bölüm - Ateşin Çocuğu</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786256780194</t>
+          <t>9786256780309</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 3</t>
+          <t>Sırt Çantaları</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786256780187</t>
+          <t>9786256780262</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 2</t>
+          <t>Fazıl Hüsnü Dağlarca’nın Söz Kuşları</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>125</v>
+        <v>169</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786256780170</t>
+          <t>9786256780255</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 1</t>
+          <t>Birlikte Düşün - Ayrımcı Robot</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>125</v>
+        <v>139</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786256780095</t>
+          <t>9786256780323</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 5 Fenerli Kadın</t>
+          <t>Başka Kuşlar</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>389</v>
+        <v>290</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786256780163</t>
+          <t>9786256780316</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 4</t>
+          <t>Denizlerin, İstanbul</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>65</v>
+        <v>199</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786256780156</t>
+          <t>9786256780347</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 3</t>
+          <t>Genç Olmak</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256780149</t>
+          <t>9786256780224</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 2</t>
+          <t>Dokuz Oda Cinayetleri</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>65</v>
+        <v>275</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786256780132</t>
+          <t>9782004577740</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Harika Boyama Kitabı 1</t>
+          <t>Bloodborne (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>65</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786256397958</t>
+          <t>9786256780217</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Pop Starlar - Dansçılar</t>
+          <t>Alevler Kenti</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>250</v>
+        <v>289</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786256397880</t>
+          <t>9786256780118</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Peşinde - Thomas ve Arkadaşları</t>
+          <t>Gelebilir miyim?</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786256397873</t>
+          <t>9786256780101</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yarışı - Thomas ve Arkadaşları</t>
+          <t>Bal Porsuğu Puki (Ciltli)</t>
         </is>
       </c>
       <c r="C705" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786256780088</t>
+          <t>9786256780125</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>Şşşş (Ciltli)</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>390</v>
+        <v>199</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786256780064</t>
+          <t>9786256780200</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Üç Fedaisi</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>299</v>
+        <v>125</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786256780026</t>
+          <t>9786256780194</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Athena’nın Çocuğu</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786256780071</t>
+          <t>9786256780187</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Violet Veil’in Gizemi - Bir Talihsizlik Hikayesi</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>370</v>
+        <v>125</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786256780040</t>
+          <t>9786256780170</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Kitsy Bitsy’nin Gürültücü Komşuları</t>
+          <t>Kral Şakir Geri Dönüşüm Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>199</v>
+        <v>125</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786256780033</t>
+          <t>9786256780095</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Margot</t>
+          <t>Bloodborne 5 Fenerli Kadın</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>205</v>
+        <v>389</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786256780057</t>
+          <t>9786256780163</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Abrakadabra Demeyi Dene</t>
+          <t>Harika Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>199</v>
+        <v>65</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786256397972</t>
+          <t>9786256780156</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Moda Başkentleri - Milano</t>
+          <t>Harika Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786256397941</t>
+          <t>9786256780149</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Pop Starlar - Şarkıcılar</t>
+          <t>Harika Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786256780019</t>
+          <t>9786256780132</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Yıldızların Işığı</t>
+          <t>Harika Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>440</v>
+        <v>65</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786256397965</t>
+          <t>9786256397958</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Moda Başkentleri - Tokyo</t>
+          <t>Pop Starlar - Dansçılar</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786256780002</t>
+          <t>9786256397880</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Çizgi Roman Albüm 3</t>
+          <t>Gökkuşağının Peşinde - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>320</v>
+        <v>149</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786256397989</t>
+          <t>9786256397873</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Annem Zeytin ve Çay</t>
+          <t>Ejderha Yarışı - Thomas ve Arkadaşları</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786256397996</t>
+          <t>9786256780088</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Anlatıcı Mağazası</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>199</v>
+        <v>390</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256397804</t>
+          <t>9786256780064</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Fıkraları</t>
+          <t>Cumhuriyet’in Üç Fedaisi</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786256397781</t>
+          <t>9786256780026</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kolaysa Sen Bul - Karikatürlü Bilmeceler</t>
+          <t>Athena’nın Çocuğu</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>249</v>
+        <v>185</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256397828</t>
+          <t>9786256780071</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Bu Fıkralara Kargalar Bile Güler</t>
+          <t>Violet Veil’in Gizemi - Bir Talihsizlik Hikayesi</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>249</v>
+        <v>370</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786256397798</t>
+          <t>9786256780040</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Hazır Cevap Hasan</t>
+          <t>Kitsy Bitsy’nin Gürültücü Komşuları</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786256397811</t>
+          <t>9786256780033</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Memo ile Boncuk Dünya’yı Geziyor - Ara Bul Kitabı</t>
+          <t>Muhteşem Margot</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786256397866</t>
+          <t>9786256780057</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Geri Dönüşüm</t>
+          <t>Abrakadabra Demeyi Dene</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>499</v>
+        <v>199</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786256397903</t>
+          <t>9786256397972</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Şifreli Kabarık Etek Vakası</t>
+          <t>Moda Başkentleri - Milano</t>
         </is>
       </c>
       <c r="C726" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786256397897</t>
+          <t>9786256397941</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Şarkıların</t>
+          <t>Pop Starlar - Şarkıcılar</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786256397934</t>
+          <t>9786256780019</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Şans</t>
+          <t>Sıradışı Yıldızların Işığı</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>249</v>
+        <v>440</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786256397910</t>
+          <t>9786256397965</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaydı O Gün</t>
+          <t>Moda Başkentleri - Tokyo</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786256397927</t>
+          <t>9786256780002</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood 2: Korsanlık, Paintball - Zebralar</t>
+          <t>Kral Şakir Çizgi Roman Albüm 3</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786256397859</t>
+          <t>9786256397989</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Erteleme Nedenleri ve Çözümleri</t>
+          <t>Annem Zeytin ve Çay</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786256397835</t>
+          <t>9786256397996</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Aynı Ben Değilim</t>
+          <t>Anlatıcı Mağazası</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>300</v>
+        <v>199</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786256397842</t>
+          <t>9786256397804</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Siyaset Yazıları: 3</t>
+          <t>Öğrenci Fıkraları</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786256397743</t>
+          <t>9786256397781</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Altın Avcıları</t>
+          <t>Kolaysa Sen Bul - Karikatürlü Bilmeceler</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786256397750</t>
+          <t>9786256397828</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Yıkımın Çocukları</t>
+          <t>Bu Fıkralara Kargalar Bile Güler</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>470</v>
+        <v>249</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786256397767</t>
+          <t>9786256397798</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>O Yaz</t>
+          <t>Hazır Cevap Hasan</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>275</v>
+        <v>249</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786256397699</t>
+          <t>9786256397811</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Bir Şarkı Gibiydi</t>
+          <t>Memo ile Boncuk Dünya’yı Geziyor - Ara Bul Kitabı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786256397736</t>
+          <t>9786256397866</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Meena'nın Farkındalık Anı</t>
+          <t>Kral Şakir Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>225</v>
+        <v>499</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786256397705</t>
+          <t>9786256397903</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Mor Canavar Benden Ne İstiyor?</t>
+          <t>Şifreli Kabarık Etek Vakası</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>139</v>
+        <v>250</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786256397729</t>
+          <t>9786256397897</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Saksıda Yaşayan Kalp</t>
+          <t>Ah Bu Şarkıların</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786256397712</t>
+          <t>9786256397934</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Nardik Büyüyor</t>
+          <t>Şans</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>139</v>
+        <v>249</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256397613</t>
+          <t>9786256397910</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Odası Öyküleri</t>
+          <t>Aramızdaydı O Gün</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256397422</t>
+          <t>9786256397927</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Bir Ay İki Çiçek</t>
+          <t>Robin Hood 2: Korsanlık, Paintball - Zebralar</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>199</v>
+        <v>290</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786256397620</t>
+          <t>9786256397859</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Düşen Adam</t>
+          <t>Erteleme Nedenleri ve Çözümleri</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256397606</t>
+          <t>9786256397835</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Bizim Aile</t>
+          <t>Aynı Ben Değilim</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>169</v>
+        <v>300</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256397507</t>
+          <t>9786256397842</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Indigo McCloud’un Çok Tehlikeli Kız Kardeşleri</t>
+          <t>Edebiyat ve Siyaset Yazıları: 3</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>155</v>
+        <v>299</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256397514</t>
+          <t>9786256397743</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Gönlümdeki Güz</t>
+          <t>Altın Avcıları</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>175</v>
+        <v>239</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256397545</t>
+          <t>9786256397750</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Tuzak Kapı</t>
+          <t>Yıkımın Çocukları</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>239</v>
+        <v>470</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256397538</t>
+          <t>9786256397767</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Her Ailenin Bir Hikayesi Vardır</t>
+          <t>O Yaz</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>370</v>
+        <v>275</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256397552</t>
+          <t>9786256397699</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Savaşı</t>
+          <t>Bir Şarkı Gibiydi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>599</v>
+        <v>95</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256397521</t>
+          <t>9786256397736</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokusunun Sesini Duyan Nezihe Meriç</t>
+          <t>Meena'nın Farkındalık Anı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256397484</t>
+          <t>9786256397705</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Siyaset Yazıları 2 - Dinozorca, Çile Törenleri</t>
+          <t>Mor Canavar Benden Ne İstiyor?</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786256397491</t>
+          <t>9786256397729</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Renk Cümbüşü</t>
+          <t>Saksıda Yaşayan Kalp</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786057690906</t>
+          <t>9786256397712</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Eğitici Kartlar! - Korsanlar Diyarı Hafıza Kartları!</t>
+          <t>Nardik Büyüyor</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>170</v>
+        <v>139</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786057690890</t>
+          <t>9786256397613</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Eğitici Kartlar! - İngilizce Hayvanlar!</t>
+          <t>Sonsuzluk Odası Öyküleri</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786057690883</t>
+          <t>9786256397422</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Eğitici Kartlar! - Çarpım Tablosu!</t>
+          <t>Bir Ay İki Çiçek</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9772002587445</t>
+          <t>9786256397620</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Avatar Üstün Taraf 3'lü Set</t>
+          <t>Dünyaya Düşen Adam</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>1167</v>
+        <v>460</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256397354</t>
+          <t>9786256397606</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Üstün Taraf - Cilt Üç</t>
+          <t>Bizim Aile</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>389</v>
+        <v>169</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256397347</t>
+          <t>9786256397507</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Üstün Taraf - Cilt İki</t>
+          <t>Indigo McCloud’un Çok Tehlikeli Kız Kardeşleri</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>389</v>
+        <v>155</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256397330</t>
+          <t>9786256397514</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Üstün Taraf - Cilt Bir</t>
+          <t>Gönlümdeki Güz</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>389</v>
+        <v>175</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256397477</t>
+          <t>9786256397545</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Hapşıran Bahar</t>
+          <t>Tuzak Kapı</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>110</v>
+        <v>239</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256397460</t>
+          <t>9786256397538</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Buz</t>
+          <t>Her Ailenin Bir Hikayesi Vardır</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>299</v>
+        <v>370</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256397439</t>
+          <t>9786256397552</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Medusa</t>
+          <t>Yeşim Savaşı</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>235</v>
+        <v>599</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256397392</t>
+          <t>9786256397521</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Yoga Terapi El Kitabı 1</t>
+          <t>Gül Kokusunun Sesini Duyan Nezihe Meriç</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>860</v>
+        <v>210</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256397408</t>
+          <t>9786256397484</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Cilala, Parlat Bir Dürüm Patlat! - Kral Şakir 13 (Ciltli)</t>
+          <t>Edebiyat ve Siyaset Yazıları 2 - Dinozorca, Çile Törenleri</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256397415</t>
+          <t>9786256397491</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Anasuni Uzay Gemisi</t>
+          <t>Renk Cümbüşü</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>275</v>
+        <v>199</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786256397156</t>
+          <t>9786057690906</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Emily Paris’te</t>
+          <t>Muhtişim Eğitici Kartlar! - Korsanlar Diyarı Hafıza Kartları!</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>199</v>
+        <v>170</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786256397385</t>
+          <t>9786057690890</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Geceleme Durağı</t>
+          <t>Muhtişim Eğitici Kartlar! - İngilizce Hayvanlar!</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786256397378</t>
+          <t>9786057690883</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Müzik Her Yerde</t>
+          <t>Muhtişim Eğitici Kartlar! - Çarpım Tablosu!</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786256397361</t>
+          <t>9772002587445</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Thomas</t>
+          <t>Avatar Üstün Taraf 3'lü Set</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>110</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786256397217</t>
+          <t>9786256397354</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Mesleklerle Atatürk</t>
+          <t>Avatar: Üstün Taraf - Cilt Üç</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>169</v>
+        <v>389</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786256397200</t>
+          <t>9786256397347</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Travertenlerde Gün Batımı</t>
+          <t>Avatar: Üstün Taraf - Cilt İki</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>149</v>
+        <v>389</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786256397224</t>
+          <t>9786256397330</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Bunu Bilmeyecek Ne Var</t>
+          <t>Avatar: Üstün Taraf - Cilt Bir</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>169</v>
+        <v>389</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786256397316</t>
+          <t>9786256397477</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:5</t>
+          <t>Hapşıran Bahar</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>169</v>
+        <v>110</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786256397309</t>
+          <t>9786256397460</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:4</t>
+          <t>Buz</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786256397293</t>
+          <t>9786256397439</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:3</t>
+          <t>Medusa</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>169</v>
+        <v>270</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256397286</t>
+          <t>9786256397392</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:2</t>
+          <t>Yoga Terapi El Kitabı 1</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>169</v>
+        <v>860</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786256397279</t>
+          <t>9786256397408</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:1</t>
+          <t>Cilala, Parlat Bir Dürüm Patlat! - Kral Şakir 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>169</v>
+        <v>399</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786256397231</t>
+          <t>9786256397415</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Azman Bebek</t>
+          <t>Anasuni Uzay Gemisi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>139</v>
+        <v>275</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256397248</t>
+          <t>9786256397156</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Pilou'nun Emziği</t>
+          <t>Emily Paris’te</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>130</v>
+        <v>199</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256397255</t>
+          <t>9786256397385</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Lampo ile Oyna</t>
+          <t>Geceleme Durağı</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>69</v>
+        <v>100</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786256397262</t>
+          <t>9786256397378</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Kozmo'nun Macerası</t>
+          <t>Müzik Her Yerde</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786256397149</t>
+          <t>9786256397361</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Pembe Yelpaze Vakası - Enola Holmes 4</t>
+          <t>Şakacı Thomas</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786256397163</t>
+          <t>9786256397217</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 4 - Yeşil Kitap</t>
+          <t>Mesleklerle Atatürk</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>45</v>
+        <v>169</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786256397194</t>
+          <t>9786256397200</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 3 - Kırmızı Kitap</t>
+          <t>Travertenlerde Gün Batımı</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>45</v>
+        <v>149</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786256397187</t>
+          <t>9786256397224</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 2 - Mavi Kitap</t>
+          <t>Bunu Bilmeyecek Ne Var</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>45</v>
+        <v>169</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786256397170</t>
+          <t>9786256397316</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama Kitabı 1 - Sarı Kitap</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:5</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>45</v>
+        <v>169</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256397132</t>
+          <t>9786256397309</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çekirge’nin Parti Heyecanı</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:4</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256397101</t>
+          <t>9786256397293</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Geldiğimi Asla Görmedin</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:3</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786256397125</t>
+          <t>9786256397286</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Evreni Anlayan Maymun</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:2</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>450</v>
+        <v>169</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786256397118</t>
+          <t>9786256397279</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Göklerdeki Yazgı</t>
+          <t>Küçük Tavşancık - Çocuklar İçin Eğlenceli Eğitim No:1</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>300</v>
+        <v>169</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786256397088</t>
+          <t>9786256397231</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Megaverse</t>
+          <t>Azman Bebek</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>360</v>
+        <v>139</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786256397095</t>
+          <t>9786256397248</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Siyaset Yazıları: 1</t>
+          <t>Pilou'nun Emziği</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>299</v>
+        <v>130</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256397040</t>
+          <t>9786256397255</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Biz Bir Aileyiz</t>
+          <t>Lampo ile Oyna</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>265</v>
+        <v>125</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256397057</t>
+          <t>9786256397262</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Ebru Nurluoğlu’nun Hatıra Defteri Demir Kelebek</t>
+          <t>Kozmo'nun Macerası</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>269</v>
+        <v>130</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786256397064</t>
+          <t>9786256397149</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek Tango’nun Maceraları</t>
+          <t>Tuhaf Pembe Yelpaze Vakası - Enola Holmes 4</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786258089981</t>
+          <t>9786256397163</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Yıldızların Moda Çekimi</t>
+          <t>Rengarenk Boyama Kitabı 4 - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>295</v>
+        <v>45</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786258089974</t>
+          <t>9786256397194</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Süpermodellerin Villası</t>
+          <t>Rengarenk Boyama Kitabı 3 - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>295</v>
+        <v>45</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786258089899</t>
+          <t>9786256397187</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ada</t>
+          <t>Rengarenk Boyama Kitabı 2 - Mavi Kitap</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>199</v>
+        <v>45</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786258089882</t>
+          <t>9786256397170</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Teneffüsleri Seven Çocuk</t>
+          <t>Rengarenk Boyama Kitabı 1 - Sarı Kitap</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>139</v>
+        <v>45</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786258089905</t>
+          <t>9786256397132</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Bahçe</t>
+          <t>Küçük Çekirge’nin Parti Heyecanı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786258089950</t>
+          <t>9786256397101</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Müzik Aletleri</t>
+          <t>Geldiğimi Asla Görmedin</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786258089943</t>
+          <t>9786256397125</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Meslek</t>
+          <t>Evreni Anlayan Maymun</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786258089912</t>
+          <t>9786256397118</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Giysiler</t>
+          <t>Göklerdeki Yazgı</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786258089929</t>
+          <t>9786256397088</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Ev İşlerine Yardım</t>
+          <t>Megaverse</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786258089936</t>
+          <t>9786256397095</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü</t>
+          <t>Edebiyat ve Siyaset Yazıları: 1</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786256397026</t>
+          <t>9786256397040</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Annelik Geliyorum Demez</t>
+          <t>Biz Bir Aileyiz</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256397033</t>
+          <t>9786256397057</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Koridoru</t>
+          <t>Ebru Nurluoğlu’nun Hatıra Defteri Demir Kelebek</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>280</v>
+        <v>269</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786258089868</t>
+          <t>9786256397064</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Dünyayı Değiştirecek Robotlar!</t>
+          <t>Kara Köpek Tango’nun Maceraları</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786258089820</t>
+          <t>9786258089981</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Yıldızlı Uçaklar!</t>
+          <t>Miyav Miyav Modaevi - Yıldızların Moda Çekimi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786258089875</t>
+          <t>9786258089974</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Çocuk Rozeti!</t>
+          <t>Miyav Miyav Modaevi - Süpermodellerin Villası</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786258089844</t>
+          <t>9786258089899</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir - Oyun Geliştiriyoruz!</t>
+          <t>Hayalet Ada</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786258089806</t>
+          <t>9786258089882</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Kendimi İfade Edebiliyorum</t>
+          <t>Teneffüsleri Seven Çocuk</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786258089783</t>
+          <t>9786258089905</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Günü</t>
+          <t>Küçük Tavşancık - Bahçe</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786258089790</t>
+          <t>9786258089950</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kampçılar</t>
+          <t>Müzik Aletleri</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786258089813</t>
+          <t>9786258089943</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>İnternette Yolculuk</t>
+          <t>Hayalimdeki Meslek</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786258089837</t>
+          <t>9786258089912</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Ayının Uzay Macerası</t>
+          <t>Giysiler</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786258089776</t>
+          <t>9786258089929</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Topraklar</t>
+          <t>Ev İşlerine Yardım</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786258089769</t>
+          <t>9786258089936</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çekirge’nin Büyük Macerası</t>
+          <t>Doğum Günü</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786258089752</t>
+          <t>9786256397026</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Vahiyci</t>
+          <t>Annelik Geliyorum Demez</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>289</v>
+        <v>220</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786258089738</t>
+          <t>9786256397033</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Ferhad ile Şirin</t>
+          <t>Rüzgar Koridoru</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>219</v>
+        <v>280</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786258089745</t>
+          <t>9786258089868</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Aklına Yolculuk</t>
+          <t>Kral Şakir - Dünyayı Değiştirecek Robotlar!</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786258089721</t>
+          <t>9786258089820</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Kedi</t>
+          <t>Kral Şakir - Yıldızlı Uçaklar!</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786258089684</t>
+          <t>9786258089875</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 12 (Ciltli)</t>
+          <t>Kral Şakir - Çocuk Rozeti!</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>399</v>
+        <v>190</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786258089622</t>
+          <t>9786258089844</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Macera Kulübü</t>
+          <t>Kral Şakir - Oyun Geliştiriyoruz!</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>109</v>
+        <v>190</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786258089714</t>
+          <t>9786258089806</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Minik Kedi Şeker’in Maceraları - Uzun Burun</t>
+          <t>Kendimi İfade Edebiliyorum</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786258089615</t>
+          <t>9786258089783</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Sodor Kupası Yarışı</t>
+          <t>Oyuncak Günü</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>109</v>
+        <v>190</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786258089691</t>
+          <t>9786258089790</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Limon Hikayesi</t>
+          <t>Muhteşem Kampçılar</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786258089707</t>
+          <t>9786258089813</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Nil’in Kardan Adam Hikayesi</t>
+          <t>İnternette Yolculuk</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>236</v>
+        <v>190</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786258089646</t>
+          <t>9786258089837</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Pruva Neta</t>
+          <t>Oyuncak Ayının Uzay Macerası</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786258089677</t>
+          <t>9786258089776</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Bir Kelebeği Yakalamak</t>
+          <t>Zorlu Topraklar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786258089653</t>
+          <t>9786258089769</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Nü Peride</t>
+          <t>Küçük Çekirge’nin Büyük Macerası</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786258089660</t>
+          <t>9786258089752</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Meta Dünyalara Yolculuk</t>
+          <t>Vahiyci</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>205</v>
+        <v>289</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786258089608</t>
+          <t>9786258089738</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Güzel Canavar İçin Avrupa Seyahati</t>
+          <t>Ferhad ile Şirin</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>395</v>
+        <v>219</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786258089592</t>
+          <t>9786258089745</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Rünlerin Yankıları</t>
+          <t>Çocuk Aklına Yolculuk</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258089585</t>
+          <t>9786258089721</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 4: Peçe, Paramparça</t>
+          <t>Uykucu Kedi</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>389</v>
+        <v>110</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786258089578</t>
+          <t>9786258089684</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 3: Kargaların Şarkısı</t>
+          <t>Kral Şakir 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786258089561</t>
+          <t>9786258089622</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 2: Şifa Açlığı</t>
+          <t>En Büyük Macera Kulübü</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>389</v>
+        <v>109</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786258089554</t>
+          <t>9786258089714</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Bloodborne 1: Uykunun Ölümü</t>
+          <t>Minik Kedi Şeker’in Maceraları - Uzun Burun</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>389</v>
+        <v>110</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786258089547</t>
+          <t>9786258089615</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Ne Altın Ne Gümüş</t>
+          <t>Sodor Kupası Yarışı</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>279</v>
+        <v>109</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786057939876</t>
+          <t>9786258089691</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece Kedisi Piksel (Yeni Baskı)</t>
+          <t>Nil’in Limon Hikayesi</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>169</v>
+        <v>155</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786258089493</t>
+          <t>9786258089707</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood: Bilgisayar Korsanlığı, Soygunlar ve Alevli Oklar</t>
+          <t>Nil’in Kardan Adam Hikayesi</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>290</v>
+        <v>236</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786258089486</t>
+          <t>9786258089646</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Valhalla Blues</t>
+          <t>Pruva Neta</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786258089523</t>
+          <t>9786258089677</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Dev</t>
+          <t>Bir Kelebeği Yakalamak</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>149</v>
+        <v>340</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786258089516</t>
+          <t>9786258089653</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Doğayı Küstürmeyelim</t>
+          <t>Nü Peride</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>149</v>
+        <v>279</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786258089530</t>
+          <t>9786258089660</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Astronot Olmak İsteyen Çocuklara Uzay El Kitabı</t>
+          <t>Bilim Okulu Meta Dünyalara Yolculuk</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>160</v>
+        <v>205</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786258089509</t>
+          <t>9786258089608</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kuşlar</t>
+          <t>Güzel Canavar İçin Avrupa Seyahati</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>149</v>
+        <v>395</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786258089479</t>
+          <t>9786258089592</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Sürgün</t>
+          <t>Rünlerin Yankıları</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>199</v>
+        <v>275</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786258089462</t>
+          <t>9786258089585</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürüngenin Anıları</t>
+          <t>Bloodborne 4: Peçe, Paramparça</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>310</v>
+        <v>389</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786258089448</t>
+          <t>9786258089578</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Bu Öyküde Koca Kötü Kurt Yok</t>
+          <t>Bloodborne 3: Kargaların Şarkısı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>110</v>
+        <v>389</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9782002568870</t>
+          <t>9786258089561</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı 4 Kitap Set</t>
+          <t>Bloodborne 2: Şifa Açlığı</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>2080</v>
+        <v>389</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786258089455</t>
+          <t>9786258089554</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Bu Öyküde Ejderha Yok</t>
+          <t>Bloodborne 1: Uykunun Ölümü</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>110</v>
+        <v>389</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786258089431</t>
+          <t>9786258089547</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Yüzmek, Yaşamak ve Olma Arzusu</t>
+          <t>Ne Altın Ne Gümüş</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>350</v>
+        <v>279</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786258089424</t>
+          <t>9786057939876</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Ömrümü Yedi Kadınlar</t>
+          <t>Mavi Gece Kedisi Piksel (Yeni Baskı)</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789992265475</t>
+          <t>9786258089493</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm Serisi - 3 Kitap Takım</t>
+          <t>Robin Hood: Bilgisayar Korsanlığı, Soygunlar ve Alevli Oklar</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>919</v>
+        <v>290</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786258089318</t>
+          <t>9786258089486</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>İkiz Kod</t>
+          <t>Valhalla Blues</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786258089301</t>
+          <t>9786258089523</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Kurtlaşmak</t>
+          <t>Çocuk ve Dev</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>275</v>
+        <v>149</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786258089325</t>
+          <t>9786258089516</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Çok Bekledim Seni Yaz Tatili! - Kral Şakir 11 (Ciltli)</t>
+          <t>Doğayı Küstürmeyelim</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>399</v>
+        <v>149</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786258089356</t>
+          <t>9786258089530</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kurbağa Kuri</t>
+          <t>Astronot Olmak İsteyen Çocuklara Uzay El Kitabı</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786258089349</t>
+          <t>9786258089509</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Uyku Nerede?</t>
+          <t>Renkli Kuşlar</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>110</v>
+        <v>149</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786258089332</t>
+          <t>9786258089479</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm - İnsanları Sev Eşyaları Kullan</t>
+          <t>Gönüllü Sürgün</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>440</v>
+        <v>199</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786258089271</t>
+          <t>9786258089462</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Violet Veil’in Gizemi - Ölümcül Dava</t>
+          <t>Bir Sürüngenin Anıları</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786258089295</t>
+          <t>9786258089448</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Sanal Kent</t>
+          <t>Bu Öyküde Koca Kötü Kurt Yok</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786258089288</t>
+          <t>9782002568870</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Rüzgar</t>
+          <t>Moda Zamanı 4 Kitap Set</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>190</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786258089264</t>
+          <t>9786258089455</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Kral Virüs</t>
+          <t>Bu Öyküde Ejderha Yok</t>
         </is>
       </c>
       <c r="C865" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786258089219</t>
+          <t>9786258089431</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Brody’nin Gizemli Şifresi</t>
+          <t>Yüzmek, Yaşamak ve Olma Arzusu</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786258089127</t>
+          <t>9786258089424</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ağaç</t>
+          <t>Ömrümü Yedi Kadınlar</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786258089202</t>
+          <t>9789992265475</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Çişteki Mucize - Çok Özel Bir İksir</t>
+          <t>Minimalizm Serisi - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>239</v>
+        <v>919</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786258089189</t>
+          <t>9786258089318</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Balinayla Tanışan Çocuk</t>
+          <t>İkiz Kod</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>235</v>
+        <v>265</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786258089196</t>
+          <t>9786258089301</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Marta Uyuyor</t>
+          <t>Kurtlaşmak</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>299</v>
+        <v>275</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786258089110</t>
+          <t>9786258089325</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Doğan Hızlan’la Denemenin Dönengesinde</t>
+          <t>Çok Bekledim Seni Yaz Tatili! - Kral Şakir 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>175</v>
+        <v>399</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786258089028</t>
+          <t>9786258089356</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy 6 - Son Sır</t>
+          <t>Kahraman Kurbağa Kuri</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786258089066</t>
+          <t>9786258089349</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Salda Gölü'nden Aspendos'a - Duru'nun Tatil Günlükleri</t>
+          <t>Uyku Nerede?</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786258089059</t>
+          <t>9786258089332</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Karun Hazinelerinin İzinde - Duru'nun Tatil Günlükleri</t>
+          <t>Minimalizm - İnsanları Sev Eşyaları Kullan</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>149</v>
+        <v>440</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786258089042</t>
+          <t>9786258089271</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>En Mutlu Kedi - Minik Kedi Şeker'in Maceraları</t>
+          <t>Violet Veil’in Gizemi - Ölümcül Dava</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786258089035</t>
+          <t>9786258089295</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Misafir - Minik Kedi Şeker'in Maceraları</t>
+          <t>Sanal Kent</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786257371971</t>
+          <t>9786258089288</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Bu Da Geçecek</t>
+          <t>Yaralı Rüzgar</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>439</v>
+        <v>190</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257371964</t>
+          <t>9786258089264</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Buketler Vakası</t>
+          <t>Kral Virüs</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257371926</t>
+          <t>9786258089219</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Trafikte Görünmeyen Çocuklar</t>
+          <t>Brody’nin Gizemli Şifresi</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>110</v>
+        <v>169</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786257371902</t>
+          <t>9786258089127</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Çocuksuz Çocuk Mağazası</t>
+          <t>İçimdeki Ağaç</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257371940</t>
+          <t>9786258089202</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Melez Prenses 2 - Büyülü Sembol</t>
+          <t>Çişteki Mucize - Çok Özel Bir İksir</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>76</v>
+        <v>239</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786257371933</t>
+          <t>9786258089189</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Melez Prenses 1 - Kehanetin Doğuşu</t>
+          <t>Balinayla Tanışan Çocuk</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>76</v>
+        <v>235</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786257371957</t>
+          <t>9786258089196</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Püskül Çetesi’nin Maceraları</t>
+          <t>Marta Uyuyor</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>180</v>
+        <v>299</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257124539</t>
+          <t>9786258089110</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Lovecraft Country</t>
+          <t>Doğan Hızlan’la Denemenin Dönengesinde</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>239</v>
+        <v>175</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257371346</t>
+          <t>9786258089028</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy 5</t>
+          <t>Scarlet ve Ivy 6 - Son Sır</t>
         </is>
       </c>
       <c r="C885" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257124522</t>
+          <t>9786258089066</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Yazılar</t>
+          <t>Salda Gölü'nden Aspendos'a - Duru'nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257371070</t>
+          <t>9786258089059</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Bolluk Şimdi! (Ciltli)</t>
+          <t>Karun Hazinelerinin İzinde - Duru'nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>49</v>
+        <v>149</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257371094</t>
+          <t>9786258089042</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Marion Lane ve Gece Yarısı Cinayeti</t>
+          <t>En Mutlu Kedi - Minik Kedi Şeker'in Maceraları</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257371292</t>
+          <t>9786258089035</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Evdeki Misafir - Minik Kedi Şeker'in Maceraları</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>349</v>
+        <v>110</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257371193</t>
+          <t>9786257371971</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Araçlar Boyama Kitabı</t>
+          <t>Bu Da Geçecek</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>125</v>
+        <v>490</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257371148</t>
+          <t>9786257371964</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Korku Yiyici</t>
+          <t>Tuhaf Buketler Vakası</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257371285</t>
+          <t>9786257371926</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme Becerileri - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Trafikte Görünmeyen Çocuklar</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>349</v>
+        <v>110</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257371209</t>
+          <t>9786257371902</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Cumburlop Denize Boyama Kitabı</t>
+          <t>Çocuksuz Çocuk Mağazası</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257124867</t>
+          <t>9786257371940</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Bir Amerikan Evliliği</t>
+          <t>Masal Zamanı Melez Prenses 2 - Büyülü Sembol</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>349</v>
+        <v>76</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786257124850</t>
+          <t>9786257371933</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Kaplıcada Son Yaz</t>
+          <t>Masal Zamanı Melez Prenses 1 - Kehanetin Doğuşu</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>135</v>
+        <v>76</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786257124652</t>
+          <t>9786257371957</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Süpermodeller Tatilde - Miyav Miyav Modaevi</t>
+          <t>Püskül Çetesi’nin Maceraları</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786257124591</t>
+          <t>9786257124539</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Fil Çalan Kız</t>
+          <t>Lovecraft Country</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>235</v>
+        <v>239</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786257124805</t>
+          <t>9786257371346</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Dayanışma</t>
+          <t>Scarlet ve Ivy 5</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>149</v>
+        <v>390</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257124553</t>
+          <t>9786257124522</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Boş Oda</t>
+          <t>Mevsimsiz Yazılar</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>239</v>
+        <v>179</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257124836</t>
+          <t>9786257371070</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Cevat Şakir’in Bodrum’u - Çocuklar İçin Edebiyat 4</t>
+          <t>Bolluk Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>169</v>
+        <v>49</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257124829</t>
+          <t>9786257371094</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Dev ve Arkadaşları</t>
+          <t>Marion Lane ve Gece Yarısı Cinayeti</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>149</v>
+        <v>165</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786257124607</t>
+          <t>9786257371292</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katı</t>
+          <t>Çizgiler - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>250</v>
+        <v>349</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786257124676</t>
+          <t>9786257371193</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Süperstarlar - Miyav Miyav Modaevi</t>
+          <t>Kral Şakir Araçlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>295</v>
+        <v>125</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257124577</t>
+          <t>9786257371148</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Hoşt</t>
+          <t>Korku Yiyici</t>
         </is>
       </c>
       <c r="C904" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257124546</t>
+          <t>9786257371285</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Vadisi'nin Sessiz Perileri</t>
+          <t>Dikkat Geliştirme Becerileri - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>136</v>
+        <v>349</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786257124812</t>
+          <t>9786257371209</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Minifino’nun Tasması</t>
+          <t>Kral Şakir Cumburlop Denize Boyama Kitabı</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786257124621</t>
+          <t>9786257124867</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>New York Cadıları</t>
+          <t>Bir Amerikan Evliliği</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>219</v>
+        <v>349</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786257371551</t>
+          <t>9786257124850</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Işık Tugayı</t>
+          <t>Kaplıcada Son Yaz</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>345</v>
+        <v>135</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786257371186</t>
+          <t>9786257124652</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Mikrop Avcıları Boyama Kitabı</t>
+          <t>Süpermodeller Tatilde - Miyav Miyav Modaevi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786257371254</t>
+          <t>9786257124591</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 2</t>
+          <t>Fil Çalan Kız</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>349</v>
+        <v>235</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257371049</t>
+          <t>9786257124805</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Sadelik Şimdi! (Ciltli)</t>
+          <t>Ormanda Dayanışma</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>49</v>
+        <v>149</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786257371117</t>
+          <t>9786257124553</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Boş Oda</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>150</v>
+        <v>239</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786257371308</t>
+          <t>9786257124836</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözlüğüm - Araçlar</t>
+          <t>Cevat Şakir’in Bodrum’u - Çocuklar İçin Edebiyat 4</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>190</v>
+        <v>169</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786257371537</t>
+          <t>9786257124829</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Patilerden Masallar 3</t>
+          <t>Dev ve Arkadaşları</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>89</v>
+        <v>149</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257371568</t>
+          <t>9786257124607</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Atık İnsanları</t>
+          <t>Çatı Katı</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786257371476</t>
+          <t>9786257124676</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Dünyalıların Geleceği</t>
+          <t>Süperstarlar - Miyav Miyav Modaevi</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786257371315</t>
+          <t>9786257124577</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - İlk Sözlüğüm</t>
+          <t>Hoşt</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786257124645</t>
+          <t>9786257124546</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Eğlence Parkı</t>
+          <t>Kelebekler Vadisi'nin Sessiz Perileri</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>295</v>
+        <v>136</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786257124508</t>
+          <t>9786257124812</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Patilerden Masallar 2</t>
+          <t>Minifino’nun Tasması</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>89</v>
+        <v>110</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786257371490</t>
+          <t>9786257124621</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Kedi - 44 Cats</t>
+          <t>New York Cadıları</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>130</v>
+        <v>219</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786257371339</t>
+          <t>9786257371551</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Renkler Sayılar Şekiller - İlk Sözlüğüm</t>
+          <t>Işık Tugayı</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>190</v>
+        <v>345</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786257124669</t>
+          <t>9786257371186</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Miyav Günü Kutlaması - Miyav Miyav Modaevi</t>
+          <t>Kral Şakir Mikrop Avcıları Boyama Kitabı</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>295</v>
+        <v>125</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786257371483</t>
+          <t>9786257371254</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Dağınıklık Bebek Pie! - 44 Cats</t>
+          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>130</v>
+        <v>349</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786257371506</t>
+          <t>9786257371049</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Dostum Bafi Kediler - 44 Cats</t>
+          <t>Sadelik Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>130</v>
+        <v>49</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786257371322</t>
+          <t>9786257371117</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sebzeler - İlk Sözlüğüm</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257124683</t>
+          <t>9786257371308</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Miyav Miyav Modaevi - Moda Başkentleri</t>
+          <t>İlk Sözlüğüm - Araçlar</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786257371544</t>
+          <t>9786257371537</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>İlişmek</t>
+          <t>Akıllı Patilerden Masallar 3</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>150</v>
+        <v>89</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786257124638</t>
+          <t>9786257371568</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlarla Bir Gün - Miyav Miyav Modaevi (Ciltli)</t>
+          <t>Atık İnsanları</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786257371360</t>
+          <t>9786257371476</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz İçin Bilgiler</t>
+          <t>Dünyalıların Geleceği</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>219</v>
+        <v>150</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786257371469</t>
+          <t>9786257371315</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Biblos’ta Bir Sedir Ağacı</t>
+          <t>Hayvanlar - İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786257371261</t>
+          <t>9786257124645</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 1</t>
+          <t>Miyav Miyav Modaevi - Eğlence Parkı</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>349</v>
+        <v>295</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786257371056</t>
+          <t>9786257124508</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Şimdi! (Ciltli)</t>
+          <t>Akıllı Patilerden Masallar 2</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>49</v>
+        <v>89</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786257371063</t>
+          <t>9786257371490</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Şimdi! (Ciltli)</t>
+          <t>Süper Kahraman Kedi - 44 Cats</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>49</v>
+        <v>130</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786257124928</t>
+          <t>9786257371339</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Brody Luckystar’ın Rekoru Ne? (Ciltli)</t>
+          <t>Renkler Sayılar Şekiller - İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786257371131</t>
+          <t>9786257124669</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Kitap Yiyici</t>
+          <t>Miyav Günü Kutlaması - Miyav Miyav Modaevi</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786257371407</t>
+          <t>9786257371483</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin Coco!</t>
+          <t>Bu Ne Dağınıklık Bebek Pie! - 44 Cats</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>189</v>
+        <v>130</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786257371377</t>
+          <t>9786257371506</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Okula Gidiyoruz - Memo ile Boncuk</t>
+          <t>Dostum Bafi Kediler - 44 Cats</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786257371391</t>
+          <t>9786257371322</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Denize Gidiyoruz - Memo ile Boncuk</t>
+          <t>Meyveler Sebzeler - İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786257124911</t>
+          <t>9786257124683</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Orhan Veli Şiirleri</t>
+          <t>Miyav Miyav Modaevi - Moda Başkentleri</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>169</v>
+        <v>295</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786257371087</t>
+          <t>9786257371544</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Yüzü Olmayan Adam</t>
+          <t>İlişmek</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786257371155</t>
+          <t>9786257124638</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Kalbim (Ciltli)</t>
+          <t>Arkadaşlarla Bir Gün - Miyav Miyav Modaevi (Ciltli)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786257124843</t>
+          <t>9786257371360</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kemik</t>
+          <t>Beyniniz İçin Bilgiler</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>175</v>
+        <v>219</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786257124898</t>
+          <t>9786257371469</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Prenses A Uyanıyor</t>
+          <t>Biblos’ta Bir Sedir Ağacı</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9782002587437</t>
+          <t>9786257371261</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy 5 Kitaplık Set</t>
+          <t>Kral Şakir Zihin Becerileri Aktivite Kitabı - Kodlama Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>1950</v>
+        <v>349</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786257371278</t>
+          <t>9786257371056</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Mutluluk Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>349</v>
+        <v>49</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786257371247</t>
+          <t>9786257371063</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
+          <t>Farkındalık Şimdi! (Ciltli)</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>349</v>
+        <v>49</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786257371384</t>
+          <t>9786257124928</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Mars’a Gidiyoruz - Memo ile Boncuk</t>
+          <t>Brody Luckystar’ın Rekoru Ne? (Ciltli)</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786257371179</t>
+          <t>9786257371131</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Son Dürümler Boyama  Kitabı</t>
+          <t>Kitap Yiyici</t>
         </is>
       </c>
       <c r="C948" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786257371780</t>
+          <t>9786257371407</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>On Numara Macera! - Kral Şakir 10 (Ciltli)</t>
+          <t>Yapabilirsin Coco!</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>399</v>
+        <v>189</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786257124614</t>
+          <t>9786257371377</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Okula Gidiyoruz - Memo ile Boncuk</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786257124584</t>
+          <t>9786257371391</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Denize Gidiyoruz - Memo ile Boncuk</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786257371872</t>
+          <t>9786257124911</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Haziran Kalsın</t>
+          <t>Çocuklara Orhan Veli Şiirleri</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>125</v>
+        <v>169</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786257371865</t>
+          <t>9786257371087</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Radikal</t>
+          <t>Yüzü Olmayan Adam</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>125</v>
+        <v>199</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786257371889</t>
+          <t>9786257371155</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Güpegündüz Hırsız Gibi</t>
+          <t>Kalbim (Ciltli)</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786257371858</t>
+          <t>9786257124843</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çizmeleri Annesi Zanneden Kaz</t>
+          <t>Konuşan Kemik</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786257371827</t>
+          <t>9786257124898</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Sinderella Elbise Tasarımcısı Oluyor</t>
+          <t>Prenses A Uyanıyor</t>
         </is>
       </c>
       <c r="C956" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786257371841</t>
+          <t>9782002587437</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Kodlama Akademisi</t>
+          <t>Scarlet ve Ivy 5 Kitaplık Set</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>179</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786257371834</t>
+          <t>9786257371278</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Pilot Akademisi</t>
+          <t>Dikkat ve Görsel Algı - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>179</v>
+        <v>349</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786257124904</t>
+          <t>9786257371247</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Sahiku Çocuklarla Arkadaş Olmak İstiyor</t>
+          <t>Matematik - Kral Şakir Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>139</v>
+        <v>349</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786257371445</t>
+          <t>9786257371384</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Asi Koyun Melo</t>
+          <t>Mars’a Gidiyoruz - Memo ile Boncuk</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>139</v>
+        <v>110</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786257371452</t>
+          <t>9786257371179</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Mafin Bugün Mutsuz Olmak İstiyor</t>
+          <t>Kral Şakir Son Dürümler Boyama  Kitabı</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>139</v>
+        <v>125</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786257371742</t>
+          <t>9786257371780</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Küçük Tavşancık</t>
+          <t>On Numara Macera! - Kral Şakir 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786257371773</t>
+          <t>9786257124614</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Hava Durumu - Küçük Tavşancık</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786257371766</t>
+          <t>9786257124584</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Araçlar - Küçük Tavşancık</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786257371759</t>
+          <t>9786257371872</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Yuva - Küçük Tavşancık</t>
+          <t>Haziran Kalsın</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786257371735</t>
+          <t>9786257371865</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Aile - Küçük Tavşancık</t>
+          <t>Radikal</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786257371353</t>
+          <t>9786257371889</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Solak Leydi Vakası - Enola Holmes</t>
+          <t>Güpegündüz Hırsız Gibi</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257371681</t>
+          <t>9786257371858</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Mikrop Avcıları 2 - Cumburlop (Ciltli)</t>
+          <t>Kırmızı Çizmeleri Annesi Zanneden Kaz</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>499</v>
+        <v>139</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786257371728</t>
+          <t>9786257371827</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Genç Meslektaşıma Mektuplar</t>
+          <t>Sinderella Elbise Tasarımcısı Oluyor</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>95</v>
+        <v>139</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257371711</t>
+          <t>9786257371841</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Hesaplamak</t>
+          <t>Kodlama Akademisi</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>380</v>
+        <v>179</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257371704</t>
+          <t>9786257371834</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Azın Bereketi</t>
+          <t>Pilot Akademisi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>335</v>
+        <v>179</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257371100</t>
+          <t>9786257124904</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Seni Feda Etmeyeceğim</t>
+          <t>Sahiku Çocuklarla Arkadaş Olmak İstiyor</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>250</v>
+        <v>139</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786257124515</t>
+          <t>9786257371445</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Kan Tiyatrosu</t>
+          <t>Asi Koyun Melo</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786257371032</t>
+          <t>9786257371452</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Simyacının Kızının Tuhaf Hikayesi</t>
+          <t>Mafin Bugün Mutsuz Olmak İstiyor</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786257371124</t>
+          <t>9786257371742</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Köşeleri</t>
+          <t>Şekiller - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786257371667</t>
+          <t>9786257371773</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Akın</t>
+          <t>Hava Durumu - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>335</v>
+        <v>110</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786257371674</t>
+          <t>9786257371766</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Rosewater Kurtuluş - Wormwood Üçlemesi Üçüncü Kitap</t>
+          <t>Araçlar - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786257371636</t>
+          <t>9786257371759</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Oyuncakçılar Kimin İçin?</t>
+          <t>Yuva - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C978" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786257371650</t>
+          <t>9786257371735</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuk Menüsü</t>
+          <t>Aile - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C979" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786257371605</t>
+          <t>9786257371353</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Acemi Palyaço</t>
+          <t>Solak Leydi Vakası - Enola Holmes</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>69</v>
+        <v>250</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786257371575</t>
+          <t>9786257371681</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Ruhban</t>
+          <t>Kral Şakir Mikrop Avcıları 2 - Cumburlop (Ciltli)</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>219</v>
+        <v>499</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786257371643</t>
+          <t>9786257371728</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Cezasız Kalmaz</t>
+          <t>Genç Meslektaşıma Mektuplar</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>149</v>
+        <v>95</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786257371629</t>
+          <t>9786257371711</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Dev ve Kayıp Yavrular</t>
+          <t>Yıldızları Hesaplamak</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>149</v>
+        <v>380</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786257124980</t>
+          <t>9786257371704</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Çizgi Roman Albüm 2 (Ciltli)</t>
+          <t>Azın Bereketi</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>325</v>
+        <v>335</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786257124782</t>
+          <t>9786257371100</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Reddedebilme Sanatı! - Kral Şakir İlk Okuma Kitabı 20</t>
+          <t>Seni Feda Etmeyeceğim</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786257124775</t>
+          <t>9786257124515</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Parayı Öğreniyorum - Kral Şakir İlk Okuma Kitabım 19</t>
+          <t>Kan Tiyatrosu</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257124768</t>
+          <t>9786257371032</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Komodo Kurabiyeleri! - Kral Şakir İlk Okuma Kitabım 18</t>
+          <t>Simyacının Kızının Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786257124744</t>
+          <t>9786257371124</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Ben Biz Hepimiz! - Kral Şakir İlk Okuma Kitabı 16</t>
+          <t>Tutkunun Köşeleri</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786257124720</t>
+          <t>9786257371667</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kadın! - Kral Şakir İlk Okuma Kitabım 14</t>
+          <t>Akın</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786257124690</t>
+          <t>9786257371674</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Kodlama - Kral Şakir İlk Okuma Kitabı 11</t>
+          <t>Rosewater Kurtuluş - Wormwood Üçlemesi Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786257124492</t>
+          <t>9786257371636</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Muhtişim Dedektifler! - Kral Şakir 9 (Ciltli)</t>
+          <t>Oyuncakçılar Kimin İçin?</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>399</v>
+        <v>110</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786257124447</t>
+          <t>9786257371650</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Marki Vakası</t>
+          <t>Kayıp Çocuk Menüsü</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786257124423</t>
+          <t>9786257371605</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçlar</t>
+          <t>Acemi Palyaço</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>205</v>
+        <v>69</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786257124393</t>
+          <t>9786257371575</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Nerede Yaşar Biliyor Musun?</t>
+          <t>Ruhban</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>269</v>
+        <v>219</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786257124409</t>
+          <t>9786257371643</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Rosewater İsyan - Wormwood Üçlemesi İkinci Kitap</t>
+          <t>Kötülük Cezasız Kalmaz</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786257124416</t>
+          <t>9786257371629</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Cinayet A.Ş.</t>
+          <t>Dev ve Kayıp Yavrular</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>250</v>
+        <v>149</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786257124331</t>
+          <t>9786257124980</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Kuzey - Zaman Kütüphanesi / Gölgeler Serbest Kalırsa (Ciltli)</t>
+          <t>Kral Şakir Çizgi Roman Albüm 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>349</v>
+        <v>325</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786257124324</t>
+          <t>9786257124782</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Kuzey - Zaman Kütüphanesi / Yeni Koruyucular (Ciltli)</t>
+          <t>Reddedebilme Sanatı! - Kral Şakir İlk Okuma Kitabı 20</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786257124317</t>
+          <t>9786257124775</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Çocuk</t>
+          <t>Parayı Öğreniyorum - Kral Şakir İlk Okuma Kitabım 19</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786257124355</t>
+          <t>9786257124768</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Geri Viteste Hız Yapanlar</t>
+          <t>Komodo Kurabiyeleri! - Kral Şakir İlk Okuma Kitabım 18</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786257124300</t>
+          <t>9786257124744</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Portekiz’in Yüce Dağları</t>
+          <t>Ben Biz Hepimiz! - Kral Şakir İlk Okuma Kitabı 16</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786257124348</t>
+          <t>9786257124720</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Kartela</t>
+          <t>Güneş Kadın! - Kral Şakir İlk Okuma Kitabım 14</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786257124225</t>
+          <t>9786257124690</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Hayvanat Bahçesi</t>
+          <t>Görevimiz Kodlama - Kral Şakir İlk Okuma Kitabı 11</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786257124232</t>
+          <t>9786257124492</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Nasıl Hissediyorum?</t>
+          <t>Muhtişim Dedektifler! - Kral Şakir 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786257124294</t>
+          <t>9786257124447</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Zıtlıklar</t>
+          <t>Kayıp Marki Vakası</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786257124218</t>
+          <t>9786257124423</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık - Bir Günüm</t>
+          <t>Kırlangıçlar</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>110</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786257124287</t>
+          <t>9786257124393</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Virüsleri Yeniyoruz - Küçük Tavşancık</t>
+          <t>Hayvanlar Nerede Yaşar Biliyor Musun?</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>110</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786257124270</t>
+          <t>9786257124409</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Tatil - Küçük Tavşancık</t>
+          <t>Rosewater İsyan - Wormwood Üçlemesi İkinci Kitap</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786257124249</t>
+          <t>9786257124416</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Küçük Tavşancık</t>
+          <t>Cinayet A.Ş.</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786257124256</t>
+          <t>9786257124331</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Küçük Tavşancık</t>
+          <t>Haylaz Kuzey - Zaman Kütüphanesi / Gölgeler Serbest Kalırsa (Ciltli)</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>110</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786257124201</t>
+          <t>9786257124324</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Haylaz Kuzey - Zaman Kütüphanesi / Yeni Koruyucular (Ciltli)</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>110</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9782002587420</t>
+          <t>9786257124317</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy Serisi (4 Kitap)</t>
+          <t>Sevgili Çocuk</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>1560</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786257124195</t>
+          <t>9786257124355</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Ama Sizden Değilim</t>
+          <t>Geri Viteste Hız Yapanlar</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786257124188</t>
+          <t>9786257124300</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Gölün Altındaki Işıklar - Scarlet ve Ivy 4</t>
+          <t>Portekiz’in Yüce Dağları</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786257124157</t>
+          <t>9786257124348</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Ada Annesiyle Duvarları Boyuyor</t>
+          <t>Kartela</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786257124140</t>
+          <t>9786257124225</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Otobüsü Kaçıran Şoför</t>
+          <t>Küçük Tavşancık - Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>139</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786257124171</t>
+          <t>9786257124232</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Kalbim</t>
+          <t>Küçük Tavşancık - Nasıl Hissediyorum?</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786257124164</t>
+          <t>9786257124294</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Nokta Geminin Uzay Yolculuğu</t>
+          <t>Küçük Tavşancık - Zıtlıklar</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786057690982</t>
+          <t>9786257124218</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Fırçala Dişi Bitir İşi! - Çürük Ali ve Mikrop Necati (Ciltli)</t>
+          <t>Küçük Tavşancık - Bir Günüm</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>399</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786257124041</t>
+          <t>9786257124287</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Efes’teki Romalı Kız - Duru’nun Tatil Günlükleri</t>
+          <t>Virüsleri Yeniyoruz - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786257124003</t>
+          <t>9786257124270</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Makarnanın Gücü</t>
+          <t>Tatil - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786257124010</t>
+          <t>9786257124249</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Ev Görevi</t>
+          <t>Oyun Zamanı - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786257124027</t>
+          <t>9786257124256</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Boya ve Oyna 2!</t>
+          <t>Renkler - Küçük Tavşancık</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786057690975</t>
+          <t>9786257124201</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Afrodisias’ın Gelincikleri - Tatil Günlükleri</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>149</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786057690951</t>
+          <t>9782002587420</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali’den Masallar</t>
+          <t>Scarlet ve Ivy Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>140</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786057690968</t>
+          <t>9786257124195</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Durutti Durutti - Duru’nun Tatil Günlükleri</t>
+          <t>Ama Sizden Değilim</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>149</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9782022544779</t>
+          <t>9786257124188</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Muhtişim Eğitici Kartlar! 3'lü Set</t>
+          <t>Gölün Altındaki Işıklar - Scarlet ve Ivy 4</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>510</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786057690944</t>
+          <t>9786257124157</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Paris Bir Yalnızlıktır</t>
+          <t>Ada Annesiyle Duvarları Boyuyor</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>165</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786057690937</t>
+          <t>9786257124140</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Sonu</t>
+          <t>Otobüsü Kaçıran Şoför</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789992265628</t>
+          <t>9786257124171</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm 2 Kitaplık Set</t>
+          <t>Kalbim</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>479</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789992265505</t>
+          <t>9786257124164</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy Seti (3 Kitap Takım)</t>
+          <t>Nokta Geminin Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>1170</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789992265642</t>
+          <t>9786057690982</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutusu Boyama Seti (2 Kitap Takım)</t>
+          <t>Fırçala Dişi Bitir İşi! - Çürük Ali ve Mikrop Necati (Ciltli)</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>860</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789992265611</t>
+          <t>9786257124041</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkarma 2 Kitaplık Set</t>
+          <t>Efes’teki Romalı Kız - Duru’nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>498</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789995844523</t>
+          <t>9786257124003</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir Boyama 4 Kitaplık</t>
+          <t>Makarnanın Gücü</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>440</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789992265413</t>
+          <t>9786257124010</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi 4 Kitap Set</t>
+          <t>44 Cats - Ev Görevi</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>1000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786057690692</t>
+          <t>9786257124027</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir 8 - Macera Adası! (Ciltli)</t>
+          <t>44 Cats - Boya ve Oyna 2!</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>399</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786057690814</t>
+          <t>9786057690975</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Patilerden Masallar 1</t>
+          <t>Afrodisias’ın Gelincikleri - Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>89</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786057690791</t>
+          <t>9786057690951</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>44 Cats - Korkusuz Köfte</t>
+          <t>Sabahattin Ali’den Masallar</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786057690784</t>
+          <t>9786057690968</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kedi Milady</t>
+          <t>Durutti Durutti - Duru’nun Tatil Günlükleri</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>130</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786057690760</t>
+          <t>9782022544779</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Evi - 2</t>
+          <t>Kral Şakir Muhtişim Eğitici Kartlar! 3'lü Set</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>169</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786057690807</t>
+          <t>9786057690944</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Henrietta Lacks’in Ölümsüz Yaşamı</t>
+          <t>Paris Bir Yalnızlıktır</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786057690739</t>
+          <t>9786057690937</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Sana da Güle Güle Nezahat</t>
+          <t>Yalnızlığın Sonu</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786057690678</t>
+          <t>9789992265628</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Minimalizm 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>269</v>
+        <v>479</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786057690715</t>
+          <t>9789992265505</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tuzak (Kayıp Rota Serisi - 2. Kitap)</t>
+          <t>Scarlet ve Ivy Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>375</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786057690685</t>
+          <t>9789992265642</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hikayesi</t>
+          <t>Hayal Kutusu Boyama Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>239</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786057690708</t>
+          <t>9789992265611</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal Türkiye’dir</t>
+          <t>İcat Çıkarma 2 Kitaplık Set</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>129</v>
+        <v>498</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786057690517</t>
+          <t>9789995844523</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Akademisi</t>
+          <t>Kral Şakir Boyama 4 Kitaplık</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>179</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786057690531</t>
+          <t>9789992265413</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Şef Akademisi</t>
+          <t>Pisi Pisi 4 Kitap Set</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>179</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786057690340</t>
+          <t>9786057690692</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Çeper</t>
+          <t>Kral Şakir 8 - Macera Adası! (Ciltli)</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>125</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786057690548</t>
+          <t>9786057690814</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Şimşek Gibi</t>
+          <t>Akıllı Patilerden Masallar 1</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>219</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052162903</t>
+          <t>9786057690791</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Yemin Ederim Bunu Ben De Düşünmüştüm</t>
+          <t>44 Cats - Korkusuz Köfte</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>99</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786057690524</t>
+          <t>9786057690784</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Olma Cesareti</t>
+          <t>Cesur Kedi Milady</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786057690500</t>
+          <t>9786057690760</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Yaptığımız Seçimler! - Kral Şakir İlk Okuma 7</t>
+          <t>Babaannemin Evi - 2</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>190</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786057690371</t>
+          <t>9786057690807</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğa Hazır Mısın? - Kral Şakir İlk Okuma 5</t>
+          <t>Henrietta Lacks’in Ölümsüz Yaşamı</t>
         </is>
       </c>
       <c r="C1054" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786057690302</t>
+          <t>9786057690739</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Çevre - Kral Şakir İlk Okuma 4</t>
+          <t>Sana da Güle Güle Nezahat</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>190</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786057690364</t>
+          <t>9786057690678</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Günler - Kral Şakir İlk Okuma 2</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>190</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786057939241</t>
+          <t>9786057690715</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Afetten Korkma! - Kral Şakir İlk Okuma 6</t>
+          <t>Mavi Tuzak (Kayıp Rota Serisi - 2. Kitap)</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786057690449</t>
+          <t>9786057690685</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Dağ Sokağı - Bütün Eserleri 8</t>
+          <t>Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>90</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786057690463</t>
+          <t>9786057690708</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Derindeki Her Şey</t>
+          <t>Yaşar Kemal Türkiye’dir</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>99</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786052162910</t>
+          <t>9786057690517</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Wormwood Üçlemesi Birinci Kitap - Rosewater İstila</t>
+          <t>Mimarlık Akademisi</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786057690456</t>
+          <t>9786057690531</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Şef Akademisi</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>65</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786057690319</t>
+          <t>9786057690340</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>İki Arkadaş</t>
+          <t>Çeper</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786057690326</t>
+          <t>9786057690548</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>İki Dilek</t>
+          <t>Kaybolan Şimşek Gibi</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>125</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786057690333</t>
+          <t>9786052162903</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>İki Yıldız</t>
+          <t>Yemin Ederim Bunu Ben De Düşünmüştüm</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>125</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786057690395</t>
+          <t>9786057690524</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Avucunuzun İçindeki Sonsuzluk</t>
+          <t>Umutsuz Olma Cesareti</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>199</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786057690425</t>
+          <t>9786057690500</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Kadın Azmağı</t>
+          <t>Yaptığımız Seçimler! - Kral Şakir İlk Okuma 7</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786057690289</t>
+          <t>9786057690371</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Mor Bir Fil Gördüm Sanki - Kral Şakir 7 (Ciltli)</t>
+          <t>Yolculuğa Hazır Mısın? - Kral Şakir İlk Okuma 5</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>399</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786057690432</t>
+          <t>9786057690302</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Paralel Evren Yolcuları</t>
+          <t>Engelsiz Çevre - Kral Şakir İlk Okuma 4</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786057690418</t>
+          <t>9786057690364</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Piçlik</t>
+          <t>Sağlıklı Günler - Kral Şakir İlk Okuma 2</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786057690142</t>
+          <t>9786057939241</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>O Uyumadan Önce</t>
+          <t>Afetten Korkma! - Kral Şakir İlk Okuma 6</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>112</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786057690234</t>
+          <t>9786057690449</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Memleketi</t>
+          <t>Çiçekli Dağ Sokağı - Bütün Eserleri 8</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>169</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786057690210</t>
+          <t>9786057690463</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Struma Karanlıkta Bir Ninni</t>
+          <t>Derindeki Her Şey</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786057690166</t>
+          <t>9786052162910</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Astronot Akademisi</t>
+          <t>Wormwood Üçlemesi Birinci Kitap - Rosewater İstila</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786057690159</t>
+          <t>9786057690456</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Bilim Akademisi</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>179</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786057690180</t>
+          <t>9786057690319</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Upuzuuun Derdi</t>
+          <t>İki Arkadaş</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>119</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786057690203</t>
+          <t>9786057690326</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Çok Komik Bir Masal</t>
+          <t>İki Dilek</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>69</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786057690128</t>
+          <t>9786057690333</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Solak Leydi Vakası</t>
+          <t>İki Yıldız</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786057690111</t>
+          <t>9786057690395</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Ailesi</t>
+          <t>Avucunuzun İçindeki Sonsuzluk</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>399</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786057939906</t>
+          <t>9786057690425</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Kadın Azmağı</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786057939302</t>
+          <t>9786057690289</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşık Kırk Çöp</t>
+          <t>Mor Bir Fil Gördüm Sanki - Kral Şakir 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786057939913</t>
+          <t>9786057690432</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Harika Fikri</t>
+          <t>Bilim Okulu Paralel Evren Yolcuları</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786057939883</t>
+          <t>9786057690418</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Varlık ve Piçlik</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786057939371</t>
+          <t>9786057690142</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Aynısını Yaptım Olmadı</t>
+          <t>O Uyumadan Önce</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>90</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786057939852</t>
+          <t>9786057690234</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Dürümler Karışık - Kral Şakir 6 (Ciltli)</t>
+          <t>Nazım Hikmet’in Memleketi</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>399</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786057939845</t>
+          <t>9786057690210</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Soyunanlar</t>
+          <t>Struma Karanlıkta Bir Ninni</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786057939289</t>
+          <t>9786057690166</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Gülgez</t>
+          <t>Astronot Akademisi</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>110</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786057939746</t>
+          <t>9786057690159</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Martı Palamut ve Kaplum Abi</t>
+          <t>Bilim Akademisi</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>119</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786057939838</t>
+          <t>9786057690180</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece Kedisi - Piksel 2</t>
+          <t>Zürafanın Upuzuuun Derdi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786057939562</t>
+          <t>9786057690203</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Markiz Vakası - Enola Holmes</t>
+          <t>Çok Komik Bir Masal</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>250</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786057939791</t>
+          <t>9786057690128</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Sonun Sonu</t>
+          <t>Solak Leydi Vakası</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>179</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786057939760</t>
+          <t>9786057690111</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Heyecan Arayan Kubi</t>
+          <t>Fırıldak Ailesi</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>49</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786057939753</t>
+          <t>9786057939906</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Dayanışma</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786057939777</t>
+          <t>9786057939302</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Berkin’in Yaz Komşuları</t>
+          <t>Yaklaşık Kırk Çöp</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>49</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786057939333</t>
+          <t>9786057939913</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Dünyanın En Harika Fikri</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>149</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786057939784</t>
+          <t>9786057939883</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786057939739</t>
+          <t>9786057939371</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadınları</t>
+          <t>Aynısını Yaptım Olmadı</t>
         </is>
       </c>
       <c r="C1096" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052162897</t>
+          <t>9786057939852</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Korugan</t>
+          <t>Dürümler Karışık - Kral Şakir 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786057939715</t>
+          <t>9786057939845</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Dans - Scarlet ve Ivy 3</t>
+          <t>Soyunanlar</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786057939692</t>
+          <t>9786057939289</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Mesafesi</t>
+          <t>Gülgez</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786057939586</t>
+          <t>9786057939746</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Kültürsüzlüğümüzün Dört Mevsimi</t>
+          <t>Martı Palamut ve Kaplum Abi</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>90</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786057939555</t>
+          <t>9786057939838</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Geçit: Hikayem ve Ötesi</t>
+          <t>Mavi Gece Kedisi - Piksel 2</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786057939623</t>
+          <t>9786057939562</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Bilim Okulu Proje X</t>
+          <t>Kayıp Markiz Vakası - Enola Holmes</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786057939401</t>
+          <t>9786057939791</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Umudum Sensin</t>
+          <t>Sonun Sonu</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>130</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786057939548</t>
+          <t>9786057939760</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Acil Durumda Kırınız!</t>
+          <t>Heyecan Arayan Kubi</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>190</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786057939579</t>
+          <t>9786057939753</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Geçit: Hikayem ve Ötesi (Ciltli)</t>
+          <t>Ormanda Dayanışma</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>269</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786057939227</t>
+          <t>9786057939777</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat 2 - Bir Fakir Orhan Veli</t>
+          <t>Berkin’in Yaz Komşuları</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>169</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786057939234</t>
+          <t>9786057939333</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Edebiyat 1 - Sait Faik'in Adası</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786057939135</t>
+          <t>9786057939784</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>149</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786057939197</t>
+          <t>9786057939739</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Korkak Kuş Kuşi</t>
+          <t>İstanbul Kadınları</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786057939173</t>
+          <t>9786052162897</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Dostum Bu Çok Havalı - Kral Şakir 5 (Ciltli)</t>
+          <t>Korugan</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>399</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786057939159</t>
+          <t>9786057939715</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Zaman</t>
+          <t>Karanlıkta Dans - Scarlet ve Ivy 3</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786057939166</t>
+          <t>9786057939692</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rota</t>
+          <t>Kirpi Mesafesi</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>339</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786057939142</t>
+          <t>9786057939586</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Artık Biliyorum</t>
+          <t>Kültürsüzlüğümüzün Dört Mevsimi</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052162989</t>
+          <t>9786057939555</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Geçit: Hikayem ve Ötesi</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786052162965</t>
+          <t>9786057939623</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Deprem - Bütün Eserleri 6</t>
+          <t>Bilim Okulu Proje X</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>90</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786057939128</t>
+          <t>9786057939401</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Evi</t>
+          <t>Umudum Sensin</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>169</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786057939005</t>
+          <t>9786057939548</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>İsyan İsyan</t>
+          <t>Acil Durumda Kırınız!</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786057939036</t>
+          <t>9786057939579</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm: Geriye Kalan Herşey</t>
+          <t>Geçit: Hikayem ve Ötesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1118" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052162927</t>
+          <t>9786057939227</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kadın</t>
+          <t>Çocuklar İçin Edebiyat 2 - Bir Fakir Orhan Veli</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>89</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052162996</t>
+          <t>9786057939234</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa Filler Uçuyor - Kral Şakir 4 (Ciltli)</t>
+          <t>Çocuklar İçin Edebiyat 1 - Sait Faik'in Adası</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>399</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786059442114</t>
+          <t>9786057939135</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Aklın İç Kalesi</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>90</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786059442121</t>
+          <t>9786057939197</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Canı</t>
+          <t>Korkak Kuş Kuşi</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052162958</t>
+          <t>9786057939173</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Ben İtfaiyeci Olmak İstiyorum</t>
+          <t>Dostum Bu Çok Havalı - Kral Şakir 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>219</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052162941</t>
+          <t>9786057939159</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dolaşan İnek</t>
+          <t>Hoşça Kal Zaman</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>219</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052162934</t>
+          <t>9786057939166</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Peki Ya Dinozorlar Hala Yaşasaydı?</t>
+          <t>Kayıp Rota</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>219</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052162705</t>
+          <t>9786057939142</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 1</t>
+          <t>Artık Biliyorum</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>520</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052162736</t>
+          <t>9786052162989</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 4</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>520</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786052162729</t>
+          <t>9786052162965</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 3</t>
+          <t>Deprem - Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>520</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052162712</t>
+          <t>9786057939128</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Moda Zamanı - 2</t>
+          <t>Babaannemin Evi</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>520</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052041710</t>
+          <t>9786057939005</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Kral Şakir ve Ailesi</t>
+          <t>İsyan İsyan</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786052162804</t>
+          <t>9786057939036</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Maceralar</t>
+          <t>Minimalizm: Geriye Kalan Herşey</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>125</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786052162798</t>
+          <t>9786052162927</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Aynı Sabaha Uyanmak</t>
+          <t>Mavi Kadın</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>60</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052162743</t>
+          <t>9786052162996</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Hayat Kısa Filler Uçuyor - Kral Şakir 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>65</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052162682</t>
+          <t>9786059442114</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Yedi Canlı Cumhuriyet</t>
+          <t>Aklın İç Kalesi</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>129</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786052162569</t>
+          <t>9786059442121</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Vidalar</t>
+          <t>Düşüncenin Canı</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786059442206</t>
+          <t>9786052162958</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kent Kırk Düş</t>
+          <t>Ben İtfaiyeci Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>70</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786052041871</t>
+          <t>9786052162941</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece Kedisi Piksel</t>
+          <t>Dünyayı Dolaşan İnek</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786052162552</t>
+          <t>9786052162934</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Fısıltılar - Scarlet ve Ivy</t>
+          <t>Peki Ya Dinozorlar Hala Yaşasaydı?</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>390</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786052162576</t>
+          <t>9786052162705</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Anlatsam Film Olur - Kral Şakir 3 (Ciltli)</t>
+          <t>Moda Zamanı - 1</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>399</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786052162385</t>
+          <t>9786052162736</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Moda Zamanı - 4</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>65</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786052162361</t>
+          <t>9786052162729</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Şüphe</t>
+          <t>Moda Zamanı - 3</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>69</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786052162170</t>
+          <t>9786052162712</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm</t>
+          <t>Moda Zamanı - 2</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>210</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786052041864</t>
+          <t>9786052041710</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu'ya Kısa Bir Yolculuk</t>
+          <t>Kral Şakir ve Ailesi</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786052041772</t>
+          <t>9786052162804</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Sırrın</t>
+          <t>Olağanüstü Maceralar</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786052041789</t>
+          <t>9786052162798</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Macera Devam Ediyor - Kral Şakir 2 (Ciltli)</t>
+          <t>Aynı Sabaha Uyanmak</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>399</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786052041826</t>
+          <t>9786052162743</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mevsim</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>139</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786052041765</t>
+          <t>9786052162682</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Dramaturgi</t>
+          <t>Yedi Canlı Cumhuriyet</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>239</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786052041697</t>
+          <t>9786052162569</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Vidalar</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>65</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786052041741</t>
+          <t>9786059442206</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Uzay Macerası - Kral Şakir</t>
+          <t>Kırk Kent Kırk Düş</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>125</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786052041727</t>
+          <t>9786052041871</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Spor Zamanı - Kral Şakir</t>
+          <t>Mavi Gece Kedisi Piksel</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>125</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786052041734</t>
+          <t>9786052162552</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Boyama Saati - Kral Şakir</t>
+          <t>Duvardaki Fısıltılar - Scarlet ve Ivy</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>125</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786052041703</t>
+          <t>9786052162576</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Denemeyi Deniyorum</t>
+          <t>Anlatsam Film Olur - Kral Şakir 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>210</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786052041567</t>
+          <t>9786052162385</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkarma! 2</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>249</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786057939869</t>
+          <t>9786052162361</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Periler Koyu</t>
+          <t>Şüphe</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>169</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786052041550</t>
+          <t>9786052162170</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Minimalizm</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786257371162</t>
+          <t>9786052041864</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda Sağlık ve Mutlu Yaşamın Sırları</t>
+          <t>Gelibolu'ya Kısa Bir Yolculuk</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>335</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786052041598</t>
+          <t>9786052041772</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Masallar</t>
+          <t>En Karanlık Sırrın</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>79</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786052041338</t>
+          <t>9786052041789</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Fotoğraflarla Nutuk</t>
+          <t>Macera Devam Ediyor - Kral Şakir 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786052041161</t>
+          <t>9786052041826</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Türkan Şoray ile Yüz Yüze (Ciltli)</t>
+          <t>Beşinci Mevsim</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786052041321</t>
+          <t>9786052041765</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Dev Orkestra - Kral Şakir 1 (Ciltli)</t>
+          <t>Dramaturgi</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>399</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786052041291</t>
+          <t>9786052041697</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Harika Bitki</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786052041307</t>
+          <t>9786052041741</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Sürpriz Hediye</t>
+          <t>Uzay Macerası - Kral Şakir</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786052041284</t>
+          <t>9786052041727</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Spor Zamanı - Kral Şakir</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786052041154</t>
+          <t>9786052041734</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Boyama Saati - Kral Şakir</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786052041123</t>
+          <t>9786052041703</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Koca Denizde İki Nokta</t>
+          <t>Denemeyi Deniyorum</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786052041116</t>
+          <t>9786052041567</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Karaya Vurdu Deniz</t>
+          <t>İcat Çıkarma! 2</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>90</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786059864978</t>
+          <t>9786057939869</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Gel Zaman Gitme Zaman</t>
+          <t>Periler Koyu</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>49</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786059442879</t>
+          <t>9786052041550</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Doğum Günü</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1168" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786059442886</t>
+          <t>9786257371162</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi ve Fare Bıdık</t>
+          <t>Ayurveda Sağlık ve Mutlu Yaşamın Sırları</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>250</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786059442688</t>
+          <t>9786052041598</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazarlığı</t>
+          <t>Dünyaya Masallar</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>219</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786059442664</t>
+          <t>9786052041338</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Kaçarken Yakaladım Seni</t>
+          <t>Gençler İçin Fotoğraflarla Nutuk</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786059442534</t>
+          <t>9786052041161</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Scarlet ve Ivy: Kayıp İkiz</t>
+          <t>Türkan Şoray ile Yüz Yüze (Ciltli)</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>390</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786059442480</t>
+          <t>9786052041321</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Umut Lanettir</t>
+          <t>Tek Kişilik Dev Orkestra - Kral Şakir 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>90</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786059442459</t>
+          <t>9786052041291</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Kavganın Sonu ve Başı</t>
+          <t>Pisi Pisi ve Harika Bitki</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786059442473</t>
+          <t>9786052041307</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Direğin Tepesinde Bir Adam</t>
+          <t>Pisi Pisi ve Sürpriz Hediye</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786059442466</t>
+          <t>9786052041284</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Kıç Üstünde Toplantı</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>90</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786059442343</t>
+          <t>9786052041154</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Şairi Nazım Hikmet, Cumhuriyetsiz Şair Necip Fazıl</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>210</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786059442336</t>
+          <t>9786052041123</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Vaha</t>
+          <t>Koca Denizde İki Nokta</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>219</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786059864954</t>
+          <t>9786052041116</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Karaya Vurdu Deniz</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786059864855</t>
+          <t>9786059864978</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Sen Kaybolduğundan Beri</t>
+          <t>Gel Zaman Gitme Zaman</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>130</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786059864824</t>
+          <t>9786059442879</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Günbatımının Peşinde</t>
+          <t>Pisi Pisi ve Doğum Günü</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786059864527</t>
+          <t>9786059442886</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Pisi Pisi ve Fare Bıdık</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786059864541</t>
+          <t>9786059442688</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal Bir Ömür Edebiyat (Ciltli)</t>
+          <t>Oyun Yazarlığı</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>165</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786059864244</t>
+          <t>9786059442664</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Bana Gelince Ben Hep Aşığım</t>
+          <t>Kendinden Kaçarken Yakaladım Seni</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>70</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786058492417</t>
+          <t>9786059442534</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizin İlk Yılı Rehberi</t>
+          <t>Scarlet ve Ivy: Kayıp İkiz</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>1290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786058526815</t>
+          <t>9786059442480</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Gebelik Rehberi</t>
+          <t>Umut Lanettir</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>1290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786059864602</t>
+          <t>9786059442459</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Üç Kar Tanrıçası</t>
+          <t>Kavganın Sonu ve Başı</t>
         </is>
       </c>
       <c r="C1187" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786058526839</t>
+          <t>9786059442473</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Bilmiyorum Deme Rehberi</t>
+          <t>Direğin Tepesinde Bir Adam</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>49</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786059864534</t>
+          <t>9786059442466</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kıç Üstünde Toplantı</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786059864510</t>
+          <t>9786059442343</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutusu Boyama Kitabı - Hayvanlar</t>
+          <t>Cumhuriyet'in Şairi Nazım Hikmet, Cumhuriyetsiz Şair Necip Fazıl</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>430</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786059864503</t>
+          <t>9786059442336</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutusu Boyama Kitabı - Doğa</t>
+          <t>Vaha</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>430</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786059864671</t>
+          <t>9786059864954</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkarma!</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>249</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786059864619</t>
+          <t>9786059864855</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Emily ve Einstein</t>
+          <t>Sen Kaybolduğundan Beri</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>189</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
+          <t>9786059864824</t>
+        </is>
+      </c>
+      <c r="B1194" s="1" t="inlineStr">
+        <is>
+          <t>Günbatımının Peşinde</t>
+        </is>
+      </c>
+      <c r="C1194" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:3">
+      <c r="A1195" s="1" t="inlineStr">
+        <is>
+          <t>9786059864527</t>
+        </is>
+      </c>
+      <c r="B1195" s="1" t="inlineStr">
+        <is>
+          <t>Yol</t>
+        </is>
+      </c>
+      <c r="C1195" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:3">
+      <c r="A1196" s="1" t="inlineStr">
+        <is>
+          <t>9786059864541</t>
+        </is>
+      </c>
+      <c r="B1196" s="1" t="inlineStr">
+        <is>
+          <t>Yaşar Kemal Bir Ömür Edebiyat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1196" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:3">
+      <c r="A1197" s="1" t="inlineStr">
+        <is>
+          <t>9786059864244</t>
+        </is>
+      </c>
+      <c r="B1197" s="1" t="inlineStr">
+        <is>
+          <t>Bana Gelince Ben Hep Aşığım</t>
+        </is>
+      </c>
+      <c r="C1197" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:3">
+      <c r="A1198" s="1" t="inlineStr">
+        <is>
+          <t>9786058492417</t>
+        </is>
+      </c>
+      <c r="B1198" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğinizin İlk Yılı Rehberi</t>
+        </is>
+      </c>
+      <c r="C1198" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:3">
+      <c r="A1199" s="1" t="inlineStr">
+        <is>
+          <t>9786058526815</t>
+        </is>
+      </c>
+      <c r="B1199" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Gebelik Rehberi</t>
+        </is>
+      </c>
+      <c r="C1199" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:3">
+      <c r="A1200" s="1" t="inlineStr">
+        <is>
+          <t>9786059864602</t>
+        </is>
+      </c>
+      <c r="B1200" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kar Tanrıçası</t>
+        </is>
+      </c>
+      <c r="C1200" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:3">
+      <c r="A1201" s="1" t="inlineStr">
+        <is>
+          <t>9786058526839</t>
+        </is>
+      </c>
+      <c r="B1201" s="1" t="inlineStr">
+        <is>
+          <t>Bilmiyorum Deme Rehberi</t>
+        </is>
+      </c>
+      <c r="C1201" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:3">
+      <c r="A1202" s="1" t="inlineStr">
+        <is>
+          <t>9786059864534</t>
+        </is>
+      </c>
+      <c r="B1202" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C1202" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:3">
+      <c r="A1203" s="1" t="inlineStr">
+        <is>
+          <t>9786059864510</t>
+        </is>
+      </c>
+      <c r="B1203" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Kutusu Boyama Kitabı - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1203" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:3">
+      <c r="A1204" s="1" t="inlineStr">
+        <is>
+          <t>9786059864503</t>
+        </is>
+      </c>
+      <c r="B1204" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Kutusu Boyama Kitabı - Doğa</t>
+        </is>
+      </c>
+      <c r="C1204" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:3">
+      <c r="A1205" s="1" t="inlineStr">
+        <is>
+          <t>9786059864671</t>
+        </is>
+      </c>
+      <c r="B1205" s="1" t="inlineStr">
+        <is>
+          <t>İcat Çıkarma!</t>
+        </is>
+      </c>
+      <c r="C1205" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:3">
+      <c r="A1206" s="1" t="inlineStr">
+        <is>
+          <t>9786059864619</t>
+        </is>
+      </c>
+      <c r="B1206" s="1" t="inlineStr">
+        <is>
+          <t>Emily ve Einstein</t>
+        </is>
+      </c>
+      <c r="C1206" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:3">
+      <c r="A1207" s="1" t="inlineStr">
+        <is>
           <t>9786059864626</t>
         </is>
       </c>
-      <c r="B1194" s="1" t="inlineStr">
+      <c r="B1207" s="1" t="inlineStr">
         <is>
           <t>Sol Yanım Kömür Karası</t>
         </is>
       </c>
-      <c r="C1194" s="1">
+      <c r="C1207" s="1">
         <v>90</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>