--- v0 (2025-10-26)
+++ v1 (2026-03-22)
@@ -85,6835 +85,14830 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051210384</t>
+          <t>9786255575579</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Foma</t>
+          <t>Arsen Lüpen İstanbul’da</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054232413</t>
+          <t>9786255575616</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bilge Nathan</t>
+          <t>Arsen Lüpen-Esrarengiz Konak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051213576</t>
+          <t>9786255575371</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Necdet</t>
+          <t>Arsen Lüpen-Saat Sekizi Çaldı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051217192</t>
+          <t>9786255575494</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Haristan</t>
+          <t>Saraylının Kızları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255575258</t>
+          <t>9786255575463</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bulmaca</t>
+          <t>Serseriler Yatağı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051213118</t>
+          <t>9786255575418</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ve Çeliğe Su Verildi</t>
+          <t>Sandalım Geliyor, Varda!</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055994785</t>
+          <t>9786255575487</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut’tan Çocuklara Seçme Hikayeler</t>
+          <t>Değişen Kafalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051212654</t>
+          <t>9786255575623</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Mustafa</t>
+          <t>Arsen Lüpen - Oyuk İğne</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>640</v>
+        <v>340</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051215365</t>
+          <t>9786255575562</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Medarımaişet Motoru</t>
+          <t>Arsen Lüpen - Yeşil Gözlü Genç Kız</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051218298</t>
+          <t>9786255575500</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kumpanya</t>
+          <t>Kendime Düşünceler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051218540</t>
+          <t>9786256510685</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Haydut Kuş</t>
+          <t>Aç Fare - Kurt ile Kuzu - Yaşlı Kadın ve Altın Renkli Civcivi - Ah Masalı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051218533</t>
+          <t>9786051218137</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Kucak Çiçek</t>
+          <t>Ulduz ile Kargalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051218816</t>
+          <t>9786051218311</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Güllüce Bağları Yolunda</t>
+          <t>Köroğlu ile Kel Hamza</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051213149</t>
+          <t>9786051218083</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Herkes Değişir Suç ve Ceza Sarmalından Özgürlüğe Gerçek Dönüşüm Hikayeleri</t>
+          <t>Tavşan Peter’in Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>380</v>
+        <v>940</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051218526</t>
+          <t>9786255575135</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hava Parası</t>
+          <t>Türk Sinemasının 99 Starı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051218700</t>
+          <t>9786255575128</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Çilingir</t>
+          <t>Türk Sinemasının 99 Karakteri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051218717</t>
+          <t>9786051218489</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bizim Nesibe</t>
+          <t>Sarayi Divanı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051218779</t>
+          <t>9786051217284</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Son</t>
+          <t>Genç Rahmi'nin Hikayesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051218755</t>
+          <t>9786255575111</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gödeli Mehmet</t>
+          <t>Türk Sinemasının 99 Figüranı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051218762</t>
+          <t>9786051216201</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Veysel Çavuş</t>
+          <t>Öteki Hayatlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051217741</t>
+          <t>9786051216218</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Kâğıttan Kayıklar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>640</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051213569</t>
+          <t>9786256510029</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan</t>
+          <t>Miras - Güneşin Ölümü (2 Kitap Bir Arada)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051218120</t>
+          <t>9786255575326</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051212722</t>
+          <t>9786255575296</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051218878</t>
+          <t>9786051216744</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Peçete Kafa Macera Başlıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>340</v>
+        <v>366</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051217758</t>
+          <t>9786255575012</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist’in Maceraları</t>
+          <t>İngiliz Casusu Lawrence İstanbul’da</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051210483</t>
+          <t>9786255575081</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Kahire Batakhanelerinde</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051215464</t>
+          <t>9786256510999</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Muallakat - Yedi Askı</t>
+          <t>Sicilyalı Yahut Resimli Muhabbet Versailles Tuluatı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051215457</t>
+          <t>9786255575289</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Othello</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051218724</t>
+          <t>9786255575425</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sahan Külbastı</t>
+          <t>Allah’ın Gazapları 2 Cilt</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051218786</t>
+          <t>9786255575333</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kaçanı Kovalar</t>
+          <t>Korku ve Titreme</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051218694</t>
+          <t>9786255575470</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mendil Altında</t>
+          <t>Dünyanın Efendisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051215297</t>
+          <t>9786255575517</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Denizin Hücumu</t>
+          <t>On İki Caesar’ın Yaşamı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051212944</t>
+          <t>9786255575388</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>290</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051218571</t>
+          <t>9786255575364</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Arsen Lüpen İtiraflar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051217482</t>
+          <t>9786255575531</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gönüle</t>
+          <t>Mela Ahmed-i Cezerî Divanı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>320</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051214016</t>
+          <t>9786255575357</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Kahvesi</t>
+          <t>Arsen Lüpen - Barnett ve Ortakları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051212371</t>
+          <t>9786255575302</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Adam</t>
+          <t>Fas Seyahatnamesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054138562</t>
+          <t>9786255575340</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Frankenstein ya da Modern Prometheus</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>36</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051217666</t>
+          <t>9786255575456</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Post-Oryantalizm</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>640</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256510777</t>
+          <t>9786256862975</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Timur Devrinde Kadis’ten Semerkant’a Seyahat</t>
+          <t>Oğullarıma Mektuplar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>640</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051215358</t>
+          <t>9786256510111</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Son Peygamberi</t>
+          <t>Tahran Anıları ve Düşsel Yazılar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>680</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255575029</t>
+          <t>9786051217468</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Phaedrus’un Kıssaları</t>
+          <t>Telli Haseki</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255575043</t>
+          <t>9786255575173</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Saturalar</t>
+          <t>Allah’ın Kitabı I-II-III Cilt</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>940</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255575210</t>
+          <t>9786255575265</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ayişe - Onun Dönüşü</t>
+          <t>İçimizden Biri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255575050</t>
+          <t>9786255575098</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Varşova Yanarken</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255575067</t>
+          <t>9786255575104</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Triboulet - Triboulet’nin Sonu</t>
+          <t>Bir Yuva Böyle Yıkıldı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>620</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055994914</t>
+          <t>9786255575234</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Şeyh Şamil</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054138241</t>
+          <t>9786255575159</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Mandala Dünyası - İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054138258</t>
+          <t>9786255575142</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Mandala Dünyası - Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054138470</t>
+          <t>9786255575036</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Mandala Dünyası - Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055994624</t>
+          <t>9786255575319</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Mandala Dünyası - Tarzan</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055994969</t>
+          <t>9786051213163</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>Mandala Dünyası - Conan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>196</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756132784</t>
+          <t>9786255575166</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Mandala Dünyası - Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>196</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054138005</t>
+          <t>9786255575074</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>Mandala Dünyası - Beyaz Diş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054138227</t>
+          <t>9786255575272</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Değişimler Kitabı Yi Jing</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>640</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051211879</t>
+          <t>9786255575241</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Capitan Concini’nin Sonu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>990</v>
+        <v>480</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051216874</t>
+          <t>9786051215402</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Komitacı Aşkı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756132586</t>
+          <t>9786051218823</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sevenler Yolu</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054138272</t>
+          <t>9786256510784</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Cennet Fedaileri İslam Tarihinde Gizli ve Yıkıcı Teşekküller</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054138302</t>
+          <t>9786051212852</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Mandala Dünyası - Define Adası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051217161</t>
+          <t>9786256862968</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Turfanda mı Turfa mı?</t>
+          <t>A’mâk-ı Hayal</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051218793</t>
+          <t>9786256862999</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Erkek Çocukları için Boyama Kitabı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051217611</t>
+          <t>9786051214092</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İttihad-ı İslam</t>
+          <t>Yemyeşil Şeriat Bembeyaz Demokrasi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>440</v>
+        <v>64</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256510005</t>
+          <t>9786051214078</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Sen ve Ben</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051218557</t>
+          <t>9786051211633</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Münevver</t>
+          <t>Başarının Sırları (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256510043</t>
+          <t>9786051211626</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Başarının Sırları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>140</v>
+        <v>42</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256510142</t>
+          <t>9786051211343</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Edebiyat Tarihi Özü</t>
+          <t>Balıkçı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>390</v>
+        <v>7</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051218748</t>
+          <t>9789756132357</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Otlakçı</t>
+          <t>Baharı Beklerken</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>340</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051218687</t>
+          <t>9789756053485</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kelepir</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>380</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256510180</t>
+          <t>9786054232529</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şiirleri</t>
+          <t>Bağdat Kırmızı Bölge</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256510951</t>
+          <t>9789758971916</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Barberine</t>
+          <t>Aynaroz Papazı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256510814</t>
+          <t>9789756132371</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Deliler Saltanatı Bir Deli İbrahim Romanı</t>
+          <t>Avrupa’yı Titreten Musiki Mehter</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>490</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051215488</t>
+          <t>9786051211275</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Scapin’in Dolapları</t>
+          <t>Avcıoğlu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>210</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051212364</t>
+          <t>9786054232635</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tartuffe</t>
+          <t>Atılım!</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051212678</t>
+          <t>9786055994464</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Beğendiğiniz Gibi</t>
+          <t>Ateşim Üşümeden Gel</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256510913</t>
+          <t>9789759100018</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Karaağaçlar Altında</t>
+          <t>Atatürk ve Türk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786251218892</t>
+          <t>9786054232109</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan - Hayatı ve Şiirleri</t>
+          <t>Ata’nın Romanı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>490</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051212326</t>
+          <t>9786054138623</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kabahat Kendimizde</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051218250</t>
+          <t>9786051211220</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Cihan Hatun Fergana Güzeli</t>
+          <t>At, Tilki, Kurt</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>590</v>
+        <v>7</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054138487</t>
+          <t>9789756132319</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Aşk Politikası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>690</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051218625</t>
+          <t>9789756053515</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları</t>
+          <t>Aşk Dalgası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>990</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051218588</t>
+          <t>9789756053454</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sefiller (I-II Cilt)</t>
+          <t>Asilzadeler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>1100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055994167</t>
+          <t>9786055994501</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Arif Nihat Asya’dan Seçme Şiirler ve Yazılar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>690</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256510920</t>
+          <t>9789756132876</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Teodora (I-II Cilt)</t>
+          <t>Antikacı Dükkanı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>990</v>
+        <v>35</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256510982</t>
+          <t>9786054138722</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bulgar Sadık</t>
+          <t>Azap Toprakları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>520</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051215303</t>
+          <t>9789756132715</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Atçalı Kel Mehmet</t>
+          <t>Angela Merkel</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>550</v>
+        <v>67</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256510753</t>
+          <t>9786055994884</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çakırcalı Mehmet Efe</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>590</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055994242</t>
+          <t>9786055994907</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256510067</t>
+          <t>9786051211299</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi’nin Torunu</t>
+          <t>Al’lı Tilki</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>610</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051218199</t>
+          <t>9786054138944</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi’nin Oğlunun İntikamı</t>
+          <t>Al’lı ile Fırfırı (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>640</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051218182</t>
+          <t>9786051211428</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi’nin Oğlu</t>
+          <t>Al'lı ile Fırfırı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>640</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051218175</t>
+          <t>9786054138098</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi</t>
+          <t>Aldı Sözü Anadolu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>590</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256510098</t>
+          <t>9786051211367</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ovaya İnen Şahin - Bir Osman Gazi Romanı</t>
+          <t>Alaca - Bulaca</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>380</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256510104</t>
+          <t>9786054138524</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Genç Osman</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256510197</t>
+          <t>9786054138807</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bizanslı Beyaz Güvercin - Bir Fatih Sultan Mehmet Dönemi Romanı</t>
+          <t>Ak Topraklar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>590</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256510883</t>
+          <t>9786055994594</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güldüren Adam</t>
+          <t>Ak Party’s Response to the Indictment 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>640</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256510715</t>
+          <t>9799756053576</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma</t>
+          <t>Aile Sohbetleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>440</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256510203</t>
+          <t>9789758651535</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı Sipahi</t>
+          <t>Ah Tamara</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>490</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256510876</t>
+          <t>9786051210315</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Gözlü Sultan</t>
+          <t>Adın Yolumu Kesti</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>550</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256510869</t>
+          <t>9789756132456</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kurt</t>
+          <t>Adım Yeşil</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>420</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054138296</t>
+          <t>9789758651351</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut’tan Seçme Hikayeler</t>
+          <t>Adım Adım Girişimcilik</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>340</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051214931</t>
+          <t>3990000038751</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Boyama - Hayvanlar 2</t>
+          <t>Adım Adım Finansman</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>96</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256510036</t>
+          <t>9786054138289</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>57. Alay ya da Hokliş Oğlu Hokliş’in Hikâyesi</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>140</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051216614</t>
+          <t>9786054138869</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Devlerin Ölümü - Bir Aşk Masalı - Koyun Masalı - Sırça Köşk (Tüm Masalları) (Ciltli)</t>
+          <t>Açıldı Yara</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>640</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054232734</t>
+          <t>9789758971817</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>100 Keşif - Tarihteki En Büyük Buluşlar</t>
+          <t>Abdülhamid’in Kızı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>880</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255575005</t>
+          <t>9786054232048</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mandala Dünyası</t>
+          <t>A.S.İ.T.</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051215938</t>
+          <t>9786055994778</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mandala Dünyası Robin Hood</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>280</v>
+        <v>36</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051215112</t>
+          <t>9789758971534</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Peter Boyama</t>
+          <t>21 Yaşında Fatih</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051215150</t>
+          <t>9789758971727</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tenten Boyama</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>96</v>
+        <v>51</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051214382</t>
+          <t>9786054232475</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Boyama</t>
+          <t>81 İl, 81 Ünlü, 81 Yemek (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>96</v>
+        <v>110</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051215143</t>
+          <t>9786054232253</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mickey Mouse Boyama</t>
+          <t>81 İl 81 Ünlü 81 Yemek</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051213811</t>
+          <t>9786051212265</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Temel Reis Boyama</t>
+          <t>100 Keşif - Tarihteki En Büyük Buluşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>96</v>
+        <v>880</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051214900</t>
+          <t>9789758971206</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Boyama: Hayvanlar - 1</t>
+          <t>100 Günde Şirketinizi Harekete Geçirin</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>96</v>
+        <v>79</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051214917</t>
+          <t>9786055994839</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Boyama - Sebzeler</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051214894</t>
+          <t>9789756132272</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Boyama - Meyveler</t>
+          <t>Heval</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>96</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051217932</t>
+          <t>9789756053706</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Her Kadın Gibi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>340</v>
+        <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256862944</t>
+          <t>9789758651443</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devriâlem</t>
+          <t>Her Halde İnsan</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051218632</t>
+          <t>9789756053799</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Henüz 17 Yaşında</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>55</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051218274</t>
+          <t>9786055994846</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Gezileri</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051218328</t>
+          <t>9789756053560</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Hayat Böyledir</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>280</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256510968</t>
+          <t>9789758971435</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Saraylarda Mecnunlar</t>
+          <t>Havva</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>340</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256510050</t>
+          <t>9786055994617</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini</t>
+          <t>Hasan / Bir Daha Böyle Doğan Olmaz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>360</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051216409</t>
+          <t>9786051214412</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Hars ve Medeniyet</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256510821</t>
+          <t>9786054138012</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Fatih Bir Fatih Sultan Mehmed Romanı</t>
+          <t>Hacivat ile Karagöz</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256510692</t>
+          <t>9789758971619</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Şehri</t>
+          <t>Hacıyağı ile Parfüm Arasında Gerileme Sürecinde Müslüman Olma Sorunu</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051218731</t>
+          <t>9786054232888</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yaban Gülü</t>
+          <t>Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051215785</t>
+          <t>9786054232802</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Hacı Bayram</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>320</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256510760</t>
+          <t>9786054138739</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Hacı Bayram</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>260</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051215426</t>
+          <t>9789758971244</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Atinalı Timon</t>
+          <t>Haber Hakikat ve İktidar İlişkisi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256510210</t>
+          <t>9786051218564</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Şairleri</t>
+          <t>Güneşe Doğru</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>610</v>
+        <v>440</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256865907</t>
+          <t>9786051210834</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Günde En Az 4 Zevk (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>55</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256510838</t>
+          <t>9786054232819</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz</t>
+          <t>Gün Olur Asra Bedel</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>340</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256510074</t>
+          <t>9786055994563</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’in Maceraları</t>
+          <t>Gün Olur Asra Bedel</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>165</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051213699</t>
+          <t>9789758651207</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ekber - Bir Türk Dahisi</t>
+          <t>Halkla İlişkilerin Gücü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>210</v>
+        <v>75</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256510012</t>
+          <t>9789756132982</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Gururlu Peri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256510975</t>
+          <t>9789758971732</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’a Kadar Muhtasar Türk Edebiyatı Tarihi ve Numuneleri</t>
+          <t>Gurbet Ölümleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>640</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256510227</t>
+          <t>9789756132265</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dişi Örümcek</t>
+          <t>Guantanamo Medeniyeti</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>340</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051212807</t>
+          <t>9786256510739</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Köln’de Bir Kız</t>
+          <t>Göç Yollarında</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051213552</t>
+          <t>9786054138579</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Rezonans Kanunu – 19 Rezonans Kanunu</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>185</v>
+        <v>720</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051215495</t>
+          <t>9789758971718</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Mutluluk Kuralları ve 19 Rezonans Kanunu</t>
+          <t>Gombrowicz İnsanı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>185</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051215440</t>
+          <t>9786051213491</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki İste ve 19 Rezonans Kanunu</t>
+          <t>Gizli Mabet</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051212791</t>
+          <t>9789758651313</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yoklar</t>
+          <t>Girişimcinin Silahı: İş Planı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>280</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051213927</t>
+          <t>9789756132340</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>General Motor Çankaya Savaşlarını Durduracak Bir Kitap</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256510852</t>
+          <t>9786051218281</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Aspasya</t>
+          <t>Genç Kız Kalbi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256510722</t>
+          <t>9786055994266</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt - Herkes ve Hiç Kimse İçin Bir Kitap</t>
+          <t>Gelibolu 1915</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>320</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051218359</t>
+          <t>9789758971695</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış (I-II Cilt)</t>
+          <t>Gün Işığında</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>1800</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256865396</t>
+          <t>9786055994358</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya ve Tarih-i Hulefa (I-II Cilt)</t>
+          <t>Ömrümüz Gurbet</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051212388</t>
+          <t>9786051213644</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Doğru İstersen Olur ve 19 Rezonans Kanunu</t>
+          <t>Ocak Sönmesin Diye - Lütfü Şehsuvaroğlu Kitabı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>185</v>
+        <v>480</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051214641</t>
+          <t>9786051212548</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>19 Rezonans Kanunu</t>
+          <t>R.U.R. Rossum’un Evrensel Robotları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>144</v>
+        <v>260</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051217949</t>
+          <t>9786051212975</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mister Pickwick’in Maceraları (I-II Cilt)</t>
+          <t>Alaeddin’in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>840</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256510166</t>
+          <t>9786051213064</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Kısas-ı Enbiya ve Tarih-i Hulefa (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>99</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051217642</t>
+          <t>9786051213224</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Aylak Köpek</t>
+          <t>Binbir Gece Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>240</v>
+        <v>59</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051218410</t>
+          <t>3990000034100</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yalı Çapkını</t>
+          <t>Ziya Gökalp ve Türk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>220</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051215419</t>
+          <t>9789756053607</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sarnıç</t>
+          <t>Zerdüşt Böyle Dedi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>240</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256510890</t>
+          <t>9789756053652</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Benli Mehmet</t>
+          <t>Zerafet’in Fal Çiçekleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>440</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051215921</t>
+          <t>9789756132326</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Zehirli Ağaçlar Albümü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>44</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051218090</t>
+          <t>9786055994143</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Baht İşi</t>
+          <t>Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051218205</t>
+          <t>9789758651085</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mübadiller (2 Cilt Takım)</t>
+          <t>Zarkavi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>750</v>
+        <v>42</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051218342</t>
+          <t>9786054138333</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Yüz Yüze</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>650</v>
+        <v>14</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051214863</t>
+          <t>9789759266424</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik İlkelerim</t>
+          <t>Yürek Sızısı İnce Sözler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>48</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051218663</t>
+          <t>9789756053492</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gobi Çöllerinde</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>280</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055994730</t>
+          <t>9789758651368</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Deyimler</t>
+          <t>Yumuşak Güç</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051212951</t>
+          <t>9789756132050</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bu da mı Gol Değil Hakim Bey?</t>
+          <t>Yol Gösterici</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>280</v>
+        <v>2.64</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256510128</t>
+          <t>9789756132425</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Hayatı ve Divanı</t>
+          <t>Yenilikçi Hareket</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>550</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256510708</t>
+          <t>9789758971640</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sahici Mucizeler</t>
+          <t>Yeniçeriler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>280</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051218267</t>
+          <t>9789756053966</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hayatım ve İşim</t>
+          <t>Yeni Hayat Doğru Yol</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>340</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051218243</t>
+          <t>9789758971527</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli Bütün Şiirleri</t>
+          <t>Yeni Başlayanlar İçin Su Doku</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>320</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051213521</t>
+          <t>3990000034101</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne: Rilla</t>
+          <t>Yehova Şahitleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>420</v>
+        <v>26</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051218618</t>
+          <t>9786051211206</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Yedi Dullar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051218502</t>
+          <t>9786055994709</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ile Kiracıları</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051212524</t>
+          <t>9786054138500</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hrisantos’u Ben Öldürdüm</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>420</v>
+        <v>22</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256862982</t>
+          <t>9789756053874</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocukları için Boyama Kitabı</t>
+          <t>Üvey Ana</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>164</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051218380</t>
+          <t>9786051211183</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Gibi Geçti (I-II Cilt)</t>
+          <t>Üç Peri Kızı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>990</v>
+        <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055994433</t>
+          <t>9786051211251</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Filistin Barışı</t>
+          <t>Üç Kardeşler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054138906</t>
+          <t>9786051211916</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ben Hiç Popstar Olmadım Ki</t>
+          <t>Ustura Kemal: Karanlığa Sıkılan Kurşun</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>160</v>
+        <v>79</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051214955</t>
+          <t>9786051211923</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Boyama - Tarihi Kahramanlar</t>
+          <t>Ustura Kemal - Son Karakol</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>96</v>
+        <v>65</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051218649</t>
+          <t>9789758651139</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Üniversite Rehberi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>420</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051216836</t>
+          <t>9789756053546</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mandala Dünyası - Binalar</t>
+          <t>Ümit Dünyası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>280</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054232260</t>
+          <t>9786054232222</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Annemin Antep Yemekleri</t>
+          <t>Ustadan Çırağa</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>320</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055994570</t>
+          <t>9786054232314</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Mübadiller</t>
+          <t>Uçan Kleopatra</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>750</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054138173</t>
+          <t>9786055994853</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'den Seçmeler</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051214498</t>
+          <t>9789758971138</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan</t>
+          <t>Türklerin Manevi Gücü</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051217512</t>
+          <t>9786055994068</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Son Alperen Muhsin Yazıcıoğlu’nun Sır Görüşmeleri</t>
+          <t>Türklerde Taşla İlgili İnançlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>320</v>
+        <v>26</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051216737</t>
+          <t>9789758971121</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Türkler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>550</v>
+        <v>78</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256510678</t>
+          <t>9789758971114</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Mezopotamya’da Siyasi Yapı Zazalar</t>
+          <t>Türkiye’yi Böyle Gördüm</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>196</v>
+        <v>50</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051218670</t>
+          <t>9786051213033</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Neye, Niye İtiraz Ettim</t>
+          <t>Türkiye’nin Sanayileşme Serüveni</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>149</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051217604</t>
+          <t>9786051213040</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İslamsız Müslümanlık</t>
+          <t>Türkiye’nin Sanayileşme Dinamikleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>110</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055994365</t>
+          <t>9786054138821</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>AKP Parti İddianamesi</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>10</v>
+        <v>290</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055994495</t>
+          <t>9789758651214</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>AK Parti’nin İddianameye Cevabı</t>
+          <t>Türkçe Şiirler Antolojisi (9 Cilt Takım)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>7</v>
+        <v>370</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055994600</t>
+          <t>9789756053829</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ak Parti’nin Esas Hakkındaki Cevapları</t>
+          <t>Türk Ulusçuluğunun İnşası</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>4.63</v>
+        <v>55</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789756132975</t>
+          <t>9786054138036</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Zahariüs Usta</t>
+          <t>Türk Ninnilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>7.41</v>
+        <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789758971510</t>
+          <t>9786055994051</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şemdinli İddianamesi</t>
+          <t>Türk Medeniyet Tarihi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>4.63</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055994440</t>
+          <t>9786054232567</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Mahzun Mezopotamya PKK ve Kürt Ulusalcılığın İnşası</t>
+          <t>Türk Halk Masalları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>110</v>
+        <v>97</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055994280</t>
+          <t>9789756053836</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kayıtlar</t>
+          <t>Türk Edebiyatı Öğretmen El Kitabı Yeni Programa Göre</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>44</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051214634</t>
+          <t>9786051211596</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Zacharius Usta</t>
+          <t>Türk - İran Epik Geleneği İçinde Horasan Teberdarı - Ebu Müslim</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>42</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051212647</t>
+          <t>9786051212302</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Mutluluk Kuralları (Ciltli)</t>
+          <t>Tüm Zamanların Efendisi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>320</v>
+        <v>59.26</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051211527</t>
+          <t>9789758971107</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Gönülden İste (Ciltli)</t>
+          <t>Tutum Algı İletişim</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>310</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051211435</t>
+          <t>3990000031513</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Gönülden İste</t>
+          <t>Tutsak Edilmiş Akıl</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>260</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051212630</t>
+          <t>9786054232345</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Mutluluk Kuralları</t>
+          <t>Tutsak Doğanlar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>290</v>
+        <v>22</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051210803</t>
+          <t>9786054138692</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki İste (Ciltli)</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>320</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051212272</t>
+          <t>9789758651955</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Giden 77 Yol (Ciltli)</t>
+          <t>Turizm@Gelecek.Tr</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>310</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051211541</t>
+          <t>9786256510746</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kolayca İste - Rahatla - Mutlu Ol (Ciltli)</t>
+          <t>Tuna Boyunca</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051211558</t>
+          <t>9786054232338</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kolayca İste... Rahatla... Mutlu Ol...</t>
+          <t>Transfer Ahmet</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>220</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051211619</t>
+          <t>9786054138647</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Giden 77 Yol</t>
+          <t>Toprak Ana</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>280</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054232697</t>
+          <t>9786051211329</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Rezonans Kanunu (Ciltli)</t>
+          <t>Topal Dev</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>380</v>
+        <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054232291</t>
+          <t>9786055994860</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Rezonans Kanunu</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051218854</t>
+          <t>9786054232130</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Anadolusu'nda Devlet-Toplum-Ekonomi</t>
+          <t>Timurlenk ve Haleflerinin Tarihi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>380</v>
+        <v>13</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051218861</t>
+          <t>9786055994877</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali-Bir Efsanenin Hayatı</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051218496</t>
+          <t>9786256510807</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Alevilik</t>
+          <t>Tarihin Sıkıştığı Coğrafya Kafkasya</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051218830</t>
+          <t>9786055994129</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Türkiye-Rusya İlişkileri</t>
+          <t>Tarihi Değiştiren Kadınlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>192</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051218458</t>
+          <t>9789756053478</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sır Katibi</t>
+          <t>Tarih Ezeli Bir Tekerrürdür</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>320</v>
+        <v>34</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051218847</t>
+          <t>9789758971961</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Tıraş Bitince Parodisi Başlar</t>
+          <t>Tarih Boyunca Yahudiler ve Türkler 1-2 (Takım)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>110</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051217703</t>
+          <t>9789758651191</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Tanzimattan Bugüne Batılılaşma ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051217697</t>
+          <t>3990000014105</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Tanrı’nın Kılıcı Attila</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051217680</t>
+          <t>9789756132234</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Tanrı Denizini Geri Çeksin</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>320</v>
+        <v>2.64</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051218434</t>
+          <t>9786051211176</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Oslo’dan Habur’a Terör Baronlarının Savaşı Kayıp Barış</t>
+          <t>Şiirler - Fahriye Abla</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051217017</t>
+          <t>9789756132036</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hürrem Sultan</t>
+          <t>Şiiraze Şiirin İç Dikişi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>380</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051214818</t>
+          <t>9786054232086</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>320</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051215211</t>
+          <t>9789758971664</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Cinci Hoca</t>
+          <t>Futbol Su Doku</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>380</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051215341</t>
+          <t>9786054232390</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Cehennemden Selam</t>
+          <t>Fransız Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>380</v>
+        <v>27</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051216805</t>
+          <t>9789758971060</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ile Konuşan Bebek</t>
+          <t>Felsefe ve Matematikte Analitik - Sentetik Ayrımı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>110</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051214603</t>
+          <t>9786054138555</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Krallar Avlayan Türk</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>380</v>
+        <v>68</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051214658</t>
+          <t>9789716132120</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Viyana Dönüşü</t>
+          <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>380</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051216546</t>
+          <t>9786055994891</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Keçi – Feleğin Peşinde – Duvardaki İki Kedi</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051217451</t>
+          <t>9786054138197</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ebu Müslim Horasani’nin İntikamı</t>
+          <t>Evliya Çelebi Seyahatnamesi'nden Seçmeler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051216980</t>
+          <t>9786055994945</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kadın Avcısı</t>
+          <t>Eşref Saat</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>340</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051217529</t>
+          <t>9789758971299</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Genç Çoban Moni</t>
+          <t>Esnaf Hikayeleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>110</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051216515</t>
+          <t>9789756132005</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Edi ile Büdü - Pancarcı Çocuk - Kar Tanesinin Macerası</t>
+          <t>Eski Yurt</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>110</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051214528</t>
+          <t>9789756053980</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Eski İstanbul Ramazanları</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051217581</t>
+          <t>9786055994471</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Güvercinci Keloğlan</t>
+          <t>Ertuğrul</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>110</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051214672</t>
+          <t>9786054232147</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Ermeni Müverrihlerine Göre Moğollar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>320</v>
+        <v>28</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051216256</t>
+          <t>3990000026541</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bir Günlük Düş ve Gerçek</t>
+          <t>Extreme Kakuro</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>110</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051217093</t>
+          <t>9786054138661</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İsfahan’a Doğru</t>
+          <t>En Seçme Ergenekon Geyikleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>220</v>
+        <v>32</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051215099</t>
+          <t>9789756053157</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Devrilen Kazan -Bir Yeniçeri Ocağı Romanı-</t>
+          <t>En Güzel Yahudi Fıkraları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>380</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051214733</t>
+          <t>9786054232482</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Akından Akına Bir Kazıklı Voyvoda -III. Vlad Tepeş Drakula- Romanı</t>
+          <t>En Çok Kullanılan Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>320</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051217734</t>
+          <t>9786054232468</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Empatik Din Eğitimi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>160</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051217253</t>
+          <t>9789756132579</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Anne</t>
+          <t>Evliya Çelebi Seyahatnamesi’nden Seçmeler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>320</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051217888</t>
+          <t>9786054138357</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Odanın Rüyası (4 Cilt Takım)</t>
+          <t>Elveda Gülsarı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>2200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051213378</t>
+          <t>9789758971343</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Türk Devletinin Tekamülü</t>
+          <t>Edebiyatımızda Terimler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>120</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051217970</t>
+          <t>9789758971336</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine'in Masalları</t>
+          <t>Edebiyatımızda İsimler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051217987</t>
+          <t>9786055994228</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Ebu Müslim Horosani’nin İntikamı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>39</v>
+        <v>50</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051217550</t>
+          <t>9786055994013</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne: Ingleside</t>
+          <t>Ebedi Gelin</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051216270</t>
+          <t>9789756132012</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Odise</t>
+          <t>Erken Cumhuriyet Döneminde Sinema, Seyir, Siyaset</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>280</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051216898</t>
+          <t>9786054232208</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>1001 Kelime 1001 Hüzün</t>
+          <t>Düşünme Sanatı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>280</v>
+        <v>22</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051217345</t>
+          <t>9789756132258</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Seyahatü’l Kübra</t>
+          <t>Düşlerin Rengi Soldu</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>550</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051216164</t>
+          <t>9786051211350</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Anne’in Hayaller Evi</t>
+          <t>Dünya Güzeli</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>320</v>
+        <v>18</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051216997</t>
+          <t>9789756053683</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>110</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051214351</t>
+          <t>9786054138678</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Dost Diye Diye</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>280</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051217659</t>
+          <t>9786054138425</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>“Alakız’ım, Sarıkız’ım, Alın Yazım”</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>280</v>
+        <v>26</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051217390</t>
+          <t>9789758651184</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Osmanlı</t>
+          <t>Doğu’da Aşiret Düzeni ve Brukanlar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>320</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051216560</t>
+          <t>9786054138180</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet’e Bir Aydın Şeyh Safvet (Yetkin) Efendi</t>
+          <t>Divan Şiirlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051217567</t>
+          <t>9786054138371</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanın İzinde Guermantes Tarafı 3. Kitap</t>
+          <t>Dişi Kurdun Rüyaları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>420</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051215273</t>
+          <t>9789756132197</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çırpınan Sular Uyuyan Hatıralar</t>
+          <t>Dikenli Yollar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>380</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051217574</t>
+          <t>9786054138456</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi</t>
+          <t>Deve Gözü</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>420</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051216454</t>
+          <t>9786051211169</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Zalimane Bir İdam Hükmü</t>
+          <t>Drina’da Son Gün</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>320</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051216140</t>
+          <t>9786054138388</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Zeno’nun Bilinci</t>
+          <t>Deniz Kıyısında Koşan Ala Köpek</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>380</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051216355</t>
+          <t>9789759730802</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Demokrasi Ve Toplumsal Barış</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>220</v>
+        <v>510</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051216904</t>
+          <t>9789756132654</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Deli Petro</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>340</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051216249</t>
+          <t>9789756053898</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Samet Behrengi Bütün Öyküleri</t>
+          <t>Darbeler ve Türk Basını</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>420</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051216812</t>
+          <t>9789756053119</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Küçük Paşa</t>
+          <t>Dar Kapı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>320</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051217116</t>
+          <t>9786051211244</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’da Neler Gördüm?</t>
+          <t>Dalyanoğlu</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051213392</t>
+          <t>9789759266493</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şaki İbrahim Destanı ve Bir Kitapta Toplanmamış Şiirler</t>
+          <t>Çürük Elma Operasyonu</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>160</v>
+        <v>2.64</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051217444</t>
+          <t>9786051210254</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi 2</t>
+          <t>Çin Masalları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051216973</t>
+          <t>9786054138746</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hatemü’l Enbiya</t>
+          <t>Çiçekler Büyür</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051217260</t>
+          <t>9786051214450</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kolesterol Hakkındaki Gerçekler</t>
+          <t>Çınaraltı Konuşmaları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051213361</t>
+          <t>9789758971923</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Malta Konferansları</t>
+          <t>Çeçen Gülü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051213408</t>
+          <t>9789758651900</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
+          <t>Çağdaş Kazak Hikayeleri Antolojisi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051216386</t>
+          <t>9786054232659</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Avonlea Günlükleri</t>
+          <t>Çağdaş Fransız Edebiyatı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>280</v>
+        <v>42</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051213385</t>
+          <t>9789759266431</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>Çağdaş Bir Dervişin Ardından</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>120</v>
+        <v>44</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051217635</t>
+          <t>9786055994747</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bana Biraz Blues Ver</t>
+          <t>Cumhuriyet Öncesi Yazarlardan Hikayeler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>280</v>
+        <v>51</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051215570</t>
+          <t>9786054232949</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İdealist Bir Adam Portresi Teknokrat Sedat Çelikdoğan Kitabı</t>
+          <t>Cumhuriyet Öncesi Doğumlu Yazarlardan Hikayeler</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051215020</t>
+          <t>9789756053935</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Muradına Eremeyen Dilber - Billur Köşk Masalları</t>
+          <t>Cumhuriyet Öncesi Doğumlu Yazarlardan Çocuklara Hikayeler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051215075</t>
+          <t>9786055994235</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hırsız ile Yankesici - Billur Köşk Masalları</t>
+          <t>Condi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>96</v>
+        <v>50</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051215006</t>
+          <t>9789756132906</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Nar’la Gülen Ayva</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051215013</t>
+          <t>9789756132616</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Muradına Eren Dilber</t>
+          <t>Cennet Doğuda Bir Yerdedir Haçlı Seferlerinin Değişen Yüzü</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051214993</t>
+          <t>9786054138630</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kahveci Güzeli</t>
+          <t>Cengiz Han’a Küsen Bulut</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051215068</t>
+          <t>9789756132814</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Saka Güzeli - Billur Köşk Masalları</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>96</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051215051</t>
+          <t>9786054232963</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İğci Baba - Billur Köşk Masalları</t>
+          <t>Cengiz Aytmatov Seti (17 Kitap)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>96</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051215082</t>
+          <t>9786054138326</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Cefa ile Safa</t>
+          <t>Cemile</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>96</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051215037</t>
+          <t>9789758971251</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Tasa Kuşu</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>96</v>
+        <v>34</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051214986</t>
+          <t>9789758971756</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Helvacı Güzeli - Billur Köşk Masalları</t>
+          <t>Casus</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051215044</t>
+          <t>9786054138791</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka Kuşu - Billur Köşk Masalları</t>
+          <t>Canbaz</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>96</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051216522</t>
+          <t>9789758971015</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mandala Dünyası - Karma</t>
+          <t>Can Çekişen Türkiye</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051216430</t>
+          <t>9789758651450</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Mandala Dünyası-İnsanlar</t>
+          <t>Can Alıcı Görüşmeler Riskler Yüksek Olduğunda Gerekli Taktikler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>280</v>
+        <v>35</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051216829</t>
+          <t>9789758971053</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Mandala Dünyası - Hayvanlar</t>
+          <t>Büyük Sancağın Gölgesinde</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051216423</t>
+          <t>9789758971985</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mandala Dünyası Desen</t>
+          <t>Bush’ların Savaşları</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>280</v>
+        <v>34</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789758971442</t>
+          <t>9786054138814</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Kadınları</t>
+          <t>Bukağı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>320</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789756132241</t>
+          <t>9789756053065</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Star Su Doku</t>
+          <t>Briç</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051217369</t>
+          <t>9786055994181</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
+          <t>Bize Hayreddinli Derler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>110</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051216072</t>
+          <t>9789758971879</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mikâil Bayram’ın Aynasında 99 Kavram</t>
+          <t>Bizans’ın Son Günleri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>280</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051216065</t>
+          <t>9789756053881</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Mikail Bayram’ın Aynasında 99 İsim</t>
+          <t>Bir Sipahinin Romanı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>310</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051216362</t>
+          <t>9789756132289</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kuşlar Sahili</t>
+          <t>Bir Sepet Kiraz</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>180</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051216843</t>
+          <t>9786051213019</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Uzaklaşan Yol - Gençliğimin Rüzgarı (2 Kitap Bir Arada)</t>
+          <t>Bir Ömür</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>380</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051217130</t>
+          <t>9786054232512</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Avonleali Anne</t>
+          <t>Bir Narsisti Sevdim: Kadınlar Neden Kendilerine Kötü Davranan Erkeklere Aşık Olurlar?</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>320</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051217050</t>
+          <t>9786054232369</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Adanın Kızı Anne</t>
+          <t>Bir Güneş Doğuyor</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>320</v>
+        <v>32</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051217239</t>
+          <t>9786054138685</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Macerası</t>
+          <t>Bir Gece Yıldızlarla</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>340</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051217383</t>
+          <t>9789758971596</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>O Kadar da Uzun Boylu Değil</t>
+          <t>Bir Demet Fıkra</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>140</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051217499</t>
+          <t>9786054138777</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Göğsümüzdeki Nar</t>
+          <t>Bir Ben Vardır Bende Benden İçeri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051216867</t>
+          <t>9786051212012</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ben Hur</t>
+          <t>Bir Baba Ördek ve Beş Yavrusu</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>320</v>
+        <v>7</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051217208</t>
+          <t>9789756053768</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>AKParti Dış Politikası</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>380</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051216553</t>
+          <t>9789756053782</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılına Doğru Osmanlı’dan Günümüze Türk-Ermeni Meselesi</t>
+          <t>Binbir Gece</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>380</v>
+        <v>51</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051216591</t>
+          <t>9789759266417</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Terörün Mesihi - Fethullahçı Terör Örgütü</t>
+          <t>Bilgeliğe Adanmış Düşünceler</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>220</v>
+        <v>48</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051216683</t>
+          <t>9789756132609</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mahpus Arkadaşlarım - Hapishane Defterleri</t>
+          <t>Aşk Politikası</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051216676</t>
+          <t>9789758651917</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kuyumcusu</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>380</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051215266</t>
+          <t>9789756132999</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Birleştirici Gücü Kudretli Sultan Selahaddin</t>
+          <t>Ben Yeşil</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>320</v>
+        <v>14</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051215587</t>
+          <t>9786054232895</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Memlükler ve Memlük Halifeleri</t>
+          <t>Ben Erkek Olsaydım (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>220</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051216690</t>
+          <t>9786054232628</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Ben Erkek Olsaydım</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>110</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051216706</t>
+          <t>9786051211831</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Peçete Kafa Boyama Kitabı</t>
+          <t>Bediüzzaman Said Nursi’nin Kayıp Mezarının Sırrı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>54</v>
+        <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051216669</t>
+          <t>9786055994204</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Adsız Alışmak Mandalina Kabuğu</t>
+          <t>Bediiüzzaman Said Nursi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>110</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051216652</t>
+          <t>9786051211794</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Bedii Terbiye</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051216645</t>
+          <t>9786051211374</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Becerikli Kız</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>110</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051216638</t>
+          <t>9786055994372</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul'un Maceraları</t>
+          <t>Bay Filistin Yaser Arafat</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>110</v>
+        <v>64</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051216584</t>
+          <t>9786051210339</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Bay Buffet</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>120</v>
+        <v>79</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051215914</t>
+          <t>9789758971077</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Resimli Kürk Mantolu Madonna</t>
+          <t>Eylülsüz Sonbahar</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051216607</t>
+          <t>9786051213484</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sıkıyönetici Buhran</t>
+          <t>Beyaz Lale</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051214573</t>
+          <t>9786055994082</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Osmanoğulları</t>
+          <t>Batum Çıkmazı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>320</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051214870</t>
+          <t>9789756053089</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sevgim ve Izdırabım</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>28</v>
+        <v>380</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051215327</t>
+          <t>9789756132890</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Emevileri ve Emevi Halifeleri</t>
+          <t>Extreme Su Doku</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>160</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051215563</t>
+          <t>9786051214467</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Demokrasi Üzerine Tartışmalar</t>
+          <t>6 Dakika Koçluk - Gerçek Aşkı Bul</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>280</v>
+        <v>95</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051215389</t>
+          <t>9786051215594</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünce ve İletişim</t>
+          <t>Liderlik Yolunda - Etkili Liderliğe Giden Yolda Altın Kurallar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>220</v>
+        <v>32</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786051215501</t>
+          <t>9786051214276</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında 99 Ölümcül Hata (Ciltli)</t>
+          <t>Fetö Sıfır'ı Tüketiyor</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>280</v>
+        <v>39</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051215372</t>
+          <t>9786051215525</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında 99 Ölümcül Hata</t>
+          <t>6 Dakika Koçluk - Gerçek Aşkı Bul (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051215549</t>
+          <t>9786051213309</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dil (Ciltli)</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786051215433</t>
+          <t>9786051214719</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın İz Düşümü</t>
+          <t>Kara Kız</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>160</v>
+        <v>36</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051215532</t>
+          <t>9786051212937</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Profesör Challenger’ın Tüm Maceraları</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>240</v>
+        <v>98</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051215396</t>
+          <t>9786051215129</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Pınar’la Hayatın Renkleri</t>
+          <t>6 Dakika Koçluk - Öz Güveninizi Nasıl Kazanırsınız?</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>280</v>
+        <v>55</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051214726</t>
+          <t>9786051214771</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler ve Abbasi Halifeleri</t>
+          <t>Ekin Çiftlikte İlk Gün</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051213651</t>
+          <t>9786051213279</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanın İzinde Swan'ların Tarafı</t>
+          <t>Ufukların Sultanları Osmanlılar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>340</v>
+        <v>95</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786051214979</t>
+          <t>9786051213477</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Boyama Hat</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>96</v>
+        <v>280</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786051214924</t>
+          <t>9786051214856</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Boyama Camilerimiz</t>
+          <t>15 Temmuz Silüet Darbe</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>96</v>
+        <v>78</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786051213255</t>
+          <t>9786051215310</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Halifelik Dört Halife ve Hz. Hasan</t>
+          <t>İkinci Dil</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054138883</t>
+          <t>3990000016158</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Vatan Toprağı</t>
+          <t>La Havle - Lütfi Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>280</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054138890</t>
+          <t>3990000001854</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şiirleri</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786051214962</t>
+          <t>9786051212593</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Boyama Osmanlı Padişahları</t>
+          <t>Çankırılı Hoca</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>96</v>
+        <v>48</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051214887</t>
+          <t>9786051212296</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Boyama - Bitkileri Tanıyalım</t>
+          <t>Küçük Hanımefendi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>96</v>
+        <v>64</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051214948</t>
+          <t>9789758971688</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Boyama: Türkiye'yi Tanıyalım</t>
+          <t>Şampiyonluk Kupası</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>96</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786051214825</t>
+          <t>9789756132180</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Neye Niyet Neye Hizmet</t>
+          <t>Şah-Mat</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786051214757</t>
+          <t>9789756132944</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Başkaydı Bizimkisi (Ciltli)</t>
+          <t>Şafak Sözü</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>210</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786051214535</t>
+          <t>9789756132685</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Başkaydı Bizimkisi</t>
+          <t>Süleyman Mabedi Operasyonu</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>160</v>
+        <v>2.64</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786051212340</t>
+          <t>9786054138418</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Nuhbetü’l-Etfal</t>
+          <t>Sultan Murat</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>280</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051213088</t>
+          <t>9789758971091</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Çöküş ve Diriliş</t>
+          <t>Sultan Galiyev ve Sovyet Müslümanları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>185</v>
+        <v>65</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051212531</t>
+          <t>9786051210698</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvanın Bir Yılı</t>
+          <t>Soylu Sessizlik</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786055994174</t>
+          <t>9789756132364</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik ve Namık Kemal</t>
+          <t>Son Kavşak</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>340</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789756132524</t>
+          <t>3990000016088</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Milletvekili Seçilmek İstiyorum</t>
+          <t>Son İsyan - İmralı’daki Yargılanmanın Arka Planı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>280</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051213231</t>
+          <t>9789758651887</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Fatımiler ve Fatımi Halifeleri</t>
+          <t>Stres, Kaygı ve Depresyondan Kurtuluş</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051213903</t>
+          <t>9789756132418</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Su Gibi Geçen Yıllar : Kahraman Emmioğlu Kitabı</t>
+          <t>Son Başbuğ Alparslan Türkeş</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051214313</t>
+          <t>9789756132333</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İslamcıların Kürt Sorunu Algısı</t>
+          <t>Siyasetin Sonu "Adil Düzen"den "Dünya Gerçekleri"ne</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>380</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051211442</t>
+          <t>9789758971930</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Al’lı ile Fırfırı 2 Cilt Birarada</t>
+          <t>Serkisof Ahbabım Olur</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>320</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051214191</t>
+          <t>9786054138401</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kösem Sultan’ın Yüzüğü</t>
+          <t>Selvi Boylum Al Yazmalım</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>280</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051213453</t>
+          <t>9786054138852</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Öteki Yüzü</t>
+          <t>Selanik’ten İzmir’e</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>160</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051214160</t>
+          <t>9786054138531</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi Sarsacak 10 Gün</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>280</v>
+        <v>27</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051212968</t>
+          <t>9786055994020</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Denizci Sinbad</t>
+          <t>Seferberlik</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051213002</t>
+          <t>9786051210094</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Devlet Tekke Münasebetleri</t>
+          <t>Seçilmiş Düşünceler</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>280</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051212869</t>
+          <t>9786051211763</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Aydın Menderes Anlatıyor: Gölgede Bir Şey Kalmasın</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>290</v>
+        <v>65</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054138135</t>
+          <t>9786054138760</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’den Seçmeler</t>
+          <t>Sancı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>280</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789758971701</t>
+          <t>9786051210100</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Su Doku</t>
+          <t>Sahne Işıkları Altında</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>160</v>
+        <v>66</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051210636</t>
+          <t>9789756053775</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki İste</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>280</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789758651894</t>
+          <t>9786051211862</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Devrimci Fidel Castro</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>400</v>
+        <v>65</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789758951482</t>
+          <t>9786055994754</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Fıkraları</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>140</v>
+        <v>55</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789758971145</t>
+          <t>9789758651542</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Siyasi Düsturları</t>
+          <t>Richard Branson</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>380</v>
+        <v>85</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789756132951</t>
+          <t>3990000008094</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Adak ve Adak Yerleri</t>
+          <t>Resmi Kurumlar Rehberi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>340</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054232796</t>
+          <t>9786054138913</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyalizmi ve Nurettin Topçu</t>
+          <t>Sabatay Sevi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789756053591</t>
+          <t>9789756053997</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Dinler ve İnançlar</t>
+          <t>Ramazan Sohbetleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>340</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051211565</t>
+          <t>9789758651931</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında İslam, Sovyet Ateizmi ve Kültürel Süreklilik</t>
+          <t>Puya: Yazan Adam</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789758651399</t>
+          <t>9789758971541</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türk Astrolojisi 24 Eylül - 21 Aralık</t>
+          <t>Profesyoneller İçin Su Doku</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>400</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789758651382</t>
+          <t>9786055994112</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Türk Astrolojisi 22 Haziran - 23 Eylül</t>
+          <t>Polemat Polonya Edebiyatı Çeviri Şiir Seçkisi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>180</v>
+        <v>38</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789758651405</t>
+          <t>9789756053942</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Türk Astrolojisi 22 Aralık - 20 Mart 4. Kitap</t>
+          <t>Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>400</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789758651375</t>
+          <t>9786055994938</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türk Astrolojisi (21 Mart-21 Haziran)</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055994976</t>
+          <t>9786055994075</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Pierre Loti</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054138517</t>
+          <t>3990000001108</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Peygamberler Tarihi ve Hz. Muhammed’in Hayatı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>220</v>
+        <v>78</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051211602</t>
+          <t>9786051211190</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Şahsenem</t>
+          <t>Perioğlu</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051212395</t>
+          <t>9786054232741</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Söz Ver!</t>
+          <t>Pembe Fil’i Düşür</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>240</v>
+        <v>66</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054232024</t>
+          <t>9786055994105</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Şairleri Antolojisi</t>
+          <t>Panta Rei "Eleni’ye Mektuplar"</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>380</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054138999</t>
+          <t>9786054232451</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Son Haçlı Kalesi: Heybeliada</t>
+          <t>Özgürlüğe Doğru</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789759266462</t>
+          <t>9789756053584</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Son Devrimci Ayetullah Humeyni</t>
+          <t>Önce Niyet Sonra Diyet</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>400</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054138203</t>
+          <t>9786055994631</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054138081</t>
+          <t>9786054138876</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Robensonlar Mektebi</t>
+          <t>Ölümden Önce Aşk Vardı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055994297</t>
+          <t>9786055994488</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Rakkase ve Hafız</t>
+          <t>Ölü Çocuklar Mevsimi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051211077</t>
+          <t>9789756132401</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Pendragon Söylencesi</t>
+          <t>Öldüren Su Doku</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>280</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051211381</t>
+          <t>9789759266448</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Naz Kız</t>
+          <t>Ovaya İnen Şahin</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789758651122</t>
+          <t>9789756132838</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Murat Karayalçın</t>
+          <t>Osman Fahir Seden’le Türk Sinemasında Düet</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>380</v>
+        <v>98</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789758971305</t>
+          <t>9789756132593</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Moshe Dayan</t>
+          <t>Orta Asya’dan Anadolu’ya Yesevilik, Alevilik, Bektaşilik</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>320</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055994815</t>
+          <t>9786051211824</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Çocuklara Seçme Hikayeler</t>
+          <t>Ordusunu Arayan Kumandan</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786055994723</t>
+          <t>9789756053638</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Memleket Şiirleri Antolojisi (Kalın Versiyon)</t>
+          <t>Onlar Diridirler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>380</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789758651467</t>
+          <t>9789756053867</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Manyetik Servis Müşteri Sadakati Yaratmanın Sırları</t>
+          <t>Ongay</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>380</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051211497</t>
+          <t>9786051211411</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Manşetlerin Efendisi</t>
+          <t>Oduncunun Karısı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>84</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789758651870</t>
+          <t>9789759100001</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Madeleine Albright</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051211817</t>
+          <t>9789756132517</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>La Havle (Ciltli)</t>
+          <t>Nuh’un Gemisi ve Ermeniler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>360</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051211473</t>
+          <t>9786051212609</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>La Havle</t>
+          <t>Nokta</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055994211</t>
+          <t>9786054138715</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununa Türk Tarih Felsefesi Açısından Bir Yaklaşım - Kürtler Nasıl Türk Olur?</t>
+          <t>Nisan Yağmuru</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>340</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789758651498</t>
+          <t>9786055994792</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Küçük @, Büyük Ticaret</t>
+          <t>Nasrettin Hoca’dan Çocuklara Seçme Fıkralar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789758971763</t>
+          <t>9789756132173</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kureyş Bakiresi</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>88</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789759266400</t>
+          <t>9789758651474</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Köksal Toptan</t>
+          <t>Müşteri Kraldır</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>158</v>
+        <v>79</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054138319</t>
+          <t>9789758971268</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Mürekkep Ten</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>320</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051210490</t>
+          <t>9789756132029</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Hayatlar</t>
+          <t>Münif Paşa</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>70</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789758971992</t>
+          <t>9786054232055</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Savaşı</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>340</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055994198</t>
+          <t>9786055994808</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kara Liste</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>160</v>
+        <v>26</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054232772</t>
+          <t>9789758971022</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kaderine Yön Ver</t>
+          <t>Musa ve Çömezleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>68</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051210537</t>
+          <t>9786055994136</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yürek</t>
+          <t>Muhteşem Savaşçı Timurlenk</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789758651566</t>
+          <t>9789758651573</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>İşinizi Doğru Yapın</t>
+          <t>Mor İnek Olmanın Yolları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>380</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789758651481</t>
+          <t>9786054232994</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Irak ve Ortadoğu’da Mossad</t>
+          <t>Modern Türk’ün Hikayesi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>380</v>
+        <v>55</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789759266479</t>
+          <t>9786054232017</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Umulmayanı Beklemek</t>
+          <t>Michelangelo´nun Seçilmiş Mektupları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>340</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789758651320</t>
+          <t>9786054138111</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Ham Güç: Petrol Politikaları ve Pazarı</t>
+          <t>Memleket Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>380</v>
+        <v>34</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054232604</t>
+          <t>9786051210520</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Günde En Az 4 Zevk</t>
+          <t>Melal Burcu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>90</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054138142</t>
+          <t>9786054138104</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Mehmet Akif Ersoy Hayatı, Edebi Şahsiyeti, Eserleri</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>220</v>
+        <v>96</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054232611</t>
+          <t>9786054138982</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Doğru</t>
+          <t>Mebşure</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051211480</t>
+          <t>9789756053539</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Fent: Orgeneral Eşref Bitlis Suikastı</t>
+          <t>Mavide Hüzünlü Yolculuk Masalcı Andersen’in Masalsı Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>150</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055994686</t>
+          <t>9786051211237</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Mavi Gelin</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>120</v>
+        <v>7</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054232031</t>
+          <t>9786051211459</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Eski Büyücülerden Çağdaş Darbecilere Gizli Örgütler</t>
+          <t>Masal Dünyası - World of Tales</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789756053812</t>
+          <t>9786054232093</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon</t>
+          <t>Masal Dünyası</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>56</v>
+        <v>32</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789756053843</t>
+          <t>9789756132678</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Enver Sedat</t>
+          <t>Mankurtlar Vadisi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>340</v>
+        <v>19</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054232116</t>
+          <t>9789758971770</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Enerji Mevzuatı (Ciltli)</t>
+          <t>Mamak Mahpushanesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>600</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051211534</t>
+          <t>9786051213514</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Türk’ün Düşüncesi</t>
+          <t>Mahcupluk İmtihanı</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054232536</t>
+          <t>9786055994679</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Sarsacak On Gün</t>
+          <t>La Fontaine’den Masallar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054232307</t>
+          <t>3990000003324</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Dünya Mutfağından Ölmeden Önce Yaşamanız Gereken 100 Yemek Deneyimi</t>
+          <t>Küreselleşme ve Türk Kimliği</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>380</v>
+        <v>20</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054232680</t>
+          <t>9789759053611</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Doğru İstersen Olur (Ciltli)</t>
+          <t>Küre</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>380</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054232284</t>
+          <t>9789756132111</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Doğru İstersen Olur</t>
+          <t>Küllenmiş Acılar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>320</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789758651344</t>
+          <t>9786054232079</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Devrimci İslam</t>
+          <t>Küçük Fedailer</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>380</v>
+        <v>32</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786051217727</t>
+          <t>9786054232376</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Küçük Dünyalar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051211138</t>
+          <t>9786054138708</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Dar Sokakta Ayak Sesleri</t>
+          <t>Küçük Dünya</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>240</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055994761</t>
+          <t>9789756132081</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler</t>
+          <t>Kuzu Kesimi Operasyonu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>180</v>
+        <v>2.64</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786051211398</t>
+          <t>9786055994402</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çobanla Bey Kızı</t>
+          <t>Kozmik Raks ve Mevlana</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>120</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055994303</t>
+          <t>9786051211312</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çin Mutfağının Sırları (Ciltli)</t>
+          <t>Korkak Adam</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>380</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786054232437</t>
+          <t>9786054232154</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Urdu Edebiyatı Seçkisi</t>
+          <t>Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789758651429</t>
+          <t>9789758971800</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Büyüklük Her Şey Değil!</t>
+          <t>Koğuş Türkiye Koğuş Dünya</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>380</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054138210</t>
+          <t>9786051210926</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Kipling’den Sevilen Çocuk Hikayeleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>340</v>
+        <v>78</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789758971589</t>
+          <t>9789756132296</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi Tiryakiliği</t>
+          <t>Kızılbaş Alevi Ocakları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>340</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054138166</t>
+          <t>3990000012080</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789758971008</t>
+          <t>9786055994327</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Bir Halit Refiğ Filmi (Ciltli)</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>480</v>
+        <v>11</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055994259</t>
+          <t>9786051211268</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bir Direniş Hareketi Olarak: Hamas</t>
+          <t>Konuşan Balıkla Yalnız Kız</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051211961</t>
+          <t>9786054138364</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>420</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051211022</t>
+          <t>9789758971329</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları</t>
+          <t>Kıyametin Gözyaşları</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051212821</t>
+          <t>9786051211305</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Beyler Aman</t>
+          <t>Kırk Kardeşler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>150</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786054138920</t>
+          <t>9786054138074</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Belediye Başkanı Seçilmek İstiyorum</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>320</v>
+        <v>28</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786051211008</t>
+          <t>9786055994044</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Komşuları</t>
+          <t>Kassandra Damgası</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055994310</t>
+          <t>9789756053911</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Annemin Salata Tarifleri (Ciltli)</t>
+          <t>Karnaval</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>380</v>
+        <v>51</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054232598</t>
+          <t>9786051211213</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Annemin Halep Yemekleri (Ciltli)</t>
+          <t>Karanlık Dünya</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>380</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054232239</t>
+          <t>9789756053850</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Annemin Halep Yemekleri</t>
+          <t>Karanlık Bir İş</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>130</v>
+        <v>11</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786054232673</t>
+          <t>9786256510791</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Annemin Giresun Yemekleri (Ciltli)</t>
+          <t>Karadeniz Çırpınırken</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054232574</t>
+          <t>9786055994037</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Annemin Giresun Yemekleri</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>340</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054232581</t>
+          <t>9789756053249</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Annemin Antep Yemekleri (Ciltli)</t>
+          <t>Kakuro</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>380</v>
+        <v>64</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789758971350</t>
+          <t>9786051210858</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>11 Eylül, ABD, Türkiye ve Küreselleşme</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054232543</t>
+          <t>9789758971411</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>100 Ünlü 100 Yemek (Ciltli)</t>
+          <t>Kafdağı’nın Ardında</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>400</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786054232277</t>
+          <t>9789758971633</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>100 Ünlü 100 Yemek</t>
+          <t>Kadın Papa Yoanna</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>360</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786051211909</t>
+          <t>9789756053669</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ustura Kemal - Yiğidi Bıçak Kesmez</t>
+          <t>Kadın Kalbi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>160</v>
+        <v>7</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051211985</t>
+          <t>9786051211336</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi</t>
+          <t>Kabak Donunda Kız</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>420</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051212227</t>
+          <t>9786051210018</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türk Kahramanlık Şiirleri Antolojisi</t>
+          <t>Jose Marti’den Çocuk Hikayeleri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>320</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786054138159</t>
+          <t>9789758651337</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Seçmeler</t>
+          <t>Jack Welch’ten İş Dünyası İçin Savaş Planları</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786054138234</t>
+          <t>9786051210674</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>İslam’ı Aşkla Yaşayanlar</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>220</v>
+        <v>26</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051217673</t>
+          <t>9789758651436</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>İslam Toplumlarında Gelenek ve Değişim</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789758651924</t>
+          <t>9789758971190</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Best View From Turkey Black - White (Ciltli)</t>
+          <t>İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
+          <t>9786051210971</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ahlakının Esasları</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786054138838</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>İntibah</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786055994716</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne ile Yaşar</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9789756132074</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>İndus Vadisi’nin İncirleri</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9789756053621</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>İmamet Teorisinin Referanslarında Ehl-i Sünnet ve Şia’ya Göre Hadis</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9789758971237</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>İlk Turnalar</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786054138432</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>İlk Öğretmen</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786051213507</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>İlk Düşen Ak</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786051210766</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>İki Yeni Bilim Üzerine Diyaloglar</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786054138586</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9789756053959</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>İhtiyar Gençlik</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786055994099</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Isparmaça</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786054232000</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Dünya</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9789758971183</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Irak’ta Pandora’nın Kutusu Şiiler</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9789758971794</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed’in Mektupları</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786051211282</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Hotlu Kız</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786256510845</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Suç ve Ceza</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9789758971626</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Hoşça Kallar Senin Olsun</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786051211404</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Benekli Firik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786051212906</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Modernleşmesi</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786051212258</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Kipling'den Sevilen Çocuk Hikayeleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786051214375</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Bağrı Yanık Ömer</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9789756053645</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Zamanların Efendisi</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786051214054</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Garip Bir İzdivaç</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786051214399</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Mai ve Siyah</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786051215136</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>6 Dakika Koçluk - Öz Güveninizi Nasıl Kazanırsınız ? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786051214023</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Tılsımı</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786051214115</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Sarmaşık Gülleri</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786051212418</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları - Keloğlan'ın Altın Ağacı</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786051212449</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları - Keloğlan ile Bezirgan Ali</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786051212470</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları - Börekçi Keloğlan ile Of'un Hikayesi</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786051213057</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Duruşunu Bozmayan Adam - Mehmet Akif Ersoy</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786051212838</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Cezmi</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786051214047</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Yalan</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786051213767</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786051214443</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Türkçülüğün Esasları</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786051214788</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Ekin Çiftliğe Hoş Geldin</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786051214207</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Yedi İklimin Sultanları Osmanlı Halifeleri</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786051213262</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Gatsby</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786051214764</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>ABD, İsrail ve Fetö’nün Türkiye’yle Asimetrik Savaşı Son Darbe</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786051212432</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Hiç</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786051212494</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları - Keloğlan'ın Kara Çomak Masalı</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786051214795</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Ekin Dedesinin Çiftliğine Gidiyor</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786051214009</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kıtanın Efendileri Osmanlılar</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786051214108</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Anti-Ergenekon’dan Neo-Ergenekon’a Kripto</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786051214122</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Palamut Mesihi</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786051214559</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif ve İstiklal Marşı</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786051213996</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Kezban</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786055994549</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Gemi</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786051213675</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Korkutname</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786051213200</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786051212319</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786051213682</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Dilinde Nasreddin Hoca Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786051214511</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Emeviler ve Emevi Halifeleri</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786051212784</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>En Yüce İnsan Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786051214030</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Bülbül Yuvası</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786051214061</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Mağrur Kadın</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786051212982</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Ali Baba ve Kırk Haramiler</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786051216850</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Harezm Güneşi</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786051213187</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimiz</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786051215877</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786051215853</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786051215822</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aşk Masalı</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786051216621</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Telhun</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786051215808</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786051215884</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786051215792</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786051216713</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Emir Nevruz</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786051215907</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Kağnı Ses Esirler</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786051215242</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Bir Safha-i Kalp</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786051215778</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786051215860</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786051212456</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan İle Şehzade Hasan Masalı - Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786051212487</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan İstanbul'da - Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786051214580</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı: İnkıtadan İmparatorluğa</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>28.7</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786051212463</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan'ın Padişahın Kızı ile Macerası - Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786051214566</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı: Kuruluş</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>33.33</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786051215846</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Koyun Masalı</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786051215839</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Devlerin Ölümü</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786051212401</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Balıkçı Keloğlan - Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786051212425</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan ile Ayı Kulak Şehzade - Keloğlan Masallar</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786051210384</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Foma</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786054232413</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Nathan</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786051213576</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Zavallı Necdet</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786051217192</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Haristan</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786255575258</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Bulmaca</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786051213118</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Ve Çeliğe Su Verildi</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786055994785</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut’tan Çocuklara Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786051212654</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed Mustafa</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786051215365</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Medarımaişet Motoru</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786051218298</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Kumpanya</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786051218540</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Bir Haydut Kuş</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786051218533</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kucak Çiçek</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786051218816</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Güllüce Bağları Yolunda</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786051213149</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Değişir Suç ve Ceza Sarmalından Özgürlüğe Gerçek Dönüşüm Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786051218526</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Hava Parası</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786051218700</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>İhtiyar Çilingir</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786051218717</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Nesibe</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786051218779</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Bir Son</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786051218755</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Gödeli Mehmet</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786051218762</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Veysel Çavuş</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786051217741</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Üç Silahşörler</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786051213569</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Şahmerdan</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786051218120</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Havada Bulut</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786051212722</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Aranıyor</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786051218878</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Babalar ve Oğullar</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786051217758</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Oliver Twist’in Maceraları</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786051210483</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Prens</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786051215464</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Muallakat - Yedi Askı</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786051215457</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Çoban Yıldızı</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786051218724</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Sahan Külbastı</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786051218786</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Kaçanı Kovalar</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786051218694</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Mendil Altında</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786051215297</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Hücumu</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786051212944</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Değirmenimden Mektuplar</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786051218571</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Lale Devri</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786051217482</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Gönüle</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786051214016</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Mahalle Kahvesi</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786051212371</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Lüzumsuz Adam</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786054138562</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Devlet</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786051217666</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Devlet</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786256510777</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Timur Devrinde Kadis’ten Semerkant’a Seyahat</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786051215358</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ın Son Peygamberi</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786255575029</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Phaedrus’un Kıssaları</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786255575043</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Saturalar</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786255575210</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Ayişe - Onun Dönüşü</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786255575050</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Pal Sokağı Çocukları</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786255575067</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Triboulet - Triboulet’nin Sonu</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786055994914</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786054138241</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786054138258</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786054138470</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Perili Köşk</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786055994624</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Yahut Silistre</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786055994969</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Türk Atasözlerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9789756132784</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Türk Bilmecelerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786054138005</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Türk Manilerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786054138227</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Çağlayanlar</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786051211879</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786051216874</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>İrade Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9789756132586</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Sevenler Yolu</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786054138272</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Türk Masalları</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786054138302</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Sokrates’in Savunması</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786051217161</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Turfanda mı Turfa mı?</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786051218793</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ve Dimne</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786051217611</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>İttihad-ı İslam</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786256510005</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Şair Evlenmesi</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786051218557</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Münevver</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786256510043</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786256510142</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat ve Edebiyat Tarihi Özü</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786051218748</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Otlakçı</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786051218687</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Kelepir</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786256510180</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Şiirleri</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786256510951</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Barberine</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786256510814</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Deliler Saltanatı Bir Deli İbrahim Romanı</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786051215488</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Scapin’in Dolapları</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786051212364</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Tartuffe</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786051212678</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Beğendiğiniz Gibi</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786256510913</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Karaağaçlar Altında</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786251218892</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Karacaoğlan - Hayatı ve Şiirleri</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786051212326</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Kabahat Kendimizde</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786051218250</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Cihan Hatun Fergana Güzeli</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786054138487</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Madam Bovary</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786051218625</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Grimm Masalları</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786051218588</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Sefiller (I-II Cilt)</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786055994167</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Kerbela</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786256510920</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Teodora (I-II Cilt)</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786256510982</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Bulgar Sadık</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786051215303</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Atçalı Kel Mehmet</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786256510753</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Çakırcalı Mehmet Efe</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786055994242</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Köroğlu</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786256510067</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Battal Gazi’nin Torunu</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786051218199</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Battal Gazi’nin Oğlunun İntikamı</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786051218182</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Battal Gazi’nin Oğlu</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786051218175</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Battal Gazi</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786256510098</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Ovaya İnen Şahin - Bir Osman Gazi Romanı</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786256510104</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Genç Osman</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786256510197</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Bizanslı Beyaz Güvercin - Bir Fatih Sultan Mehmet Dönemi Romanı</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786256510883</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Güldüren Adam</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786256510715</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Kızılelma</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786256510203</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Atlı Sipahi</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786256510876</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Zümrüt Gözlü Sultan</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786256510869</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Kurt</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786054138296</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut’tan Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786051214931</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Boyama - Hayvanlar 2</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786256510036</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>57. Alay ya da Hokliş Oğlu Hokliş’in Hikâyesi</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786051216614</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Devlerin Ölümü - Bir Aşk Masalı - Koyun Masalı - Sırça Köşk (Tüm Masalları) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786054232734</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>100 Keşif - Tarihteki En Büyük Buluşlar</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786255575005</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Dünyası</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786051215938</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Dünyası Robin Hood</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786051215112</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Peter Boyama</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786051215150</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Tenten Boyama</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786051214382</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens Boyama</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786051215143</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Mickey Mouse Boyama</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786051213811</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Temel Reis Boyama</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786051214900</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Boyama: Hayvanlar - 1</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786051214917</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Boyama - Sebzeler</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786051214894</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Boyama - Meyveler</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786051217932</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Canlar</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786256862944</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Seksen Günde Devriâlem</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786051218632</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786051218274</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Güliver’in Gezileri</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786051218328</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786256510968</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Saraylarda Mecnunlar</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786256510050</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dini</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786051216409</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilin Kızı Anne</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786256510821</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Fetih ve Fatih Bir Fatih Sultan Mehmed Romanı</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786256510692</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Cehennem Şehri</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786051218731</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Yaban Gülü</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786051215785</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Hamlet</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786256510760</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Heidi</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786051215426</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Atinalı Timon</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786256510210</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Bektaşi Şairleri</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786256865907</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Açlık</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786256510838</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786256510074</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Tom Sawyer’in Maceraları</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786051213699</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Ekber - Bir Türk Dahisi</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786256510012</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Leyla ile Mecnun</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786256510975</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat’a Kadar Muhtasar Türk Edebiyatı Tarihi ve Numuneleri</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786256510227</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Dişi Örümcek</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786051212807</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Köln’de Bir Kız</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786051213552</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Rezonans Kanunu – 19 Rezonans Kanunu</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786051215495</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Aşkta Mutluluk Kuralları ve 19 Rezonans Kanunu</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786051215440</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Yeter ki İste ve 19 Rezonans Kanunu</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786051212791</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Yoklar</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786051213927</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786256510852</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Aspasya</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786256510722</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Buyurdu Zerdüşt - Herkes ve Hiç Kimse İçin Bir Kitap</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786051218359</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Savaş ve Barış (I-II Cilt)</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786256865396</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Kısas-ı Enbiya ve Tarih-i Hulefa (I-II Cilt)</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786051212388</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Doğru İstersen Olur ve 19 Rezonans Kanunu</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786051214641</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>19 Rezonans Kanunu</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786051217949</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Mister Pickwick’in Maceraları (I-II Cilt)</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786256510166</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Ermiş</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786051217642</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Aylak Köpek</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786051218410</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Yalı Çapkını</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786051215419</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Sarnıç</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786256510890</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Benli Mehmet</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786051215921</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Semaver</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786051218090</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Baht İşi</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786051218205</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Mübadiller (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786051218342</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Tarihi</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786051214863</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik İlkelerim</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786051218663</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Gobi Çöllerinde</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786055994730</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Türkçede Deyimler</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786051212951</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Bu da mı Gol Değil Hakim Bey?</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786256510128</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre Hayatı ve Divanı</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786256510708</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Sahici Mucizeler</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786051218267</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Hayatım ve İşim</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786051218243</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Veli Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786051213521</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilin Kızı Anne: Rilla</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786051218618</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Asi Ruhlar</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786051218502</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Ayaşlı ile Kiracıları</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786051212524</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Hrisantos’u Ben Öldürdüm</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786256862982</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Kız Çocukları için Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786051218380</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgar Gibi Geçti (I-II Cilt)</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786055994433</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Filistin Barışı</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786054138906</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Ben Hiç Popstar Olmadım Ki</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786051214955</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Boyama - Tarihi Kahramanlar</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786051218649</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Robin Hood</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786051216836</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Dünyası - Binalar</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786054232260</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Antep Yemekleri</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786055994570</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Mübadiller</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786054138173</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Kutadgu Bilig'den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786051214498</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Safiye Sultan</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786051217512</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Son Alperen Muhsin Yazıcıoğlu’nun Sır Görüşmeleri</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786051216737</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Hatıralar</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786256510678</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Boyunca Mezopotamya’da Siyasi Yapı Zazalar</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786051218670</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Neye, Niye İtiraz Ettim</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786051217604</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>İslamsız Müslümanlık</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786055994365</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>AKP Parti İddianamesi</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786055994495</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>AK Parti’nin İddianameye Cevabı</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786055994600</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Ak Parti’nin Esas Hakkındaki Cevapları</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9789756132975</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Zahariüs Usta</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9789758971510</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Şemdinli İddianamesi</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786055994440</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Mahzun Mezopotamya PKK ve Kürt Ulusalcılığın İnşası</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786055994280</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Kayıtlar</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786051214634</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Zacharius Usta</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786051212647</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Aşkta Mutluluk Kuralları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786051211527</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Yeter ki Gönülden İste (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786051211435</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Yeter ki Gönülden İste</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786051212630</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Aşkta Mutluluk Kuralları</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786051210803</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Yeter ki İste (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786051212272</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Başarıya Giden 77 Yol (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786051211541</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Kolayca İste - Rahatla - Mutlu Ol (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786051211558</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Kolayca İste... Rahatla... Mutlu Ol...</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786051211619</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Başarıya Giden 77 Yol</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786054232697</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Rezonans Kanunu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786054232291</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Rezonans Kanunu</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786051218854</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Selçuklu Anadolusu'nda Devlet-Toplum-Ekonomi</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786051218861</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Ali-Bir Efsanenin Hayatı</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786051218496</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Alevilik</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786051218830</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyıl Türkiye-Rusya İlişkileri</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786051218458</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Sır Katibi</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786051218847</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Tıraş Bitince Parodisi Başlar</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786051217703</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786051217697</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Neyle Yaşar?</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786051217680</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Vadideki Zambak</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786051218434</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Oslo’dan Habur’a Terör Baronlarının Savaşı Kayıp Barış</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786051217017</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Hürrem Sultan</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786051214818</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Han</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786051215211</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Cinci Hoca</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786051215341</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Cehennemden Selam</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786051216805</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Ulduz ile Konuşan Bebek</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786051214603</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Krallar Avlayan Türk</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786051214658</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Viyana Dönüşü</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786051216546</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Keçi – Feleğin Peşinde – Duvardaki İki Kedi</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786051217451</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Ebu Müslim Horasani’nin İntikamı</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786051216980</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Avcısı</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786051217529</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Genç Çoban Moni</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786051216515</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Edi ile Büdü - Pancarcı Çocuk - Kar Tanesinin Macerası</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786051214528</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Timurlenk</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786051217581</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Güvercinci Keloğlan</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786051214672</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Cem Sultan</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786051216256</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Bir Günlük Düş ve Gerçek</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786051217093</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>İsfahan’a Doğru</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786051215099</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Devrilen Kazan -Bir Yeniçeri Ocağı Romanı-</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786051214733</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Akından Akına Bir Kazıklı Voyvoda -III. Vlad Tepeş Drakula- Romanı</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786051217734</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786051217253</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarın Kızı Anne</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786051217888</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Odanın Rüyası (4 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786051213378</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Türk Devletinin Tekamülü</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786051217970</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>La Fontaine'in Masalları</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786051217987</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Hikayeler</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786051217550</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilin Kızı Anne: Ingleside</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786051216270</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Odise</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786051216898</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>1001 Kelime 1001 Hüzün</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786051217345</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Seyahatü’l Kübra</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786051216164</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Anne’in Hayaller Evi</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786051216997</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Yara</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786051214351</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>İlyada</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786051217659</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>“Alakız’ım, Sarıkız’ım, Alın Yazım”</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786051217390</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Zorlu Osmanlı</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786051216560</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'dan Cumhuriyet’e Bir Aydın Şeyh Safvet (Yetkin) Efendi</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786051217567</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Zamanın İzinde Guermantes Tarafı 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786051215273</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Çırpınan Sular Uyuyan Hatıralar</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786051217574</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tarihi</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786051216454</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Zalimane Bir İdam Hükmü</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786051216140</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Zeno’nun Bilinci</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786051216355</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Deliliğe Övgü</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786051216904</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786051216249</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Samet Behrengi Bütün Öyküleri</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786051216812</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Paşa</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786051217116</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız’da Neler Gördüm?</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786051213392</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Şaki İbrahim Destanı ve Bir Kitapta Toplanmamış Şiirler</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786051217444</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>İrade Terbiyesi 2</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786051216973</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Hatemü’l Enbiya</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786051217260</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Kolesterol Hakkındaki Gerçekler</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786051213361</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Malta Konferansları</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786051213408</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786051216386</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Avonlea Günlükleri</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786051213385</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Türk Töresi</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786051217635</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Bana Biraz Blues Ver</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786051215570</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>İdealist Bir Adam Portresi Teknokrat Sedat Çelikdoğan Kitabı</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786051215020</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Muradına Eremeyen Dilber - Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786051215075</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Hırsız ile Yankesici - Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786051215006</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Ağlayan Nar’la Gülen Ayva</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786051215013</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Muradına Eren Dilber</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786051214993</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Kahveci Güzeli</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786051215068</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Saka Güzeli - Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786051215051</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>İğci Baba - Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786051215082</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Cefa ile Safa</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786051215037</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Tasa Kuşu</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786051214986</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Helvacı Güzeli - Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786051215044</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Zümrüdüanka Kuşu - Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786051216522</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Dünyası - Karma</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786051216430</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Dünyası-İnsanlar</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786051216829</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Dünyası - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786051216423</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Dünyası Desen</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9789758971442</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Hitler'in Kadınları</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9789756132241</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Star Su Doku</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786051217369</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786051216072</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Mikâil Bayram’ın Aynasında 99 Kavram</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786051216065</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Mikail Bayram’ın Aynasında 99 İsim</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786051216362</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kuşlar Sahili</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786051216843</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Uzaklaşan Yol - Gençliğimin Rüzgarı (2 Kitap Bir Arada)</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786051217130</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Avonleali Anne</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786051217050</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Adanın Kızı Anne</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786051217239</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Macerası</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786051217383</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>O Kadar da Uzun Boylu Değil</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786051217499</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Göğsümüzdeki Nar</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786051216867</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Ben Hur</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786051217208</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>AKParti Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786051216553</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet’in 100. Yılına Doğru Osmanlı’dan Günümüze Türk-Ermeni Meselesi</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786051216591</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Terörün Mesihi - Fethullahçı Terör Örgütü</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786051216683</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Mahpus Arkadaşlarım - Hapishane Defterleri</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786051216676</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Kuyumcusu</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786051215266</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>İslam'ın Birleştirici Gücü Kudretli Sultan Selahaddin</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786051215587</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Memlükler ve Memlük Halifeleri</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786051216690</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786051216706</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Peçete Kafa Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786051216669</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Adsız Alışmak Mandalina Kabuğu</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786051216652</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Masalı</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786051216645</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeftali Bin Şeftali</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786051216638</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Deli Dumrul'un Maceraları</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786051216584</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Sanatı</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786051215914</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786051216607</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Sıkıyönetici Buhran</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786051214573</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Osmanoğulları</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786051214870</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Sevgim ve Izdırabım</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786051215327</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Endülüs Emevileri ve Emevi Halifeleri</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786051215563</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanca Demokrasi Üzerine Tartışmalar</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786051215389</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Düşünce ve İletişim</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786051215501</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>İş Hayatında 99 Ölümcül Hata (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786051215372</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>İş Hayatında 99 Ölümcül Hata</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786051215549</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Dil (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786051215433</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın İz Düşümü</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786051215532</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Emanet</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786051215396</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Pınar’la Hayatın Renkleri</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786051214726</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Abbasiler ve Abbasi Halifeleri</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786051213651</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Zamanın İzinde Swan'ların Tarafı</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786051214979</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Hat</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786051214924</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Camilerimiz</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786051213255</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed Halifelik Dört Halife ve Hz. Hasan</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786054138883</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Toprağı</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786054138890</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Şiirleri</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786051214962</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Osmanlı Padişahları</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786051214887</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Boyama - Bitkileri Tanıyalım</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786051214948</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Boyama: Türkiye'yi Tanıyalım</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786051214825</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Neye Niyet Neye Hizmet</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786051214757</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Başkaydı Bizimkisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786051214535</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Başkaydı Bizimkisi</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786051212340</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Nuhbetü’l-Etfal</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786051213088</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Çöküş ve Diriliş</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786051212531</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Bahçıvanın Bir Yılı</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786055994174</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Milliyetçilik ve Namık Kemal</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9789756132524</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Milletvekili Seçilmek İstiyorum</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786051213231</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Fatımiler ve Fatımi Halifeleri</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786051213903</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Su Gibi Geçen Yıllar : Kahraman Emmioğlu Kitabı</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786051214313</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>İslamcıların Kürt Sorunu Algısı</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786051211442</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Al’lı ile Fırfırı 2 Cilt Birarada</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786051214191</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Kösem Sultan’ın Yüzüğü</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786051213453</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Öteki Yüzü</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786051214160</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'yi Sarsacak 10 Gün</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786051212968</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Denizci Sinbad</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786051213002</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Devlet Tekke Münasebetleri</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786051212869</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Aydın Menderes Anlatıyor: Gölgede Bir Şey Kalmasın</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786054138135</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre’den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9789758971701</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Su Doku</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786051210636</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Yeter ki İste</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9789758651894</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Devrimci Fidel Castro</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9789758951482</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Yahudi Fıkraları</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9789758971145</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Siyasi Düsturları</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9789756132951</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Adak ve Adak Yerleri</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786054232796</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sosyalizmi ve Nurettin Topçu</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9789756053591</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Türk Romanında Dinler ve İnançlar</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786051211565</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasında İslam, Sovyet Ateizmi ve Kültürel Süreklilik</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9789758651399</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Türk Astrolojisi 24 Eylül - 21 Aralık</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9789758651382</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Türk Astrolojisi 22 Haziran - 23 Eylül</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9789758651405</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Türk Astrolojisi 22 Aralık - 20 Mart 4. Kitap</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9789758651375</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Türk Astrolojisi (21 Mart-21 Haziran)</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786055994976</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Şermin</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786054138517</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Mektupları</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786051211602</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Şahsenem</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786051212395</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Söz Ver!</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786054232024</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Sovyet Şairleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786054138999</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Son Haçlı Kalesi: Heybeliada</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9789759266462</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Son Devrimci Ayetullah Humeyni</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786054138203</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786054138081</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Robensonlar Mektebi</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786055994297</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Rakkase ve Hafız</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786051211077</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Pendragon Söylencesi</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786051211381</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Naz Kız</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9789758651122</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Murat Karayalçın</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9789758971305</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Moshe Dayan</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786055994815</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’den Çocuklara Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786055994723</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Memleket Şiirleri Antolojisi (Kalın Versiyon)</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9789758651467</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Manyetik Servis Müşteri Sadakati Yaratmanın Sırları</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786051211497</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Manşetlerin Efendisi</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9789758651870</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Madeleine Albright</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786051211817</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>La Havle (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786051211473</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>La Havle</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786055994211</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Sorununa Türk Tarih Felsefesi Açısından Bir Yaklaşım - Kürtler Nasıl Türk Olur?</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9789758651498</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Küçük @, Büyük Ticaret</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9789758971763</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Kureyş Bakiresi</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9789759266400</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Köksal Toptan</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786054138319</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Kerem ile Aslı</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786051210490</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Karmaşık Hayatlar</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9789758971992</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Kariyer Savaşı</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786055994198</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Kara Liste</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786054232772</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Kaderine Yön Ver</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786051210537</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Kaçak Yürek</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9789758651566</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>İşinizi Doğru Yapın</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9789758651481</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Irak ve Ortadoğu’da Mossad</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9789759266479</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Hayatta Umulmayanı Beklemek</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9789758651320</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Ham Güç: Petrol Politikaları ve Pazarı</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786054232604</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Günde En Az 4 Zevk</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786054138142</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786054232611</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Geleceğe Doğru</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786051211480</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Fent: Orgeneral Eşref Bitlis Suikastı</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786055994686</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786054232031</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Eski Büyücülerden Çağdaş Darbecilere Gizli Örgütler</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9789756053812</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Ergenekon</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9789756053843</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Enver Sedat</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9786054232116</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>Enerji Mevzuatı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786051211534</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatta Türk’ün Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786054232536</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Sarsacak On Gün</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786054232307</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Mutfağından Ölmeden Önce Yaşamanız Gereken 100 Yemek Deneyimi</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786054232680</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Doğru İstersen Olur (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9786054232284</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Doğru İstersen Olur</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9789758651344</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Devrimci İslam</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786051217727</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786051211138</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Dar Sokakta Ayak Sesleri</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786055994761</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Şiirler</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9786051211398</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Çobanla Bey Kızı</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786055994303</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Çin Mutfağının Sırları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786054232437</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Urdu Edebiyatı Seçkisi</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9789758651429</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Büyüklük Her Şey Değil!</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786054138210</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Bostan</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9789758971589</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Boğaziçi Tiryakiliği</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786054138166</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9789758971008</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Bir Halit Refiğ Filmi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786055994259</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Bir Direniş Hareketi Olarak: Hamas</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786051211961</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Gece Masalları</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786051211022</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786051212821</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Beyler Aman</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786054138920</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Belediye Başkanı Seçilmek İstiyorum</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9786051211008</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği ve Komşuları</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9786055994310</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Salata Tarifleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786054232598</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Halep Yemekleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786054232239</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Halep Yemekleri</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9786054232673</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Giresun Yemekleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9786054232574</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Giresun Yemekleri</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9786054232581</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Antep Yemekleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9789758971350</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>11 Eylül, ABD, Türkiye ve Küreselleşme</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786054232543</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>100 Ünlü 100 Yemek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786054232277</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>100 Ünlü 100 Yemek</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786051211909</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Ustura Kemal - Yiğidi Bıçak Kesmez</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786051211985</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786051212227</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kahramanlık Şiirleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9786054138159</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Halk Şiirinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786054138234</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Hanım</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786051217673</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9789758651924</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Best View From Turkey Black - White (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
           <t>9786051217710</t>
         </is>
       </c>
-      <c r="B454" s="1" t="inlineStr">
+      <c r="B987" s="1" t="inlineStr">
         <is>
           <t>Robinson Crusoe</t>
         </is>
       </c>
-      <c r="C454" s="1">
+      <c r="C987" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>