--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,55 +85,2815 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
+          <t>9786059513944</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Etik</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786059513951</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>İbn Sina’da Cedel</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786059513968</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Aristoteles ve Kant’ta Yaratıcı Muhayyilenin Tarihselliği Sorunu</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786059513937</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Bütüncül ve Eleştirel Din Felsefesi Okumaları VII - Teoloji ve Teknoloji</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786059513838</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Feminist Teoloji</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786059513920</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Homeros’tan Plotinos’a Antik Yunan’da Ruh</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786059513913</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Teizm, Natüralizm ve Kötülük</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786059513210</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Mistikler ve Mistisizm Kuramcıları -2-</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786059513173</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Mistikler ve Mistisizm Kuramcıları -1-</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786059513906</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Transhümanizm Felsefesi Dinin ve Metafiziğin Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786059513869</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Mantık-Kelam İlişkisi</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786059513890</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bütüncül ve Eleştirel Din Felsefesi Okumaları VI - Ayet ve Şiir</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786059513746</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde Kötülük Sorunu ve Teodise - III</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786059513883</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Mantıkta Yargının Onto-Epistemolojisi Konusunun Varlığı Bakımından Önermeler</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786059513876</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Değişir mi?</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786059513852</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Evrimsel Ahlak</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786059513845</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Transhümanizm Felsefesi Tekilliğe Giden Yollar</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786059513821</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Freud’un Din Yanılsaması</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786059513814</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Delilci Kötülük Problemi</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786059513807</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Bütüncül ve Eleştirel Din Felsefesi Okumaları V - Varoluş ve Yaşam</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786059513791</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Doğa, Teoloji ve Kriz</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786059513685</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Mantık Bilimi</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786059513784</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>İbn Sina'nın Tanrı Anlayışı</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786059513777</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Agnostisizm</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786059513760</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Adaletin Felsefesi</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786059513753</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Bütüncül ve Eleştirel Din Felsefesi Okumaları IV - İnsan ve Aşk</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786059513739</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Klasik ve Çağdaş Konularla Din Felsefesi -II-</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786059513722</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Klasik ve Çağdaş Konularla Din Felsefesi -I-</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786059513715</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Bilginin Kategorik Eleştirisi -I-</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786059513708</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de İslam Felsefesi</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786059513661</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Özgür Birey Sınırlı Devlet</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786059513678</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak ve Medeniyet</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786059513654</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>İbn Sina'nın Tabiat Felsefesinde Hareket</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789758774807</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bütüncül ve Eleştirel Din Felsefesi Okumaları II - Din ve Felsefe</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786059513487</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Grek Felsefesinden İbn Sina’ya Heyüla</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786059513586</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>İbn Sina’nın Sebeplik Teorisi</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786059513425</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Rasyonel Bencillik Ahlakı</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786059513432</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Felsefesi</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786059513111</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Yunan Felsefesi ve Metinler</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789758774517</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'nın Bir Tabiatı Var mı?</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789758774654</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>İmajoloji</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>3990000036249</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Alvin Plantinga ve Analitik Din Felsefesi</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789758774234</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>William James’in Ahlak Anlayışı</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789758774616</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Varoluşçu Teoloji</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789758774074</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Umut Felsefesi</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789758774296</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Farabi Sempozyumu Bildirileri</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789758774418</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Klasik Materyalizmin Eleştirileri</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789758774531</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Teolog Filozof F.D.E. Schleiermacher</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789758774395</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Tarih ve Eskatoloji</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789758774609</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ve Evrim</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789758774340</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Skeptikus, Şüphe ve Bilgi</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789758774005</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Felsefesi Açısından Muhafazakarlık</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789758774494</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Sivil İtaatsizlik Eylemleri ve Dini Değerler</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789758774371</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Sextus Empirikus ve Şüphe</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789758774173</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Sartre Felsefesinde Varlık Sorunu</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789758774197</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Aklın Doğal Diyalektiği</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789758774449</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Paradoksal Konuşmak</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>3990000015793</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Ölecek Zaman Yok</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789758774043</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Niçin Felsefe?</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789758774401</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Mitoloji ve Varoluş</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789758774180</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Metafizik</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789758774289</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Materyalizmin Türkiye’ye Girişi</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789758774364</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Tevhidi Kozmik Holizm, Şüphe ve Eski Uygarlıklar</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789758774159</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Mantık Yanlışları</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789758774302</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Mantığa Giriş</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789758774128</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Mantığa Giriş</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789758774166</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Jean Paul Sartre ve Varoluşçuluk</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789758774111</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesinin Sorunları</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789758774470</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesinin Özgünlüğü</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789758774500</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Rubaileri Işığında Mevlana’da Aşk ve İşlevi</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789758774036</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesi Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789758774203</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesi Yazıları</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789758774326</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>İnsan-Evren İlişkisi ve Antropik İlke</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789758774081</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>İhvan-ı Safa’nın Dini ve İdeolojik Söylemi</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789758774586</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>İbn Sina ve Thomas Aquinas’ta Kötülük Problemi</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789758774487</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>İbn Sina Metafiziği</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789758774227</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Gazali’nin Mantık Anlayışı</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789758774593</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Gazali ve Nedensellik</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789758774050</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Düşünceye Çağrı</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786059513333</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Farabi ve Okulu</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789758774241</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişim</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789758774142</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Emile Boutroux’da Din Felsefesi</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789758774524</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Din Felsefesi</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789944162173</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Hayyam’ın Rubaileri</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789758774425</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Çatışmanın Dinamikleri</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789758774258</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Savunucusu</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789758774623</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Bütüncül ve Eleştirel Din Felsefesi</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789758774272</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Bireyselleşme Yolu</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789758774210</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Birey ve Dini</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789758774135</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Berkeley ve İmmateryalist Metafiziği</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789758774555</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Analitik Dil Felsefesinde Dil Düşünce ve Anlam</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789758774357</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789758774562</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak İlmi</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789758774012</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak Felsefesine Giriş</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789758774333</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>11 Eylül Sonrası Ahlak Felsefesi</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789758774388</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Vahiy ve Mucize</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789758774029</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ve Kötülük</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789758774890</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Kötülük Sorunu</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789758774067</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>İbn Arabi ve Spinoza’da Varlık</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789758774876</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Nahiv</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786059513197</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Transhümanizm</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786059513180</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Faslu'l-Makal</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786059513104</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik ve Varoluş</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786059513159</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>İki Zaman Düşüncesi - Öznel ve Nesnel Zaman</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786059513142</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesi - Tenkid Dönemi</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786059513128</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Dinin Kaderi</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786059513081</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Tedbiru’l-Mütevahhid</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786059513098</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesi Teşekkül Dönemi: Kindi-Farabî-İbn Sîna</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786059513050</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Düşünce Tarihinde Tanrı'nın Özgürlüğü Sorunu</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789758774975</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesi Tanımlar Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789758774982</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>İbn Türke Metafiziği</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789758774845</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak Felsefesi Yazıları</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786059513012</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Dini ve Mistik Tecrübede Evrensel Öz</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789758774937</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Felsefesine Giriş</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789758774852</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Tanımlar</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789758774692</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyet ve Sosyoloji İmajoloji Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786059513074</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Telhisu Kitabi’l-Makulat</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786059513067</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak ve Din</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789758774999</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ve Özgürlük</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789758774647</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Tanımlar Kitabı</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786059513005</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ın Klasik Çağında Felsefi Bir Sorun Olarak Siyaset</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786059513029</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>İlimlerin Sayımı</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786059513036</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Sağduyu Eylem Felsefesi</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789758774920</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Din Felsefesi</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789758774883</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı’nın Ön Bilgisi ve İrade Özgürlüğü</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789758774630</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ahlak Felsefesi</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789758774944</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Mantık Yazıları</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789758774951</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Din-Ahlak Okumaları</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789758774784</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Tanımlar Kitabı</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789758774777</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Din Felsefesi Yazıları</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789758774760</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Din Dilinin Ahlaki Yorumu</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789758774753</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Din-Bilim Okumaları</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789758774746</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde Değerler Metafiziği</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789758774791</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Bütüncül ve Eleştirel Din Felsefesi Okumaları I - Tanrı ve Felsefe</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789758774814</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Üzerine Konuşmanın Anlamı</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789758774913</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Kant'ta Tanrı ve Tanrısallaştırılan Akıl</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789758774838</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Bütüncül ve Eleştirel Din Felsefesi Okumaları III - Yenilikler ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789758774715</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>İbn Kemmüne ve Felsefesi</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789758774685</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Korkunç Kötülükler ve Tanrı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789758774708</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Anlam Sorunu</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789758774661</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Felsefeye Giriş</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789758774906</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesi Tarihi</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789758774678</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Estetik Etik İlişkisi</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789758774722</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Martin Heidegger ve Varoluşçu Hermeneutik</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789758774869</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Filozof Kindi’ye Reddiye</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789758774739</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Din Felsefesinde Çağdaş Tartışmalar</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789758774821</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Modern Mantık Açısından Teolojik Çıkarımlar</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786059513548</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Hümanizm</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786059513531</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Theosophical Essays</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789758774548</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlükçü Eğitimin Felsefesi</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786059513562</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Deizmden Teizme</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786059513524</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ahlak Öğretisi Olarak Faydacılık</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786059513494</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Sistematik Ontoloji</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786059513517</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>El-Münkız Mine’d-Dalal</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786059513555</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesi Giriş</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786059513593</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Islam Düşüncesinde Kötülük Sorunu ve Teodise 1</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786059513500</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Kitabu’n-Nefs</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786059513463</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Felsefe</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786059513364</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Et-Ta'likat</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786059513357</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Din Felsefesi</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786059513296</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Sekülerleşme ve Din</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786059513148</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Formel Mantık</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786059513456</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>İlahi Buyruk Teorisi</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786059513388</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde Ateizm Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786059513449</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Şiirlerle Din Felsefesi</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786059513272</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Felsefe</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786059513326</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>John Hick'in Din Felsefesinde Kötülük Problemi ve Teodise</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786059513371</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>İlimlerin Anahtarları Mefatihu'l-Ulum</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786059513203</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı, Akıl ve Nefs</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786059513395</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Sağaltımı</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786059513401</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>İbn Haldun’da Kültür ve Medeniyet Tasavvuru</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786059513241</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Varoluşsal İnanç Sorunları</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786059513227</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>İlahi Gizlilik</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786059513234</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Doğru Üzerine</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786059513043</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat’tan Günümüze Türkiye’de Felsefe</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786059513579</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Salt Aklın Sınırları Dahilinde Din</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786059513470</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Homo Muslimus Yazıları</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786059513340</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Ahvalu’n-Nefs</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786059513302</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Rasyonel Teoloji Yeni Ateizm ve Tanrı</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786059513319</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed İkbal’de Ölümsüzlük Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786059513289</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Sorgulanan Felsefe</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786059513258</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Kitabu'n-Nefs ve'r-Ruh ve Şerhu Kuvvahuma</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786059513265</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Fahreddin er-Razi Düşüncesinde İlahi Adalet</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786059513166</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Din Felsefesi Açısından Kutsal Anlatı</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
           <t>9786059513975</t>
         </is>
       </c>
-      <c r="B2" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Türk Felsefesini Temalaştırmak</t>
         </is>
       </c>
-      <c r="C2" s="1">
+      <c r="C186" s="1">
         <v>1190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>