--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,2395 +85,2425 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257101431</t>
+          <t>9786257101448</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten Sana</t>
+          <t>Yabancı Dil Öğrenmeyenler Kulübü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257101400</t>
+          <t>9786257101240</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hakkında Daha Fazla Soru</t>
+          <t>Sabır Taşını Arayan Çocuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257101394</t>
+          <t>9786257101431</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hakkında Küçük ve Büyük Sorular</t>
+          <t>Atatürk'ten Sana</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>195</v>
+        <v>169</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257101424</t>
+          <t>9786257101400</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yarınki İhtimaller Kutusu</t>
+          <t>Dünya Hakkında Daha Fazla Soru</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257101417</t>
+          <t>9786257101394</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve İnsanlar Bir de Baykuşlar</t>
+          <t>Dünya Hakkında Küçük ve Büyük Sorular</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>135</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257101233</t>
+          <t>9786257101424</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adam Çok Acıktı</t>
+          <t>Yarınki İhtimaller Kutusu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>249</v>
+        <v>95</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257101387</t>
+          <t>9786257101417</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere İklim Değişikliğini Nasıl Anlatırsın?</t>
+          <t>Fareler ve İnsanlar Bir de Baykuşlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>295</v>
+        <v>135</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257101226</t>
+          <t>9786257101233</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Orman Gezginleri</t>
+          <t>Küçük Adam Çok Acıktı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>145</v>
+        <v>249</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257101219</t>
+          <t>9786257101387</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Talihsizliklerle Başa Çıkma Yolları</t>
+          <t>Büyüklere İklim Değişikliğini Nasıl Anlatırsın?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257101356</t>
+          <t>9786257101226</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Haydi Ellerimiz Yıkayalım</t>
+          <t>Orman Gezginleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257101363</t>
+          <t>9786257101219</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Plüton’u Nasıl Anlatırsın?</t>
+          <t>Talihsizliklerle Başa Çıkma Yolları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>295</v>
+        <v>125</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257101028</t>
+          <t>9786257101356</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Renkli Karanlığım</t>
+          <t>Haydi Ellerimiz Yıkayalım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>165</v>
+        <v>149</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257101318</t>
+          <t>9786257101363</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Balık Balıktır</t>
+          <t>Büyüklere Plüton’u Nasıl Anlatırsın?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>189</v>
+        <v>295</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257101325</t>
+          <t>9786257101028</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Balık Balıktır (Ciltli)</t>
+          <t>Renkli Karanlığım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>330</v>
+        <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257101288</t>
+          <t>9786257101318</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Zaman Doldu</t>
+          <t>Balık Balıktır</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>129</v>
+        <v>189</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257101189</t>
+          <t>9786257101325</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gerçekistan</t>
+          <t>Balık Balıktır (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059795432</t>
+          <t>9786257101288</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mu, the Wingless Worker Bee</t>
+          <t>Zaman Doldu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>159</v>
+        <v>129</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059795227</t>
+          <t>9786257101189</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Okyanus</t>
+          <t>Gerçekistan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>169</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257343190</t>
+          <t>9786059795432</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Toprakaltı Krallığı</t>
+          <t>Mu, the Wingless Worker Bee</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>119</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257343183</t>
+          <t>9786059795227</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Söken Çocuk</t>
+          <t>Sırtımdaki Okyanus</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>95</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257101004</t>
+          <t>9786257343190</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Mucize</t>
+          <t>Toprakaltı Krallığı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>195</v>
+        <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257101165</t>
+          <t>9786257343183</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Giz Avı</t>
+          <t>Okumayı Söken Çocuk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>125</v>
+        <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055286422</t>
+          <t>9786257101004</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Minik Ve Benek</t>
+          <t>Küçük Bir Mucize</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>42</v>
+        <v>195</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055286484</t>
+          <t>9786257101165</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Resimli Hayal Ansiklopedisi (Ciltli)</t>
+          <t>Giz Avı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>12.96</v>
+        <v>125</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055286569</t>
+          <t>9786055286422</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bulut Sirus</t>
+          <t>Minik Ve Benek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>12.5</v>
+        <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055286224</t>
+          <t>9786055286484</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>The Gang of Black Arrows (Ciltli)</t>
+          <t>Resimli Hayal Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756093764</t>
+          <t>9786055286569</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf: Görünmeyenin Yazarı</t>
+          <t>Küçük Bulut Sirus</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>11.11</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756093849</t>
+          <t>9786055286224</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sakız Ağacı</t>
+          <t>The Gang of Black Arrows (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>12.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055286088</t>
+          <t>9789756093764</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Poşetto</t>
+          <t>Virginia Woolf: Görünmeyenin Yazarı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756093870</t>
+          <t>9789756093849</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Denizyıldızı</t>
+          <t>Sakız Ağacı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>12.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055286163</t>
+          <t>9786055286088</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kılkuyruk Popi Uykusuz Her Gece (Ciltli)</t>
+          <t>Poşetto</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055286156</t>
+          <t>9789756093870</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kılkuyruk Popi Güzellik Tacı (Ciltli)</t>
+          <t>Kırmızı Denizyıldızı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>13.89</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059795562</t>
+          <t>9786055286163</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Boyu</t>
+          <t>Kılkuyruk Popi Uykusuz Her Gece (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>149</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257101141</t>
+          <t>9786055286156</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazır mısın Mor Mamut?</t>
+          <t>Kılkuyruk Popi Güzellik Tacı (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>169</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257101158</t>
+          <t>9786059795562</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazır mısın Mor Mamut? (Ciltli)</t>
+          <t>Tırtıl Boyu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059795364</t>
+          <t>9786257101141</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hadi Uç!</t>
+          <t>Okula Hazır mısın Mor Mamut?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257101134</t>
+          <t>9786257101158</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Suyu</t>
+          <t>Okula Hazır mısın Mor Mamut? (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>169</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257101097</t>
+          <t>9786059795364</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>The Peculiar Feet of Princess Ada</t>
+          <t>Hadi Uç!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257101103</t>
+          <t>9786257101134</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Pink Witch’s Shop</t>
+          <t>Şehrin Suyu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>110</v>
+        <v>169</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257101110</t>
+          <t>9786257101097</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bits and Pieces of Ankara</t>
+          <t>The Peculiar Feet of Princess Ada</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>149</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257101080</t>
+          <t>9786257101103</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evde Eşitlik Var</t>
+          <t>Pink Witch’s Shop</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>189</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059795111</t>
+          <t>9786257101110</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Pasta Kamyonu</t>
+          <t>Bits and Pieces of Ankara</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>139</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257101073</t>
+          <t>9786257101080</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kampta Kuvvet ve Hareket</t>
+          <t>Bizim Evde Eşitlik Var</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257101066</t>
+          <t>9786059795111</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Filimi Parka Götürdüm</t>
+          <t>Pasta Kamyonu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257101059</t>
+          <t>9786257101073</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dişlerine İyi Bak!</t>
+          <t>Kampta Kuvvet ve Hareket</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>89</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257101042</t>
+          <t>9786257101066</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bahçedeki Gizli Kahraman</t>
+          <t>Filimi Parka Götürdüm</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>189</v>
+        <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257343541</t>
+          <t>9786257101059</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Takip Et</t>
+          <t>Dişlerine İyi Bak!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>169</v>
+        <v>89</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257343534</t>
+          <t>9786257101042</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tersyüz ve Salyangoz</t>
+          <t>Bahçedeki Gizli Kahraman</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257343466</t>
+          <t>9786257343541</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Zenginler Nasıl Zengin Oldu?</t>
+          <t>Güneşi Takip Et</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257343480</t>
+          <t>9786257343534</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Para Nasıl Harcanır?</t>
+          <t>Tersyüz ve Salyangoz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>189</v>
+        <v>139</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257343473</t>
+          <t>9786257343466</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Para Nedir?</t>
+          <t>Zenginler Nasıl Zengin Oldu?</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257343497</t>
+          <t>9786257343480</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kardeşler Ticarete Atılıyor</t>
+          <t>Para Nasıl Harcanır?</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257343503</t>
+          <t>9786257343473</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Banka ve Birikim</t>
+          <t>Para Nedir?</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257343510</t>
+          <t>9786257343497</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Boyu</t>
+          <t>Bilge Kardeşler Ticarete Atılıyor</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257343459</t>
+          <t>9786257343503</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aşılar</t>
+          <t>Banka ve Birikim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>89</v>
+        <v>189</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257343442</t>
+          <t>9786257343510</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Işık ve Ses Müzesi</t>
+          <t>Tırtıl Boyu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257101035</t>
+          <t>9786257343459</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet - Şiirlerle, Öykülerle</t>
+          <t>Aşılar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>119</v>
+        <v>89</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257343435</t>
+          <t>9786257343442</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Lumi’nin Güneşi</t>
+          <t>Işık ve Ses Müzesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257343428</t>
+          <t>9786257101035</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Po: TapaTapa Macerası</t>
+          <t>Cumhuriyet - Şiirlerle, Öykülerle</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257343411</t>
+          <t>9786257343435</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Fil Hakika</t>
+          <t>Lumi’nin Güneşi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257343404</t>
+          <t>9786257343428</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Nunu’nun Kardeşi Didu</t>
+          <t>Po: TapaTapa Macerası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>330</v>
+        <v>139</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257343398</t>
+          <t>9786257343411</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>23,5 Derecenin Sırrı - Güney Afrika'ya Yolculuk</t>
+          <t>Fil Hakika</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257343381</t>
+          <t>9786257343404</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hop Oturup Hop Kalktım</t>
+          <t>Nunu’nun Kardeşi Didu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>119</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257343343</t>
+          <t>9786257343398</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kara Oklar Çetesi - Avustralya Macerası (Ciltli)</t>
+          <t>23,5 Derecenin Sırrı - Güney Afrika'ya Yolculuk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>380</v>
+        <v>139</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257343336</t>
+          <t>9786257343381</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Matilda Teyzenin Nükleer Yemek Tarifleri</t>
+          <t>Hop Oturup Hop Kalktım</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257343312</t>
+          <t>9786257343343</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bilim Apartmanı</t>
+          <t>Kara Oklar Çetesi - Avustralya Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>199</v>
+        <v>380</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257343305</t>
+          <t>9786257343336</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sanal Gerçeklik Defteri</t>
+          <t>Matilda Teyzenin Nükleer Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257343282</t>
+          <t>9786257343312</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Her Gece</t>
+          <t>Bilim Apartmanı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257343275</t>
+          <t>9786257343305</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Tacı</t>
+          <t>Sanal Gerçeklik Defteri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>189</v>
+        <v>119</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257343350</t>
+          <t>9786257343282</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Matematik Park</t>
+          <t>Uykusuz Her Gece</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257343268</t>
+          <t>9786257343275</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Our Playful World</t>
+          <t>Güzellik Tacı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257343299</t>
+          <t>9786257343350</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Güzel Atlar Ülkesi</t>
+          <t>Matematik Park</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257343244</t>
+          <t>9786257343268</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>''Hayır''sız Dayım</t>
+          <t>Our Playful World</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257343237</t>
+          <t>9786257343299</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Yaşam Döngüsü</t>
+          <t>Güzel Atlar Ülkesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>199</v>
+        <v>159</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257343213</t>
+          <t>9786257343244</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çok Hayal Kuran Çocuk</t>
+          <t>''Hayır''sız Dayım</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>285</v>
+        <v>169</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257343220</t>
+          <t>9786257343237</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mercimek Çorbası Anlatıyor</t>
+          <t>Bitkilerin Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257343176</t>
+          <t>9786257343213</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Yaşam Döngüsü</t>
+          <t>Çok Hayal Kuran Çocuk</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>199</v>
+        <v>285</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257343152</t>
+          <t>9786257343220</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Katır Kutur</t>
+          <t>Mercimek Çorbası Anlatıyor</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257343145</t>
+          <t>9786257343176</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sırrını Biliyorum</t>
+          <t>Hayvanların Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257343138</t>
+          <t>9786257343152</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Elanko</t>
+          <t>Katır Kutur</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257343084</t>
+          <t>9786257343145</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Su Döngüsü</t>
+          <t>Sırrını Biliyorum</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257101011</t>
+          <t>9786257343138</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kral Titus'un Şarkısı</t>
+          <t>Elanko</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257343039</t>
+          <t>9786257343084</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Arı Mu Dev Mülteci</t>
+          <t>Su Döngüsü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257343022</t>
+          <t>9786257101011</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler</t>
+          <t>Kral Titus'un Şarkısı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>199</v>
+        <v>119</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257343015</t>
+          <t>9786257343039</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kaju Adası Kardeşliği</t>
+          <t>Kanatsız Arı Mu Dev Mülteci</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>295</v>
+        <v>139</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257343008</t>
+          <t>9786257343022</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Oyunu</t>
+          <t>Mevsimler</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059795999</t>
+          <t>9786257343015</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Fare ile Köstebek’in Mutlu Günleri</t>
+          <t>Kaju Adası Kardeşliği</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>169</v>
+        <v>295</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059795982</t>
+          <t>9786257343008</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Fare ile Köstebek Parti Veriyor</t>
+          <t>Dünyanın Oyunu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059795937</t>
+          <t>9786059795999</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Anlat Dede</t>
+          <t>Fare ile Köstebek’in Mutlu Günleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059795906</t>
+          <t>9786059795982</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dört Kuleli Şövalye Kalesi</t>
+          <t>Fare ile Köstebek Parti Veriyor</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059795593</t>
+          <t>9786059795937</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Fare ile Köstebek</t>
+          <t>Anlat Dede</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059795609</t>
+          <t>9786059795906</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çok Özel Bir Fare ile Köstebek</t>
+          <t>Dört Kuleli Şövalye Kalesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059795579</t>
+          <t>9786059795593</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Matthew’un Rüyası</t>
+          <t>Fare ile Köstebek</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059795555</t>
+          <t>9786059795609</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntı Yok (Ciltli)</t>
+          <t>Çok Özel Bir Fare ile Köstebek</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>169</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059795531</t>
+          <t>9786059795579</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Prenses Ada'nın Tuhaf Ayakları</t>
+          <t>Matthew’un Rüyası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059795524</t>
+          <t>9786059795555</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam Uçmalı</t>
+          <t>Sıkıntı Yok (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>119</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059795494</t>
+          <t>9786059795531</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bonbon Ekspresi</t>
+          <t>Prenses Ada'nın Tuhaf Ayakları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059795487</t>
+          <t>9786059795524</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Pamuk</t>
+          <t>Kardan Adam Uçmalı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059795463</t>
+          <t>9786059795494</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Evi (Ciltli)</t>
+          <t>Bonbon Ekspresi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>330</v>
+        <v>169</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059795418</t>
+          <t>9786059795487</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kartal Kız</t>
+          <t>Pamuk</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059795395</t>
+          <t>9786059795463</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ödevim Var!</t>
+          <t>Dünyanın En Büyük Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>139</v>
+        <v>330</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059367462</t>
+          <t>9786059795418</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İşler Bazen Yolunda Gitmez</t>
+          <t>Kartal Kız</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059367431</t>
+          <t>9786059795395</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Cam Tavşan - Bir Hıdrellez Günü</t>
+          <t>Eyvah Ödevim Var!</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059795371</t>
+          <t>9786059367462</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Geveze Berberi</t>
+          <t>İşler Bazen Yolunda Gitmez</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059795357</t>
+          <t>9786059367431</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bir Yıl (Ciltli)</t>
+          <t>Cam Tavşan - Bir Hıdrellez Günü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>320</v>
+        <v>139</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059795340</t>
+          <t>9786059795371</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nunu (Ciltli)</t>
+          <t>Midas’ın Geveze Berberi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>330</v>
+        <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059795333</t>
+          <t>9786059795357</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>PO - Şehirdeki Yabancı</t>
+          <t>Yoğun Bir Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>139</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059795319</t>
+          <t>9786059795340</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Annem Neden Hep Mutfakta?</t>
+          <t>Nunu (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>169</v>
+        <v>330</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059795326</t>
+          <t>9786059795333</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mor Yelekli Mucize</t>
+          <t>PO - Şehirdeki Yabancı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059795296</t>
+          <t>9786059795319</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Palyaçolar Giremez</t>
+          <t>Annem Neden Hep Mutfakta?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059795289</t>
+          <t>9786059795326</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İki Renkli Muhallebi</t>
+          <t>Mor Yelekli Mucize</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059795272</t>
+          <t>9786059795296</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Masallarımı Geri Alabilir Miyim?</t>
+          <t>Palyaçolar Giremez</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059795210</t>
+          <t>9786059795289</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>PO: Koyunlar Kralı’nın İzinde</t>
+          <t>İki Renkli Muhallebi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059795180</t>
+          <t>9786059795272</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Beybabadan Masallar</t>
+          <t>Masallarımı Geri Alabilir Miyim?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059795197</t>
+          <t>9786059795210</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Arı Mu 3 - Büyük Saldırı</t>
+          <t>PO: Koyunlar Kralı’nın İzinde</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059795173</t>
+          <t>9786059795180</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ceren Konuyu Anlamadı</t>
+          <t>Beybabadan Masallar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>125</v>
+        <v>119</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059795159</t>
+          <t>9786059795197</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Garip Bir Kuyruk</t>
+          <t>Kanatsız Arı Mu 3 - Büyük Saldırı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>189</v>
+        <v>139</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059795166</t>
+          <t>9786059795173</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Uyuyor musun?</t>
+          <t>Ceren Konuyu Anlamadı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>189</v>
+        <v>125</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059795142</t>
+          <t>9786059795159</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Sandığı</t>
+          <t>Garip Bir Kuyruk</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257343169</t>
+          <t>9786059795166</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Alexander ve Oyuncak Fare</t>
+          <t>Uyuyor musun?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059795128</t>
+          <t>9786059795142</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Arı Mu 2 - İlk Uçuş</t>
+          <t>Cesaret Sandığı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059795104</t>
+          <t>9786257343169</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Pinra'nın Koku Konservesi</t>
+          <t>Alexander ve Oyuncak Fare</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059795081</t>
+          <t>9786059795128</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Acemi Korsan</t>
+          <t>Kanatsız Arı Mu 2 - İlk Uçuş</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059795074</t>
+          <t>9786059795104</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Köşe Bucak Safranbolu</t>
+          <t>Pinra'nın Koku Konservesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059795050</t>
+          <t>9786059795081</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kaybolan Masalları</t>
+          <t>Acemi Korsan</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059795005</t>
+          <t>9786059795074</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sandık Sepet Ankara</t>
+          <t>Köşe Bucak Safranbolu</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055286866</t>
+          <t>9786059795050</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Portakallı Kurabiye Sokağı</t>
+          <t>Anadolu'nun Kaybolan Masalları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756093955</t>
+          <t>9786059795005</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Düş Hırsızının Çırağı</t>
+          <t>Sandık Sepet Ankara</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>199</v>
+        <v>119</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055286729</t>
+          <t>9786055286866</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Konakta Neler Oluyor?</t>
+          <t>Portakallı Kurabiye Sokağı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055286767</t>
+          <t>9789756093955</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Frederick (Ciltli)</t>
+          <t>Düş Hırsızının Çırağı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>330</v>
+        <v>199</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055286590</t>
+          <t>9786055286729</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Momo'nun Sarayı</t>
+          <t>Konakta Neler Oluyor?</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055286606</t>
+          <t>9786055286767</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Günlük Öykü Anlatıyor</t>
+          <t>Frederick (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>119</v>
+        <v>330</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059795029</t>
+          <t>9786055286590</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Arı Mu</t>
+          <t>Momo'nun Sarayı</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055286491</t>
+          <t>9786055286606</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İbrahim'in Elma Yanakları</t>
+          <t>Sevgili Günlük Öykü Anlatıyor</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055286477</t>
+          <t>9786059795029</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Resimli Hayal Ansiklopedisi</t>
+          <t>Kanatsız Arı Mu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055286347</t>
+          <t>9786055286491</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yüzyüz (Ciltli)</t>
+          <t>İbrahim'in Elma Yanakları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>330</v>
+        <v>139</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055286620</t>
+          <t>9786055286477</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kara Oklar Çetesi: Kıbrıs - Aziz Barnabas'ın Sırrı (Ciltli)</t>
+          <t>Resimli Hayal Ansiklopedisi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>380</v>
+        <v>119</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756093924</t>
+          <t>9786055286347</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Cesur Aktör Gerçekler Ormanı’nda</t>
+          <t>Yüzyüz (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>139</v>
+        <v>330</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055286521</t>
+          <t>9786055286620</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Arzavul Tepesi 2: Mollimler</t>
+          <t>Kara Oklar Çetesi: Kıbrıs - Aziz Barnabas'ın Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055286385</t>
+          <t>9789756093924</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Po: İyilik PataPata'ya İniyor</t>
+          <t>Cesur Aktör Gerçekler Ormanı’nda</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055286279</t>
+          <t>9786055286521</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Madalyanın Peşinde</t>
+          <t>Arzavul Tepesi 2: Mollimler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>149</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055286248</t>
+          <t>9786055286385</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kalbinaz Beklerken</t>
+          <t>Po: İyilik PataPata'ya İniyor</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055286217</t>
+          <t>9786055286279</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>En Yeni Arkadaşım</t>
+          <t>Kayıp Madalyanın Peşinde</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055286132</t>
+          <t>9786055286248</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çorap Ağacı</t>
+          <t>Kalbinaz Beklerken</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055286187</t>
+          <t>9786055286217</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Zebra</t>
+          <t>En Yeni Arkadaşım</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>215</v>
+        <v>139</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257101370</t>
+          <t>9786055286132</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kuyruklu Fare</t>
+          <t>Çorap Ağacı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055286200</t>
+          <t>9786055286187</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sütkuş’un Çocukları</t>
+          <t>Çıplak Zebra</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>139</v>
+        <v>215</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055286293</t>
+          <t>9786257101370</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Bilmece Günü</t>
+          <t>Yeşil Kuyruklu Fare</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055286101</t>
+          <t>9786055286200</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Pezzettino (Ciltli)</t>
+          <t>Sütkuş’un Çocukları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>330</v>
+        <v>139</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756093689</t>
+          <t>9786055286293</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyaz Uğur Böceği</t>
+          <t>Sürpriz Bilmece Günü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055286026</t>
+          <t>9786055286101</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Benekli Kutu</t>
+          <t>Pezzettino (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055286040</t>
+          <t>9789756093689</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kara Oklar Çetesi 1 - Büyük Macera (Ciltli)</t>
+          <t>Küçük Beyaz Uğur Böceği</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>380</v>
+        <v>145</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055286255</t>
+          <t>9786055286026</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen</t>
+          <t>Kırmızı Benekli Kutu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>139</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789756093801</t>
+          <t>9786055286040</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Balık Çorbası</t>
+          <t>Kara Oklar Çetesi 1 - Büyük Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>139</v>
+        <v>380</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789756093702</t>
+          <t>9786055286255</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Arzavul Tepesi</t>
+          <t>Hezarfen</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>139</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756093672</t>
+          <t>9789756093801</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Aklını Arayan Çocuk</t>
+          <t>Balık Çorbası</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>159</v>
+        <v>139</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
+          <t>9789756093702</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Arzavul Tepesi</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789756093672</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Aklını Arayan Çocuk</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
           <t>9786055286361</t>
         </is>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Günle Yarışan Yarışçı</t>
         </is>
       </c>
-      <c r="C158" s="1">
+      <c r="C160" s="1">
         <v>179</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>