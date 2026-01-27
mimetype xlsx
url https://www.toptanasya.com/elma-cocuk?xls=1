--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -784,51 +784,51 @@
         <is>
           <t>9786257101066</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Filimi Parka Götürdüm</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786257101059</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Dişlerine İyi Bak!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>89</v>
+        <v>149</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786257101042</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Bahçedeki Gizli Kahraman</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786257343541</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
@@ -934,51 +934,51 @@
         <is>
           <t>9786257343510</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Tırtıl Boyu</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786257343459</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Aşılar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>89</v>
+        <v>149</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786257343442</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Işık ve Ses Müzesi</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786257101035</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
@@ -1069,51 +1069,51 @@
         <is>
           <t>9786257343381</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Hop Oturup Hop Kalktım</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786257343343</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Kara Oklar Çetesi - Avustralya Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786257343336</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Matilda Teyzenin Nükleer Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786257343312</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
@@ -1414,51 +1414,51 @@
         <is>
           <t>9786257343008</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Oyunu</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786059795999</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Fare ile Köstebek’in Mutlu Günleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786059795982</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Fare ile Köstebek Parti Veriyor</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786059795937</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
@@ -1789,51 +1789,51 @@
         <is>
           <t>9786059795289</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>İki Renkli Muhallebi</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9786059795272</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Masallarımı Geri Alabilir Miyim?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9786059795210</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>PO: Koyunlar Kralı’nın İzinde</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9786059795180</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
@@ -2059,51 +2059,51 @@
         <is>
           <t>9786055286729</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Konakta Neler Oluyor?</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>9786055286767</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Frederick (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>9786055286590</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Momo'nun Sarayı</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>9786055286606</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
@@ -2149,66 +2149,66 @@
         <is>
           <t>9786055286477</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Resimli Hayal Ansiklopedisi</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>9786055286347</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Yüzyüz (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>9786055286620</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Kara Oklar Çetesi: Kıbrıs - Aziz Barnabas'ın Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>9789756093924</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Cesur Aktör Gerçekler Ormanı’nda</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>9786055286521</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
@@ -2389,81 +2389,81 @@
         <is>
           <t>9786055286026</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Kırmızı Benekli Kutu</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>9786055286040</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Kara Oklar Çetesi 1 - Büyük Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>9786055286255</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Hezarfen</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>9789756093801</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Balık Çorbası</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>9789756093702</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Arzavul Tepesi</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9789756093672</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>