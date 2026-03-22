--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,2425 +85,2545 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257101448</t>
+          <t>9786257101486</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Öğrenmeyenler Kulübü</t>
+          <t>Afetlere Hazırlıklı mıyız?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257101240</t>
+          <t>9786257343329</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sabır Taşını Arayan Çocuk</t>
+          <t>Orman Kaşifleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257101431</t>
+          <t>9786059795012</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten Sana</t>
+          <t>Çok Hayal Kuran Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>169</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257101400</t>
+          <t>9786059795203</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hakkında Daha Fazla Soru</t>
+          <t>Mu, the Wingless Worker Bee</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>195</v>
+        <v>119</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257101394</t>
+          <t>9786055286002</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hakkında Küçük ve Büyük Sorular</t>
+          <t>Kara Oklar Çetesi - Büyük Macera</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>195</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257101424</t>
+          <t>9786257101462</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yarınki İhtimaller Kutusu</t>
+          <t>Dokumacı Nanir'in Elbiseleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>95</v>
+        <v>139</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257101417</t>
+          <t>9786257101479</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve İnsanlar Bir de Baykuşlar</t>
+          <t>Mogan Gölü'ndeki O Gece</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257101233</t>
+          <t>9786257101455</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adam Çok Acıktı</t>
+          <t>İoanna’nın Düşü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>249</v>
+        <v>159</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257101387</t>
+          <t>9786257101448</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere İklim Değişikliğini Nasıl Anlatırsın?</t>
+          <t>Yabancı Dil Öğrenmeyenler Kulübü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>295</v>
+        <v>149</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257101226</t>
+          <t>9786257101240</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Orman Gezginleri</t>
+          <t>Sabır Taşını Arayan Çocuk</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257101219</t>
+          <t>9786257101431</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Talihsizliklerle Başa Çıkma Yolları</t>
+          <t>Atatürk'ten Sana</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>169</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257101356</t>
+          <t>9786257101400</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Haydi Ellerimiz Yıkayalım</t>
+          <t>Dünya Hakkında Daha Fazla Soru</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>149</v>
+        <v>195</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257101363</t>
+          <t>9786257101394</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Plüton’u Nasıl Anlatırsın?</t>
+          <t>Dünya Hakkında Küçük ve Büyük Sorular</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257101028</t>
+          <t>9786257101424</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Renkli Karanlığım</t>
+          <t>Yarınki İhtimaller Kutusu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>165</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257101318</t>
+          <t>9786257101417</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Balık Balıktır</t>
+          <t>Fareler ve İnsanlar Bir de Baykuşlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>189</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257101325</t>
+          <t>9786257101233</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Balık Balıktır (Ciltli)</t>
+          <t>Küçük Adam Çok Acıktı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>330</v>
+        <v>249</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257101288</t>
+          <t>9786257101387</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zaman Doldu</t>
+          <t>Büyüklere İklim Değişikliğini Nasıl Anlatırsın?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>129</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257101189</t>
+          <t>9786257101226</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gerçekistan</t>
+          <t>Orman Gezginleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059795432</t>
+          <t>9786257101219</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mu, the Wingless Worker Bee</t>
+          <t>Talihsizliklerle Başa Çıkma Yolları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>159</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059795227</t>
+          <t>9786257101356</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Okyanus</t>
+          <t>Haydi Ellerimiz Yıkayalım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257343190</t>
+          <t>9786257101363</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Toprakaltı Krallığı</t>
+          <t>Büyüklere Plüton’u Nasıl Anlatırsın?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>119</v>
+        <v>295</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257343183</t>
+          <t>9786257101028</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Söken Çocuk</t>
+          <t>Renkli Karanlığım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>95</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257101004</t>
+          <t>9786257101318</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Mucize</t>
+          <t>Balık Balıktır</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257101165</t>
+          <t>9786257101325</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Giz Avı</t>
+          <t>Balık Balıktır (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>125</v>
+        <v>330</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055286422</t>
+          <t>9786257101288</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Minik Ve Benek</t>
+          <t>Zaman Doldu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>42</v>
+        <v>129</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055286484</t>
+          <t>9786257101189</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Resimli Hayal Ansiklopedisi (Ciltli)</t>
+          <t>Gerçekistan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>12.96</v>
+        <v>340</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055286569</t>
+          <t>9786059795432</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bulut Sirus</t>
+          <t>Mu, the Wingless Worker Bee</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>12.5</v>
+        <v>159</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055286224</t>
+          <t>9786059795227</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>The Gang of Black Arrows (Ciltli)</t>
+          <t>Sırtımdaki Okyanus</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>16.67</v>
+        <v>169</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756093764</t>
+          <t>9786257343190</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf: Görünmeyenin Yazarı</t>
+          <t>Toprakaltı Krallığı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>11.11</v>
+        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756093849</t>
+          <t>9786257343183</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sakız Ağacı</t>
+          <t>Okumayı Söken Çocuk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>12.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055286088</t>
+          <t>9786257101004</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Poşetto</t>
+          <t>Küçük Bir Mucize</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>12.04</v>
+        <v>245</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756093870</t>
+          <t>9786257101165</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Denizyıldızı</t>
+          <t>Giz Avı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>12.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055286163</t>
+          <t>9786055286422</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kılkuyruk Popi Uykusuz Her Gece (Ciltli)</t>
+          <t>Minik Ve Benek</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>13.89</v>
+        <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055286156</t>
+          <t>9786055286484</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kılkuyruk Popi Güzellik Tacı (Ciltli)</t>
+          <t>Resimli Hayal Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059795562</t>
+          <t>9786055286569</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Boyu</t>
+          <t>Küçük Bulut Sirus</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>149</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257101141</t>
+          <t>9786055286224</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazır mısın Mor Mamut?</t>
+          <t>The Gang of Black Arrows (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>169</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257101158</t>
+          <t>9789756093764</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazır mısın Mor Mamut? (Ciltli)</t>
+          <t>Virginia Woolf: Görünmeyenin Yazarı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059795364</t>
+          <t>9789756093849</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hadi Uç!</t>
+          <t>Sakız Ağacı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>189</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257101134</t>
+          <t>9786055286088</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Suyu</t>
+          <t>Poşetto</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>169</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257101097</t>
+          <t>9789756093870</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>The Peculiar Feet of Princess Ada</t>
+          <t>Kırmızı Denizyıldızı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>149</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257101103</t>
+          <t>9786055286163</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Pink Witch’s Shop</t>
+          <t>Kılkuyruk Popi Uykusuz Her Gece (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>110</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257101110</t>
+          <t>9786055286156</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bits and Pieces of Ankara</t>
+          <t>Kılkuyruk Popi Güzellik Tacı (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257101080</t>
+          <t>9786059795562</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evde Eşitlik Var</t>
+          <t>Tırtıl Boyu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059795111</t>
+          <t>9786257101141</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Pasta Kamyonu</t>
+          <t>Okula Hazır mısın Mor Mamut?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257101073</t>
+          <t>9786257101158</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kampta Kuvvet ve Hareket</t>
+          <t>Okula Hazır mısın Mor Mamut? (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>199</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257101066</t>
+          <t>9786059795364</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Filimi Parka Götürdüm</t>
+          <t>Hadi Uç!</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257101059</t>
+          <t>9786257101134</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dişlerine İyi Bak!</t>
+          <t>Şehrin Suyu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257101042</t>
+          <t>9786257101097</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bahçedeki Gizli Kahraman</t>
+          <t>The Peculiar Feet of Princess Ada</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257343541</t>
+          <t>9786257101103</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Takip Et</t>
+          <t>Pink Witch’s Shop</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>169</v>
+        <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257343534</t>
+          <t>9786257101110</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tersyüz ve Salyangoz</t>
+          <t>Bits and Pieces of Ankara</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>139</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257343466</t>
+          <t>9786257101080</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zenginler Nasıl Zengin Oldu?</t>
+          <t>Bizim Evde Eşitlik Var</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257343480</t>
+          <t>9786059795111</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Para Nasıl Harcanır?</t>
+          <t>Pasta Kamyonu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>189</v>
+        <v>139</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257343473</t>
+          <t>9786257101073</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Para Nedir?</t>
+          <t>Kampta Kuvvet ve Hareket</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>189</v>
+        <v>245</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257343497</t>
+          <t>9786257101066</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kardeşler Ticarete Atılıyor</t>
+          <t>Filimi Parka Götürdüm</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>189</v>
+        <v>119</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257343503</t>
+          <t>9786257101059</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Banka ve Birikim</t>
+          <t>Dişlerine İyi Bak!</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257343510</t>
+          <t>9786257101042</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Boyu</t>
+          <t>Bahçedeki Gizli Kahraman</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257343459</t>
+          <t>9786257343541</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Aşılar</t>
+          <t>Güneşi Takip Et</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257343442</t>
+          <t>9786257343534</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Işık ve Ses Müzesi</t>
+          <t>Tersyüz ve Salyangoz</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257101035</t>
+          <t>9786257343466</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet - Şiirlerle, Öykülerle</t>
+          <t>Zenginler Nasıl Zengin Oldu?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257343435</t>
+          <t>9786257343480</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Lumi’nin Güneşi</t>
+          <t>Para Nasıl Harcanır?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257343428</t>
+          <t>9786257343473</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Po: TapaTapa Macerası</t>
+          <t>Para Nedir?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257343411</t>
+          <t>9786257343497</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Fil Hakika</t>
+          <t>Bilge Kardeşler Ticarete Atılıyor</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257343404</t>
+          <t>9786257343503</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nunu’nun Kardeşi Didu</t>
+          <t>Banka ve Birikim</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>330</v>
+        <v>189</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257343398</t>
+          <t>9786257343510</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>23,5 Derecenin Sırrı - Güney Afrika'ya Yolculuk</t>
+          <t>Tırtıl Boyu</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257343381</t>
+          <t>9786257343459</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hop Oturup Hop Kalktım</t>
+          <t>Aşılar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257343343</t>
+          <t>9786257343442</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kara Oklar Çetesi - Avustralya Macerası (Ciltli)</t>
+          <t>Işık ve Ses Müzesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>245</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257343336</t>
+          <t>9786257101035</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Matilda Teyzenin Nükleer Yemek Tarifleri</t>
+          <t>Cumhuriyet - Şiirlerle, Öykülerle</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257343312</t>
+          <t>9786257343435</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bilim Apartmanı</t>
+          <t>Lumi’nin Güneşi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257343305</t>
+          <t>9786257343428</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sanal Gerçeklik Defteri</t>
+          <t>Po: TapaTapa Macerası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257343282</t>
+          <t>9786257343411</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Her Gece</t>
+          <t>Fil Hakika</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257343275</t>
+          <t>9786257343404</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Tacı</t>
+          <t>Nunu’nun Kardeşi Didu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>189</v>
+        <v>330</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257343350</t>
+          <t>9786257343398</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Matematik Park</t>
+          <t>23,5 Derecenin Sırrı - Güney Afrika'ya Yolculuk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257343268</t>
+          <t>9786257343381</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Our Playful World</t>
+          <t>Hop Oturup Hop Kalktım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>199</v>
+        <v>119</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257343299</t>
+          <t>9786257343343</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güzel Atlar Ülkesi</t>
+          <t>Kara Oklar Çetesi - Avustralya Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>159</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257343244</t>
+          <t>9786257343336</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>''Hayır''sız Dayım</t>
+          <t>Matilda Teyzenin Nükleer Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257343237</t>
+          <t>9786257343312</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Yaşam Döngüsü</t>
+          <t>Bilim Apartmanı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>199</v>
+        <v>245</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257343213</t>
+          <t>9786257343305</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çok Hayal Kuran Çocuk</t>
+          <t>Sanal Gerçeklik Defteri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>285</v>
+        <v>139</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257343220</t>
+          <t>9786257343282</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Mercimek Çorbası Anlatıyor</t>
+          <t>Uykusuz Her Gece</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257343176</t>
+          <t>9786257343275</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Yaşam Döngüsü</t>
+          <t>Güzellik Tacı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257343152</t>
+          <t>9786257343350</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Katır Kutur</t>
+          <t>Matematik Park</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>169</v>
+        <v>245</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257343145</t>
+          <t>9786257343268</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sırrını Biliyorum</t>
+          <t>Our Playful World</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257343138</t>
+          <t>9786257343299</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Elanko</t>
+          <t>Güzel Atlar Ülkesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257343084</t>
+          <t>9786257343244</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Su Döngüsü</t>
+          <t>''Hayır''sız Dayım</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257101011</t>
+          <t>9786257343237</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kral Titus'un Şarkısı</t>
+          <t>Bitkilerin Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>119</v>
+        <v>245</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257343039</t>
+          <t>9786257343213</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Arı Mu Dev Mülteci</t>
+          <t>Çok Hayal Kuran Çocuk</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>139</v>
+        <v>285</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257343022</t>
+          <t>9786257343220</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler</t>
+          <t>Mercimek Çorbası Anlatıyor</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>199</v>
+        <v>119</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257343015</t>
+          <t>9786257343176</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kaju Adası Kardeşliği</t>
+          <t>Hayvanların Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257343008</t>
+          <t>9786257343152</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Oyunu</t>
+          <t>Katır Kutur</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059795999</t>
+          <t>9786257343145</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Fare ile Köstebek’in Mutlu Günleri</t>
+          <t>Sırrını Biliyorum</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>189</v>
+        <v>139</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059795982</t>
+          <t>9786257343138</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fare ile Köstebek Parti Veriyor</t>
+          <t>Elanko</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059795937</t>
+          <t>9786257343084</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Anlat Dede</t>
+          <t>Su Döngüsü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>159</v>
+        <v>245</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059795906</t>
+          <t>9786257101011</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dört Kuleli Şövalye Kalesi</t>
+          <t>Kral Titus'un Şarkısı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059795593</t>
+          <t>9786257343039</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Fare ile Köstebek</t>
+          <t>Kanatsız Arı Mu Dev Mülteci</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>169</v>
+        <v>195</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059795609</t>
+          <t>9786257343022</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çok Özel Bir Fare ile Köstebek</t>
+          <t>Mevsimler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>169</v>
+        <v>245</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059795579</t>
+          <t>9786257343015</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Matthew’un Rüyası</t>
+          <t>Kaju Adası Kardeşliği</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>169</v>
+        <v>295</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059795555</t>
+          <t>9786257343008</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntı Yok (Ciltli)</t>
+          <t>Dünyanın Oyunu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>199</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059795531</t>
+          <t>9786059795999</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Prenses Ada'nın Tuhaf Ayakları</t>
+          <t>Fare ile Köstebek’in Mutlu Günleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059795524</t>
+          <t>9786059795982</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam Uçmalı</t>
+          <t>Fare ile Köstebek Parti Veriyor</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059795494</t>
+          <t>9786059795937</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bonbon Ekspresi</t>
+          <t>Anlat Dede</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>169</v>
+        <v>220</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059795487</t>
+          <t>9786059795906</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Pamuk</t>
+          <t>Dört Kuleli Şövalye Kalesi</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059795463</t>
+          <t>9786059795593</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Evi (Ciltli)</t>
+          <t>Fare ile Köstebek</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>330</v>
+        <v>169</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059795418</t>
+          <t>9786059795609</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kartal Kız</t>
+          <t>Çok Özel Bir Fare ile Köstebek</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059795395</t>
+          <t>9786059795579</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ödevim Var!</t>
+          <t>Matthew’un Rüyası</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059367462</t>
+          <t>9786059795555</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İşler Bazen Yolunda Gitmez</t>
+          <t>Sıkıntı Yok (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>139</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059367431</t>
+          <t>9786059795531</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Cam Tavşan - Bir Hıdrellez Günü</t>
+          <t>Prenses Ada'nın Tuhaf Ayakları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059795371</t>
+          <t>9786059795524</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Geveze Berberi</t>
+          <t>Kardan Adam Uçmalı</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059795357</t>
+          <t>9786059795494</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bir Yıl (Ciltli)</t>
+          <t>Bonbon Ekspresi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>169</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059795340</t>
+          <t>9786059795487</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Nunu (Ciltli)</t>
+          <t>Pamuk</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>330</v>
+        <v>139</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059795333</t>
+          <t>9786059795463</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>PO - Şehirdeki Yabancı</t>
+          <t>Dünyanın En Büyük Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>139</v>
+        <v>330</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059795319</t>
+          <t>9786059795418</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Annem Neden Hep Mutfakta?</t>
+          <t>Kartal Kız</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059795326</t>
+          <t>9786059795395</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mor Yelekli Mucize</t>
+          <t>Eyvah Ödevim Var!</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059795296</t>
+          <t>9786059367462</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Palyaçolar Giremez</t>
+          <t>İşler Bazen Yolunda Gitmez</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059795289</t>
+          <t>9786059367431</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İki Renkli Muhallebi</t>
+          <t>Cam Tavşan - Bir Hıdrellez Günü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059795272</t>
+          <t>9786059795371</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Masallarımı Geri Alabilir Miyim?</t>
+          <t>Midas’ın Geveze Berberi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>159</v>
+        <v>119</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059795210</t>
+          <t>9786059795357</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>PO: Koyunlar Kralı’nın İzinde</t>
+          <t>Yoğun Bir Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>139</v>
+        <v>320</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059795180</t>
+          <t>9786059795340</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Beybabadan Masallar</t>
+          <t>Nunu (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>119</v>
+        <v>420</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059795197</t>
+          <t>9786059795333</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Arı Mu 3 - Büyük Saldırı</t>
+          <t>PO - Şehirdeki Yabancı</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059795173</t>
+          <t>9786059795319</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ceren Konuyu Anlamadı</t>
+          <t>Annem Neden Hep Mutfakta?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>125</v>
+        <v>169</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059795159</t>
+          <t>9786059795326</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Garip Bir Kuyruk</t>
+          <t>Mor Yelekli Mucize</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059795166</t>
+          <t>9786059795296</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Uyuyor musun?</t>
+          <t>Palyaçolar Giremez</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>189</v>
+        <v>119</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059795142</t>
+          <t>9786059795289</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Sandığı</t>
+          <t>İki Renkli Muhallebi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257343169</t>
+          <t>9786059795272</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Alexander ve Oyuncak Fare</t>
+          <t>Masallarımı Geri Alabilir Miyim?</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059795128</t>
+          <t>9786059795210</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Arı Mu 2 - İlk Uçuş</t>
+          <t>PO: Koyunlar Kralı’nın İzinde</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059795104</t>
+          <t>9786059795180</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Pinra'nın Koku Konservesi</t>
+          <t>Beybabadan Masallar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059795081</t>
+          <t>9786059795197</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Acemi Korsan</t>
+          <t>Kanatsız Arı Mu 3 - Büyük Saldırı</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059795074</t>
+          <t>9786059795173</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Köşe Bucak Safranbolu</t>
+          <t>Ceren Konuyu Anlamadı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>139</v>
+        <v>125</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059795050</t>
+          <t>9786059795159</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kaybolan Masalları</t>
+          <t>Garip Bir Kuyruk</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059795005</t>
+          <t>9786059795166</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sandık Sepet Ankara</t>
+          <t>Uyuyor musun?</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055286866</t>
+          <t>9786059795142</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Portakallı Kurabiye Sokağı</t>
+          <t>Cesaret Sandığı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756093955</t>
+          <t>9786257343169</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Düş Hırsızının Çırağı</t>
+          <t>Alexander ve Oyuncak Fare</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055286729</t>
+          <t>9786059795128</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Konakta Neler Oluyor?</t>
+          <t>Kanatsız Arı Mu 2 - İlk Uçuş</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055286767</t>
+          <t>9786059795104</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Frederick (Ciltli)</t>
+          <t>Pinra'nın Koku Konservesi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>390</v>
+        <v>169</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055286590</t>
+          <t>9786059795081</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Momo'nun Sarayı</t>
+          <t>Acemi Korsan</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055286606</t>
+          <t>9786059795074</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Günlük Öykü Anlatıyor</t>
+          <t>Köşe Bucak Safranbolu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059795029</t>
+          <t>9786059795050</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Arı Mu</t>
+          <t>Anadolu'nun Kaybolan Masalları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055286491</t>
+          <t>9786059795005</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İbrahim'in Elma Yanakları</t>
+          <t>Sandık Sepet Ankara</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055286477</t>
+          <t>9786055286866</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Resimli Hayal Ansiklopedisi</t>
+          <t>Portakallı Kurabiye Sokağı</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055286347</t>
+          <t>9789756093955</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yüzyüz (Ciltli)</t>
+          <t>Düş Hırsızının Çırağı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>390</v>
+        <v>199</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055286620</t>
+          <t>9786055286729</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kara Oklar Çetesi: Kıbrıs - Aziz Barnabas'ın Sırrı (Ciltli)</t>
+          <t>Konakta Neler Oluyor?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>450</v>
+        <v>139</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756093924</t>
+          <t>9786055286767</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Cesur Aktör Gerçekler Ormanı’nda</t>
+          <t>Frederick (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>139</v>
+        <v>390</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055286521</t>
+          <t>9786055286590</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Arzavul Tepesi 2: Mollimler</t>
+          <t>Momo'nun Sarayı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>139</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055286385</t>
+          <t>9786055286606</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Po: İyilik PataPata'ya İniyor</t>
+          <t>Sevgili Günlük Öykü Anlatıyor</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055286279</t>
+          <t>9786059795029</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Madalyanın Peşinde</t>
+          <t>Kanatsız Arı Mu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055286248</t>
+          <t>9786055286491</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kalbinaz Beklerken</t>
+          <t>İbrahim'in Elma Yanakları</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055286217</t>
+          <t>9786055286477</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>En Yeni Arkadaşım</t>
+          <t>Resimli Hayal Ansiklopedisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055286132</t>
+          <t>9786055286347</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çorap Ağacı</t>
+          <t>Yüzyüz (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>169</v>
+        <v>390</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055286187</t>
+          <t>9786055286620</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Zebra</t>
+          <t>Kara Oklar Çetesi: Kıbrıs - Aziz Barnabas'ın Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257101370</t>
+          <t>9789756093924</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kuyruklu Fare</t>
+          <t>Cesur Aktör Gerçekler Ormanı’nda</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>189</v>
+        <v>139</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055286200</t>
+          <t>9786055286521</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sütkuş’un Çocukları</t>
+          <t>Arzavul Tepesi 2: Mollimler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>139</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055286293</t>
+          <t>9786055286385</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Bilmece Günü</t>
+          <t>Po: İyilik PataPata'ya İniyor</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055286101</t>
+          <t>9786055286279</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Pezzettino (Ciltli)</t>
+          <t>Kayıp Madalyanın Peşinde</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>330</v>
+        <v>149</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756093689</t>
+          <t>9786055286248</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyaz Uğur Böceği</t>
+          <t>Kalbinaz Beklerken</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055286026</t>
+          <t>9786055286217</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Benekli Kutu</t>
+          <t>En Yeni Arkadaşım</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>139</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055286040</t>
+          <t>9786055286132</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kara Oklar Çetesi 1 - Büyük Macera (Ciltli)</t>
+          <t>Çorap Ağacı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>450</v>
+        <v>169</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055286255</t>
+          <t>9786055286187</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen</t>
+          <t>Çıplak Zebra</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>139</v>
+        <v>215</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756093801</t>
+          <t>9786257101370</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Balık Çorbası</t>
+          <t>Yeşil Kuyruklu Fare</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789756093702</t>
+          <t>9786055286200</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Arzavul Tepesi</t>
+          <t>Sütkuş’un Çocukları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>139</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756093672</t>
+          <t>9786055286293</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Aklını Arayan Çocuk</t>
+          <t>Sürpriz Bilmece Günü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>159</v>
+        <v>139</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
+          <t>9786055286101</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Pezzettino (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789756093689</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Beyaz Uğur Böceği</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786055286026</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Benekli Kutu</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786055286040</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Kara Oklar Çetesi 1 - Büyük Macera (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786055286255</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Hezarfen</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789756093801</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Balık Çorbası</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789756093702</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Arzavul Tepesi</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789756093672</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Aklını Arayan Çocuk</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
           <t>9786055286361</t>
         </is>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Günle Yarışan Yarışçı</t>
         </is>
       </c>
-      <c r="C160" s="1">
-        <v>179</v>
+      <c r="C168" s="1">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>