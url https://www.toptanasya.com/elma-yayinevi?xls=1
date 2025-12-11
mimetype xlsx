--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,2905 +85,2935 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257112895</t>
+          <t>9786255577221</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağında Etkili Öğretim</t>
+          <t>Aile İşletmeleri ve Aile Anayasası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>259</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055286033</t>
+          <t>9786255577214</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Emsalsiz</t>
+          <t>Hayatımızı Nasıl Tasarlamalıyız?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255577047</t>
+          <t>9786257112895</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayatla İletişim</t>
+          <t>Yapay Zeka Çağında Etkili Öğretim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257112581</t>
+          <t>9786055286033</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar Beni Çağırır-Erden Eruç</t>
+          <t>Emsalsiz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>395</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059367400</t>
+          <t>9786255577047</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Torpil Değil Networking</t>
+          <t>Hayatla İletişim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>149</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255577207</t>
+          <t>9786257112581</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İşte Geribildirim</t>
+          <t>Dalgalar Beni Çağırır-Erden Eruç</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255577191</t>
+          <t>9786059367400</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Derinleş</t>
+          <t>Torpil Değil Networking</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257112833</t>
+          <t>9786255577207</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazma İçin Yaratıcı Drama</t>
+          <t>İşte Geribildirim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059367417</t>
+          <t>9786255577191</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Masallarda Bir Peri Çıkar Karşınıza Gerçek Hayatta Öğretmen</t>
+          <t>Derinleş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>149</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255577160</t>
+          <t>9786257112833</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Artık Ödüm Kopmuyor</t>
+          <t>Yaratıcı Yazma İçin Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>249</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257112734</t>
+          <t>9786059367417</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Abrakadabra - İletişimde Sözün Gücü</t>
+          <t>Masallarda Bir Peri Çıkar Karşınıza Gerçek Hayatta Öğretmen</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257112444</t>
+          <t>9786255577160</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Pia Mater (İngilizce)</t>
+          <t>Artık Ödüm Kopmuyor</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>249</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055286552</t>
+          <t>9786257112734</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Başlarım Şimdi Anneliğe</t>
+          <t>Abrakadabra - İletişimde Sözün Gücü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055286934</t>
+          <t>9786257112444</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Oyun Takvimi 2017</t>
+          <t>Pia Mater (İngilizce)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>17.59</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000078890</t>
+          <t>9786055286552</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Oyun Takvimi 2016</t>
+          <t>Başlarım Şimdi Anneliğe</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>15.74</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059367035</t>
+          <t>9786055286934</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kötü Alışkanlıklara İyi Öneriler</t>
+          <t>Oyun Takvimi 2017</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059367189</t>
+          <t>3990000078890</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Senfoni Orkestrası</t>
+          <t>Oyun Takvimi 2016</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>369</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257112994</t>
+          <t>9786059367035</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret</t>
+          <t>Kötü Alışkanlıklara İyi Öneriler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>249</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257112987</t>
+          <t>9786059367189</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Satışta Vizyonerin El Kitabı</t>
+          <t>Cumhurbaşkanlığı Senfoni Orkestrası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>369</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257112970</t>
+          <t>9786257112994</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Merkez 45 30</t>
+          <t>E-Ticaret</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>215</v>
+        <v>249</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257112963</t>
+          <t>9786257112987</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>At Şu Adımı</t>
+          <t>Doğrudan Satışta Vizyonerin El Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257112956</t>
+          <t>9786257112970</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Taştan Çıkan Ekmek</t>
+          <t>Merkez 45 30</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>169</v>
+        <v>215</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257112949</t>
+          <t>9786257112963</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sistem Liderliği</t>
+          <t>At Şu Adımı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>289</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257112932</t>
+          <t>9786257112956</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Makinedeki Kan - Büyük Teknolojiye İsyanın Kökenleri</t>
+          <t>Taştan Çıkan Ekmek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>389</v>
+        <v>169</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257112918</t>
+          <t>9786257112949</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kör Uçuş</t>
+          <t>Sistem Liderliği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>249</v>
+        <v>289</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257112901</t>
+          <t>9786257112932</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nosce Te Ipsum -Kendini Bil-</t>
+          <t>Makinedeki Kan - Büyük Teknolojiye İsyanın Kökenleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>119</v>
+        <v>389</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257112888</t>
+          <t>9786257112918</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>I. Açlık Savaşı</t>
+          <t>Kör Uçuş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>249</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257112871</t>
+          <t>9786257112901</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>The Answers Lie Within</t>
+          <t>Nosce Te Ipsum -Kendini Bil-</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>159</v>
+        <v>119</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257112840</t>
+          <t>9786257112888</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Girişimcinin El Kitabı</t>
+          <t>I. Açlık Savaşı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>139</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257112864</t>
+          <t>9786257112871</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Eğitgen - İçinde “Eğitim” Kelimesi En Çok Geçen Kitap</t>
+          <t>The Answers Lie Within</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>159</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257112819</t>
+          <t>9786257112840</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Markalar</t>
+          <t>Girişimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257112857</t>
+          <t>9786257112864</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>The Customer Always Wants Experience</t>
+          <t>Eğitgen - İçinde “Eğitim” Kelimesi En Çok Geçen Kitap</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257112796</t>
+          <t>9786257112819</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kurumsallaş[ma]</t>
+          <t>Yüzyıllık Markalar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257112802</t>
+          <t>9786257112857</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Acayip</t>
+          <t>The Customer Always Wants Experience</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257112789</t>
+          <t>9786257112796</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ailenizin Kumandası</t>
+          <t>Kurumsallaş[ma]</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>139</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257112710</t>
+          <t>9786257112802</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>LGS’de Başarı İçin Öğrenci ve Veli Rehberi</t>
+          <t>Acayip</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257112772</t>
+          <t>9786257112789</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Blind Flight</t>
+          <t>Ailenizin Kumandası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257112703</t>
+          <t>9786257112710</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mental</t>
+          <t>LGS’de Başarı İçin Öğrenci ve Veli Rehberi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257112666</t>
+          <t>9786257112772</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Türkçe Dersleri</t>
+          <t>Blind Flight</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257112758</t>
+          <t>9786257112703</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Satış Hikâyeleri</t>
+          <t>Mental</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257112741</t>
+          <t>9786257112666</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eşekli Kütüphane</t>
+          <t>Yaratıcı Türkçe Dersleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>139</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257112727</t>
+          <t>9786257112758</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Kalbe Reklam</t>
+          <t>Öğreten Satış Hikâyeleri</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257112659</t>
+          <t>9786257112741</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Her Zaman Deneyim İster</t>
+          <t>Eşekli Kütüphane</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257112642</t>
+          <t>9786257112727</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Asla Prenses Olamayanlar: Sanayici Babalar ve Kızları</t>
+          <t>Kalpten Kalbe Reklam</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257112635</t>
+          <t>9786257112659</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Marka Kültür Hafıza</t>
+          <t>Müşteri Her Zaman Deneyim İster</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257112598</t>
+          <t>9786257112642</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çocuğa Siz Söyler misiniz?</t>
+          <t>Asla Prenses Olamayanlar: Sanayici Babalar ve Kızları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257112543</t>
+          <t>9786257112635</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Towards the Light Ceyhan Saldanlı</t>
+          <t>Marka Kültür Hafıza</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257112628</t>
+          <t>9786257112598</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Dağı'ndan Hollywood'a</t>
+          <t>Çocuğa Siz Söyler misiniz?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257112604</t>
+          <t>9786257112543</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dijitalin Kitabı mı Olur?</t>
+          <t>Towards the Light Ceyhan Saldanlı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257343251</t>
+          <t>9786257112628</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Son Yumurtası</t>
+          <t>Olimpos Dağı'ndan Hollywood'a</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>119</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257112574</t>
+          <t>9786257112604</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkulde Başarının 7 Altın Anahtarı</t>
+          <t>Dijitalin Kitabı mı Olur?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>349</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257112567</t>
+          <t>9786257343251</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Karşı Mahalle</t>
+          <t>Dünyanın Son Yumurtası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>159</v>
+        <v>119</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>8681185051470</t>
+          <t>9786257112574</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Avcunuzdaki Kelebek Hayat Defteri</t>
+          <t>Gayrimenkulde Başarının 7 Altın Anahtarı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257112529</t>
+          <t>9786257112567</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>5 Parasız Silikon Vadisi</t>
+          <t>Karşı Mahalle</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>159</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257112499</t>
+          <t>8681185051470</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlere Balonlar</t>
+          <t>Avcunuzdaki Kelebek Hayat Defteri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>139</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257112369</t>
+          <t>9786257112529</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Farkıma Takılanlar</t>
+          <t>5 Parasız Silikon Vadisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>139</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257343091</t>
+          <t>9786257112499</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>At Atabildiğin Kadar</t>
+          <t>Ebeveynlere Balonlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257112376</t>
+          <t>9786257112369</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dura Mater 3. Kitap</t>
+          <t>Farkıma Takılanlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>440</v>
+        <v>139</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257112321</t>
+          <t>9786257343091</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Beyninde Neler Oluyor?</t>
+          <t>At Atabildiğin Kadar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>389</v>
+        <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257112314</t>
+          <t>9786257112376</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Founder’s FAQ</t>
+          <t>Dura Mater 3. Kitap</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257112291</t>
+          <t>9786257112321</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan</t>
+          <t>Çocuğumun Beyninde Neler Oluyor?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>139</v>
+        <v>389</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257112284</t>
+          <t>9786257112314</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>T.U.H.A.F. - Marka Yönetimi</t>
+          <t>Founder’s FAQ</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>139</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257112277</t>
+          <t>9786257112291</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>F.i.t - Şirketiniz F.i.t mi?</t>
+          <t>Uzaktan</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257112260</t>
+          <t>9786257112284</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Senin Zamanın</t>
+          <t>T.U.H.A.F. - Marka Yönetimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>240</v>
+        <v>139</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257112222</t>
+          <t>9786257112277</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Haddini Aş!</t>
+          <t>F.i.t - Şirketiniz F.i.t mi?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257112192</t>
+          <t>9786257112260</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>10 Tombala Başıma Kon</t>
+          <t>Şimdi Senin Zamanın</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>139</v>
+        <v>240</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059367592</t>
+          <t>9786257112222</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Açılın Ben Çocuğum</t>
+          <t>Haddini Aş!</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059367196</t>
+          <t>9786257112192</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Korkma! İyi Bir Annesin</t>
+          <t>10 Tombala Başıma Kon</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>249</v>
+        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257112215</t>
+          <t>9786059367592</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Oyunlaştırma</t>
+          <t>Açılın Ben Çocuğum</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>139</v>
+        <v>245</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257112185</t>
+          <t>9786059367196</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yakalı’nın Dijital Yakalı’ya Dönüşümü</t>
+          <t>Korkma! İyi Bir Annesin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>249</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257112161</t>
+          <t>9786257112215</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Jules Verne Öyküler (Ciltli)</t>
+          <t>Sonsuz Oyunlaştırma</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>499</v>
+        <v>139</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257112147</t>
+          <t>9786257112185</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Işığa Doğru - Ceyhan Saldanlı (Ciltli)</t>
+          <t>Beyaz Yakalı’nın Dijital Yakalı’ya Dönüşümü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257112123</t>
+          <t>9786257112161</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İkiyüzlü Güven Ortağı</t>
+          <t>Jules Verne Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>159</v>
+        <v>499</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257112130</t>
+          <t>9786257112147</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mental</t>
+          <t>Işığa Doğru - Ceyhan Saldanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>240</v>
+        <v>149</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059795944</t>
+          <t>9786257112123</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Pervin Teyze Nasıl Basket Oynar?</t>
+          <t>İkiyüzlü Güven Ortağı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>119</v>
+        <v>159</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257112086</t>
+          <t>9786257112130</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Satışın Şifreleri İle Sonucu Satmak</t>
+          <t>Mental</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257112109</t>
+          <t>9786059795944</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Riskler ve Siber Zorbalık</t>
+          <t>Pervin Teyze Nasıl Basket Oynar?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>119</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257112093</t>
+          <t>9786257112086</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İşe Yeniden Başlamak</t>
+          <t>Satışın Şifreleri İle Sonucu Satmak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>199</v>
+        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059795920</t>
+          <t>9786257112109</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bandırma Roket Kulübü</t>
+          <t>Çevrimiçi Riskler ve Siber Zorbalık</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257112079</t>
+          <t>9786257112093</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Arachnoid Mater 2. Kitap</t>
+          <t>İşe Yeniden Başlamak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>360</v>
+        <v>199</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257112055</t>
+          <t>9786059795920</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şu Hortumlu Dünyada Fil Yalnız Bir Hayvandır 2 (Yeşil Kapak)</t>
+          <t>Bandırma Roket Kulübü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257112031</t>
+          <t>9786257112079</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Salgın Günleri Hikayeleri</t>
+          <t>Arachnoid Mater 2. Kitap</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059367769</t>
+          <t>9786257112055</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çarıklı İnovasyon</t>
+          <t>Şu Hortumlu Dünyada Fil Yalnız Bir Hayvandır 2 (Yeşil Kapak)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059367684</t>
+          <t>9786257112031</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>40 Santim</t>
+          <t>Salgın Günleri Hikayeleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059795586</t>
+          <t>9786059367769</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Cornelius Masalı</t>
+          <t>Çarıklı İnovasyon</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059367752</t>
+          <t>9786059367684</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Konuşursam Dünya Sarsılır</t>
+          <t>40 Santim</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059795548</t>
+          <t>9786059795586</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bal Gibi</t>
+          <t>Cornelius Masalı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059367745</t>
+          <t>9786059367752</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Hayattır</t>
+          <t>Konuşursam Dünya Sarsılır</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059367639</t>
+          <t>9786059795548</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bilinç 6'nı Aşmak</t>
+          <t>Bal Gibi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059367622</t>
+          <t>9786059367745</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler İçin Algı Yönetimi</t>
+          <t>Girişimcilik Hayattır</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059795517</t>
+          <t>9786059367639</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Korkuluk Koko</t>
+          <t>Bilinç 6'nı Aşmak</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059367615</t>
+          <t>9786059367622</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Gücü Adına Güç Bende Artık!</t>
+          <t>Öğretmenler İçin Algı Yönetimi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>139</v>
+        <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059795500</t>
+          <t>9786059795517</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Sılot'la Uykusuz Kivi</t>
+          <t>Korkuluk Koko</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>179</v>
+        <v>119</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059795470</t>
+          <t>9786059367615</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Şakacıktan</t>
+          <t>Düşlerimin Gücü Adına Güç Bende Artık!</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059367608</t>
+          <t>9786059795500</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Evlat</t>
+          <t>Uykucu Sılot'la Uykusuz Kivi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>215</v>
+        <v>179</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059367585</t>
+          <t>9786059795470</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Egoya Hayır</t>
+          <t>Şakacıktan</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>139</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059367578</t>
+          <t>9786059367608</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Koçluk Kitabın</t>
+          <t>Evlat</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>139</v>
+        <v>215</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059367554</t>
+          <t>9786059367585</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Başarının Bilinen Sırları</t>
+          <t>Egoya Hayır</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059367547</t>
+          <t>9786059367578</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cevaplar Şirketin İçinde</t>
+          <t>Koçluk Kitabın</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059367530</t>
+          <t>9786059367554</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bak Nasıl da Konuşuyor!</t>
+          <t>Başarının Bilinen Sırları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059367523</t>
+          <t>9786059367547</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Herkes Güzel ve Etkili Konuşabilir</t>
+          <t>Cevaplar Şirketin İçinde</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059795425</t>
+          <t>9786059367530</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ustası</t>
+          <t>Bak Nasıl da Konuşuyor!</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>119</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059367516</t>
+          <t>9786059367523</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Değil Cesur Ol</t>
+          <t>Herkes Güzel ve Etkili Konuşabilir</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059795401</t>
+          <t>9786059795425</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Po: Tapatapa Macerası - Haris'in Saldırısı</t>
+          <t>Kedi Ustası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059367509</t>
+          <t>9786059367516</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Pia Mater 1. Kitap</t>
+          <t>Mükemmel Değil Cesur Ol</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059367493</t>
+          <t>9786059795401</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İç İletişim</t>
+          <t>Po: Tapatapa Macerası - Haris'in Saldırısı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059367486</t>
+          <t>9786059367509</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Güven</t>
+          <t>Pia Mater 1. Kitap</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>139</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059367455</t>
+          <t>9786059367493</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Oyunperest</t>
+          <t>Kurumsal İç İletişim</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>649</v>
+        <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059367424</t>
+          <t>9786059367486</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Sermaye</t>
+          <t>Güven</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>189</v>
+        <v>139</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059367448</t>
+          <t>9786059367455</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bana Bi Sade</t>
+          <t>Oyunperest</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>190</v>
+        <v>649</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059367349</t>
+          <t>9786059367424</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Prensiplerim ve Yaşadıklarım</t>
+          <t>Duygusal Sermaye</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059367394</t>
+          <t>9786059367448</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Manifestosu - Büyük Kurumlar İçin</t>
+          <t>Bana Bi Sade</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059367387</t>
+          <t>9786059367349</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Pencere Aç</t>
+          <t>Hayallerim Prensiplerim ve Yaşadıklarım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059367363</t>
+          <t>9786059367394</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Aç Kapa Düzelir</t>
+          <t>İnovasyon Manifestosu - Büyük Kurumlar İçin</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>139</v>
+        <v>240</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059367356</t>
+          <t>9786059367387</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Cennette İlk Sofra - Bilge Kadın</t>
+          <t>Yeni Bir Pencere Aç</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059367332</t>
+          <t>9786059367363</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Açılın Ben Öğretmenim</t>
+          <t>Aç Kapa Düzelir</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>245</v>
+        <v>139</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059367325</t>
+          <t>9786059367356</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>19 Nüans - İş Hayatında Başarı İçin Fark Yaratacak 19 Anahtar</t>
+          <t>Cennette İlk Sofra - Bilge Kadın</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059367318</t>
+          <t>9786059367332</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sunum Sahnenizin Yönetmeni Olmak İster misiniz?</t>
+          <t>Açılın Ben Öğretmenim</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>130</v>
+        <v>245</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059367295</t>
+          <t>9786059367325</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Pardon! “Kurumsallaşmalı”mı Dediniz?</t>
+          <t>19 Nüans - İş Hayatında Başarı İçin Fark Yaratacak 19 Anahtar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>139</v>
+        <v>215</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059795302</t>
+          <t>9786059367318</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Işık Muhafızı</t>
+          <t>Sunum Sahnenizin Yönetmeni Olmak İster misiniz?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>179</v>
+        <v>170</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059367288</t>
+          <t>9786059367295</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Her Satışçı Bir Terapisttir</t>
+          <t>Pardon! “Kurumsallaşmalı”mı Dediniz?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059367264</t>
+          <t>9786059795302</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bu!</t>
+          <t>Işık Muhafızı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059367233</t>
+          <t>9786059367288</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Yönetmek</t>
+          <t>Her Satışçı Bir Terapisttir</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059367202</t>
+          <t>9786059367264</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Başarmak</t>
+          <t>Aşk Bu!</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059367226</t>
+          <t>9786059367233</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Oyun Takvimi</t>
+          <t>Geleceği Yönetmek</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059795234</t>
+          <t>9786059367202</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Pembe Cadı’nın Dükkanı</t>
+          <t>Birlikte Başarmak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>89</v>
+        <v>179</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059367172</t>
+          <t>9786059367226</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>112 - Öğretmenliğime Notlar</t>
+          <t>Her Güne Bir Oyun Takvimi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059367165</t>
+          <t>9786059795234</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Beyinde Ararken Bağırsakta Buldum</t>
+          <t>Pembe Cadı’nın Dükkanı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>340</v>
+        <v>89</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059367158</t>
+          <t>9786059367172</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Şişman Kız Tombul Teyze</t>
+          <t>112 - Öğretmenliğime Notlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>139</v>
+        <v>245</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059367127</t>
+          <t>9786059367165</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Kaşifi</t>
+          <t>Beyinde Ararken Bağırsakta Buldum</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>139</v>
+        <v>340</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059367110</t>
+          <t>9786059367158</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk 2.0</t>
+          <t>Şişman Kız Tombul Teyze</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>240</v>
+        <v>139</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059367097</t>
+          <t>9786059367127</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yaş Almış Öyküler</t>
+          <t>Yetenek Kaşifi</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059367080</t>
+          <t>9786059367110</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden Kelimeler</t>
+          <t>Mutluluk 2.0</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>139</v>
+        <v>240</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059367073</t>
+          <t>9786059367097</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Bağımsızlık Bildirgesi</t>
+          <t>Yaş Almış Öyküler</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059795098</t>
+          <t>9786059367080</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ülkelere Doğru</t>
+          <t>Dans Eden Kelimeler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>139</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059367066</t>
+          <t>9786059367073</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Finansal Analiz ve Kredi İşlemleri</t>
+          <t>Kişisel Bağımsızlık Bildirgesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059367059</t>
+          <t>9786059795098</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Büyük Veri Denizi</t>
+          <t>Kayıp Ülkelere Doğru</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059367042</t>
+          <t>9786059367066</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğiniz İtibarınızdır</t>
+          <t>Finansal Analiz ve Kredi İşlemleri</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059367011</t>
+          <t>9786059367059</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İknanın İncelikleri</t>
+          <t>Büyük Veri Denizi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>139</v>
+        <v>190</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059795067</t>
+          <t>9786059367042</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Yutan Çocuk</t>
+          <t>Kişiliğiniz İtibarınızdır</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>139</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055286989</t>
+          <t>9786059367011</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Rahimler Göçü</t>
+          <t>İknanın İncelikleri</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059795043</t>
+          <t>9786059795067</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sahi mi Susam</t>
+          <t>Geceyi Yutan Çocuk</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055286910</t>
+          <t>9786055286989</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>S.U.Ç Sistemin Umutlu Çocuğu</t>
+          <t>Rahimler Göçü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055286927</t>
+          <t>9786059795043</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Öyküleri</t>
+          <t>Sahi mi Susam</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>240</v>
+        <v>199</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055286903</t>
+          <t>9786055286910</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Takım Çalışması</t>
+          <t>S.U.Ç Sistemin Umutlu Çocuğu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>270</v>
+        <v>149</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055286897</t>
+          <t>9786055286927</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İş'te Y Kuşağı</t>
+          <t>Girişimcilik Öyküleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055286859</t>
+          <t>9786055286903</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesi</t>
+          <t>Takım Çalışması</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>119</v>
+        <v>270</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756093191</t>
+          <t>9786055286897</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hıdır Kişisel Gelişiyor</t>
+          <t>İş'te Y Kuşağı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756093153</t>
+          <t>9786055286859</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Avcunuzdaki Kelebek</t>
+          <t>Beyaz Zambaklar Ülkesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>159</v>
+        <v>119</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756093115</t>
+          <t>9789756093191</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Vücudunuz Konuşuyor</t>
+          <t>Hıdır Kişisel Gelişiyor</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>159</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055286835</t>
+          <t>9789756093153</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Labirent</t>
+          <t>Avcunuzdaki Kelebek</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>119</v>
+        <v>159</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055286828</t>
+          <t>9789756093115</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ezgimizi Kim Çaldı?</t>
+          <t>Dikkat Vücudunuz Konuşuyor</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>169</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055286873</t>
+          <t>9786055286835</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Kuşlar Sokağı</t>
+          <t>Labirent</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055286781</t>
+          <t>9786055286828</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kadın Beyni Erkek Beyni</t>
+          <t>Ezgimizi Kim Çaldı?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>240</v>
+        <v>169</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055286804</t>
+          <t>9786055286873</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Anne</t>
+          <t>Şakacı Kuşlar Sokağı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>269</v>
+        <v>139</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055286644</t>
+          <t>9786055286781</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İnovasyon</t>
+          <t>Kadın Beyni Erkek Beyni</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>249</v>
+        <v>240</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055286712</t>
+          <t>9786055286804</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Jules Verne Öyküler 2</t>
+          <t>Oyuncu Anne</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>89</v>
+        <v>269</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055286613</t>
+          <t>9786055286644</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Yönetici Oldum</t>
+          <t>Adım Adım İnovasyon</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756093726</t>
+          <t>9786055286712</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Dediğin Nedir ki?</t>
+          <t>Jules Verne Öyküler 2</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>240</v>
+        <v>89</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789756093887</t>
+          <t>9786055286613</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Geçen Hazırcevaplar</t>
+          <t>Eyvah, Yönetici Oldum</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>240</v>
+        <v>199</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756093139</t>
+          <t>9789756093726</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şu Hortumlu Dünyada Fil Yalnız Bir Hayvandır</t>
+          <t>Yetenek Dediğin Nedir ki?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>179</v>
+        <v>240</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756093054</t>
+          <t>9789756093887</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Süpermen ve Uğur Böceği</t>
+          <t>Tarihe Geçen Hazırcevaplar</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257112475</t>
+          <t>9789756093139</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Süpermen Türk Olsaydı</t>
+          <t>Şu Hortumlu Dünyada Fil Yalnız Bir Hayvandır</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>159</v>
+        <v>179</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756093795</t>
+          <t>9789756093054</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Yönetim</t>
+          <t>Süpermen ve Uğur Böceği</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756093788</t>
+          <t>9786257112475</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Piyasaları Okumak</t>
+          <t>Süpermen Türk Olsaydı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756093832</t>
+          <t>9789756093795</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler için Beden Dili</t>
+          <t>Pozitif Yönetim</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756093283</t>
+          <t>9789756093788</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Sözcükler Etkili Sonuçlar</t>
+          <t>Piyasaları Okumak</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>139</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756093450</t>
+          <t>9789756093832</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Moks</t>
+          <t>Öğretmenler için Beden Dili</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756093351</t>
+          <t>9789756093283</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Farklıyız</t>
+          <t>Olumlu Sözcükler Etkili Sonuçlar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>199</v>
+        <v>240</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756093856</t>
+          <t>9789756093450</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İşte Zor İnsanlar</t>
+          <t>Moks</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>199</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756093504</t>
+          <t>9789756093351</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İşte Mülakat</t>
+          <t>İyi ki Farklıyız</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>240</v>
+        <v>199</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055286651</t>
+          <t>9789756093856</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Kişisel İmaj</t>
+          <t>İşte Zor İnsanlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>215</v>
+        <v>199</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756093245</t>
+          <t>9789756093504</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Finansçı Olmayanlar İçin Finans</t>
+          <t>İşte Mülakat</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>189</v>
+        <v>240</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055286118</t>
+          <t>9786055286651</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! İş Görüşmesi</t>
+          <t>10 Adımda Kişisel İmaj</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055286286</t>
+          <t>9789756093245</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ergenleri Anlama Kılavuzu</t>
+          <t>Finansçı Olmayanlar İçin Finans</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>349</v>
+        <v>189</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756093931</t>
+          <t>9786055286118</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Saçmalama! Davranışsal Finans</t>
+          <t>Eyvah! İş Görüşmesi</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055286019</t>
+          <t>9786055286286</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Anlama Kılavuzu</t>
+          <t>Ergenleri Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756093160</t>
+          <t>9789756093931</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bütün Pazarlamacılar Yalancıdır Hikaye Anlatır</t>
+          <t>Saçmalama! Davranışsal Finans</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789756093214</t>
+          <t>9786055286019</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Kaynakları Masalı</t>
+          <t>Çocukları Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055286507</t>
+          <t>9789756093160</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Şiddet - Kadının ve Çocuğun Korunması</t>
+          <t>Bütün Pazarlamacılar Yalancıdır Hikaye Anlatır</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>199</v>
+        <v>195</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055286576</t>
+          <t>9789756093214</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İşimiz Gücümüz Oyun</t>
+          <t>Bir İnsan Kaynakları Masalı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055286972</t>
+          <t>9786055286507</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Onursuz Olmasın İş</t>
+          <t>Aile İçi Şiddet - Kadının ve Çocuğun Korunması</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055286545</t>
+          <t>9786055286576</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimi İstiyorum</t>
+          <t>İşimiz Gücümüz Oyun</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>249</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055286460</t>
+          <t>9786055286972</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Melekler İçin Şeytan Tüyü</t>
+          <t>Yeter ki Onursuz Olmasın İş</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789756093498</t>
+          <t>9786055286545</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Zor İnsanlarla Zorlanmadan Baş Etmek</t>
+          <t>Gözlerimi İstiyorum</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055286668</t>
+          <t>9786055286460</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Su'dan Cola'ya</t>
+          <t>Melekler İçin Şeytan Tüyü</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055286965</t>
+          <t>9789756093498</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Sihirli Değnek</t>
+          <t>Zor İnsanlarla Zorlanmadan Baş Etmek</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>220</v>
+        <v>199</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055286699</t>
+          <t>9786055286668</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kasabası</t>
+          <t>Su'dan Cola'ya</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>95</v>
+        <v>295</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055286750</t>
+          <t>9786055286965</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mikro İfadeler</t>
+          <t>Ev Yapımı Sihirli Değnek</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055286453</t>
+          <t>9786055286699</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yaşımda Bindiğim Kamyonun Frenleri Patladı ve Hayata Yuvarlandım</t>
+          <t>Hayal Kasabası</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>195</v>
+        <v>95</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
+          <t>9786055286750</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Mikro İfadeler</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786055286453</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Yaşımda Bindiğim Kamyonun Frenleri Patladı ve Hayata Yuvarlandım</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
           <t>9786055286323</t>
         </is>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Ekonomik Krizi Beklerken</t>
         </is>
       </c>
-      <c r="C192" s="1">
+      <c r="C194" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>