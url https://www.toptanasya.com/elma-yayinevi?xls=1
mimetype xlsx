--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -244,51 +244,51 @@
         <is>
           <t>9786257112833</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Yaratıcı Yazma İçin Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786059367417</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Masallarda Bir Peri Çıkar Karşınıza Gerçek Hayatta Öğretmen</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786255577160</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Artık Ödüm Kopmuyor</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786257112734</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
@@ -634,51 +634,51 @@
         <is>
           <t>9786257112802</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Acayip</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786257112789</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Ailenizin Kumandası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786257112710</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>LGS’de Başarı İçin Öğrenci ve Veli Rehberi</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786257112772</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
@@ -874,51 +874,51 @@
         <is>
           <t>9786257343251</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Son Yumurtası</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786257112574</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Gayrimenkulde Başarının 7 Altın Anahtarı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>349</v>
+        <v>440</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786257112567</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Karşı Mahalle</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>8681185051470</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
@@ -979,51 +979,51 @@
         <is>
           <t>9786257343091</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>At Atabildiğin Kadar</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786257112376</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Dura Mater 3. Kitap</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786257112321</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Çocuğumun Beyninde Neler Oluyor?</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786257112314</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
@@ -1444,51 +1444,51 @@
         <is>
           <t>9786059367745</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Girişimcilik Hayattır</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786059367639</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Bilinç 6'nı Aşmak</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786059367622</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Öğretmenler İçin Algı Yönetimi</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786059795517</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>