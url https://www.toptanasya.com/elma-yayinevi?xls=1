--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,2935 +85,4570 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255577221</t>
+          <t>9786257112925</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmeleri ve Aile Anayasası</t>
+          <t>Öğrenmeyi Öğren Süper Öğrenme Gücü - Gücünü Kullan</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>259</v>
+        <v>395</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255577214</t>
+          <t>9786059367370</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Nasıl Tasarlamalıyız?</t>
+          <t>Basit ve Mutlu Yaşam (Süresiz Ajanda)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257112895</t>
+          <t>9786059367219</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağında Etkili Öğretim</t>
+          <t>Birlikte Başarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055286033</t>
+          <t>9786059367479</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Emsalsiz</t>
+          <t>Masallarda Bir Peri Çıkar Karşınıza Gerçek Hayatta Öğretmen (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255577047</t>
+          <t>9786059367271</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayatla İletişim</t>
+          <t>Bitcoin Devrimi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257112581</t>
+          <t>9789756093108</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar Beni Çağırır-Erden Eruç</t>
+          <t>Zehirli Bal</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>395</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059367400</t>
+          <t>9789758546206</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Torpil Değil Networking</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>149</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255577207</t>
+          <t>9789756093412</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İşte Geribildirim</t>
+          <t>Yeni İşimiz Dış Ticaret</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>54.63</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255577191</t>
+          <t>9789756093269</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Derinleş</t>
+          <t>Yeni İşimiz Dış Ticaret</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>149</v>
+        <v>54.63</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257112833</t>
+          <t>9789756093962</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazma İçin Yaratıcı Drama</t>
+          <t>Yeni Görgü Kuralları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059367417</t>
+          <t>9789756093719</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Masallarda Bir Peri Çıkar Karşınıza Gerçek Hayatta Öğretmen</t>
+          <t>Yaşamı Sınıfa Taşımak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>295</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255577160</t>
+          <t>9789756093337</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Artık Ödüm Kopmuyor</t>
+          <t>Yabancı Dil Nasıl Öğrenilmez?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>249</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257112734</t>
+          <t>9789756093368</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Abrakadabra - İletişimde Sözün Gücü</t>
+          <t>Ve Birden Mucit Ortaya Çıkıverdi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257112444</t>
+          <t>9799759262494</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Pia Mater (İngilizce)</t>
+          <t>Uluslararası Müzakere</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055286552</t>
+          <t>9789756093603</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Başlarım Şimdi Anneliğe</t>
+          <t>Temsilci</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>119</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055286934</t>
+          <t>9799756093206</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Oyun Takvimi 2017</t>
+          <t>Tek Kalemde Şampiyon Fenerbahçe Günlüğü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>17.59</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000078890</t>
+          <t>9799758546212</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Oyun Takvimi 2016</t>
+          <t>Tarihe Yön Verenlerin Karakter Analizi Liderlik Modern Yöneticilik Işığında</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>15.74</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059367035</t>
+          <t>9789756093429</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kötü Alışkanlıklara İyi Öneriler</t>
+          <t>Şükür Defteri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059367189</t>
+          <t>9789758546190</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Senfoni Orkestrası</t>
+          <t>Sınavlarda Hedef %100 Başarı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>369</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257112994</t>
+          <t>9789756093658</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret</t>
+          <t>Sıfıra Sıfır, Elde Var Mobing</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>249</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257112987</t>
+          <t>9789756093436</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Satışta Vizyonerin El Kitabı</t>
+          <t>Sen Dünyaya Bir Armağansın</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>290</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257112970</t>
+          <t>9789756093573</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Merkez 45 30</t>
+          <t>Popüler Ekonomi Masalları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>215</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257112963</t>
+          <t>9789756093023</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>At Şu Adımı</t>
+          <t>Paraşütünüz Ne Renk? İş Arayanlar ve Meslek Değiştirenler İçin Pratik El Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257112956</t>
+          <t>9789756093733</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Taştan Çıkan Ekmek</t>
+          <t>Öncü Girişimciler (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>169</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257112949</t>
+          <t>9786055286149</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sistem Liderliği</t>
+          <t>Mükemmeli Aramak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>289</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257112932</t>
+          <t>9789756093146</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Makinedeki Kan - Büyük Teknolojiye İsyanın Kökenleri</t>
+          <t>Mor İnek</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>389</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257112918</t>
+          <t>9789756093610</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kör Uçuş</t>
+          <t>Markadan Patente</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>249</v>
+        <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257112901</t>
+          <t>9786055286057</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nosce Te Ipsum -Kendini Bil-</t>
+          <t>Liderlik Yolculuğum</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>119</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257112888</t>
+          <t>9789756093511</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>I. Açlık Savaşı</t>
+          <t>Kriz Geliyorum Der!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257112871</t>
+          <t>9789756093405</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>The Answers Lie Within</t>
+          <t>Sınava Gittim Geleceğim</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>159</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257112840</t>
+          <t>9789756093566</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Girişimcinin El Kitabı</t>
+          <t>Köfte Üstü Krem Şanti</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>139</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257112864</t>
+          <t>9789756093825</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Eğitgen - İçinde “Eğitim” Kelimesi En Çok Geçen Kitap</t>
+          <t>Koçluk ve 4. Boyut</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257112819</t>
+          <t>9789756093344</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Markalar</t>
+          <t>Kelimenü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>299</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257112857</t>
+          <t>9786055286309</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>The Customer Always Wants Experience</t>
+          <t>Karanlıkta Gol Atmak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>189</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257112796</t>
+          <t>9799759262487</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kurumsallaş[ma]</t>
+          <t>Kar Oyunu Başarılı Şirketlertin Yöntemleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257112802</t>
+          <t>9786055286095</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Acayip</t>
+          <t>İşe Giderken Köprüden Önce Son Çıkış</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>139</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257112789</t>
+          <t>9789756093078</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ailenizin Kumandası</t>
+          <t>İş Yaşamında 100 Kanguru</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257112710</t>
+          <t>9799758546182</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>LGS’de Başarı İçin Öğrenci ve Veli Rehberi</t>
+          <t>İnternette İş Bulma Rehberi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257112772</t>
+          <t>9799758546175</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Blind Flight</t>
+          <t>İletişimde İletişim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>280</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257112703</t>
+          <t>9789759262426</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mental</t>
+          <t>İçimden Geldiği Gibi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>199</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257112666</t>
+          <t>9789756093979</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Türkçe Dersleri</t>
+          <t>Hayatta Başarılar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257112758</t>
+          <t>9789756093993</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Satış Hikâyeleri</t>
+          <t>Hayat Seni Cümle İçinde Kullandı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257112741</t>
+          <t>9789756093238</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Eşekli Kütüphane</t>
+          <t>Hayat Gülümsersen Gülümser Sana Kardelen Çiçeği</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>139</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257112727</t>
+          <t>9789756093047</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Kalbe Reklam</t>
+          <t>Hamili Kitap Yakınımdır!</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>190</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257112659</t>
+          <t>9789756093641</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Her Zaman Deneyim İster</t>
+          <t>Gizemli Güç Hipnoz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257112642</t>
+          <t>9789756093061</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Asla Prenses Olamayanlar: Sanayici Babalar ve Kızları</t>
+          <t>Geleceğin Organizasyonunu Yaratmak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>199</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257112635</t>
+          <t>9786055286064</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Marka Kültür Hafıza</t>
+          <t>Geleceğin Eczanesini Tasarlamak</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>190</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257112598</t>
+          <t>9789756093863</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çocuğa Siz Söyler misiniz?</t>
+          <t>Geleceğe Yön Veren Sözler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257112543</t>
+          <t>9789756093542</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Towards the Light Ceyhan Saldanlı</t>
+          <t>Forex Piyasası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257112628</t>
+          <t>9789756093474</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Dağı'ndan Hollywood'a</t>
+          <t>Filiz, Nerdesin?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>190</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257112604</t>
+          <t>9789756093597</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dijitalin Kitabı mı Olur?</t>
+          <t>Felsefe, Yelken ve Caz</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257343251</t>
+          <t>9789756093184</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Son Yumurtası</t>
+          <t>Eşikaltı Büyücüleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>119</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257112574</t>
+          <t>9786055286071</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkulde Başarının 7 Altın Anahtarı</t>
+          <t>Engellilerle 360 Derece İletişim</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>440</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257112567</t>
+          <t>9799759262470</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Karşı Mahalle</t>
+          <t>El Yazınız Hayatınızı Değiştirebilir</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>159</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>8681185051470</t>
+          <t>9789756093092</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Avcunuzdaki Kelebek Hayat Defteri</t>
+          <t>Eda</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257112529</t>
+          <t>9799756093008</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>5 Parasız Silikon Vadisi</t>
+          <t>Düş Satmak</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257112499</t>
+          <t>9789756093900</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlere Balonlar</t>
+          <t>Doğanın İnovasyonu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>139</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257112369</t>
+          <t>9789756093122</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Farkıma Takılanlar</t>
+          <t>Dış Ticarette Alternatif Para Kazanma Yolları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>139</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257343091</t>
+          <t>9786055286231</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>At Atabildiğin Kadar</t>
+          <t>Dış Ticaret Sözlüğü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>149</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257112376</t>
+          <t>9789756093528</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dura Mater 3. Kitap</t>
+          <t>Dış Ticaret Destekleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>490</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257112321</t>
+          <t>9789756093894</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Beyninde Neler Oluyor?</t>
+          <t>Delik Jeton</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>389</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257112314</t>
+          <t>9789756093399</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Founder’s FAQ</t>
+          <t>Daha Mutlu Yaşamak</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257112291</t>
+          <t>9789756093986</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan</t>
+          <t>Çocuğumla Doğadayız</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>139</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257112284</t>
+          <t>9789756093085</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>T.U.H.A.F. - Marka Yönetimi</t>
+          <t>Çığlığın Gücü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>139</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257112277</t>
+          <t>9789756093535</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>F.i.t - Şirketiniz F.i.t mi?</t>
+          <t>Büyük Olma Muhteşem Ol</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>139</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257112260</t>
+          <t>9789756093252</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Senin Zamanın</t>
+          <t>Bir Dakika Hayatınızı Değiştirebilir</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257112222</t>
+          <t>9789759262464</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Haddini Aş!</t>
+          <t>Benim Düş Merdivenlerim</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257112192</t>
+          <t>9789756093481</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>10 Tombala Başıma Kon</t>
+          <t>Beni Heyecanlandırıyorsun SBS</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>139</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059367592</t>
+          <t>9789756093443</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Açılın Ben Çocuğum</t>
+          <t>Ben Kim, Konuşmak Kim?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>245</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059367196</t>
+          <t>9799756093176</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Korkma! İyi Bir Annesin</t>
+          <t>Amazonlara Yolculuk Yeşil Okyanus</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>249</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257112215</t>
+          <t>9789756093559</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Oyunlaştırma</t>
+          <t>26. Kilometre</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>139</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257112185</t>
+          <t>9789756093634</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yakalı’nın Dijital Yakalı’ya Dönüşümü</t>
+          <t>Avcunuzdaki Kelebek</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257112161</t>
+          <t>9786055286194</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Jules Verne Öyküler (Ciltli)</t>
+          <t>Küçük İyilik Fikirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>499</v>
+        <v>119</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257112147</t>
+          <t>9786055286330</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Işığa Doğru - Ceyhan Saldanlı (Ciltli)</t>
+          <t>Zen ve Bütünsel Proje Yönetimi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>149</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257112123</t>
+          <t>9786055286354</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İkiyüzlü Güven Ortağı</t>
+          <t>İlk Marka Hz. Adem mi?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>159</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257112130</t>
+          <t>9786059367134</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mental</t>
+          <t>Aceleci Sinek Süte Düşer</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>119</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059795944</t>
+          <t>9789756093917</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pervin Teyze Nasıl Basket Oynar?</t>
+          <t>The Butterfly Inside Your Palm</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>119</v>
+        <v>129</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257112086</t>
+          <t>9786059795036</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Satışın Şifreleri İle Sonucu Satmak</t>
+          <t>Okyunus'a Özgürlük</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>290</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257112109</t>
+          <t>9786059367141</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Riskler ve Siber Zorbalık</t>
+          <t>TEOG Mu? O İş Kolay</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257112093</t>
+          <t>9786059367301</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İşe Yeniden Başlamak</t>
+          <t>Basit ve Mutlu Yaşam</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>199</v>
+        <v>79</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059795920</t>
+          <t>9786055286514</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bandırma Roket Kulübü</t>
+          <t>Hayaller Serisi - Organik Tarım (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>149</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257112079</t>
+          <t>9786059795265</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Arachnoid Mater 2. Kitap</t>
+          <t>Balköpüğü - Tatlı Bir Sürpriz</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>360</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257112055</t>
+          <t>9786059795258</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Şu Hortumlu Dünyada Fil Yalnız Bir Hayvandır 2 (Yeşil Kapak)</t>
+          <t>Kalbine Dokun (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>179</v>
+        <v>79</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257112031</t>
+          <t>9786059795241</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Salgın Günleri Hikayeleri</t>
+          <t>Kreşendo (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>49</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059367769</t>
+          <t>9789758546060</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çarıklı İnovasyon</t>
+          <t>Eğitimde Toplam Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>139</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059367684</t>
+          <t>9786055286958</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>40 Santim</t>
+          <t>Evliliğin Sayıları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059795586</t>
+          <t>9786055286811</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Cornelius Masalı</t>
+          <t>İnatçı Tohum</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>169</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059367752</t>
+          <t>9786055286798</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Konuşursam Dünya Sarsılır</t>
+          <t>Bir Gizli Servis Mensubunun Anıları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059795548</t>
+          <t>9789756093665</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bal Gibi</t>
+          <t>Üstün Dökmen’le Nehirde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>139</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059367745</t>
+          <t>9786055286842</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Hayattır</t>
+          <t>Balık Günlükleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059367639</t>
+          <t>9786055286941</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bilinç 6'nı Aşmak</t>
+          <t>Aradığınız Hayata Şu An Ulaşılamıyor</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>249</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059367622</t>
+          <t>9786059367004</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler İçin Algı Yönetimi</t>
+          <t>Rehber Benim</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>190</v>
+        <v>23.06</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059795517</t>
+          <t>9786055286880</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Korkuluk Koko</t>
+          <t>Kancaya Takılınca</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>119</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059367615</t>
+          <t>9786055286774</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Gücü Adına Güç Bende Artık!</t>
+          <t>Jules Verne Öyküler 3</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>139</v>
+        <v>59</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059795500</t>
+          <t>9786055286583</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Sılot'la Uykusuz Kivi</t>
+          <t>Profesyonel Ol</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>179</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059795470</t>
+          <t>9786055286743</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Şakacıktan</t>
+          <t>Kitap, Kahve, Kırmızı Kalem (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>139</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059367608</t>
+          <t>9786055286736</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Evlat</t>
+          <t>Kitap, Kahve, Kırmızı Kalem</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>215</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059367585</t>
+          <t>9786055286637</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Egoya Hayır</t>
+          <t>Hayatın Doğal Mucizeleri Vitaminler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059367578</t>
+          <t>9786055286538</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Koçluk Kitabın</t>
+          <t>Bir Kafe-Restoran Açsam (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>139</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059367554</t>
+          <t>9786055286415</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Başarının Bilinen Sırları</t>
+          <t>Subliminal A.Ş.</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>295</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059367547</t>
+          <t>9786055286392</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cevaplar Şirketin İçinde</t>
+          <t>Kariyer ve Varoluş</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>139</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059367530</t>
+          <t>9786055286378</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bak Nasıl da Konuşuyor!</t>
+          <t>Yapabilirsin</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>190</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059367523</t>
+          <t>9786055286675</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Herkes Güzel ve Etkili Konuşabilir</t>
+          <t>Öyküler - 1</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>179</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059795425</t>
+          <t>9786257112062</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ustası</t>
+          <t>Şu Hortumlu Dünyada Fil Yalnız Bir Hayvandır 2 (Siyah Kapak)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>119</v>
+        <v>29</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059367516</t>
+          <t>9786055286408</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Değil Cesur Ol</t>
+          <t>İş Hayatı Futboldan Ne Öğrenir?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>11.43</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059795401</t>
+          <t>9786257112178</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Po: Tapatapa Macerası - Haris'in Saldırısı</t>
+          <t>Global Piyasaları Okumak</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059367509</t>
+          <t>9786255577252</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Pia Mater 1. Kitap</t>
+          <t>Neden Neden</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059367493</t>
+          <t>9786255577245</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İç İletişim</t>
+          <t>İşinin Sahibi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059367486</t>
+          <t>9786255577269</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Güven</t>
+          <t>Bitkisel Hayat</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>139</v>
+        <v>265</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059367455</t>
+          <t>9786255577221</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Oyunperest</t>
+          <t>Aile İşletmeleri ve Aile Anayasası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>649</v>
+        <v>259</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059367424</t>
+          <t>9786255577214</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Sermaye</t>
+          <t>Hayatımızı Nasıl Tasarlamalıyız?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>189</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059367448</t>
+          <t>9786257112895</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bana Bi Sade</t>
+          <t>Yapay Zeka Çağında Etkili Öğretim</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059367349</t>
+          <t>9786055286033</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Prensiplerim ve Yaşadıklarım</t>
+          <t>Emsalsiz</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>139</v>
+        <v>240</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059367394</t>
+          <t>9786255577047</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Manifestosu - Büyük Kurumlar İçin</t>
+          <t>Hayatla İletişim</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059367387</t>
+          <t>9786257112581</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Pencere Aç</t>
+          <t>Dalgalar Beni Çağırır-Erden Eruç</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>190</v>
+        <v>495</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059367363</t>
+          <t>9786059367400</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Aç Kapa Düzelir</t>
+          <t>Torpil Değil Networking</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059367356</t>
+          <t>9786255577207</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Cennette İlk Sofra - Bilge Kadın</t>
+          <t>İşte Geribildirim</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059367332</t>
+          <t>9786255577191</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Açılın Ben Öğretmenim</t>
+          <t>Derinleş</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>245</v>
+        <v>149</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059367325</t>
+          <t>9786257112833</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>19 Nüans - İş Hayatında Başarı İçin Fark Yaratacak 19 Anahtar</t>
+          <t>Yaratıcı Yazma İçin Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059367318</t>
+          <t>9786059367417</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sunum Sahnenizin Yönetmeni Olmak İster misiniz?</t>
+          <t>Masallarda Bir Peri Çıkar Karşınıza Gerçek Hayatta Öğretmen</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059367295</t>
+          <t>9786255577160</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Pardon! “Kurumsallaşmalı”mı Dediniz?</t>
+          <t>Artık Ödüm Kopmuyor</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>139</v>
+        <v>249</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059795302</t>
+          <t>9786257112734</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Işık Muhafızı</t>
+          <t>Abrakadabra - İletişimde Sözün Gücü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>179</v>
+        <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059367288</t>
+          <t>9786257112444</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Her Satışçı Bir Terapisttir</t>
+          <t>Pia Mater (İngilizce)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059367264</t>
+          <t>9786055286552</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bu!</t>
+          <t>Başlarım Şimdi Anneliğe</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059367233</t>
+          <t>9786055286934</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Yönetmek</t>
+          <t>Oyun Takvimi 2017</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>240</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059367202</t>
+          <t>3990000078890</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Başarmak</t>
+          <t>Oyun Takvimi 2016</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>179</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059367226</t>
+          <t>9786059367035</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Oyun Takvimi</t>
+          <t>Kötü Alışkanlıklara İyi Öneriler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>240</v>
+        <v>26</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059795234</t>
+          <t>9786059367189</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Pembe Cadı’nın Dükkanı</t>
+          <t>Cumhurbaşkanlığı Senfoni Orkestrası</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>89</v>
+        <v>650</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059367172</t>
+          <t>9786257112994</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>112 - Öğretmenliğime Notlar</t>
+          <t>E-Ticaret</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059367165</t>
+          <t>9786257112987</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Beyinde Ararken Bağırsakta Buldum</t>
+          <t>Doğrudan Satışta Vizyonerin El Kitabı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059367158</t>
+          <t>9786257112970</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Şişman Kız Tombul Teyze</t>
+          <t>Merkez 45 30</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>139</v>
+        <v>215</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059367127</t>
+          <t>9786257112963</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Kaşifi</t>
+          <t>At Şu Adımı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>139</v>
+        <v>245</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059367110</t>
+          <t>9786257112956</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk 2.0</t>
+          <t>Taştan Çıkan Ekmek</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>240</v>
+        <v>169</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059367097</t>
+          <t>9786257112949</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yaş Almış Öyküler</t>
+          <t>Sistem Liderliği</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>139</v>
+        <v>289</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059367080</t>
+          <t>9786257112932</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden Kelimeler</t>
+          <t>Makinedeki Kan - Büyük Teknolojiye İsyanın Kökenleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>139</v>
+        <v>389</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059367073</t>
+          <t>9786257112918</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Bağımsızlık Bildirgesi</t>
+          <t>Kör Uçuş</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>139</v>
+        <v>295</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059795098</t>
+          <t>9786257112901</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ülkelere Doğru</t>
+          <t>Nosce Te Ipsum -Kendini Bil-</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>119</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059367066</t>
+          <t>9786257112888</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Finansal Analiz ve Kredi İşlemleri</t>
+          <t>I. Açlık Savaşı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059367059</t>
+          <t>9786257112871</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Büyük Veri Denizi</t>
+          <t>The Answers Lie Within</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>159</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059367042</t>
+          <t>9786257112840</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğiniz İtibarınızdır</t>
+          <t>Girişimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059367011</t>
+          <t>9786257112864</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İknanın İncelikleri</t>
+          <t>Eğitgen - İçinde “Eğitim” Kelimesi En Çok Geçen Kitap</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>139</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059795067</t>
+          <t>9786257112819</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Yutan Çocuk</t>
+          <t>Yüzyıllık Markalar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>139</v>
+        <v>299</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055286989</t>
+          <t>9786257112857</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Rahimler Göçü</t>
+          <t>The Customer Always Wants Experience</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059795043</t>
+          <t>9786257112796</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sahi mi Susam</t>
+          <t>Kurumsallaş[ma]</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>199</v>
+        <v>240</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055286910</t>
+          <t>9786257112802</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>S.U.Ç Sistemin Umutlu Çocuğu</t>
+          <t>Acayip</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055286927</t>
+          <t>9786257112789</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Öyküleri</t>
+          <t>Ailenizin Kumandası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>169</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055286903</t>
+          <t>9786257112710</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Takım Çalışması</t>
+          <t>LGS’de Başarı İçin Öğrenci ve Veli Rehberi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055286897</t>
+          <t>9786257112772</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İş'te Y Kuşağı</t>
+          <t>Blind Flight</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055286859</t>
+          <t>9786257112703</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesi</t>
+          <t>Mental</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756093191</t>
+          <t>9786257112666</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hıdır Kişisel Gelişiyor</t>
+          <t>Yaratıcı Türkçe Dersleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756093153</t>
+          <t>9786257112758</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Avcunuzdaki Kelebek</t>
+          <t>Öğreten Satış Hikâyeleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756093115</t>
+          <t>9786257112741</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Vücudunuz Konuşuyor</t>
+          <t>Eşekli Kütüphane</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>220</v>
+        <v>139</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055286835</t>
+          <t>9786257112727</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Labirent</t>
+          <t>Kalpten Kalbe Reklam</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>119</v>
+        <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055286828</t>
+          <t>9786257112659</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ezgimizi Kim Çaldı?</t>
+          <t>Müşteri Her Zaman Deneyim İster</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055286873</t>
+          <t>9786257112642</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Kuşlar Sokağı</t>
+          <t>Asla Prenses Olamayanlar: Sanayici Babalar ve Kızları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055286781</t>
+          <t>9786257112635</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kadın Beyni Erkek Beyni</t>
+          <t>Marka Kültür Hafıza</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055286804</t>
+          <t>9786257112598</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Anne</t>
+          <t>Çocuğa Siz Söyler misiniz?</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>269</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055286644</t>
+          <t>9786257112543</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İnovasyon</t>
+          <t>Towards the Light Ceyhan Saldanlı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>249</v>
+        <v>120</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055286712</t>
+          <t>9786257112628</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Jules Verne Öyküler 2</t>
+          <t>Olimpos Dağı'ndan Hollywood'a</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>89</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055286613</t>
+          <t>9786257112604</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Yönetici Oldum</t>
+          <t>Dijitalin Kitabı mı Olur?</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>199</v>
+        <v>240</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756093726</t>
+          <t>9786257343251</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Dediğin Nedir ki?</t>
+          <t>Dünyanın Son Yumurtası</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>240</v>
+        <v>119</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756093887</t>
+          <t>9786257112574</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Geçen Hazırcevaplar</t>
+          <t>Gayrimenkulde Başarının 7 Altın Anahtarı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>240</v>
+        <v>560</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789756093139</t>
+          <t>9786257112567</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Şu Hortumlu Dünyada Fil Yalnız Bir Hayvandır</t>
+          <t>Karşı Mahalle</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>179</v>
+        <v>159</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756093054</t>
+          <t>8681185051470</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Süpermen ve Uğur Böceği</t>
+          <t>Avcunuzdaki Kelebek Hayat Defteri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257112475</t>
+          <t>9786257112529</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Süpermen Türk Olsaydı</t>
+          <t>5 Parasız Silikon Vadisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>159</v>
+        <v>240</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756093795</t>
+          <t>9786257112499</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Yönetim</t>
+          <t>Ebeveynlere Balonlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>240</v>
+        <v>139</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756093788</t>
+          <t>9786257112369</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Piyasaları Okumak</t>
+          <t>Farkıma Takılanlar</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756093832</t>
+          <t>9786257343091</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler için Beden Dili</t>
+          <t>At Atabildiğin Kadar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>190</v>
+        <v>149</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756093283</t>
+          <t>9786257112376</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Sözcükler Etkili Sonuçlar</t>
+          <t>Dura Mater 3. Kitap</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756093450</t>
+          <t>9786257112321</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Moks</t>
+          <t>Çocuğumun Beyninde Neler Oluyor?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>389</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756093351</t>
+          <t>9786257112314</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Farklıyız</t>
+          <t>Founder’s FAQ</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>199</v>
+        <v>240</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756093856</t>
+          <t>9786257112291</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İşte Zor İnsanlar</t>
+          <t>Uzaktan</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756093504</t>
+          <t>9786257112284</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İşte Mülakat</t>
+          <t>T.U.H.A.F. - Marka Yönetimi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>240</v>
+        <v>139</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055286651</t>
+          <t>9786257112277</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Kişisel İmaj</t>
+          <t>F.i.t - Şirketiniz F.i.t mi?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>215</v>
+        <v>139</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756093245</t>
+          <t>9786257112260</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Finansçı Olmayanlar İçin Finans</t>
+          <t>Şimdi Senin Zamanın</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>189</v>
+        <v>240</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055286118</t>
+          <t>9786257112222</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! İş Görüşmesi</t>
+          <t>Haddini Aş!</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055286286</t>
+          <t>9786257112192</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ergenleri Anlama Kılavuzu</t>
+          <t>10 Tombala Başıma Kon</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>349</v>
+        <v>139</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756093931</t>
+          <t>9786059367592</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Saçmalama! Davranışsal Finans</t>
+          <t>Açılın Ben Çocuğum</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055286019</t>
+          <t>9786059367196</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Anlama Kılavuzu</t>
+          <t>Korkma! İyi Bir Annesin</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>349</v>
+        <v>295</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756093160</t>
+          <t>9786257112215</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bütün Pazarlamacılar Yalancıdır Hikaye Anlatır</t>
+          <t>Sonsuz Oyunlaştırma</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>195</v>
+        <v>139</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756093214</t>
+          <t>9786257112185</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Kaynakları Masalı</t>
+          <t>Beyaz Yakalı’nın Dijital Yakalı’ya Dönüşümü</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055286507</t>
+          <t>9786257112161</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Şiddet - Kadının ve Çocuğun Korunması</t>
+          <t>Jules Verne Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>199</v>
+        <v>499</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055286576</t>
+          <t>9786257112147</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İşimiz Gücümüz Oyun</t>
+          <t>Işığa Doğru - Ceyhan Saldanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>190</v>
+        <v>149</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055286972</t>
+          <t>9786257112123</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Onursuz Olmasın İş</t>
+          <t>İkiyüzlü Güven Ortağı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055286545</t>
+          <t>9786257112130</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimi İstiyorum</t>
+          <t>Mental</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>249</v>
+        <v>240</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055286460</t>
+          <t>9786059795944</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Melekler İçin Şeytan Tüyü</t>
+          <t>Pervin Teyze Nasıl Basket Oynar?</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>190</v>
+        <v>119</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789756093498</t>
+          <t>9786257112086</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Zor İnsanlarla Zorlanmadan Baş Etmek</t>
+          <t>Satışın Şifreleri İle Sonucu Satmak</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>199</v>
+        <v>290</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055286668</t>
+          <t>9786257112109</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Su'dan Cola'ya</t>
+          <t>Çevrimiçi Riskler ve Siber Zorbalık</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055286965</t>
+          <t>9786257112093</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Sihirli Değnek</t>
+          <t>İşe Yeniden Başlamak</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055286699</t>
+          <t>9786059795920</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kasabası</t>
+          <t>Bandırma Roket Kulübü</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055286750</t>
+          <t>9786257112079</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mikro İfadeler</t>
+          <t>Arachnoid Mater 2. Kitap</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055286453</t>
+          <t>9786257112055</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yaşımda Bindiğim Kamyonun Frenleri Patladı ve Hayata Yuvarlandım</t>
+          <t>Şu Hortumlu Dünyada Fil Yalnız Bir Hayvandır 2 (Yeşil Kapak)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
+          <t>9786257112031</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Salgın Günleri Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786059367769</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Çarıklı İnovasyon</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786059367684</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>40 Santim</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786059795586</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Cornelius Masalı</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786059367752</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Konuşursam Dünya Sarsılır</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786059795548</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Bal Gibi</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786059367745</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik Hayattır</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786059367639</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Bilinç 6'nı Aşmak</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786059367622</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenler İçin Algı Yönetimi</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786059795517</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Korkuluk Koko</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786059367615</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerimin Gücü Adına Güç Bende Artık!</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786059795500</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Uykucu Sılot'la Uykusuz Kivi</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786059795470</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Şakacıktan</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786059367608</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Evlat</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786059367585</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Egoya Hayır</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786059367578</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Koçluk Kitabın</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786059367554</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Başarının Bilinen Sırları</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786059367547</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Cevaplar Şirketin İçinde</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786059367530</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Bak Nasıl da Konuşuyor!</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786059367523</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Güzel ve Etkili Konuşabilir</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786059795425</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Ustası</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786059367516</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Değil Cesur Ol</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786059795401</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Po: Tapatapa Macerası - Haris'in Saldırısı</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786059367509</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Pia Mater 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786059367493</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal İç İletişim</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786059367486</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Güven</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786059367455</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Oyunperest</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786059367424</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Duygusal Sermaye</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786059367448</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Bana Bi Sade</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786059367349</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerim Prensiplerim ve Yaşadıklarım</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059367394</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>İnovasyon Manifestosu - Büyük Kurumlar İçin</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786059367387</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Pencere Aç</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786059367363</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Aç Kapa Düzelir</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786059367356</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Cennette İlk Sofra - Bilge Kadın</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786059367332</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Açılın Ben Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786059367325</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>19 Nüans - İş Hayatında Başarı İçin Fark Yaratacak 19 Anahtar</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786059367318</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Sunum Sahnenizin Yönetmeni Olmak İster misiniz?</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786059367295</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Pardon! “Kurumsallaşmalı”mı Dediniz?</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786059795302</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Işık Muhafızı</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786059367288</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Her Satışçı Bir Terapisttir</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786059367264</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Bu!</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786059367233</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Geleceği Yönetmek</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786059367202</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Birlikte Başarmak</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786059367226</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Her Güne Bir Oyun Takvimi</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786059795234</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Pembe Cadı’nın Dükkanı</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786059367172</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>112 - Öğretmenliğime Notlar</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786059367165</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Beyinde Ararken Bağırsakta Buldum</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786059367158</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Şişman Kız Tombul Teyze</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786059367127</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Yetenek Kaşifi</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786059367110</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk 2.0</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786059367097</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Yaş Almış Öyküler</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786059367080</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Dans Eden Kelimeler</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786059367073</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Bağımsızlık Bildirgesi</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786059795098</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Ülkelere Doğru</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786059367066</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Analiz ve Kredi İşlemleri</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786059367059</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Veri Denizi</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786059367042</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Kişiliğiniz İtibarınızdır</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786059367011</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>İknanın İncelikleri</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786059795067</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Geceyi Yutan Çocuk</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786055286989</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Rahimler Göçü</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786059795043</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Sahi mi Susam</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786055286910</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>S.U.Ç Sistemin Umutlu Çocuğu</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786055286927</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik Öyküleri</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786055286903</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Takım Çalışması</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786055286897</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>İş'te Y Kuşağı</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786055286859</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789756093191</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Hıdır Kişisel Gelişiyor</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789756093153</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Avcunuzdaki Kelebek</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789756093115</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Vücudunuz Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786055286835</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Labirent</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786055286828</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Ezgimizi Kim Çaldı?</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786055286873</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Şakacı Kuşlar Sokağı</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786055286781</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Beyni Erkek Beyni</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786055286804</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncu Anne</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786055286644</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım İnovasyon</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786055286712</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Jules Verne Öyküler 2</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786055286613</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah, Yönetici Oldum</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789756093726</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Yetenek Dediğin Nedir ki?</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789756093887</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Tarihe Geçen Hazırcevaplar</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789756093139</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Şu Hortumlu Dünyada Fil Yalnız Bir Hayvandır</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789756093054</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Süpermen ve Uğur Böceği</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786257112475</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Süpermen Türk Olsaydı</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789756093795</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Yönetim</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789756093788</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Piyasaları Okumak</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789756093832</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenler için Beden Dili</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789756093283</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Olumlu Sözcükler Etkili Sonuçlar</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789756093450</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Moks</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789756093351</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>İyi ki Farklıyız</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789756093856</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>İşte Zor İnsanlar</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789756093504</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>İşte Mülakat</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786055286651</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>10 Adımda Kişisel İmaj</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789756093245</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Finansçı Olmayanlar İçin Finans</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786055286118</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah! İş Görüşmesi</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786055286286</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Ergenleri Anlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789756093931</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Saçmalama! Davranışsal Finans</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786055286019</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Çocukları Anlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789756093160</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Pazarlamacılar Yalancıdır Hikaye Anlatır</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789756093214</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Bir İnsan Kaynakları Masalı</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786055286507</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Aile İçi Şiddet - Kadının ve Çocuğun Korunması</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786055286576</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>İşimiz Gücümüz Oyun</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786055286972</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Yeter ki Onursuz Olmasın İş</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786055286545</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerimi İstiyorum</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786055286460</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Melekler İçin Şeytan Tüyü</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789756093498</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Zor İnsanlarla Zorlanmadan Baş Etmek</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786055286668</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Su'dan Cola'ya</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786055286965</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Ev Yapımı Sihirli Değnek</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786055286699</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Kasabası</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786055286750</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Mikro İfadeler</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786055286453</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Yaşımda Bindiğim Kamyonun Frenleri Patladı ve Hayata Yuvarlandım</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
           <t>9786055286323</t>
         </is>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B303" s="1" t="inlineStr">
         <is>
           <t>Ekonomik Krizi Beklerken</t>
         </is>
       </c>
-      <c r="C194" s="1">
+      <c r="C303" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>