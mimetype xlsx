--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,655 +85,805 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259828237</t>
+          <t>9786259249636</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Kendini Bil, Çocuğunu Tanı; Farkındalıklı Ebeveyn</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259299945</t>
+          <t>9786259249643</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Kimliksiz</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259299938</t>
+          <t>9786259249629</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Enok'un Sırlar Kitabı</t>
+          <t>Noşar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259375885</t>
+          <t>9786259308937</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Duygu ve Gönül Esintilerim 2</t>
+          <t>Berlin Duvarında Düello</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259299921</t>
+          <t>9786259308951</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kömürün Çocukları</t>
+          <t>Amerikalı Bir Köle; Frederick Douglass'ın Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259299969</t>
+          <t>9786259308975</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm</t>
+          <t>Aşk ve Evliliğin Ezoterik Felsefesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259299914</t>
+          <t>9786259308944</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sular</t>
+          <t>Dost Kazanma ve İnsanları Etkileme Sanat</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259375847</t>
+          <t>9786259308920</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Erdemle Kırbaçlanan Kadın</t>
+          <t>Yaşamdan Damıtılmış Öyküler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259375861</t>
+          <t>9786259249612</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İlkel Toplumlarda Suç ve Gelenek</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259375878</t>
+          <t>9786259249605</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Büyü Bilim ve Din</t>
+          <t>Tibet'in Ölüler Kitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259375854</t>
+          <t>9786259828237</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Sahte Dervişin Orta Asya Gezisi</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259299976</t>
+          <t>9786259299945</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kubbeli Kerhane</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259299983</t>
+          <t>9786259299938</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Duygu ve Gönül Esintilerim - 4</t>
+          <t>Peygamber Enok'un Sırlar Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259308906</t>
+          <t>9786259375885</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sistemimizdeki Sorunlar ve Çıkmazlar</t>
+          <t>Duygu ve Gönül Esintilerim 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259299990</t>
+          <t>9786259299921</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Duygu ve Gönül Esintilerim - 5</t>
+          <t>Kömürün Çocukları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259308913</t>
+          <t>9786259299969</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Veli Rehberi</t>
+          <t>Ömrüm</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259299907</t>
+          <t>9786259299914</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Müfettişliğindeki Anılarım</t>
+          <t>Sessiz Sular</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259375892</t>
+          <t>9786259375847</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Duygu ve Gönül Esintilerim 3</t>
+          <t>Erdemle Kırbaçlanan Kadın</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259375809</t>
+          <t>9786259375861</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Solan Goncalar</t>
+          <t>İlkel Toplumlarda Suç ve Gelenek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259254296</t>
+          <t>9786259375878</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Öğretmen</t>
+          <t>Büyü Bilim ve Din</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259254289</t>
+          <t>9786259375854</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Denenen Denemeler</t>
+          <t>Bir Sahte Dervişin Orta Asya Gezisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259254272</t>
+          <t>9786259299976</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çingene Aşkı</t>
+          <t>Kubbeli Kerhane</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259254258</t>
+          <t>9786259299983</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Göklerdeki Haykırış</t>
+          <t>Duygu ve Gönül Esintilerim - 4</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259254265</t>
+          <t>9786259308906</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Sevenler</t>
+          <t>Eğitim Sistemimizdeki Sorunlar ve Çıkmazlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259375816</t>
+          <t>9786259299990</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeslik Dünya’da Kalender’in Sözleri</t>
+          <t>Duygu ve Gönül Esintilerim - 5</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259254241</t>
+          <t>9786259308913</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kurumuş Ağacın Gölgesinde</t>
+          <t>Öğrenci Veli Rehberi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259375823</t>
+          <t>9786259299907</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tek Yürek Doktor Ceren</t>
+          <t>Eğitim Müfettişliğindeki Anılarım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259375830</t>
+          <t>9786259375892</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Vuslatan</t>
+          <t>Duygu ve Gönül Esintilerim 3</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259254227</t>
+          <t>9786259375809</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Umudun Güneşi Gönül Selinden Şiirler</t>
+          <t>Solan Goncalar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259254234</t>
+          <t>9786259254296</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kendi Hikâyeni Yaz</t>
+          <t>Sürgündeki Öğretmen</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259254210</t>
+          <t>9786259254289</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Romantik Serseri: Bir Dijital Göçebenin Sanat ve Kaosa Düşüşü</t>
+          <t>Denenen Denemeler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259254203</t>
+          <t>9786259254272</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Serçe Kuşu</t>
+          <t>Çingene Aşkı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259828299</t>
+          <t>9786259254258</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Başkadır Benim Öğretmenim</t>
+          <t>Göklerdeki Haykırış</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259828282</t>
+          <t>9786259254265</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aynada Monologlar</t>
+          <t>Aşkı Sevenler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259828251</t>
+          <t>9786259375816</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Bir Nefeslik Dünya’da Kalender’in Sözleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259828268</t>
+          <t>9786259254241</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Kurumuş Ağacın Gölgesinde</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259828244</t>
+          <t>9786259375823</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Tek Yürek Doktor Ceren</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259828206</t>
+          <t>9786259375830</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nar</t>
+          <t>Vuslatan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259828220</t>
+          <t>9786259254227</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey Ve Rakım Efendi</t>
+          <t>Umudun Güneşi Gönül Selinden Şiirler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259828213</t>
+          <t>9786259254234</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Kendi Hikâyeni Yaz</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
+          <t>9786259254210</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Romantik Serseri: Bir Dijital Göçebenin Sanat ve Kaosa Düşüşü</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786259254203</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Kimsesiz Serçe Kuşu</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786259828299</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Bir Başkadır Benim Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786259828282</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Aynada Monologlar</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786259828251</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786259828268</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786259828244</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Yahut Silistre</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786259828206</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Nar</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786259828220</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey Ve Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786259828213</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
           <t>9786259828275</t>
         </is>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Araba Sevdası</t>
         </is>
       </c>
-      <c r="C42" s="1">
+      <c r="C52" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>