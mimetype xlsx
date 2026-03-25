--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,5320 +85,5740 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255738226</t>
+          <t>9786255738158</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Giritli</t>
+          <t>Sen Hiç Sevmedin Ki Beni</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>599</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255738110</t>
+          <t>9786255738172</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tuna'dan Adriyatik'e Bir Yolculuk</t>
+          <t>Sarayın Hayaletleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>459</v>
+        <v>199</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256285965</t>
+          <t>9786255738141</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İki Prens</t>
+          <t>Helezoni</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>196</v>
+        <v>239</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256285712</t>
+          <t>9786255738097</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dağ ve Deniz</t>
+          <t>Haldun Taner'in Hikâyelerinde İroni</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>196</v>
+        <v>269</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256285859</t>
+          <t>9786255738103</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Doğan</t>
+          <t>Z Kuşağının Sözünden</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>519</v>
+        <v>249</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256285903</t>
+          <t>9786255738127</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Bir Hikâye</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>196</v>
+        <v>229</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256285910</t>
+          <t>9786255738066</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Vakti</t>
+          <t>Kösele Kundura Kauçuk Zaman</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>196</v>
+        <v>229</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256285880</t>
+          <t>9786255738035</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Topraklar</t>
+          <t>Özgür İrade ve Yazgının Dansı – Karma ve Kader</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>699</v>
+        <v>259</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256285842</t>
+          <t>9786255738080</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Erlion</t>
+          <t>Kimin Hikâyesi Bu?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>369</v>
+        <v>196</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256285941</t>
+          <t>9786255738042</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Senfonisi (Ciltli)</t>
+          <t>Menry – Kök Atalar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>219</v>
+        <v>269</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256285736</t>
+          <t>9786255738004</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>333</t>
+          <t>Didim Kehaneti</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>239</v>
+        <v>619</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256285866</t>
+          <t>9786256285996</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Umutla Bakmak</t>
+          <t>Bir Gençliğin Müsveddesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>189</v>
+        <v>269</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256285873</t>
+          <t>9786256285934</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tatar Saadet</t>
+          <t>Adana’dan Bir Delikanlı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>196</v>
+        <v>329</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256285811</t>
+          <t>9786256285972</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sadece Bir Rüya</t>
+          <t>Rastlaşınca</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>219</v>
+        <v>196</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256285804</t>
+          <t>9786256285927</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Egoizmfobisiyle Yaşamanın Psikolojisi</t>
+          <t>İnsanrı – Hiçliğin Yankısı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>492</v>
+        <v>196</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256285798</t>
+          <t>9786256933156</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Kürekçi Destanı</t>
+          <t>Telkinci</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>279</v>
+        <v>169</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256285705</t>
+          <t>9786256933873</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Göktürklü’nün İntikamı</t>
+          <t>Zambaklar Çiçek Açtığında</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>329</v>
+        <v>199</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256285750</t>
+          <t>9786256933743</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Tahribat Müessesesi</t>
+          <t>Yok Oluş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>169</v>
+        <v>294</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256285743</t>
+          <t>9786050634013</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aydınlığın Karanlıkta Hissettiği Gerçekler</t>
+          <t>Bir Şansımız Vardı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>219</v>
+        <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256285835</t>
+          <t>9786050634075</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>339</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256285828</t>
+          <t>9786057451002</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş İntikam</t>
+          <t>Kayıp Rıhtım Masalları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>179</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256285767</t>
+          <t>9786057471499</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Son Olimposlular</t>
+          <t>Kara Sevda</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>189</v>
+        <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256285668</t>
+          <t>9786057471475</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Benim Minik Pocahontas’ım</t>
+          <t>Umut Köprüsü 2. Kitap</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>159</v>
+        <v>424</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256285774</t>
+          <t>9786057726629</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ayana – Sınır Dünya: İlk Temas</t>
+          <t>Soytarı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256285699</t>
+          <t>9786255738202</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinde</t>
+          <t>Sudan Çıkmış Balık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>189</v>
+        <v>279</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256285675</t>
+          <t>9786255738264</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Diwane Xamırpet'e</t>
+          <t>Romantik Sosyalistler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256285606</t>
+          <t>9786255738257</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İhtiyarın Gölge Öğüdü</t>
+          <t>Mübadele Aşkları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>196</v>
+        <v>296</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256285637</t>
+          <t>9786255738233</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yok Oluş</t>
+          <t>İltica, Hoş Bulduk İstanbul, Hoş Bulduk Londra</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>289</v>
+        <v>349</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256285620</t>
+          <t>9786255738226</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Sıradanlar</t>
+          <t>Giritli</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>169</v>
+        <v>599</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256285613</t>
+          <t>9786255738110</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanın Mucidi</t>
+          <t>Tuna'dan Adriyatik'e Bir Yolculuk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>149</v>
+        <v>459</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256285651</t>
+          <t>9786256285965</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gücüm Yetene Kadar</t>
+          <t>İki Prens</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256285644</t>
+          <t>9786256285712</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Corvus ve Desiderium - İlk Aşk</t>
+          <t>Dağ ve Deniz</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>159</v>
+        <v>196</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256285590</t>
+          <t>9786256285859</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş</t>
+          <t>Küllerinden Doğan</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>219</v>
+        <v>519</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256285545</t>
+          <t>9786256285903</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şehrengiz</t>
+          <t>Bir Şiir Bir Hikâye</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>149</v>
+        <v>196</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256285538</t>
+          <t>9786256285910</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cesaret ve Güven</t>
+          <t>Tefekkür Vakti</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>179</v>
+        <v>196</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256285521</t>
+          <t>9786256285880</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Uçmak İsterse</t>
+          <t>Huzursuz Topraklar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>239</v>
+        <v>699</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256285569</t>
+          <t>9786256285842</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Günlük</t>
+          <t>Erlion</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>149</v>
+        <v>369</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256285576</t>
+          <t>9786256285941</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Sırlar Senfonisi (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>179</v>
+        <v>219</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256285583</t>
+          <t>9786256285736</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Disiplin Özgürlüktür</t>
+          <t>333</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>259</v>
+        <v>239</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256285439</t>
+          <t>9786256285866</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Arka Odalar - Kuzey Ateş'i</t>
+          <t>Umutla Bakmak</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>379</v>
+        <v>189</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256285491</t>
+          <t>9786256285873</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bahar Kokusu</t>
+          <t>Tatar Saadet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>149</v>
+        <v>196</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256285446</t>
+          <t>9786256285811</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Arka Odalar - Doğu Zelzele'si</t>
+          <t>Hayat Sadece Bir Rüya</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>239</v>
+        <v>219</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256285477</t>
+          <t>9786256285804</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hikâyeni Yaz ve Yaşa</t>
+          <t>Egoizmfobisiyle Yaşamanın Psikolojisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>149</v>
+        <v>492</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256285422</t>
+          <t>9786256285798</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ciğeri Yakan Nefes</t>
+          <t>Ebedi Kürekçi Destanı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>329</v>
+        <v>279</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256285484</t>
+          <t>9786256285705</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Evlenmeden Önce Yazdım</t>
+          <t>Göktürklü’nün İntikamı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>264</v>
+        <v>329</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256285156</t>
+          <t>9786256285750</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İntihar Eden Birisinin Yüzleşmeleri</t>
+          <t>Bir Tahribat Müessesesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256285460</t>
+          <t>9786256285743</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mani</t>
+          <t>Aydınlığın Karanlıkta Hissettiği Gerçekler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>242</v>
+        <v>219</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256285453</t>
+          <t>9786256285835</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Son Dans</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>159</v>
+        <v>339</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256285415</t>
+          <t>9786256285828</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Zühal Yıldızı</t>
+          <t>Unutulmuş İntikam</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256933125</t>
+          <t>9786256285767</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Söyle Kimsin Sen?</t>
+          <t>Son Olimposlular</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>242</v>
+        <v>189</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256285392</t>
+          <t>9786256285668</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Tanışırız</t>
+          <t>Benim Minik Pocahontas’ım</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>159</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256285378</t>
+          <t>9786256285774</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bipolar Günlükleri</t>
+          <t>Ayana – Sınır Dünya: İlk Temas</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256285354</t>
+          <t>9786256285699</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hayallerime Düşen Son Damlalar</t>
+          <t>Zamanın Ötesinde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256285361</t>
+          <t>9786256285675</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Yolu</t>
+          <t>Diwane Xamırpet'e</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>274</v>
+        <v>239</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256285071</t>
+          <t>9786256285606</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kendi Olamamışlar</t>
+          <t>İhtiyarın Gölge Öğüdü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>149</v>
+        <v>196</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256933460</t>
+          <t>9786256285637</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Krallığı Kurtarmak</t>
+          <t>Yok Oluş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>169</v>
+        <v>289</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256933279</t>
+          <t>9786256285620</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Aynası</t>
+          <t>Muhteşem Sıradanlar</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256285408</t>
+          <t>9786256285613</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Yüklü Sandık</t>
+          <t>Kayıp Zamanın Mucidi</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256285385</t>
+          <t>9786256285651</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler</t>
+          <t>Gücüm Yetene Kadar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256285293</t>
+          <t>9786256285644</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kitaplık</t>
+          <t>Corvus ve Desiderium - İlk Aşk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>179</v>
+        <v>159</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256285330</t>
+          <t>9786256285590</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Enkazdan Paralel Evrene Uyanış</t>
+          <t>Geçmiş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256285309</t>
+          <t>9786256285545</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Azrail’i Öldüren Sıradan Bir Adamın Öyküsü</t>
+          <t>Şehrengiz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256285316</t>
+          <t>9786256285538</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hatıraların Tozu</t>
+          <t>Cesaret ve Güven</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256285323</t>
+          <t>9786256285521</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Küçük Anlar</t>
+          <t>Kelebekler Uçmak İsterse</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256285064</t>
+          <t>9786256285569</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kralların Kralı</t>
+          <t>Günlük</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>209</v>
+        <v>149</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256285194</t>
+          <t>9786256285576</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>H/iç S/esler</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256285279</t>
+          <t>9786256285583</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>III. Medusa İstanbul’da</t>
+          <t>Disiplin Özgürlüktür</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>189</v>
+        <v>259</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256285286</t>
+          <t>9786256285439</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hayatlar Ansiklopedisi</t>
+          <t>Arka Odalar - Kuzey Ateş'i</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>294</v>
+        <v>379</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256285262</t>
+          <t>9786256285491</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Başka Ankara'da</t>
+          <t>Bahar Kokusu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>274</v>
+        <v>149</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256285033</t>
+          <t>9786256285446</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Reçel ve Deniz Kabukları</t>
+          <t>Arka Odalar - Doğu Zelzele'si</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>324</v>
+        <v>239</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256285255</t>
+          <t>9786256285477</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Saatin Susu</t>
+          <t>Hikâyeni Yaz ve Yaşa</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256285217</t>
+          <t>9786256285422</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Büyümek</t>
+          <t>Ciğeri Yakan Nefes</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>210</v>
+        <v>329</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256285231</t>
+          <t>9786256285484</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bürokrat Global</t>
+          <t>Bu Kitabı Evlenmeden Önce Yazdım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>169</v>
+        <v>264</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256285224</t>
+          <t>9786256285156</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Buz Çiçekleri</t>
+          <t>İntihar Eden Birisinin Yüzleşmeleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256285187</t>
+          <t>9786256285460</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Türkiye</t>
+          <t>Mani</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>376</v>
+        <v>242</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256285248</t>
+          <t>9786256285453</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönem Dönemecinde, Paralelim Yakarcayla</t>
+          <t>Son Dans</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>284</v>
+        <v>159</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256285170</t>
+          <t>9786256285415</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ben Bugün İstanbul Oldum</t>
+          <t>Zühal Yıldızı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>252</v>
+        <v>149</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256285200</t>
+          <t>9786256933125</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>J&amp;A</t>
+          <t>Kalbime Söyle Kimsin Sen?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>216</v>
+        <v>242</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256285163</t>
+          <t>9786256285392</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Aile Mezarlığı</t>
+          <t>Belki Bir Gün Tanışırız</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>169</v>
+        <v>210</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256285149</t>
+          <t>9786256285378</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokak</t>
+          <t>Bipolar Günlükleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256285132</t>
+          <t>9786256285354</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ayşe</t>
+          <t>Hayallerime Düşen Son Damlalar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>264</v>
+        <v>169</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256285125</t>
+          <t>9786256285361</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bebek İçin</t>
+          <t>Kaderin Yolu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>179</v>
+        <v>274</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256285088</t>
+          <t>9786256285071</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Jean Genet Oyunlarında Bir Arınma Aracı Mazoşizm</t>
+          <t>Kendi Olamamışlar</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256285118</t>
+          <t>9786256933460</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Duy Beni Anne</t>
+          <t>Krallığı Kurtarmak</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256285057</t>
+          <t>9786256933279</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Rüyanın Peşinde</t>
+          <t>Ruhun Aynası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>252</v>
+        <v>169</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256285095</t>
+          <t>9786256285408</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Gibi Hür</t>
+          <t>Hikaye Yüklü Sandık</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256933965</t>
+          <t>9786256285385</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Devlerin Omuzlarından Işığa Bakmak</t>
+          <t>Çizgiler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>264</v>
+        <v>159</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256285101</t>
+          <t>9786256285293</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Korku</t>
+          <t>Kitaplık</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>232</v>
+        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256285040</t>
+          <t>9786256285330</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tesbih</t>
+          <t>Enkazdan Paralel Evrene Uyanış</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256285026</t>
+          <t>9786256285309</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bulimik</t>
+          <t>Azrail’i Öldüren Sıradan Bir Adamın Öyküsü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>159</v>
+        <v>179</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256285002</t>
+          <t>9786256285316</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tüm Işıkları Yak!</t>
+          <t>Hatıraların Tozu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>212</v>
+        <v>179</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256285019</t>
+          <t>9786256285323</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mavi Cehennet</t>
+          <t>Küçük Anlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>210</v>
+        <v>169</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256933989</t>
+          <t>9786256285064</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bahire</t>
+          <t>Kralların Kralı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>424</v>
+        <v>209</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256933972</t>
+          <t>9786256285194</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kudret</t>
+          <t>H/iç S/esler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>264</v>
+        <v>169</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256933996</t>
+          <t>9786256285279</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Aklından Sevmeyi Geçirme-2</t>
+          <t>III. Medusa İstanbul’da</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>210</v>
+        <v>189</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256933293</t>
+          <t>9786256285286</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin</t>
+          <t>Hayatlar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>192</v>
+        <v>294</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256933088</t>
+          <t>9786256285262</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Geciken Sabahlar</t>
+          <t>Ölüm Bir Başka Ankara'da</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>149</v>
+        <v>274</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256933842</t>
+          <t>9786256285033</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sangria</t>
+          <t>Aşk, Reçel ve Deniz Kabukları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>179</v>
+        <v>324</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256933941</t>
+          <t>9786256285255</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ucuz Romantik</t>
+          <t>Saatin Susu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>216</v>
+        <v>149</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256933934</t>
+          <t>9786256285217</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Gece Hayatı</t>
+          <t>Büyümek</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>149</v>
+        <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256933958</t>
+          <t>9786256285231</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kısas</t>
+          <t>Bürokrat Global</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>264</v>
+        <v>169</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256933927</t>
+          <t>9786256285224</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zeytingöz</t>
+          <t>Buz Çiçekleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>404</v>
+        <v>179</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256933910</t>
+          <t>9786256285187</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Suş</t>
+          <t>Bir Zamanlar Türkiye</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>189</v>
+        <v>376</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256933897</t>
+          <t>9786256285248</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bazı Şeyler Hakkında</t>
+          <t>Bir Dönem Dönemecinde, Paralelim Yakarcayla</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>149</v>
+        <v>284</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256933903</t>
+          <t>9786256285170</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Felika</t>
+          <t>Ben Bugün İstanbul Oldum</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>149</v>
+        <v>252</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256933880</t>
+          <t>9786256285200</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Bir Antrenör</t>
+          <t>J&amp;A</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>252</v>
+        <v>216</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256933859</t>
+          <t>9786256285163</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteden Sevgilim</t>
+          <t>Aile Mezarlığı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>205</v>
+        <v>169</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256933835</t>
+          <t>9786256285149</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kendi Başına</t>
+          <t>Çıkmaz Sokak</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256933866</t>
+          <t>9786256285132</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tozbar Efsanesi</t>
+          <t>Ayşe</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>226</v>
+        <v>264</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256933804</t>
+          <t>9786256285125</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Döngü</t>
+          <t>Sadece Bebek İçin</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>216</v>
+        <v>179</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256933828</t>
+          <t>9786256285088</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ruh Saklambacı</t>
+          <t>Jean Genet Oyunlarında Bir Arınma Aracı Mazoşizm</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256933811</t>
+          <t>9786256285118</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Karabaş Ünye’de</t>
+          <t>Duy Beni Anne</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>194</v>
+        <v>159</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256933774</t>
+          <t>9786256285057</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Buzul Kasabası</t>
+          <t>Rüyanın Peşinde</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>216</v>
+        <v>252</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256933781</t>
+          <t>9786256285095</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hasbelkader Aşk</t>
+          <t>Kuşlar Gibi Hür</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256933798</t>
+          <t>9786256933965</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tapaqar’da Cinayet</t>
+          <t>Devlerin Omuzlarından Işığa Bakmak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>189</v>
+        <v>264</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256933767</t>
+          <t>9786256285101</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kapılı Evler</t>
+          <t>En Büyük Korku</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>169</v>
+        <v>232</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256933736</t>
+          <t>9786256285040</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Po’nun Yolculuğu</t>
+          <t>Tesbih</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256933705</t>
+          <t>9786256285026</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Bulimik</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256933750</t>
+          <t>9786256285002</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tarot Cinayetleri</t>
+          <t>Tüm Işıkları Yak!</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>284</v>
+        <v>212</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256933644</t>
+          <t>9786256285019</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Samira</t>
+          <t>Mavi Cehennet</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>189</v>
+        <v>210</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256933712</t>
+          <t>9786256933989</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Derin Denizi Yaşamak</t>
+          <t>Bahire</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>376</v>
+        <v>424</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256933729</t>
+          <t>9786256933972</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>7,Antakya</t>
+          <t>Kudret</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>179</v>
+        <v>264</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256933651</t>
+          <t>9786256933996</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Panthera - Argunç</t>
+          <t>Aklından Sevmeyi Geçirme-2</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>304</v>
+        <v>210</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256933699</t>
+          <t>9786256933293</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Yabancısı</t>
+          <t>Yalnız Değilsin</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>169</v>
+        <v>192</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256933675</t>
+          <t>9786256933088</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dört 4 'lük Hikâyeler</t>
+          <t>Geciken Sabahlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256933682</t>
+          <t>9786256933842</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Charles Nodier ve Fantastik Evreni</t>
+          <t>Sangria</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>189</v>
+        <v>179</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256933606</t>
+          <t>9786256933941</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Altın Çağ 2 - Düş Gezgini</t>
+          <t>Ucuz Romantik</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>232</v>
+        <v>216</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256933637</t>
+          <t>9786256933934</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Monolog</t>
+          <t>Güneşin Gece Hayatı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256933620</t>
+          <t>9786256933958</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Orenda - Karanlığın İçindeki Dünya</t>
+          <t>Kısas</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>242</v>
+        <v>264</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256933590</t>
+          <t>9786256933927</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çırpınan Kadın</t>
+          <t>Zeytingöz</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>534</v>
+        <v>404</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256933613</t>
+          <t>9786256933910</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Fikriyat</t>
+          <t>Suş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256933491</t>
+          <t>9786256933897</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Aşiret</t>
+          <t>Bazı Şeyler Hakkında</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>232</v>
+        <v>149</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256933583</t>
+          <t>9786256933903</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Sanrısı</t>
+          <t>Felika</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256933576</t>
+          <t>9786256933880</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kaybettiklerimiz</t>
+          <t>Çerkes Bir Antrenör</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>159</v>
+        <v>252</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256933569</t>
+          <t>9786256933859</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Nox</t>
+          <t>Üniversiteden Sevgilim</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256933552</t>
+          <t>9786256933835</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Son Fenomen Bükücü</t>
+          <t>Kendi Başına</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256933538</t>
+          <t>9786256933866</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Tozbar Efsanesi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>179</v>
+        <v>226</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256933514</t>
+          <t>9786256933804</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Edel: Şeytanın Hizmetkarı</t>
+          <t>Üçüncü Döngü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>226</v>
+        <v>216</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256933507</t>
+          <t>9786256933828</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kudreti Tanıyan Kanatlarım</t>
+          <t>Ruh Saklambacı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256933545</t>
+          <t>9786256933811</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>4 Kadın 3 Hikaye</t>
+          <t>Karabaş Ünye’de</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>216</v>
+        <v>194</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256933521</t>
+          <t>9786256933774</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Krallık</t>
+          <t>Buzul Kasabası</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>264</v>
+        <v>216</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256933477</t>
+          <t>9786256933781</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ne Olsam?</t>
+          <t>Hasbelkader Aşk</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256933484</t>
+          <t>9786256933798</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Limon</t>
+          <t>Tapaqar’da Cinayet</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256933392</t>
+          <t>9786256933767</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Üstün Tözün İmtihanı</t>
+          <t>Mavi Kapılı Evler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>376</v>
+        <v>169</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256933446</t>
+          <t>9786256933736</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çap ve Bir Dolar</t>
+          <t>Po’nun Yolculuğu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256933453</t>
+          <t>9786256933705</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çap ve Bir Dolar</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>264</v>
+        <v>189</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256933422</t>
+          <t>9786256933750</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bir Bar Hikayesi</t>
+          <t>Tarot Cinayetleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>209</v>
+        <v>284</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256933439</t>
+          <t>9786256933644</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ben Yaşsız Adam</t>
+          <t>Samira</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>264</v>
+        <v>189</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256933415</t>
+          <t>9786256933712</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Işığı</t>
+          <t>Derin Denizi Yaşamak</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>324</v>
+        <v>376</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256933408</t>
+          <t>9786256933729</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Işığı Dönüş</t>
+          <t>7,Antakya</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>360</v>
+        <v>179</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256933385</t>
+          <t>9786256933651</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Vampirin Kanı</t>
+          <t>Kızıl Panthera - Argunç</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>202</v>
+        <v>304</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257458849</t>
+          <t>9786256933699</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilinmezliği Üzerine Aforizmalar</t>
+          <t>Geçmişin Yabancısı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257458832</t>
+          <t>9786256933675</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Dört 4 'lük Hikâyeler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256933354</t>
+          <t>9786256933682</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sirk</t>
+          <t>Charles Nodier ve Fantastik Evreni</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256933361</t>
+          <t>9786256933606</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sedef</t>
+          <t>Altın Çağ 2 - Düş Gezgini</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>199</v>
+        <v>232</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256933378</t>
+          <t>9786256933637</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Şiirlerin</t>
+          <t>Monolog</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256933330</t>
+          <t>9786256933620</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Yürüyüşçüsü</t>
+          <t>Orenda - Karanlığın İçindeki Dünya</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>344</v>
+        <v>242</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256933347</t>
+          <t>9786256933590</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İnsanrı</t>
+          <t>Çırpınan Kadın</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>179</v>
+        <v>534</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256933309</t>
+          <t>9786256933613</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İkinci Döngü “Uyanış”</t>
+          <t>Fikriyat</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256933286</t>
+          <t>9786256933491</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gezdi Gördü Bitirdi</t>
+          <t>Aşiret</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>149</v>
+        <v>232</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256933200</t>
+          <t>9786256933583</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ah’lı Geçmiş Zaman</t>
+          <t>Varoluş Sanrısı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256933231</t>
+          <t>9786256933576</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kronia Kara Anshar Mühürleri</t>
+          <t>Kaybettiklerimiz</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>474</v>
+        <v>159</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256933262</t>
+          <t>9786256933569</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Killik</t>
+          <t>Nox</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>284</v>
+        <v>205</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256933224</t>
+          <t>9786256933552</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Verda, Siyah Köpek ve Şampanya Patlamadı</t>
+          <t>Son Fenomen Bükücü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256933255</t>
+          <t>9786256933538</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Namuteber</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256933187</t>
+          <t>9786256933514</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hissel Muhasebe - Halının Altından Z Raporu</t>
+          <t>Edel: Şeytanın Hizmetkarı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>169</v>
+        <v>226</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256933217</t>
+          <t>9786256933507</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Firuze’yi Sever Gibi</t>
+          <t>Kudreti Tanıyan Kanatlarım</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>209</v>
+        <v>149</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256933248</t>
+          <t>9786256933545</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Benden Bana</t>
+          <t>4 Kadın 3 Hikaye</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>159</v>
+        <v>216</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256933194</t>
+          <t>9786256933521</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi</t>
+          <t>Kırmızı Krallık</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>189</v>
+        <v>264</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256933163</t>
+          <t>9786256933477</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Altın Çağ -1</t>
+          <t>Ne Olsam?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>205</v>
+        <v>149</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256933170</t>
+          <t>9786256933484</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Sır</t>
+          <t>Limon</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>179</v>
+        <v>159</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256933149</t>
+          <t>9786256933392</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Monotoni</t>
+          <t>Üstün Tözün İmtihanı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>169</v>
+        <v>376</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256933132</t>
+          <t>9786256933446</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Felsefe</t>
+          <t>Çap ve Bir Dolar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256933101</t>
+          <t>9786256933453</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Faik</t>
+          <t>Çap ve Bir Dolar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>116</v>
+        <v>264</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256933118</t>
+          <t>9786256933422</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yarınsızlar</t>
+          <t>Bir Bar Hikayesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>149</v>
+        <v>209</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256933095</t>
+          <t>9786256933439</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Kayıp Odaları</t>
+          <t>Ben Yaşsız Adam</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>149</v>
+        <v>264</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257458733</t>
+          <t>9786256933415</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sınırların Adında</t>
+          <t>Kalbimin Işığı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>264</v>
+        <v>324</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256933064</t>
+          <t>9786256933408</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Meşe Ağacı Gölgesinde</t>
+          <t>Kalbimin Işığı Dönüş</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>324</v>
+        <v>360</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256933071</t>
+          <t>9786256933385</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İdeal Bir Ailede Yetişen Çocuk</t>
+          <t>Vampirin Kanı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>149</v>
+        <v>202</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256933057</t>
+          <t>9786257458849</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Kırık Aynaları</t>
+          <t>Yaşam Bilinmezliği Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257458870</t>
+          <t>9786257458832</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Düşman</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256933033</t>
+          <t>9786256933354</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hücre - Dışarısı Çok Tehlikeli</t>
+          <t>Sirk</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256933040</t>
+          <t>9786256933361</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Birinci Döngü - Arayış</t>
+          <t>Sedef</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256933026</t>
+          <t>9786256933378</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin Ne Kadar İleri Gidebilirsin?</t>
+          <t>Adı Yok Şiirlerin</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>194</v>
+        <v>149</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256933002</t>
+          <t>9786256933330</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime İkamet Edenim</t>
+          <t>Rüzgar Yürüyüşçüsü</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>179</v>
+        <v>344</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256933019</t>
+          <t>9786256933347</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>“Kadın” Olmanın Saçmalığı</t>
+          <t>İnsanrı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257458993</t>
+          <t>9786256933309</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Üzerine</t>
+          <t>İkinci Döngü “Uyanış”</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257458719</t>
+          <t>9786256933286</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Aklın Duygu İklimindeki Yalnızlığı</t>
+          <t>Gezdi Gördü Bitirdi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>232</v>
+        <v>149</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257458962</t>
+          <t>9786256933200</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni</t>
+          <t>Ah’lı Geçmiş Zaman</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>210</v>
+        <v>149</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257458924</t>
+          <t>9786256933231</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kütüphanesi</t>
+          <t>Kronia Kara Anshar Mühürleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>252</v>
+        <v>474</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257458931</t>
+          <t>9786256933262</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Zephyrion Tutsağı</t>
+          <t>Killik</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>159</v>
+        <v>284</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257458979</t>
+          <t>9786256933224</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Görülmezler Kulübü</t>
+          <t>Verda, Siyah Köpek ve Şampanya Patlamadı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257458955</t>
+          <t>9786256933255</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Benimle Bak</t>
+          <t>Namuteber</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>222</v>
+        <v>169</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257458948</t>
+          <t>9786256933187</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Dünya ve Güçleri - Dost Musunuz Düşman Mı?</t>
+          <t>Hissel Muhasebe - Halının Altından Z Raporu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>294</v>
+        <v>169</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257458863</t>
+          <t>9786256933217</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Çelik Suyu - Almanya’ya Göçün Dramı</t>
+          <t>Firuze’yi Sever Gibi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>404</v>
+        <v>209</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257458917</t>
+          <t>9786256933248</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ve Gülü</t>
+          <t>Benden Bana</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257458801</t>
+          <t>9786256933194</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Şiirler De Konuşur</t>
+          <t>Türk Eğitim Sistemi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257458894</t>
+          <t>9786256933163</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kadar Özgür</t>
+          <t>Altın Çağ -1</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>159</v>
+        <v>205</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257458887</t>
+          <t>9786256933170</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Cennetten</t>
+          <t>Kitab-ı Sır</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257458825</t>
+          <t>9786256933149</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Beyefendi</t>
+          <t>Karanlıkta Monotoni</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257458856</t>
+          <t>9786256933132</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Benim Adım Felsefe</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257458788</t>
+          <t>9786256933101</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Bekçileri</t>
+          <t>Faik</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>169</v>
+        <v>116</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257458818</t>
+          <t>9786256933118</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ruhumdaki Fırtına</t>
+          <t>Yarınsızlar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257458795</t>
+          <t>9786256933095</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf Diye Bir Şey Yok</t>
+          <t>Bilinçaltının Kayıp Odaları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257458740</t>
+          <t>9786257458733</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Re-Terraform</t>
+          <t>Sınırların Adında</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>242</v>
+        <v>264</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257458771</t>
+          <t>9786256933064</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çavuş</t>
+          <t>Meşe Ağacı Gölgesinde</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>159</v>
+        <v>324</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257458764</t>
+          <t>9786256933071</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Acı Günler 2</t>
+          <t>İdeal Bir Ailede Yetişen Çocuk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>376</v>
+        <v>149</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257458757</t>
+          <t>9786256933057</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ben Böyle Hatırlıyorum</t>
+          <t>Kalbimin Kırık Aynaları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257458726</t>
+          <t>9786257458870</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilim Yalnızlık</t>
+          <t>İçimdeki Düşman</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257458702</t>
+          <t>9786256933033</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ürkek Güvercin</t>
+          <t>Hücre - Dışarısı Çok Tehlikeli</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257458696</t>
+          <t>9786256933040</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Aziz</t>
+          <t>Birinci Döngü - Arayış</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>149</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257458559</t>
+          <t>9786256933026</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e</t>
+          <t>Aşk İçin Ne Kadar İleri Gidebilirsin?</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>534</v>
+        <v>194</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257458672</t>
+          <t>9786256933002</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kevin Hormer - Aynadaki Sırlar</t>
+          <t>Yüreğime İkamet Edenim</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>264</v>
+        <v>179</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257458689</t>
+          <t>9786256933019</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Farkına Vardın Mı ?</t>
+          <t>“Kadın” Olmanın Saçmalığı</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257458665</t>
+          <t>9786257458993</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Son Umut</t>
+          <t>Bir Yıldız Üzerine</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>230</v>
+        <v>169</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257458634</t>
+          <t>9786257458719</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth'in Günlüğü ve Amerikan Board Misyonerlerinin Çağı</t>
+          <t>Aklın Duygu İklimindeki Yalnızlığı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>284</v>
+        <v>232</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257458658</t>
+          <t>9786257458962</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bellum Akademi - 1 Tutsak Ruh</t>
+          <t>Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>304</v>
+        <v>210</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257458641</t>
+          <t>9786257458924</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Rizespor Maç Hikayeleri</t>
+          <t>Zihin Kütüphanesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>179</v>
+        <v>252</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257458580</t>
+          <t>9786257458931</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sükunet</t>
+          <t>Zephyrion Tutsağı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>360</v>
+        <v>159</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257458603</t>
+          <t>9786257458979</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Köle</t>
+          <t>Görülmezler Kulübü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257458627</t>
+          <t>9786257458955</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kene Kalbi</t>
+          <t>Dünyaya Benimle Bak</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>169</v>
+        <v>222</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257458528</t>
+          <t>9786257458948</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Sev - 2</t>
+          <t>Dokuz Dünya ve Güçleri - Dost Musunuz Düşman Mı?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>376</v>
+        <v>294</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257458610</t>
+          <t>9786257458863</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Gurbet</t>
+          <t>Çelik Suyu - Almanya’ya Göçün Dramı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>149</v>
+        <v>404</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257458467</t>
+          <t>9786257458917</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Berslan</t>
+          <t>Rüzgar ve Gülü</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257458535</t>
+          <t>9786257458801</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bay Atlıkarınca</t>
+          <t>Şiirler De Konuşur</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>324</v>
+        <v>149</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257458566</t>
+          <t>9786257458894</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Barışı Sağla</t>
+          <t>Kelebek Kadar Özgür</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>242</v>
+        <v>159</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257458573</t>
+          <t>9786257458887</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Gama</t>
+          <t>Cennetten</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257458481</t>
+          <t>9786257458825</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ukdem</t>
+          <t>Beyefendi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>179</v>
+        <v>159</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257458511</t>
+          <t>9786257458856</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’ndan Frigya’ya Kehanetler Zinciri</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257458498</t>
+          <t>9786257458788</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Eski Garaj İçi Öyküleri</t>
+          <t>Doğunun Bekçileri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257458542</t>
+          <t>9786257458818</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tanıştığımıza Memnun Oldum</t>
+          <t>Ruhumdaki Fırtına</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257458504</t>
+          <t>9786257458795</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Cadı</t>
+          <t>Tesadüf Diye Bir Şey Yok</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>205</v>
+        <v>169</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257458474</t>
+          <t>9786257458740</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Melal</t>
+          <t>Re-Terraform</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>169</v>
+        <v>242</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257458382</t>
+          <t>9786257458771</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kambur</t>
+          <t>Çavuş</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>210</v>
+        <v>159</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257458412</t>
+          <t>9786257458764</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Şiirlerin</t>
+          <t>Acı Günler 2</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>149</v>
+        <v>376</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257458450</t>
+          <t>9786257458757</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mor Sümbülün Fısıltısı</t>
+          <t>Ben Böyle Hatırlıyorum</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257458436</t>
+          <t>9786257458726</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Karagözcüler İçin Tarih Dersleri</t>
+          <t>Bir Dilim Yalnızlık</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257458429</t>
+          <t>9786257458702</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yitip Giden Hayat</t>
+          <t>Ürkek Güvercin</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>232</v>
+        <v>169</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257458375</t>
+          <t>9786257458696</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Matrix'ten Çıkış Denemeleri</t>
+          <t>Aziz</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>376</v>
+        <v>149</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257458399</t>
+          <t>9786257458559</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Dört Köşe Sancıları</t>
+          <t>Osmanlı’dan Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>169</v>
+        <v>534</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257458405</t>
+          <t>9786257458672</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Kevin Hormer - Aynadaki Sırlar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>360</v>
+        <v>264</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257458344</t>
+          <t>9786257458689</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Renkli Düşler Dükkanı</t>
+          <t>Farkına Vardın Mı ?</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257458351</t>
+          <t>9786257458665</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Genom</t>
+          <t>Son Umut</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>189</v>
+        <v>230</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257458306</t>
+          <t>9786257458634</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Baba, Beni Annemle Büyütür müsün ?</t>
+          <t>Elizabeth'in Günlüğü ve Amerikan Board Misyonerlerinin Çağı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>169</v>
+        <v>284</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257458368</t>
+          <t>9786257458658</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>48 Saat</t>
+          <t>Bellum Akademi - 1 Tutsak Ruh</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>149</v>
+        <v>304</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257458207</t>
+          <t>9786257458641</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sirius</t>
+          <t>Rizespor Maç Hikayeleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>226</v>
+        <v>179</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257458337</t>
+          <t>9786257458580</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Faik misin Ümmüş mü?</t>
+          <t>Sükunet</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>179</v>
+        <v>360</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257458320</t>
+          <t>9786257458603</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kıyıdan Notlar</t>
+          <t>Köle</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257458313</t>
+          <t>9786257458627</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Can Suyu</t>
+          <t>Kene Kalbi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257458245</t>
+          <t>9786257458528</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kovalamaca</t>
+          <t>Bir Başka Sev - 2</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>149</v>
+        <v>376</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257458283</t>
+          <t>9786257458610</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İçimde Saklı Kalanlar</t>
+          <t>Gurbet</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257458290</t>
+          <t>9786257458467</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Hayat Aşk Ölüm</t>
+          <t>Berslan</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257458276</t>
+          <t>9786257458535</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ekinoks</t>
+          <t>Bay Atlıkarınca</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>205</v>
+        <v>324</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257458269</t>
+          <t>9786257458566</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İnce Duvarlı Apartman</t>
+          <t>Barışı Sağla</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>169</v>
+        <v>242</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257458252</t>
+          <t>9786257458573</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Nihai Komedya</t>
+          <t>Gama</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>159</v>
+        <v>179</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257458184</t>
+          <t>9786257458481</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yaz Dedi Ayşe Hanım</t>
+          <t>Ukdem</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>59</v>
+        <v>179</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257458238</t>
+          <t>9786257458511</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Çakırkeyif Şiirler</t>
+          <t>Osmanlı İmparatorluğu’ndan Frigya’ya Kehanetler Zinciri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257458214</t>
+          <t>9786257458498</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Sev</t>
+          <t>Eski Garaj İçi Öyküleri</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257458221</t>
+          <t>9786257458542</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ejderin Mührü</t>
+          <t>Tanıştığımıza Memnun Oldum</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>226</v>
+        <v>159</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257458191</t>
+          <t>9786257458504</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Aşk</t>
+          <t>Seçilmiş Cadı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>69</v>
+        <v>205</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257458139</t>
+          <t>9786257458474</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Pasinler Kaymakamı Ufuk</t>
+          <t>Melal</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>79</v>
+        <v>169</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257458160</t>
+          <t>9786257458382</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kimse Masum Değil</t>
+          <t>Kambur</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>69</v>
+        <v>210</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257458153</t>
+          <t>9786257458412</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İki Bisküvi Arası Lokum</t>
+          <t>Adı Yok Şiirlerin</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257458177</t>
+          <t>9786257458450</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yakup ya da Babasız Oğulsuz</t>
+          <t>Mor Sümbülün Fısıltısı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257458122</t>
+          <t>9786257458436</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Hikaye</t>
+          <t>Karagözcüler İçin Tarih Dersleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>79</v>
+        <v>149</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257458146</t>
+          <t>9786257458429</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Akraba</t>
+          <t>Yitip Giden Hayat</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>89</v>
+        <v>232</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257458115</t>
+          <t>9786257458375</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Şiirler, İnciler ve Eflatun</t>
+          <t>Matrix'ten Çıkış Denemeleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>69</v>
+        <v>376</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257458078</t>
+          <t>9786257458399</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kati - 2</t>
+          <t>Dört Köşe Sancıları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>474</v>
+        <v>169</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257458085</t>
+          <t>9786257458405</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Gahiji</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>89</v>
+        <v>360</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257458108</t>
+          <t>9786257458344</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Engel ve Nefret</t>
+          <t>Renkli Düşler Dükkanı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257458092</t>
+          <t>9786257458351</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çin Gülü</t>
+          <t>Genom</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>59</v>
+        <v>189</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786058025486</t>
+          <t>9786257458306</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin İçindeyiz</t>
+          <t>Baba, Beni Annemle Büyütür müsün ?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>59</v>
+        <v>169</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786058025462</t>
+          <t>9786257458368</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Mekansal Ekonomide Sanayisizleşme ve İnsana Yakışır İş</t>
+          <t>48 Saat</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>25</v>
+        <v>149</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786058007215</t>
+          <t>9786257458207</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Diyamonolog</t>
+          <t>Sirius</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>79</v>
+        <v>226</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786058025431</t>
+          <t>9786257458337</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İki Sur</t>
+          <t>Faik misin Ümmüş mü?</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>59</v>
+        <v>179</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786058025479</t>
+          <t>9786257458320</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sanatı</t>
+          <t>Öteki Kıyıdan Notlar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>79</v>
+        <v>159</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057010179</t>
+          <t>9786257458313</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Salgından Sonra</t>
+          <t>Can Suyu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>79</v>
+        <v>179</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057010148</t>
+          <t>9786257458245</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Papatyadan Sevdiğim</t>
+          <t>Kovalamaca</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>59</v>
+        <v>149</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057010124</t>
+          <t>9786257458283</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>İçimde Saklı Kalanlar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>59</v>
+        <v>169</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057010117</t>
+          <t>9786257458290</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Eşik</t>
+          <t>Hayat Aşk Ölüm</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>59</v>
+        <v>179</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254437571</t>
+          <t>9786257458276</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Damlalar ile Hakk'ı Tavsiye Eden Mektuplar</t>
+          <t>Ekinoks</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>59</v>
+        <v>205</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057010100</t>
+          <t>9786257458269</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Anlamını Yitirmiş Hayatlar</t>
+          <t>İnce Duvarlı Apartman</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>59</v>
+        <v>169</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786050618716</t>
+          <t>9786257458252</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Korla Karışık Yağmur</t>
+          <t>Nihai Komedya</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>106</v>
+        <v>159</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786050634006</t>
+          <t>9786257458184</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>2073</t>
+          <t>Yaz Dedi Ayşe Hanım</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050618778</t>
+          <t>9786257458238</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Etkinlik Kitabı</t>
+          <t>Çakırkeyif Şiirler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>38</v>
+        <v>159</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786058007222</t>
+          <t>9786257458214</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimizi Ziyaret Eden Dünya Dışı Irklar - Bir KGB Dosyası</t>
+          <t>Bir Başka Sev</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>202</v>
+        <v>159</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254437595</t>
+          <t>9786257458221</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzun Hikaye-i Sultan</t>
+          <t>Ejderin Mührü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>69</v>
+        <v>226</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057010162</t>
+          <t>9786257458191</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Değişken</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>119</v>
+        <v>69</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254437588</t>
+          <t>9786257458139</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Üç Kilitli Sanduka</t>
+          <t>Pasinler Kaymakamı Ufuk</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>59</v>
+        <v>79</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254437526</t>
+          <t>9786257458160</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Metafiziği</t>
+          <t>Kimse Masum Değil</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>139</v>
+        <v>69</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257458061</t>
+          <t>9786257458153</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Olyapole</t>
+          <t>İki Bisküvi Arası Lokum</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257458047</t>
+          <t>9786257458177</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Devrim’in Arabaları Vardı</t>
+          <t>Yakup ya da Babasız Oğulsuz</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>206</v>
+        <v>149</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257458054</t>
+          <t>9786257458122</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Varoluş ve Sen</t>
+          <t>Soğuk Hikaye</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>106</v>
+        <v>79</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057451095</t>
+          <t>9786257458146</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Günyüzü</t>
+          <t>Akraba</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>69</v>
+        <v>89</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057451040</t>
+          <t>9786257458115</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kerbela’da</t>
+          <t>Şiirler, İnciler ve Eflatun</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>149</v>
+        <v>69</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057010186</t>
+          <t>9786257458078</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sustukça Konuştuklarımız</t>
+          <t>Küçük Kati - 2</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>59</v>
+        <v>474</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057010131</t>
+          <t>9786257458085</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Haziran Döngüsü</t>
+          <t>Gahiji</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>59</v>
+        <v>89</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254437540</t>
+          <t>9786257458108</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Mektupları</t>
+          <t>Engel ve Nefret</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>69</v>
+        <v>139</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057010193</t>
+          <t>9786257458092</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Bedeli</t>
+          <t>Çin Gülü</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>474</v>
+        <v>59</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057471413</t>
+          <t>9786058025486</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Acı Günler</t>
+          <t>Bir Hayalin İçindeyiz</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>534</v>
+        <v>59</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057471406</t>
+          <t>9786058025462</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kati</t>
+          <t>Mekansal Ekonomide Sanayisizleşme ve İnsana Yakışır İş</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>424</v>
+        <v>25</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254437564</t>
+          <t>9786058007215</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Kış</t>
+          <t>Diyamonolog</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254437557</t>
+          <t>9786058025431</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>O Gemide Ben de Olsaydım</t>
+          <t>İki Sur</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257458009</t>
+          <t>9786058025479</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Aklından Sevmeyi Geçirme</t>
+          <t>Mutluluk Sanatı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>232</v>
+        <v>79</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057451088</t>
+          <t>9786057010179</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Uzaklar</t>
+          <t>Salgından Sonra</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>149</v>
+        <v>79</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057451064</t>
+          <t>9786057010148</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Haşmet</t>
+          <t>Papatyadan Sevdiğim</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>96</v>
+        <v>59</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057451057</t>
+          <t>9786057010124</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Küp Kokusu</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>96</v>
+        <v>59</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057451071</t>
+          <t>9786057010117</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Ufak Sıkıntılar</t>
+          <t>Eşik</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>149</v>
+        <v>59</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057451033</t>
+          <t>9786254437571</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kaymakamlık</t>
+          <t>Çağlayan Damlalar ile Hakk'ı Tavsiye Eden Mektuplar</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786058007246</t>
+          <t>9786057010100</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Sevgili</t>
+          <t>Anlamını Yitirmiş Hayatlar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>96</v>
+        <v>59</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786058007277</t>
+          <t>9786050618716</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bir Kırık Gençlik Hikayesi</t>
+          <t>Korla Karışık Yağmur</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>69</v>
+        <v>106</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257458030</t>
+          <t>9786050634006</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sağır Murat ile Akkız</t>
+          <t>2073</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257458016</t>
+          <t>9786050618778</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kültablasından Taşanlar</t>
+          <t>1. Sınıf Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257458023</t>
+          <t>9786058007222</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kovuk Yarası</t>
+          <t>Gezegenimizi Ziyaret Eden Dünya Dışı Irklar - Bir KGB Dosyası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>149</v>
+        <v>202</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786254437502</t>
+          <t>9786254437595</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Mart</t>
+          <t>Bir Uzun Hikaye-i Sultan</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>79</v>
+        <v>69</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786050618709</t>
+          <t>9786057010162</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kesişen Yollar</t>
+          <t>Değişken</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>59</v>
+        <v>119</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786050634099</t>
+          <t>9786254437588</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Çok Uzaklardan Bir Hikaye</t>
+          <t>Üç Kilitli Sanduka</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>96</v>
+        <v>59</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057726773</t>
+          <t>9786254437526</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Müziğin Metafiziği</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786058025455</t>
+          <t>9786257458061</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Olyapole</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>59</v>
+        <v>179</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057726049</t>
+          <t>9786257458047</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Size 53 Çift Sözüm Var</t>
+          <t>Devrim’in Arabaları Vardı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>59</v>
+        <v>206</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057726131</t>
+          <t>9786257458054</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Olsun</t>
+          <t>Aşk, Varoluş ve Sen</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>79</v>
+        <v>106</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786058025448</t>
+          <t>9786057451095</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yaşam</t>
+          <t>Günyüzü</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>79</v>
+        <v>69</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057726056</t>
+          <t>9786057451040</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Hüznümün Direği</t>
+          <t>Kerbela’da</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>59</v>
+        <v>149</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786050634044</t>
+          <t>9786057010186</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Aristokrat</t>
+          <t>Sustukça Konuştuklarımız</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786050634037</t>
+          <t>9786057010131</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ah İstanbul</t>
+          <t>Haziran Döngüsü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786058007284</t>
+          <t>9786254437540</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>S,us</t>
+          <t>Bir Delinin Mektupları</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>25</v>
+        <v>69</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786050634020</t>
+          <t>9786057010193</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Leblebi</t>
+          <t>Özgürlüğün Bedeli</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>69</v>
+        <v>474</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786050618730</t>
+          <t>9786057471413</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzinde</t>
+          <t>Acı Günler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>149</v>
+        <v>534</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057726568</t>
+          <t>9786057471406</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Cehennemi</t>
+          <t>Küçük Kati</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>119</v>
+        <v>424</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786050618723</t>
+          <t>9786254437564</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Dünya Simülasyonu Kader</t>
+          <t>Yüreğimdeki Kış</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>106</v>
+        <v>79</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786050618754</t>
+          <t>9786254437557</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>%8</t>
+          <t>O Gemide Ben de Olsaydım</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>89</v>
+        <v>69</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786058007208</t>
+          <t>9786257458009</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Anahtarı Kimde?</t>
+          <t>Aklından Sevmeyi Geçirme</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>27</v>
+        <v>232</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057471468</t>
+          <t>9786057451088</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Umut Köprüsü 1. Kitap</t>
+          <t>Uzaklar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>424</v>
+        <v>149</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786050634068</t>
+          <t>9786057451064</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Yolcu</t>
+          <t>Haşmet</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>59</v>
+        <v>96</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786050634051</t>
+          <t>9786057451057</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Makabil</t>
+          <t>Küp Kokusu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>116</v>
+        <v>96</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786058007291</t>
+          <t>9786057451071</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Son Küre</t>
+          <t>Hayata Dair Ufak Sıkıntılar</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>96</v>
+        <v>149</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057726391</t>
+          <t>9786057451033</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Et Bana</t>
+          <t>Kaymakamlık</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>106</v>
+        <v>59</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057451026</t>
+          <t>9786058007246</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kurbanı</t>
+          <t>Günaydın Sevgili</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057451019</t>
+          <t>9786058007277</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İstiridyenin Sirkati</t>
+          <t>Bir Kırık Gençlik Hikayesi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>59</v>
+        <v>69</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786050618785</t>
+          <t>9786257458030</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kanada’ya İlk Adım</t>
+          <t>Sağır Murat ile Akkız</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>96</v>
+        <v>69</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786050618761</t>
+          <t>9786257458016</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Az Biraz da Bizi Çiğneyelim</t>
+          <t>Kültablasından Taşanlar</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786058007253</t>
+          <t>9786257458023</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Süreyya'nın Ölümü</t>
+          <t>Kovuk Yarası</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>59</v>
+        <v>149</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786058007239</t>
+          <t>9786254437502</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Anti Sosyal Medya</t>
+          <t>Beyaz Mart</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>59</v>
+        <v>79</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786058025493</t>
+          <t>9786050618709</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Bellek Avcısı</t>
+          <t>Kesişen Yollar</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786058025424</t>
+          <t>9786050634099</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Dergah-ı Aşk</t>
+          <t>Çok Uzaklardan Bir Hikaye</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>69</v>
+        <v>96</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786050618792</t>
+          <t>9786057726773</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Gönülçalan</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057471444</t>
+          <t>9786058025455</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>O Bir Asena</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>139</v>
+        <v>59</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057471482</t>
+          <t>9786057726049</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Göçtü</t>
+          <t>Size 53 Çift Sözüm Var</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>79</v>
+        <v>59</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057471420</t>
+          <t>9786057726131</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>En Değerli Varlığa</t>
+          <t>Muhabbet Olsun</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>59</v>
+        <v>79</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786058025400</t>
+          <t>9786058025448</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Şehir</t>
+          <t>Yeniden Yaşam</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>59</v>
+        <v>79</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786050634082</t>
+          <t>9786057726056</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Uyanmadan Önce</t>
+          <t>Hüznümün Direği</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
+          <t>9786050634044</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Aristokrat</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786050634037</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Ah İstanbul</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786058007284</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>S,us</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786050634020</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Bir Avuç Leblebi</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786050618730</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin İzinde</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786057726568</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Cehennemi</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786050618723</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Simülasyonu Kader</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786050618754</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>%8</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786058007208</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Ekonominin Anahtarı Kimde?</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786057471468</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Umut Köprüsü 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786050634068</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Sıra Dışı Bir Yolcu</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786050634051</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Makabil</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786058007291</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Son Küre</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786057726391</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Merhamet Et Bana</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786057451026</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Kaderin Kurbanı</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786057451019</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>İstiridyenin Sirkati</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786050618785</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Kanada’ya İlk Adım</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786050618761</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Az Biraz da Bizi Çiğneyelim</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786058007253</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Süreyya'nın Ölümü</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786058007239</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Anti Sosyal Medya</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786058025493</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Bellek Avcısı</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786058025424</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Dergah-ı Aşk</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786050618792</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Gönülçalan</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786057471444</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>O Bir Asena</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786057471482</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Kelimeler Göçtü</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786057471420</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>En Değerli Varlığa</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786058025400</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Yanlış Şehir</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786050634082</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Uyanmadan Önce</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
           <t>9786255738196</t>
         </is>
       </c>
-      <c r="B353" s="1" t="inlineStr">
+      <c r="B381" s="1" t="inlineStr">
         <is>
           <t>Pay Alım Opsiyonları ve Opsiyon Hakkının Kullanılması Neticesinde Aynen İfa ve Tazminat Meselesi</t>
         </is>
       </c>
-      <c r="C353" s="1">
+      <c r="C381" s="1">
         <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>