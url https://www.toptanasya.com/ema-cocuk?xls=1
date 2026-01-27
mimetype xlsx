--- v0 (2025-10-26)
+++ v1 (2026-01-27)
@@ -559,426 +559,426 @@
         <is>
           <t>9786052005958</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Öykü Treni Seti (80 Kitap Takım)</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>1500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786059561525</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Renk Renk Dünyam Boyama Kitabı Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786052005330</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Standart Kılavuz Çizgili Yazı Defteri</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>38.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786059561495</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Nasrettin Hoca Fıkraları - 10 Kitap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786059485531</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Etkinlikli Keloğlan Masalları (10 Kitap)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786053880875</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>İngilizce Hikayeler Dizisi Seti - 40 Kitap Takım</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>660</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786058376625</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Renklerle Öğreniyorum Boyama Seti 10 Kitap</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786052126875</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Okul Öncesi Boya Öğren Seti Çıkartmalı-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786052126868</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Yıldızlı Boyama 4 Kitap</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786052005316</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Bilgin Bili ile Sayılar, Renkler, Şekiller</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786052126707</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Sayılarla İlgili Aktiviteler - Çıkartmalı Çizgi Çalışmaları (Yaz-Sil Kalemi Hediyeli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786052126714</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Çıkartmalı Çizgi Çalışmaları Renk ve Şekillerle İlgili Aktiviteler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786052126721</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Hayvanlarla İlgili Aktiviteler - Çıkartmalı Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786052126738</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Çıkartmalı Çizgi Çalışmaları Harflerle İlgili Aktiviteler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786059485692</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Keloğlan Stories (10 Kitap)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786059657488</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>En Sevilen Dünya Masalları - 10 Kitap Takım Büyük Boy</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786059485616</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Benekli Masallar Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786059485630</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Minik Kahramanlardan Büyük Sözler Serisi-10 Kitap Takım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786059485623</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Küçük Evden Masallar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786059485609</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Mini Mini Fabllar Karakter Geliştiren Masallar (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786051836645</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Masal Kahramanları Yarışıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786051836614</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Peygamber Çocuk ve Dua (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786059485548</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>La Fontaine Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786051836638</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Dualı Esma'ül Hüsna (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786059485524</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Ezop Masalları Büyük Boy - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786059485449</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Nasrettin Hoca Fıkraları Seti 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786059657501</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Meslekleri Öğreniyorum Resimli Hikaye (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786059561068</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Okumayı Seviyorum Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786059561051</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
@@ -1009,261 +1009,261 @@
         <is>
           <t>9786059561075</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Ezop Masalları Seti - 10 Kitap Takım Küçük Boy</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786059657464</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Atasözleriyle Masallar Seti</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786059657525</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Sevimli Hayvancıklar Öykü Dizisi 10 Kitap</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786059657518</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Orman Dostları Masal Dizisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786051836621</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Masal Masal İçinde (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786051836652</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Şirin Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786051836676</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Evvel Zaman İçinde - Karakter Geliştiren Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786059657471</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Dünya Masalları Seti - 10 Kitap Takım Büyük Boy</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786051836669</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Etkinliklerle Güldür Bizi Nasrettin Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786058376618</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Eğlenceli Boyama Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786053880523</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Ponpon Boyama (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786053880035</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Masal Çantası 100 Temel Eserden Seçilmiş 40 Kitap - 1. ve 2. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1160</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786053880790</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Sihirli Boyama (4 Kitap)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786054468584</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Ormandan Masallar Seti - 30 Kitap</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>870</v>
+        <v>950</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9789758754373</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Tontoncuk Boyama (4 Kitap)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786053880042</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Masal Deryası 30 Kitap Takım-1. ve 2. Sınıflar için</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>870</v>
+        <v>950</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789944249089</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>En İyi Dostlarım (80 Kitap Takım)</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>1600</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>