--- v0 (2025-10-26)
+++ v1 (2026-01-27)
@@ -664,1006 +664,1006 @@
         <is>
           <t>9786059485906</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Kahraman Fenerciler</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786258191172</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786258191417</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786258470611</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786258470628</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Şermin</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786258470673</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786258470642</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Pollyanna</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786258470666</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Pinokyo</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786258470659</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786258470574</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786258470451</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786258470604</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Sokak Çalgıcısı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786258470277</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>La Fontaine'den Seçmeler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786057098108</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786051836591</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786258470154</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Nasrettin Hoca Hikayeleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786057098115</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786052005293</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Macbeth</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786051836577</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786051836584</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Kaşağı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786051836782</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786258470291</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786051836560</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786258470284</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Falaka</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786258470147</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Define Adası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786051836607</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786051836546</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Çehov'dan Hikayeler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786051836539</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786057098122</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Ay'a Yolculuk</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786051836522</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786258191165</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786258470925</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786258470932</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Peter Pan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786258470499</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>On Beş Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786258470482</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Martı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786258470833</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Korkusuz Kaptanlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786258470857</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786258470949</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Mesnevi'den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786258470826</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786258470840</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>İnsan Ne ile Yaşar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786258470864</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>İki Öksüz</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786258470963</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Heidi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786258470956</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786258470970</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786258470918</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786258470871</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786258470888</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Fayton</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786258470895</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Düşünür</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786258470901</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Büyük Macera</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786258470512</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Sefiller</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786258470543</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Küçük Prenses</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786258470536</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Kaçırılan Çocuk</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786258470505</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786258470529</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786258470567</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Kahraman Fenerciler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786258470581</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786258470550</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>David Copperfield</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786258470598</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786258470444</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786258470437</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Dünya’nın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786258470406</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786258470468</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Don Kişot</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786258470413</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786059657723</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>100 Temel Eser Seti - 4.5.6.7 ve 8. Sınıf</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>3000</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786055636586</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Yaşayan Serüvenler (Anı Kitaplığım)</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9789944249287</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Gençlik Dizisi (30 Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>2400</v>
+        <v>2800</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>