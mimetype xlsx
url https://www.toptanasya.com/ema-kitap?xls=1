--- v0 (2025-10-26)
+++ v1 (2026-02-07)
@@ -85,2710 +85,2800 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059561204</t>
+          <t>9786059657365</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eş, Zıt ve Mecaz Anlamlı Kelimeler Sözlüğü</t>
+          <t>Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052005514</t>
+          <t>9786051836478</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Türkçe Sözlük (Büyük Boy)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059561280</t>
+          <t>9786059657372</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>English Dictionary</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052005156</t>
+          <t>9786059657815</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Otuzunda Kadın</t>
+          <t>Büyük Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>32</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052005118</t>
+          <t>9786258191622</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Leyla İle Mecnun</t>
+          <t>Sudoku Zeka Egzersizi Ustası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059561624</t>
+          <t>9786258191615</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Karamazov Kardeşler</t>
+          <t>Sudoku En İyi Beyin Jimnastiği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059561198</t>
+          <t>9786059561204</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Eş, Zıt ve Mecaz Anlamlı Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059657914</t>
+          <t>9786052005514</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059561440</t>
+          <t>9786059561280</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Antikacı Dükkanı</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059657037</t>
+          <t>9786052005156</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Otuzunda Kadın</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059561402</t>
+          <t>9786052005118</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Acımak</t>
+          <t>Leyla İle Mecnun</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059485821</t>
+          <t>9786059561624</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>Karamazov Kardeşler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059561471</t>
+          <t>9786059561198</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059657341</t>
+          <t>9786059657914</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Almanca Sözlük (Plastik Kapak)</t>
+          <t>Din Nedir</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059657129</t>
+          <t>9786059561440</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
+          <t>Antikacı Dükkanı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059657136</t>
+          <t>9786059657037</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059561679</t>
+          <t>9786059561402</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Acımak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>125</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059485555</t>
+          <t>9786059485821</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - Söylev</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059657150</t>
+          <t>9786059561471</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059561587</t>
+          <t>9786059657341</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Almanca Sözlük (Plastik Kapak)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059657990</t>
+          <t>9786059657129</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayat Üzerine Düşünceler</t>
+          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059657112</t>
+          <t>9786059657136</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059657082</t>
+          <t>9786059561679</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059561457</t>
+          <t>9786059485555</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>Nutuk - Söylev</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059485579</t>
+          <t>9786059657150</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Eski Aşk Geceleri</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059561266</t>
+          <t>9786059561587</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059561297</t>
+          <t>9786059657990</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen</t>
+          <t>Hayat Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052005040</t>
+          <t>9786059657112</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059657952</t>
+          <t>9786059657082</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058376694</t>
+          <t>9786059561457</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059561419</t>
+          <t>9786059485579</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz</t>
+          <t>Eski Aşk Geceleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052126660</t>
+          <t>9786059561266</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059485845</t>
+          <t>9786059561297</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Böğürtlen</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059561662</t>
+          <t>9786052005040</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059485586</t>
+          <t>9786059657952</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059657983</t>
+          <t>9786058376694</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059561273</t>
+          <t>9786059561419</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052126547</t>
+          <t>9786052126660</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059657068</t>
+          <t>9786059485845</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258470208</t>
+          <t>9786059561662</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258191592</t>
+          <t>9786059485586</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Velhasıl</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258191561</t>
+          <t>9786059657983</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Deyimler Sözlüğü</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258191554</t>
+          <t>9786059561273</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258191585</t>
+          <t>9786052126547</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yazım Kılavuzu</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258191578</t>
+          <t>9786059657068</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözlük</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052005422</t>
+          <t>9786258470208</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058376687</t>
+          <t>9786258191592</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Velhasıl</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258470185</t>
+          <t>9786258191561</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözlük</t>
+          <t>Atasözleri Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258191332</t>
+          <t>9786258191554</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe Sözlük</t>
+          <t>Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258191400</t>
+          <t>9786258191585</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258191547</t>
+          <t>9786258191578</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis</t>
+          <t>İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258191530</t>
+          <t>9786052005422</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258191523</t>
+          <t>9786058376687</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258470994</t>
+          <t>9786258470185</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Deyimler Sözlüğü</t>
+          <t>İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059485562</t>
+          <t>9786258191332</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları (10 Kitap+Soru Kitapçığı) (Ciltli)</t>
+          <t>Büyük Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059657617</t>
+          <t>9786258191400</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözlük</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258191516</t>
+          <t>9786258191547</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Los Angeles'ta İlk Cemre</t>
+          <t>Piri Reis</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258191462</t>
+          <t>9786258191530</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258191486</t>
+          <t>9786258191523</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258191493</t>
+          <t>9786258470994</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Atasözleri Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258191479</t>
+          <t>9786059485562</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>La Fontaine Masalları (10 Kitap+Soru Kitapçığı) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258191509</t>
+          <t>9786059657617</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258191349</t>
+          <t>9786258191516</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe Sözlük (Biala Kapak)</t>
+          <t>Los Angeles'ta İlk Cemre</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258191387</t>
+          <t>9786258191462</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kerem İle Aslı</t>
+          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258191455</t>
+          <t>9786258191486</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258191448</t>
+          <t>9786258191493</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kurdu</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>85</v>
+        <v>130</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258191431</t>
+          <t>9786258191479</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Çocuk</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258191424</t>
+          <t>9786258191509</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258191394</t>
+          <t>9786258191349</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Büyük Türkçe Sözlük (Biala Kapak)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258470987</t>
+          <t>9786258191387</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eş, Zıt Ve Mecaz Anlamlı Kelimeler Sözlüğü</t>
+          <t>Kerem İle Aslı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059485920</t>
+          <t>9786258191455</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yazarlar ve Şairler Sözlüğü</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258191004</t>
+          <t>9786258191448</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözlük (2.Hamur)</t>
+          <t>Deniz Kurdu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258470192</t>
+          <t>9786258191431</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Deyimler Sözlüğü</t>
+          <t>Kimsesiz Çocuk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258191028</t>
+          <t>9786258191424</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Türkçe Sözlük</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>40</v>
+        <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051836492</t>
+          <t>9786258191394</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Resimli Türkçe Sözlüğüm</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051836683</t>
+          <t>9786258470987</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Resimli Atasözleri Deyimler Sözlüğü</t>
+          <t>Eş, Zıt Ve Mecaz Anlamlı Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051836508</t>
+          <t>9786059485920</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Resimli İngilizce - Türkçe / Türkçe - İngilizce Sözlük</t>
+          <t>Yazarlar ve Şairler Sözlüğü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258470352</t>
+          <t>9786258191004</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atlas (Ciltli)</t>
+          <t>İngilizce Sözlük (2.Hamur)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258191011</t>
+          <t>9786258470192</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yazım-İmla Kılavuzu</t>
+          <t>Atasözleri Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258191363</t>
+          <t>9786258191028</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>İlköğretim Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258191370</t>
+          <t>9786051836492</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Resimli Türkçe Sözlüğüm</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258191356</t>
+          <t>9786051836683</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz</t>
+          <t>Resimli Atasözleri Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258191318</t>
+          <t>9786051836508</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Resimli İngilizce - Türkçe / Türkçe - İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258191271</t>
+          <t>9786258470352</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Primo Türk Çocuğu</t>
+          <t>Büyük Atlas (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258191301</t>
+          <t>9786258191011</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Yazım-İmla Kılavuzu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258191295</t>
+          <t>9786258191363</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258191288</t>
+          <t>9786258191370</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kütük</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258191264</t>
+          <t>9786258191356</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258191240</t>
+          <t>9786258191318</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258191257</t>
+          <t>9786258191271</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Primo Türk Çocuğu</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258191226</t>
+          <t>9786258191301</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Büyücü</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258191233</t>
+          <t>9786258191295</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>And</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258191219</t>
+          <t>9786258191288</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kürdevan’ın Nefesi</t>
+          <t>Kütük</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258191066</t>
+          <t>9786258191264</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hayat Üzerine Düşünceler</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258191196</t>
+          <t>9786258191240</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258191189</t>
+          <t>9786258191257</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Almanca Sözlük</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258470772</t>
+          <t>9786258191226</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Büyücü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258470765</t>
+          <t>9786258191233</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>And</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258470727</t>
+          <t>9786258191219</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Söylev)</t>
+          <t>Kürdevan’ın Nefesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258470734</t>
+          <t>9786258191066</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Hayat Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258470819</t>
+          <t>9786258191196</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258470802</t>
+          <t>9786258191189</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>Almanca Sözlük</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258470635</t>
+          <t>9786258470772</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051836553</t>
+          <t>9786258470765</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051836768</t>
+          <t>9786258470727</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Nutuk (Söylev)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051836775</t>
+          <t>9786258470734</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258191158</t>
+          <t>9786258470819</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı'ndan Seçmeler</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258191059</t>
+          <t>9786258470802</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258470222</t>
+          <t>9786258470635</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258191080</t>
+          <t>9786051836553</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258470215</t>
+          <t>9786051836768</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258470239</t>
+          <t>9786051836775</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258470253</t>
+          <t>9786258191158</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Yunus Emre Divanı'ndan Seçmeler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258470246</t>
+          <t>9786258191059</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258470321</t>
+          <t>9786258470222</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Atlası</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258470338</t>
+          <t>9786258191080</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Milenyum Büyük Atlas</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258470307</t>
+          <t>9786258470215</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Orta Atlas</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258470314</t>
+          <t>9786258470239</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tarih Atlası</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258470345</t>
+          <t>9786258470253</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İlk Atlas</t>
+          <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258470383</t>
+          <t>9786258470246</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözlük</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051836515</t>
+          <t>9786258470321</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Arapça Sözlük</t>
+          <t>Coğrafya Atlası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258470161</t>
+          <t>9786258470338</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yazım Kılavuzu</t>
+          <t>Milenyum Büyük Atlas</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258470369</t>
+          <t>9786258470307</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yazım Kılavuzu</t>
+          <t>Orta Atlas</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258470680</t>
+          <t>9786258470314</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Deyimler Sözlüğü (Plastik Kapak)</t>
+          <t>Tarih Atlası</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258470376</t>
+          <t>9786258470345</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük</t>
+          <t>İlk Atlas</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258470178</t>
+          <t>9786258470383</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük (Büyük Boy)</t>
+          <t>İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258191097</t>
+          <t>9786051836515</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Nana</t>
+          <t>Arapça Sözlük</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258191110</t>
+          <t>9786258470161</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258191127</t>
+          <t>9786258470369</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258191103</t>
+          <t>9786258470680</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Atasözleri Deyimler Sözlüğü (Plastik Kapak)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258191035</t>
+          <t>9786258470376</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258191141</t>
+          <t>9786258470178</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Benim Üniversitelerim</t>
+          <t>Türkçe Sözlük (Büyük Boy)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258191042</t>
+          <t>9786258191097</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Nana</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258191073</t>
+          <t>9786258191110</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi'nde Seçmeler</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258191134</t>
+          <t>9786258191127</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258470475</t>
+          <t>9786258191103</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Resimli Türkçe Sözlük</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258470741</t>
+          <t>9786258191035</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258470758</t>
+          <t>9786258191141</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Eski Aşk Geceleri</t>
+          <t>Benim Üniversitelerim</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258470796</t>
+          <t>9786258191042</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258470260</t>
+          <t>9786258191073</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Evliya Çelebi Seyahatnamesi'nde Seçmeler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258470697</t>
+          <t>9786258191134</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258470710</t>
+          <t>9786258470475</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen</t>
+          <t>Resimli Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258470703</t>
+          <t>9786258470741</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258470789</t>
+          <t>9786258470758</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Eski Aşk Geceleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258470086</t>
+          <t>9786258470796</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258470062</t>
+          <t>9786258470260</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258470109</t>
+          <t>9786258470697</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258470116</t>
+          <t>9786258470710</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Böğürtlen</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>125</v>
+        <v>85</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258470055</t>
+          <t>9786258470703</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258470123</t>
+          <t>9786258470789</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258470130</t>
+          <t>9786258470086</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258470079</t>
+          <t>9786258470062</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258470093</t>
+          <t>9786258470109</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258470048</t>
+          <t>9786258470116</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle Boya - Büyüklere Boyama Kitabı</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258470017</t>
+          <t>9786258470055</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Aşkı - Büyüklere Boyama Kitabı</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258470024</t>
+          <t>9786258470123</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Boya - Büyüklere Boyama Kitabı</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258470031</t>
+          <t>9786258470130</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Boya - Büyüklere Boyama Kitabı</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057098184</t>
+          <t>9786258470079</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057098146</t>
+          <t>9786258470093</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057098177</t>
+          <t>9786258470048</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Sevgiyle Boya - Büyüklere Boyama Kitabı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057102058</t>
+          <t>9786258470017</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Renklerin Aşkı - Büyüklere Boyama Kitabı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057102003</t>
+          <t>9786258470024</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Hayallerini Boya - Büyüklere Boyama Kitabı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057102065</t>
+          <t>9786258470031</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayelerinden Seçmeler</t>
+          <t>Aşk ile Boya - Büyüklere Boyama Kitabı</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057098153</t>
+          <t>9786057098184</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame’ın Kamburu</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057102072</t>
+          <t>9786057098146</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057102041</t>
+          <t>9786057098177</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057102089</t>
+          <t>9786057102058</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057102010</t>
+          <t>9786057102003</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057098160</t>
+          <t>9786057102065</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Ömer Seyfettin Hikayelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057102034</t>
+          <t>9786057098153</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Notre Dame’ın Kamburu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057102096</t>
+          <t>9786057102072</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057098191</t>
+          <t>9786057102041</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057098139</t>
+          <t>9786057102089</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Budala</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057102027</t>
+          <t>9786057102010</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258470000</t>
+          <t>9786057098160</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059657839</t>
+          <t>9786057102034</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Türk Klasikleri (30 Kitap Takım)</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>3200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258191202</t>
+          <t>9786057102096</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kamelyalı Kadın</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
+          <t>9786057098191</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Umutlar</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786057098139</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Budala</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786057102027</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786258470000</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Araba Sevdası</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786059657839</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Türk Klasikleri (30 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786258191202</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Kamelyalı Kadın</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
           <t>9789944940511</t>
         </is>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Dünya Klasikleri (40 Kitap Takım)</t>
         </is>
       </c>
-      <c r="C179" s="1">
-        <v>5000</v>
+      <c r="C185" s="1">
+        <v>5800</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>