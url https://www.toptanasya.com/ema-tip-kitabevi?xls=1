--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,2290 +85,2320 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256343337</t>
+          <t>9786256343368</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>EKG'yi Anlamak (Uygulamalı Kılavuz)</t>
+          <t>Klinisyenler için Temel EKG</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1125</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256343320</t>
+          <t>9786256343351</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Andrews Dermatoloji Atlası (Ciltli)</t>
+          <t>EKG Yorumlama Rehberi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>8000</v>
+        <v>750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256343153</t>
+          <t>9786256343337</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Psikofarmakolojisi Klinik El Kitabı</t>
+          <t>EKG'yi Anlamak (Uygulamalı Kılavuz)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>2000</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256343085</t>
+          <t>9786256343320</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sorularla FMF Hekimler ve Hastalar İçin</t>
+          <t>Andrews Dermatoloji Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1250</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256343252</t>
+          <t>9786256343153</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ortopsikoloji</t>
+          <t>Çocuk ve Ergen Psikofarmakolojisi Klinik El Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256343276</t>
+          <t>9786256343085</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ağrı</t>
+          <t>Sorularla FMF Hekimler ve Hastalar İçin</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>1250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256343290</t>
+          <t>9786256343252</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Temel Radyoloji Fiziği Uygulamadan Yorumlamaya Ötesine Bütüncül Bakış</t>
+          <t>Ortopsikoloji</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>1250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256343184</t>
+          <t>9786256343276</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Diyabet (Ciltli)</t>
+          <t>Ağrı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>4375</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256343108</t>
+          <t>9786256343290</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türk Eczacılık Tarihi İhtisas Müzesi (Ciltli)</t>
+          <t>Temel Radyoloji Fiziği Uygulamadan Yorumlamaya Ötesine Bütüncül Bakış</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1035</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256343061</t>
+          <t>9786256343184</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dermatolojide Sistemik İlaç Tedavisi El Kitabı</t>
+          <t>A'dan Z'ye Diyabet (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1750</v>
+        <v>4375</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256343078</t>
+          <t>9786256343108</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Klinik Pratikte Kimyasal Peeling (Ciltli)</t>
+          <t>Türk Eczacılık Tarihi İhtisas Müzesi (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1500</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256343009</t>
+          <t>9786256343061</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Afet ve Acil Durumlarda İlaç ve Sağlık Hizmetleri Kılavuzu</t>
+          <t>Dermatolojide Sistemik İlaç Tedavisi El Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>2000</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257849937</t>
+          <t>9786256343078</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Paramedik EKG Kartları</t>
+          <t>Klinik Pratikte Kimyasal Peeling (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>275</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257849920</t>
+          <t>9786256343009</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Bakımda İlaç Kartları</t>
+          <t>Afet ve Acil Durumlarda İlaç ve Sağlık Hizmetleri Kılavuzu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>275</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257849944</t>
+          <t>9786257849937</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Teknisyenler Teknikerler ve Sağlık Okulları için Anestezi Temel Bilgiler</t>
+          <t>Paramedik EKG Kartları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>575</v>
+        <v>275</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257849883</t>
+          <t>9786257849920</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Spondiloartrit (Ciltli)</t>
+          <t>Hastane Öncesi Acil Bakımda İlaç Kartları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1380</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257849548</t>
+          <t>9786257849944</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Klinik Romatoloji (Ciltli)</t>
+          <t>Teknisyenler Teknikerler ve Sağlık Okulları için Anestezi Temel Bilgiler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>8800</v>
+        <v>575</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257849838</t>
+          <t>9786257849883</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Temel Farmakoloji</t>
+          <t>Spondiloartrit (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>805</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257849685</t>
+          <t>9786257849548</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Alerji ve İmmünoloji Hastalıkları - Güncel Tanı ve Tedavi (Ciltli)</t>
+          <t>Klinik Romatoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>3575</v>
+        <v>8800</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257849692</t>
+          <t>9786257849838</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Klinisyenler İçin Genetik Testler</t>
+          <t>Temel Farmakoloji</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>805</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257849760</t>
+          <t>9786257849685</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimliği Aciller</t>
+          <t>Alerji ve İmmünoloji Hastalıkları - Güncel Tanı ve Tedavi (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1320</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257849814</t>
+          <t>9786257849692</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Akılcı İlaç Kullanımı</t>
+          <t>Klinisyenler İçin Genetik Testler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>575</v>
+        <v>805</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257849777</t>
+          <t>9786257849760</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Kalite Yönetimi</t>
+          <t>Aile Hekimliği Aciller</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257849739</t>
+          <t>9786257849814</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimlerinde Mikrobiyoloji Temel Bilgiler</t>
+          <t>Akılcı İlaç Kullanımı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>875</v>
+        <v>575</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257849678</t>
+          <t>9786257849777</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Maudsley Psikiyatride Fiziksel Sağılık Durumları için Uygulama Kılavuzu</t>
+          <t>Sağlık Hizmetlerinde Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>2500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257849593</t>
+          <t>9786257849739</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Alkol ve Madde Kötüye Kullanım Ve Bağımlılığı</t>
+          <t>Sağlık Bilimlerinde Mikrobiyoloji Temel Bilgiler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>990</v>
+        <v>875</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257849715</t>
+          <t>9786257849678</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bakım Hemşireliği</t>
+          <t>Maudsley Psikiyatride Fiziksel Sağılık Durumları için Uygulama Kılavuzu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>690</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257849661</t>
+          <t>9786257849593</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Travma (Ciltli)</t>
+          <t>Alkol ve Madde Kötüye Kullanım Ve Bağımlılığı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>4300</v>
+        <v>990</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257849531</t>
+          <t>9786257849715</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğan Döneminde Taramalar</t>
+          <t>Yoğun Bakım Hemşireliği</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>575</v>
+        <v>690</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257849524</t>
+          <t>9786257849661</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyoloji</t>
+          <t>Travma (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>700</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257849319</t>
+          <t>9786257849531</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Genel Pediyatri (Ciltli)</t>
+          <t>Yenidoğan Döneminde Taramalar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>2750</v>
+        <v>575</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257849456</t>
+          <t>9786257849524</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kanıta Dayalı Kalp Yetersizliği (Ciltli)</t>
+          <t>Moleküler Biyoloji</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>2000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257849395</t>
+          <t>9786257849319</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İlk Yardım Olgularla Temel Yaşam Desteği</t>
+          <t>Genel Pediyatri (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>750</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257849241</t>
+          <t>9786257849456</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık</t>
+          <t>Kanıta Dayalı Kalp Yetersizliği (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>875</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056600371</t>
+          <t>9786257849395</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ambulans ve Acil Bakım Teknikerleri (Paramedik) için Temel Konular ve Tedavi Yaklaşımları</t>
+          <t>İlk Yardım Olgularla Temel Yaşam Desteği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058469938</t>
+          <t>9786257849241</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Lipid Bozuklukları ve Ateroskleroz</t>
+          <t>Bağımlılık</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1035</v>
+        <v>875</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056790515</t>
+          <t>9786056600371</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Current Tanı ve Tedavi Pediatri (Ciltli)</t>
+          <t>Ambulans ve Acil Bakım Teknikerleri (Paramedik) için Temel Konular ve Tedavi Yaklaşımları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>6900</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9780071793292</t>
+          <t>9786058469938</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Current Tanı ve Tedavi Fiziksel Tıp ve Rehabilitasyon</t>
+          <t>Lipid Bozuklukları ve Ateroskleroz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>6900</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056600340</t>
+          <t>9786056790515</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Current Tanı ve Tedavi Çocuk Acil Tıp</t>
+          <t>Current Tanı ve Tedavi Pediatri (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>6900</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058469914</t>
+          <t>9780071793292</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kök Hücre ve Kemik İliği Transplantasyonu</t>
+          <t>Current Tanı ve Tedavi Fiziksel Tıp ve Rehabilitasyon</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>690</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059160698</t>
+          <t>9786056600340</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kardiyolojide Semiyoloji</t>
+          <t>Current Tanı ve Tedavi Çocuk Acil Tıp</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1150</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058469945</t>
+          <t>9786058469914</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Güncel Hipertansiyon</t>
+          <t>Kök Hücre ve Kemik İliği Transplantasyonu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1150</v>
+        <v>690</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056600302</t>
+          <t>9786059160698</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>EKG'yi Anlamak</t>
+          <t>Kardiyolojide Semiyoloji</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>875</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058469990</t>
+          <t>9786058469945</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>EKG'yi Anlamak</t>
+          <t>Güncel Hipertansiyon</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>700</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056600326</t>
+          <t>9786056600302</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Akciğer Grafisini Anlamak</t>
+          <t>EKG'yi Anlamak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1380</v>
+        <v>875</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058469976</t>
+          <t>9786058469990</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Sorularla Kardiyoloji</t>
+          <t>EKG'yi Anlamak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>875</v>
+        <v>700</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056790522</t>
+          <t>9786056600326</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Temel Ortopedi İşlemleri Atlası ( 4 Kitap Takım)</t>
+          <t>Akciğer Grafisini Anlamak</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>14375</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058469921</t>
+          <t>9786058469976</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>10 Dakikada Konsültasyon Hipertansiyon</t>
+          <t>Açıklamalı Sorularla Kardiyoloji</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>575</v>
+        <v>875</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257849142</t>
+          <t>9786056790522</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hastalarda Covid-19 Yönetimi</t>
+          <t>Temel Ortopedi İşlemleri Atlası ( 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>14375</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>3990000090522</t>
+          <t>9786058469921</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Temel Ortopedi İşlemleri Atlası 4.Cilt</t>
+          <t>10 Dakikada Konsültasyon Hipertansiyon</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>362.5</v>
+        <v>575</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000090524</t>
+          <t>9786257849142</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Temel Ortopedi İşlemleri Atlası 2.Cilt</t>
+          <t>Çocuk Hastalarda Covid-19 Yönetimi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>362.5</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000090523</t>
+          <t>3990000090522</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Temel Ortopedi İşlemleri Atlası 1.Cilt</t>
+          <t>Temel Ortopedi İşlemleri Atlası 4.Cilt</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>362.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257849449</t>
+          <t>3990000090524</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Bakımda EKG ve İleri Yaşam Desteği Uygulamaları</t>
+          <t>Temel Ortopedi İşlemleri Atlası 2.Cilt</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>690</v>
+        <v>362.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257849432</t>
+          <t>3990000090523</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Sağlık Hizmetleri</t>
+          <t>Temel Ortopedi İşlemleri Atlası 1.Cilt</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>690</v>
+        <v>362.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257849289</t>
+          <t>9786257849449</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nonsikatrisyel Saç Hastalıklarında Tanı ve Kozmetolojik Tedavi (Ciltli)</t>
+          <t>Hastane Öncesi Acil Bakımda EKG ve İleri Yaşam Desteği Uygulamaları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1375</v>
+        <v>690</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257849036</t>
+          <t>9786257849432</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomisine Giriş - Görsellerle Zenginleştirilmiş</t>
+          <t>Hastane Öncesi Acil Sağlık Hizmetleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1035</v>
+        <v>690</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254002656</t>
+          <t>9786257849289</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Teorhinoplasty</t>
+          <t>Nonsikatrisyel Saç Hastalıklarında Tanı ve Kozmetolojik Tedavi (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1500</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058044371</t>
+          <t>9786257849036</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Pratik Acil Tıp</t>
+          <t>İnsan Anatomisine Giriş - Görsellerle Zenginleştirilmiş</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>805</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257849043</t>
+          <t>9786254002656</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Multipl Miyelomda Kişiselleştirilmiş Tedavi</t>
+          <t>Teorhinoplasty</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>875</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257849067</t>
+          <t>9786058044371</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomisi ve Fizyolojisine Giriş</t>
+          <t>Pratik Acil Tıp</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1035</v>
+        <v>805</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000090525</t>
+          <t>9786257849043</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Temel Ortopedi İşlemleri Atlası 3.Cilt</t>
+          <t>Multipl Miyelomda Kişiselleştirilmiş Tedavi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>362.5</v>
+        <v>875</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257849050</t>
+          <t>9786257849067</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Birinci Basamakta Yaraya Yaklaşım</t>
+          <t>İnsan Anatomisi ve Fizyolojisine Giriş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>875</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050611458</t>
+          <t>3990000090525</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklarda Hışıltı ve Astım (Ciltli)</t>
+          <t>Temel Ortopedi İşlemleri Atlası 3.Cilt</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>750</v>
+        <v>362.5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257849197</t>
+          <t>9786257849050</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Nefroendokrin</t>
+          <t>Birinci Basamakta Yaraya Yaklaşım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>875</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058044395</t>
+          <t>9786050611458</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Romatoloji</t>
+          <t>Okul Öncesi Çocuklarda Hışıltı ve Astım (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>1265</v>
+        <v>750</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050611441</t>
+          <t>9786257849197</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Prostat Kanseri Yönetimi</t>
+          <t>Pediatrik Nefroendokrin</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>1200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257849128</t>
+          <t>9786058044395</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Klinik Nefroloji El Kitabı</t>
+          <t>Sorularla Romatoloji</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>750</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257849166</t>
+          <t>9786050611441</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hayat Boyu Ağız ve Diş Sağlığı</t>
+          <t>Prostat Kanseri Yönetimi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>325</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050611496</t>
+          <t>9786257849128</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Acilde Aritmiler</t>
+          <t>Klinik Nefroloji El Kitabı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257849173</t>
+          <t>9786257849166</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Temel Yenidoğan</t>
+          <t>Hayat Boyu Ağız ve Diş Sağlığı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>675</v>
+        <v>325</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058044357</t>
+          <t>9786050611496</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp Semiyoloji</t>
+          <t>Acilde Aritmiler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>990</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257849012</t>
+          <t>9786257849173</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Dili 2021</t>
+          <t>Temel Yenidoğan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1035</v>
+        <v>675</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058044364</t>
+          <t>9786058044357</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Acil Algoritmaları</t>
+          <t>Acil Tıp Semiyoloji</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1575</v>
+        <v>990</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058044340</t>
+          <t>9786257849012</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Göğüs Acilleri</t>
+          <t>Sağlık Dili 2021</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>920</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050611427</t>
+          <t>9786058044364</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Tanı ve Tedavisi</t>
+          <t>Acil Algoritmaları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1150</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257849005</t>
+          <t>9786058044340</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Acil Vaka Tüyoları - Hekimlere Tüyolar</t>
+          <t>Göğüs Acilleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1150</v>
+        <v>920</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050611465</t>
+          <t>9786050611427</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Sağlık Hizmetlerinde Travma</t>
+          <t>Covid-19 Tanı ve Tedavisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>960</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058044302</t>
+          <t>9786257849005</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Acilde Vakalar</t>
+          <t>Acil Vaka Tüyoları - Hekimlere Tüyolar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>875</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050611472</t>
+          <t>9786050611465</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Pediyatrik Semiyoloji (Ciltli)</t>
+          <t>Hastane Öncesi Acil Sağlık Hizmetlerinde Travma</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1320</v>
+        <v>960</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056600364</t>
+          <t>9786058044302</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Pediatride Klinik Etik</t>
+          <t>Acilde Vakalar</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>875</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058469952</t>
+          <t>9786050611472</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>10 Dakikada Konsültasyon: Depresyon</t>
+          <t>Pediyatrik Semiyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>345</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056600319</t>
+          <t>9786056600364</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Temel Endokrinoloji ve Diyabet</t>
+          <t>Pediatride Klinik Etik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1725</v>
+        <v>875</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056600388</t>
+          <t>9786058469952</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Onkoloji Özet Bilgiler ve Güncel Notlar</t>
+          <t>10 Dakikada Konsültasyon: Depresyon</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>1150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256343016</t>
+          <t>9786056600319</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Romatizmal Hastalıklarda Organ Tutulumu ve Komorbiditeler</t>
+          <t>Temel Endokrinoloji ve Diyabet</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>5000</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256343238</t>
+          <t>9786056600388</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp Yandal Uzmanlık Soru Bankası</t>
+          <t>Onkoloji Özet Bilgiler ve Güncel Notlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1875</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256343160</t>
+          <t>9786256343016</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Multipl Skleroz MS Hastalığında Semptomların Yönetimi</t>
+          <t>Romatizmal Hastalıklarda Organ Tutulumu ve Komorbiditeler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>2875</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256343177</t>
+          <t>9786256343238</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Maudsley Fiziksel Hastalıklarda Ruh Sağlığı ve Hastalıkları için Reçeteleme Rehberi</t>
+          <t>Acil Tıp Yandal Uzmanlık Soru Bankası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>1625</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256343115</t>
+          <t>9786256343160</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Braun - Falco Dermatoloji Cilt 1-2 (Ciltli)</t>
+          <t>Multipl Skleroz MS Hastalığında Semptomların Yönetimi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>21875</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256343092</t>
+          <t>9786256343177</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Menisküs Yaralanmalarına Yaklaşım</t>
+          <t>Maudsley Fiziksel Hastalıklarda Ruh Sağlığı ve Hastalıkları için Reçeteleme Rehberi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>875</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257849975</t>
+          <t>9786256343115</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Medikal Estetik Pratik Yaklaşımlar (Ciltli)</t>
+          <t>Braun - Falco Dermatoloji Cilt 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>3625</v>
+        <v>21875</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257849982</t>
+          <t>9786256343092</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Estetik Jinekoloji ve Rejuvenasyon (Ciltli)</t>
+          <t>Menisküs Yaralanmalarına Yaklaşım</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>3500</v>
+        <v>875</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257849968</t>
+          <t>9786257849975</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kolay EMG</t>
+          <t>Medikal Estetik Pratik Yaklaşımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1375</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257849951</t>
+          <t>9786257849982</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>KBRN Kimyasal, Biyolojik, Radyolojik ve Nükleer</t>
+          <t>Estetik Jinekoloji ve Rejuvenasyon (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1500</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257849913</t>
+          <t>9786257849968</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Pratik Aile Hekimliği Serisi - Dermatoloji</t>
+          <t>Kolay EMG</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>3750</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257849890</t>
+          <t>9786257849951</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Omuz İntabilitesinde İleri Cerrahi Teknikler</t>
+          <t>KBRN Kimyasal, Biyolojik, Radyolojik ve Nükleer</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257849654</t>
+          <t>9786257849913</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>SCAI Girişimsel Kardiyoloji (Ciltli)</t>
+          <t>Pratik Aile Hekimliği Serisi - Dermatoloji</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>5250</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257849555</t>
+          <t>9786257849890</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sağlığı Koruma ve Geliştirme 3 Risk Grupları, Yaşam Ortamları ve Hastalıklardan Korunma</t>
+          <t>Omuz İntabilitesinde İleri Cerrahi Teknikler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>2500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257849302</t>
+          <t>9786257849654</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sağlığı Koruma ve Geliştirme 2 Bireysel, Çevresel, Toplumsal Önlemler</t>
+          <t>SCAI Girişimsel Kardiyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>2625</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257849784</t>
+          <t>9786257849555</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Acilde Tedavi</t>
+          <t>Sağlığı Koruma ve Geliştirme 3 Risk Grupları, Yaşam Ortamları ve Hastalıklardan Korunma</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>2500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257849807</t>
+          <t>9786257849302</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Semptom - Tanı - Tedavi Olgu Sunumları ile Çocuk Hastalıkları (Ciltli)</t>
+          <t>Sağlığı Koruma ve Geliştirme 2 Bireysel, Çevresel, Toplumsal Önlemler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>3125</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257849821</t>
+          <t>9786257849784</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp Order ve Reçeteler</t>
+          <t>Acilde Tedavi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>2875</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257849869</t>
+          <t>9786257849807</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimlerine Yönelik Obstetri ve Pediatri Bilgileri</t>
+          <t>Semptom - Tanı - Tedavi Olgu Sunumları ile Çocuk Hastalıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1750</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257849791</t>
+          <t>9786257849821</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Revizyon Ön Çapraz Bağ Rekonstrüksiyonu</t>
+          <t>Acil Tıp Order ve Reçeteler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1250</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257849753</t>
+          <t>9786257849869</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Genel Histoloji</t>
+          <t>Aile Hekimlerine Yönelik Obstetri ve Pediatri Bilgileri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1000</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257849562</t>
+          <t>9786257849791</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Depresif Bozukluklar</t>
+          <t>Revizyon Ön Çapraz Bağ Rekonstrüksiyonu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1000</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257849579</t>
+          <t>9786257849753</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ergen ve Yetişkinlerde Dikkat Eksikliği Hiperaktivite Bozukluğu (Dehb)</t>
+          <t>Genel Histoloji</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>625</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257849586</t>
+          <t>9786257849562</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ergen ve Yetişkinlerde Bipolar (İki Kutuplu) Bozukluklar</t>
+          <t>Tüm Yönleriyle Depresif Bozukluklar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257849487</t>
+          <t>9786257849579</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Histoloji Atlası</t>
+          <t>Çocuk Ergen ve Yetişkinlerde Dikkat Eksikliği Hiperaktivite Bozukluğu (Dehb)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>1200</v>
+        <v>625</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257849722</t>
+          <t>9786257849586</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Temel Histoloji</t>
+          <t>Çocuk Ergen ve Yetişkinlerde Bipolar (İki Kutuplu) Bozukluklar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257849647</t>
+          <t>9786257849487</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Pediatrik Oftalmoloji</t>
+          <t>Histoloji Atlası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>2750</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257849609</t>
+          <t>9786257849722</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Nöro-Oftalmoloji</t>
+          <t>Temel Histoloji</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>2750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257849616</t>
+          <t>9786257849647</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Oküloplastik</t>
+          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Pediatrik Oftalmoloji</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>2750</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257849630</t>
+          <t>9786257849609</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Glokom</t>
+          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Nöro-Oftalmoloji</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>2750</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257849623</t>
+          <t>9786257849616</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Kornea</t>
+          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Oküloplastik</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>2750</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257849425</t>
+          <t>9786257849630</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dahiliye Algoritmaları</t>
+          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Glokom</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1500</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257849500</t>
+          <t>9786257849623</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dahili ve Adli Aciller</t>
+          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Kornea</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>2500</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257849470</t>
+          <t>9786257849425</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sağlığı ve Hastalıkları</t>
+          <t>Dahiliye Algoritmaları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>3750</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257849463</t>
+          <t>9786257849500</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sağlığı Hastalıkları ve Doğum</t>
+          <t>Dahili ve Adli Aciller</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>3750</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257849135</t>
+          <t>9786257849470</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji - Üveit</t>
+          <t>Çocuk Sağlığı ve Hastalıkları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>2750</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257849227</t>
+          <t>9786257849463</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji Renkli Atlas ve Genel Bakış Retina</t>
+          <t>Kadın Sağlığı Hastalıkları ve Doğum</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>2750</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257849517</t>
+          <t>9786257849135</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kardiyofokus</t>
+          <t>Klinik Oftalmoloji - Üveit</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1000</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257849296</t>
+          <t>9786257849227</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Multipl Skleroz (Ciltli)</t>
+          <t>Klinik Oftalmoloji Renkli Atlas ve Genel Bakış Retina</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>11000</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257849333</t>
+          <t>9786257849517</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dermatoloji El Kitabı</t>
+          <t>Kardiyofokus</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786056790560</t>
+          <t>9786257849296</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik EKG</t>
+          <t>Multipl Skleroz (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1200</v>
+        <v>11000</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786056790584</t>
+          <t>9786257849333</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Acil Dahiliye</t>
+          <t>Dermatoloji El Kitabı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257849746</t>
+          <t>9786056790560</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Maudsley - Psikiyatride Reçeteleme Rehberi</t>
+          <t>Pediatrik EKG</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>4600</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786056790508</t>
+          <t>9786056790584</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hoffbrand'ın Temel Hematolojisi</t>
+          <t>Acil Dahiliye</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1625</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786056790539</t>
+          <t>9786257849746</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Tıp ve Rehabilitasyonda Kas İskelet Sistemi Ultrasonografisi</t>
+          <t>Maudsley - Psikiyatride Reçeteleme Rehberi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>5250</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257849371</t>
+          <t>9786056790508</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Embriyoloji</t>
+          <t>Hoffbrand'ın Temel Hematolojisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1000</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257849326</t>
+          <t>9786056790539</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Durumunun Saptanması</t>
+          <t>Fiziksel Tıp ve Rehabilitasyonda Kas İskelet Sistemi Ultrasonografisi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1000</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257849340</t>
+          <t>9786257849371</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Klinik Beslenme İçin Temel Cep Kitabı</t>
+          <t>Embriyoloji</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>625</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257849265</t>
+          <t>9786257849326</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Üst-Alt Solunum Yolu Enfeksiyonları ve Sepsis</t>
+          <t>Beslenme Durumunun Saptanması</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257849272</t>
+          <t>9786257849340</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Acilde ve 1. Basamakta Kas İskelet Sistemi Ağrılarına Yaklaşım</t>
+          <t>Klinik Beslenme İçin Temel Cep Kitabı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>1750</v>
+        <v>625</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786058044388</t>
+          <t>9786257849265</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Williams Hematoloji El Kitabı</t>
+          <t>Üst-Alt Solunum Yolu Enfeksiyonları ve Sepsis</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>4000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786058469983</t>
+          <t>9786257849272</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hidradenitis Suppurativa - Bir Primer Hastalık</t>
+          <t>Acilde ve 1. Basamakta Kas İskelet Sistemi Ağrılarına Yaklaşım</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>1000</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786056790591</t>
+          <t>9786058044388</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenler için Bilişsel Davranışçı Terapi</t>
+          <t>Williams Hematoloji El Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>2250</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050611434</t>
+          <t>9786058469983</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Ağrı</t>
+          <t>Hidradenitis Suppurativa - Bir Primer Hastalık</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>1500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257849074</t>
+          <t>9786056790591</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Bakım</t>
+          <t>Çocuk ve Ergenler için Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1035</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257849159</t>
+          <t>9786050611434</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hekimlere Tüyolar Acilde 100 Vaka</t>
+          <t>Tüm Yönleriyle Ağrı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>2875</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257849029</t>
+          <t>9786257849074</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Romatoloji Atlası (Ciltli)</t>
+          <t>Hastane Öncesi Acil Bakım</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>3250</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050611403</t>
+          <t>9786257849159</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp Pratiğinde Klinik Toksikoloji (Ciltli)</t>
+          <t>Hekimlere Tüyolar Acilde 100 Vaka</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>2500</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786058044319</t>
+          <t>9786257849029</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Toplum Yönelimli Sağlık: TOYS</t>
+          <t>Romatoloji Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>800</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257849210</t>
+          <t>9786050611403</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Romatizmal Hastalıklarda Akciğer (Ciltli)</t>
+          <t>Acil Tıp Pratiğinde Klinik Toksikoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>3750</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257849098</t>
+          <t>9786058044319</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıpta Karın Ağrısına Yaklaşım</t>
+          <t>Toplum Yönelimli Sağlık: TOYS</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>1750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257849104</t>
+          <t>9786257849210</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kardiyovasküler Aciller ve İleri Yaşam Desteği</t>
+          <t>Romatizmal Hastalıklarda Akciğer (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>2000</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257849180</t>
+          <t>9786257849098</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kadın Doğurganlık ve Fertilite Kontrolü</t>
+          <t>Acil Tıpta Karın Ağrısına Yaklaşım</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>575</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786058044333</t>
+          <t>9786257849104</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Afet Yönetimi ve Tıbbi Uygulamalar (Ciltli)</t>
+          <t>Kardiyovasküler Aciller ve İleri Yaşam Desteği</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>2000</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257849203</t>
+          <t>9786257849180</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sağlığı Koruma ve Geliştirme 1</t>
+          <t>Kadın Doğurganlık ve Fertilite Kontrolü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257849494</t>
+          <t>9786058044333</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimliği</t>
+          <t>Afet Yönetimi ve Tıbbi Uygulamalar (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>3750</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
+          <t>9786257849203</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Sağlığı Koruma ve Geliştirme 1</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786257849494</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Aile Hekimliği</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>3750</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
           <t>9786056790546</t>
         </is>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Sık Görülen Kas İskelet Sistemi Hastalıkları İçin Ultrasonografik Atlas</t>
         </is>
       </c>
-      <c r="C151" s="1">
+      <c r="C153" s="1">
         <v>6000</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>