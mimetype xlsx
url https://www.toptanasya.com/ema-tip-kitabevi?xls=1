--- v1 (2026-03-25)
+++ v2 (2026-03-29)
@@ -85,2320 +85,2410 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256343368</t>
+          <t>9786256343399</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Klinisyenler için Temel EKG</t>
+          <t>Dolgu Komplikasyonları Önleme ve Yönetim Videolu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1025</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256343351</t>
+          <t>9786256343405</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>EKG Yorumlama Rehberi</t>
+          <t>Botoks Estetik Tıpta Botulinum Toksin: Enjeksiyon Protokolleri ve Komplikasyon Yönetimi Videolu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>750</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256343337</t>
+          <t>9786256343375</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>EKG'yi Anlamak (Uygulamalı Kılavuz)</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1125</v>
+        <v>650</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256343320</t>
+          <t>9786256343412</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Andrews Dermatoloji Atlası (Ciltli)</t>
+          <t>Tıbbi ve Radyolojik Terminoloji</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>8000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256343153</t>
+          <t>9786256343436</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Psikofarmakolojisi Klinik El Kitabı</t>
+          <t>Maudsley İlaç Azaltma ve Kesme Kılavuzu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>2000</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256343085</t>
+          <t>9786256343443</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sorularla FMF Hekimler ve Hastalar İçin</t>
+          <t>Acil Dahiliye</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>1250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256343252</t>
+          <t>9786256343368</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ortopsikoloji</t>
+          <t>Klinisyenler için Temel EKG</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1250</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256343276</t>
+          <t>9786256343351</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ağrı</t>
+          <t>EKG Yorumlama Rehberi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256343290</t>
+          <t>9786256343337</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Temel Radyoloji Fiziği Uygulamadan Yorumlamaya Ötesine Bütüncül Bakış</t>
+          <t>EKG'yi Anlamak (Uygulamalı Kılavuz)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1250</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256343184</t>
+          <t>9786256343320</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Diyabet (Ciltli)</t>
+          <t>Andrews Dermatoloji Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>4375</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256343108</t>
+          <t>9786256343153</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türk Eczacılık Tarihi İhtisas Müzesi (Ciltli)</t>
+          <t>Çocuk ve Ergen Psikofarmakolojisi Klinik El Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1035</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256343061</t>
+          <t>9786256343085</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dermatolojide Sistemik İlaç Tedavisi El Kitabı</t>
+          <t>Sorularla FMF Hekimler ve Hastalar İçin</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1750</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256343078</t>
+          <t>9786256343252</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Klinik Pratikte Kimyasal Peeling (Ciltli)</t>
+          <t>Ortopsikoloji</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256343009</t>
+          <t>9786256343276</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Afet ve Acil Durumlarda İlaç ve Sağlık Hizmetleri Kılavuzu</t>
+          <t>Ağrı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>2000</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257849937</t>
+          <t>9786256343290</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Paramedik EKG Kartları</t>
+          <t>Temel Radyoloji Fiziği Uygulamadan Yorumlamaya Ötesine Bütüncül Bakış</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257849920</t>
+          <t>9786256343184</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Bakımda İlaç Kartları</t>
+          <t>A'dan Z'ye Diyabet (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>4375</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257849944</t>
+          <t>9786256343108</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Teknisyenler Teknikerler ve Sağlık Okulları için Anestezi Temel Bilgiler</t>
+          <t>Türk Eczacılık Tarihi İhtisas Müzesi (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>575</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257849883</t>
+          <t>9786256343061</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Spondiloartrit (Ciltli)</t>
+          <t>Dermatolojide Sistemik İlaç Tedavisi El Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1380</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257849548</t>
+          <t>9786256343078</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Klinik Romatoloji (Ciltli)</t>
+          <t>Klinik Pratikte Kimyasal Peeling (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>8800</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257849838</t>
+          <t>9786256343009</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Temel Farmakoloji</t>
+          <t>Afet ve Acil Durumlarda İlaç ve Sağlık Hizmetleri Kılavuzu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>805</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257849685</t>
+          <t>9786257849937</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Alerji ve İmmünoloji Hastalıkları - Güncel Tanı ve Tedavi (Ciltli)</t>
+          <t>Paramedik EKG Kartları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>3575</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257849692</t>
+          <t>9786257849920</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Klinisyenler İçin Genetik Testler</t>
+          <t>Hastane Öncesi Acil Bakımda İlaç Kartları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>805</v>
+        <v>275</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257849760</t>
+          <t>9786257849944</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimliği Aciller</t>
+          <t>Teknisyenler Teknikerler ve Sağlık Okulları için Anestezi Temel Bilgiler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1320</v>
+        <v>575</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257849814</t>
+          <t>9786257849883</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Akılcı İlaç Kullanımı</t>
+          <t>Spondiloartrit (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>575</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257849777</t>
+          <t>9786257849548</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Kalite Yönetimi</t>
+          <t>Klinik Romatoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>8800</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257849739</t>
+          <t>9786257849838</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimlerinde Mikrobiyoloji Temel Bilgiler</t>
+          <t>Temel Farmakoloji</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>875</v>
+        <v>805</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257849678</t>
+          <t>9786257849685</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Maudsley Psikiyatride Fiziksel Sağılık Durumları için Uygulama Kılavuzu</t>
+          <t>Alerji ve İmmünoloji Hastalıkları - Güncel Tanı ve Tedavi (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2500</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257849593</t>
+          <t>9786257849692</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Alkol ve Madde Kötüye Kullanım Ve Bağımlılığı</t>
+          <t>Klinisyenler İçin Genetik Testler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>990</v>
+        <v>805</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257849715</t>
+          <t>9786257849760</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bakım Hemşireliği</t>
+          <t>Aile Hekimliği Aciller</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>690</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257849661</t>
+          <t>9786257849814</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Travma (Ciltli)</t>
+          <t>Akılcı İlaç Kullanımı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>4300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257849531</t>
+          <t>9786257849777</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğan Döneminde Taramalar</t>
+          <t>Sağlık Hizmetlerinde Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>575</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257849524</t>
+          <t>9786257849739</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyoloji</t>
+          <t>Sağlık Bilimlerinde Mikrobiyoloji Temel Bilgiler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>700</v>
+        <v>875</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257849319</t>
+          <t>9786257849678</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Genel Pediyatri (Ciltli)</t>
+          <t>Maudsley Psikiyatride Fiziksel Sağılık Durumları için Uygulama Kılavuzu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>2750</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257849456</t>
+          <t>9786257849593</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kanıta Dayalı Kalp Yetersizliği (Ciltli)</t>
+          <t>Alkol ve Madde Kötüye Kullanım Ve Bağımlılığı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>2000</v>
+        <v>990</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257849395</t>
+          <t>9786257849715</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İlk Yardım Olgularla Temel Yaşam Desteği</t>
+          <t>Yoğun Bakım Hemşireliği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>750</v>
+        <v>690</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257849241</t>
+          <t>9786257849661</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık</t>
+          <t>Travma (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>875</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056600371</t>
+          <t>9786257849531</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ambulans ve Acil Bakım Teknikerleri (Paramedik) için Temel Konular ve Tedavi Yaklaşımları</t>
+          <t>Yenidoğan Döneminde Taramalar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1400</v>
+        <v>575</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058469938</t>
+          <t>9786257849524</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Lipid Bozuklukları ve Ateroskleroz</t>
+          <t>Moleküler Biyoloji</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>1035</v>
+        <v>700</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056790515</t>
+          <t>9786257849319</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Current Tanı ve Tedavi Pediatri (Ciltli)</t>
+          <t>Genel Pediyatri (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>6900</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9780071793292</t>
+          <t>9786257849456</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Current Tanı ve Tedavi Fiziksel Tıp ve Rehabilitasyon</t>
+          <t>Kanıta Dayalı Kalp Yetersizliği (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>6900</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056600340</t>
+          <t>9786257849395</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Current Tanı ve Tedavi Çocuk Acil Tıp</t>
+          <t>İlk Yardım Olgularla Temel Yaşam Desteği</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>6900</v>
+        <v>750</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058469914</t>
+          <t>9786257849241</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kök Hücre ve Kemik İliği Transplantasyonu</t>
+          <t>Bağımlılık</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>690</v>
+        <v>875</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059160698</t>
+          <t>9786056600371</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kardiyolojide Semiyoloji</t>
+          <t>Ambulans ve Acil Bakım Teknikerleri (Paramedik) için Temel Konular ve Tedavi Yaklaşımları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058469945</t>
+          <t>9786058469938</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Güncel Hipertansiyon</t>
+          <t>Lipid Bozuklukları ve Ateroskleroz</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1150</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056600302</t>
+          <t>9786056790515</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>EKG'yi Anlamak</t>
+          <t>Current Tanı ve Tedavi Pediatri (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>875</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058469990</t>
+          <t>9780071793292</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>EKG'yi Anlamak</t>
+          <t>Current Tanı ve Tedavi Fiziksel Tıp ve Rehabilitasyon</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>700</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056600326</t>
+          <t>9786056600340</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Akciğer Grafisini Anlamak</t>
+          <t>Current Tanı ve Tedavi Çocuk Acil Tıp</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1380</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058469976</t>
+          <t>9786058469914</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Sorularla Kardiyoloji</t>
+          <t>Kök Hücre ve Kemik İliği Transplantasyonu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>875</v>
+        <v>690</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056790522</t>
+          <t>9786059160698</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Temel Ortopedi İşlemleri Atlası ( 4 Kitap Takım)</t>
+          <t>Kardiyolojide Semiyoloji</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>14375</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058469921</t>
+          <t>9786058469945</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>10 Dakikada Konsültasyon Hipertansiyon</t>
+          <t>Güncel Hipertansiyon</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>575</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257849142</t>
+          <t>9786056600302</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hastalarda Covid-19 Yönetimi</t>
+          <t>EKG'yi Anlamak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>875</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000090522</t>
+          <t>9786058469990</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Temel Ortopedi İşlemleri Atlası 4.Cilt</t>
+          <t>EKG'yi Anlamak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>362.5</v>
+        <v>700</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3990000090524</t>
+          <t>9786056600326</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Temel Ortopedi İşlemleri Atlası 2.Cilt</t>
+          <t>Akciğer Grafisini Anlamak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>362.5</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000090523</t>
+          <t>9786058469976</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Temel Ortopedi İşlemleri Atlası 1.Cilt</t>
+          <t>Açıklamalı Sorularla Kardiyoloji</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>362.5</v>
+        <v>875</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257849449</t>
+          <t>9786056790522</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Bakımda EKG ve İleri Yaşam Desteği Uygulamaları</t>
+          <t>Temel Ortopedi İşlemleri Atlası ( 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>690</v>
+        <v>14375</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257849432</t>
+          <t>9786058469921</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Sağlık Hizmetleri</t>
+          <t>10 Dakikada Konsültasyon Hipertansiyon</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>690</v>
+        <v>575</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257849289</t>
+          <t>9786257849142</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nonsikatrisyel Saç Hastalıklarında Tanı ve Kozmetolojik Tedavi (Ciltli)</t>
+          <t>Çocuk Hastalarda Covid-19 Yönetimi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257849036</t>
+          <t>3990000090522</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomisine Giriş - Görsellerle Zenginleştirilmiş</t>
+          <t>Temel Ortopedi İşlemleri Atlası 4.Cilt</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1035</v>
+        <v>362.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254002656</t>
+          <t>3990000090524</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Teorhinoplasty</t>
+          <t>Temel Ortopedi İşlemleri Atlası 2.Cilt</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1500</v>
+        <v>362.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058044371</t>
+          <t>3990000090523</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Pratik Acil Tıp</t>
+          <t>Temel Ortopedi İşlemleri Atlası 1.Cilt</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>805</v>
+        <v>362.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257849043</t>
+          <t>9786257849449</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Multipl Miyelomda Kişiselleştirilmiş Tedavi</t>
+          <t>Hastane Öncesi Acil Bakımda EKG ve İleri Yaşam Desteği Uygulamaları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>875</v>
+        <v>690</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257849067</t>
+          <t>9786257849432</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomisi ve Fizyolojisine Giriş</t>
+          <t>Hastane Öncesi Acil Sağlık Hizmetleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1035</v>
+        <v>690</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000090525</t>
+          <t>9786257849289</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Temel Ortopedi İşlemleri Atlası 3.Cilt</t>
+          <t>Nonsikatrisyel Saç Hastalıklarında Tanı ve Kozmetolojik Tedavi (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>362.5</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257849050</t>
+          <t>9786257849036</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Birinci Basamakta Yaraya Yaklaşım</t>
+          <t>İnsan Anatomisine Giriş - Görsellerle Zenginleştirilmiş</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>875</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050611458</t>
+          <t>9786254002656</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklarda Hışıltı ve Astım (Ciltli)</t>
+          <t>Teorhinoplasty</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>750</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257849197</t>
+          <t>9786058044371</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Nefroendokrin</t>
+          <t>Pratik Acil Tıp</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>805</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058044395</t>
+          <t>9786257849043</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Romatoloji</t>
+          <t>Multipl Miyelomda Kişiselleştirilmiş Tedavi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1265</v>
+        <v>875</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050611441</t>
+          <t>9786257849067</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Prostat Kanseri Yönetimi</t>
+          <t>İnsan Anatomisi ve Fizyolojisine Giriş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>1200</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257849128</t>
+          <t>3990000090525</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Klinik Nefroloji El Kitabı</t>
+          <t>Temel Ortopedi İşlemleri Atlası 3.Cilt</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>750</v>
+        <v>362.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257849166</t>
+          <t>9786257849050</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hayat Boyu Ağız ve Diş Sağlığı</t>
+          <t>Birinci Basamakta Yaraya Yaklaşım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>325</v>
+        <v>875</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050611496</t>
+          <t>9786050611458</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Acilde Aritmiler</t>
+          <t>Okul Öncesi Çocuklarda Hışıltı ve Astım (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257849173</t>
+          <t>9786257849197</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Temel Yenidoğan</t>
+          <t>Pediatrik Nefroendokrin</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>675</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058044357</t>
+          <t>9786058044395</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp Semiyoloji</t>
+          <t>Sorularla Romatoloji</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>990</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257849012</t>
+          <t>9786050611441</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Dili 2021</t>
+          <t>Prostat Kanseri Yönetimi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1035</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058044364</t>
+          <t>9786257849128</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Acil Algoritmaları</t>
+          <t>Klinik Nefroloji El Kitabı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1575</v>
+        <v>750</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058044340</t>
+          <t>9786257849166</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Göğüs Acilleri</t>
+          <t>Hayat Boyu Ağız ve Diş Sağlığı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>920</v>
+        <v>325</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050611427</t>
+          <t>9786050611496</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Tanı ve Tedavisi</t>
+          <t>Acilde Aritmiler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257849005</t>
+          <t>9786257849173</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Acil Vaka Tüyoları - Hekimlere Tüyolar</t>
+          <t>Temel Yenidoğan</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1150</v>
+        <v>675</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050611465</t>
+          <t>9786058044357</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Sağlık Hizmetlerinde Travma</t>
+          <t>Acil Tıp Semiyoloji</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>960</v>
+        <v>990</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058044302</t>
+          <t>9786257849012</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Acilde Vakalar</t>
+          <t>Sağlık Dili 2021</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>875</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050611472</t>
+          <t>9786058044364</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Pediyatrik Semiyoloji (Ciltli)</t>
+          <t>Acil Algoritmaları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1320</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056600364</t>
+          <t>9786058044340</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Pediatride Klinik Etik</t>
+          <t>Göğüs Acilleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>875</v>
+        <v>920</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058469952</t>
+          <t>9786050611427</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>10 Dakikada Konsültasyon: Depresyon</t>
+          <t>Covid-19 Tanı ve Tedavisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>345</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056600319</t>
+          <t>9786257849005</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Temel Endokrinoloji ve Diyabet</t>
+          <t>Acil Vaka Tüyoları - Hekimlere Tüyolar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1725</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056600388</t>
+          <t>9786050611465</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Onkoloji Özet Bilgiler ve Güncel Notlar</t>
+          <t>Hastane Öncesi Acil Sağlık Hizmetlerinde Travma</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1150</v>
+        <v>960</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256343016</t>
+          <t>9786058044302</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Romatizmal Hastalıklarda Organ Tutulumu ve Komorbiditeler</t>
+          <t>Acilde Vakalar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>5000</v>
+        <v>875</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256343238</t>
+          <t>9786050611472</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp Yandal Uzmanlık Soru Bankası</t>
+          <t>Pediyatrik Semiyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>1875</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256343160</t>
+          <t>9786056600364</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Multipl Skleroz MS Hastalığında Semptomların Yönetimi</t>
+          <t>Pediatride Klinik Etik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>2875</v>
+        <v>875</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256343177</t>
+          <t>9786058469952</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Maudsley Fiziksel Hastalıklarda Ruh Sağlığı ve Hastalıkları için Reçeteleme Rehberi</t>
+          <t>10 Dakikada Konsültasyon: Depresyon</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1625</v>
+        <v>345</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256343115</t>
+          <t>9786056600319</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Braun - Falco Dermatoloji Cilt 1-2 (Ciltli)</t>
+          <t>Temel Endokrinoloji ve Diyabet</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>21875</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256343092</t>
+          <t>9786056600388</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Menisküs Yaralanmalarına Yaklaşım</t>
+          <t>Onkoloji Özet Bilgiler ve Güncel Notlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>875</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257849975</t>
+          <t>9786256343016</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Medikal Estetik Pratik Yaklaşımlar (Ciltli)</t>
+          <t>Romatizmal Hastalıklarda Organ Tutulumu ve Komorbiditeler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>3625</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257849982</t>
+          <t>9786256343238</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Estetik Jinekoloji ve Rejuvenasyon (Ciltli)</t>
+          <t>Acil Tıp Yandal Uzmanlık Soru Bankası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>3500</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257849968</t>
+          <t>9786256343160</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kolay EMG</t>
+          <t>Multipl Skleroz MS Hastalığında Semptomların Yönetimi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1375</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257849951</t>
+          <t>9786256343177</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>KBRN Kimyasal, Biyolojik, Radyolojik ve Nükleer</t>
+          <t>Maudsley Fiziksel Hastalıklarda Ruh Sağlığı ve Hastalıkları için Reçeteleme Rehberi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1500</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257849913</t>
+          <t>9786256343115</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Pratik Aile Hekimliği Serisi - Dermatoloji</t>
+          <t>Braun - Falco Dermatoloji Cilt 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>3750</v>
+        <v>21875</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257849890</t>
+          <t>9786256343092</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Omuz İntabilitesinde İleri Cerrahi Teknikler</t>
+          <t>Menisküs Yaralanmalarına Yaklaşım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1250</v>
+        <v>875</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257849654</t>
+          <t>9786257849975</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>SCAI Girişimsel Kardiyoloji (Ciltli)</t>
+          <t>Medikal Estetik Pratik Yaklaşımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>5250</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257849555</t>
+          <t>9786257849982</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sağlığı Koruma ve Geliştirme 3 Risk Grupları, Yaşam Ortamları ve Hastalıklardan Korunma</t>
+          <t>Estetik Jinekoloji ve Rejuvenasyon (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>2500</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257849302</t>
+          <t>9786257849968</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sağlığı Koruma ve Geliştirme 2 Bireysel, Çevresel, Toplumsal Önlemler</t>
+          <t>Kolay EMG</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>2625</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257849784</t>
+          <t>9786257849951</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Acilde Tedavi</t>
+          <t>KBRN Kimyasal, Biyolojik, Radyolojik ve Nükleer</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>2500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257849807</t>
+          <t>9786257849913</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Semptom - Tanı - Tedavi Olgu Sunumları ile Çocuk Hastalıkları (Ciltli)</t>
+          <t>Pratik Aile Hekimliği Serisi - Dermatoloji</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>3125</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257849821</t>
+          <t>9786257849890</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp Order ve Reçeteler</t>
+          <t>Omuz İntabilitesinde İleri Cerrahi Teknikler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>2875</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257849869</t>
+          <t>9786257849654</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimlerine Yönelik Obstetri ve Pediatri Bilgileri</t>
+          <t>SCAI Girişimsel Kardiyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1750</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257849791</t>
+          <t>9786257849555</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Revizyon Ön Çapraz Bağ Rekonstrüksiyonu</t>
+          <t>Sağlığı Koruma ve Geliştirme 3 Risk Grupları, Yaşam Ortamları ve Hastalıklardan Korunma</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1250</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257849753</t>
+          <t>9786257849302</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Genel Histoloji</t>
+          <t>Sağlığı Koruma ve Geliştirme 2 Bireysel, Çevresel, Toplumsal Önlemler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1000</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257849562</t>
+          <t>9786257849784</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Depresif Bozukluklar</t>
+          <t>Acilde Tedavi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257849579</t>
+          <t>9786257849807</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ergen ve Yetişkinlerde Dikkat Eksikliği Hiperaktivite Bozukluğu (Dehb)</t>
+          <t>Semptom - Tanı - Tedavi Olgu Sunumları ile Çocuk Hastalıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>625</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257849586</t>
+          <t>9786257849821</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ergen ve Yetişkinlerde Bipolar (İki Kutuplu) Bozukluklar</t>
+          <t>Acil Tıp Order ve Reçeteler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>900</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257849487</t>
+          <t>9786257849869</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Histoloji Atlası</t>
+          <t>Aile Hekimlerine Yönelik Obstetri ve Pediatri Bilgileri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1200</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257849722</t>
+          <t>9786257849791</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Temel Histoloji</t>
+          <t>Revizyon Ön Çapraz Bağ Rekonstrüksiyonu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>800</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257849647</t>
+          <t>9786257849753</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Pediatrik Oftalmoloji</t>
+          <t>Genel Histoloji</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>2750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257849609</t>
+          <t>9786257849562</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Nöro-Oftalmoloji</t>
+          <t>Tüm Yönleriyle Depresif Bozukluklar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>2750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257849616</t>
+          <t>9786257849579</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Oküloplastik</t>
+          <t>Çocuk Ergen ve Yetişkinlerde Dikkat Eksikliği Hiperaktivite Bozukluğu (Dehb)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>2750</v>
+        <v>625</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257849630</t>
+          <t>9786257849586</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Glokom</t>
+          <t>Çocuk Ergen ve Yetişkinlerde Bipolar (İki Kutuplu) Bozukluklar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>2750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257849623</t>
+          <t>9786257849487</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Kornea</t>
+          <t>Histoloji Atlası</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>2750</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257849425</t>
+          <t>9786257849722</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dahiliye Algoritmaları</t>
+          <t>Temel Histoloji</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257849500</t>
+          <t>9786257849647</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dahili ve Adli Aciller</t>
+          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Pediatrik Oftalmoloji</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>2500</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257849470</t>
+          <t>9786257849609</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sağlığı ve Hastalıkları</t>
+          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Nöro-Oftalmoloji</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>3750</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257849463</t>
+          <t>9786257849616</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sağlığı Hastalıkları ve Doğum</t>
+          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Oküloplastik</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>3750</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257849135</t>
+          <t>9786257849630</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji - Üveit</t>
+          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Glokom</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>2750</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257849227</t>
+          <t>9786257849623</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Klinik Oftalmoloji Renkli Atlas ve Genel Bakış Retina</t>
+          <t>Klinik Oftalmoloji: Renkli Atlas ve Genel Bakış - Kornea</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>2750</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257849517</t>
+          <t>9786257849425</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kardiyofokus</t>
+          <t>Dahiliye Algoritmaları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257849296</t>
+          <t>9786257849500</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Multipl Skleroz (Ciltli)</t>
+          <t>Dahili ve Adli Aciller</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>11000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257849333</t>
+          <t>9786257849470</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dermatoloji El Kitabı</t>
+          <t>Çocuk Sağlığı ve Hastalıkları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1500</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786056790560</t>
+          <t>9786257849463</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik EKG</t>
+          <t>Kadın Sağlığı Hastalıkları ve Doğum</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1200</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786056790584</t>
+          <t>9786257849135</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Acil Dahiliye</t>
+          <t>Klinik Oftalmoloji - Üveit</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1250</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257849746</t>
+          <t>9786257849227</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Maudsley - Psikiyatride Reçeteleme Rehberi</t>
+          <t>Klinik Oftalmoloji Renkli Atlas ve Genel Bakış Retina</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>4600</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786056790508</t>
+          <t>9786257849517</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hoffbrand'ın Temel Hematolojisi</t>
+          <t>Kardiyofokus</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1625</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786056790539</t>
+          <t>9786257849296</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Tıp ve Rehabilitasyonda Kas İskelet Sistemi Ultrasonografisi</t>
+          <t>Multipl Skleroz (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>5250</v>
+        <v>11000</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257849371</t>
+          <t>9786257849333</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Embriyoloji</t>
+          <t>Dermatoloji El Kitabı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>1000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257849326</t>
+          <t>9786056790560</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Durumunun Saptanması</t>
+          <t>Pediatrik EKG</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1000</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257849340</t>
+          <t>9786056790584</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Klinik Beslenme İçin Temel Cep Kitabı</t>
+          <t>Acil Dahiliye</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>625</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257849265</t>
+          <t>9786257849746</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Üst-Alt Solunum Yolu Enfeksiyonları ve Sepsis</t>
+          <t>Maudsley - Psikiyatride Reçeteleme Rehberi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>2000</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257849272</t>
+          <t>9786056790508</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Acilde ve 1. Basamakta Kas İskelet Sistemi Ağrılarına Yaklaşım</t>
+          <t>Hoffbrand'ın Temel Hematolojisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>1750</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786058044388</t>
+          <t>9786056790539</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Williams Hematoloji El Kitabı</t>
+          <t>Fiziksel Tıp ve Rehabilitasyonda Kas İskelet Sistemi Ultrasonografisi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>4000</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786058469983</t>
+          <t>9786257849371</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hidradenitis Suppurativa - Bir Primer Hastalık</t>
+          <t>Embriyoloji</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786056790591</t>
+          <t>9786257849326</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenler için Bilişsel Davranışçı Terapi</t>
+          <t>Beslenme Durumunun Saptanması</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>2250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050611434</t>
+          <t>9786257849340</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Ağrı</t>
+          <t>Klinik Beslenme İçin Temel Cep Kitabı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>1500</v>
+        <v>625</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257849074</t>
+          <t>9786257849265</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Bakım</t>
+          <t>Üst-Alt Solunum Yolu Enfeksiyonları ve Sepsis</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>1035</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257849159</t>
+          <t>9786257849272</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hekimlere Tüyolar Acilde 100 Vaka</t>
+          <t>Acilde ve 1. Basamakta Kas İskelet Sistemi Ağrılarına Yaklaşım</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>2875</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257849029</t>
+          <t>9786058044388</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Romatoloji Atlası (Ciltli)</t>
+          <t>Williams Hematoloji El Kitabı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>3250</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050611403</t>
+          <t>9786058469983</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp Pratiğinde Klinik Toksikoloji (Ciltli)</t>
+          <t>Hidradenitis Suppurativa - Bir Primer Hastalık</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>2500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786058044319</t>
+          <t>9786056790591</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Toplum Yönelimli Sağlık: TOYS</t>
+          <t>Çocuk ve Ergenler için Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>800</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257849210</t>
+          <t>9786050611434</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Romatizmal Hastalıklarda Akciğer (Ciltli)</t>
+          <t>Tüm Yönleriyle Ağrı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>3750</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257849098</t>
+          <t>9786257849074</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıpta Karın Ağrısına Yaklaşım</t>
+          <t>Hastane Öncesi Acil Bakım</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>1750</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257849104</t>
+          <t>9786257849159</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kardiyovasküler Aciller ve İleri Yaşam Desteği</t>
+          <t>Hekimlere Tüyolar Acilde 100 Vaka</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>2000</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257849180</t>
+          <t>9786257849029</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kadın Doğurganlık ve Fertilite Kontrolü</t>
+          <t>Romatoloji Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>575</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786058044333</t>
+          <t>9786050611403</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Afet Yönetimi ve Tıbbi Uygulamalar (Ciltli)</t>
+          <t>Acil Tıp Pratiğinde Klinik Toksikoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>2000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257849203</t>
+          <t>9786058044319</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sağlığı Koruma ve Geliştirme 1</t>
+          <t>Toplum Yönelimli Sağlık: TOYS</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1375</v>
+        <v>800</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257849494</t>
+          <t>9786257849210</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimliği</t>
+          <t>Romatizmal Hastalıklarda Akciğer (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>3750</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
+          <t>9786257849098</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Acil Tıpta Karın Ağrısına Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786257849104</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Kardiyovasküler Aciller ve İleri Yaşam Desteği</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786257849180</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Doğurganlık ve Fertilite Kontrolü</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786058044333</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Afet Yönetimi ve Tıbbi Uygulamalar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786257849203</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Sağlığı Koruma ve Geliştirme 1</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786257849494</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Aile Hekimliği</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>3750</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
           <t>9786056790546</t>
         </is>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Sık Görülen Kas İskelet Sistemi Hastalıkları İçin Ultrasonografik Atlas</t>
         </is>
       </c>
-      <c r="C153" s="1">
+      <c r="C159" s="1">
         <v>6000</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>