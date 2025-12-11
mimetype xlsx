--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -124,301 +124,301 @@
         <is>
           <t>9786257038850</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Sida</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786257038621</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Türkan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786257038591</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Beyaz Perde</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786257038317</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Hüzün Yolcusu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786257038577</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Islak Tebessüm</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786257038539</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Darılmış Bir Kere</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786257038690</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Gönül Demliği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786257038676</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Adını Sen Koy - 6</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786257038652</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Göçmen Kadın ve Hayat</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786257038638</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Yüreğe Düşen Damlalar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786257038546</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Aşkın En Hali - Şımarık Papatyalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786257038522</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Mütevazı Hayat Hikayem</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786257038478</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Hayat Devam Ediyor</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786257038447</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Vuslat</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>155</v>
+        <v>170</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786257038386</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Sen de Vur Hocam</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786257038379</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Aklım Yollarda Kaldı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786257038263</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Gitmek Gerek Bazen</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786257038270</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Bir Hayalim Vardı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786059850575</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Gülün Kokusu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>