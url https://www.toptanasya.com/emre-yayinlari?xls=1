--- v1 (2025-12-11)
+++ v2 (2026-03-22)
@@ -85,340 +85,1195 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257038669</t>
+          <t>9786059850056</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yüsra</t>
+          <t>Ceviz Ağacı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257038850</t>
+          <t>9786059850964</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sida</t>
+          <t>Bence Sen Gülümse</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257038621</t>
+          <t>9786059850605</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türkan</t>
+          <t>Gölgelerin Dansı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257038591</t>
+          <t>9786059850773</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Perde</t>
+          <t>Bir Hristiyan Nasıl Müslüman Yapılamaz?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257038317</t>
+          <t>9786059850124</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yolcusu</t>
+          <t>Üstüm Başım Şiir</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257038577</t>
+          <t>9786059850131</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Islak Tebessüm</t>
+          <t>Bakırköy'de C Tipi Sınıf</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257038539</t>
+          <t>9799758496975</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Darılmış Bir Kere</t>
+          <t>İskeletler Arasında</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257038690</t>
+          <t>9799944334067</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gönül Demliği</t>
+          <t>Dünyayı Ölüler Yönetir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257038676</t>
+          <t>9799944334043</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Adını Sen Koy - 6</t>
+          <t>Kim 555 Soru İster?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>270</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257038652</t>
+          <t>9789944334747</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kadın ve Hayat</t>
+          <t>Yazarak Yaşamak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257038638</t>
+          <t>9799758496883</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yüreğe Düşen Damlalar</t>
+          <t>İki Editörün Güncesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257038546</t>
+          <t>9799758496982</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aşkın En Hali - Şımarık Papatyalar</t>
+          <t>Hz. İsa Hz. Muhammed'i Müjdeledi mi?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257038522</t>
+          <t>9799758496692</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mütevazı Hayat Hikayem</t>
+          <t>Dünya Dahilersiz Yaşayamaz</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257038478</t>
+          <t>9789758496877</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hayat Devam Ediyor</t>
+          <t>Zalifre</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257038447</t>
+          <t>9799944334197</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>Kara Kardinal</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>170</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257038386</t>
+          <t>9789944334075</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sen de Vur Hocam</t>
+          <t>Şadiye</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257038379</t>
+          <t>9789944334099</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aklım Yollarda Kaldı</t>
+          <t>Çinli Hoca'nın Torunu Ecevit</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257038263</t>
+          <t>9789944334006</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gitmek Gerek Bazen</t>
+          <t>Kalbimi Dağlarda Bıratım</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257038270</t>
+          <t>9799944334142</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalim Vardı</t>
+          <t>Şimdi Haberler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
+          <t>9789758496853</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Saçma İcatları</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9789757369943</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadelede Din Adamları -1</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9799758469658</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Yönleriyle Celal Bayar</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9789758496952</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Serseriler</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9789944334242</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızların Arkası Beyaz Arılar</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9789758496921</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Sinemanın Tapınağı Akademi Ödülleri Oscar</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9789758496945</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Dubai Şeyhleri</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9789758496822</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Kurt mu? Kuzu mu?</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9789944334112</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Deprem ve Din</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>3990000016010</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadelede Din Adamları -2</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9799758496807</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Saddam Hüseyin</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786059850735</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Suskun Aşık</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786059850667</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Zonguldak’ta Hilal-i Ahmer Cemiyeti</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786059850070</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Yaşarken</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786055416164</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Çırağı</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786055416713</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Gazi ve Bir Fetih</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786055416041</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Giden Kadınlar</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786059850209</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Naftalin Kokulu Mektuplar</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786055416157</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Öylesine Öyküler</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>3990000027886</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Naciye Sultan</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789944334082</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9799758496791</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Kadın ve Felsefe</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789944334761</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>İran’da Modernleşme ve Din Adamları</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789944334013</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerdeki Cellat</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789944334235</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Devlet ve Meclis Hakkında Musahabeler</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9799758496715</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Bogomilizm ve Bosna Kilisesi</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789944334150</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Bir Darbenin Anatomisi</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>3990010432765</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Bay Ayakkabı Cinayetleri</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789944334167</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Evrensel Boyutları</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9799944334135</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Ben Adnan Menderes Yani Astığınız Adam</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786055416300</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğime Dokun</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789944334181</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>X İlişkiler</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789758496532</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Şark Meselesi</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789758496747</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Psikoloji Psikiyatri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9799757369003</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Paşaların Kavgası</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789944334709</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Özalcılık</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786059850483</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Söyletmen Beni</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786059850582</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Kimseler Geçmiyor Sokağımızdan</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786257038669</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Yüsra</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786257038850</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Sida</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786257038621</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Türkan</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786257038591</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Perde</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786257038317</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün Yolcusu</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786257038577</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Islak Tebessüm</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786257038539</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Darılmış Bir Kere</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786257038690</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Demliği</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786257038676</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Adını Sen Koy - 6</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786257038652</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Göçmen Kadın ve Hayat</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786257038638</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğe Düşen Damlalar</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786257038546</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın En Hali - Şımarık Papatyalar</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786257038522</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Mütevazı Hayat Hikayem</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786257038478</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Devam Ediyor</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786257038447</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Vuslat</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786257038386</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Sen de Vur Hocam</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786257038379</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Aklım Yollarda Kaldı</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786257038263</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Gitmek Gerek Bazen</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786257038270</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hayalim Vardı</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
           <t>9786059850575</t>
         </is>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Gülün Kokusu</t>
         </is>
       </c>
-      <c r="C21" s="1">
+      <c r="C78" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>