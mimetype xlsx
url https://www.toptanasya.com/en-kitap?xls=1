--- v0 (2025-10-26)
+++ v1 (2026-01-27)
@@ -85,190 +85,205 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257310291</t>
+          <t>9786257310314</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Herlock Sholmes'e Karşı - Arsen Lüpen</t>
+          <t>Oyuk İğne - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257310321</t>
+          <t>9786257310291</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsen Lüpen</t>
+          <t>Herlock Sholmes'e Karşı - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257026161</t>
+          <t>9786257310321</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>T.İ.T - Türk İstihbarat ve Espiyonaj Tarihi</t>
+          <t>Kibar Hırsız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257310345</t>
+          <t>9786257026161</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Seti (3 Kitap Takım)</t>
+          <t>T.İ.T - Türk İstihbarat ve Espiyonaj Tarihi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>520</v>
+        <v>290</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257310437</t>
+          <t>9786257310345</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Seçme Eserler Özel Basım (Ciltli)</t>
+          <t>Arsen Lüpen Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>550</v>
+        <v>610</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057944016</t>
+          <t>9786257310437</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gertrude Bell İsyan</t>
+          <t>Arsen Lüpen Seçme Eserler Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059840828</t>
+          <t>9786057944016</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Gertrude Bell İsyan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059840392</t>
+          <t>9786059840828</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052398531</t>
+          <t>9786059840392</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İsyanlar, İrtica ve İnkılaplar</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
+          <t>9786052398531</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>İsyanlar, İrtica ve İnkılaplar</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
           <t>9786059840743</t>
         </is>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>İstihbarat Örgütleri</t>
         </is>
       </c>
-      <c r="C11" s="1">
+      <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>