--- v1 (2026-01-27)
+++ v2 (2026-03-22)
@@ -85,205 +85,535 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257310314</t>
+          <t>9786052398524</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Oyuk İğne - Arsen Lüpen</t>
+          <t>Atatürk ile Kazım Karabekir Olayı ve İsmet Paşa</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>270</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257310291</t>
+          <t>9786059840996</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Herlock Sholmes'e Karşı - Arsen Lüpen</t>
+          <t>Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>270</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257310321</t>
+          <t>9786059840972</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsen Lüpen</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>270</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257026161</t>
+          <t>9786059840910</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>T.İ.T - Türk İstihbarat ve Espiyonaj Tarihi</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>290</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257310345</t>
+          <t>9786059840941</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Seti (3 Kitap Takım)</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>610</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257310437</t>
+          <t>9786052398043</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Seçme Eserler Özel Basım (Ciltli)</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>600</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057944016</t>
+          <t>9786052398036</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gertrude Bell İsyan</t>
+          <t>Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059840828</t>
+          <t>9786052398340</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Çocuklara Ünlü Masallar Seti</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059840392</t>
+          <t>9786056320811</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>İnanmıyorum</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052398531</t>
+          <t>9786056320804</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İsyanlar, İrtica ve İnkılaplar</t>
+          <t>Bluzum Mor Adımlarım Siyah Elif Ana</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
+          <t>9786056320828</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerine Tutunmuş</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786059840989</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Fasulye</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786052398081</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Sinbad</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786052398012</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786059840347</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Renklerin Dili</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786059840354</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Renklerin Mutluluğu</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>25.46</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786059840279</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli Renkler</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786059840286</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Düşler</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786257026833</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>S*ktir Git 2020</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786052398029</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Bremen Mızıkacıları</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786052398890</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Mülazım Ali Fehmi - Savaş ve Gurur</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786052398906</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Son Perde</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786257310314</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Oyuk İğne - Arsen Lüpen</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786257310291</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Herlock Sholmes'e Karşı - Arsen Lüpen</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786257310321</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kibar Hırsız - Arsen Lüpen</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786257026161</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>T.İ.T - Türk İstihbarat ve Espiyonaj Tarihi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786257310345</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Arsen Lüpen Seti (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786257310437</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Arsen Lüpen Seçme Eserler Özel Basım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786057944016</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Gertrude Bell İsyan</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786059840828</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786059840392</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Kavgam</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786052398531</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>İsyanlar, İrtica ve İnkılaplar</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
           <t>9786059840743</t>
         </is>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>İstihbarat Örgütleri</t>
         </is>
       </c>
-      <c r="C12" s="1">
+      <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>