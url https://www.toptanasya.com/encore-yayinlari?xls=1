--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,1915 +85,1930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055239183</t>
+          <t>9786055239206</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kaygı</t>
+          <t>Lacan Okuma Rehberi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055239176</t>
+          <t>9786055239183</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kutsal, Müstehcen ve Yaşayan-Ölüler</t>
+          <t>Kaygı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055239169</t>
+          <t>9786055239176</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Histeri Bugün</t>
+          <t>Kutsal, Müstehcen ve Yaşayan-Ölüler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055239152</t>
+          <t>9786055239169</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Seminer Kitap 1 - Freud’un Teknik Yazıları</t>
+          <t>Histeri Bugün</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>364</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055239145</t>
+          <t>9786055239152</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Erken Dönem İki Metni</t>
+          <t>Seminer Kitap 1 - Freud’un Teknik Yazıları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>364</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055239138</t>
+          <t>9786055239145</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Sevdalısının Sözlüğü</t>
+          <t>Psikanalizin Erken Dönem İki Metni</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>292</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055239121</t>
+          <t>9786055239138</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Roman</t>
+          <t>Psikanaliz Sevdalısının Sözlüğü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>292</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055239114</t>
+          <t>9786055239121</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Lacan Neden Budist Değil?</t>
+          <t>İmkansız Roman</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055239091</t>
+          <t>9786055239114</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Seksten mi İbaret?</t>
+          <t>Lacan Neden Budist Değil?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055239084</t>
+          <t>9786055239091</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Heinz Kohut ve Kendilik Psikolojisi</t>
+          <t>Cinsellik Seksten mi İbaret?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055239077</t>
+          <t>9786055239084</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Jouissance: Cinsellik, Istırap ve Tatmin</t>
+          <t>Heinz Kohut ve Kendilik Psikolojisi</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055239060</t>
+          <t>9786055239077</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çatlak Nerede?</t>
+          <t>Jouissance: Cinsellik, Istırap ve Tatmin</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059949668</t>
+          <t>9786055239060</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Freud</t>
+          <t>Çatlak Nerede?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059949569</t>
+          <t>9786059949668</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şiddet</t>
+          <t>Hegel ve Freud</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059949637</t>
+          <t>9786059949569</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>File Neden Fil Deriz</t>
+          <t>Şiddet</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059949644</t>
+          <t>9786059949637</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Why Elephant is Called Elephant</t>
+          <t>File Neden Fil Deriz</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059949453</t>
+          <t>9786059949644</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dört Okuma Kitabı</t>
+          <t>Why Elephant is Called Elephant</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059949538</t>
+          <t>9786059949453</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Rüya Galerisi</t>
+          <t>Dört Okuma Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000033932</t>
+          <t>9786059949538</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Merkez</t>
+          <t>Rüya Galerisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059949408</t>
+          <t>3990000033932</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Siyah Deri Beyaz Maskeler</t>
+          <t>Bağdat Merkez</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>27.78</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059949071</t>
+          <t>9786059949408</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yakındaki Uzak</t>
+          <t>Siyah Deri Beyaz Maskeler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059949033</t>
+          <t>9786059949071</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Günümüz İdeolojisinden Kesitler</t>
+          <t>Yakındaki Uzak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059949026</t>
+          <t>9786059949033</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Lubitsch</t>
+          <t>Günümüz İdeolojisinden Kesitler</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058541450</t>
+          <t>9786059949026</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Anti-Semitizm Üzerine</t>
+          <t>Lubitsch</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000026998</t>
+          <t>9786058541450</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Suret Psikokültürel Analiz Sayı:4 - Örtü, Örtünme, Hakikat (Ciltli)</t>
+          <t>Anti-Semitizm Üzerine</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058541443</t>
+          <t>3990000026998</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tarkovski</t>
+          <t>Suret Psikokültürel Analiz Sayı:4 - Örtü, Örtünme, Hakikat (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058541412</t>
+          <t>9786058541443</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Komi ve Kemikler</t>
+          <t>Tarkovski</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059949163</t>
+          <t>9786058541412</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tut ki Kadın Yok</t>
+          <t>Komi ve Kemikler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059949149</t>
+          <t>9786059949163</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gerçekliğe ve Geleneğe Karşı</t>
+          <t>Tut ki Kadın Yok</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058541498</t>
+          <t>9786059949149</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Swastika Geceleri</t>
+          <t>Gerçekliğe ve Geleneğe Karşı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059949477</t>
+          <t>9786058541498</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çöreklenen</t>
+          <t>Swastika Geceleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000044357</t>
+          <t>9786059949477</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Arab Jazz</t>
+          <t>Çöreklenen</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059949378</t>
+          <t>3990000044357</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bebequin</t>
+          <t>Arab Jazz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059949361</t>
+          <t>9786059949378</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Asabiyeci</t>
+          <t>Bebequin</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059949262</t>
+          <t>9786059949361</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İhsan</t>
+          <t>Asabiyeci</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059949217</t>
+          <t>9786059949262</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Camera Obscura</t>
+          <t>İhsan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000018109</t>
+          <t>9786059949217</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Suret Sayı: 5 Psikokültürel Analiz Sayı - Psikanaliz, Nörobilim, Felsefe</t>
+          <t>Camera Obscura</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059949620</t>
+          <t>3990000018109</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Afedersiniz!</t>
+          <t>Suret Sayı: 5 Psikokültürel Analiz Sayı - Psikanaliz, Nörobilim, Felsefe</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000047488</t>
+          <t>9786059949620</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Suret Psikokültürel Analiz Sayı: 7 - Bir Yüzyıl Daha mı?</t>
+          <t>Afedersiniz!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059949491</t>
+          <t>3990000047488</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehr-i İstanbul ki</t>
+          <t>Suret Psikokültürel Analiz Sayı: 7 - Bir Yüzyıl Daha mı?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059949309</t>
+          <t>9786059949491</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kentin Tozu</t>
+          <t>Bu Şehr-i İstanbul ki</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>25</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059949255</t>
+          <t>9786059949309</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hiçten Az</t>
+          <t>Kentin Tozu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>850</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059949224</t>
+          <t>9786059949255</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Küresel Minotauros</t>
+          <t>Hiçten Az</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>850</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059949521</t>
+          <t>9786059949224</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Lacan'ı Anlamak</t>
+          <t>Küresel Minotauros</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059949330</t>
+          <t>9786059949521</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>33 Devrim</t>
+          <t>Lacan'ı Anlamak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059949293</t>
+          <t>9786059949330</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Küçük Panteon (Ciltli)</t>
+          <t>33 Devrim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059949248</t>
+          <t>9786059949293</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kaçkınlar Kahvehanesi</t>
+          <t>Küçük Panteon (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059949231</t>
+          <t>9786059949248</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>David Bowie</t>
+          <t>Kaçkınlar Kahvehanesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>18.52</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059949156</t>
+          <t>9786059949231</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kaybolma Kılavuzu</t>
+          <t>David Bowie</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059949583</t>
+          <t>9786059949156</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ceza Sömürgesi ve Diğer Hikayeler</t>
+          <t>Kaybolma Kılavuzu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059949507</t>
+          <t>9786059949583</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Martin John</t>
+          <t>Ceza Sömürgesi ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059949439</t>
+          <t>9786059949507</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Haydutun Aşkı</t>
+          <t>Martin John</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059949415</t>
+          <t>9786059949439</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Delilik Nedir?</t>
+          <t>Haydutun Aşkı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000027647</t>
+          <t>9786059949415</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Suret Sayı: 6 Psikokültürel Analiz - Yeni Türkiye Sineması</t>
+          <t>Delilik Nedir?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059949200</t>
+          <t>3990000027647</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bana Bilgiçlik Taslayan Adamlar</t>
+          <t>Suret Sayı: 6 Psikokültürel Analiz - Yeni Türkiye Sineması</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059949101</t>
+          <t>9786059949200</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ufak Tefek Olaylar</t>
+          <t>Bana Bilgiçlik Taslayan Adamlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059949118</t>
+          <t>9786059949101</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Şeytani</t>
+          <t>Ufak Tefek Olaylar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>10.19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059949187</t>
+          <t>9786059949118</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Inferno</t>
+          <t>Şeytani</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059949576</t>
+          <t>9786059949187</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Genç Yazarın Notları</t>
+          <t>Inferno</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059949460</t>
+          <t>9786059949576</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Lacancı Psikanalize Bir Giriş</t>
+          <t>Genç Yazarın Notları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>56</v>
+        <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059949354</t>
+          <t>9786059949460</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gülnuş</t>
+          <t>Lacancı Psikanalize Bir Giriş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>65</v>
+        <v>56</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059949347</t>
+          <t>9786059949354</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Açık Radyo Konuşuyor</t>
+          <t>Gülnuş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059949132</t>
+          <t>9786059949347</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Titer</t>
+          <t>Açık Radyo Konuşuyor</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059949002</t>
+          <t>9786059949132</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Miles Davis - Otobiyografi</t>
+          <t>Titer</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>37.04</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000072073</t>
+          <t>9786059949002</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Suret Psikokültürel Analiz Sayı: 8 - Aile Salonu</t>
+          <t>Miles Davis - Otobiyografi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059949088</t>
+          <t>3990000072073</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kara Bahar</t>
+          <t>Suret Psikokültürel Analiz Sayı: 8 - Aile Salonu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059949095</t>
+          <t>9786059949088</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Yüzeyi</t>
+          <t>Kara Bahar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>13.89</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059949552</t>
+          <t>9786059949095</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Olan Politik midir?</t>
+          <t>Kuşların Yüzeyi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059949194</t>
+          <t>9786059949552</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ters Adam</t>
+          <t>Cinsel Olan Politik midir?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>65</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059949125</t>
+          <t>9786059949194</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Altılının Son Ayağı</t>
+          <t>Ters Adam</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059949514</t>
+          <t>9786059949125</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Altılının Son Ayağı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059949422</t>
+          <t>9786059949514</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yürümenin Tarihi</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>64</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059949385</t>
+          <t>9786059949422</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Antigone'nin Üç Yaşamı</t>
+          <t>Yürümenin Tarihi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>64</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058541429</t>
+          <t>9786059949385</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kieslowski</t>
+          <t>Antigone'nin Üç Yaşamı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789759271275</t>
+          <t>9786058541429</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Zizek Eleştirel Bir Giriş</t>
+          <t>Kieslowski</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>290</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055239015</t>
+          <t>9789759271275</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Siyaset İçin Felsefe</t>
+          <t>Zizek Eleştirel Bir Giriş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789759271220</t>
+          <t>9786055239015</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Zamanında Aşk</t>
+          <t>Yeni Bir Siyaset İçin Felsefe</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>11.11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>3990000010823</t>
+          <t>9789759271220</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Suret Psikokültürel Analiz Sayı:2 - Atalar, Babalar, Hayaletler (Ciltli)</t>
+          <t>Yalnızlık Zamanında Aşk</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>3990000009373</t>
+          <t>3990000010823</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Suret Psikokültürel Analiz Sayı:1 (Ciltli)</t>
+          <t>Suret Psikokültürel Analiz Sayı:2 - Atalar, Babalar, Hayaletler (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>29.7</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944057677</t>
+          <t>3990000009373</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Stalinizm Ya Da Stalin İnsanın İnsanlığını Nasıl Kurtardı?</t>
+          <t>Suret Psikokültürel Analiz Sayı:1 (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>7.41</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059949057</t>
+          <t>9789944057677</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sanat - Konuşan Kafalar</t>
+          <t>Stalinizm Ya Da Stalin İnsanın İnsanlığını Nasıl Kurtardı?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058541481</t>
+          <t>9786059949057</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Paralaks</t>
+          <t>Sanat - Konuşan Kafalar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944057691</t>
+          <t>9786058541481</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Önce Trajedi Sonra Komedi Ya Da 2008 Finansal Krizi</t>
+          <t>Paralaks</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058768918</t>
+          <t>9789944057691</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Anım</t>
+          <t>Önce Trajedi Sonra Komedi Ya Da 2008 Finansal Krizi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789759271237</t>
+          <t>9786058768918</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ödünç Alınan Irak Çaydanlığı</t>
+          <t>Ölüm Anım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>11.11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789759271268</t>
+          <t>9789759271237</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Natürmort (Ciltli)</t>
+          <t>Ödünç Alınan Irak Çaydanlığı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058768901</t>
+          <t>9789759271268</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mimari Paralaks</t>
+          <t>Natürmort (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>9.26</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058541436</t>
+          <t>9786058768901</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Matrix</t>
+          <t>Mimari Paralaks</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058768970</t>
+          <t>9786058541436</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Komünist Ufuk</t>
+          <t>Matrix</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058768956</t>
+          <t>9786058768970</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Komünist Hipotez</t>
+          <t>Komünist Ufuk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056044717</t>
+          <t>9786058768956</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kitap Hırsızı</t>
+          <t>Komünist Hipotez</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>14.81</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786058768987</t>
+          <t>9786056044717</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kıyametin Versiyonları</t>
+          <t>Kitap Hırsızı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759271213</t>
+          <t>9786058768987</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Mutlak (Ciltli)</t>
+          <t>Kıyametin Versiyonları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>16.67</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789759271206</t>
+          <t>9789759271213</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Mutlak</t>
+          <t>Kırılgan Mutlak (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058768932</t>
+          <t>9789759271206</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İdeolojinin Aile Miti</t>
+          <t>Kırılgan Mutlak</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058541405</t>
+          <t>9786058768932</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hitchcock</t>
+          <t>İdeolojinin Aile Miti</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789759271497</t>
+          <t>9786058541405</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Lenin Üzerine</t>
+          <t>Hitchcock</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>11.11</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789750126239</t>
+          <t>9789759271497</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Uçak CIA</t>
+          <t>Lenin Üzerine</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944057684</t>
+          <t>9789750126239</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Son Yılları</t>
+          <t>Hayalet Uçak CIA</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056044786</t>
+          <t>9789944057684</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Güncellik</t>
+          <t>Freud’un Son Yılları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>11.11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759271251</t>
+          <t>9786056044786</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>En Kısa Gölge</t>
+          <t>Felsefe ve Güncellik</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059949040</t>
+          <t>9789759271251</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>David Lynch</t>
+          <t>En Kısa Gölge</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>24</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058768949</t>
+          <t>9786059949040</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Cihanyandı Lütfiye Hanım</t>
+          <t>David Lynch</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056044762</t>
+          <t>9786058768949</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir Yahudi Ne İster?</t>
+          <t>Cihanyandı Lütfiye Hanım</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>11.11</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786058768994</t>
+          <t>9786056044762</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Antroposen’e Hoşgeldiniz</t>
+          <t>Bir Yahudi Ne İster?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944057622</t>
+          <t>9786058768994</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>1968</t>
+          <t>Antroposen’e Hoşgeldiniz</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059949392</t>
+          <t>9789944057622</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mağrur Adam</t>
+          <t>1968</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059949019</t>
+          <t>9786059949392</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Zizek'ten Nükteler</t>
+          <t>Mağrur Adam</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059949064</t>
+          <t>9786059949019</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yapamam ve Yapmayacağım</t>
+          <t>Zizek'ten Nükteler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>3990000010836</t>
+          <t>9786059949064</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Suret Psikokültürel Analiz Sayı:3 - İlişkisel Psikanaliz (Ciltli)</t>
+          <t>Yapamam ve Yapmayacağım</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055239022</t>
+          <t>3990000010836</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Rüyalar Görme Yılı</t>
+          <t>Suret Psikokültürel Analiz Sayı:3 - İlişkisel Psikanaliz (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>12.96</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059949323</t>
+          <t>9786055239022</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bul Beni</t>
+          <t>Tehlikeli Rüyalar Görme Yılı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>60</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786058541474</t>
+          <t>9786059949323</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İsyan Zamanlarında Felsefe</t>
+          <t>Bul Beni</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786058541467</t>
+          <t>9786058541474</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zizek'ten Nükteler (Ciltli)</t>
+          <t>İsyan Zamanlarında Felsefe</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>18.52</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059949279</t>
+          <t>9786058541467</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Biz Yaşarken... (Ciltli)</t>
+          <t>Zizek'ten Nükteler (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055239053</t>
+          <t>9786059949279</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Bağlı Beyin</t>
+          <t>Biz Yaşarken... (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059949590</t>
+          <t>9786055239053</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Billie Holiday</t>
+          <t>Hegel ve Bağlı Beyin</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055239039</t>
+          <t>9786059949590</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Lacancı Özne</t>
+          <t>Billie Holiday</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059949682</t>
+          <t>9786055239039</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Geritepme</t>
+          <t>Lacancı Özne</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059949675</t>
+          <t>9786059949682</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Terpiştiriyordu</t>
+          <t>Mutlak Geritepme</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>45</v>
+        <v>430</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059949651</t>
+          <t>9786059949675</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizliğin Sonu</t>
+          <t>Terpiştiriyordu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059949613</t>
+          <t>9786059949651</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>I Love Dick</t>
+          <t>Kimsesizliğin Sonu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055239046</t>
+          <t>9786059949613</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Büyük Balık</t>
+          <t>I Love Dick</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059949606</t>
+          <t>9786055239046</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Yas ve Melankoli</t>
+          <t>Büyük Balık</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
+          <t>9786059949606</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Depresyon Yas ve Melankoli</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
           <t>9786055239190</t>
         </is>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Kıskançlık</t>
         </is>
       </c>
-      <c r="C126" s="1">
+      <c r="C127" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>