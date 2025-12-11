--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,1525 +85,1540 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052105603</t>
+          <t>9786257605144</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Usul ve Esaslarıyla Mu‘tezile’ye Giriş</t>
+          <t>İ'tizalde İtidal - Kadi Abdülcebbar'ın Düşünce Mirası (3 Cilt)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>550</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052105559</t>
+          <t>9786052105603</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İslam Ortak Paydası ve Mezhep Gerçeği</t>
+          <t>Usul ve Esaslarıyla Mu‘tezile’ye Giriş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>560</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257605113</t>
+          <t>9786052105559</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İkinci Analitikler’in Büyük Şerhi 2 Cilt</t>
+          <t>İslam Ortak Paydası ve Mezhep Gerçeği</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1300</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257605052</t>
+          <t>9786257605113</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Cevherlerin İsbatı Üzerine</t>
+          <t>İkinci Analitikler’in Büyük Şerhi 2 Cilt</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257605069</t>
+          <t>9786257605052</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İlimler Tasnifi Geleneği</t>
+          <t>Cevherlerin İsbatı Üzerine</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052105931</t>
+          <t>9786257605069</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şarkiyat Çalışmalarında İslam Ahlak Metafiziği</t>
+          <t>İslam Düşüncesinde İlimler Tasnifi Geleneği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257605045</t>
+          <t>9786052105931</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğin Temel Meseleleri - fi Mesaʾili’l-Umuri’l-İlahiyye</t>
+          <t>Şarkiyat Çalışmalarında İslam Ahlak Metafiziği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>675</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052105740</t>
+          <t>9786257605045</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Din ve Felsefe İlişkisi - Faslü’l-Makal</t>
+          <t>Metafiziğin Temel Meseleleri - fi Mesaʾili’l-Umuri’l-İlahiyye</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>325</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257605106</t>
+          <t>9786052105740</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l-Ferec İbnü't-Tayyib'in Eisagoge ve Categorias Şerhi</t>
+          <t>Din ve Felsefe İlişkisi - Faslü’l-Makal</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257605090</t>
+          <t>9786257605106</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hülasatü'n Nazar - Şii Ehl-i Adl Kelamı</t>
+          <t>Ebü'l-Ferec İbnü't-Tayyib'in Eisagoge ve Categorias Şerhi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>290</v>
+        <v>620</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257065090</t>
+          <t>9786257605090</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hülâsatü’n Nazar Şiî Ehl-i Adl Kelâmı</t>
+          <t>Hülasatü'n Nazar - Şii Ehl-i Adl Kelamı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052105764</t>
+          <t>9786257065090</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mu’tezile’de Allah-İnsan İlişkisi</t>
+          <t>Hülâsatü’n Nazar Şiî Ehl-i Adl Kelâmı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052105412</t>
+          <t>9786052105764</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Kader</t>
+          <t>Mu’tezile’de Allah-İnsan İlişkisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257605083</t>
+          <t>9786052105412</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tarihyazımı</t>
+          <t>Özgürlük ve Kader</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052105832</t>
+          <t>9786257605083</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Nefs Fenomenolojisi</t>
+          <t>Tarih ve Tarihyazımı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257605076</t>
+          <t>9786052105832</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Er-Red 'ala Ehli'l-Bida' ve'l-Ehva'i'd-Dalle Bid'at Ehli ve Sapkın Fırkalara Reddiye</t>
+          <t>Nefs Fenomenolojisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>480</v>
+        <v>575</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257605014</t>
+          <t>9786257605076</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hüreyre</t>
+          <t>Er-Red 'ala Ehli'l-Bida' ve'l-Ehva'i'd-Dalle Bid'at Ehli ve Sapkın Fırkalara Reddiye</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052105955</t>
+          <t>9786257605014</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Maksatları</t>
+          <t>Ebu Hüreyre</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052105962</t>
+          <t>9786052105955</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Meşşai Mantığın Eleştirisi</t>
+          <t>Filozofların Maksatları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>325</v>
+        <v>525</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052105689</t>
+          <t>9786052105962</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile ve Keramet</t>
+          <t>Meşşai Mantığın Eleştirisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052105368</t>
+          <t>9786052105689</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı İlişkileri Çerçevesinde Medeniyet Meselesi</t>
+          <t>Mu'tezile ve Keramet</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052105351</t>
+          <t>9786052105368</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular ve Mezhep Kavgaları</t>
+          <t>İslam ve Batı İlişkileri Çerçevesinde Medeniyet Meselesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052105320</t>
+          <t>9786052105351</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Basra ve Mu'tezile</t>
+          <t>Büyük Selçuklular ve Mezhep Kavgaları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058316867</t>
+          <t>9786052105320</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslamda Cemaatler Kavramı</t>
+          <t>Basra ve Mu'tezile</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052105115</t>
+          <t>9786058316867</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile’de Mükafat ve Cezayı Temellendirme Yöntemi</t>
+          <t>İslamda Cemaatler Kavramı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052105108</t>
+          <t>9786052105115</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Tefsirlerinde Tevil Sorunu</t>
+          <t>Mu'tezile’de Mükafat ve Cezayı Temellendirme Yöntemi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052105092</t>
+          <t>9786052105108</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dini Düşüncede Gelenek, Dönüşüm ve Gelecek</t>
+          <t>Erken Dönem Tefsirlerinde Tevil Sorunu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052105238</t>
+          <t>9786052105092</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bedevi</t>
+          <t>Dini Düşüncede Gelenek, Dönüşüm ve Gelecek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052105467</t>
+          <t>9786052105238</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l - Kelam - Matüridi Kelamı</t>
+          <t>Bedevi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052105504</t>
+          <t>9786052105467</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Alemin Hudusu Problemi</t>
+          <t>Bahrü'l - Kelam - Matüridi Kelamı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052105450</t>
+          <t>9786052105504</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğin Meselesini Temellendirmek</t>
+          <t>Alemin Hudusu Problemi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052105276</t>
+          <t>9786052105450</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hicret</t>
+          <t>Metafiziğin Meselesini Temellendirmek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052105269</t>
+          <t>9786052105276</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İsbat-ı Vacib</t>
+          <t>Hicret</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052105290</t>
+          <t>9786052105269</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yıllığı - 1</t>
+          <t>İsbat-ı Vacib</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052105054</t>
+          <t>9786052105290</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kabile</t>
+          <t>Siyer Yıllığı - 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052105023</t>
+          <t>9786052105054</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Sıretiyle İlgili Mevzu Haberlerin Tarihi Değeri</t>
+          <t>Kabile</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056729188</t>
+          <t>9786052105023</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Varlık Yapısı</t>
+          <t>Hz. Peygamber'in Sıretiyle İlgili Mevzu Haberlerin Tarihi Değeri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058316843</t>
+          <t>9786056729188</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İlk Vahiy</t>
+          <t>Sevginin Varlık Yapısı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052105160</t>
+          <t>9786058316843</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile'nin Biyografik Tarihi</t>
+          <t>İlk Vahiy</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052105153</t>
+          <t>9786052105160</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Doğuşundan Büyük Selçuklulara Mu'tezile Ekolü Tarihi ve Öğretisi</t>
+          <t>Mu'tezile'nin Biyografik Tarihi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052105016</t>
+          <t>9786052105153</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Geleneğinde Şia - Mu’tezile Etkileşimi</t>
+          <t>Doğuşundan Büyük Selçuklulara Mu'tezile Ekolü Tarihi ve Öğretisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>575</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052105009</t>
+          <t>9786052105016</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Alanında Nadir Fikirler</t>
+          <t>İslam Düşünce Geleneğinde Şia - Mu’tezile Etkileşimi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056729195</t>
+          <t>9786052105009</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Siyer’e Giriş</t>
+          <t>İslam Hukuku Alanında Nadir Fikirler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056729171</t>
+          <t>9786056729195</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile Akaidi - Dinin Temel İlkeleri</t>
+          <t>Siyer’e Giriş</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058316829</t>
+          <t>9786056729171</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Varlıktan Tanrı'ya</t>
+          <t>Mu'tezile Akaidi - Dinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058316805</t>
+          <t>9786058316829</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Anlayışında Değişim Süreci</t>
+          <t>Varlıktan Tanrı'ya</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058316836</t>
+          <t>9786058316805</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hatemu'l Enbiya</t>
+          <t>Türkiye'de Din Anlayışında Değişim Süreci</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058316812</t>
+          <t>9786058316836</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Devri Şii Hareketleri ve Günümüz Şiiliği</t>
+          <t>Hatemu'l Enbiya</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052105122</t>
+          <t>9786058316812</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Musab Ağlarken</t>
+          <t>Emeviler Devri Şii Hareketleri ve Günümüz Şiiliği</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052105139</t>
+          <t>9786052105122</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Siyer Soruları</t>
+          <t>Musab Ağlarken</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052105047</t>
+          <t>9786052105139</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Heyetler</t>
+          <t>Siyer Soruları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058316898</t>
+          <t>9786052105047</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mutezile'de Entelektüel Düşünce</t>
+          <t>Heyetler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058316881</t>
+          <t>9786058316898</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Klasikten Bugüne Dini Hareketler</t>
+          <t>Mutezile'de Entelektüel Düşünce</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056729102</t>
+          <t>9786058316881</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Elçi</t>
+          <t>Klasikten Bugüne Dini Hareketler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056729157</t>
+          <t>9786056729102</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile ve Siyaset</t>
+          <t>Elçi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056729133</t>
+          <t>9786056729157</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bir Bedevinin Günlüğü</t>
+          <t>Mu'tezile ve Siyaset</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056729164</t>
+          <t>9786056729133</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile'nin Kur'an Müdafaası</t>
+          <t>Bir Bedevinin Günlüğü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052105757</t>
+          <t>9786056729164</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l Müsayere</t>
+          <t>Mu'tezile'nin Kur'an Müdafaası</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052105894</t>
+          <t>9786052105757</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Medeniyet Tasarımı</t>
+          <t>Kitabu'l Müsayere</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052105924</t>
+          <t>9786052105894</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Erdemsiz Şehirde Bireyin Felsefi Yetkinliği</t>
+          <t>Nebevi Medeniyet Tasarımı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052105900</t>
+          <t>9786052105924</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şerhu'l Fıkhi'l-Ekber</t>
+          <t>Erdemsiz Şehirde Bireyin Felsefi Yetkinliği</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052105870</t>
+          <t>9786052105900</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Erdemi</t>
+          <t>Şerhu'l Fıkhi'l-Ekber</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>130</v>
+        <v>430</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052105917</t>
+          <t>9786052105870</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim ve Düşünce Tarihinde Şerh Geleneği</t>
+          <t>Düşüncenin Erdemi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052105849</t>
+          <t>9786052105917</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yıllığı 3</t>
+          <t>İslam İlim ve Düşünce Tarihinde Şerh Geleneği</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052105856</t>
+          <t>9786052105849</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mu‘tezile’den Aforizmalar</t>
+          <t>Siyer Yıllığı 3</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052105597</t>
+          <t>9786052105856</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mu‘tezile ve İmamet</t>
+          <t>Mu‘tezile’den Aforizmalar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052105498</t>
+          <t>9786052105597</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Konuşmaları</t>
+          <t>Mu‘tezile ve İmamet</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052105863</t>
+          <t>9786052105498</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Temel Önermeleri</t>
+          <t>Medeniyet Konuşmaları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052105887</t>
+          <t>9786052105863</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tabibin Ahlakı</t>
+          <t>Felsefenin Temel Önermeleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257605007</t>
+          <t>9786052105887</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Lübabü'l-Kelam</t>
+          <t>Tabibin Ahlakı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052105610</t>
+          <t>9786257605007</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mu‘tezile’de İyilik ve Kötülük (Hüsün ve Kubuh) Problemi</t>
+          <t>Lübabü'l-Kelam</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052105733</t>
+          <t>9786052105610</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İslam Dilbilim Geleneğinde Anlam Teorileri</t>
+          <t>Mu‘tezile’de İyilik ve Kötülük (Hüsün ve Kubuh) Problemi</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052105979</t>
+          <t>9786052105733</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Mantığında Modalite</t>
+          <t>İslam Dilbilim Geleneğinde Anlam Teorileri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052105986</t>
+          <t>9786052105979</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ile Tasavvuf Arasında: Bahaaeddinzaade’nin Siyaset Düşüncesi</t>
+          <t>İbn Sina Mantığında Modalite</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052105993</t>
+          <t>9786052105986</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kelam ile Tasavvuf Arasında: Bahaeddinzade ve Kader Anlayışı</t>
+          <t>Fıkıh ile Tasavvuf Arasında: Bahaaeddinzaade’nin Siyaset Düşüncesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052105429</t>
+          <t>9786052105993</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra’nın Kur’an Yorumu</t>
+          <t>Kelam ile Tasavvuf Arasında: Bahaeddinzade ve Kader Anlayışı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052105528</t>
+          <t>9786052105429</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Taşköprizadelerin Tefsir Mirası</t>
+          <t>Molla Sadra’nın Kur’an Yorumu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052105436</t>
+          <t>9786052105528</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim ve Düşünce Tarihinde Eleştiri Geleneği</t>
+          <t>Taşköprizadelerin Tefsir Mirası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052105481</t>
+          <t>9786052105436</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tıbb-ı Nebevi Kaynağı ve Bağlayıcılığı</t>
+          <t>İslam İlim ve Düşünce Tarihinde Eleştiri Geleneği</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052105719</t>
+          <t>9786052105481</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mu’tezili Düşüncede Tabiat ve Nedensellik</t>
+          <t>Tıbb-ı Nebevi Kaynağı ve Bağlayıcılığı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052105801</t>
+          <t>9786052105719</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kelam Kozmolojisi</t>
+          <t>Mu’tezili Düşüncede Tabiat ve Nedensellik</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052105535</t>
+          <t>9786052105801</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Matüridiliğin Temel İnanç İlkeleri</t>
+          <t>Kelam Kozmolojisi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052105566</t>
+          <t>9786052105535</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>El-Lüzummiyat</t>
+          <t>Matüridiliğin Temel İnanç İlkeleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052105580</t>
+          <t>9786052105566</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğe Giriş</t>
+          <t>El-Lüzummiyat</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052105818</t>
+          <t>9786052105580</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Modern Devlet</t>
+          <t>Metafiziğe Giriş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052105405</t>
+          <t>9786052105818</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>11. Yüzyıl Musiki Nazariyesi</t>
+          <t>Modern Devlet</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052105375</t>
+          <t>9786052105405</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kahin</t>
+          <t>11. Yüzyıl Musiki Nazariyesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052105313</t>
+          <t>9786052105375</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İlahi Yardım ve Özgürlük Diyalektiği</t>
+          <t>Kahin</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052105337</t>
+          <t>9786052105313</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Budizmin Ortak Dili</t>
+          <t>İlahi Yardım ve Özgürlük Diyalektiği</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052105382</t>
+          <t>9786052105337</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Şia Hadis Tarihi</t>
+          <t>Tasavvuf ve Budizmin Ortak Dili</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052105726</t>
+          <t>9786052105382</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle İlimler Tasnifi - Risaletü Enmüzecu’l-Ulüm</t>
+          <t>Şia Hadis Tarihi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052105771</t>
+          <t>9786052105726</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Siyer Coğrafyası</t>
+          <t>Örneklerle İlimler Tasnifi - Risaletü Enmüzecu’l-Ulüm</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052105641</t>
+          <t>9786052105771</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yıllığı 2</t>
+          <t>Siyer Coğrafyası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052105658</t>
+          <t>9786052105641</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Münafık</t>
+          <t>Siyer Yıllığı 2</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052105665</t>
+          <t>9786052105658</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mustazaf</t>
+          <t>Münafık</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052105672</t>
+          <t>9786052105665</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kıble</t>
+          <t>Mustazaf</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052105443</t>
+          <t>9786052105672</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hadis Şerh Geleneğinde Haşiye ve Ta'likalar</t>
+          <t>Kıble</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052105702</t>
+          <t>9786052105443</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Zaman Öğretisi</t>
+          <t>Hadis Şerh Geleneğinde Haşiye ve Ta'likalar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
+          <t>9786052105702</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Öğretisi</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
           <t>9786052105399</t>
         </is>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Kureyş</t>
         </is>
       </c>
-      <c r="C100" s="1">
-        <v>200</v>
+      <c r="C101" s="1">
+        <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>