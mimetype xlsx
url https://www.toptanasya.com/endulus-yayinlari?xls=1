--- v1 (2025-12-11)
+++ v2 (2026-03-22)
@@ -85,1540 +85,1915 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257605144</t>
+          <t>9786257065106</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İ'tizalde İtidal - Kadi Abdülcebbar'ın Düşünce Mirası (3 Cilt)</t>
+          <t>Ebü’l-Ferec İbnü’t-Tayyib’in - Eisagoge ve Categorias Şerhi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052105603</t>
+          <t>9786252015412</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Usul ve Esaslarıyla Mu‘tezile’ye Giriş</t>
+          <t>Özgürlük Ve Kader</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>560</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052105559</t>
+          <t>9786257605021</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İslam Ortak Paydası ve Mezhep Gerçeği</t>
+          <t>Eğlence Kültürü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257605113</t>
+          <t>9786052105627</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İkinci Analitikler’in Büyük Şerhi 2 Cilt</t>
+          <t>Kitabü’l-Makalat</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257605052</t>
+          <t>3990000014537</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cevherlerin İsbatı Üzerine</t>
+          <t>Laiklik ve Dini Fanatizm Arasında İslam Devleti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>210</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257605069</t>
+          <t>3990000023620</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İlimler Tasnifi Geleneği</t>
+          <t>Küstah Amerika</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052105931</t>
+          <t>3990000010944</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şarkiyat Çalışmalarında İslam Ahlak Metafiziği</t>
+          <t>İslami Antropolojinin Oluşturulması</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>675</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257605045</t>
+          <t>3990000009137</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğin Temel Meseleleri - fi Mesaʾili’l-Umuri’l-İlahiyye</t>
+          <t>İslam ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052105740</t>
+          <t>3990000004031</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Din ve Felsefe İlişkisi - Faslü’l-Makal</t>
+          <t>İslam İktisat Tarihine Giriş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257605106</t>
+          <t>9786058316850</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l-Ferec İbnü't-Tayyib'in Eisagoge ve Categorias Şerhi</t>
+          <t>İlk Dönem İslam Tarihi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>620</v>
+        <v>125</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257605090</t>
+          <t>3990000006078</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hülasatü'n Nazar - Şii Ehl-i Adl Kelamı</t>
+          <t>İhvan - İslam ve Demokrasi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>390</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257065090</t>
+          <t>3990000015612</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hülâsatü’n Nazar Şiî Ehl-i Adl Kelâmı</t>
+          <t>Çevre ve Üçüncü Dünya</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052105764</t>
+          <t>3990000015628</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mu’tezile’de Allah-İnsan İlişkisi</t>
+          <t>Avrupa Batacak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052105412</t>
+          <t>3990000023617</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Kader</t>
+          <t>Ara Dönemde İslam ve Müslümanlar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257605083</t>
+          <t>3990000007243</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tarihyazımı</t>
+          <t>Göçmenlerin Kimlik Arayışı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>245</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052105832</t>
+          <t>9786052105474</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nefs Fenomenolojisi</t>
+          <t>İslam İnancının Ana Umdeleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>575</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257605076</t>
+          <t>9786052105283</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Er-Red 'ala Ehli'l-Bida' ve'l-Ehva'i'd-Dalle Bid'at Ehli ve Sapkın Fırkalara Reddiye</t>
+          <t>Siyer Tasarımı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>580</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257605014</t>
+          <t>9786052105146</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hüreyre</t>
+          <t>El-İntisar - Mu'tezile Müdafaası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052105955</t>
+          <t>9786056729126</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Maksatları</t>
+          <t>Kur’an’ın Peygamberi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>525</v>
+        <v>225</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052105962</t>
+          <t>9786056729119</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Meşşai Mantığın Eleştirisi</t>
+          <t>İslam Tarihi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052105689</t>
+          <t>9786058316874</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile ve Keramet</t>
+          <t>Dini Düşüncede Sorunlar ve Yorumlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052105368</t>
+          <t>9786056729140</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı İlişkileri Çerçevesinde Medeniyet Meselesi</t>
+          <t>İslam Tarihi Metodolijisi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052105351</t>
+          <t>9786052105511</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular ve Mezhep Kavgaları</t>
+          <t>Siyer Usulü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052105320</t>
+          <t>9786052105245</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Basra ve Mu'tezile</t>
+          <t>Cariye</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>325</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058316867</t>
+          <t>9786052105634</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İslamda Cemaatler Kavramı</t>
+          <t>Telhisu Kitabi’ş-Şi‘r - Poetika (Şiir) Orta Şerhi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052105115</t>
+          <t>9786257605144</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile’de Mükafat ve Cezayı Temellendirme Yöntemi</t>
+          <t>İ'tizalde İtidal - Kadi Abdülcebbar'ın Düşünce Mirası (3 Cilt)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052105108</t>
+          <t>9786052105603</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Tefsirlerinde Tevil Sorunu</t>
+          <t>Usul ve Esaslarıyla Mu‘tezile’ye Giriş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>560</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052105092</t>
+          <t>9786052105559</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dini Düşüncede Gelenek, Dönüşüm ve Gelecek</t>
+          <t>İslam Ortak Paydası ve Mezhep Gerçeği</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052105238</t>
+          <t>9786257605113</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bedevi</t>
+          <t>İkinci Analitikler’in Büyük Şerhi 2 Cilt</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052105467</t>
+          <t>9786257605052</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l - Kelam - Matüridi Kelamı</t>
+          <t>Cevherlerin İsbatı Üzerine</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052105504</t>
+          <t>9786257605069</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Alemin Hudusu Problemi</t>
+          <t>İslam Düşüncesinde İlimler Tasnifi Geleneği</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052105450</t>
+          <t>9786052105931</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğin Meselesini Temellendirmek</t>
+          <t>Şarkiyat Çalışmalarında İslam Ahlak Metafiziği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>420</v>
+        <v>675</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052105276</t>
+          <t>9786257605045</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hicret</t>
+          <t>Metafiziğin Temel Meseleleri - fi Mesaʾili’l-Umuri’l-İlahiyye</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052105269</t>
+          <t>9786052105740</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İsbat-ı Vacib</t>
+          <t>Din ve Felsefe İlişkisi - Faslü’l-Makal</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052105290</t>
+          <t>9786257605106</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yıllığı - 1</t>
+          <t>Ebü'l-Ferec İbnü't-Tayyib'in Eisagoge ve Categorias Şerhi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052105054</t>
+          <t>9786257605090</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kabile</t>
+          <t>Hülasatü'n Nazar - Şii Ehl-i Adl Kelamı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052105023</t>
+          <t>9786257065090</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Sıretiyle İlgili Mevzu Haberlerin Tarihi Değeri</t>
+          <t>Hülâsatü’n Nazar Şiî Ehl-i Adl Kelâmı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056729188</t>
+          <t>9786052105764</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Varlık Yapısı</t>
+          <t>Mu’tezile’de Allah-İnsan İlişkisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058316843</t>
+          <t>9786052105412</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İlk Vahiy</t>
+          <t>Özgürlük ve Kader</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052105160</t>
+          <t>9786257605083</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile'nin Biyografik Tarihi</t>
+          <t>Tarih ve Tarihyazımı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052105153</t>
+          <t>9786052105832</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Doğuşundan Büyük Selçuklulara Mu'tezile Ekolü Tarihi ve Öğretisi</t>
+          <t>Nefs Fenomenolojisi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>575</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052105016</t>
+          <t>9786257605076</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Geleneğinde Şia - Mu’tezile Etkileşimi</t>
+          <t>Er-Red 'ala Ehli'l-Bida' ve'l-Ehva'i'd-Dalle Bid'at Ehli ve Sapkın Fırkalara Reddiye</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052105009</t>
+          <t>9786257605014</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Alanında Nadir Fikirler</t>
+          <t>Ebu Hüreyre</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056729195</t>
+          <t>9786052105955</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Siyer’e Giriş</t>
+          <t>Filozofların Maksatları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>525</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056729171</t>
+          <t>9786052105962</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile Akaidi - Dinin Temel İlkeleri</t>
+          <t>Meşşai Mantığın Eleştirisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058316829</t>
+          <t>9786052105689</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Varlıktan Tanrı'ya</t>
+          <t>Mu'tezile ve Keramet</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058316805</t>
+          <t>9786052105368</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Anlayışında Değişim Süreci</t>
+          <t>İslam ve Batı İlişkileri Çerçevesinde Medeniyet Meselesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058316836</t>
+          <t>9786052105351</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hatemu'l Enbiya</t>
+          <t>Büyük Selçuklular ve Mezhep Kavgaları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058316812</t>
+          <t>9786052105320</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Devri Şii Hareketleri ve Günümüz Şiiliği</t>
+          <t>Basra ve Mu'tezile</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052105122</t>
+          <t>9786058316867</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Musab Ağlarken</t>
+          <t>İslamda Cemaatler Kavramı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052105139</t>
+          <t>9786052105115</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Siyer Soruları</t>
+          <t>Mu'tezile’de Mükafat ve Cezayı Temellendirme Yöntemi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052105047</t>
+          <t>9786052105108</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Heyetler</t>
+          <t>Erken Dönem Tefsirlerinde Tevil Sorunu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058316898</t>
+          <t>9786052105092</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mutezile'de Entelektüel Düşünce</t>
+          <t>Dini Düşüncede Gelenek, Dönüşüm ve Gelecek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058316881</t>
+          <t>9786052105238</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Klasikten Bugüne Dini Hareketler</t>
+          <t>Bedevi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056729102</t>
+          <t>9786052105467</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Elçi</t>
+          <t>Bahrü'l - Kelam - Matüridi Kelamı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056729157</t>
+          <t>9786052105504</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile ve Siyaset</t>
+          <t>Alemin Hudusu Problemi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056729133</t>
+          <t>9786052105450</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Bedevinin Günlüğü</t>
+          <t>Metafiziğin Meselesini Temellendirmek</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056729164</t>
+          <t>9786052105276</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile'nin Kur'an Müdafaası</t>
+          <t>Hicret</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052105757</t>
+          <t>9786052105269</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l Müsayere</t>
+          <t>İsbat-ı Vacib</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052105894</t>
+          <t>9786052105290</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Medeniyet Tasarımı</t>
+          <t>Siyer Yıllığı - 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052105924</t>
+          <t>9786052105054</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Erdemsiz Şehirde Bireyin Felsefi Yetkinliği</t>
+          <t>Kabile</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052105900</t>
+          <t>9786052105023</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şerhu'l Fıkhi'l-Ekber</t>
+          <t>Hz. Peygamber'in Sıretiyle İlgili Mevzu Haberlerin Tarihi Değeri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052105870</t>
+          <t>9786056729188</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Erdemi</t>
+          <t>Sevginin Varlık Yapısı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052105917</t>
+          <t>9786058316843</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim ve Düşünce Tarihinde Şerh Geleneği</t>
+          <t>İlk Vahiy</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052105849</t>
+          <t>9786052105160</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yıllığı 3</t>
+          <t>Mu'tezile'nin Biyografik Tarihi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052105856</t>
+          <t>9786052105153</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mu‘tezile’den Aforizmalar</t>
+          <t>Doğuşundan Büyük Selçuklulara Mu'tezile Ekolü Tarihi ve Öğretisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>225</v>
+        <v>575</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052105597</t>
+          <t>9786052105016</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mu‘tezile ve İmamet</t>
+          <t>İslam Düşünce Geleneğinde Şia - Mu’tezile Etkileşimi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052105498</t>
+          <t>9786052105009</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Konuşmaları</t>
+          <t>İslam Hukuku Alanında Nadir Fikirler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052105863</t>
+          <t>9786056729195</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Temel Önermeleri</t>
+          <t>Siyer’e Giriş</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052105887</t>
+          <t>9786056729171</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tabibin Ahlakı</t>
+          <t>Mu'tezile Akaidi - Dinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257605007</t>
+          <t>9786058316829</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Lübabü'l-Kelam</t>
+          <t>Varlıktan Tanrı'ya</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052105610</t>
+          <t>9786058316805</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mu‘tezile’de İyilik ve Kötülük (Hüsün ve Kubuh) Problemi</t>
+          <t>Türkiye'de Din Anlayışında Değişim Süreci</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052105733</t>
+          <t>9786058316836</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İslam Dilbilim Geleneğinde Anlam Teorileri</t>
+          <t>Hatemu'l Enbiya</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052105979</t>
+          <t>9786058316812</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Mantığında Modalite</t>
+          <t>Emeviler Devri Şii Hareketleri ve Günümüz Şiiliği</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052105986</t>
+          <t>9786052105122</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ile Tasavvuf Arasında: Bahaaeddinzaade’nin Siyaset Düşüncesi</t>
+          <t>Musab Ağlarken</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052105993</t>
+          <t>9786052105139</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kelam ile Tasavvuf Arasında: Bahaeddinzade ve Kader Anlayışı</t>
+          <t>Siyer Soruları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052105429</t>
+          <t>9786052105047</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra’nın Kur’an Yorumu</t>
+          <t>Heyetler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052105528</t>
+          <t>9786058316898</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Taşköprizadelerin Tefsir Mirası</t>
+          <t>Mutezile'de Entelektüel Düşünce</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052105436</t>
+          <t>9786058316881</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim ve Düşünce Tarihinde Eleştiri Geleneği</t>
+          <t>Klasikten Bugüne Dini Hareketler</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052105481</t>
+          <t>9786056729102</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tıbb-ı Nebevi Kaynağı ve Bağlayıcılığı</t>
+          <t>Elçi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052105719</t>
+          <t>9786056729157</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mu’tezili Düşüncede Tabiat ve Nedensellik</t>
+          <t>Mu'tezile ve Siyaset</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>540</v>
+        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052105801</t>
+          <t>9786056729133</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kelam Kozmolojisi</t>
+          <t>Bir Bedevinin Günlüğü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052105535</t>
+          <t>9786056729164</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Matüridiliğin Temel İnanç İlkeleri</t>
+          <t>Mu'tezile'nin Kur'an Müdafaası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052105566</t>
+          <t>9786052105757</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>El-Lüzummiyat</t>
+          <t>Kitabu'l Müsayere</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052105580</t>
+          <t>9786052105894</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğe Giriş</t>
+          <t>Nebevi Medeniyet Tasarımı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052105818</t>
+          <t>9786052105924</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Modern Devlet</t>
+          <t>Erdemsiz Şehirde Bireyin Felsefi Yetkinliği</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052105405</t>
+          <t>9786052105900</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>11. Yüzyıl Musiki Nazariyesi</t>
+          <t>Şerhu'l Fıkhi'l-Ekber</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052105375</t>
+          <t>9786052105870</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kahin</t>
+          <t>Düşüncenin Erdemi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052105313</t>
+          <t>9786052105917</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İlahi Yardım ve Özgürlük Diyalektiği</t>
+          <t>İslam İlim ve Düşünce Tarihinde Şerh Geleneği</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052105337</t>
+          <t>9786052105849</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Budizmin Ortak Dili</t>
+          <t>Siyer Yıllığı 3</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052105382</t>
+          <t>9786052105856</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şia Hadis Tarihi</t>
+          <t>Mu‘tezile’den Aforizmalar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052105726</t>
+          <t>9786052105597</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle İlimler Tasnifi - Risaletü Enmüzecu’l-Ulüm</t>
+          <t>Mu‘tezile ve İmamet</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052105771</t>
+          <t>9786052105498</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Siyer Coğrafyası</t>
+          <t>Medeniyet Konuşmaları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052105641</t>
+          <t>9786052105863</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yıllığı 2</t>
+          <t>Felsefenin Temel Önermeleri</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052105658</t>
+          <t>9786052105887</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Münafık</t>
+          <t>Tabibin Ahlakı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052105665</t>
+          <t>9786257605007</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mustazaf</t>
+          <t>Lübabü'l-Kelam</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052105672</t>
+          <t>9786052105610</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kıble</t>
+          <t>Mu‘tezile’de İyilik ve Kötülük (Hüsün ve Kubuh) Problemi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052105443</t>
+          <t>9786052105733</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hadis Şerh Geleneğinde Haşiye ve Ta'likalar</t>
+          <t>İslam Dilbilim Geleneğinde Anlam Teorileri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052105702</t>
+          <t>9786052105979</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zaman Öğretisi</t>
+          <t>İbn Sina Mantığında Modalite</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
+          <t>9786052105986</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh ile Tasavvuf Arasında: Bahaaeddinzaade’nin Siyaset Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786052105993</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Kelam ile Tasavvuf Arasında: Bahaeddinzade ve Kader Anlayışı</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786052105429</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Molla Sadra’nın Kur’an Yorumu</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786052105528</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Taşköprizadelerin Tefsir Mirası</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786052105436</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>İslam İlim ve Düşünce Tarihinde Eleştiri Geleneği</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786052105481</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Tıbb-ı Nebevi Kaynağı ve Bağlayıcılığı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786052105719</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Mu’tezili Düşüncede Tabiat ve Nedensellik</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786052105801</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Kelam Kozmolojisi</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786052105535</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Matüridiliğin Temel İnanç İlkeleri</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786052105566</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>El-Lüzummiyat</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786052105580</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Metafiziğe Giriş</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786052105818</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Modern Devlet</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786052105405</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>11. Yüzyıl Musiki Nazariyesi</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786052105375</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Kahin</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786052105313</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>İlahi Yardım ve Özgürlük Diyalektiği</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786052105337</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf ve Budizmin Ortak Dili</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786052105382</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Şia Hadis Tarihi</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786052105726</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Örneklerle İlimler Tasnifi - Risaletü Enmüzecu’l-Ulüm</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786052105771</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Siyer Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786052105641</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Siyer Yıllığı 2</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786052105658</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Münafık</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786052105665</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Mustazaf</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786052105672</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Kıble</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786052105443</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Şerh Geleneğinde Haşiye ve Ta'likalar</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786052105702</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Öğretisi</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
           <t>9786052105399</t>
         </is>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Kureyş</t>
         </is>
       </c>
-      <c r="C101" s="1">
+      <c r="C126" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>