--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -229,51 +229,51 @@
         <is>
           <t>3990000022430</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>The Wind in the Willows - Stage 3</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>1000320001595</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Rebecca of Sunnybrook Farm - Stage 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789753206075</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>The Black Tulip - Stage 5 (CD’li)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9799753200881</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
@@ -559,51 +559,51 @@
         <is>
           <t>9789753200011</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Ömer Seyfettin’den Öyküler 9</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789753200004</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Ömer Seyfettin’den Öyküler 8</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9789753200035</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Ömer Seyfettin’den Öyküler 11</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9753200021009</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
@@ -1654,51 +1654,51 @@
         <is>
           <t>9789753205405</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Farsça - Türkçe / Türkçe - Farsça Universal Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9799753201444</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>The Pied Piper Of Hamelin Level D (CD'li)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9789753203982</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Türkçe Öğreniyoruz 1 Farsça Anahtar Kitap</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9789753204170</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>