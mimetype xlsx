--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,10720 +85,10855 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256132764</t>
+          <t>9786256132795</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Etkiniklerle Tecvid Öğretimi</t>
+          <t>Dini Doğru Anlamak ve Doğru Yaşamak I</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256132740</t>
+          <t>9786256132801</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönemden Çağdaş Yaklaşımlara Tefsir Metinleri Üzerine Bir İnceleme</t>
+          <t>Dini Doğru Anlamak ve Doğru Yaşamak II</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256132757</t>
+          <t>9786256132863</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hitabet (Sözde Hikmet, Üslupta Zarafet)</t>
+          <t>Hadiste Sened Tenkidi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256132733</t>
+          <t>9786256132870</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Din Dışı Yönelimler ve Din Eğitimi</t>
+          <t>Osmanlı’dan Cumhuriyet’e Bilgide Otoritenin Dönüşümü l Fıkıhtan Hukuka</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256132658</t>
+          <t>9786256132832</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yeterli Sözlük - Arapça/Türkçe (3 Cilt)</t>
+          <t>Bütün Yönleriyle Savaş</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>4500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057619280</t>
+          <t>9786256132849</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Önce Alkışladılar Sonra Öldürdüler</t>
+          <t>Sana Emanet - Sorularla 40 Derste Sahabe</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256132115</t>
+          <t>9786256132856</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Müslüman Kalabilmek</t>
+          <t>Sana Emanet - Sorularla 40 Derste Ahlak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256132375</t>
+          <t>9786256132788</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri - 4</t>
+          <t>Esmalardan Öze Yolculuk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256132719</t>
+          <t>9786256132818</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisi Sarf-Nahiv</t>
+          <t>Alıştırma ve Hikayelerle Basitleştirilmiş Nahiv Bilgisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256132702</t>
+          <t>9786256132764</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İlim ve Alim (İlim Tahsilinde İlkeler ve Cami’u’t-Tirmizi’nin İlim Bölümü)</t>
+          <t>Etkiniklerle Tecvid Öğretimi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059223355</t>
+          <t>9786256132740</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Hikayeler ve Masallar</t>
+          <t>Klasik Dönemden Çağdaş Yaklaşımlara Tefsir Metinleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256506473</t>
+          <t>9786256132757</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sarf ve Nahiv Açısından Kısa Surelerin Tahlilleri</t>
+          <t>Hitabet (Sözde Hikmet, Üslupta Zarafet)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057619143</t>
+          <t>9786256132733</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle İslam (Arapçalı)</t>
+          <t>Gençlerde Din Dışı Yönelimler ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052174937</t>
+          <t>9786256132658</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Namazı Yaşamak</t>
+          <t>Yeterli Sözlük - Arapça/Türkçe (3 Cilt)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059519434</t>
+          <t>9786057619280</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Alimi Maturidi ve Maturidilik</t>
+          <t>Önce Alkışladılar Sonra Öldürdüler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052174265</t>
+          <t>9786256132115</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Kıraatinde Dad Harfi ve Dudak Ta’limi</t>
+          <t>Modern Çağda Müslüman Kalabilmek</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059223973</t>
+          <t>9786256132375</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerimden Kadınlara</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri - 4</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059991414</t>
+          <t>9786256132719</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri 10. Sınıf Arapça Yaprak Testler</t>
+          <t>Arapça Dil Bilgisi Sarf-Nahiv</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059223720</t>
+          <t>9786256132702</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Bereket</t>
+          <t>İlim ve Alim (İlim Tahsilinde İlkeler ve Cami’u’t-Tirmizi’nin İlim Bölümü)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9780000004109</t>
+          <t>9786059223355</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +3 (8 Kitap Takım)</t>
+          <t>Arapça Seçme Hikayeler ve Masallar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>49.5</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257320894</t>
+          <t>9786256506473</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer</t>
+          <t>Sarf ve Nahiv Açısından Kısa Surelerin Tahlilleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059223805</t>
+          <t>9786057619143</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Koşan Yağmur Damlası</t>
+          <t>Ayet ve Hadislerle İslam (Arapçalı)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257320979</t>
+          <t>9786052174937</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Zengi</t>
+          <t>Namazı Yaşamak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055309572</t>
+          <t>9786059519434</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hocası</t>
+          <t>Büyük Türk Alimi Maturidi ve Maturidilik</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944704861</t>
+          <t>9786052174265</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Riyazü’s Salihin (Ciltli)</t>
+          <t>Kur’an-ı Kerim Kıraatinde Dad Harfi ve Dudak Ta’limi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>750</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055623722</t>
+          <t>9786059223973</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Kur'an-ı Kerimden Kadınlara</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>440</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756794913</t>
+          <t>9786059991414</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Türkçe Anlamı (Meal)</t>
+          <t>İmam Hatip Liseleri 10. Sınıf Arapça Yaprak Testler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756794579</t>
+          <t>9786059223720</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in İndirildiği Yedi Harf ve Kıraatlar</t>
+          <t>Hadislerde Bereket</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059223447</t>
+          <t>9780000004109</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Namaza Başlıyor</t>
+          <t>Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +3 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>80</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256132634</t>
+          <t>9786257320894</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Akrabalık İlişkilerinin Geliştirilmesinde Hadislerin Rolü</t>
+          <t>Hazreti Ömer</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256132641</t>
+          <t>9786059223805</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Akrabalık Terapisi</t>
+          <t>Koşan Yağmur Damlası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256132627</t>
+          <t>9786257320979</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Sosyolojisi</t>
+          <t>Nureddin Zengi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256132597</t>
+          <t>9786055309572</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Şak Şık Şakayık - Töreli İştikak Denemeleri</t>
+          <t>Namaz Hocası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256132610</t>
+          <t>9789944704861</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Öz’lenmek için Söz’lenmek</t>
+          <t>Riyazü’s Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>135</v>
+        <v>900</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256132511</t>
+          <t>9786055623722</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi ve Din Hizmetlerine Adanmış Bir Ömür: Anılarım</t>
+          <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055309688</t>
+          <t>9789756794913</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Temel Gramer Kuralları</t>
+          <t>Kur’an-ı Kerim’in Türkçe Anlamı (Meal)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256132603</t>
+          <t>9789756794579</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Kur’an-ı Kerim’in İndirildiği Yedi Harf ve Kıraatlar</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258201086</t>
+          <t>9786059223447</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlileri İlmihalli Dua Rehberi</t>
+          <t>Zeynep Namaza Başlıyor</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256132559</t>
+          <t>9786256132634</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Somoncu Baba Hamid-i Veli'nin Tasavvufa Dair Üç Risalesi</t>
+          <t>Akrabalık İlişkilerinin Geliştirilmesinde Hadislerin Rolü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256132573</t>
+          <t>9786256132641</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Örnek Ahlaklarıyla Peygamberler</t>
+          <t>Akrabalık Terapisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256132542</t>
+          <t>9786256132627</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
+          <t>Tasavvuf Sosyolojisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256132535</t>
+          <t>9786256132597</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
+          <t>Şak Şık Şakayık - Töreli İştikak Denemeleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256132566</t>
+          <t>9786256132610</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>41 Öğretmen - Eğitim Dünyamızı Aydınlatanlar</t>
+          <t>Öz’lenmek için Söz’lenmek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256132504</t>
+          <t>9786256132511</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Son Dindir</t>
+          <t>Din Eğitimi ve Din Hizmetlerine Adanmış Bir Ömür: Anılarım</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944704519</t>
+          <t>9786055309688</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ramazanı Nasıl İhya Ederim?</t>
+          <t>Arapçanın Temel Gramer Kuralları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>410</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944704762</t>
+          <t>9786256132603</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Namaz Dirilişe Çağrı</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256132498</t>
+          <t>9786258201086</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Halvetilik ve Halvetiler</t>
+          <t>Din Görevlileri İlmihalli Dua Rehberi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258201208</t>
+          <t>9786256132559</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü'l Ahzab Nakşibendi Dua Kitabı 3 (Ciltli)</t>
+          <t>Somoncu Baba Hamid-i Veli'nin Tasavvufa Dair Üç Risalesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>900</v>
+        <v>270</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257320092</t>
+          <t>9786256132573</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mevcmuatü’l-Ahzab - Şazeli Dua Kitabı 1 (Ciltli)</t>
+          <t>Örnek Ahlaklarıyla Peygamberler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256132313</t>
+          <t>9786256132542</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Sosyal Hizmetler</t>
+          <t>Geç Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256132450</t>
+          <t>9786256132535</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İbn Sa'd - Önderlerimiz 28</t>
+          <t>Erken Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258490954</t>
+          <t>9786256132566</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Tabakat, Arşiv Belgeleri Ve Yazmalar Ekseninde Somuncu Baba</t>
+          <t>41 Öğretmen - Eğitim Dünyamızı Aydınlatanlar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258490978</t>
+          <t>9786256132504</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İman - Amel İlişkisi</t>
+          <t>Kur’an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Son Dindir</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256132467</t>
+          <t>9789944704519</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır - Şehirlerimiz 6</t>
+          <t>Ramazanı Nasıl İhya Ederim?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256506855</t>
+          <t>9789944704762</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerin Kurucu Nesli Tabiin</t>
+          <t>Namaz Dirilişe Çağrı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258201079</t>
+          <t>9786256132498</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İslam Mezhepleri Tarihi</t>
+          <t>Osmanlı Toplumunda Halvetilik ve Halvetiler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052174609</t>
+          <t>9786258201208</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Fatih Sultan Mehmed</t>
+          <t>Mecmuatü'l Ahzab Nakşibendi Dua Kitabı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055623807</t>
+          <t>9786257320092</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Aruz</t>
+          <t>Mevcmuatü’l-Ahzab - Şazeli Dua Kitabı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059519762</t>
+          <t>9786256132313</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kanunî Sultan Süleyman</t>
+          <t>İslam Medeniyetinde Sosyal Hizmetler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052174616</t>
+          <t>9786256132450</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Hanedan Osmanlı - Osmanlı Padişahları</t>
+          <t>İbn Sa'd - Önderlerimiz 28</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052174661</t>
+          <t>9786258490954</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Tarih, Tabakat, Arşiv Belgeleri Ve Yazmalar Ekseninde Somuncu Baba</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052174029</t>
+          <t>9786258490978</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hayatı (6 Kitap Set)</t>
+          <t>İman - Amel İlişkisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052174326</t>
+          <t>9786256132467</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Elif-Ba Yazı Kitabım</t>
+          <t>Diyarbakır - Şehirlerimiz 6</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059519427</t>
+          <t>9786256506855</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kudretli Sultan 2. Abdülhamid Han</t>
+          <t>İslami İlimlerin Kurucu Nesli Tabiin</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055309657</t>
+          <t>9786258201079</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hadis 1</t>
+          <t>İslam Mezhepleri Tarihi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944704977</t>
+          <t>9786052174609</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi</t>
+          <t>Muhteşem Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057619624</t>
+          <t>9786055623807</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Sarf)</t>
+          <t>Arap Edebiyatında Aruz</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257320054</t>
+          <t>9786059519762</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Muhteşem Kanunî Sultan Süleyman</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059991636</t>
+          <t>9786052174616</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi (18 Cilt Takım) (Ciltli)</t>
+          <t>Muhteşem Hanedan Osmanlı - Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>8950</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057619761</t>
+          <t>9786052174661</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yollar</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057619402</t>
+          <t>9786052174029</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Saltanattan Cumhuriyete Yakın Tarihimizin Sır Perdesi</t>
+          <t>Peygamber Efendimizin Hayatı (6 Kitap Set)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>140</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057619495</t>
+          <t>9786052174326</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihine Adanan Ömür Kırk Derste Fuat Sezgin</t>
+          <t>Elif-Ba Yazı Kitabım</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257320702</t>
+          <t>9786059519427</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Vahdetin İnşasında Nebevi Yöntem</t>
+          <t>Kudretli Sultan 2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258490008</t>
+          <t>9786055309657</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Muvafakat-ı Sahabe</t>
+          <t>Hadis 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258490312</t>
+          <t>9789944704977</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi Set ( 5 cilt )</t>
+          <t>İslam Akaidi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057619563</t>
+          <t>9786057619624</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şubat Ayazı</t>
+          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Sarf)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052174913</t>
+          <t>9786257320054</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadetten Günümüze Ezan</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059519502</t>
+          <t>9786059991636</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Adet ile İbadet Arasında Bocalayan Müslüman</t>
+          <t>Te'vilatül Kur'an Tercümesi (18 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>8950</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055623821</t>
+          <t>9786057619761</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Yolculuklar</t>
+          <t>Cennete Giden Yollar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944704281</t>
+          <t>9786057619402</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Sosyal Hayat</t>
+          <t>Saltanattan Cumhuriyete Yakın Tarihimizin Sır Perdesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944704199</t>
+          <t>9786057619495</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Ramazan ve Oruç</t>
+          <t>Bilim Tarihine Adanan Ömür Kırk Derste Fuat Sezgin</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944704205</t>
+          <t>9786257320702</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hac Kitabı</t>
+          <t>Vahdetin İnşasında Nebevi Yöntem</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055623364</t>
+          <t>9786258490008</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Diyar-ı Bekir ve Müslümanlarca Fethi</t>
+          <t>Muvafakat-ı Sahabe</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055309237</t>
+          <t>9786258490312</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Oruç</t>
+          <t>Müslüman Kadının Tarihi Set ( 5 cilt )</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>80</v>
+        <v>650</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944704106</t>
+          <t>9786057619563</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnkarcılık</t>
+          <t>Şubat Ayazı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055309558</t>
+          <t>9786052174913</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Üç Aylar Mübarek Günler ve Kandil Geceleri</t>
+          <t>Asr-ı Saadetten Günümüze Ezan</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059991117</t>
+          <t>9786059519502</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kırım Hanlığı ve Çöküş Sebepleri</t>
+          <t>Adet ile İbadet Arasında Bocalayan Müslüman</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059991773</t>
+          <t>9786055623821</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii’nin İslam Hukuk Kaynaklarından İstihsana Yaklaşımı</t>
+          <t>Hayırlı Yolculuklar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059519731</t>
+          <t>9789944704281</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mavi'ye Göç</t>
+          <t>Hadislerde Sosyal Hayat</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059519052</t>
+          <t>9789944704199</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Alan Bilgisi Konu Anlatımı</t>
+          <t>Hadislerde Ramazan ve Oruç</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059519441</t>
+          <t>9789944704205</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Kavuşanlar</t>
+          <t>Hac Kitabı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059519465</t>
+          <t>9786055623364</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali (r.a)</t>
+          <t>Diyar-ı Bekir ve Müslümanlarca Fethi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059519724</t>
+          <t>9786055309237</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Şii Düşünürler</t>
+          <t>Çizgilerle Oruç</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055309923</t>
+          <t>9789944704106</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i 'Aliyye'nin Sonbaharı</t>
+          <t>Çağdaş İnkarcılık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055309640</t>
+          <t>9786055309558</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi ve Tefsir Örnekleri</t>
+          <t>Ayet ve Hadisler Işığında Üç Aylar Mübarek Günler ve Kandil Geceleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055623180</t>
+          <t>9786059991117</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Haram Davranışlar</t>
+          <t>Kırım Hanlığı ve Çöküş Sebepleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055623951</t>
+          <t>9786059991773</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıp Hukuku</t>
+          <t>İmam Şafii’nin İslam Hukuk Kaynaklarından İstihsana Yaklaşımı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944704137</t>
+          <t>9786059519731</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancında Gayb Alemi</t>
+          <t>Mavi'ye Göç</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059223430</t>
+          <t>9786059519052</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Espri ve Fıkralarıyla Ünlüler</t>
+          <t>ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Alan Bilgisi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059223010</t>
+          <t>9786059519441</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Alevi - Sünni Farklılaşması</t>
+          <t>İslam'a Kavuşanlar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059223126</t>
+          <t>9786059519465</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Dünyamızı Aydınlatan 40 İslam Alimi 40 Örnek Hayat</t>
+          <t>Hz. Ali (r.a)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059991254</t>
+          <t>9786059519724</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerde Ruh ve Şekil</t>
+          <t>Erken Dönem Şii Düşünürler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059223935</t>
+          <t>9786055309923</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Eserleri ve Hizmetleriyle 2. Abdülhamid</t>
+          <t>Devlet-i 'Aliyye'nin Sonbaharı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059991926</t>
+          <t>9786055309640</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Arifler Gül Bahçesi</t>
+          <t>Fatiha Suresi ve Tefsir Örnekleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059991094</t>
+          <t>9786055623180</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi - 1</t>
+          <t>İslam’a Göre Haram Davranışlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059991629</t>
+          <t>9786055623951</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Modernizme Tekkeler ve Cumhuriyet</t>
+          <t>İslam Tıp Hukuku</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059991391</t>
+          <t>9789944704137</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şuura Model İnsan Hz. Muhammed (s.a.v)</t>
+          <t>İslam İnancında Gayb Alemi</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055309831</t>
+          <t>9786059223430</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Seksen Yıl Nasıl Geçti?</t>
+          <t>Tarihten Günümüze Espri ve Fıkralarıyla Ünlüler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059223102</t>
+          <t>9786059223010</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Düşüncesinde Sedd-i Zerai</t>
+          <t>Alevi - Sünni Farklılaşması</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055309411</t>
+          <t>9786059223126</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yeterlilik ve MBSTS Sınavlarına Hazırlık (Ciltli)</t>
+          <t>Düşünce Dünyamızı Aydınlatan 40 İslam Alimi 40 Örnek Hayat</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059223348</t>
+          <t>9786059991254</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Anı Kutusu</t>
+          <t>İbadetlerde Ruh ve Şekil</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257320078</t>
+          <t>9786059223935</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gazele Yolculuk</t>
+          <t>Eserleri ve Hizmetleriyle 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057619938</t>
+          <t>9786059991926</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hazreti Muhammed</t>
+          <t>Arifler Gül Bahçesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057619860</t>
+          <t>9786059991094</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sünni-İrfani Geleneğin 14. Yüzyıl Temsilcisi Aşık Paşa ve Türkçe Mesnevisi</t>
+          <t>İslam Sosyolojisi - 1</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944704151</t>
+          <t>9786059991629</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Zekat Kitabı</t>
+          <t>Gelenekten Modernizme Tekkeler ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944704182</t>
+          <t>9786059991391</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sufi Ahlakı</t>
+          <t>Şiirden Şuura Model İnsan Hz. Muhammed (s.a.v)</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944704175</t>
+          <t>9786055309831</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Tasavvufi Hayat</t>
+          <t>Seksen Yıl Nasıl Geçti?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944704168</t>
+          <t>9786059223102</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Oruç Kitabı</t>
+          <t>İslam Hukuk Düşüncesinde Sedd-i Zerai</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059519533</t>
+          <t>9786055309411</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Namazın Sırları</t>
+          <t>Yeterlilik ve MBSTS Sınavlarına Hazırlık (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055623579</t>
+          <t>9786059223348</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve Çanakkale Ruhu</t>
+          <t>Anı Kutusu</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944704267</t>
+          <t>9786257320078</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kurban Kitabı</t>
+          <t>Gazele Yolculuk</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055623128</t>
+          <t>9786057619938</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’de Rızık ve İktisadi Hayat</t>
+          <t>Alemlere Rahmet Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944704113</t>
+          <t>9786057619860</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Temsiller</t>
+          <t>Sünni-İrfani Geleneğin 14. Yüzyıl Temsilcisi Aşık Paşa ve Türkçe Mesnevisi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944152143</t>
+          <t>9789944704151</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre İdeal Mümin</t>
+          <t>Zekat Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055623548</t>
+          <t>9789944704182</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikler</t>
+          <t>Sufi Ahlakı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944704250</t>
+          <t>9789944704175</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kılavuzu</t>
+          <t>Soru ve Cevaplarla Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057619440</t>
+          <t>9789944704168</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihinin Klasik Kaynakları</t>
+          <t>Oruç Kitabı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057619693</t>
+          <t>9786059519533</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Marka Değeri Olarak Oflu Hoca</t>
+          <t>Namazın Sırları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057619556</t>
+          <t>9786055623579</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Eylülle Gelen</t>
+          <t>Mehmet Akif Ersoy ve Çanakkale Ruhu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057619419</t>
+          <t>9789944704267</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İhtilalden İktidara Abbasiler</t>
+          <t>Kurban Kitabı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258490985</t>
+          <t>9786055623128</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Emevi Devleti’nin Sonuna Kadar İlk Dönem İslam Tarihi ve Medeniyeti</t>
+          <t>Kur’an-ı Kerim’de Rızık ve İktisadi Hayat</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256132283</t>
+          <t>9789944704113</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Toplumsal Sınanma</t>
+          <t>Kur’an’da Temsiller</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256132108</t>
+          <t>9789944152143</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dindarlığımızla Yüzleşmek</t>
+          <t>Kur’an’a Göre İdeal Mümin</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256132061</t>
+          <t>9786055623548</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Rüstemiler</t>
+          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>188</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256132214</t>
+          <t>9789944704250</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Akaid ve Kelam İlimlerinde Peygamberlik Konusu</t>
+          <t>Kur’an Kılavuzu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256132207</t>
+          <t>9786057619440</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Çağdaş Dönemde Kur’an İlimlerindeki Tartışmalar</t>
+          <t>Mezhepler Tarihinin Klasik Kaynakları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258201451</t>
+          <t>9786057619693</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlimleri ve Hadis Tarihi</t>
+          <t>Bir Marka Değeri Olarak Oflu Hoca</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258490923</t>
+          <t>9786057619556</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Eylülle Gelen</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256132184</t>
+          <t>9786057619419</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Kur’an Konuları</t>
+          <t>İhtilalden İktidara Abbasiler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256132146</t>
+          <t>9786258490985</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Tefsiri (2 Cilt) (Ciltli)</t>
+          <t>Başlangıçtan Emevi Devleti’nin Sonuna Kadar İlk Dönem İslam Tarihi ve Medeniyeti</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>1300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756794289</t>
+          <t>9786256132283</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Akaidi ve Kelama Giriş</t>
+          <t>Kur’an’da Toplumsal Sınanma</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256506831</t>
+          <t>9786256132108</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Güncel Fıkhi Fetvalar</t>
+          <t>Dindarlığımızla Yüzleşmek</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256132009</t>
+          <t>9786256132061</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İstahri Öncülerimiz - 32</t>
+          <t>Rüstemiler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>120</v>
+        <v>188</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256132078</t>
+          <t>9786256132214</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mesudi - Öncülerimiz - 38</t>
+          <t>Akaid ve Kelam İlimlerinde Peygamberlik Konusu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256132092</t>
+          <t>9786256132207</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İdrisiler Devletlerimiz - 25</t>
+          <t>Klasik ve Çağdaş Dönemde Kur’an İlimlerindeki Tartışmalar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256132085</t>
+          <t>9786258201451</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Murabıtlar Devletlerimiz - 36</t>
+          <t>Hadis İlimleri ve Hadis Tarihi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256506992</t>
+          <t>9786258490923</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Hıfzı Geleneği ve Günümüzdeki Uygulama Biçimleri</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256506985</t>
+          <t>9786256132184</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Fergana</t>
+          <t>Ana Hatlarıyla Kur’an Konuları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256506961</t>
+          <t>9786256132146</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İmam Nesai (Öncülerimiz-40)</t>
+          <t>Ahkam Tefsiri (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>110</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256506978</t>
+          <t>9789756794289</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>I. Abdurrahman (Önderlerimiz-26)</t>
+          <t>Ana Hatlarıyla İslam Akaidi ve Kelama Giriş</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258201499</t>
+          <t>9786256506831</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Hadisleri</t>
+          <t>Güncel Fıkhi Fetvalar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756794401</t>
+          <t>9786256132009</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Hukuku (1-2-3 Ciltler Bir Arada)</t>
+          <t>İstahri Öncülerimiz - 32</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059991995</t>
+          <t>9786256132078</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri 11. Sınıf Arapça Yaprak Testler Çek Koparlı</t>
+          <t>Mesudi - Öncülerimiz - 38</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754734423</t>
+          <t>9786256132092</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mesajları (Ciltli)</t>
+          <t>İdrisiler Devletlerimiz - 25</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057619198</t>
+          <t>9786256132085</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Farsça YDS Hazırlık Kılavuzu Metinler Alıştırmalar</t>
+          <t>Murabıtlar Devletlerimiz - 36</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256506848</t>
+          <t>9786256506992</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamber’in Muasırlarıyla Münasebetleri-3 Yahudilerle Münasebetler</t>
+          <t>Kur'an Hıfzı Geleneği ve Günümüzdeki Uygulama Biçimleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256506862</t>
+          <t>9786256506985</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Matüridi’nin Hikmet Tasavvurunda Evren, İnsan ve Din</t>
+          <t>Fergana</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055623661</t>
+          <t>9786256506961</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf Tarihine Giriş</t>
+          <t>İmam Nesai (Öncülerimiz-40)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055623241</t>
+          <t>9786256506978</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Safvetü’t - Tefasir (7 Cilt Takım - Kutulu) (Ciltli)</t>
+          <t>I. Abdurrahman (Önderlerimiz-26)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>4500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256506817</t>
+          <t>9786258201499</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (Sav) Döneminde Münafıklar</t>
+          <t>Ahkam Hadisleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256506824</t>
+          <t>9789756794401</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Hak Dinidir</t>
+          <t>Anahatlarıyla İslam Hukuku (1-2-3 Ciltler Bir Arada)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>115</v>
+        <v>550</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256506800</t>
+          <t>9786059991995</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Deryasında Seyran - Hikmetname</t>
+          <t>İmam Hatip Liseleri 11. Sınıf Arapça Yaprak Testler Çek Koparlı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256506497</t>
+          <t>9789754734423</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Gençlik Problemler ve Çözüm Önerileri</t>
+          <t>Cuma Mesajları (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256506282</t>
+          <t>9786057619198</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültürünün Dini Temelleri - Sünnetin Türkislam Kültürü Üzerindeki Etkileri</t>
+          <t>Farsça YDS Hazırlık Kılavuzu Metinler Alıştırmalar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256506374</t>
+          <t>9786256506848</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hak Mücadelesi ve Sivil Toplum</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamber’in Muasırlarıyla Münasebetleri-3 Yahudilerle Münasebetler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256506428</t>
+          <t>9786256506862</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>I. Murad (Önderlerimiz-42)</t>
+          <t>Matüridi’nin Hikmet Tasavvurunda Evren, İnsan ve Din</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256506435</t>
+          <t>9786055623661</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İmam Müslim (Öncülerimiz-39)</t>
+          <t>Ana Hatlarıyla Tasavvuf Tarihine Giriş</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256506589</t>
+          <t>9786055623241</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sana Emanet - Sorularla 40 Derste Kur’an-ı Kerim</t>
+          <t>Safvetü’t - Tefasir (7 Cilt Takım - Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256506572</t>
+          <t>9786256506817</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sana Emanet - Sorularla 40 Derste Hadis</t>
+          <t>Hz. Peygamber (Sav) Döneminde Münafıklar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256506619</t>
+          <t>9786256506824</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Beyrut (Şehirlerimiz - 5)</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Hak Dinidir</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256506343</t>
+          <t>9786256506800</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cezayir (Şehirlerimiz - 8)</t>
+          <t>Hikmet Deryasında Seyran - Hikmetname</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256506480</t>
+          <t>9786256506497</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>El-Hatib El-Bağdağdi (Öncülerimiz - 16)</t>
+          <t>Günümüzde Gençlik Problemler ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256506381</t>
+          <t>9786256506282</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar (Devletlerimiz - 22)</t>
+          <t>Anadolu Kültürünün Dini Temelleri - Sünnetin Türkislam Kültürü Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059519717</t>
+          <t>9786256506374</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kur’an Kurslarında Kur’an ve Dini Bilgiler Öğretimi</t>
+          <t>Hak Mücadelesi ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055623715</t>
+          <t>9786256506428</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (4. Cilt)</t>
+          <t>I. Murad (Önderlerimiz-42)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>370</v>
+        <v>90</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055309671</t>
+          <t>9786256506435</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası</t>
+          <t>İmam Müslim (Öncülerimiz-39)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059991025</t>
+          <t>9786256506589</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bir Mutasavvıf Gözüyle Nasreddin Hoca</t>
+          <t>Sana Emanet - Sorularla 40 Derste Kur’an-ı Kerim</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059519793</t>
+          <t>9786256506572</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslam'da Çocuk Terbiyesi</t>
+          <t>Sana Emanet - Sorularla 40 Derste Hadis</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059519663</t>
+          <t>9786256506619</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Ed-Devvani'nin Kelam Sistemi</t>
+          <t>Beyrut (Şehirlerimiz - 5)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059223232</t>
+          <t>9786256506343</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Genç Din Eğitimcisine Mektuplar</t>
+          <t>Cezayir (Şehirlerimiz - 8)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754734454</t>
+          <t>9786256506480</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre (Ciltli)</t>
+          <t>El-Hatib El-Bağdağdi (Öncülerimiz - 16)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055623050</t>
+          <t>9786256506381</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Anlatayım Dedim</t>
+          <t>Harezmşahlar (Devletlerimiz - 22)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256506190</t>
+          <t>9786059519717</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Sahabe</t>
+          <t>Yaz Kur’an Kurslarında Kur’an ve Dini Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256506602</t>
+          <t>9786055623715</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Avamilu Cürcani ve Zuruf</t>
+          <t>Ana Hatlarıyla İslam Tarihi (4. Cilt)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256506626</t>
+          <t>9786055309671</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kelam Tarihi (Arapça)</t>
+          <t>Arapça Soru Bankası</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256506299</t>
+          <t>9786059991025</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Dindarlık</t>
+          <t>Bir Mutasavvıf Gözüyle Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256506466</t>
+          <t>9786059519793</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri (Önderlerimiz-49)</t>
+          <t>Bütün Yönleriyle İslam'da Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256506459</t>
+          <t>9786059519663</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şeybaniler (Devletlerimiz-5)</t>
+          <t>Celaleddin Ed-Devvani'nin Kelam Sistemi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256506442</t>
+          <t>9786059223232</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kudüs (Şehirlerimiz-28)</t>
+          <t>Genç Din Eğitimcisine Mektuplar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256506350</t>
+          <t>9789754734454</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Edirne (Şehirlerimiz-10)</t>
+          <t>Hac ve Umre (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256506367</t>
+          <t>9786055623050</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gazne (Şehirlerimiz-13)</t>
+          <t>Kendimi Anlatayım Dedim</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256506312</t>
+          <t>9786256506190</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Silvan (Şehirlerimiz-35)</t>
+          <t>Ailemizle 52 Derste Sahabe</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256506336</t>
+          <t>9786256506602</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Amman (Şehirlerimiz-1)</t>
+          <t>Avamilu Cürcani ve Zuruf</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256506398</t>
+          <t>9786256506626</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kabil (Şehirlerimiz-22)</t>
+          <t>Kelam Tarihi (Arapça)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256506596</t>
+          <t>9786256506299</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hatibin Hitabeti</t>
+          <t>Sünnet ve Dindarlık</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256506251</t>
+          <t>9786256506466</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Klasik ve Modern Yaklaşımlar</t>
+          <t>Zemahşeri (Önderlerimiz-49)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256506244</t>
+          <t>9786256506459</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri-2</t>
+          <t>Şeybaniler (Devletlerimiz-5)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258201116</t>
+          <t>9786256506442</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l-Avamil Faydalı İlavelerle</t>
+          <t>Kudüs (Şehirlerimiz-28)</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057619426</t>
+          <t>9786256506350</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Nahiv Bilgisi (Orta Seviye İçin)</t>
+          <t>Edirne (Şehirlerimiz-10)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256506268</t>
+          <t>9786256506367</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mısır İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
+          <t>Gazne (Şehirlerimiz-13)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256506411</t>
+          <t>9786256506312</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (S.A.V.) İstişareleri</t>
+          <t>Silvan (Şehirlerimiz-35)</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256506138</t>
+          <t>9786256506336</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Nasır Li-Dinillah (Önderlerimiz-25)</t>
+          <t>Amman (Şehirlerimiz-1)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256506145</t>
+          <t>9786256506398</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mehdi (Önderlerimiz-24)</t>
+          <t>Kabil (Şehirlerimiz-22)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256506107</t>
+          <t>9786256506596</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Velid B. Abdülmelik (Önderlerimiz-22)</t>
+          <t>Hatibin Hitabeti</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256506091</t>
+          <t>9786256506251</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid (Önderlerimiz-43)</t>
+          <t>İslami İlimlerde Klasik ve Modern Yaklaşımlar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256506206</t>
+          <t>9786256506244</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Matüridi Tefsirinde Makasıdi Yorum</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri-2</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256506220</t>
+          <t>9786258201116</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Allah Bizden Neler İstiyor?</t>
+          <t>Kitabu’l-Avamil Faydalı İlavelerle</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256506169</t>
+          <t>9786057619426</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ebu Cafer Mansur (Önderlerimiz-23)</t>
+          <t>Arapça Öğretiminde Nahiv Bilgisi (Orta Seviye İçin)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258201970</t>
+          <t>9786256506268</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Devlet (Devletlerimiz-1)</t>
+          <t>Mısır İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258490800</t>
+          <t>9786256506411</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Memlükler (Devletlerimiz-33)</t>
+          <t>Hz. Peygamber'in (S.A.V.) İstişareleri</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258201956</t>
+          <t>9786256506138</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kahire (Şehirlerimiz-23)</t>
+          <t>Nasır Li-Dinillah (Önderlerimiz-25)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258201000</t>
+          <t>9786256506145</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l-Esir (Öncülerimiz-31)</t>
+          <t>Mehdi (Önderlerimiz-24)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256506114</t>
+          <t>9786256506107</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Tirmizi (Öncülerimiz-46)</t>
+          <t>Velid B. Abdülmelik (Önderlerimiz-22)</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258201994</t>
+          <t>9786256506091</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Zühri (Öncülerimiz-50)</t>
+          <t>Yıldırım Bayezid (Önderlerimiz-43)</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059519014</t>
+          <t>9786256506206</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İbn Asakir (Öncülerimiz-17)</t>
+          <t>Matüridi Tefsirinde Makasıdi Yorum</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256506183</t>
+          <t>9786256506220</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gazneli Mahmmud (Önderlerimiz-12)</t>
+          <t>Allah Bizden Neler İstiyor?</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258201987</t>
+          <t>9786256506169</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz (Önderlerimiz-47)</t>
+          <t>Ebu Cafer Mansur (Önderlerimiz-23)</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256506176</t>
+          <t>9786258201970</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>IV. Murad (Önderlerimiz-45)</t>
+          <t>Nebevi Devlet (Devletlerimiz-1)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057619167</t>
+          <t>9786258490800</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Arapça Öğretimi</t>
+          <t>Memlükler (Devletlerimiz-33)</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256506077</t>
+          <t>9786258201956</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Hayat (Ciltli)</t>
+          <t>Kahire (Şehirlerimiz-23)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>550</v>
+        <v>110</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256506121</t>
+          <t>9786258201000</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ( Önderlerimiz-16)</t>
+          <t>İbnü’l-Esir (Öncülerimiz-31)</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256506060</t>
+          <t>9786256506114</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Mecmu’atu’s-Sarf</t>
+          <t>Tirmizi (Öncülerimiz-46)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256506053</t>
+          <t>9786258201994</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Avamil</t>
+          <t>Zühri (Öncülerimiz-50)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256506084</t>
+          <t>9786059519014</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Fıkhın Anlam Ve İşlevi-III -Fıkıh Ve Toplum-</t>
+          <t>İbn Asakir (Öncülerimiz-17)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256506022</t>
+          <t>9786256506183</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Kerim’in İcazı Tefsiri</t>
+          <t>Gazneli Mahmmud (Önderlerimiz-12)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256506046</t>
+          <t>9786258201987</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Arapça Morfoloji (Sarf Bilgisi)</t>
+          <t>Sultan Abdülaziz (Önderlerimiz-47)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256506039</t>
+          <t>9786256506176</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İlmi ve Akli Delillerle Tahkiki İman ve Namaz</t>
+          <t>IV. Murad (Önderlerimiz-45)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258201932</t>
+          <t>9786057619167</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yasin ve Tebliğ</t>
+          <t>Yabancı Dil Olarak Arapça Öğretimi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258201949</t>
+          <t>9786256506077</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Güzin Peygamber Halkası</t>
+          <t>Hadis ve Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>70</v>
+        <v>550</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258201963</t>
+          <t>9786256506121</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İslam Barış Dinidir</t>
+          <t>Selahaddin Eyyubi ( Önderlerimiz-16)</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258201871</t>
+          <t>9786256506060</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hakk'ın Zaferleri</t>
+          <t>Mecmu’atu’s-Sarf</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258201482</t>
+          <t>9786256506053</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İbn Hurdazbih - Öncülerimiz 21</t>
+          <t>Avamil</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057619587</t>
+          <t>9786256506084</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sınavlarda Başarının Sırları - Cep Telefonu ile Baş Etmenin Yolları</t>
+          <t>Modern Çağda Fıkhın Anlam Ve İşlevi-III -Fıkıh Ve Toplum-</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052174777</t>
+          <t>9786256506022</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sınav Kazandıran Anahtar Kitap Çöz Geç Arapça Nahiv Soru Bankası</t>
+          <t>Kur’an’ı Kerim’in İcazı Tefsiri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059519892</t>
+          <t>9786256506046</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili ve Belagatında Lafız ve Anlam</t>
+          <t>Arapça Morfoloji (Sarf Bilgisi)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052174579</t>
+          <t>9786256506039</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Arapça Basın Kelimeleri Sözlüğü (Türkçe-Arapça, Arapça-Türkçe)</t>
+          <t>İlmi ve Akli Delillerle Tahkiki İman ve Namaz</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059519618</t>
+          <t>9786258201932</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Sarf  – Arapça Dil Bilgisi</t>
+          <t>Yasin ve Tebliğ</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059223829</t>
+          <t>9786258201949</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Arapça'da Fiil Zamanları</t>
+          <t>Ashab-ı Güzin Peygamber Halkası</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059223898</t>
+          <t>9786258201963</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Hikayeler ve Masallar - 2</t>
+          <t>İslam Barış Dinidir</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059519595</t>
+          <t>9786258201871</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalarla Nahiv Arapça Dil Bilgisi</t>
+          <t>Hakk'ın Zaferleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057399748</t>
+          <t>9786258201482</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yüksek Din Eğitimi Anlayışının Değişimi</t>
+          <t>İbn Hurdazbih - Öncülerimiz 21</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258201901</t>
+          <t>9786057619587</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>“Min Kunuzi’s-Sünne” Sünnet Hazinelerinden 40 Hadis ve Şerhi</t>
+          <t>Sınavlarda Başarının Sırları - Cep Telefonu ile Baş Etmenin Yolları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258201895</t>
+          <t>9786052174777</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Somuncu Baba’nın Kırk Hadis Şerhi</t>
+          <t>Sınav Kazandıran Anahtar Kitap Çöz Geç Arapça Nahiv Soru Bankası</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258201918</t>
+          <t>9786059519892</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Fiillerinin Güncel Değeri</t>
+          <t>Arap Dili ve Belagatında Lafız ve Anlam</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258201864</t>
+          <t>9786052174579</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Temelli Siyer-i Nebi</t>
+          <t>Arapça Basın Kelimeleri Sözlüğü (Türkçe-Arapça, Arapça-Türkçe)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258201857</t>
+          <t>9786059519618</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’den İbretlik Mesajlar</t>
+          <t>Sistematik Sarf  – Arapça Dil Bilgisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258201833</t>
+          <t>9786059223829</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Hz. Muhammed (Sav) Modeli Sufa Okulu Bize Verdiği İlhamlar</t>
+          <t>Arapça'da Fiil Zamanları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258201840</t>
+          <t>9786059223898</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hizmete Adanmış Bir Ömür Hacı Osman Erilli</t>
+          <t>Arapça Seçme Hikayeler ve Masallar - 2</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258201581</t>
+          <t>9786059519595</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Liyakata Verdiği Önem</t>
+          <t>Alıştırmalarla Nahiv Arapça Dil Bilgisi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258201529</t>
+          <t>9786057399748</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Kolay Tefsir Amme Cüzü Tefsiri</t>
+          <t>Osmanlı Yüksek Din Eğitimi Anlayışının Değişimi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258201567</t>
+          <t>9786258201901</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalarla Belagat</t>
+          <t>“Min Kunuzi’s-Sünne” Sünnet Hazinelerinden 40 Hadis ve Şerhi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258201475</t>
+          <t>9786258201895</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Balcı’ya Vefa Kitabı</t>
+          <t>Somuncu Baba’nın Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057380777</t>
+          <t>9786258201918</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Kerim Öğretimi Temel İlkeler Yeni Yöntem Ve Teknikler</t>
+          <t>Hz. Peygamber’in Fiillerinin Güncel Değeri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258201444</t>
+          <t>9786258201864</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd (Öncülerimiz-37)</t>
+          <t>Kur’an Temelli Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258201345</t>
+          <t>9786258201857</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim (Önderlerimiz-18)</t>
+          <t>Kur’an-ı Kerim’den İbretlik Mesajlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258201321</t>
+          <t>9786258201833</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>3. Abdurrahman (Önderlerimiz-9)</t>
+          <t>Eğitimde Hz. Muhammed (Sav) Modeli Sufa Okulu Bize Verdiği İlhamlar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258201338</t>
+          <t>9786258201840</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Hasan (Önderlerimiz-21)</t>
+          <t>Hizmete Adanmış Bir Ömür Hacı Osman Erilli</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258201420</t>
+          <t>9786258201581</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye (Öncülerimiz-30)</t>
+          <t>Peygamberimizin Liyakata Verdiği Önem</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258201437</t>
+          <t>9786258201529</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina (Öncülerimiz-29)</t>
+          <t>Gençler İçin Kolay Tefsir Amme Cüzü Tefsiri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258201352</t>
+          <t>9786258201567</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi (Önderlerimiz-41) (Ciltli)</t>
+          <t>Alıştırmalarla Belagat</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258201383</t>
+          <t>9786258201475</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi (Öncülerimiz-34)</t>
+          <t>Mahmut Balcı’ya Vefa Kitabı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258201406</t>
+          <t>9786057380777</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Taberi (Öncülerimiz-44)</t>
+          <t>Kur’an’ı Kerim Öğretimi Temel İlkeler Yeni Yöntem Ve Teknikler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258201369</t>
+          <t>9786258201444</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Harezmşah Önderlerimiz-13)</t>
+          <t>İbn Rüşd (Öncülerimiz-37)</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257320146</t>
+          <t>9786258201345</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Sosyolojisi</t>
+          <t>Yavuz Sultan Selim (Önderlerimiz-18)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258201376</t>
+          <t>9786258201321</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Endülüs İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
+          <t>3. Abdurrahman (Önderlerimiz-9)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258201109</t>
+          <t>9786258201338</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sufîi Kişilik ve Ahlak</t>
+          <t>Hazreti Hasan (Önderlerimiz-21)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258201291</t>
+          <t>9786258201420</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İlmi İle Amil Bir Alim Prof. Dr. S. Kemal Sandıkçı'ya Vefa</t>
+          <t>İbn Teymiyye (Öncülerimiz-30)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258201178</t>
+          <t>9786258201437</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ebu Davud (Öncülerimiz-6)</t>
+          <t>İbn Sina (Öncülerimiz-29)</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258201185</t>
+          <t>9786258201352</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Teftazani (Öncülerimiz-45)</t>
+          <t>Osman Gazi (Önderlerimiz-41) (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258201192</t>
+          <t>9786258201383</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ebüssuud Efendi</t>
+          <t>Katip Çelebi (Öncülerimiz-34)</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258201161</t>
+          <t>9786258201406</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 40 Derste İnanç Esasları</t>
+          <t>Taberi (Öncülerimiz-44)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258201123</t>
+          <t>9786258201369</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>(İlk Dönem) İslam Tefsir Ekolleri</t>
+          <t>Celaleddin Harezmşah Önderlerimiz-13)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258201093</t>
+          <t>9786257320146</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Sünnetinde Alternatif Çözüm Yolları</t>
+          <t>İslam Hukuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258201147</t>
+          <t>9786258201376</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Abdülmelik B. Mervan</t>
+          <t>Endülüs İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258201130</t>
+          <t>9786258201109</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>II. Murad</t>
+          <t>Sufîi Kişilik ve Ahlak</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258201062</t>
+          <t>9786258201291</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Hazinesi</t>
+          <t>İlmi İle Amil Bir Alim Prof. Dr. S. Kemal Sandıkçı'ya Vefa</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059519588</t>
+          <t>9786258201178</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Zirveye Sarf</t>
+          <t>Ebu Davud (Öncülerimiz-6)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258201055</t>
+          <t>9786258201185</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Açıklamalı, Çözüm Örnekli Arapça Dil Bilgisi Nahiv İlmi</t>
+          <t>Teftazani (Öncülerimiz-45)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258201017</t>
+          <t>9786258201192</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'e Göre Peygamber Efendimiz ve Tevhid Mücadelesi</t>
+          <t>Ebüssuud Efendi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258490961</t>
+          <t>9786258201161</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin İslam’daki Yeri</t>
+          <t>Sorularla 40 Derste İnanç Esasları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258490992</t>
+          <t>9786258201123</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İmam Buhari (Öncülerimiz-4)</t>
+          <t>(İlk Dönem) İslam Tefsir Ekolleri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258490947</t>
+          <t>9786258201093</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Harun Reşid (Önderlerimiz-8)</t>
+          <t>Hz. Peygamberin Sünnetinde Alternatif Çözüm Yolları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258201048</t>
+          <t>9786258201147</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Razi (Öncülerimiz-11)</t>
+          <t>Abdülmelik B. Mervan</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258490589</t>
+          <t>9786258201130</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Dünya Düzenidir</t>
+          <t>II. Murad</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258490787</t>
+          <t>9786258201062</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İbn Kesir (Öncülerimiz - 24)</t>
+          <t>Arapça Soru Hazinesi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258490794</t>
+          <t>9786059519588</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İmam Malik (Öncülerimiz - 36)</t>
+          <t>Sıfırdan Zirveye Sarf</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258490763</t>
+          <t>9786258201055</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Vakıdi (Öncülerimiz - 47)</t>
+          <t>Türkçe Açıklamalı, Çözüm Örnekli Arapça Dil Bilgisi Nahiv İlmi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258490268</t>
+          <t>9786258201017</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Baybars  (Önderlerimiz - 39)</t>
+          <t>Kur'an-ı Kerim'e Göre Peygamber Efendimiz ve Tevhid Mücadelesi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258490756</t>
+          <t>9786258490961</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Gazzali (Öncülerimiz - 13)</t>
+          <t>Sünnetin İslam’daki Yeri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258490770</t>
+          <t>9786258490992</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman (Önderlerimiz - 19)</t>
+          <t>İmam Buhari (Öncülerimiz-4)</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258490817</t>
+          <t>9786258490947</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm (Öncülerimiz - 20)</t>
+          <t>Harun Reşid (Önderlerimiz-8)</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789756324165</t>
+          <t>9786258201048</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İmam-Hatiplilik Şuuru</t>
+          <t>Fahreddin Razi (Öncülerimiz-11)</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052174074</t>
+          <t>9786258490589</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hudeybiye Ufuklarına Doğru Yükseliş</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Dünya Düzenidir</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052174067</t>
+          <t>9786258490787</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hayatı 5 - Guruba Yaklaşırken</t>
+          <t>İbn Kesir (Öncülerimiz - 24)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059991537</t>
+          <t>9786258490794</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Evde ve Okulda Başarılı Eğitimin Sırları Ailede Çocuk Eğitimi</t>
+          <t>İmam Malik (Öncülerimiz - 36)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258490015</t>
+          <t>9786258490763</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Namazlarımızı Bilinçaltında Kılabilmek</t>
+          <t>Vakıdi (Öncülerimiz - 47)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944704885</t>
+          <t>9786258490268</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yılların Özü</t>
+          <t>Baybars  (Önderlerimiz - 39)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057619907</t>
+          <t>9786258490756</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Altın Sözler</t>
+          <t>Gazzali (Öncülerimiz - 13)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057619754</t>
+          <t>9786258490770</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Basın / Medya Arapçası (Orta Seviye İçin)</t>
+          <t>Kanuni Sultan Süleyman (Önderlerimiz - 19)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052174593</t>
+          <t>9786258490817</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Basın / Medya Arapçası (İleri Seviye İçin)</t>
+          <t>İbn Hazm (Öncülerimiz - 20)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057619020</t>
+          <t>9789756324165</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresini Yenme Sanatı</t>
+          <t>İmam-Hatiplilik Şuuru</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786258490916</t>
+          <t>9786052174074</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Dilencilik</t>
+          <t>Hudeybiye Ufuklarına Doğru Yükseliş</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052174418</t>
+          <t>9786052174067</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Nahiv)</t>
+          <t>Peygamber Efendimizin Hayatı 5 - Guruba Yaklaşırken</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786258490930</t>
+          <t>9786059991537</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hukuki (Fıkhi) İdari ve Mali Boyutlarıyla Teverruk</t>
+          <t>Evde ve Okulda Başarılı Eğitimin Sırları Ailede Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258490749</t>
+          <t>9786258490015</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Vahyin İzinde</t>
+          <t>Namazlarımızı Bilinçaltında Kılabilmek</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258490824</t>
+          <t>9789944704885</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hanımları</t>
+          <t>Yılların Özü</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258490435</t>
+          <t>9786057619907</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Fıkhın Anlam Ve İşlevi II - Fıkhi Bilgi Üretiminde Çok Mezhepli Yaklaşım-</t>
+          <t>Çocuk Eğitiminde Altın Sözler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257320597</t>
+          <t>9786057619754</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sabah Akşam Dualar ve Zikirler</t>
+          <t>Basın / Medya Arapçası (Orta Seviye İçin)</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258490497</t>
+          <t>9786052174593</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Melikşah (Önderlerimiz - 11)</t>
+          <t>Basın / Medya Arapçası (İleri Seviye İçin)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258490657</t>
+          <t>9786057619020</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Zehebi (Öncülerimiz - 48)</t>
+          <t>Sınav Stresini Yenme Sanatı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258490688</t>
+          <t>9786258490916</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı Hz.Muhammed'in (sav) Hayatı</t>
+          <t>İslam Hukukunda Dilencilik</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258490671</t>
+          <t>9786052174418</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Matarama Kan Doldu Çanakkale Destanı</t>
+          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Nahiv)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258490664</t>
+          <t>9786258490930</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 40 Derste Peygamberimizin Hayatı</t>
+          <t>Hukuki (Fıkhi) İdari ve Mali Boyutlarıyla Teverruk</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258490473</t>
+          <t>9786258490749</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Din Hizmetlerinde İletişim ve Tebliğ</t>
+          <t>Vahyin İzinde</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258490565</t>
+          <t>9786258490824</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası</t>
+          <t>Peygamber Efendimizin Hanımları</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258490510</t>
+          <t>9786258490435</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle İslam İlmihali</t>
+          <t>Modern Çağda Fıkhın Anlam Ve İşlevi II - Fıkhi Bilgi Üretiminde Çok Mezhepli Yaklaşım-</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258490527</t>
+          <t>9786257320597</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Maturidi’nin Uluhiyet Meselelerine Yaklaşımı</t>
+          <t>Sabah Akşam Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258490558</t>
+          <t>9786258490497</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Peygamberlik ve Peygamberler</t>
+          <t>Melikşah (Önderlerimiz - 11)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258490459</t>
+          <t>9786258490657</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Öncülerimiz - 5 Cahız</t>
+          <t>Zehebi (Öncülerimiz - 48)</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258490466</t>
+          <t>9786258490688</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Öncülerimiz - 15 Hasan-ı Basri</t>
+          <t>Gönüller Sultanı Hz.Muhammed'in (sav) Hayatı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258490572</t>
+          <t>9786258490671</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yusuf b. Taşfin - Önderlerimiz - 14</t>
+          <t>Matarama Kan Doldu Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258490541</t>
+          <t>9786258490664</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında İslam’ın İnanç Esasları</t>
+          <t>Sorularla 40 Derste Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258490305</t>
+          <t>9786258490473</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Hocası Kırk Derste Akşemseddin Hazretleri</t>
+          <t>Din Hizmetlerinde İletişim ve Tebliğ</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258490534</t>
+          <t>9786258490565</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bilim Dallarından Kur’an’a Bakış</t>
+          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258490336</t>
+          <t>9786258490510</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 1 - Tarihte Müslüman Kadın</t>
+          <t>Delilleriyle İslam İlmihali</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258490367</t>
+          <t>9786258490527</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 3 - Düşüncede Müslüman Kadın</t>
+          <t>Maturidi’nin Uluhiyet Meselelerine Yaklaşımı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258490343</t>
+          <t>9786258490558</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 5 - Siyasette Müslüman Kadın</t>
+          <t>Kur'an Işığında Peygamberlik ve Peygamberler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258490350</t>
+          <t>9786258490459</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 4 - İlimde Müslüman Kadın</t>
+          <t>Öncülerimiz - 5 Cahız</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258490374</t>
+          <t>9786258490466</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 2 - Coğrafyada Müslüman Kadın</t>
+          <t>Öncülerimiz - 15 Hasan-ı Basri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258490329</t>
+          <t>9786258490572</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Ve Arkadaşlarının Hayatında Şaka</t>
+          <t>Yusuf b. Taşfin - Önderlerimiz - 14</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258490244</t>
+          <t>9786258490541</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Davet İlmi: Giriş</t>
+          <t>Kur’an ve Sünnet Işığında İslam’ın İnanç Esasları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258490251</t>
+          <t>9786258490305</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Toplumsal Boyutlarıyla Kadın</t>
+          <t>Fatih’in Hocası Kırk Derste Akşemseddin Hazretleri</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258490275</t>
+          <t>9786258490534</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşları Ve Talebelerinin Gözünden - Ali Osman Koçkuzu</t>
+          <t>Farklı Bilim Dallarından Kur’an’a Bakış</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258490114</t>
+          <t>9786258490336</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ömer B. Abdülaziz</t>
+          <t>Müslüman Kadının Tarihi 1 - Tarihte Müslüman Kadın</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258490220</t>
+          <t>9786258490367</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Me’mün</t>
+          <t>Müslüman Kadının Tarihi 3 - Düşüncede Müslüman Kadın</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258490084</t>
+          <t>9786258490343</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Savaş Göç Yoksulluk Sempozyumu</t>
+          <t>Müslüman Kadının Tarihi 5 - Siyasette Müslüman Kadın</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257320726</t>
+          <t>9786258490350</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukçularının Hadis Tartışmaları</t>
+          <t>Müslüman Kadının Tarihi 4 - İlimde Müslüman Kadın</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257320993</t>
+          <t>9786258490374</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman</t>
+          <t>Müslüman Kadının Tarihi 2 - Coğrafyada Müslüman Kadın</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257320610</t>
+          <t>9786258490329</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebu Bekir</t>
+          <t>Peygamberimiz Ve Arkadaşlarının Hayatında Şaka</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257320986</t>
+          <t>9786258490244</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Davet İlmi: Giriş</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257320863</t>
+          <t>9786258490251</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukukunda Af</t>
+          <t>Dini ve Toplumsal Boyutlarıyla Kadın</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257320887</t>
+          <t>9786258490275</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İstikbaline İnanmak</t>
+          <t>Arkadaşları Ve Talebelerinin Gözünden - Ali Osman Koçkuzu</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257320870</t>
+          <t>9786258490114</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Ömer B. Abdülaziz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257320849</t>
+          <t>9786258490220</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 4</t>
+          <t>Me’mün</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257320030</t>
+          <t>9786258490084</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Edebi Tenkit</t>
+          <t>Savaş Göç Yoksulluk Sempozyumu</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052174180</t>
+          <t>9786257320726</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında İslam (2 Cilt Takım) (Ciltli)</t>
+          <t>İslam Hukukçularının Hadis Tartışmaları</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257320832</t>
+          <t>9786257320993</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Arap Kültüründe Bilginin İntikal Süreci</t>
+          <t>Hazreti Osman</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257320474</t>
+          <t>9786257320610</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Döneminden Modern Döneme Te’vil Kavramı</t>
+          <t>Hazreti Ebu Bekir</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257320603</t>
+          <t>9786257320986</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Kadınlara Yönelik Hükümler</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257320580</t>
+          <t>9786257320863</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü’l Ahzab (Ciltli)</t>
+          <t>İslam Ceza Hukukunda Af</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257320467</t>
+          <t>9786257320887</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Edirne Müftüsü Mehmed Fevzi Efendi’nin Üç Risalesi</t>
+          <t>İslam'ın İstikbaline İnanmak</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257320443</t>
+          <t>9786257320870</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim ve Tevhid Mücadelesi</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257320450</t>
+          <t>9786257320849</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminin İncelikleri</t>
+          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 4</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257320061</t>
+          <t>9786257320030</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Çocuklarla</t>
+          <t>Arap Edebiyatında Edebi Tenkit</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257320320</t>
+          <t>9786052174180</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Din-Ahlak Ekseninde Hazreti Muhammed</t>
+          <t>Hadisler Işığında İslam (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257320207</t>
+          <t>9786257320832</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Günlerim Böyle Geçti (Bez Cilt) (Ciltli)</t>
+          <t>Arap Kültüründe Bilginin İntikal Süreci</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257320191</t>
+          <t>9786257320474</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Bağımlılığı ve Bilinçli Medya Kullanımı</t>
+          <t>Nüzul Döneminden Modern Döneme Te’vil Kavramı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257320160</t>
+          <t>9786257320603</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam</t>
+          <t>İslam Hukukunda Kadınlara Yönelik Hükümler</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257320177</t>
+          <t>9786257320580</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Örnek Şahsiyetler</t>
+          <t>Mecmuatü’l Ahzab (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257320153</t>
+          <t>9786257320467</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Her Devir Tek Şair Mehmet Akif Ersoy</t>
+          <t>Edirne Müftüsü Mehmed Fevzi Efendi’nin Üç Risalesi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257320139</t>
+          <t>9786257320443</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Tefsir ve Hadiste İsrailiyyat</t>
+          <t>Hz. İbrahim ve Tevhid Mücadelesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257320122</t>
+          <t>9786257320450</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Gönenli Mehmet Efendi (Ciltli)</t>
+          <t>Hadis İlminin İncelikleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257320115</t>
+          <t>9786257320061</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar Arapça (Ciltli)</t>
+          <t>Peygamberimiz Çocuklarla</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257320047</t>
+          <t>9786257320320</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Koşan Bilge Genç</t>
+          <t>Din-Ahlak Ekseninde Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257320108</t>
+          <t>9786257320207</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar (Arapça)</t>
+          <t>Günlerim Böyle Geçti (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257320023</t>
+          <t>9786257320191</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle İslam’da Aile</t>
+          <t>Teknoloji Bağımlılığı ve Bilinçli Medya Kullanımı</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257320085</t>
+          <t>9786257320160</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İslam Dininin Temelleri</t>
+          <t>Sistematik Kelam</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257320016</t>
+          <t>9786257320177</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sünnet İnkarcılığı Bizi Nereye Götürür?</t>
+          <t>Ailemizle 52 Derste Örnek Şahsiyetler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257320009</t>
+          <t>9786257320153</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bağdat İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
+          <t>Her Devir Tek Şair Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057619990</t>
+          <t>9786257320139</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Sufi-Siyaset İlişkileri</t>
+          <t>Tefsir ve Hadiste İsrailiyyat</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>580</v>
+        <v>170</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057619976</t>
+          <t>9786257320122</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İnan Çalış Başar</t>
+          <t>Gönenli Mehmet Efendi (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057619921</t>
+          <t>9786257320115</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Sünnetin Günümüze Taşınması</t>
+          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057619884</t>
+          <t>9786257320047</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Son Elçi Hazreti Muhammed (sav)'den Evrensel Mesajlar</t>
+          <t>Başarıya Koşan Bilge Genç</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057619891</t>
+          <t>9786257320108</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kelam Tarihi ve Ekolleri</t>
+          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar (Arapça)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057619853</t>
+          <t>9786257320023</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet</t>
+          <t>Farklı Yönleriyle İslam’da Aile</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057619877</t>
+          <t>9786257320085</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'i Okuma Kaideleri - Tecvid</t>
+          <t>İslam Dininin Temelleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057619839</t>
+          <t>9786257320016</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sahih Hadis Bulunmayan Konular</t>
+          <t>Sünnet İnkarcılığı Bizi Nereye Götürür?</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057619846</t>
+          <t>9786257320009</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hadisçiler ve Çelişki</t>
+          <t>Bağdat İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052174395</t>
+          <t>9786057619990</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tartışmalarına Yeni Yaklaşım</t>
+          <t>Tarihten Günümüze Sufi-Siyaset İlişkileri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>330</v>
+        <v>580</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057619747</t>
+          <t>9786057619976</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukuku</t>
+          <t>İnan Çalış Başar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059519939</t>
+          <t>9786057619921</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığım Avrupa</t>
+          <t>Sünnet ve Sünnetin Günümüze Taşınması</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052174586</t>
+          <t>9786057619884</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Elveda Osmanlı</t>
+          <t>Son Elçi Hazreti Muhammed (sav)'den Evrensel Mesajlar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057619594</t>
+          <t>9786057619891</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Hz. Peygamber ve Ahlakı</t>
+          <t>Kelam Tarihi ve Ekolleri</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057619716</t>
+          <t>9786057619853</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Siyaset Etmenin Temelleri</t>
+          <t>Ehl-i Sünnet</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057619723</t>
+          <t>9786057619877</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Sokakları</t>
+          <t>Kur'an-ı Kerim'i Okuma Kaideleri - Tecvid</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059519694</t>
+          <t>9786057619839</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Hayy Bin Yakzan - Varlığın Gizemini Arayan Genç</t>
+          <t>Sahih Hadis Bulunmayan Konular</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057619631</t>
+          <t>9786057619846</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Karguy - Kültürel Kuşatma ve İlahiyat</t>
+          <t>Hadisçiler ve Çelişki</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786057619228</t>
+          <t>9786052174395</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>16. - 17. Yüzyıllarda Osmanlı Devleti’nde Haremeyn Vakıfları</t>
+          <t>Hadis Tartışmalarına Yeni Yaklaşım</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059991001</t>
+          <t>9786057619747</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yeni Usüllerle İslami Tebliğ ve Temsil</t>
+          <t>İslam Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057619679</t>
+          <t>9786059519939</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Kılavuzu</t>
+          <t>Yaşadığım Avrupa</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059519540</t>
+          <t>9786052174586</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Fıkhın Anlam ve İşlevi</t>
+          <t>Elveda Osmanlı</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057619648</t>
+          <t>9786057619594</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Hadis Yorumculuğu</t>
+          <t>Tüm Yönleriyle Hz. Peygamber ve Ahlakı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052174890</t>
+          <t>9786057619716</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Batı'ya Akan Nehir</t>
+          <t>İslam Düşüncesinde Siyaset Etmenin Temelleri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057619686</t>
+          <t>9786057619723</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Yönelik İthamlara Cevaplar</t>
+          <t>Tarihin Arka Sokakları</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057619662</t>
+          <t>9786059519694</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kudüs ve Mescid-i Aksa</t>
+          <t>Hayy Bin Yakzan - Varlığın Gizemini Arayan Genç</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057619655</t>
+          <t>9786057619631</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife ve Hadis</t>
+          <t>Karguy - Kültürel Kuşatma ve İlahiyat</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057619570</t>
+          <t>9786057619228</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerimi Çok Seviyorum</t>
+          <t>16. - 17. Yüzyıllarda Osmanlı Devleti’nde Haremeyn Vakıfları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057619617</t>
+          <t>9786059991001</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Ana Merkezleri: Maveraünnehir</t>
+          <t>Yeni Usüllerle İslami Tebliğ ve Temsil</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057619600</t>
+          <t>9786057619679</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İlk Üç Asırda İslam Coğrafyasında Hadis</t>
+          <t>İslam Düşüncesi Kılavuzu</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057619471</t>
+          <t>9786059519540</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Gazzali'de Varlık ve Bilgi</t>
+          <t>Modern Çağda Fıkhın Anlam ve İşlevi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057619501</t>
+          <t>9786057619648</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Tefsir İlminin Mahiyeti Sorunu</t>
+          <t>Geleneksel Hadis Yorumculuğu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057619464</t>
+          <t>9786052174890</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Şer’iyye Sicilleri Örnekliğinde İslam Hukuku Bakımından Evlat Edinme</t>
+          <t>Batı'ya Akan Nehir</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057619365</t>
+          <t>9786057619686</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Arap Gramerinde Mecaz</t>
+          <t>İslam'a Yönelik İthamlara Cevaplar</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057619457</t>
+          <t>9786057619662</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Milli Şair Mehmet Akif Ersoy Hayatı ve Ölümsüz Şiirleri</t>
+          <t>Kudüs ve Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057619433</t>
+          <t>9786057619655</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tarih Aynasında Ziya Gökalp</t>
+          <t>Ebu Hanife ve Hadis</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057619242</t>
+          <t>9786057619570</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Buhari'nin Ebu Hanife'ye ve Hanefilere Bakış</t>
+          <t>Peygamberlerimi Çok Seviyorum</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057619105</t>
+          <t>9786057619617</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Döneminde Maturidilik</t>
+          <t>İslam Düşüncesinin Ana Merkezleri: Maveraünnehir</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057619372</t>
+          <t>9786057619600</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Meymune ve Sahihayn'deki Rivayetleri</t>
+          <t>İlk Üç Asırda İslam Coğrafyasında Hadis</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057619389</t>
+          <t>9786057619471</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hadiste Metin Tenkidi</t>
+          <t>Gazzali'de Varlık ve Bilgi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052174647</t>
+          <t>9786057619501</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Elif-Ba Etkinlik Kitabım</t>
+          <t>Tefsir İlminin Mahiyeti Sorunu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057619396</t>
+          <t>9786057619464</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Ceza Hukuku</t>
+          <t>Şer’iyye Sicilleri Örnekliğinde İslam Hukuku Bakımından Evlat Edinme</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057619358</t>
+          <t>9786057619365</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Atasözleri ve Deyimler</t>
+          <t>Arap Gramerinde Mecaz</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057619327</t>
+          <t>9786057619457</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminin Çözüm Bekleyen Meseleleri</t>
+          <t>Milli Şair Mehmet Akif Ersoy Hayatı ve Ölümsüz Şiirleri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057619211</t>
+          <t>9786057619433</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Başarının Büyüsü</t>
+          <t>Tarih Aynasında Ziya Gökalp</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057619204</t>
+          <t>9786057619242</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İhtiyat İlkesi</t>
+          <t>Buhari'nin Ebu Hanife'ye ve Hanefilere Bakış</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057619334</t>
+          <t>9786057619105</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Karz-ı Hasenin Kurumsallaşması</t>
+          <t>Selçuklular Döneminde Maturidilik</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057619310</t>
+          <t>9786057619372</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamberin İzinde</t>
+          <t>Hazreti Meymune ve Sahihayn'deki Rivayetleri</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057619297</t>
+          <t>9786057619389</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımındaki Selefilik Klasik İslam Modernizmi'nin Kur'an Algısı</t>
+          <t>Hadiste Metin Tenkidi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057619303</t>
+          <t>9786052174647</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi Fihrist (Ciltli)</t>
+          <t>Elif-Ba Etkinlik Kitabım</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057619273</t>
+          <t>9786057619396</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Finansal Açıdan İslam Borçlar Hukuku</t>
+          <t>Ana Hatlarıyla İslam Ceza Hukuku</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057619266</t>
+          <t>9786057619358</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Yavuz Sultan Selim Han</t>
+          <t>Arapça Öğretiminde Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057619181</t>
+          <t>9786057619327</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İslam Benden Ne İster?</t>
+          <t>Hadis İlminin Çözüm Bekleyen Meseleleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052174838</t>
+          <t>9786057619211</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Hayatta ve İslam'da Faiz</t>
+          <t>Başarının Büyüsü</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052174814</t>
+          <t>9786057619204</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Nikah ve Talak Kitabı</t>
+          <t>İslam Hukukunda İhtiyat İlkesi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057619136</t>
+          <t>9786057619334</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Hatice El-Kübra</t>
+          <t>Karz-ı Hasenin Kurumsallaşması</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052174296</t>
+          <t>9786057619310</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>313 Soru 313 Cevap</t>
+          <t>Son Peygamberin İzinde</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057619075</t>
+          <t>9786057619297</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 17 (Ciltli)</t>
+          <t>Yol Ayrımındaki Selefilik Klasik İslam Modernizmi'nin Kur'an Algısı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057619129</t>
+          <t>9786057619303</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hadis Problemleri</t>
+          <t>Te'vilatü'l Kur'an Tercümesi Fihrist (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057619082</t>
+          <t>9786057619273</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi ve Kelam</t>
+          <t>Finansal Açıdan İslam Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052174876</t>
+          <t>9786057619266</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte ve Kütüb-i Hamse İmamlarının Hadis Kabul Şartları</t>
+          <t>Muhteşem Yavuz Sultan Selim Han</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057619037</t>
+          <t>9786057619181</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>İslam Benden Ne İster?</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057619099</t>
+          <t>9786052174838</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hadisler ve Zihinlerdeki Sorular</t>
+          <t>İktisadi Hayatta ve İslam'da Faiz</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057619044</t>
+          <t>9786052174814</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kurban Çocuklar</t>
+          <t>Nikah ve Talak Kitabı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052174364</t>
+          <t>9786057619136</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 15. Cilt</t>
+          <t>Hazreti Hatice El-Kübra</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052174999</t>
+          <t>9786052174296</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 14. Cilt</t>
+          <t>313 Soru 313 Cevap</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052174821</t>
+          <t>9786057619075</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde İslam’ı Anlamak</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 17 (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057619068</t>
+          <t>9786057619129</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>En Sevilen Öğretmen Hz. Muhammed (s.a.v) ve Eğitim Metotları</t>
+          <t>Hadis Problemleri</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057619051</t>
+          <t>9786057619082</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Referansım Allah’tır</t>
+          <t>İslam Akaidi ve Kelam</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052174975</t>
+          <t>9786052174876</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 16. Cilt</t>
+          <t>Kütüb-i Sitte ve Kütüb-i Hamse İmamlarının Hadis Kabul Şartları</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052174968</t>
+          <t>9786057619037</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin ve Bir Şehrin Muhteşem Öğretmeni Sandal Hoca</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052174685</t>
+          <t>9786057619099</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Aile Hukuku</t>
+          <t>Hadisler ve Zihinlerdeki Sorular</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052174784</t>
+          <t>9786057619044</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sinirli Anne - Babaların Akıllı Telefonla İmtihanı</t>
+          <t>Kurban Çocuklar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052174753</t>
+          <t>9786052174364</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuzda Tankları Vuran Ebabiller</t>
+          <t>Te'vilatül Kur'an Tercümesi 15. Cilt</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052174739</t>
+          <t>9786052174999</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi - 13 (Ciltli)</t>
+          <t>Te'vilatül Kur'an Tercümesi 14. Cilt</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052174470</t>
+          <t>9786052174821</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Hayatım İbret Aynası</t>
+          <t>Günümüzde İslam’ı Anlamak</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052174708</t>
+          <t>9786057619068</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamber'in Muasırlarıyla Münasebetleri - 1</t>
+          <t>En Sevilen Öğretmen Hz. Muhammed (s.a.v) ve Eğitim Metotları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052174630</t>
+          <t>9786057619051</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası (1299-1919)</t>
+          <t>Referansım Allah’tır</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052174258</t>
+          <t>9786052174975</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe'den Beş Demet Kırk Hadis</t>
+          <t>Te'vilatül Kur'an Tercümesi 16. Cilt</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052174715</t>
+          <t>9786052174968</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Yol</t>
+          <t>Bir Devrin ve Bir Şehrin Muhteşem Öğretmeni Sandal Hoca</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052174562</t>
+          <t>9786052174685</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kırk Derste Mehmet Akif - İnanmış Bir Adam</t>
+          <t>Ana Hatlarıyla İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052174654</t>
+          <t>9786052174784</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 11 (Ciltli)</t>
+          <t>Sinirli Anne - Babaların Akıllı Telefonla İmtihanı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052174371</t>
+          <t>9786052174753</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi -12</t>
+          <t>15 Temmuzda Tankları Vuran Ebabiller</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052174494</t>
+          <t>9786052174739</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Gemisindeki Gençler</t>
+          <t>Te'vilatü'l Kur'an Tercümesi - 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052174456</t>
+          <t>9786052174470</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Ahlak ve İslam Ahlakı</t>
+          <t>Hayatım İbret Aynası</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052174487</t>
+          <t>9786052174708</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı İman</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamber'in Muasırlarıyla Münasebetleri - 1</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052174463</t>
+          <t>9786052174630</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Kelam</t>
+          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası (1299-1919)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052174531</t>
+          <t>9786052174258</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücünü Etkili Kullanma Sanatı</t>
+          <t>Hz. Aişe'den Beş Demet Kırk Hadis</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052174425</t>
+          <t>9786052174715</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Elif'in İlk Namazı - Nesibe'nin İyilik Anlaşması</t>
+          <t>Başarıya Götüren Yol</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052174432</t>
+          <t>9786052174562</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Öğretmeni Başarıya Götüren Yol ve Nitelikli Öğretmen</t>
+          <t>Kırk Derste Mehmet Akif - İnanmış Bir Adam</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052174357</t>
+          <t>9786052174654</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052174388</t>
+          <t>9786052174371</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Başarı İnanç İşidir</t>
+          <t>Te'vilatül Kur'an Tercümesi -12</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059519908</t>
+          <t>9786052174494</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Afrikada İslamiyet</t>
+          <t>Nuh’un Gemisindeki Gençler</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>600</v>
+        <v>75</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052174401</t>
+          <t>9786052174456</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Güller Ağlar Ülkemde</t>
+          <t>Ana Hatlarıyla Ahlak ve İslam Ahlakı</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052174333</t>
+          <t>9786052174487</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 10 (Ciltli)</t>
+          <t>Hayatın Anlamı İman</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052174302</t>
+          <t>9786052174463</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Fiil ve Terklerin Anlam ve Yorumu</t>
+          <t>İslam Düşüncesinde Kelam</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052174272</t>
+          <t>9786052174531</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Sahabe 3</t>
+          <t>Beyin Gücünü Etkili Kullanma Sanatı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052174319</t>
+          <t>9786052174425</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Düzelmek ve Değişmek İçin Kendimizi Tanımak</t>
+          <t>Elif'in İlk Namazı - Nesibe'nin İyilik Anlaşması</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052174289</t>
+          <t>9786052174432</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Şafii Usul Geleneğinde İmam Şafii'ye Muhalif Usuli Görüşler</t>
+          <t>Öğretmeni Başarıya Götüren Yol ve Nitelikli Öğretmen</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052174173</t>
+          <t>9786052174357</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 9 (Ciltli)</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052174210</t>
+          <t>9786052174388</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Başarı İnanç İşidir</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052174005</t>
+          <t>9786059519908</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Gündemdeki Tartışmalı Dini Konular - 2</t>
+          <t>Afrikada İslamiyet</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052174234</t>
+          <t>9786052174401</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Selefilik ve Selefi Tefsir Anlayışı</t>
+          <t>Güller Ağlar Ülkemde</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052174241</t>
+          <t>9786052174333</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Ferahi ve Nazm</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052174227</t>
+          <t>9786052174302</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Nebevi Fiil ve Terklerin Anlam ve Yorumu</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052174159</t>
+          <t>9786052174272</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’z Zühd</t>
+          <t>Sahabe 3</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>160</v>
+        <v>540</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786059519922</t>
+          <t>9786052174319</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Mezheplere Göre Klasik Kaynaklar ve Özellikleri</t>
+          <t>Düzelmek ve Değişmek İçin Kendimizi Tanımak</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052174166</t>
+          <t>9786052174289</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Dini İstismar Boyutuyla 15 Temmuz - Darbe Girişiminin Arka Planı</t>
+          <t>Şafii Usul Geleneğinde İmam Şafii'ye Muhalif Usuli Görüşler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052174012</t>
+          <t>9786052174173</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yöntemle Hadis İlimleri ve Usulü</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786059519984</t>
+          <t>9786052174210</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilir Ya Rasulallah</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059991803</t>
+          <t>9786052174005</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Öğretiminde Ses Temelli Elif-Ba</t>
+          <t>Gündemdeki Tartışmalı Dini Konular - 2</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059519977</t>
+          <t>9786052174234</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Müslüman Olmak</t>
+          <t>Selefilik ve Selefi Tefsir Anlayışı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059519847</t>
+          <t>9786052174241</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslam’da Adalet</t>
+          <t>Ferahi ve Nazm</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059519878</t>
+          <t>9786052174227</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmi ve İslam Hukukunda İçerik Sorunları</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059519960</t>
+          <t>9786052174159</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadet Esasları</t>
+          <t>Kitabu’z Zühd</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059519885</t>
+          <t>9786059519922</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi - 8 (Ciltli)</t>
+          <t>Mezheplere Göre Klasik Kaynaklar ve Özellikleri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059223997</t>
+          <t>9786052174166</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sigara ve İnsan Sağlığı</t>
+          <t>Dini İstismar Boyutuyla 15 Temmuz - Darbe Girişiminin Arka Planı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059991131</t>
+          <t>9786052174012</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Ruhi ve Manevi Problemleri</t>
+          <t>Yeni Bir Yöntemle Hadis İlimleri ve Usulü</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059519854</t>
+          <t>9786059519984</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Dindarlık</t>
+          <t>Kim Bilir Ya Rasulallah</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059519861</t>
+          <t>9786059991803</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Tarihsel ve Modern Yaklaşımların Eleştirisi</t>
+          <t>Kur'an-ı Kerim Öğretiminde Ses Temelli Elif-Ba</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059519519</t>
+          <t>9786059519977</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi - 7 (Ciltli)</t>
+          <t>Yeniden Müslüman Olmak</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059519038</t>
+          <t>9786059519847</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Bugüne Kur'an'ın Türkçe Tefsir ve Tercümesi</t>
+          <t>Bütün Yönleriyle İslam’da Adalet</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059519786</t>
+          <t>9786059519878</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Şefaat Kitabı</t>
+          <t>Kelam İlmi ve İslam Hukukunda İçerik Sorunları</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059519748</t>
+          <t>9786059519960</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Eğitim Öğretim</t>
+          <t>İslam İbadet Esasları</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059519601</t>
+          <t>9786059519885</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Eğitim Tarihi</t>
+          <t>Te'vilatü'l Kur'an Tercümesi - 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059519649</t>
+          <t>9786059223997</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Tekafül Teori ve Uygulama</t>
+          <t>Sigara ve İnsan Sağlığı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059519526</t>
+          <t>9786059991131</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Gençliğin Ruhi ve Manevi Problemleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059519496</t>
+          <t>9786059519854</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Eğlenceli Etkinliklerle Din Öğretimi 4-6 Yaş (Ciltli)</t>
+          <t>Kişilik ve Dindarlık</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059519472</t>
+          <t>9786059519861</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 6. Cilt (Ciltli)</t>
+          <t>Kur'an'a Tarihsel ve Modern Yaklaşımların Eleştirisi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059519397</t>
+          <t>9786059519519</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Hadisi Savunmak</t>
+          <t>Te'vilatü'l Kur'an Tercümesi - 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786059519489</t>
+          <t>9786059519038</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Hadis Oksidentalizmi ve Fuat Sezgin</t>
+          <t>Başlangıcından Bugüne Kur'an'ın Türkçe Tefsir ve Tercümesi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059519458</t>
+          <t>9786059519786</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarını Siret Bağlamında Okumak</t>
+          <t>Şefaat Kitabı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059519045</t>
+          <t>9786059519748</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Gelişimi ve Problemleri Karşısında Din Görevlileri</t>
+          <t>Hz. Peygamber Döneminde Eğitim Öğretim</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786059519410</t>
+          <t>9786059519601</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bir Milletin Direniş Destanı Çanakkale</t>
+          <t>Ana Hatlarıyla İslam Eğitim Tarihi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786059991377</t>
+          <t>9786059519649</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Rivayet Tekniği Açısından Hadislerin Sayısı</t>
+          <t>Tekafül Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059519076</t>
+          <t>9786059519526</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Süper Karınca Matematik Öğreniyor - 1</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059519069</t>
+          <t>9786059519496</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen</t>
+          <t>Oyun ve Eğlenceli Etkinliklerle Din Öğretimi 4-6 Yaş (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059519083</t>
+          <t>9786059519472</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Süper Karınca Matematik Öğreniyor - 2</t>
+          <t>Te'vilatül Kur'an Tercümesi 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059991759</t>
+          <t>9786059519397</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Modern Zamanlarda Hadisi Savunmak</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786059223980</t>
+          <t>9786059519489</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 5. Cilt</t>
+          <t>Hadis Oksidentalizmi ve Fuat Sezgin</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059519021</t>
+          <t>9786059519458</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi</t>
+          <t>Kur'an Kıssalarını Siret Bağlamında Okumak</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786059519007</t>
+          <t>9786059519045</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Sefere Hanımlarla Yolculuk</t>
+          <t>Gençliğin Gelişimi ve Problemleri Karşısında Din Görevlileri</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786059991766</t>
+          <t>9786059519410</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Halep’te İlmi Hayat</t>
+          <t>Büyük Bir Milletin Direniş Destanı Çanakkale</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786059991780</t>
+          <t>9786059991377</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı Şakadan Anlamaz</t>
+          <t>Rivayet Tekniği Açısından Hadislerin Sayısı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786055309916</t>
+          <t>9786059519076</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İslam İletişim Hukuku</t>
+          <t>Süper Karınca Matematik Öğreniyor - 1</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786059991735</t>
+          <t>9786059519069</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Dili</t>
+          <t>Hezarfen</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059223911</t>
+          <t>9786059519083</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Klasikten Moderne Seçme Tefsir Metinleri</t>
+          <t>Süper Karınca Matematik Öğreniyor - 2</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055309893</t>
+          <t>9786059991759</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası Konu Anlatımlı</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786059991742</t>
+          <t>9786059223980</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Zamanaşımı</t>
+          <t>Te'vilatül Kur'an Tercümesi 5. Cilt</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786059991728</t>
+          <t>9786059519021</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Hadis Metinleri - 1</t>
+          <t>Bilal-i Habeşi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786059223904</t>
+          <t>9786059519007</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Kurucu Unsurları Usul-i Fıkıh Kelam Tasavvuf ve İslam Felsefesi</t>
+          <t>Kutlu Sefere Hanımlarla Yolculuk</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059223928</t>
+          <t>9786059991766</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Hadislerinde Eğitim Metodları</t>
+          <t>Halep’te İlmi Hayat</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786059223850</t>
+          <t>9786059991780</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 4. Cilt (Ciltli)</t>
+          <t>Bilinçaltı Şakadan Anlamaz</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786059223874</t>
+          <t>9786055309916</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Hizmeti Yürütenlerin Sorunları ve Çözüm Önerileri</t>
+          <t>İslam İletişim Hukuku</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059223867</t>
+          <t>9786059991735</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Geleneğimizde Mantık</t>
+          <t>Tasavvufun Dili</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786058387508</t>
+          <t>9786059223911</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Cami Minberlerinde Beşgen Geometrik Desenler</t>
+          <t>Klasikten Moderne Seçme Tefsir Metinleri</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786059223683</t>
+          <t>9786055309893</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Birliğin Güçlendirilmesinde Dini Söylemin Önemi</t>
+          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>380</v>
+        <v>45</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786059223706</t>
+          <t>9786059991742</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanları ve Hizmetleri</t>
+          <t>İslam Hukukunda Zamanaşımı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052174678</t>
+          <t>9786059991728</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tıp</t>
+          <t>Hadis Metinleri - 1</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786059223782</t>
+          <t>9786059223904</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Araştırmaları</t>
+          <t>İslam Düşüncesinin Kurucu Unsurları Usul-i Fıkıh Kelam Tasavvuf ve İslam Felsefesi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059223744</t>
+          <t>9786059223928</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sıra Bizde</t>
+          <t>Hz. Peygamberin Hadislerinde Eğitim Metodları</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059223669</t>
+          <t>9786059223850</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 3. Cilt (Ciltli)</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786055309213</t>
+          <t>9786059223874</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Yabancı Dil Öğretim Yaklaşımı ve Yöntemleri</t>
+          <t>Türkiye'de Din Hizmeti Yürütenlerin Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059223690</t>
+          <t>9786059223867</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İmanın Güneş Yüzlü Çocukları</t>
+          <t>Düşünce Geleneğimizde Mantık</t>
         </is>
       </c>
       <c r="C534" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786055623487</t>
+          <t>9786058387508</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku (1. Cilt)</t>
+          <t>Mimar Sinan Cami Minberlerinde Beşgen Geometrik Desenler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052174449</t>
+          <t>9786059223683</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Felsefesi</t>
+          <t>Toplumsal Birliğin Güçlendirilmesinde Dini Söylemin Önemi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786059223362</t>
+          <t>9786059223706</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Ahlakı</t>
+          <t>Diyanet İşleri Başkanları ve Hizmetleri</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786059223065</t>
+          <t>9786052174678</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Siyer Araştırmaları</t>
+          <t>Tasavvuf ve Tıp</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786055309466</t>
+          <t>9786059223782</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Ahkam Hadisleri</t>
+          <t>İslam Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C539" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789944704212</t>
+          <t>9786059223744</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Tasavvuf Yolları</t>
+          <t>Sıra Bizde</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786059223713</t>
+          <t>9786059223669</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İmanın Güneş Yüzlü Öncüleri</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786059223461</t>
+          <t>9786055309213</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sözleşmelerde Cezai Şart</t>
+          <t>Sistematik Yabancı Dil Öğretim Yaklaşımı ve Yöntemleri</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059991605</t>
+          <t>9786059223690</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve İbadetler</t>
+          <t>İmanın Güneş Yüzlü Çocukları</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786055623401</t>
+          <t>9786055623487</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dilbilgisi Sarf -Nahiv</t>
+          <t>İslam Hukuku (1. Cilt)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786059223416</t>
+          <t>9786052174449</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Ensar Kitabı - İslam Tarihinde Ensar</t>
+          <t>Ana Hatlarıyla İslam Felsefesi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786059223386</t>
+          <t>9786059223362</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 2. Cilt (Ciltli)</t>
+          <t>Ana Hatlarıyla İslam Ahlakı</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786059223423</t>
+          <t>9786059223065</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Para Vakıfları</t>
+          <t>Siyer Araştırmaları</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786059991698</t>
+          <t>9786055309466</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Sosyal Hayat</t>
+          <t>Anahatlarıyla Ahkam Hadisleri</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786059223287</t>
+          <t>9789944704212</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dolaşmaya Çıkan Salyangoz</t>
+          <t>Anadolu’da Tasavvuf Yolları</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786059223263</t>
+          <t>9786059223713</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Kurbağa</t>
+          <t>İmanın Güneş Yüzlü Öncüleri</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786059223270</t>
+          <t>9786059223461</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yavru Fil</t>
+          <t>İslam Hukukunda Sözleşmelerde Cezai Şart</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786059223331</t>
+          <t>9786059991605</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Evin Kargası</t>
+          <t>Peygamberimiz ve İbadetler</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786059223256</t>
+          <t>9786055623401</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşını Arayan Kırlangıç</t>
+          <t>Arapça Dilbilgisi Sarf -Nahiv</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786059223300</t>
+          <t>9786059223416</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısının Yavrusu</t>
+          <t>Ensar Kitabı - İslam Tarihinde Ensar</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786059223294</t>
+          <t>9786059223386</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Farecik</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786059991612</t>
+          <t>9786059223423</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Ahlakı</t>
+          <t>Para Vakıfları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786059223225</t>
+          <t>9786059991698</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Siyer-i Nebi</t>
+          <t>Peygamberimiz ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786059223324</t>
+          <t>9786059223287</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Tırtılın Evi</t>
+          <t>Dünyayı Dolaşmaya Çıkan Salyangoz</t>
         </is>
       </c>
       <c r="C558" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786059223317</t>
+          <t>9786059223263</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Orman Yangını ve Tilki</t>
+          <t>Canı Sıkılan Kurbağa</t>
         </is>
       </c>
       <c r="C559" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786059223188</t>
+          <t>9786059223270</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Okulları 6. Sınıf Arapça Ders Kitabı</t>
+          <t>Cesur Yavru Fil</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786059223096</t>
+          <t>9786059223331</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Arapça'da Sayılar</t>
+          <t>Yeşil Evin Kargası</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052174135</t>
+          <t>9786059223256</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste İnanç Esasları</t>
+          <t>Arkadaşını Arayan Kırlangıç</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786059223089</t>
+          <t>9786059223300</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>İlahiyatçılık ve Din Görevliliği Meslek Ahlakı</t>
+          <t>Kutup Ayısının Yavrusu</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786059223041</t>
+          <t>9786059223294</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamberim</t>
+          <t>Kahraman Farecik</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786059223027</t>
+          <t>9786059991612</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Hac</t>
+          <t>Peygamberimizin Ahlakı</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786055309060</t>
+          <t>9786059223225</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kıraatların Tefsire Etkisi</t>
+          <t>Gençler İçin Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789944704892</t>
+          <t>9786059223324</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Tırtılın Evi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9780000004116</t>
+          <t>9786059223317</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Aykız Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +5 (8 Kitap Takım)</t>
+          <t>Orman Yangını ve Tilki</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786055309985</t>
+          <t>9786059223188</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla Mü'minlere Vaazlar 1</t>
+          <t>İmam Hatip Okulları 6. Sınıf Arapça Ders Kitabı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786059991933</t>
+          <t>9786059223096</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi Öğrenci Sözlüğü</t>
+          <t>Arapça'da Sayılar</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055309305</t>
+          <t>9786052174135</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Arapça İsim Cümlesini Yeniden Yapılandıran Amiller</t>
+          <t>Ailemizle 52 Derste İnanç Esasları</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786055309329</t>
+          <t>9786059223089</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Arapça İmla ve Mükatebat İmla Kitabı 1</t>
+          <t>İlahiyatçılık ve Din Görevliliği Meslek Ahlakı</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789756794210</t>
+          <t>9786059223041</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Yeni Kamus (Ciltli)</t>
+          <t>Benim Peygamberim</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786059223072</t>
+          <t>9786059223027</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>El-Muallim / Başlangıç Düzeyi Arapça Eğitim Seti -1</t>
+          <t>Bütün Yönleriyle Hac</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786059991971</t>
+          <t>9786055309060</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma Parçaları</t>
+          <t>Kıraatların Tefsire Etkisi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786059991988</t>
+          <t>9789944704892</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786059991940</t>
+          <t>9780000004116</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Allah ve Namazı Bilinçaltında Sevdirebilmek</t>
+          <t>Aykız Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +5 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786059223003</t>
+          <t>9786055309985</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi ve Öğretim Yöntemleri</t>
+          <t>Kaynaklarıyla Mü'minlere Vaazlar 1</t>
         </is>
       </c>
       <c r="C578" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786059991957</t>
+          <t>9786059991933</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Bir İletişim Aracı Olarak Kur'an'da Beden Dili</t>
+          <t>Din Kültürü ve Ahlak Bilgisi Öğrenci Sözlüğü</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786059991643</t>
+          <t>9786055309305</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Arapça İsim Cümlesini Yeniden Yapılandıran Amiller</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786059991810</t>
+          <t>9786055309329</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Bugünün İlahiyatı Nasıl Olmalıdır?</t>
+          <t>Arapça İmla ve Mükatebat İmla Kitabı 1</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786059991704</t>
+          <t>9789756794210</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Hanım Müfessirler</t>
+          <t>Arapça-Türkçe Yeni Kamus (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786059991360</t>
+          <t>9786059223072</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Karataş'la Her Yemekte Dua</t>
+          <t>El-Muallim / Başlangıç Düzeyi Arapça Eğitim Seti -1</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>40</v>
+        <v>400</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786059991575</t>
+          <t>9786059991971</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Huzura Doğru 5 Büyük Adım</t>
+          <t>Arapça Okuma Parçaları</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786059991599</t>
+          <t>9786059991988</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Cehalet Kavramı</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786059519779</t>
+          <t>9786059991940</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Daniş - Bir Cennet Delisi</t>
+          <t>Çocuklara Allah ve Namazı Bilinçaltında Sevdirebilmek</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786059991568</t>
+          <t>9786059223003</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Ahlak Terbiyecileri ve Ahlak Terbiyesi</t>
+          <t>Din Kültürü ve Ahlak Bilgisi ve Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786059991407</t>
+          <t>9786059991957</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Temel İnsan Hakları</t>
+          <t>Bir İletişim Aracı Olarak Kur'an'da Beden Dili</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786059991285</t>
+          <t>9786059991643</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Metodoloji Usül Mes'elesi - 5</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>470</v>
+        <v>500</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786055623746</t>
+          <t>9786059991810</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kılavuzu</t>
+          <t>Bugünün İlahiyatı Nasıl Olmalıdır?</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786059991346</t>
+          <t>9786059991704</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Tabakları Ayırdık Çocuklar Söz Dinlemez Oldu</t>
+          <t>Hanım Müfessirler</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786059991322</t>
+          <t>9786059991360</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Pratik Konuşma ve Alıştırmalı Arapça Akıllı Defter</t>
+          <t>Mustafa Karataş'la Her Yemekte Dua</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789756794340</t>
+          <t>9786059991575</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Asrımızda Hristiyan Müslüman Münasebetleri</t>
+          <t>Huzura Doğru 5 Büyük Adım</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786055309367</t>
+          <t>9786059991599</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Arapçaya Giriş</t>
+          <t>Kur'an'da Cehalet Kavramı</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789944704656</t>
+          <t>9786059519779</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Arapça'dan Türkçeleşmiş Kelimeler Sözlüğü</t>
+          <t>Daniş - Bir Cennet Delisi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786055623685</t>
+          <t>9786059991568</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Arapça Fiiller Sözlüğü</t>
+          <t>Son Dönem Osmanlı Ahlak Terbiyecileri ve Ahlak Terbiyesi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786059991261</t>
+          <t>9786059991407</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukuku ve Ebu Yusuf'un Öncelikleri</t>
+          <t>Kur'an ve Sünnete Göre Temel İnsan Hakları</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786059991179</t>
+          <t>9786059991285</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Rivayet İlimlerinde Haber-i Vahidlerin İtikat ve Teşri Yönlerinden Değeri</t>
+          <t>İslami İlimlerde Metodoloji Usül Mes'elesi - 5</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786059991216</t>
+          <t>9786055623746</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Hadis Rivayet Tarihi</t>
+          <t>Kur’an Kılavuzu</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786059519571</t>
+          <t>9786059991346</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Siyer-i Nebi (a.s)</t>
+          <t>Tabakları Ayırdık Çocuklar Söz Dinlemez Oldu</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>440</v>
+        <v>80</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786059223478</t>
+          <t>9786059991322</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 2</t>
+          <t>Pratik Konuşma ve Alıştırmalı Arapça Akıllı Defter</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786055309909</t>
+          <t>9789756794340</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Hadis 2</t>
+          <t>Asrımızda Hristiyan Müslüman Münasebetleri</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786055623371</t>
+          <t>9786055309367</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İctihad</t>
+          <t>Arapçaya Giriş</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786055309183</t>
+          <t>9789944704656</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Değişim ve İbadetler</t>
+          <t>Arapça'dan Türkçeleşmiş Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786055623906</t>
+          <t>9786055623685</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>İnsan İradesi ve Kudret-i İlahiyye Bağlamında Kader Mes’elesi</t>
+          <t>Arapça Fiiller Sözlüğü</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786055623623</t>
+          <t>9786059991261</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Büyük Halife Hz. Ebubekir (r.a.)</t>
+          <t>İslam Borçlar Hukuku ve Ebu Yusuf'un Öncelikleri</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786055309268</t>
+          <t>9786059991179</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’i ve Hadislerini Anlamak</t>
+          <t>Rivayet İlimlerinde Haber-i Vahidlerin İtikat ve Teşri Yönlerinden Değeri</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052174111</t>
+          <t>9786059991216</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Ailemizle 52 Ders</t>
+          <t>Hadis Rivayet Tarihi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786055623418</t>
+          <t>9786059519571</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü Yazıları</t>
+          <t>Ana Hatlarıyla Siyer-i Nebi (a.s)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059519625</t>
+          <t>9786059223478</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Sünnet’in Gerçekliğinde Hadis ve Sünnet Çözümlemeleri</t>
+          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 2</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786059223201</t>
+          <t>9786055309909</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Gündemdeki Tartışmalı Dini Konular</t>
+          <t>Hadis 2</t>
         </is>
       </c>
       <c r="C611" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789944704120</t>
+          <t>9786055623371</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna</t>
+          <t>İslam Hukukunda İctihad</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786055623678</t>
+          <t>9786055309183</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Şehit Halife Hz. Osman</t>
+          <t>İslam Hukukunda Değişim ve İbadetler</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789944704069</t>
+          <t>9786055623906</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Öğretime Dair Kırk Hadis</t>
+          <t>İnsan İradesi ve Kudret-i İlahiyye Bağlamında Kader Mes’elesi</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786055309435</t>
+          <t>9786055623623</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Dört Ulu Çınar</t>
+          <t>İlk ve Büyük Halife Hz. Ebubekir (r.a.)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052174050</t>
+          <t>9786055309268</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Hicret Yurdunda Sabah: Doğuş</t>
+          <t>Hz. Peygamber’i ve Hadislerini Anlamak</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789944704984</t>
+          <t>9786052174111</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Nübüvvet Kavramı</t>
+          <t>Hadisler Işığında Ailemizle 52 Ders</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786059223881</t>
+          <t>9786055623418</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslam Düşünürleri</t>
+          <t>Hadis Usulü Yazıları</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786055309374</t>
+          <t>9786059519625</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Büyükler Büyüğü Peygamberimiz</t>
+          <t>Nebevi Sünnet’in Gerçekliğinde Hadis ve Sünnet Çözümlemeleri</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789944704441</t>
+          <t>9786059223201</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Asr-ı Saadette İslam (4 Kitap Takım) (Ciltli)</t>
+          <t>Gündemdeki Tartışmalı Dini Konular</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>3000</v>
+        <v>330</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786055623852</t>
+          <t>9789944704120</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Bir Vicdan Uyanıyor</t>
+          <t>Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786055623562</t>
+          <t>9786055623678</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Peşinde</t>
+          <t>Şehit Halife Hz. Osman</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786055623692</t>
+          <t>9789944704069</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze İslam Mezhepleri Tarihi</t>
+          <t>Eğitim ve Öğretime Dair Kırk Hadis</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>550</v>
+        <v>75</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052174043</t>
+          <t>9786055309435</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Aydınlıklara Doğru - Peygamber Efendimizin Hayatı 2</t>
+          <t>Dört Ulu Çınar</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789944152860</t>
+          <t>9786052174050</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Cümle Yapısı</t>
+          <t>Hicret Yurdunda Sabah: Doğuş</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786055623975</t>
+          <t>9789944704984</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Arapça Uygulamalar Kitabı</t>
+          <t>Çeşitli Yönleriyle Nübüvvet Kavramı</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789944704670</t>
+          <t>9786059223881</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma ve Eski Metinler Kitabı</t>
+          <t>Çağdaş İslam Düşünürleri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786055623791</t>
+          <t>9786055309374</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma Kitabı</t>
+          <t>Büyükler Büyüğü Peygamberimiz</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786055623814</t>
+          <t>9789944704441</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Ezdad</t>
+          <t>Bütün Yönleriyle Asr-ı Saadette İslam (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>200</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789756794302</t>
+          <t>9786055623852</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar</t>
+          <t>Bir Vicdan Uyanıyor</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059223164</t>
+          <t>9786055623562</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (2. Cilt)</t>
+          <t>Bilgelik Peşinde</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786059223195</t>
+          <t>9786055623692</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (1. Cilt)</t>
+          <t>Başlangıçtan Günümüze İslam Mezhepleri Tarihi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786055309244</t>
+          <t>9786052174043</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Öncesi Arap Tarihi ve Kültürü</t>
+          <t>Aydınlıklara Doğru - Peygamber Efendimizin Hayatı 2</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786055309282</t>
+          <t>9789944152860</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Mezhepleri Tarihi</t>
+          <t>Arapçada Cümle Yapısı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786055623500</t>
+          <t>9786055623975</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Hukuku (Cilt- 3)</t>
+          <t>Arapça Uygulamalar Kitabı</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786055623494</t>
+          <t>9789944704670</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Hukuku (2. Cilt)</t>
+          <t>Arapça Okuma ve Eski Metinler Kitabı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786059223157</t>
+          <t>9786055623791</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Hadis</t>
+          <t>Arapça Okuma Kitabı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786055623234</t>
+          <t>9786055623814</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Dinler Tarihi</t>
+          <t>Arap Dilinde Ezdad</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052174128</t>
+          <t>9789756794302</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Peygamberimizin Hayatı</t>
+          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052174142</t>
+          <t>9786059223164</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Ahlak</t>
+          <t>Ana Hatlarıyla İslam Tarihi (2. Cilt)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786055623616</t>
+          <t>9786059223195</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Adil Halife Emirü’l-Mü’minin Hz. Ömer (r.a.)</t>
+          <t>Ana Hatlarıyla İslam Tarihi (1. Cilt)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786055309022</t>
+          <t>9786055309244</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kolay Arapça</t>
+          <t>Ana Hatlarıyla İslam Öncesi Arap Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786059223676</t>
+          <t>9786055309282</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Ömer B. Abdülaziz</t>
+          <t>Anahatlarıyla İslam Mezhepleri Tarihi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786059991186</t>
+          <t>9786055623500</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>Anahatlarıyla İslam Hukuku (Cilt- 3)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786055309220</t>
+          <t>9786055623494</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’den Müslüman Kadına Altın Öğütler</t>
+          <t>Anahatlarıyla İslam Hukuku (2. Cilt)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786059223768</t>
+          <t>9786059223157</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Aile Hayatı (Ciltli)</t>
+          <t>Ana Hatlarıyla Hadis</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786059991070</t>
+          <t>9786055623234</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Namaz Kılmaya Alıştırma Yolları (52 Öneri)</t>
+          <t>Anahatlarıyla Dinler Tarihi</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786059991063</t>
+          <t>9786052174128</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Oruç Tutmayı Kolaylaştırma Yolları (52 Öneri)</t>
+          <t>Ailemizle 52 Derste Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786055623883</t>
+          <t>9786052174142</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Üvey Anne</t>
+          <t>Ailemizle 52 Derste Ahlak</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789944704816</t>
+          <t>9786055623616</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Mantık</t>
+          <t>Adil Halife Emirü’l-Mü’minin Hz. Ömer (r.a.)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786055309275</t>
+          <t>9786055309022</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Mantık</t>
+          <t>Açıklamalı Kolay Arapça</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789944704854</t>
+          <t>9786059223676</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (3. Cilt)</t>
+          <t>Ömer B. Abdülaziz</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786055623647</t>
+          <t>9786059991186</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786055623838</t>
+          <t>9786055309220</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Temel Sarf Bilgileri</t>
+          <t>Hz. Peygamber’den Müslüman Kadına Altın Öğütler</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786054036462</t>
+          <t>9786059223768</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Şükür</t>
+          <t>Hz. Peygamber ve Aile Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786057619822</t>
+          <t>9786059991070</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Muvatta (Ciltli)</t>
+          <t>Çocuğunuzu Namaz Kılmaya Alıştırma Yolları (52 Öneri)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786055309954</t>
+          <t>9786059991063</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri 9. Sınıf Arapça Yaprak Testler - Çek Koparlı</t>
+          <t>Çocuğunuza Oruç Tutmayı Kolaylaştırma Yolları (52 Öneri)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786059991353</t>
+          <t>9786055623883</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu Müfredatına Uygun 7. Sınıf Görsel Arapça Test Kitabı</t>
+          <t>Üvey Anne</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786059991384</t>
+          <t>9789944704816</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Kur'an Kültürü</t>
+          <t>Anahatlarıyla Mantık</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786059991032</t>
+          <t>9786055309275</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Olarak Kur'an-ı Kerim Hakkında Neler Bilmeliyiz?</t>
+          <t>Ana Hatlarıyla Mantık</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786055309930</t>
+          <t>9789944704854</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Din Kültürü ve Ahlak Bilgisi Öğretmenlerinin Öğrenci Başarısını Değerlendirme Yeterlikleri</t>
+          <t>Ana Hatlarıyla İslam Tarihi (3. Cilt)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789944704663</t>
+          <t>9786055623647</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Filozof Tabib Muhaddisler</t>
+          <t>Hz. Muhammed’in Hayatı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789756794388</t>
+          <t>9786055623838</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Hukuk Terimleri Sözlüğü</t>
+          <t>Temel Sarf Bilgileri</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786055309503</t>
+          <t>9786054036462</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>Şükür</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786055623210</t>
+          <t>9786057619822</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Hadisin Doğuş ve Gelişim Tarihine Yeniden Bakış</t>
+          <t>Muvatta (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786055623395</t>
+          <t>9786055309954</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Hadise Dair İlimler ve Hadis Usulü</t>
+          <t>İmam Hatip Liseleri 9. Sınıf Arapça Yaprak Testler - Çek Koparlı</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786059991544</t>
+          <t>9786059991353</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ne Diyor? Biz Ne Anlıyoruz?</t>
+          <t>İmam Hatip Ortaokulu Müfredatına Uygun 7. Sınıf Görsel Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786059223492</t>
+          <t>9786059991384</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Asabiyet</t>
+          <t>Türk Toplumunun Kur'an Kültürü</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786055623654</t>
+          <t>9786059991032</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Ben de Arapça Öğreniyorum</t>
+          <t>Müslüman Olarak Kur'an-ı Kerim Hakkında Neler Bilmeliyiz?</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786059991100</t>
+          <t>9786055309930</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu Müfredatın Uygun 5. Sınıf Görsel Arapça Test Kitabı</t>
+          <t>İlköğretim Din Kültürü ve Ahlak Bilgisi Öğretmenlerinin Öğrenci Başarısını Değerlendirme Yeterlikleri</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786055309749</t>
+          <t>9789944704663</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sosyoloji</t>
+          <t>Filozof Tabib Muhaddisler</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789756794050</t>
+          <t>9789756794388</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Aleviler Bektaşiler Nusayriler</t>
+          <t>Fıkıh ve Hukuk Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055309886</t>
+          <t>9786055309503</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Hz. Muhammed'in (S.A.V) Evrensel Mesajları</t>
+          <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786055309817</t>
+          <t>9786055623210</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve İktisat</t>
+          <t>Hadisin Doğuş ve Gelişim Tarihine Yeniden Bakış</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786055309862</t>
+          <t>9786055623395</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>İlk Adım Arapça Yazı Defteri</t>
+          <t>Hadise Dair İlimler ve Hadis Usulü</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786059991155</t>
+          <t>9786059991544</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu Müfredatına Uygun 6. Sınıf Görsel Arapça Test Kitabı</t>
+          <t>Kur'an Ne Diyor? Biz Ne Anlıyoruz?</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786055309350</t>
+          <t>9786059223492</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kur’an Tefsirine Hizmetleri</t>
+          <t>Asabiyet</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789756794333</t>
+          <t>9786055623654</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Misyonerlik Faaliyetleri</t>
+          <t>Ben de Arapça Öğreniyorum</t>
         </is>
       </c>
       <c r="C678" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786055309251</t>
+          <t>9786059991100</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Kültüründe Hadis</t>
+          <t>İmam Hatip Ortaokulu Müfredatın Uygun 5. Sınıf Görsel Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786055623784</t>
+          <t>9786055309749</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Emirü'l-Mü'minin Hz. Ali</t>
+          <t>İslam ve Sosyoloji</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>410</v>
+        <v>160</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786055309343</t>
+          <t>9789756794050</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin İki Gülü Hasan - Hüseyin</t>
+          <t>Türkiye'de Aleviler Bektaşiler Nusayriler</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789944704298</t>
+          <t>9786055309886</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Sade Hayatı</t>
+          <t>Ana Hatlarıyla Hz. Muhammed'in (S.A.V) Evrensel Mesajları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786055623142</t>
+          <t>9786055309817</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hitabeti</t>
+          <t>Sağlık ve İktisat</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789944152877</t>
+          <t>9786055309862</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Duaları</t>
+          <t>İlk Adım Arapça Yazı Defteri</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786055309497</t>
+          <t>9786059991155</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimize Neden İnanmadılar?</t>
+          <t>İmam Hatip Ortaokulu Müfredatına Uygun 6. Sınıf Görsel Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052174036</t>
+          <t>9786055309350</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Şafak - Peygamber Efendimizin Hayatı 1</t>
+          <t>Türklerin Kur’an Tefsirine Hizmetleri</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786059223454</t>
+          <t>9789756794333</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Peygamberimiz</t>
+          <t>Türkiye’de Misyonerlik Faaliyetleri</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786055623173</t>
+          <t>9786055309251</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Pınarından 40 Hadis (İmam-ı Nevevi)</t>
+          <t>Tasavvuf Kültüründe Hadis</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786055309527</t>
+          <t>9786055623784</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Nesillerden Nesillere Armağan Sözler Hazinesi (Ciltli)</t>
+          <t>Emirü'l-Mü'minin Hz. Ali</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>600</v>
+        <v>410</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9799756794967</t>
+          <t>9786055309343</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Diğer Dinlere Bakışları (Ciltli)</t>
+          <t>Peygamberin İki Gülü Hasan - Hüseyin</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789756794173</t>
+          <t>9789944704298</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’e Göre Peygamberler ve Tevhid Mücadelesi</t>
+          <t>Peygamberimizin Sade Hayatı</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>450</v>
+        <v>50</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9799756794806</t>
+          <t>9786055623142</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’de Mes’uliyet</t>
+          <t>Peygamberimizin Hitabeti</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789756794241</t>
+          <t>9789944152877</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tefsir Araştırmaları 6</t>
+          <t>Peygamberimizin Duaları</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>270</v>
+        <v>80</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052174104</t>
+          <t>9786055309497</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Işığında Ailemizle 52 Ders</t>
+          <t>Peygamberimize Neden İnanmadılar?</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789944704625</t>
+          <t>9786052174036</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Pratik Arapça Konuşma Kılavuzu</t>
+          <t>Özlenen Şafak - Peygamber Efendimizin Hayatı 1</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786055623630</t>
+          <t>9786059223454</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kemal Türkçe-Arapça Ansiklopedik Sözlük</t>
+          <t>Örneklerle Peygamberimiz</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052174081</t>
+          <t>9786055623173</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma - Peygamber Efendimizin Hayatı 6</t>
+          <t>Nübüvvet Pınarından 40 Hadis (İmam-ı Nevevi)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786055309459</t>
+          <t>9786055309527</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Sosyal İçerikli İbadetleri ve Şahitliği</t>
+          <t>Nesillerden Nesillere Armağan Sözler Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789756794555</t>
+          <t>9799756794967</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Metodoloji (Usul) Mes’elesi 2</t>
+          <t>Müslümanların Diğer Dinlere Bakışları (Ciltli)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786055309534</t>
+          <t>9789756794173</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Örnek Şahsiyetleri Ashab-ı Kiram</t>
+          <t>Kur’an-ı Kerim’e Göre Peygamberler ve Tevhid Mücadelesi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786055309473</t>
+          <t>9799756794806</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kolaylaştırma İlkesi</t>
+          <t>Kur’an-ı Kerim’de Mes’uliyet</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789756794296</t>
+          <t>9789756794241</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kadın</t>
+          <t>Kur’an ve Tefsir Araştırmaları 6</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786059223485</t>
+          <t>9786052174104</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Mezhepler Tarihi</t>
+          <t>Kur’an Işığında Ailemizle 52 Ders</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786059991582</t>
+          <t>9789944704625</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Kendi Kendine Pratik Arapça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786055309855</t>
+          <t>9786055623630</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Peygamberimizin Etrafındaki Çocuklar ve Gençler (Ciltli)</t>
+          <t>Kemal Türkçe-Arapça Ansiklopedik Sözlük</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786059991506</t>
+          <t>9786052174081</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Endülüslü Alim Ebu Amr Ed-Dani ve Kıraat İlmindeki Yeri</t>
+          <t>Kavuşma - Peygamber Efendimizin Hayatı 6</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786055309725</t>
+          <t>9786055309459</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku</t>
+          <t>Kadınların Sosyal İçerikli İbadetleri ve Şahitliği</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786055309664</t>
+          <t>9789756794555</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Kelam Tarihi</t>
+          <t>İslami İlimlerde Metodoloji (Usul) Mes’elesi 2</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786055309701</t>
+          <t>9786055309534</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 1</t>
+          <t>İslam’ın Örnek Şahsiyetleri Ashab-ı Kiram</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786055309695</t>
+          <t>9786055309473</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Kılavuzu</t>
+          <t>İslam’da Kolaylaştırma İlkesi</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786055309633</t>
+          <t>9789756794296</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Türkçe'den Arapça'ya Çeviri Teknikleri</t>
+          <t>İslam’da Kadın</t>
         </is>
       </c>
       <c r="C711" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786055309596</t>
+          <t>9786059223485</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Rehberi</t>
+          <t>Fıkhi Mezhepler Tarihi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
+          <t>9786059991582</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786055309855</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Peygamberimizin Etrafındaki Çocuklar ve Gençler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786059991506</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Endülüslü Alim Ebu Amr Ed-Dani ve Kıraat İlmindeki Yeri</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786055309725</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuku</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786055309664</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Kelam Tarihi</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786055309701</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 1</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786055309695</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786055309633</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe'den Arapça'ya Çeviri Teknikleri</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786055309596</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Dini Bilgiler Rehberi</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
           <t>9786055309589</t>
         </is>
       </c>
-      <c r="B713" s="1" t="inlineStr">
+      <c r="B722" s="1" t="inlineStr">
         <is>
           <t>Ayet ve Hadisler Işığında Ramazan Oruç ve Zekat</t>
         </is>
       </c>
-      <c r="C713" s="1">
+      <c r="C722" s="1">
         <v>60</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>