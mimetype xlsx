--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,10855 +85,15115 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256132795</t>
+          <t>9786256132917</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dini Doğru Anlamak ve Doğru Yaşamak I</t>
+          <t>Önderlerimiz Muhammed B. Tümert</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256132801</t>
+          <t>9786256132252</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dini Doğru Anlamak ve Doğru Yaşamak II</t>
+          <t>Şehirlerimiz – Belh</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256132863</t>
+          <t>9786256132924</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hadiste Sened Tenkidi</t>
+          <t>Şehirlerimiz - Mardin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>370</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256132870</t>
+          <t>9786256132290</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Bilgide Otoritenin Dönüşümü l Fıkıhtan Hukuka</t>
+          <t>Bir İlim Merkezi Olarak İstanbul-I Fatih Dönemi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256132832</t>
+          <t>9786059223515</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Savaş</t>
+          <t>Modern Çağda Fıkhın Anlam ve İşlevi-IV</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256132849</t>
+          <t>9786256506305</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sana Emanet - Sorularla 40 Derste Sahabe</t>
+          <t>Kur’anca Yaşamak - Sorularla Çağdaş Tefsir</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256132856</t>
+          <t>9786256506152</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sana Emanet - Sorularla 40 Derste Ahlak</t>
+          <t>İmamüddin Zengin (Öderlerimiz-38)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256132788</t>
+          <t>9786258201154</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Esmalardan Öze Yolculuk</t>
+          <t>Sorularla 40 Derste Ahlak</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256132818</t>
+          <t>3990000096868</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Alıştırma ve Hikayelerle Basitleştirilmiş Nahiv Bilgisi</t>
+          <t>Camiu’l-Usul Cilt 17 (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>480</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256132764</t>
+          <t>4440000000653</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Etkiniklerle Tecvid Öğretimi</t>
+          <t>Camiu’l-Usul Cilt 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256132740</t>
+          <t>4440000000652</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönemden Çağdaş Yaklaşımlara Tefsir Metinleri Üzerine Bir İnceleme</t>
+          <t>Camiu’l-Usul Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256132757</t>
+          <t>4440000000648</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hitabet (Sözde Hikmet, Üslupta Zarafet)</t>
+          <t>Camiu’l-Usul Cilt 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256132733</t>
+          <t>4440000000551</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Din Dışı Yönelimler ve Din Eğitimi</t>
+          <t>Camiu’l-Usul Cilt 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256132658</t>
+          <t>4440000000549</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yeterli Sözlük - Arapça/Türkçe (3 Cilt)</t>
+          <t>Camiu’l-Usul Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>4500</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057619280</t>
+          <t>4440000000547</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Önce Alkışladılar Sonra Öldürdüler</t>
+          <t>Camiu’l-Usul Cilt 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256132115</t>
+          <t>4440000000546</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Müslüman Kalabilmek</t>
+          <t>Camiu’l-Usul Cilt 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256132375</t>
+          <t>4440000000543</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri - 4</t>
+          <t>Camiu’l-Usul Cilt 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256132719</t>
+          <t>4440000000541</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisi Sarf-Nahiv</t>
+          <t>Camiu’l-Usul Cilt 15 (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256132702</t>
+          <t>4440000000539</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İlim ve Alim (İlim Tahsilinde İlkeler ve Cami’u’t-Tirmizi’nin İlim Bölümü)</t>
+          <t>Camiu’l-Usul Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059223355</t>
+          <t>4440000000537</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Hikayeler ve Masallar</t>
+          <t>Camiu’l-Usul Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256506473</t>
+          <t>4440000000536</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sarf ve Nahiv Açısından Kısa Surelerin Tahlilleri</t>
+          <t>Camiu’l-Usul Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057619143</t>
+          <t>4440000000534</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle İslam (Arapçalı)</t>
+          <t>Camiu’l-Usul Cilt 18 (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052174937</t>
+          <t>4440000000532</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Namazı Yaşamak</t>
+          <t>Camiu’l-Usul Cilt 16 (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>80</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059519434</t>
+          <t>4440000000531</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Alimi Maturidi ve Maturidilik</t>
+          <t>Camiu’l-Usul Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052174265</t>
+          <t>9786258490237</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Kıraatinde Dad Harfi ve Dudak Ta’limi</t>
+          <t>Dua Ayetleri (Meal - Tefsir)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059223973</t>
+          <t>9786052174845</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerimden Kadınlara</t>
+          <t>Osmanlıdan Günümüze Diyarbakır</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059991414</t>
+          <t>9786052174869</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri 10. Sınıf Arapça Yaprak Testler</t>
+          <t>İlkçağlardan Osmanlıya Diyarbakır</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059223720</t>
+          <t>9786052174852</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Bereket</t>
+          <t>Diyarbakır - Mekan, Toplum, Ekonomi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>85</v>
+        <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9780000004109</t>
+          <t>9786052174807</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +3 (8 Kitap Takım)</t>
+          <t>Diyarbakır - Alimler, Arifler, Edipler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>49.5</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257320894</t>
+          <t>9786057619235</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer</t>
+          <t>Kocaelili Alimler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059223805</t>
+          <t>3990000051635</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Koşan Yağmur Damlası</t>
+          <t>Safvetü't-Tefasir Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>15</v>
+        <v>54.28</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257320979</t>
+          <t>9786052174340</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Zengi</t>
+          <t>Siyer-i Nebi (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055309572</t>
+          <t>9789944152013</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hocası</t>
+          <t>Peygamberimiz ve Toplum</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>110</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944704861</t>
+          <t>9786057619006</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Riyazü’s Salihin (Ciltli)</t>
+          <t>Ailede Sevgi İletişimi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>900</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055623722</t>
+          <t>9786052174920</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Geleceğine Yön Ver</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>440</v>
+        <v>70</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756794913</t>
+          <t>2789785844457</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Türkçe Anlamı (Meal)</t>
+          <t>Küreselleşme İslam Dünyası ve Türkiye</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>11.83</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756794579</t>
+          <t>9786059223843</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in İndirildiği Yedi Harf ve Kıraatlar</t>
+          <t>Neşeli Hayvanlar Eğitim Seti</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059223447</t>
+          <t>9786057619150</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Namaza Başlıyor</t>
+          <t>Ayet ve Hadislerle İslam</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256132634</t>
+          <t>9786052174623</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Akrabalık İlişkilerinin Geliştirilmesinde Hadislerin Rolü</t>
+          <t>Alıştırmalarla Sarf</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256132641</t>
+          <t>9786059519953</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Akrabalık Terapisi</t>
+          <t>İslam Te'lif Geleneğinde Biyografi Yazıcılığı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>44</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256132627</t>
+          <t>9786052174982</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Sosyolojisi</t>
+          <t>İslam Medeniyetinde Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256132597</t>
+          <t>9789944704274</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şak Şık Şakayık - Töreli İştikak Denemeleri</t>
+          <t>Hz. Peygamber Toplum ve Aile</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>270</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256132610</t>
+          <t>9786055623586</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Öz’lenmek için Söz’lenmek</t>
+          <t>Hz. Peygamber Sünnetinde Sağlık Mucizeleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>135</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256132511</t>
+          <t>9786055623012</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi ve Din Hizmetlerine Adanmış Bir Ömür: Anılarım</t>
+          <t>Hz. Muhammed Aleyhisselam</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055309688</t>
+          <t>9786055623609</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Temel Gramer Kuralları</t>
+          <t>Her Yönüyle Akşemseddin Hazretleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>410</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256132603</t>
+          <t>9789944704083</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Hadis ve Hadisçiler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258201086</t>
+          <t>9789944152846</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlileri İlmihalli Dua Rehberi</t>
+          <t>Günümüzde Aile (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>70</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256132559</t>
+          <t>9786055623463</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Somoncu Baba Hamid-i Veli'nin Tasavvufa Dair Üç Risalesi</t>
+          <t>Gözümün Nuru Namaz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256132573</t>
+          <t>9789756794074</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Örnek Ahlaklarıyla Peygamberler</t>
+          <t>Gençlik Dönemi ve Eğitimi 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256132542</t>
+          <t>9789756794070</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
+          <t>Gençlik Dönemi ve Eğitimi - 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256132535</t>
+          <t>9789756794487</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
+          <t>Geleneğin Altın Zinciri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256132566</t>
+          <t>9786055309428</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>41 Öğretmen - Eğitim Dünyamızı Aydınlatanlar</t>
+          <t>Gazzali’ye Göre İslam Ahlakı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256132504</t>
+          <t>9786055623388</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Son Dindir</t>
+          <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944704519</t>
+          <t>9786055309381</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ramazanı Nasıl İhya Ederim?</t>
+          <t>Fıkhi Açıdan Finans ve Altın İşlemleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944704762</t>
+          <t>9789944152112</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Namaz Dirilişe Çağrı</t>
+          <t>Fazlur Rahman’a Göre Allah ve İnsan</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256132498</t>
+          <t>9786055623104</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Halvetilik ve Halvetiler</t>
+          <t>Eskimeyen Hikayeler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258201208</t>
+          <t>9786055623074</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü'l Ahzab Nakşibendi Dua Kitabı 3 (Ciltli)</t>
+          <t>Endülüs Tarihi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>900</v>
+        <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257320092</t>
+          <t>9786055623111</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mevcmuatü’l-Ahzab - Şazeli Dua Kitabı 1 (Ciltli)</t>
+          <t>Ebedi Yurdumuz Cennet</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>900</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256132313</t>
+          <t>9789756794517</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Sosyal Hizmetler</t>
+          <t>Ebedi Mucize Kur’an</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>22</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256132450</t>
+          <t>9786055623197</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İbn Sa'd - Önderlerimiz 28</t>
+          <t>Ebede Yolculuk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258490954</t>
+          <t>9789944704793</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Tabakat, Arşiv Belgeleri Ve Yazmalar Ekseninde Somuncu Baba</t>
+          <t>Duanın Sırları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258490978</t>
+          <t>9789944704304</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İman - Amel İlişkisi</t>
+          <t>Dua Nedir</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256132467</t>
+          <t>9789944152075</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır - Şehirlerimiz 6</t>
+          <t>Dinleri Tarihleriyle Okumak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256506855</t>
+          <t>9789756794494</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerin Kurucu Nesli Tabiin</t>
+          <t>Dinlerde Mabed ve İbadet</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258201079</t>
+          <t>9799756794943</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslam Mezhepleri Tarihi</t>
+          <t>Dinler ve Misyonerler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>360</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052174609</t>
+          <t>9786055309398</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Fatih Sultan Mehmed</t>
+          <t>Dini ve Toplumsal Boyutlarıyla Cinsiyet 2</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055623807</t>
+          <t>9789944152242</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Aruz</t>
+          <t>Dini Sohbetler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059519762</t>
+          <t>9799756794844</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kanunî Sultan Süleyman</t>
+          <t>Dini Otorite Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>33</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052174616</t>
+          <t>9786055623739</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Hanedan Osmanlı - Osmanlı Padişahları</t>
+          <t>Din ve Gelenek</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052174661</t>
+          <t>9786055309190</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Detaylı İngilizce Gramer</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052174029</t>
+          <t>3990000009163</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hayatı (6 Kitap Set)</t>
+          <t>Demokratik Hukuk Devletinde Din ve Vicdan Hürriyeti</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052174326</t>
+          <t>9786055623081</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Elif-Ba Yazı Kitabım</t>
+          <t>Çocuk Sorunları ve İslam Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>33</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059519427</t>
+          <t>9786055623067</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kudretli Sultan 2. Abdülhamid Han</t>
+          <t>Çağımızın Ahlak Bunalımı ve Çözüm Arayışları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055309657</t>
+          <t>9786055623968</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hadis 1</t>
+          <t>Cumhuriyet Dönemi Din Eğitimi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>280</v>
+        <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944704977</t>
+          <t>9789756794265</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi</t>
+          <t>Cumhuriyet Dönemi Aydınlarının İslam’a Bakışı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057619624</t>
+          <t>9789944704502</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Sarf)</t>
+          <t>Cennetin Yolu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257320054</t>
+          <t>9789944704526</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Camiu’l-Usul (19 Cilt Takım)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059991636</t>
+          <t>9789944704830</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi (18 Cilt Takım) (Ciltli)</t>
+          <t>Bir Sosyal Güvenlik Kurumu Olarak Kur’an ve Sünnet’te Zekat</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>8950</v>
+        <v>56</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057619761</t>
+          <t>9789944152921</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yollar</t>
+          <t>Dünya-Ahiret Dengesinde Zenginlik ve Yoksulluk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057619402</t>
+          <t>9789944704823</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Saltanattan Cumhuriyete Yakın Tarihimizin Sır Perdesi</t>
+          <t>Bidat, Hurafe ve Batıl İnançlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057619495</t>
+          <t>9786055623890</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihine Adanan Ömür Kırk Derste Fuat Sezgin</t>
+          <t>Başlangıçtan Günümüze Şiilik ve Kolları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>190</v>
+        <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257320702</t>
+          <t>9786055309510</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Vahdetin İnşasında Nebevi Yöntem</t>
+          <t>Ayet ve Hadisler Işığında Aile İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258490008</t>
+          <t>9789944704021</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Muvafakat-ı Sahabe</t>
+          <t>Avrupa Birliği Sürecinde Dini Kurumlar ve Din Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>175</v>
+        <v>35</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258490312</t>
+          <t>3990000011419</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi Set ( 5 cilt )</t>
+          <t>Asitane, Dergah-ı Mevlana Albümü (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>650</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057619563</t>
+          <t>9789756794630</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şubat Ayazı</t>
+          <t>Arapçayı Öğreten Kitap</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052174913</t>
+          <t>9799756794561</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadetten Günümüze Ezan</t>
+          <t>Bilgi, Bilim ve İslam 1-2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>170</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059519502</t>
+          <t>9789944704915</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Adet ile İbadet Arasında Bocalayan Müslüman</t>
+          <t>Arapçanın Anahtarları 1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055623821</t>
+          <t>9786055623999</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Yolculuklar</t>
+          <t>Arapça Öğrenim ve Öğretim Kılavuzu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944704281</t>
+          <t>9786055309312</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Sosyal Hayat</t>
+          <t>Arapça İsim Sıfat Tamlamaları ve İsim Cümlesi Kurulumu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>115</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944704199</t>
+          <t>9789756794647</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Ramazan ve Oruç</t>
+          <t>Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>80</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944704205</t>
+          <t>9786055309541</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hac Kitabı</t>
+          <t>Arapça - Türkçe Öğretici Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>80</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055623364</t>
+          <t>9786055309206</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Diyar-ı Bekir ve Müslümanlarca Fethi</t>
+          <t>Annelik Okulu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>130</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055309237</t>
+          <t>9786055309176</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Oruç</t>
+          <t>Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>80</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944704106</t>
+          <t>9789756794531</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnkarcılık</t>
+          <t>Anahatlarıyla Kur’an-ı Kerim ve Kur’an İlimlerine Giriş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>80</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055309558</t>
+          <t>9789944197038</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Üç Aylar Mübarek Günler ve Kandil Geceleri</t>
+          <t>Ali Rıza Demircan Bütün Eserleri (6 Kitap Takım - Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059991117</t>
+          <t>9799756794974</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kırım Hanlığı ve Çöküş Sebepleri</t>
+          <t>Akifçe Tespitler - Değerlendirmeler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059991773</t>
+          <t>9786055623555</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii’nin İslam Hukuk Kaynaklarından İstihsana Yaklaşımı</t>
+          <t>Aile ve Eğitim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059519731</t>
+          <t>9789756794197</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mavi'ye Göç</t>
+          <t>21. Yüzyılda İslam Dünyası ve Türkiye</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059519052</t>
+          <t>3990000010566</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Alan Bilgisi Konu Anlatımı</t>
+          <t>15. ve 16. Asırları Türk Asrı Yapan Değerler (Kuşe) (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059519441</t>
+          <t>9799756794950</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Kavuşanlar</t>
+          <t>13.-16. y.y. Arası Osmanlı Müfessirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>130</v>
+        <v>33</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059519465</t>
+          <t>9786055623869</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali (r.a)</t>
+          <t>Fırtına Böyle Dindi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>350</v>
+        <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059519724</t>
+          <t>9786055309787</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Şii Düşünürler</t>
+          <t>İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055309923</t>
+          <t>9786055309879</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i 'Aliyye'nin Sonbaharı</t>
+          <t>Akaid ve Kelam İlminde Vahyin ve Aklın Yeri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055309640</t>
+          <t>9786055309763</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi ve Tefsir Örnekleri</t>
+          <t>Din Görevlilerinin Misyonu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055623180</t>
+          <t>9786059991834</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Haram Davranışlar</t>
+          <t>Osmanlıca Okumayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055623951</t>
+          <t>9789756794203</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıp Hukuku</t>
+          <t>Türkçe - Arapça Cep Lügatı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944704137</t>
+          <t>9786059991964</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancında Gayb Alemi</t>
+          <t>Osmanlıca Yazmayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>80</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059223430</t>
+          <t>9786059991049</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Espri ve Fıkralarıyla Ünlüler</t>
+          <t>Kur'an-ı Kerim Türkçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059223010</t>
+          <t>9786055309732</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Alevi - Sünni Farklılaşması</t>
+          <t>İslam Tıp Tarihi Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059223126</t>
+          <t>9786059991292</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Dünyamızı Aydınlatan 40 İslam Alimi 40 Örnek Hayat</t>
+          <t>İki Konulu Sorular - 2 Soru Bankası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>130</v>
+        <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059991254</t>
+          <t>9786059519557</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerde Ruh ve Şekil</t>
+          <t>Tıbb-ı Nebevi : Hz. Peygamber'in (s.a.v.) Sünnetinde Koruyucu Hekimlik</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059223935</t>
+          <t>9786059991520</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Eserleri ve Hizmetleriyle 2. Abdülhamid</t>
+          <t>Resimli İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059991926</t>
+          <t>9786059991124</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Arifler Gül Bahçesi</t>
+          <t>İslam Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059991094</t>
+          <t>9786059991056</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi - 1</t>
+          <t>Qur'ana Kerim U Meala We Ya Kurdi - Kur'an-ı Kerim ve Kürtçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059991629</t>
+          <t>9786059991193</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Modernizme Tekkeler ve Cumhuriyet</t>
+          <t>Tarihte ve Günümüzde Selefilik</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>130</v>
+        <v>26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059991391</t>
+          <t>9786059991087</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şuura Model İnsan Hz. Muhammed (s.a.v)</t>
+          <t>Peygamberimiz (s.a.v)'den 40 Hutbe 101 Hadis</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>80</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055309831</t>
+          <t>9786055309947</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Seksen Yıl Nasıl Geçti?</t>
+          <t>Anne Babalar İçin Çocuğunuza Kur'an Okumayı Sevdirme Yolları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059223102</t>
+          <t>9786052174883</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Düşüncesinde Sedd-i Zerai</t>
+          <t>Erken Çocukluk Döneminde Evde ve Okulda Yapılabilecek Etkinlikler</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055309411</t>
+          <t>9786052174791</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yeterlilik ve MBSTS Sınavlarına Hazırlık (Ciltli)</t>
+          <t>İlahiyat Atlası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059223348</t>
+          <t>9786059223140</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Anı Kutusu</t>
+          <t>Pratik Arapça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257320078</t>
+          <t>9786059519755</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gazele Yolculuk</t>
+          <t>Ruh Sağlığı ve Dini İnanç</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057619938</t>
+          <t>9786059519991</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hazreti Muhammed</t>
+          <t>Yakma Yanarsın</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057619860</t>
+          <t>9786059519403</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sünni-İrfani Geleneğin 14. Yüzyıl Temsilcisi Aşık Paşa ve Türkçe Mesnevisi</t>
+          <t>Babamın Dua Kitabı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944704151</t>
+          <t>9786052174098</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Zekat Kitabı</t>
+          <t>Ailemizle 52 Ders Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944704182</t>
+          <t>9786059258999</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sufi Ahlakı</t>
+          <t>Aşkın Kıyısı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>80</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944704175</t>
+          <t>9786059991711</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Tasavvufi Hayat</t>
+          <t>Arapça Hikayeler Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944704168</t>
+          <t>9786059519632</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Oruç Kitabı</t>
+          <t>Tasarrufa Dayalı Faizsiz Finansman Sistemi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>80</v>
+        <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059519533</t>
+          <t>9786059519656</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Namazın Sırları</t>
+          <t>Celaleddin Ed-Devvani</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055623579</t>
+          <t>9786059519700</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve Çanakkale Ruhu</t>
+          <t>Siyer-i Nebi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944704267</t>
+          <t>9786059519106</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kurban Kitabı</t>
+          <t>Mecelle Kartelası</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>80</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055623128</t>
+          <t>9786059223171</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’de Rızık ve İktisadi Hayat</t>
+          <t>Saadet-i Ömrüm: Medine Günleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944704113</t>
+          <t>9786059223584</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Temsiller</t>
+          <t>Arapça Seçme Okuma Parçaları 8</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>80</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944152143</t>
+          <t>9786059223577</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre İdeal Mümin</t>
+          <t>Arapça Seçme Okuma Parçaları - 7</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>80</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055623548</t>
+          <t>9786059223560</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikler</t>
+          <t>Arapça Seçme Okuma Parçaları - 6</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944704250</t>
+          <t>9786059223553</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kılavuzu</t>
+          <t>Arapça Seçme Okuma Parçaları - 5</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>80</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057619440</t>
+          <t>9786059223546</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihinin Klasik Kaynakları</t>
+          <t>Arapça Seçme Okuma Parçaları - 4</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057619693</t>
+          <t>9786059223539</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Marka Değeri Olarak Oflu Hoca</t>
+          <t>Arapça Seçme Okuma Parçaları - 3</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057619556</t>
+          <t>9786059223522</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Eylülle Gelen</t>
+          <t>Arapça Seçme Okuma Parçaları - 2</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057619419</t>
+          <t>9786059223508</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İhtilalden İktidara Abbasiler</t>
+          <t>Arapça Seçme Okuma Parçaları - 1</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258490985</t>
+          <t>9789750188725</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Emevi Devleti’nin Sonuna Kadar İlk Dönem İslam Tarihi ve Medeniyeti</t>
+          <t>Sistematik Kelam</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256132283</t>
+          <t>9786055309848</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Toplumsal Sınanma</t>
+          <t>Ayet ve Hadisler Işığında Stresin Manevi Reçetesi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256132108</t>
+          <t>9786055309718</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dindarlığımızla Yüzleşmek</t>
+          <t>Tefsir Okumalarına Giriş - Külli Kaideler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256132061</t>
+          <t>9786055309565</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Rüstemiler</t>
+          <t>Arapça - Türkçe Yeni Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>188</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256132214</t>
+          <t>9786055309619</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Akaid ve Kelam İlimlerinde Peygamberlik Konusu</t>
+          <t>İslam Hukukunda Tek Taraflı Hukuki İşlemler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>140</v>
+        <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256132207</t>
+          <t>9786055309626</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Çağdaş Dönemde Kur’an İlimlerindeki Tartışmalar</t>
+          <t>Kolay ve Hızlı Kur'an Okuma Rehberi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>260</v>
+        <v>29</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258201451</t>
+          <t>9789944704779</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlimleri ve Hadis Tarihi</t>
+          <t>İslam’ın Üç Kutsal Mabedi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>14</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258490923</t>
+          <t>9786055623357</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>İslam’da Sevgi Temelinde Beşeri Münasebetler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256132184</t>
+          <t>9789944704922</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Kur’an Konuları</t>
+          <t>İslam’da Peygamber İnancı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256132146</t>
+          <t>9789756794357</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Tefsiri (2 Cilt) (Ciltli)</t>
+          <t>İslam’da Kılık-Kıyafet ve Örtünme</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756794289</t>
+          <t>9789756794692</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Akaidi ve Kelama Giriş</t>
+          <t>İslam’da Kadın ve Aile</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256506831</t>
+          <t>9789756794234</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Güncel Fıkhi Fetvalar</t>
+          <t>İslam’da İnsan Hakları Din Vicdan ve Düşünce Hürriyeti</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256132009</t>
+          <t>9789944704311</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İstahri Öncülerimiz - 32</t>
+          <t>İslam’da Dünya Ahiret Dengesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256132078</t>
+          <t>9789756794395</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mesudi - Öncülerimiz - 38</t>
+          <t>İslam’da Aile ve Çocuk Terbiyesi 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256132092</t>
+          <t>9789756794418</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İdrisiler Devletlerimiz - 25</t>
+          <t>İslam’da Aile ve Çocuk Terbiyesi 1</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256132085</t>
+          <t>9786055623937</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Murabıtlar Devletlerimiz - 36</t>
+          <t>İslam’a Göre Cinsel Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256506992</t>
+          <t>9789756794062</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Hıfzı Geleneği ve Günümüzdeki Uygulama Biçimleri</t>
+          <t>İslam ve Demokrasi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256506985</t>
+          <t>9786055309039</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Fergana</t>
+          <t>İslam Toplumunda Hristiyanlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>110</v>
+        <v>35</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256506961</t>
+          <t>9789944152228</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İmam Nesai (Öncülerimiz-40)</t>
+          <t>İslam Tarihinden Yapraklar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>110</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256506978</t>
+          <t>9789944152150</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>I. Abdurrahman (Önderlerimiz-26)</t>
+          <t>İslam Mantık Geleneği ve Doğuluların Mantığı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>21</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258201499</t>
+          <t>9789944704847</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Hadisleri</t>
+          <t>İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>120</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756794401</t>
+          <t>9786055623982</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Hukuku (1-2-3 Ciltler Bir Arada)</t>
+          <t>Kredi ve Finans Yöntemleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>550</v>
+        <v>21</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059991995</t>
+          <t>9789944704755</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri 11. Sınıf Arapça Yaprak Testler Çek Koparlı</t>
+          <t>İslam Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754734423</t>
+          <t>9789756794425</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mesajları (Ciltli)</t>
+          <t>İmam - Hatip Liseleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057619198</t>
+          <t>9786055623098</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Farsça YDS Hazırlık Kılavuzu Metinler Alıştırmalar</t>
+          <t>İktibaslar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>34</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256506848</t>
+          <t>9789756794470</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamber’in Muasırlarıyla Münasebetleri-3 Yahudilerle Münasebetler</t>
+          <t>İbn Rüşd’ün Hukuk Düşüncesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>16</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256506862</t>
+          <t>9789756794319</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Matüridi’nin Hikmet Tasavvurunda Evren, İnsan ve Din</t>
+          <t>Hz. Peygamberin Sünnetinde Orta Yol</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055623661</t>
+          <t>9789756794326</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf Tarihine Giriş</t>
+          <t>Hz. Peygamberin Sünnetinde İtaat</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055623241</t>
+          <t>9789944704694</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Safvetü’t - Tefasir (7 Cilt Takım - Kutulu) (Ciltli)</t>
+          <t>Hz. Peygamber’in Medeniyet Projesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>4500</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256506817</t>
+          <t>9786055623159</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (Sav) Döneminde Münafıklar</t>
+          <t>İnsan, Kainat ve Ötesi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>125</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256506824</t>
+          <t>9786059519090</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Hak Dinidir</t>
+          <t>Kadınlara Da Farzdır</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>115</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256506800</t>
+          <t>9786059223737</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Deryasında Seyran - Hikmetname</t>
+          <t>Civanmert</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256506497</t>
+          <t>9786059991650</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Gençlik Problemler ve Çözüm Önerileri</t>
+          <t>Bidayetü'l-Müctehid ve Nihayetü'l Muktesid (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256506282</t>
+          <t>9786059991551</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültürünün Dini Temelleri - Sünnetin Türkislam Kültürü Üzerindeki Etkileri</t>
+          <t>Konularına Göre Arapça - Türkçe Resimli Büyük Sözlük</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>170</v>
+        <v>32</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256506374</t>
+          <t>9786058383302</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hak Mücadelesi ve Sivil Toplum</t>
+          <t>Öpülesi İzler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>14</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256506428</t>
+          <t>9786059223133</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>I. Murad (Önderlerimiz-42)</t>
+          <t>Hz. Peygamber'den (S.A.V) Müslüman Erkeklere Altın Öğütler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256506435</t>
+          <t>4000000005001</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İmam Müslim (Öncülerimiz-39)</t>
+          <t>Arapça Seçme Okuma Parçaları Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>100</v>
+        <v>48</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256506589</t>
+          <t>9786059223379</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sana Emanet - Sorularla 40 Derste Kur’an-ı Kerim</t>
+          <t>Lider Olarak Hazreti Peygamber (S.A.V)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256506572</t>
+          <t>9786059991247</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sana Emanet - Sorularla 40 Derste Hadis</t>
+          <t>E - Fetva</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256506619</t>
+          <t>9786059991278</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Beyrut (Şehirlerimiz - 5)</t>
+          <t>Elif Ba Öğreniyorum (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>110</v>
+        <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256506343</t>
+          <t>9786059991308</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cezayir (Şehirlerimiz - 8)</t>
+          <t>İki Konulu Sorular - 1 Soru Bankası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256506480</t>
+          <t>9786059991315</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>El-Hatib El-Bağdağdi (Öncülerimiz - 16)</t>
+          <t>Dini Danışmanlık ve Din Hizmetleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256506381</t>
+          <t>9786059991223</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar (Devletlerimiz - 22)</t>
+          <t>Kısa Surelerin Terbiyesinde</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059519717</t>
+          <t>9786059991162</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kur’an Kurslarında Kur’an ve Dini Bilgiler Öğretimi</t>
+          <t>Din Eğitimi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055623715</t>
+          <t>9786059991452</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (4. Cilt)</t>
+          <t>Aykız - 3 : Hayvanları Keşfediyor</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>370</v>
+        <v>7</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055309671</t>
+          <t>9786059991490</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası</t>
+          <t>Aykız - 2 : Vücudum ve Ailem</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>450</v>
+        <v>7</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059991025</t>
+          <t>9786059991438</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Mutasavvıf Gözüyle Nasreddin Hoca</t>
+          <t>Aykız - 7 : Araç ve Gereçler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>280</v>
+        <v>7</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059519793</t>
+          <t>9786059991483</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslam'da Çocuk Terbiyesi</t>
+          <t>Aykız - 6 : Ulaşım ve Meslekler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>7</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059519663</t>
+          <t>9786059991476</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Ed-Devvani'nin Kelam Sistemi</t>
+          <t>Aykız - 8 : Türkiyeyi Geziyor ve Keşfediyor</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>240</v>
+        <v>7</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059223232</t>
+          <t>9786059991513</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Genç Din Eğitimcisine Mektuplar</t>
+          <t>Aykız - 1 : Sayıları ve Şekilleri Öğreniyor</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>140</v>
+        <v>7</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754734454</t>
+          <t>9786059991469</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre (Ciltli)</t>
+          <t>Aykız - 4 : Mevsimler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>7</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055623050</t>
+          <t>9786059991445</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Anlatayım Dedim</t>
+          <t>Aykız - 5 : Bitkiler ve Yiyecekler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>300</v>
+        <v>7</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256506190</t>
+          <t>9786059991148</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Sahabe</t>
+          <t>DHBT Din Hizmetleri Alan Bilgisi Testi Soru Bankası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>26</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256506602</t>
+          <t>9786055309961</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Avamilu Cürcani ve Zuruf</t>
+          <t>Hac ve Umre Yolcularına Mekke Medine Rehberi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256506626</t>
+          <t>9786059223218</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kelam Tarihi (Arapça)</t>
+          <t>İmam Hatip Okulları 5. Sınıf Arapça Ders Kitabı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256506299</t>
+          <t>9786059991797</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Dindarlık</t>
+          <t>Günümüz Müslümanı İçin Din Kültürü</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256506466</t>
+          <t>9786055309992</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri (Önderlerimiz-49)</t>
+          <t>Değerleri Yaşatmak ve Değerler Sözlüğü</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>110</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256506459</t>
+          <t>3990000054895</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Şeybaniler (Devletlerimiz-5)</t>
+          <t>Kim Güzel Konuşmak İstemez Ki?</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256506442</t>
+          <t>9786059223058</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kudüs (Şehirlerimiz-28)</t>
+          <t>Araplar İçin Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>110</v>
+        <v>55</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256506350</t>
+          <t>9786059991827</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Edirne (Şehirlerimiz-10)</t>
+          <t>Masum Hırsız</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>110</v>
+        <v>7</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256506367</t>
+          <t>9786059991421</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gazne (Şehirlerimiz-13)</t>
+          <t>Kerbela'nın Hesabı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>110</v>
+        <v>35</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256506312</t>
+          <t>9786059991339</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Silvan (Şehirlerimiz-35)</t>
+          <t>İnsan ve İslam</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256506336</t>
+          <t>9786059223249</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Amman (Şehirlerimiz-1)</t>
+          <t>Para, Faiz ve İslam</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>110</v>
+        <v>26</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256506398</t>
+          <t>9786059223393</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kabil (Şehirlerimiz-22)</t>
+          <t>İmam Hatip Ortaokulu Müfredatına Uygun 8. Sınıf Görsel Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256506596</t>
+          <t>9786257320856</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hatibin Hitabeti</t>
+          <t>Kur’an’ın Ana Konuları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256506251</t>
+          <t>9786055309794</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Klasik ve Modern Yaklaşımlar</t>
+          <t>Kulluk</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>380</v>
+        <v>14</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256506244</t>
+          <t>9786055309756</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri-2</t>
+          <t>Araştırmacılarla Başbaşa</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>14</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258201116</t>
+          <t>9786059223799</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l-Avamil Faydalı İlavelerle</t>
+          <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>110</v>
+        <v>7</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057619426</t>
+          <t>9786055309602</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Nahiv Bilgisi (Orta Seviye İçin)</t>
+          <t>İnsanı Yücelten Değerler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256506268</t>
+          <t>9786055309770</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Mısır İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
+          <t>İlim ve İlim Yolcuları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>320</v>
+        <v>14</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256506411</t>
+          <t>9786055309800</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (S.A.V.) İstişareleri</t>
+          <t>Kur'an ve Hayat</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256506138</t>
+          <t>9799756794615</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Nasır Li-Dinillah (Önderlerimiz-25)</t>
+          <t>Zemahşeri ve Arap Lugatçılığındaki Yeri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>80</v>
+        <v>16</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256506145</t>
+          <t>9786055309107</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Mehdi (Önderlerimiz-24)</t>
+          <t>Hudeyhiye Ufuklarına Doğru Yükseliş</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256506107</t>
+          <t>9799756794745</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Velid B. Abdülmelik (Önderlerimiz-22)</t>
+          <t>Yetişkinlik Dönemi Eğitimi ve Problemleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256506091</t>
+          <t>9789944152914</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid (Önderlerimiz-43)</t>
+          <t>Yazma Eserler Terminolojisi</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256506206</t>
+          <t>9789944704076</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Matüridi Tefsirinde Makasıdi Yorum</t>
+          <t>Yaşlılık Dönemi ve Problemleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256506220</t>
+          <t>9789756794364</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Allah Bizden Neler İstiyor?</t>
+          <t>Yaşayan Kur’an Hazreti Peygamber</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>260</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256506169</t>
+          <t>9786055623777</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ebu Cafer Mansur (Önderlerimiz-23)</t>
+          <t>Hz. Muhammed (sav) 'in Peygamberliğinin Delilleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258201970</t>
+          <t>9786055309046</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Devlet (Devletlerimiz-1)</t>
+          <t>Uygulamalı Arapça</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258490800</t>
+          <t>9789756794227</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Memlükler (Devletlerimiz-33)</t>
+          <t>Türkiye’de İslamlaşma ve Önündeki Engeller</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>120</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258201956</t>
+          <t>9786055309008</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kahire (Şehirlerimiz-23)</t>
+          <t>Tefsir Nasıl Bir İlimdir?</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>110</v>
+        <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258201000</t>
+          <t>9789944704045</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l-Esir (Öncülerimiz-31)</t>
+          <t>Tasavvuf ve İrfan Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256506114</t>
+          <t>9799756794752</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tirmizi (Öncülerimiz-46)</t>
+          <t>Tarihte ve Günümüzde Ehl-i Sünnet (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258201994</t>
+          <t>9786055623333</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Zühri (Öncülerimiz-50)</t>
+          <t>Sünnetin Dindeki Yeri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059519014</t>
+          <t>9786055914165</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İbn Asakir (Öncülerimiz-17)</t>
+          <t>Söz Gümüş Nasihat Altın Olursa</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>17</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256506183</t>
+          <t>9786055623005</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gazneli Mahmmud (Önderlerimiz-12)</t>
+          <t>Sosyal ve Ferdi İşlevleri Açısından Namaz ve Cami</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258201987</t>
+          <t>9789756794449</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz (Önderlerimiz-47)</t>
+          <t>Sosyal Hayatta Kadın</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>100</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256506176</t>
+          <t>9789756794432</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>IV. Murad (Önderlerimiz-45)</t>
+          <t>Sosyal Değişme ve Dini Hayat</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>100</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057619167</t>
+          <t>9789944704786</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Arapça Öğretimi</t>
+          <t>Sohbetler ve Hatıralar 2</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>120</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256506077</t>
+          <t>9799756794868</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Hayat (Ciltli)</t>
+          <t>Sohbetler ve Hatıralar (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>550</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256506121</t>
+          <t>3990000007048</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ( Önderlerimiz-16)</t>
+          <t>Sıra Bizde</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256506060</t>
+          <t>9786055623166</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mecmu’atu’s-Sarf</t>
+          <t>Peygamberimizin Öğrettiği Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>270</v>
+        <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256506053</t>
+          <t>9789944152044</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Avamil</t>
+          <t>Peygamberimizin İbadetleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>120</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256506084</t>
+          <t>9799756794370</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Fıkhın Anlam Ve İşlevi-III -Fıkıh Ve Toplum-</t>
+          <t>Örnek Kul Son Resul</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256506022</t>
+          <t>9789944704960</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Kerim’in İcazı Tefsiri</t>
+          <t>Osmanlı Türkçesini Okuma ve Anlamada Arapçanın Yeri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256506046</t>
+          <t>9786055623036</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Arapça Morfoloji (Sarf Bilgisi)</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>230</v>
+        <v>21</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256506039</t>
+          <t>9786055623708</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İlmi ve Akli Delillerle Tahkiki İman ve Namaz</t>
+          <t>Osmanlı History and Institutions</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>120</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258201932</t>
+          <t>9799756794981</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yasin ve Tebliğ</t>
+          <t>Osmanlı Halkının Geleneksel İslam Anlayışı ve Kaynakları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258201949</t>
+          <t>3990000010343</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Güzin Peygamber Halkası</t>
+          <t>Osmanlı Devleti’nde Din ve Vicdan Hürriyeti</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>70</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258201963</t>
+          <t>9789944152235</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İslam Barış Dinidir</t>
+          <t>Nesillerin El Kitabı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>100</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258201871</t>
+          <t>9789944704229</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hakk'ın Zaferleri</t>
+          <t>Namaz Kitabı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>250</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258201482</t>
+          <t>9786055914172</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İbn Hurdazbih - Öncülerimiz 21</t>
+          <t>Namaz Gerçeği</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057619587</t>
+          <t>9786055309145</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sınavlarda Başarının Sırları - Cep Telefonu ile Baş Etmenin Yolları</t>
+          <t>Mezhepler Tarihi ve Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>135</v>
+        <v>33</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052174777</t>
+          <t>9789944704946</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sınav Kazandıran Anahtar Kitap Çöz Geç Arapça Nahiv Soru Bankası</t>
+          <t>Meşhur Sünnetin Dindeki Yeri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>280</v>
+        <v>17</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059519892</t>
+          <t>9799756794776</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili ve Belagatında Lafız ve Anlam</t>
+          <t>Kutlu Peygamberim Hz. Muhammed (S.A.V.)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>190</v>
+        <v>4</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052174579</t>
+          <t>9789944152976</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Arapça Basın Kelimeleri Sözlüğü (Türkçe-Arapça, Arapça-Türkçe)</t>
+          <t>Kur’an’ın Metinleşme Süreci</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>300</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059519618</t>
+          <t>9786055309015</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Sarf  – Arapça Dil Bilgisi</t>
+          <t>Kur’an’ın Anlaşılmasına Doğru Tefsir ve Toplum</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059223829</t>
+          <t>9789944152983</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Arapça'da Fiil Zamanları</t>
+          <t>Kur’an-ı Kerim’de Ehl-i Kitab</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>115</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059223898</t>
+          <t>9786055623760</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Hikayeler ve Masallar - 2</t>
+          <t>Kur’an-ı Kerim Tecvidi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059519595</t>
+          <t>9789756794678</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalarla Nahiv Arapça Dil Bilgisi</t>
+          <t>Kur’an-ı Kerim Açısından İman-Amel İlişkisi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057399748</t>
+          <t>3990000009165</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yüksek Din Eğitimi Anlayışının Değişimi</t>
+          <t>Kur’an-ı Kerim (Cami Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258201901</t>
+          <t>9786055309442</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>“Min Kunuzi’s-Sünne” Sünnet Hazinelerinden 40 Hadis ve Şerhi</t>
+          <t>Kur’an’dan Evrensel Mesajlar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258201895</t>
+          <t>9789944704090</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Somuncu Baba’nın Kırk Hadis Şerhi</t>
+          <t>Kur’an’dan Evrensel İlkeler</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258201918</t>
+          <t>9789756794500</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Fiillerinin Güncel Değeri</t>
+          <t>Kur’an’da Toplumsal Düzen</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258201864</t>
+          <t>9789944704687</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Temelli Siyer-i Nebi</t>
+          <t>Kur’an’da Sosyal Gerçeklik</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>130</v>
+        <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258201857</t>
+          <t>9786055623227</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’den İbretlik Mesajlar</t>
+          <t>Kur’an’a Göre İnsan ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258201833</t>
+          <t>9799756794813</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Hz. Muhammed (Sav) Modeli Sufa Okulu Bize Verdiği İlhamlar</t>
+          <t>Kur’an ve Yorum</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>220</v>
+        <v>14</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258201840</t>
+          <t>3990000010349</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hizmete Adanmış Bir Ömür Hacı Osman Erilli</t>
+          <t>Kur’an ve Tefsir Araştırmaları-3</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>175</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258201581</t>
+          <t>9786059991018</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Liyakata Verdiği Önem</t>
+          <t>Kur’an ve Sünnet Işığında Cennet Hayatı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258201529</t>
+          <t>9789944704243</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Kolay Tefsir Amme Cüzü Tefsiri</t>
+          <t>Kur’an Kıssaları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258201567</t>
+          <t>3990000009164</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalarla Belagat</t>
+          <t>Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>270</v>
+        <v>33</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258201475</t>
+          <t>9799756794851</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Balcı’ya Vefa Kitabı</t>
+          <t>Kur’an Aydınlığında Müslümana Yol Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>120</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057380777</t>
+          <t>9786055309404</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Kerim Öğretimi Temel İlkeler Yeni Yöntem Ve Teknikler</t>
+          <t>KPSS - ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenlik Alan Bilgisi Testi Soru Bankası</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258201444</t>
+          <t>9789756794258</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd (Öncülerimiz-37)</t>
+          <t>Klasik Modernizm’de Kur’an’a Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>100</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258201345</t>
+          <t>9786055623043</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim (Önderlerimiz-18)</t>
+          <t>Kırım Türkleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>100</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258201321</t>
+          <t>9786055623876</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>3. Abdurrahman (Önderlerimiz-9)</t>
+          <t>Kaynana Münevver Hanım</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>100</v>
+        <v>16</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258201338</t>
+          <t>9786055309121</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Hasan (Önderlerimiz-21)</t>
+          <t>Kavuşma</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258201420</t>
+          <t>9789756794548</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye (Öncülerimiz-30)</t>
+          <t>İslami İlimlerde Metodoloji (Usül) Meselesi 1</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258201437</t>
+          <t>9789944704953</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina (Öncülerimiz-29)</t>
+          <t>İslami İlimlerde Metodoloji (Usül) Meselesi 3</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>100</v>
+        <v>28</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258201352</t>
+          <t>9786052174746</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi (Önderlerimiz-41) (Ciltli)</t>
+          <t>Osmanlı'da Mezhep</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258201383</t>
+          <t>9789756321812</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi (Öncülerimiz-34)</t>
+          <t>Kur'an-ı Kerim (Cep Boy)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>100</v>
+        <v>840</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258201406</t>
+          <t>9786057619259</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Taberi (Öncülerimiz-44)</t>
+          <t>Sevgi Merkezli Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258201369</t>
+          <t>9789944152969</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Harezmşah Önderlerimiz-13)</t>
+          <t>Hadis Çözümlemeleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257320146</t>
+          <t>9786057619778</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Sosyolojisi</t>
+          <t>Namazın Nasılsa Hayatın Öyledir</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258201376</t>
+          <t>9786052174548</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Endülüs İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
+          <t>Nabia Abbott ve Hadis'e Yaklaşımı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258201109</t>
+          <t>9789756794151</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sufîi Kişilik ve Ahlak</t>
+          <t>Kur'an ve Tefsir Araştırmaları 5</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>21</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258201291</t>
+          <t>9786057619341</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İlmi İle Amil Bir Alim Prof. Dr. S. Kemal Sandıkçı'ya Vefa</t>
+          <t>Kripto Para Birimleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258201178</t>
+          <t>9786052174760</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ebu Davud (Öncülerimiz-6)</t>
+          <t>Siyer Usulü</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258201185</t>
+          <t>9789944704144</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Teftazani (Öncülerimiz-45)</t>
+          <t>Düşünce ve Kültürde Tasavvuf</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258201192</t>
+          <t>9786055309152</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ebüssuud Efendi</t>
+          <t>Dini ve Toplumsal Boyutlarıyla Cinsiyet 1</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258201161</t>
+          <t>9786256132528</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 40 Derste İnanç Esasları</t>
+          <t>Kadiri Bendesi Bir Sufi Aksaraylı Şeyh Osman Efendi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258201123</t>
+          <t>9786256132986</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>(İlk Dönem) İslam Tefsir Ekolleri</t>
+          <t>Kuran’ı Kerim’in Dilinden Hz. Peygamber</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258201093</t>
+          <t>9786259355801</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Sünnetinde Alternatif Çözüm Yolları</t>
+          <t>İlk Beş Asırda Sufi Epistemoloji</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258201147</t>
+          <t>9786256132771</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Abdülmelik B. Mervan</t>
+          <t>Eğitimde ve Öğretimde Nebevi Metot</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258201130</t>
+          <t>9786256132955</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>II. Murad</t>
+          <t>Ayet ve Hadisler Işığında Helal-Mekruh ve Haramlar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258201062</t>
+          <t>9786256132795</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Hazinesi</t>
+          <t>Dini Doğru Anlamak ve Doğru Yaşamak I</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059519588</t>
+          <t>9786256132801</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Zirveye Sarf</t>
+          <t>Dini Doğru Anlamak ve Doğru Yaşamak II</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258201055</t>
+          <t>9786256132863</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Açıklamalı, Çözüm Örnekli Arapça Dil Bilgisi Nahiv İlmi</t>
+          <t>Hadiste Sened Tenkidi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258201017</t>
+          <t>9786256132870</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'e Göre Peygamber Efendimiz ve Tevhid Mücadelesi</t>
+          <t>Osmanlı’dan Cumhuriyet’e Bilgide Otoritenin Dönüşümü l Fıkıhtan Hukuka</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258490961</t>
+          <t>9786256132832</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin İslam’daki Yeri</t>
+          <t>Bütün Yönleriyle Savaş</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258490992</t>
+          <t>9786256132849</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İmam Buhari (Öncülerimiz-4)</t>
+          <t>Sana Emanet - Sorularla 40 Derste Sahabe</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258490947</t>
+          <t>9786256132856</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Harun Reşid (Önderlerimiz-8)</t>
+          <t>Sana Emanet - Sorularla 40 Derste Ahlak</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258201048</t>
+          <t>9786256132788</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Razi (Öncülerimiz-11)</t>
+          <t>Esmalardan Öze Yolculuk</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258490589</t>
+          <t>9786256132818</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Dünya Düzenidir</t>
+          <t>Alıştırma ve Hikayelerle Basitleştirilmiş Nahiv Bilgisi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258490787</t>
+          <t>9786256132764</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İbn Kesir (Öncülerimiz - 24)</t>
+          <t>Etkiniklerle Tecvid Öğretimi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258490794</t>
+          <t>9786256132740</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İmam Malik (Öncülerimiz - 36)</t>
+          <t>Klasik Dönemden Çağdaş Yaklaşımlara Tefsir Metinleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258490763</t>
+          <t>9786256132757</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Vakıdi (Öncülerimiz - 47)</t>
+          <t>Hitabet (Sözde Hikmet, Üslupta Zarafet)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258490268</t>
+          <t>9786256132733</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Baybars  (Önderlerimiz - 39)</t>
+          <t>Gençlerde Din Dışı Yönelimler ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258490756</t>
+          <t>9786256132658</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gazzali (Öncülerimiz - 13)</t>
+          <t>Yeterli Sözlük - Arapça/Türkçe (3 Cilt)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>100</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258490770</t>
+          <t>9786057619280</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman (Önderlerimiz - 19)</t>
+          <t>Önce Alkışladılar Sonra Öldürdüler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258490817</t>
+          <t>9786256132115</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm (Öncülerimiz - 20)</t>
+          <t>Modern Çağda Müslüman Kalabilmek</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789756324165</t>
+          <t>9786256132375</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İmam-Hatiplilik Şuuru</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri - 4</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052174074</t>
+          <t>9786256132719</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Hudeybiye Ufuklarına Doğru Yükseliş</t>
+          <t>Arapça Dil Bilgisi Sarf-Nahiv</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052174067</t>
+          <t>9786256132702</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hayatı 5 - Guruba Yaklaşırken</t>
+          <t>İlim ve Alim (İlim Tahsilinde İlkeler ve Cami’u’t-Tirmizi’nin İlim Bölümü)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059991537</t>
+          <t>9786059223355</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Evde ve Okulda Başarılı Eğitimin Sırları Ailede Çocuk Eğitimi</t>
+          <t>Arapça Seçme Hikayeler ve Masallar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258490015</t>
+          <t>9786256506473</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Namazlarımızı Bilinçaltında Kılabilmek</t>
+          <t>Sarf ve Nahiv Açısından Kısa Surelerin Tahlilleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944704885</t>
+          <t>9786057619143</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yılların Özü</t>
+          <t>Ayet ve Hadislerle İslam (Arapçalı)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057619907</t>
+          <t>9786052174937</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Altın Sözler</t>
+          <t>Namazı Yaşamak</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057619754</t>
+          <t>9786059519434</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Basın / Medya Arapçası (Orta Seviye İçin)</t>
+          <t>Büyük Türk Alimi Maturidi ve Maturidilik</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052174593</t>
+          <t>9786052174265</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Basın / Medya Arapçası (İleri Seviye İçin)</t>
+          <t>Kur’an-ı Kerim Kıraatinde Dad Harfi ve Dudak Ta’limi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057619020</t>
+          <t>9786059223973</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresini Yenme Sanatı</t>
+          <t>Kur'an-ı Kerimden Kadınlara</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258490916</t>
+          <t>9786059991414</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Dilencilik</t>
+          <t>İmam Hatip Liseleri 10. Sınıf Arapça Yaprak Testler</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052174418</t>
+          <t>9786059223720</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Nahiv)</t>
+          <t>Hadislerde Bereket</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258490930</t>
+          <t>9780000004109</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Hukuki (Fıkhi) İdari ve Mali Boyutlarıyla Teverruk</t>
+          <t>Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +3 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>150</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258490749</t>
+          <t>9786257320894</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Vahyin İzinde</t>
+          <t>Hazreti Ömer</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258490824</t>
+          <t>9786059223805</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hanımları</t>
+          <t>Koşan Yağmur Damlası</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258490435</t>
+          <t>9786257320979</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Fıkhın Anlam Ve İşlevi II - Fıkhi Bilgi Üretiminde Çok Mezhepli Yaklaşım-</t>
+          <t>Nureddin Zengi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257320597</t>
+          <t>9786055309572</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sabah Akşam Dualar ve Zikirler</t>
+          <t>Namaz Hocası</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258490497</t>
+          <t>9789944704861</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Melikşah (Önderlerimiz - 11)</t>
+          <t>Riyazü’s Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258490657</t>
+          <t>9786055623722</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Zehebi (Öncülerimiz - 48)</t>
+          <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258490688</t>
+          <t>9789756794913</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı Hz.Muhammed'in (sav) Hayatı</t>
+          <t>Kur’an-ı Kerim’in Türkçe Anlamı (Meal)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258490671</t>
+          <t>9789756794579</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Matarama Kan Doldu Çanakkale Destanı</t>
+          <t>Kur’an-ı Kerim’in İndirildiği Yedi Harf ve Kıraatlar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258490664</t>
+          <t>9786059223447</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 40 Derste Peygamberimizin Hayatı</t>
+          <t>Zeynep Namaza Başlıyor</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258490473</t>
+          <t>9786256132634</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Din Hizmetlerinde İletişim ve Tebliğ</t>
+          <t>Akrabalık İlişkilerinin Geliştirilmesinde Hadislerin Rolü</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258490565</t>
+          <t>9786256132641</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası</t>
+          <t>Akrabalık Terapisi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258490510</t>
+          <t>9786256132627</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle İslam İlmihali</t>
+          <t>Tasavvuf Sosyolojisi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258490527</t>
+          <t>9786256132597</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Maturidi’nin Uluhiyet Meselelerine Yaklaşımı</t>
+          <t>Şak Şık Şakayık - Töreli İştikak Denemeleri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258490558</t>
+          <t>9786256132610</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Peygamberlik ve Peygamberler</t>
+          <t>Öz’lenmek için Söz’lenmek</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258490459</t>
+          <t>9786256132511</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Öncülerimiz - 5 Cahız</t>
+          <t>Din Eğitimi ve Din Hizmetlerine Adanmış Bir Ömür: Anılarım</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258490466</t>
+          <t>9786055309688</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Öncülerimiz - 15 Hasan-ı Basri</t>
+          <t>Arapçanın Temel Gramer Kuralları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>100</v>
+        <v>410</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258490572</t>
+          <t>9786256132603</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Yusuf b. Taşfin - Önderlerimiz - 14</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258490541</t>
+          <t>9786258201086</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında İslam’ın İnanç Esasları</t>
+          <t>Din Görevlileri İlmihalli Dua Rehberi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258490305</t>
+          <t>9786256132559</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Hocası Kırk Derste Akşemseddin Hazretleri</t>
+          <t>Somoncu Baba Hamid-i Veli'nin Tasavvufa Dair Üç Risalesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258490534</t>
+          <t>9786256132573</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bilim Dallarından Kur’an’a Bakış</t>
+          <t>Örnek Ahlaklarıyla Peygamberler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258490336</t>
+          <t>9786256132542</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 1 - Tarihte Müslüman Kadın</t>
+          <t>Geç Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258490367</t>
+          <t>9786256132535</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 3 - Düşüncede Müslüman Kadın</t>
+          <t>Erken Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258490343</t>
+          <t>9786256132566</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 5 - Siyasette Müslüman Kadın</t>
+          <t>41 Öğretmen - Eğitim Dünyamızı Aydınlatanlar</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258490350</t>
+          <t>9786256132504</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 4 - İlimde Müslüman Kadın</t>
+          <t>Kur’an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Son Dindir</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258490374</t>
+          <t>9789944704519</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 2 - Coğrafyada Müslüman Kadın</t>
+          <t>Ramazanı Nasıl İhya Ederim?</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258490329</t>
+          <t>9789944704762</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Ve Arkadaşlarının Hayatında Şaka</t>
+          <t>Namaz Dirilişe Çağrı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258490244</t>
+          <t>9786256132498</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Davet İlmi: Giriş</t>
+          <t>Osmanlı Toplumunda Halvetilik ve Halvetiler</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258490251</t>
+          <t>9786258201208</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Toplumsal Boyutlarıyla Kadın</t>
+          <t>Mecmuatü'l Ahzab Nakşibendi Dua Kitabı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>70</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258490275</t>
+          <t>9786257320092</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşları Ve Talebelerinin Gözünden - Ali Osman Koçkuzu</t>
+          <t>Mevcmuatü’l-Ahzab - Şazeli Dua Kitabı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>130</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258490114</t>
+          <t>9786256132313</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ömer B. Abdülaziz</t>
+          <t>İslam Medeniyetinde Sosyal Hizmetler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258490220</t>
+          <t>9786256132450</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Me’mün</t>
+          <t>İbn Sa'd - Önderlerimiz 28</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258490084</t>
+          <t>9786258490954</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Savaş Göç Yoksulluk Sempozyumu</t>
+          <t>Tarih, Tabakat, Arşiv Belgeleri Ve Yazmalar Ekseninde Somuncu Baba</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257320726</t>
+          <t>9786258490978</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukçularının Hadis Tartışmaları</t>
+          <t>İman - Amel İlişkisi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257320993</t>
+          <t>9786256132467</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman</t>
+          <t>Diyarbakır - Şehirlerimiz 6</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257320610</t>
+          <t>9786256506855</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebu Bekir</t>
+          <t>İslami İlimlerin Kurucu Nesli Tabiin</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257320986</t>
+          <t>9786258201079</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>İslam Mezhepleri Tarihi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257320863</t>
+          <t>9786052174609</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukukunda Af</t>
+          <t>Muhteşem Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257320887</t>
+          <t>9786055623807</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İstikbaline İnanmak</t>
+          <t>Arap Edebiyatında Aruz</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257320870</t>
+          <t>9786059519762</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Muhteşem Kanunî Sultan Süleyman</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257320849</t>
+          <t>9786052174616</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 4</t>
+          <t>Muhteşem Hanedan Osmanlı - Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257320030</t>
+          <t>9786052174661</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Edebi Tenkit</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052174180</t>
+          <t>9786052174029</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında İslam (2 Cilt Takım) (Ciltli)</t>
+          <t>Peygamber Efendimizin Hayatı (6 Kitap Set)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>700</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257320832</t>
+          <t>9786052174326</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Arap Kültüründe Bilginin İntikal Süreci</t>
+          <t>Elif-Ba Yazı Kitabım</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257320474</t>
+          <t>9786059519427</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Döneminden Modern Döneme Te’vil Kavramı</t>
+          <t>Kudretli Sultan 2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257320603</t>
+          <t>9786055309657</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Kadınlara Yönelik Hükümler</t>
+          <t>Hadis 1</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257320580</t>
+          <t>9789944704977</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü’l Ahzab (Ciltli)</t>
+          <t>İslam Akaidi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>900</v>
+        <v>260</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257320467</t>
+          <t>9786057619624</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Edirne Müftüsü Mehmed Fevzi Efendi’nin Üç Risalesi</t>
+          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Sarf)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257320443</t>
+          <t>9786257320054</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim ve Tevhid Mücadelesi</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257320450</t>
+          <t>9786059991636</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminin İncelikleri</t>
+          <t>Te'vilatül Kur'an Tercümesi (18 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257320061</t>
+          <t>9786057619761</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Çocuklarla</t>
+          <t>Cennete Giden Yollar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257320320</t>
+          <t>9786057619402</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Din-Ahlak Ekseninde Hazreti Muhammed</t>
+          <t>Saltanattan Cumhuriyete Yakın Tarihimizin Sır Perdesi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257320207</t>
+          <t>9786057619495</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Günlerim Böyle Geçti (Bez Cilt) (Ciltli)</t>
+          <t>Bilim Tarihine Adanan Ömür Kırk Derste Fuat Sezgin</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257320191</t>
+          <t>9786257320702</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Bağımlılığı ve Bilinçli Medya Kullanımı</t>
+          <t>Vahdetin İnşasında Nebevi Yöntem</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257320160</t>
+          <t>9786258490008</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam</t>
+          <t>Muvafakat-ı Sahabe</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257320177</t>
+          <t>9786258490312</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Örnek Şahsiyetler</t>
+          <t>Müslüman Kadının Tarihi Set ( 5 cilt )</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257320153</t>
+          <t>9786057619563</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Her Devir Tek Şair Mehmet Akif Ersoy</t>
+          <t>Şubat Ayazı</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257320139</t>
+          <t>9786052174913</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Tefsir ve Hadiste İsrailiyyat</t>
+          <t>Asr-ı Saadetten Günümüze Ezan</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257320122</t>
+          <t>9786059519502</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Gönenli Mehmet Efendi (Ciltli)</t>
+          <t>Adet ile İbadet Arasında Bocalayan Müslüman</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257320115</t>
+          <t>9786055623821</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar Arapça (Ciltli)</t>
+          <t>Hayırlı Yolculuklar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257320047</t>
+          <t>9789944704281</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Koşan Bilge Genç</t>
+          <t>Hadislerde Sosyal Hayat</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257320108</t>
+          <t>9789944704199</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar (Arapça)</t>
+          <t>Hadislerde Ramazan ve Oruç</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257320023</t>
+          <t>9789944704205</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle İslam’da Aile</t>
+          <t>Hac Kitabı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257320085</t>
+          <t>9786055623364</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İslam Dininin Temelleri</t>
+          <t>Diyar-ı Bekir ve Müslümanlarca Fethi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257320016</t>
+          <t>9786055309237</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sünnet İnkarcılığı Bizi Nereye Götürür?</t>
+          <t>Çizgilerle Oruç</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257320009</t>
+          <t>9789944704106</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Bağdat İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
+          <t>Çağdaş İnkarcılık</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057619990</t>
+          <t>9786055309558</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Sufi-Siyaset İlişkileri</t>
+          <t>Ayet ve Hadisler Işığında Üç Aylar Mübarek Günler ve Kandil Geceleri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>580</v>
+        <v>220</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057619976</t>
+          <t>9786059991117</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İnan Çalış Başar</t>
+          <t>Kırım Hanlığı ve Çöküş Sebepleri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057619921</t>
+          <t>9786059991773</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Sünnetin Günümüze Taşınması</t>
+          <t>İmam Şafii’nin İslam Hukuk Kaynaklarından İstihsana Yaklaşımı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057619884</t>
+          <t>9786059519731</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Son Elçi Hazreti Muhammed (sav)'den Evrensel Mesajlar</t>
+          <t>Mavi'ye Göç</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057619891</t>
+          <t>9786059519052</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kelam Tarihi ve Ekolleri</t>
+          <t>ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Alan Bilgisi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057619853</t>
+          <t>9786059519441</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet</t>
+          <t>İslam'a Kavuşanlar</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057619877</t>
+          <t>9786059519465</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'i Okuma Kaideleri - Tecvid</t>
+          <t>Hz. Ali (r.a)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057619839</t>
+          <t>9786059519724</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sahih Hadis Bulunmayan Konular</t>
+          <t>Erken Dönem Şii Düşünürler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057619846</t>
+          <t>9786055309923</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Hadisçiler ve Çelişki</t>
+          <t>Devlet-i 'Aliyye'nin Sonbaharı</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052174395</t>
+          <t>9786055309640</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tartışmalarına Yeni Yaklaşım</t>
+          <t>Fatiha Suresi ve Tefsir Örnekleri</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057619747</t>
+          <t>9786055623180</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukuku</t>
+          <t>İslam’a Göre Haram Davranışlar</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059519939</t>
+          <t>9786055623951</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığım Avrupa</t>
+          <t>İslam Tıp Hukuku</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052174586</t>
+          <t>9789944704137</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Elveda Osmanlı</t>
+          <t>İslam İnancında Gayb Alemi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057619594</t>
+          <t>9786059223430</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Hz. Peygamber ve Ahlakı</t>
+          <t>Tarihten Günümüze Espri ve Fıkralarıyla Ünlüler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057619716</t>
+          <t>9786059223010</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Siyaset Etmenin Temelleri</t>
+          <t>Alevi - Sünni Farklılaşması</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057619723</t>
+          <t>9786059223126</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Sokakları</t>
+          <t>Düşünce Dünyamızı Aydınlatan 40 İslam Alimi 40 Örnek Hayat</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059519694</t>
+          <t>9786059991254</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Hayy Bin Yakzan - Varlığın Gizemini Arayan Genç</t>
+          <t>İbadetlerde Ruh ve Şekil</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057619631</t>
+          <t>9786059223935</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Karguy - Kültürel Kuşatma ve İlahiyat</t>
+          <t>Eserleri ve Hizmetleriyle 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057619228</t>
+          <t>9786059991926</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>16. - 17. Yüzyıllarda Osmanlı Devleti’nde Haremeyn Vakıfları</t>
+          <t>Arifler Gül Bahçesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059991001</t>
+          <t>9786059991094</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yeni Usüllerle İslami Tebliğ ve Temsil</t>
+          <t>İslam Sosyolojisi - 1</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057619679</t>
+          <t>9786059991629</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Kılavuzu</t>
+          <t>Gelenekten Modernizme Tekkeler ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059519540</t>
+          <t>9786059991391</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Fıkhın Anlam ve İşlevi</t>
+          <t>Şiirden Şuura Model İnsan Hz. Muhammed (s.a.v)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057619648</t>
+          <t>9786055309831</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Hadis Yorumculuğu</t>
+          <t>Seksen Yıl Nasıl Geçti?</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052174890</t>
+          <t>9786059223102</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Batı'ya Akan Nehir</t>
+          <t>İslam Hukuk Düşüncesinde Sedd-i Zerai</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057619686</t>
+          <t>9786055309411</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Yönelik İthamlara Cevaplar</t>
+          <t>Yeterlilik ve MBSTS Sınavlarına Hazırlık (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057619662</t>
+          <t>9786059223348</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kudüs ve Mescid-i Aksa</t>
+          <t>Anı Kutusu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057619655</t>
+          <t>9786257320078</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife ve Hadis</t>
+          <t>Gazele Yolculuk</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057619570</t>
+          <t>9786057619938</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerimi Çok Seviyorum</t>
+          <t>Alemlere Rahmet Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057619617</t>
+          <t>9786057619860</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Ana Merkezleri: Maveraünnehir</t>
+          <t>Sünni-İrfani Geleneğin 14. Yüzyıl Temsilcisi Aşık Paşa ve Türkçe Mesnevisi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057619600</t>
+          <t>9789944704151</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İlk Üç Asırda İslam Coğrafyasında Hadis</t>
+          <t>Zekat Kitabı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057619471</t>
+          <t>9789944704182</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Gazzali'de Varlık ve Bilgi</t>
+          <t>Sufi Ahlakı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057619501</t>
+          <t>9789944704175</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Tefsir İlminin Mahiyeti Sorunu</t>
+          <t>Soru ve Cevaplarla Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057619464</t>
+          <t>9789944704168</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Şer’iyye Sicilleri Örnekliğinde İslam Hukuku Bakımından Evlat Edinme</t>
+          <t>Oruç Kitabı</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057619365</t>
+          <t>9786059519533</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Arap Gramerinde Mecaz</t>
+          <t>Namazın Sırları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057619457</t>
+          <t>9786055623579</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Milli Şair Mehmet Akif Ersoy Hayatı ve Ölümsüz Şiirleri</t>
+          <t>Mehmet Akif Ersoy ve Çanakkale Ruhu</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057619433</t>
+          <t>9789944704267</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Tarih Aynasında Ziya Gökalp</t>
+          <t>Kurban Kitabı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057619242</t>
+          <t>9786055623128</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Buhari'nin Ebu Hanife'ye ve Hanefilere Bakış</t>
+          <t>Kur’an-ı Kerim’de Rızık ve İktisadi Hayat</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057619105</t>
+          <t>9789944704113</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Döneminde Maturidilik</t>
+          <t>Kur’an’da Temsiller</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057619372</t>
+          <t>9789944152143</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Meymune ve Sahihayn'deki Rivayetleri</t>
+          <t>Kur’an’a Göre İdeal Mümin</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057619389</t>
+          <t>9786055623548</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hadiste Metin Tenkidi</t>
+          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikler</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052174647</t>
+          <t>9789944704250</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Elif-Ba Etkinlik Kitabım</t>
+          <t>Kur’an Kılavuzu</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057619396</t>
+          <t>9786057619440</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Ceza Hukuku</t>
+          <t>Mezhepler Tarihinin Klasik Kaynakları</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057619358</t>
+          <t>9786057619693</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Atasözleri ve Deyimler</t>
+          <t>Bir Marka Değeri Olarak Oflu Hoca</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057619327</t>
+          <t>9786057619556</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminin Çözüm Bekleyen Meseleleri</t>
+          <t>Eylülle Gelen</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057619211</t>
+          <t>9786057619419</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Başarının Büyüsü</t>
+          <t>İhtilalden İktidara Abbasiler</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057619204</t>
+          <t>9786258490985</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İhtiyat İlkesi</t>
+          <t>Başlangıçtan Emevi Devleti’nin Sonuna Kadar İlk Dönem İslam Tarihi ve Medeniyeti</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057619334</t>
+          <t>9786256132283</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Karz-ı Hasenin Kurumsallaşması</t>
+          <t>Kur’an’da Toplumsal Sınanma</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057619310</t>
+          <t>9786256132108</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamberin İzinde</t>
+          <t>Dindarlığımızla Yüzleşmek</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057619297</t>
+          <t>9786256132061</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımındaki Selefilik Klasik İslam Modernizmi'nin Kur'an Algısı</t>
+          <t>Rüstemiler</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057619303</t>
+          <t>9786256132214</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi Fihrist (Ciltli)</t>
+          <t>Akaid ve Kelam İlimlerinde Peygamberlik Konusu</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057619273</t>
+          <t>9786256132207</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Finansal Açıdan İslam Borçlar Hukuku</t>
+          <t>Klasik ve Çağdaş Dönemde Kur’an İlimlerindeki Tartışmalar</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057619266</t>
+          <t>9786258201451</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Yavuz Sultan Selim Han</t>
+          <t>Hadis İlimleri ve Hadis Tarihi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057619181</t>
+          <t>9786258490923</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>İslam Benden Ne İster?</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052174838</t>
+          <t>9786256132184</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Hayatta ve İslam'da Faiz</t>
+          <t>Ana Hatlarıyla Kur’an Konuları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052174814</t>
+          <t>9786256132146</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Nikah ve Talak Kitabı</t>
+          <t>Ahkam Tefsiri (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>100</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057619136</t>
+          <t>9789756794289</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Hatice El-Kübra</t>
+          <t>Ana Hatlarıyla İslam Akaidi ve Kelama Giriş</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052174296</t>
+          <t>9786256506831</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>313 Soru 313 Cevap</t>
+          <t>Güncel Fıkhi Fetvalar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057619075</t>
+          <t>9786256132009</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 17 (Ciltli)</t>
+          <t>İstahri Öncülerimiz - 32</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057619129</t>
+          <t>9786256132078</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hadis Problemleri</t>
+          <t>Mesudi - Öncülerimiz - 38</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057619082</t>
+          <t>9786256132092</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi ve Kelam</t>
+          <t>İdrisiler Devletlerimiz - 25</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052174876</t>
+          <t>9786256132085</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte ve Kütüb-i Hamse İmamlarının Hadis Kabul Şartları</t>
+          <t>Murabıtlar Devletlerimiz - 36</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057619037</t>
+          <t>9786256506992</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Kur'an Hıfzı Geleneği ve Günümüzdeki Uygulama Biçimleri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057619099</t>
+          <t>9786256506985</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Hadisler ve Zihinlerdeki Sorular</t>
+          <t>Fergana</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057619044</t>
+          <t>9786256506961</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kurban Çocuklar</t>
+          <t>İmam Nesai (Öncülerimiz-40)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052174364</t>
+          <t>9786256506978</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 15. Cilt</t>
+          <t>I. Abdurrahman (Önderlerimiz-26)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052174999</t>
+          <t>9786258201499</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 14. Cilt</t>
+          <t>Ahkam Hadisleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052174821</t>
+          <t>9789756794401</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde İslam’ı Anlamak</t>
+          <t>Anahatlarıyla İslam Hukuku (1-2-3 Ciltler Bir Arada)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057619068</t>
+          <t>9786059991995</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>En Sevilen Öğretmen Hz. Muhammed (s.a.v) ve Eğitim Metotları</t>
+          <t>İmam Hatip Liseleri 11. Sınıf Arapça Yaprak Testler Çek Koparlı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057619051</t>
+          <t>9789754734423</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Referansım Allah’tır</t>
+          <t>Cuma Mesajları (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052174975</t>
+          <t>9786057619198</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 16. Cilt</t>
+          <t>Farsça YDS Hazırlık Kılavuzu Metinler Alıştırmalar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052174968</t>
+          <t>9786256506848</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin ve Bir Şehrin Muhteşem Öğretmeni Sandal Hoca</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamber’in Muasırlarıyla Münasebetleri-3 Yahudilerle Münasebetler</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052174685</t>
+          <t>9786256506862</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Aile Hukuku</t>
+          <t>Matüridi’nin Hikmet Tasavvurunda Evren, İnsan ve Din</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052174784</t>
+          <t>9786055623661</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Sinirli Anne - Babaların Akıllı Telefonla İmtihanı</t>
+          <t>Ana Hatlarıyla Tasavvuf Tarihine Giriş</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052174753</t>
+          <t>9786055623241</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuzda Tankları Vuran Ebabiller</t>
+          <t>Safvetü’t - Tefasir (7 Cilt Takım - Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>200</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052174739</t>
+          <t>9786256506817</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi - 13 (Ciltli)</t>
+          <t>Hz. Peygamber (Sav) Döneminde Münafıklar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052174470</t>
+          <t>9786256506824</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Hayatım İbret Aynası</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Hak Dinidir</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052174708</t>
+          <t>9786256506800</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamber'in Muasırlarıyla Münasebetleri - 1</t>
+          <t>Hikmet Deryasında Seyran - Hikmetname</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052174630</t>
+          <t>9786256506497</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası (1299-1919)</t>
+          <t>Günümüzde Gençlik Problemler ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052174258</t>
+          <t>9786256506282</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe'den Beş Demet Kırk Hadis</t>
+          <t>Anadolu Kültürünün Dini Temelleri - Sünnetin Türkislam Kültürü Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052174715</t>
+          <t>9786256506374</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Yol</t>
+          <t>Hak Mücadelesi ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052174562</t>
+          <t>9786256506428</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kırk Derste Mehmet Akif - İnanmış Bir Adam</t>
+          <t>I. Murad (Önderlerimiz-42)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052174654</t>
+          <t>9786256506435</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 11 (Ciltli)</t>
+          <t>İmam Müslim (Öncülerimiz-39)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052174371</t>
+          <t>9786256506589</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi -12</t>
+          <t>Sana Emanet - Sorularla 40 Derste Kur’an-ı Kerim</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052174494</t>
+          <t>9786256506572</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Gemisindeki Gençler</t>
+          <t>Sana Emanet - Sorularla 40 Derste Hadis</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052174456</t>
+          <t>9786256506619</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Ahlak ve İslam Ahlakı</t>
+          <t>Beyrut (Şehirlerimiz - 5)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052174487</t>
+          <t>9786256506343</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı İman</t>
+          <t>Cezayir (Şehirlerimiz - 8)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052174463</t>
+          <t>9786256506480</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Kelam</t>
+          <t>El-Hatib El-Bağdağdi (Öncülerimiz - 16)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052174531</t>
+          <t>9786256506381</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücünü Etkili Kullanma Sanatı</t>
+          <t>Harezmşahlar (Devletlerimiz - 22)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052174425</t>
+          <t>9786059519717</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Elif'in İlk Namazı - Nesibe'nin İyilik Anlaşması</t>
+          <t>Yaz Kur’an Kurslarında Kur’an ve Dini Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052174432</t>
+          <t>9786055623715</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Öğretmeni Başarıya Götüren Yol ve Nitelikli Öğretmen</t>
+          <t>Ana Hatlarıyla İslam Tarihi (4. Cilt)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052174357</t>
+          <t>9786055309671</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Arapça Soru Bankası</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052174388</t>
+          <t>9786059991025</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Başarı İnanç İşidir</t>
+          <t>Bir Mutasavvıf Gözüyle Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786059519908</t>
+          <t>9786059519793</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Afrikada İslamiyet</t>
+          <t>Bütün Yönleriyle İslam'da Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052174401</t>
+          <t>9786059519663</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Güller Ağlar Ülkemde</t>
+          <t>Celaleddin Ed-Devvani'nin Kelam Sistemi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052174333</t>
+          <t>9786059223232</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 10 (Ciltli)</t>
+          <t>Genç Din Eğitimcisine Mektuplar</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052174302</t>
+          <t>9789754734454</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Fiil ve Terklerin Anlam ve Yorumu</t>
+          <t>Hac ve Umre (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052174272</t>
+          <t>9786055623050</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sahabe 3</t>
+          <t>Kendimi Anlatayım Dedim</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052174319</t>
+          <t>9786256506190</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Düzelmek ve Değişmek İçin Kendimizi Tanımak</t>
+          <t>Ailemizle 52 Derste Sahabe</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052174289</t>
+          <t>9786256506602</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Şafii Usul Geleneğinde İmam Şafii'ye Muhalif Usuli Görüşler</t>
+          <t>Avamilu Cürcani ve Zuruf</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052174173</t>
+          <t>9786256506626</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 9 (Ciltli)</t>
+          <t>Kelam Tarihi (Arapça)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052174210</t>
+          <t>9786256506299</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Sünnet ve Dindarlık</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052174005</t>
+          <t>9786256506466</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Gündemdeki Tartışmalı Dini Konular - 2</t>
+          <t>Zemahşeri (Önderlerimiz-49)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052174234</t>
+          <t>9786256506459</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Selefilik ve Selefi Tefsir Anlayışı</t>
+          <t>Şeybaniler (Devletlerimiz-5)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052174241</t>
+          <t>9786256506442</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Ferahi ve Nazm</t>
+          <t>Kudüs (Şehirlerimiz-28)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052174227</t>
+          <t>9786256506350</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Edirne (Şehirlerimiz-10)</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052174159</t>
+          <t>9786256506367</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’z Zühd</t>
+          <t>Gazne (Şehirlerimiz-13)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059519922</t>
+          <t>9786256506312</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Mezheplere Göre Klasik Kaynaklar ve Özellikleri</t>
+          <t>Silvan (Şehirlerimiz-35)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052174166</t>
+          <t>9786256506336</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Dini İstismar Boyutuyla 15 Temmuz - Darbe Girişiminin Arka Planı</t>
+          <t>Amman (Şehirlerimiz-1)</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052174012</t>
+          <t>9786256506398</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yöntemle Hadis İlimleri ve Usulü</t>
+          <t>Kabil (Şehirlerimiz-22)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059519984</t>
+          <t>9786256506596</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilir Ya Rasulallah</t>
+          <t>Hatibin Hitabeti</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059991803</t>
+          <t>9786256506251</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Öğretiminde Ses Temelli Elif-Ba</t>
+          <t>İslami İlimlerde Klasik ve Modern Yaklaşımlar</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059519977</t>
+          <t>9786256506244</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Müslüman Olmak</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri-2</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>100</v>
+        <v>430</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059519847</t>
+          <t>9786258201116</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslam’da Adalet</t>
+          <t>Kitabu’l-Avamil Faydalı İlavelerle</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059519878</t>
+          <t>9786057619426</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmi ve İslam Hukukunda İçerik Sorunları</t>
+          <t>Arapça Öğretiminde Nahiv Bilgisi (Orta Seviye İçin)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059519960</t>
+          <t>9786256506268</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadet Esasları</t>
+          <t>Mısır İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059519885</t>
+          <t>9786256506411</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi - 8 (Ciltli)</t>
+          <t>Hz. Peygamber'in (S.A.V.) İstişareleri</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059223997</t>
+          <t>9786256506138</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sigara ve İnsan Sağlığı</t>
+          <t>Nasır Li-Dinillah (Önderlerimiz-25)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059991131</t>
+          <t>9786256506145</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Ruhi ve Manevi Problemleri</t>
+          <t>Mehdi (Önderlerimiz-24)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059519854</t>
+          <t>9786256506107</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Dindarlık</t>
+          <t>Velid B. Abdülmelik (Önderlerimiz-22)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059519861</t>
+          <t>9786256506091</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Tarihsel ve Modern Yaklaşımların Eleştirisi</t>
+          <t>Yıldırım Bayezid (Önderlerimiz-43)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059519519</t>
+          <t>9786256506206</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi - 7 (Ciltli)</t>
+          <t>Matüridi Tefsirinde Makasıdi Yorum</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786059519038</t>
+          <t>9786256506220</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Bugüne Kur'an'ın Türkçe Tefsir ve Tercümesi</t>
+          <t>Allah Bizden Neler İstiyor?</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059519786</t>
+          <t>9786256506169</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Şefaat Kitabı</t>
+          <t>Ebu Cafer Mansur (Önderlerimiz-23)</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059519748</t>
+          <t>9786258201970</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Eğitim Öğretim</t>
+          <t>Nebevi Devlet (Devletlerimiz-1)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786059519601</t>
+          <t>9786258490800</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Eğitim Tarihi</t>
+          <t>Memlükler (Devletlerimiz-33)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786059519649</t>
+          <t>9786258201956</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Tekafül Teori ve Uygulama</t>
+          <t>Kahire (Şehirlerimiz-23)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059519526</t>
+          <t>9786258201000</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>İbnü’l-Esir (Öncülerimiz-31)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059519496</t>
+          <t>9786256506114</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Eğlenceli Etkinliklerle Din Öğretimi 4-6 Yaş (Ciltli)</t>
+          <t>Tirmizi (Öncülerimiz-46)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059519472</t>
+          <t>9786258201994</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 6. Cilt (Ciltli)</t>
+          <t>Zühri (Öncülerimiz-50)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059519397</t>
+          <t>9786059519014</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Hadisi Savunmak</t>
+          <t>İbn Asakir (Öncülerimiz-17)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786059519489</t>
+          <t>9786256506183</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Hadis Oksidentalizmi ve Fuat Sezgin</t>
+          <t>Gazneli Mahmmud (Önderlerimiz-12)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059519458</t>
+          <t>9786258201987</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarını Siret Bağlamında Okumak</t>
+          <t>Sultan Abdülaziz (Önderlerimiz-47)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786059519045</t>
+          <t>9786256506176</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Gelişimi ve Problemleri Karşısında Din Görevlileri</t>
+          <t>IV. Murad (Önderlerimiz-45)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786059519410</t>
+          <t>9786057619167</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bir Milletin Direniş Destanı Çanakkale</t>
+          <t>Yabancı Dil Olarak Arapça Öğretimi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786059991377</t>
+          <t>9786256506077</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Rivayet Tekniği Açısından Hadislerin Sayısı</t>
+          <t>Hadis ve Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786059519076</t>
+          <t>9786256506121</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Süper Karınca Matematik Öğreniyor - 1</t>
+          <t>Selahaddin Eyyubi ( Önderlerimiz-16)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786059519069</t>
+          <t>9786256506060</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen</t>
+          <t>Mecmu’atu’s-Sarf</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>60</v>
+        <v>320</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059519083</t>
+          <t>9786256506053</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Süper Karınca Matematik Öğreniyor - 2</t>
+          <t>Avamil</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786059991759</t>
+          <t>9786256506084</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Modern Çağda Fıkhın Anlam Ve İşlevi-III -Fıkıh Ve Toplum-</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786059223980</t>
+          <t>9786256506022</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 5. Cilt</t>
+          <t>Kur’an’ı Kerim’in İcazı Tefsiri</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786059519021</t>
+          <t>9786256506046</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi</t>
+          <t>Arapça Morfoloji (Sarf Bilgisi)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786059519007</t>
+          <t>9786256506039</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Sefere Hanımlarla Yolculuk</t>
+          <t>İlmi ve Akli Delillerle Tahkiki İman ve Namaz</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059991766</t>
+          <t>9786258201932</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Halep’te İlmi Hayat</t>
+          <t>Yasin ve Tebliğ</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786059991780</t>
+          <t>9786258201949</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı Şakadan Anlamaz</t>
+          <t>Ashab-ı Güzin Peygamber Halkası</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786055309916</t>
+          <t>9786258201963</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>İslam İletişim Hukuku</t>
+          <t>İslam Barış Dinidir</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059991735</t>
+          <t>9786258201871</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Dili</t>
+          <t>Hakk'ın Zaferleri</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786059223911</t>
+          <t>9786258201482</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Klasikten Moderne Seçme Tefsir Metinleri</t>
+          <t>İbn Hurdazbih - Öncülerimiz 21</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786055309893</t>
+          <t>9786057619587</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası Konu Anlatımlı</t>
+          <t>Sınavlarda Başarının Sırları - Cep Telefonu ile Baş Etmenin Yolları</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786059991742</t>
+          <t>9786052174777</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Zamanaşımı</t>
+          <t>Sınav Kazandıran Anahtar Kitap Çöz Geç Arapça Nahiv Soru Bankası</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786059991728</t>
+          <t>9786059519892</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hadis Metinleri - 1</t>
+          <t>Arap Dili ve Belagatında Lafız ve Anlam</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786059223904</t>
+          <t>9786052174579</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Kurucu Unsurları Usul-i Fıkıh Kelam Tasavvuf ve İslam Felsefesi</t>
+          <t>Arapça Basın Kelimeleri Sözlüğü (Türkçe-Arapça, Arapça-Türkçe)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059223928</t>
+          <t>9786059519618</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Hadislerinde Eğitim Metodları</t>
+          <t>Sistematik Sarf  – Arapça Dil Bilgisi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059223850</t>
+          <t>9786059223829</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 4. Cilt (Ciltli)</t>
+          <t>Arapça'da Fiil Zamanları</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786059223874</t>
+          <t>9786059223898</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Hizmeti Yürütenlerin Sorunları ve Çözüm Önerileri</t>
+          <t>Arapça Seçme Hikayeler ve Masallar - 2</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059223867</t>
+          <t>9786059519595</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Geleneğimizde Mantık</t>
+          <t>Alıştırmalarla Nahiv Arapça Dil Bilgisi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786058387508</t>
+          <t>9786057399748</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Cami Minberlerinde Beşgen Geometrik Desenler</t>
+          <t>Osmanlı Yüksek Din Eğitimi Anlayışının Değişimi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786059223683</t>
+          <t>9786258201901</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Birliğin Güçlendirilmesinde Dini Söylemin Önemi</t>
+          <t>“Min Kunuzi’s-Sünne” Sünnet Hazinelerinden 40 Hadis ve Şerhi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786059223706</t>
+          <t>9786258201895</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanları ve Hizmetleri</t>
+          <t>Somuncu Baba’nın Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052174678</t>
+          <t>9786258201918</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tıp</t>
+          <t>Hz. Peygamber’in Fiillerinin Güncel Değeri</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786059223782</t>
+          <t>9786258201864</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Araştırmaları</t>
+          <t>Kur’an Temelli Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786059223744</t>
+          <t>9786258201857</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sıra Bizde</t>
+          <t>Kur’an-ı Kerim’den İbretlik Mesajlar</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786059223669</t>
+          <t>9786258201833</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 3. Cilt (Ciltli)</t>
+          <t>Eğitimde Hz. Muhammed (Sav) Modeli Sufa Okulu Bize Verdiği İlhamlar</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786055309213</t>
+          <t>9786258201840</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Yabancı Dil Öğretim Yaklaşımı ve Yöntemleri</t>
+          <t>Hizmete Adanmış Bir Ömür Hacı Osman Erilli</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059223690</t>
+          <t>9786258201581</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İmanın Güneş Yüzlü Çocukları</t>
+          <t>Peygamberimizin Liyakata Verdiği Önem</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786055623487</t>
+          <t>9786258201529</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku (1. Cilt)</t>
+          <t>Gençler İçin Kolay Tefsir Amme Cüzü Tefsiri</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052174449</t>
+          <t>9786258201567</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Felsefesi</t>
+          <t>Alıştırmalarla Belagat</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786059223362</t>
+          <t>9786258201475</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Ahlakı</t>
+          <t>Mahmut Balcı’ya Vefa Kitabı</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786059223065</t>
+          <t>9786057380777</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Siyer Araştırmaları</t>
+          <t>Kur’an’ı Kerim Öğretimi Temel İlkeler Yeni Yöntem Ve Teknikler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786055309466</t>
+          <t>9786258201444</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Ahkam Hadisleri</t>
+          <t>İbn Rüşd (Öncülerimiz-37)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789944704212</t>
+          <t>9786258201345</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Tasavvuf Yolları</t>
+          <t>Yavuz Sultan Selim (Önderlerimiz-18)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786059223713</t>
+          <t>9786258201321</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>İmanın Güneş Yüzlü Öncüleri</t>
+          <t>3. Abdurrahman (Önderlerimiz-9)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786059223461</t>
+          <t>9786258201338</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sözleşmelerde Cezai Şart</t>
+          <t>Hazreti Hasan (Önderlerimiz-21)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786059991605</t>
+          <t>9786258201420</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve İbadetler</t>
+          <t>İbn Teymiyye (Öncülerimiz-30)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786055623401</t>
+          <t>9786258201437</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dilbilgisi Sarf -Nahiv</t>
+          <t>İbn Sina (Öncülerimiz-29)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786059223416</t>
+          <t>9786258201352</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Ensar Kitabı - İslam Tarihinde Ensar</t>
+          <t>Osman Gazi (Önderlerimiz-41) (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786059223386</t>
+          <t>9786258201383</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 2. Cilt (Ciltli)</t>
+          <t>Katip Çelebi (Öncülerimiz-34)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786059223423</t>
+          <t>9786258201406</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Para Vakıfları</t>
+          <t>Taberi (Öncülerimiz-44)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786059991698</t>
+          <t>9786258201369</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Sosyal Hayat</t>
+          <t>Celaleddin Harezmşah Önderlerimiz-13)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786059223287</t>
+          <t>9786257320146</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dolaşmaya Çıkan Salyangoz</t>
+          <t>İslam Hukuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786059223263</t>
+          <t>9786258201376</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Kurbağa</t>
+          <t>Endülüs İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786059223270</t>
+          <t>9786258201109</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yavru Fil</t>
+          <t>Sufîi Kişilik ve Ahlak</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786059223331</t>
+          <t>9786258201291</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Evin Kargası</t>
+          <t>İlmi İle Amil Bir Alim Prof. Dr. S. Kemal Sandıkçı'ya Vefa</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786059223256</t>
+          <t>9786258201178</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşını Arayan Kırlangıç</t>
+          <t>Ebu Davud (Öncülerimiz-6)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786059223300</t>
+          <t>9786258201185</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısının Yavrusu</t>
+          <t>Teftazani (Öncülerimiz-45)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786059223294</t>
+          <t>9786258201192</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Farecik</t>
+          <t>Ebüssuud Efendi</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786059991612</t>
+          <t>9786258201161</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Ahlakı</t>
+          <t>Sorularla 40 Derste İnanç Esasları</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786059223225</t>
+          <t>9786258201123</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Siyer-i Nebi</t>
+          <t>(İlk Dönem) İslam Tefsir Ekolleri</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786059223324</t>
+          <t>9786258201093</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Tırtılın Evi</t>
+          <t>Hz. Peygamberin Sünnetinde Alternatif Çözüm Yolları</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786059223317</t>
+          <t>9786258201147</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Orman Yangını ve Tilki</t>
+          <t>Abdülmelik B. Mervan</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786059223188</t>
+          <t>9786258201130</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Okulları 6. Sınıf Arapça Ders Kitabı</t>
+          <t>II. Murad</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786059223096</t>
+          <t>9786258201062</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Arapça'da Sayılar</t>
+          <t>Arapça Soru Hazinesi</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052174135</t>
+          <t>9786059519588</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste İnanç Esasları</t>
+          <t>Sıfırdan Zirveye Sarf</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786059223089</t>
+          <t>9786258201055</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>İlahiyatçılık ve Din Görevliliği Meslek Ahlakı</t>
+          <t>Türkçe Açıklamalı, Çözüm Örnekli Arapça Dil Bilgisi Nahiv İlmi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786059223041</t>
+          <t>9786258201017</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamberim</t>
+          <t>Kur'an-ı Kerim'e Göre Peygamber Efendimiz ve Tevhid Mücadelesi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786059223027</t>
+          <t>9786258490961</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Hac</t>
+          <t>Sünnetin İslam’daki Yeri</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786055309060</t>
+          <t>9786258490992</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kıraatların Tefsire Etkisi</t>
+          <t>İmam Buhari (Öncülerimiz-4)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789944704892</t>
+          <t>9786258490947</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Harun Reşid (Önderlerimiz-8)</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9780000004116</t>
+          <t>9786258201048</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Aykız Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +5 (8 Kitap Takım)</t>
+          <t>Fahreddin Razi (Öncülerimiz-11)</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786055309985</t>
+          <t>9786258490589</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla Mü'minlere Vaazlar 1</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Dünya Düzenidir</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786059991933</t>
+          <t>9786258490787</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi Öğrenci Sözlüğü</t>
+          <t>İbn Kesir (Öncülerimiz - 24)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786055309305</t>
+          <t>9786258490794</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Arapça İsim Cümlesini Yeniden Yapılandıran Amiller</t>
+          <t>İmam Malik (Öncülerimiz - 36)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786055309329</t>
+          <t>9786258490763</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Arapça İmla ve Mükatebat İmla Kitabı 1</t>
+          <t>Vakıdi (Öncülerimiz - 47)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789756794210</t>
+          <t>9786258490268</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Yeni Kamus (Ciltli)</t>
+          <t>Baybars  (Önderlerimiz - 39)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786059223072</t>
+          <t>9786258490756</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>El-Muallim / Başlangıç Düzeyi Arapça Eğitim Seti -1</t>
+          <t>Gazzali (Öncülerimiz - 13)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786059991971</t>
+          <t>9786258490770</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma Parçaları</t>
+          <t>Kanuni Sultan Süleyman (Önderlerimiz - 19)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786059991988</t>
+          <t>9786258490817</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>İbn Hazm (Öncülerimiz - 20)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786059991940</t>
+          <t>9789756324165</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Allah ve Namazı Bilinçaltında Sevdirebilmek</t>
+          <t>İmam-Hatiplilik Şuuru</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786059223003</t>
+          <t>9786052174074</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi ve Öğretim Yöntemleri</t>
+          <t>Hudeybiye Ufuklarına Doğru Yükseliş</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786059991957</t>
+          <t>9786052174067</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Bir İletişim Aracı Olarak Kur'an'da Beden Dili</t>
+          <t>Peygamber Efendimizin Hayatı 5 - Guruba Yaklaşırken</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786059991643</t>
+          <t>9786059991537</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Evde ve Okulda Başarılı Eğitimin Sırları Ailede Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786059991810</t>
+          <t>9786258490015</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Bugünün İlahiyatı Nasıl Olmalıdır?</t>
+          <t>Namazlarımızı Bilinçaltında Kılabilmek</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786059991704</t>
+          <t>9789944704885</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Hanım Müfessirler</t>
+          <t>Yılların Özü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786059991360</t>
+          <t>9786057619907</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Karataş'la Her Yemekte Dua</t>
+          <t>Çocuk Eğitiminde Altın Sözler</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786059991575</t>
+          <t>9786057619754</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Huzura Doğru 5 Büyük Adım</t>
+          <t>Basın / Medya Arapçası (Orta Seviye İçin)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786059991599</t>
+          <t>9786052174593</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Cehalet Kavramı</t>
+          <t>Basın / Medya Arapçası (İleri Seviye İçin)</t>
         </is>
       </c>
       <c r="C594" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786059519779</t>
+          <t>9786057619020</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Daniş - Bir Cennet Delisi</t>
+          <t>Sınav Stresini Yenme Sanatı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786059991568</t>
+          <t>9786258490916</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Ahlak Terbiyecileri ve Ahlak Terbiyesi</t>
+          <t>İslam Hukukunda Dilencilik</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786059991407</t>
+          <t>9786052174418</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Temel İnsan Hakları</t>
+          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Nahiv)</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786059991285</t>
+          <t>9786258490930</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Metodoloji Usül Mes'elesi - 5</t>
+          <t>Hukuki (Fıkhi) İdari ve Mali Boyutlarıyla Teverruk</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786055623746</t>
+          <t>9786258490749</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kılavuzu</t>
+          <t>Vahyin İzinde</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786059991346</t>
+          <t>9786258490824</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Tabakları Ayırdık Çocuklar Söz Dinlemez Oldu</t>
+          <t>Peygamber Efendimizin Hanımları</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786059991322</t>
+          <t>9786258490435</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Pratik Konuşma ve Alıştırmalı Arapça Akıllı Defter</t>
+          <t>Modern Çağda Fıkhın Anlam Ve İşlevi II - Fıkhi Bilgi Üretiminde Çok Mezhepli Yaklaşım-</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789756794340</t>
+          <t>9786257320597</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Asrımızda Hristiyan Müslüman Münasebetleri</t>
+          <t>Sabah Akşam Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786055309367</t>
+          <t>9786258490497</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Arapçaya Giriş</t>
+          <t>Melikşah (Önderlerimiz - 11)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789944704656</t>
+          <t>9786258490657</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Arapça'dan Türkçeleşmiş Kelimeler Sözlüğü</t>
+          <t>Zehebi (Öncülerimiz - 48)</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786055623685</t>
+          <t>9786258490688</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Arapça Fiiller Sözlüğü</t>
+          <t>Gönüller Sultanı Hz.Muhammed'in (sav) Hayatı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786059991261</t>
+          <t>9786258490671</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukuku ve Ebu Yusuf'un Öncelikleri</t>
+          <t>Matarama Kan Doldu Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786059991179</t>
+          <t>9786258490664</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Rivayet İlimlerinde Haber-i Vahidlerin İtikat ve Teşri Yönlerinden Değeri</t>
+          <t>Sorularla 40 Derste Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786059991216</t>
+          <t>9786258490473</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Hadis Rivayet Tarihi</t>
+          <t>Din Hizmetlerinde İletişim ve Tebliğ</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786059519571</t>
+          <t>9786258490565</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Siyer-i Nebi (a.s)</t>
+          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059223478</t>
+          <t>9786258490510</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 2</t>
+          <t>Delilleriyle İslam İlmihali</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786055309909</t>
+          <t>9786258490527</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Hadis 2</t>
+          <t>Maturidi’nin Uluhiyet Meselelerine Yaklaşımı</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786055623371</t>
+          <t>9786258490558</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İctihad</t>
+          <t>Kur'an Işığında Peygamberlik ve Peygamberler</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786055309183</t>
+          <t>9786258490459</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Değişim ve İbadetler</t>
+          <t>Öncülerimiz - 5 Cahız</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786055623906</t>
+          <t>9786258490466</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>İnsan İradesi ve Kudret-i İlahiyye Bağlamında Kader Mes’elesi</t>
+          <t>Öncülerimiz - 15 Hasan-ı Basri</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786055623623</t>
+          <t>9786258490572</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Büyük Halife Hz. Ebubekir (r.a.)</t>
+          <t>Yusuf b. Taşfin - Önderlerimiz - 14</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786055309268</t>
+          <t>9786258490541</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’i ve Hadislerini Anlamak</t>
+          <t>Kur’an ve Sünnet Işığında İslam’ın İnanç Esasları</t>
         </is>
       </c>
       <c r="C616" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052174111</t>
+          <t>9786258490305</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Ailemizle 52 Ders</t>
+          <t>Fatih’in Hocası Kırk Derste Akşemseddin Hazretleri</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786055623418</t>
+          <t>9786258490534</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü Yazıları</t>
+          <t>Farklı Bilim Dallarından Kur’an’a Bakış</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786059519625</t>
+          <t>9786258490336</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Sünnet’in Gerçekliğinde Hadis ve Sünnet Çözümlemeleri</t>
+          <t>Müslüman Kadının Tarihi 1 - Tarihte Müslüman Kadın</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786059223201</t>
+          <t>9786258490367</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Gündemdeki Tartışmalı Dini Konular</t>
+          <t>Müslüman Kadının Tarihi 3 - Düşüncede Müslüman Kadın</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789944704120</t>
+          <t>9786258490343</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna</t>
+          <t>Müslüman Kadının Tarihi 5 - Siyasette Müslüman Kadın</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786055623678</t>
+          <t>9786258490350</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Şehit Halife Hz. Osman</t>
+          <t>Müslüman Kadının Tarihi 4 - İlimde Müslüman Kadın</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789944704069</t>
+          <t>9786258490374</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Öğretime Dair Kırk Hadis</t>
+          <t>Müslüman Kadının Tarihi 2 - Coğrafyada Müslüman Kadın</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786055309435</t>
+          <t>9786258490329</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Dört Ulu Çınar</t>
+          <t>Peygamberimiz Ve Arkadaşlarının Hayatında Şaka</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052174050</t>
+          <t>9786258490244</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Hicret Yurdunda Sabah: Doğuş</t>
+          <t>Davet İlmi: Giriş</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789944704984</t>
+          <t>9786258490251</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Nübüvvet Kavramı</t>
+          <t>Dini ve Toplumsal Boyutlarıyla Kadın</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786059223881</t>
+          <t>9786258490275</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslam Düşünürleri</t>
+          <t>Arkadaşları Ve Talebelerinin Gözünden - Ali Osman Koçkuzu</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786055309374</t>
+          <t>9786258490114</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Büyükler Büyüğü Peygamberimiz</t>
+          <t>Ömer B. Abdülaziz</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789944704441</t>
+          <t>9786258490220</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Asr-ı Saadette İslam (4 Kitap Takım) (Ciltli)</t>
+          <t>Me’mün</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>3000</v>
+        <v>120</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786055623852</t>
+          <t>9786258490084</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Bir Vicdan Uyanıyor</t>
+          <t>Savaş Göç Yoksulluk Sempozyumu</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786055623562</t>
+          <t>9786257320726</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Peşinde</t>
+          <t>İslam Hukukçularının Hadis Tartışmaları</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786055623692</t>
+          <t>9786257320993</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze İslam Mezhepleri Tarihi</t>
+          <t>Hazreti Osman</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052174043</t>
+          <t>9786257320610</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Aydınlıklara Doğru - Peygamber Efendimizin Hayatı 2</t>
+          <t>Hazreti Ebu Bekir</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789944152860</t>
+          <t>9786257320986</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Cümle Yapısı</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786055623975</t>
+          <t>9786257320863</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Arapça Uygulamalar Kitabı</t>
+          <t>İslam Ceza Hukukunda Af</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789944704670</t>
+          <t>9786257320887</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma ve Eski Metinler Kitabı</t>
+          <t>İslam'ın İstikbaline İnanmak</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786055623791</t>
+          <t>9786257320870</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma Kitabı</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786055623814</t>
+          <t>9786257320849</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Ezdad</t>
+          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 4</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789756794302</t>
+          <t>9786257320030</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar</t>
+          <t>Arap Edebiyatında Edebi Tenkit</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786059223164</t>
+          <t>9786052174180</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (2. Cilt)</t>
+          <t>Hadisler Işığında İslam (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>310</v>
+        <v>800</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786059223195</t>
+          <t>9786257320832</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (1. Cilt)</t>
+          <t>Arap Kültüründe Bilginin İntikal Süreci</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786055309244</t>
+          <t>9786257320474</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Öncesi Arap Tarihi ve Kültürü</t>
+          <t>Nüzul Döneminden Modern Döneme Te’vil Kavramı</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786055309282</t>
+          <t>9786257320603</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Mezhepleri Tarihi</t>
+          <t>İslam Hukukunda Kadınlara Yönelik Hükümler</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786055623500</t>
+          <t>9786257320580</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Hukuku (Cilt- 3)</t>
+          <t>Mecmuatü’l Ahzab (Ciltli)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>230</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786055623494</t>
+          <t>9786257320467</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Hukuku (2. Cilt)</t>
+          <t>Edirne Müftüsü Mehmed Fevzi Efendi’nin Üç Risalesi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786059223157</t>
+          <t>9786257320443</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Hadis</t>
+          <t>Hz. İbrahim ve Tevhid Mücadelesi</t>
         </is>
       </c>
       <c r="C646" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786055623234</t>
+          <t>9786257320450</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Dinler Tarihi</t>
+          <t>Hadis İlminin İncelikleri</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052174128</t>
+          <t>9786257320061</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Peygamberimizin Hayatı</t>
+          <t>Peygamberimiz Çocuklarla</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052174142</t>
+          <t>9786257320320</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Ahlak</t>
+          <t>Din-Ahlak Ekseninde Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786055623616</t>
+          <t>9786257320207</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Adil Halife Emirü’l-Mü’minin Hz. Ömer (r.a.)</t>
+          <t>Günlerim Böyle Geçti (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786055309022</t>
+          <t>9786257320191</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kolay Arapça</t>
+          <t>Teknoloji Bağımlılığı ve Bilinçli Medya Kullanımı</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786059223676</t>
+          <t>9786257320160</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Ömer B. Abdülaziz</t>
+          <t>Sistematik Kelam</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786059991186</t>
+          <t>9786257320177</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>Ailemizle 52 Derste Örnek Şahsiyetler</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786055309220</t>
+          <t>9786257320153</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’den Müslüman Kadına Altın Öğütler</t>
+          <t>Her Devir Tek Şair Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786059223768</t>
+          <t>9786257320139</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Aile Hayatı (Ciltli)</t>
+          <t>Tefsir ve Hadiste İsrailiyyat</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786059991070</t>
+          <t>9786257320122</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Namaz Kılmaya Alıştırma Yolları (52 Öneri)</t>
+          <t>Gönenli Mehmet Efendi (Ciltli)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786059991063</t>
+          <t>9786257320115</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Oruç Tutmayı Kolaylaştırma Yolları (52 Öneri)</t>
+          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786055623883</t>
+          <t>9786257320047</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Üvey Anne</t>
+          <t>Başarıya Koşan Bilge Genç</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789944704816</t>
+          <t>9786257320108</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Mantık</t>
+          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar (Arapça)</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786055309275</t>
+          <t>9786257320023</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Mantık</t>
+          <t>Farklı Yönleriyle İslam’da Aile</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789944704854</t>
+          <t>9786257320085</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (3. Cilt)</t>
+          <t>İslam Dininin Temelleri</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786055623647</t>
+          <t>9786257320016</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı</t>
+          <t>Sünnet İnkarcılığı Bizi Nereye Götürür?</t>
         </is>
       </c>
       <c r="C662" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786055623838</t>
+          <t>9786257320009</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Temel Sarf Bilgileri</t>
+          <t>Bağdat İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786054036462</t>
+          <t>9786057619990</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Şükür</t>
+          <t>Tarihten Günümüze Sufi-Siyaset İlişkileri</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786057619822</t>
+          <t>9786057619976</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Muvatta (Ciltli)</t>
+          <t>İnan Çalış Başar</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786055309954</t>
+          <t>9786057619921</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri 9. Sınıf Arapça Yaprak Testler - Çek Koparlı</t>
+          <t>Sünnet ve Sünnetin Günümüze Taşınması</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786059991353</t>
+          <t>9786057619884</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu Müfredatına Uygun 7. Sınıf Görsel Arapça Test Kitabı</t>
+          <t>Son Elçi Hazreti Muhammed (sav)'den Evrensel Mesajlar</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786059991384</t>
+          <t>9786057619891</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Kur'an Kültürü</t>
+          <t>Kelam Tarihi ve Ekolleri</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786059991032</t>
+          <t>9786057619853</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Olarak Kur'an-ı Kerim Hakkında Neler Bilmeliyiz?</t>
+          <t>Ehl-i Sünnet</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>60</v>
+        <v>320</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786055309930</t>
+          <t>9786057619877</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Din Kültürü ve Ahlak Bilgisi Öğretmenlerinin Öğrenci Başarısını Değerlendirme Yeterlikleri</t>
+          <t>Kur'an-ı Kerim'i Okuma Kaideleri - Tecvid</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789944704663</t>
+          <t>9786057619839</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Filozof Tabib Muhaddisler</t>
+          <t>Sahih Hadis Bulunmayan Konular</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789756794388</t>
+          <t>9786057619846</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Hukuk Terimleri Sözlüğü</t>
+          <t>Hadisçiler ve Çelişki</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055309503</t>
+          <t>9786052174395</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>Hadis Tartışmalarına Yeni Yaklaşım</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786055623210</t>
+          <t>9786057619747</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Hadisin Doğuş ve Gelişim Tarihine Yeniden Bakış</t>
+          <t>İslam Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786055623395</t>
+          <t>9786059519939</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Hadise Dair İlimler ve Hadis Usulü</t>
+          <t>Yaşadığım Avrupa</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786059991544</t>
+          <t>9786052174586</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ne Diyor? Biz Ne Anlıyoruz?</t>
+          <t>Elveda Osmanlı</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786059223492</t>
+          <t>9786057619594</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Asabiyet</t>
+          <t>Tüm Yönleriyle Hz. Peygamber ve Ahlakı</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786055623654</t>
+          <t>9786057619716</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Ben de Arapça Öğreniyorum</t>
+          <t>İslam Düşüncesinde Siyaset Etmenin Temelleri</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786059991100</t>
+          <t>9786057619723</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu Müfredatın Uygun 5. Sınıf Görsel Arapça Test Kitabı</t>
+          <t>Tarihin Arka Sokakları</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786055309749</t>
+          <t>9786059519694</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sosyoloji</t>
+          <t>Hayy Bin Yakzan - Varlığın Gizemini Arayan Genç</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789756794050</t>
+          <t>9786057619631</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Aleviler Bektaşiler Nusayriler</t>
+          <t>Karguy - Kültürel Kuşatma ve İlahiyat</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786055309886</t>
+          <t>9786057619228</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Hz. Muhammed'in (S.A.V) Evrensel Mesajları</t>
+          <t>16. - 17. Yüzyıllarda Osmanlı Devleti’nde Haremeyn Vakıfları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786055309817</t>
+          <t>9786059991001</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve İktisat</t>
+          <t>Yeni Usüllerle İslami Tebliğ ve Temsil</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786055309862</t>
+          <t>9786057619679</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>İlk Adım Arapça Yazı Defteri</t>
+          <t>İslam Düşüncesi Kılavuzu</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786059991155</t>
+          <t>9786059519540</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu Müfredatına Uygun 6. Sınıf Görsel Arapça Test Kitabı</t>
+          <t>Modern Çağda Fıkhın Anlam ve İşlevi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>50</v>
+        <v>270</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786055309350</t>
+          <t>9786057619648</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kur’an Tefsirine Hizmetleri</t>
+          <t>Geleneksel Hadis Yorumculuğu</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789756794333</t>
+          <t>9786052174890</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Misyonerlik Faaliyetleri</t>
+          <t>Batı'ya Akan Nehir</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786055309251</t>
+          <t>9786057619686</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Kültüründe Hadis</t>
+          <t>İslam'a Yönelik İthamlara Cevaplar</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786055623784</t>
+          <t>9786057619662</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Emirü'l-Mü'minin Hz. Ali</t>
+          <t>Kudüs ve Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786055309343</t>
+          <t>9786057619655</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin İki Gülü Hasan - Hüseyin</t>
+          <t>Ebu Hanife ve Hadis</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789944704298</t>
+          <t>9786057619570</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Sade Hayatı</t>
+          <t>Peygamberlerimi Çok Seviyorum</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786055623142</t>
+          <t>9786057619617</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hitabeti</t>
+          <t>İslam Düşüncesinin Ana Merkezleri: Maveraünnehir</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789944152877</t>
+          <t>9786057619600</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Duaları</t>
+          <t>İlk Üç Asırda İslam Coğrafyasında Hadis</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786055309497</t>
+          <t>9786057619471</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimize Neden İnanmadılar?</t>
+          <t>Gazzali'de Varlık ve Bilgi</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052174036</t>
+          <t>9786057619501</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Şafak - Peygamber Efendimizin Hayatı 1</t>
+          <t>Tefsir İlminin Mahiyeti Sorunu</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786059223454</t>
+          <t>9786057619464</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Peygamberimiz</t>
+          <t>Şer’iyye Sicilleri Örnekliğinde İslam Hukuku Bakımından Evlat Edinme</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786055623173</t>
+          <t>9786057619365</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Pınarından 40 Hadis (İmam-ı Nevevi)</t>
+          <t>Arap Gramerinde Mecaz</t>
         </is>
       </c>
       <c r="C697" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786055309527</t>
+          <t>9786057619457</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Nesillerden Nesillere Armağan Sözler Hazinesi (Ciltli)</t>
+          <t>Milli Şair Mehmet Akif Ersoy Hayatı ve Ölümsüz Şiirleri</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9799756794967</t>
+          <t>9786057619433</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Diğer Dinlere Bakışları (Ciltli)</t>
+          <t>Tarih Aynasında Ziya Gökalp</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789756794173</t>
+          <t>9786057619242</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’e Göre Peygamberler ve Tevhid Mücadelesi</t>
+          <t>Buhari'nin Ebu Hanife'ye ve Hanefilere Bakış</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9799756794806</t>
+          <t>9786057619105</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’de Mes’uliyet</t>
+          <t>Selçuklular Döneminde Maturidilik</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789756794241</t>
+          <t>9786057619372</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tefsir Araştırmaları 6</t>
+          <t>Hazreti Meymune ve Sahihayn'deki Rivayetleri</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052174104</t>
+          <t>9786057619389</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Işığında Ailemizle 52 Ders</t>
+          <t>Hadiste Metin Tenkidi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789944704625</t>
+          <t>9786052174647</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Pratik Arapça Konuşma Kılavuzu</t>
+          <t>Elif-Ba Etkinlik Kitabım</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786055623630</t>
+          <t>9786057619396</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kemal Türkçe-Arapça Ansiklopedik Sözlük</t>
+          <t>Ana Hatlarıyla İslam Ceza Hukuku</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052174081</t>
+          <t>9786057619358</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma - Peygamber Efendimizin Hayatı 6</t>
+          <t>Arapça Öğretiminde Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786055309459</t>
+          <t>9786057619327</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Sosyal İçerikli İbadetleri ve Şahitliği</t>
+          <t>Hadis İlminin Çözüm Bekleyen Meseleleri</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789756794555</t>
+          <t>9786057619211</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Metodoloji (Usul) Mes’elesi 2</t>
+          <t>Başarının Büyüsü</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786055309534</t>
+          <t>9786057619204</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Örnek Şahsiyetleri Ashab-ı Kiram</t>
+          <t>İslam Hukukunda İhtiyat İlkesi</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786055309473</t>
+          <t>9786057619334</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kolaylaştırma İlkesi</t>
+          <t>Karz-ı Hasenin Kurumsallaşması</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789756794296</t>
+          <t>9786057619310</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kadın</t>
+          <t>Son Peygamberin İzinde</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786059223485</t>
+          <t>9786057619297</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Mezhepler Tarihi</t>
+          <t>Yol Ayrımındaki Selefilik Klasik İslam Modernizmi'nin Kur'an Algısı</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786059991582</t>
+          <t>9786057619303</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Te'vilatü'l Kur'an Tercümesi Fihrist (Ciltli)</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786055309855</t>
+          <t>9786057619273</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Peygamberimizin Etrafındaki Çocuklar ve Gençler (Ciltli)</t>
+          <t>Finansal Açıdan İslam Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786059991506</t>
+          <t>9786057619266</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Endülüslü Alim Ebu Amr Ed-Dani ve Kıraat İlmindeki Yeri</t>
+          <t>Muhteşem Yavuz Sultan Selim Han</t>
         </is>
       </c>
       <c r="C715" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786055309725</t>
+          <t>9786057619181</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku</t>
+          <t>İslam Benden Ne İster?</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786055309664</t>
+          <t>9786052174838</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Kelam Tarihi</t>
+          <t>İktisadi Hayatta ve İslam'da Faiz</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786055309701</t>
+          <t>9786052174814</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 1</t>
+          <t>Nikah ve Talak Kitabı</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786055309695</t>
+          <t>9786057619136</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Kılavuzu</t>
+          <t>Hazreti Hatice El-Kübra</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786055309633</t>
+          <t>9786052174296</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Türkçe'den Arapça'ya Çeviri Teknikleri</t>
+          <t>313 Soru 313 Cevap</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786055309596</t>
+          <t>9786057619075</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Rehberi</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 17 (Ciltli)</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
+          <t>9786057619129</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Problemleri</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786057619082</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>İslam Akaidi ve Kelam</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786052174876</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Kütüb-i Sitte ve Kütüb-i Hamse İmamlarının Hadis Kabul Şartları</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786057619037</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786057619099</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Hadisler ve Zihinlerdeki Sorular</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786057619044</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Kurban Çocuklar</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786052174364</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatül Kur'an Tercümesi 15. Cilt</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786052174999</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatül Kur'an Tercümesi 14. Cilt</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786052174821</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Günümüzde İslam’ı Anlamak</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786057619068</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>En Sevilen Öğretmen Hz. Muhammed (s.a.v) ve Eğitim Metotları</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786057619051</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Referansım Allah’tır</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786052174975</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatül Kur'an Tercümesi 16. Cilt</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786052174968</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Bir Devrin ve Bir Şehrin Muhteşem Öğretmeni Sandal Hoca</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786052174685</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla İslam Aile Hukuku</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786052174784</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Sinirli Anne - Babaların Akıllı Telefonla İmtihanı</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786052174753</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuzda Tankları Vuran Ebabiller</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786052174739</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatü'l Kur'an Tercümesi - 13 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786052174470</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Hayatım İbret Aynası</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786052174708</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Günümüze Yansımalarıyla Hz. Peygamber'in Muasırlarıyla Münasebetleri - 1</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786052174630</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası (1299-1919)</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786052174258</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Aişe'den Beş Demet Kırk Hadis</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786052174715</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Başarıya Götüren Yol</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786052174562</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Derste Mehmet Akif - İnanmış Bir Adam</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786052174654</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatü'l Kur'an Tercümesi 11 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786052174371</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatül Kur'an Tercümesi -12</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786052174494</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Nuh’un Gemisindeki Gençler</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786052174456</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Ahlak ve İslam Ahlakı</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786052174487</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Anlamı İman</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786052174463</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde Kelam</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786052174531</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Gücünü Etkili Kullanma Sanatı</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786052174425</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Elif'in İlk Namazı - Nesibe'nin İyilik Anlaşması</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786052174432</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmeni Başarıya Götüren Yol ve Nitelikli Öğretmen</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786052174357</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Siyer-i Nebi</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786052174388</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Başarı İnanç İşidir</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786059519908</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Afrikada İslamiyet</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786052174401</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Güller Ağlar Ülkemde</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786052174333</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatü'l Kur'an Tercümesi 10 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786052174302</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Nebevi Fiil ve Terklerin Anlam ve Yorumu</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786052174272</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Sahabe 3</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786052174319</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Düzelmek ve Değişmek İçin Kendimizi Tanımak</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786052174289</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Şafii Usul Geleneğinde İmam Şafii'ye Muhalif Usuli Görüşler</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786052174173</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatü'l Kur'an Tercümesi 9 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786052174210</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Tarihi</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786052174005</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Gündemdeki Tartışmalı Dini Konular - 2</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786052174234</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Selefilik ve Selefi Tefsir Anlayışı</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786052174241</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Ferahi ve Nazm</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786052174227</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Fatiha Suresi Tefsiri</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786052174159</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Kitabu’z Zühd</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786059519922</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Mezheplere Göre Klasik Kaynaklar ve Özellikleri</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786052174166</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Dini İstismar Boyutuyla 15 Temmuz - Darbe Girişiminin Arka Planı</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786052174012</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Yöntemle Hadis İlimleri ve Usulü</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786059519984</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Kim Bilir Ya Rasulallah</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786059991803</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Öğretiminde Ses Temelli Elif-Ba</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786059519977</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Müslüman Olmak</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786059519847</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Yönleriyle İslam’da Adalet</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786059519878</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Kelam İlmi ve İslam Hukukunda İçerik Sorunları</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786059519960</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>İslam İbadet Esasları</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786059519885</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatü'l Kur'an Tercümesi - 8 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786059223997</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Sigara ve İnsan Sağlığı</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786059991131</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Gençliğin Ruhi ve Manevi Problemleri</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786059519854</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik ve Dindarlık</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786059519861</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'a Tarihsel ve Modern Yaklaşımların Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786059519519</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatü'l Kur'an Tercümesi - 7 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786059519038</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıcından Bugüne Kur'an'ın Türkçe Tefsir ve Tercümesi</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786059519786</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Şefaat Kitabı</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786059519748</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber Döneminde Eğitim Öğretim</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786059519601</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla İslam Eğitim Tarihi</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786059519649</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Tekafül Teori ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786059519526</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>İslam Aile Hukuku</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786059519496</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Oyun ve Eğlenceli Etkinliklerle Din Öğretimi 4-6 Yaş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786059519472</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatül Kur'an Tercümesi 6. Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786059519397</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Modern Zamanlarda Hadisi Savunmak</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786059519489</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Oksidentalizmi ve Fuat Sezgin</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786059519458</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Kıssalarını Siret Bağlamında Okumak</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786059519045</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Gençliğin Gelişimi ve Problemleri Karşısında Din Görevlileri</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786059519410</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Bir Milletin Direniş Destanı Çanakkale</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786059991377</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Rivayet Tekniği Açısından Hadislerin Sayısı</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786059519076</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Süper Karınca Matematik Öğreniyor - 1</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786059519069</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Hezarfen</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786059519083</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Süper Karınca Matematik Öğreniyor - 2</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786059991759</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Safahat</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786059223980</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatül Kur'an Tercümesi 5. Cilt</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786059519021</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Bilal-i Habeşi</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786059519007</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Kutlu Sefere Hanımlarla Yolculuk</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786059991766</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Halep’te İlmi Hayat</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786059991780</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçaltı Şakadan Anlamaz</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786055309916</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>İslam İletişim Hukuku</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786059991735</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufun Dili</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786059223911</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Klasikten Moderne Seçme Tefsir Metinleri</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786055309893</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786059991742</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Zamanaşımı</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786059991728</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Metinleri - 1</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786059223904</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinin Kurucu Unsurları Usul-i Fıkıh Kelam Tasavvuf ve İslam Felsefesi</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786059223928</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamberin Hadislerinde Eğitim Metodları</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786059223850</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatü'l Kur'an Tercümesi 4. Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786059223874</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Din Hizmeti Yürütenlerin Sorunları ve Çözüm Önerileri</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786059223867</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Düşünce Geleneğimizde Mantık</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786058387508</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Mimar Sinan Cami Minberlerinde Beşgen Geometrik Desenler</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786059223683</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Birliğin Güçlendirilmesinde Dini Söylemin Önemi</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786059223706</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Diyanet İşleri Başkanları ve Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786052174678</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf ve Tıp</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786059223782</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786059223744</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Sıra Bizde</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786059223669</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatü'l Kur'an Tercümesi 3. Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786055309213</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Sistematik Yabancı Dil Öğretim Yaklaşımı ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786059223690</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>İmanın Güneş Yüzlü Çocukları</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786055623487</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuku (1. Cilt)</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786052174449</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla İslam Felsefesi</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786059223362</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla İslam Ahlakı</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786059223065</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Siyer Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786055309466</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Anahatlarıyla Ahkam Hadisleri</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9789944704212</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’da Tasavvuf Yolları</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786059223713</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>İmanın Güneş Yüzlü Öncüleri</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786059223461</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Sözleşmelerde Cezai Şart</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786059991605</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimiz ve İbadetler</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786055623401</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Dilbilgisi Sarf -Nahiv</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786059223416</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Ensar Kitabı - İslam Tarihinde Ensar</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786059223386</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatü'l Kur'an Tercümesi 2. Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786059223423</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Para Vakıfları</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786059991698</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimiz ve Sosyal Hayat</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786059223287</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Dolaşmaya Çıkan Salyangoz</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786059223263</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Canı Sıkılan Kurbağa</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786059223270</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Yavru Fil</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786059223331</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Evin Kargası</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786059223256</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşını Arayan Kırlangıç</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786059223300</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Kutup Ayısının Yavrusu</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786059223294</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman Farecik</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786059991612</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Ahlakı</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786059223225</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Siyer-i Nebi</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786059223324</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Tırtılın Evi</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786059223317</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Orman Yangını ve Tilki</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786059223188</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>İmam Hatip Okulları 6. Sınıf Arapça Ders Kitabı</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786059223096</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Arapça'da Sayılar</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786052174135</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Ailemizle 52 Derste İnanç Esasları</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786059223089</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>İlahiyatçılık ve Din Görevliliği Meslek Ahlakı</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786059223041</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Benim Peygamberim</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786059223027</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Yönleriyle Hac</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786055309060</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Kıraatların Tefsire Etkisi</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9789944704892</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Kerbela</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9780000004116</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Aykız Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +5 (8 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786055309985</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Kaynaklarıyla Mü'minlere Vaazlar 1</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786059991933</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Din Kültürü ve Ahlak Bilgisi Öğrenci Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786055309305</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Arapça İsim Cümlesini Yeniden Yapılandıran Amiller</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786055309329</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Arapça İmla ve Mükatebat İmla Kitabı 1</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9789756794210</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Arapça-Türkçe Yeni Kamus (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786059223072</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>El-Muallim / Başlangıç Düzeyi Arapça Eğitim Seti -1</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786059991971</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Okuma Parçaları</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786059991988</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ve Dimne</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786059991940</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Allah ve Namazı Bilinçaltında Sevdirebilmek</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786059223003</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Din Kültürü ve Ahlak Bilgisi ve Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786059991957</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Bir İletişim Aracı Olarak Kur'an'da Beden Dili</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786059991643</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Te'vilatü'l Kur'an Tercümesi 1. Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786059991810</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Bugünün İlahiyatı Nasıl Olmalıdır?</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786059991704</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Hanım Müfessirler</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786059991360</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Karataş'la Her Yemekte Dua</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786059991575</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Huzura Doğru 5 Büyük Adım</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786059991599</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Cehalet Kavramı</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786059519779</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Daniş - Bir Cennet Delisi</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786059991568</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Son Dönem Osmanlı Ahlak Terbiyecileri ve Ahlak Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786059991407</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an ve Sünnete Göre Temel İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786059991285</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>İslami İlimlerde Metodoloji Usül Mes'elesi - 5</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786055623746</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786059991346</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Tabakları Ayırdık Çocuklar Söz Dinlemez Oldu</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786059991322</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Konuşma ve Alıştırmalı Arapça Akıllı Defter</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9789756794340</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Asrımızda Hristiyan Müslüman Münasebetleri</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786055309367</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Arapçaya Giriş</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9789944704656</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Arapça'dan Türkçeleşmiş Kelimeler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786055623685</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Fiiller Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786059991261</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>İslam Borçlar Hukuku ve Ebu Yusuf'un Öncelikleri</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786059991179</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Rivayet İlimlerinde Haber-i Vahidlerin İtikat ve Teşri Yönlerinden Değeri</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786059991216</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Rivayet Tarihi</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786059519571</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Siyer-i Nebi (a.s)</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786059223478</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 2</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786055309909</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Hadis 2</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786055623371</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda İctihad</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786055309183</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Değişim ve İbadetler</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786055623906</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İradesi ve Kudret-i İlahiyye Bağlamında Kader Mes’elesi</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786055623623</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>İlk ve Büyük Halife Hz. Ebubekir (r.a.)</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786055309268</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber’i ve Hadislerini Anlamak</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786052174111</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Hadisler Işığında Ailemizle 52 Ders</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786055623418</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Usulü Yazıları</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786059519625</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Nebevi Sünnet’in Gerçekliğinde Hadis ve Sünnet Çözümlemeleri</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786059223201</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Gündemdeki Tartışmalı Dini Konular</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9789944704120</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Esma-i Hüsna</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786055623678</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Şehit Halife Hz. Osman</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9789944704069</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim ve Öğretime Dair Kırk Hadis</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786055309435</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Dört Ulu Çınar</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786052174050</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Hicret Yurdunda Sabah: Doğuş</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9789944704984</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Çeşitli Yönleriyle Nübüvvet Kavramı</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786059223881</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İslam Düşünürleri</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786055309374</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Büyükler Büyüğü Peygamberimiz</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9789944704441</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Yönleriyle Asr-ı Saadette İslam (4 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786055623852</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Bir Vicdan Uyanıyor</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786055623562</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Bilgelik Peşinde</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786055623692</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıçtan Günümüze İslam Mezhepleri Tarihi</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786052174043</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlıklara Doğru - Peygamber Efendimizin Hayatı 2</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9789944152860</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Arapçada Cümle Yapısı</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786055623975</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Uygulamalar Kitabı</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9789944704670</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Okuma ve Eski Metinler Kitabı</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786055623791</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Okuma Kitabı</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786055623814</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Arap Dilinde Ezdad</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9789756794302</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786059223164</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla İslam Tarihi (2. Cilt)</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786059223195</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla İslam Tarihi (1. Cilt)</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786055309244</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla İslam Öncesi Arap Tarihi ve Kültürü</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786055309282</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Anahatlarıyla İslam Mezhepleri Tarihi</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786055623500</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Anahatlarıyla İslam Hukuku (Cilt- 3)</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786055623494</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Anahatlarıyla İslam Hukuku (2. Cilt)</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786059223157</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Hadis</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9786055623234</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Anahatlarıyla Dinler Tarihi</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786052174128</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Ailemizle 52 Derste Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786052174142</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Ailemizle 52 Derste Ahlak</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786055623616</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Adil Halife Emirü’l-Mü’minin Hz. Ömer (r.a.)</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9786055309022</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Kolay Arapça</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786059223676</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Ömer B. Abdülaziz</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9786059991186</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786055309220</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber’den Müslüman Kadına Altın Öğütler</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786059223768</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber ve Aile Hayatı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786059991070</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunuzu Namaz Kılmaya Alıştırma Yolları (52 Öneri)</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786059991063</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunuza Oruç Tutmayı Kolaylaştırma Yolları (52 Öneri)</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786055623883</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Üvey Anne</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9789944704816</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Anahatlarıyla Mantık</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786055309275</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Mantık</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9789944704854</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla İslam Tarihi (3. Cilt)</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786055623647</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed’in Hayatı</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9786055623838</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>Temel Sarf Bilgileri</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786054036462</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Şükür</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786057619822</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Muvatta (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786055309954</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>İmam Hatip Liseleri 9. Sınıf Arapça Yaprak Testler - Çek Koparlı</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786059991353</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>İmam Hatip Ortaokulu Müfredatına Uygun 7. Sınıf Görsel Arapça Test Kitabı</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9786059991384</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Türk Toplumunun Kur'an Kültürü</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786059991032</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Olarak Kur'an-ı Kerim Hakkında Neler Bilmeliyiz?</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786055309930</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Din Kültürü ve Ahlak Bilgisi Öğretmenlerinin Öğrenci Başarısını Değerlendirme Yeterlikleri</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9789944704663</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Filozof Tabib Muhaddisler</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9789756794388</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh ve Hukuk Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9786055309503</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Usulü</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786055623210</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Hadisin Doğuş ve Gelişim Tarihine Yeniden Bakış</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786055623395</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Hadise Dair İlimler ve Hadis Usulü</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9786059991544</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Ne Diyor? Biz Ne Anlıyoruz?</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786059223492</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Asabiyet</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786055623654</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Ben de Arapça Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786059991100</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>İmam Hatip Ortaokulu Müfredatın Uygun 5. Sınıf Görsel Arapça Test Kitabı</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786055309749</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Sosyoloji</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9789756794050</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Aleviler Bektaşiler Nusayriler</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786055309886</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Hz. Muhammed'in (S.A.V) Evrensel Mesajları</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786055309817</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık ve İktisat</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786055309862</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>İlk Adım Arapça Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786059991155</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>İmam Hatip Ortaokulu Müfredatına Uygun 6. Sınıf Görsel Arapça Test Kitabı</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9786055309350</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Kur’an Tefsirine Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9789756794333</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Misyonerlik Faaliyetleri</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786055309251</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf Kültüründe Hadis</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786055623784</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Emirü'l-Mü'minin Hz. Ali</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9786055309343</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberin İki Gülü Hasan - Hüseyin</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9789944704298</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Sade Hayatı</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9786055623142</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hitabeti</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9789944152877</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Duaları</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786055309497</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimize Neden İnanmadılar?</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786052174036</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Özlenen Şafak - Peygamber Efendimizin Hayatı 1</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786059223454</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Örneklerle Peygamberimiz</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786055623173</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Nübüvvet Pınarından 40 Hadis (İmam-ı Nevevi)</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786055309527</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Nesillerden Nesillere Armağan Sözler Hazinesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9799756794967</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanların Diğer Dinlere Bakışları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9789756794173</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim’e Göre Peygamberler ve Tevhid Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9799756794806</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim’de Mes’uliyet</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9789756794241</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Tefsir Araştırmaları 6</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9786052174104</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Işığında Ailemizle 52 Ders</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9789944704625</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendine Pratik Arapça Konuşma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786055623630</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Kemal Türkçe-Arapça Ansiklopedik Sözlük</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9786052174081</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Kavuşma - Peygamber Efendimizin Hayatı 6</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9786055309459</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Sosyal İçerikli İbadetleri ve Şahitliği</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9789756794555</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>İslami İlimlerde Metodoloji (Usul) Mes’elesi 2</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786055309534</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ın Örnek Şahsiyetleri Ashab-ı Kiram</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786055309473</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Kolaylaştırma İlkesi</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9789756794296</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Kadın</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786059223485</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Fıkhi Mezhepler Tarihi</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9786059991582</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786055309855</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Peygamberimizin Etrafındaki Çocuklar ve Gençler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786059991506</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Endülüslü Alim Ebu Amr Ed-Dani ve Kıraat İlmindeki Yeri</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786055309725</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuku</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9786055309664</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Kelam Tarihi</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9786055309701</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 1</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9786055309695</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>9786055309633</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe'den Arapça'ya Çeviri Teknikleri</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9786055309596</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Dini Bilgiler Rehberi</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
           <t>9786055309589</t>
         </is>
       </c>
-      <c r="B722" s="1" t="inlineStr">
+      <c r="B1006" s="1" t="inlineStr">
         <is>
           <t>Ayet ve Hadisler Işığında Ramazan Oruç ve Zekat</t>
         </is>
       </c>
-      <c r="C722" s="1">
-        <v>60</v>
+      <c r="C1006" s="1">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>