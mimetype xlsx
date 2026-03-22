--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,15115 +85,15310 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256132917</t>
+          <t>9786258575170</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Önderlerimiz Muhammed B. Tümert</t>
+          <t>Tüm Yönleriyle Kadınla İlgili Hadisler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256132252</t>
+          <t>9786258575187</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şehirlerimiz – Belh</t>
+          <t>İslam’da Sakal Kesmenin ve Altın Yüzük Takmanın Hükmü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256132924</t>
+          <t>9786258575194</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şehirlerimiz - Mardin</t>
+          <t>Ayet ve Hadislerde Bereketli Yaşam</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256132290</t>
+          <t>9786258575132</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir İlim Merkezi Olarak İstanbul-I Fatih Dönemi</t>
+          <t>Kur’an İlimleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059223515</t>
+          <t>9786258575071</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Fıkhın Anlam ve İşlevi-IV</t>
+          <t>Postmodernizm, Toplumsal Değişim ve Din</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256506305</t>
+          <t>9786258575019</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kur’anca Yaşamak - Sorularla Çağdaş Tefsir</t>
+          <t>Umutsuz Olma İçindeki Sesle Dua Et</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256506152</t>
+          <t>9786256132979</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İmamüddin Zengin (Öderlerimiz-38)</t>
+          <t>İslami İlimlerin Kurucu Nesli Tabiin</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258201154</t>
+          <t>9786256132931</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 40 Derste Ahlak</t>
+          <t>Çağları Aşan Otuz Yıllık Serüven Hulefa-i Raşidin</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>65</v>
+        <v>380</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000096868</t>
+          <t>9786256132696</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 17 (Ciltli)</t>
+          <t>Bir İlim Merkezi Olarak İstanbul - II</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>42.1</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>4440000000653</t>
+          <t>9786258575101</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 6 (Ciltli)</t>
+          <t>Davetteki Dengeler Fıkhı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>42.1</v>
+        <v>430</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4440000000652</t>
+          <t>9786259355887</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 9 (Ciltli)</t>
+          <t>Devletlerimiz Zengiler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>42.1</v>
+        <v>185</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4440000000648</t>
+          <t>9786259355863</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 7 (Ciltli)</t>
+          <t>Klasik Dönemden Modern Yaklaşımlara Kelam Metinleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>42.1</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4440000000551</t>
+          <t>9786258575095</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 11 (Ciltli)</t>
+          <t>Bir Dönemin Hikayesi: Rektörlük Yıllarım</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>42.1</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>4440000000549</t>
+          <t>9786256132917</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 5 (Ciltli)</t>
+          <t>Önderlerimiz Muhammed B. Tümert</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>42.1</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>4440000000547</t>
+          <t>9786256132252</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 12 (Ciltli)</t>
+          <t>Şehirlerimiz – Belh</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>42.1</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4440000000546</t>
+          <t>9786256132924</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 10 (Ciltli)</t>
+          <t>Şehirlerimiz - Mardin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>42.1</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>4440000000543</t>
+          <t>9786256132290</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 8 (Ciltli)</t>
+          <t>Bir İlim Merkezi Olarak İstanbul-I Fatih Dönemi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>42.1</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4440000000541</t>
+          <t>9786059223515</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 15 (Ciltli)</t>
+          <t>Modern Çağda Fıkhın Anlam ve İşlevi-IV</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>42.1</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>4440000000539</t>
+          <t>9786256506305</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 3 (Ciltli)</t>
+          <t>Kur’anca Yaşamak - Sorularla Çağdaş Tefsir</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>42.1</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>4440000000537</t>
+          <t>9786256506152</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 4 (Ciltli)</t>
+          <t>İmamüddin Zengin (Öderlerimiz-38)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>42.1</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4440000000536</t>
+          <t>9786258201154</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 1 (Ciltli)</t>
+          <t>Sorularla 40 Derste Ahlak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>42.1</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4440000000534</t>
+          <t>3990000096868</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 18 (Ciltli)</t>
+          <t>Camiu’l-Usul Cilt 17 (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>42.1</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4440000000532</t>
+          <t>4440000000653</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 16 (Ciltli)</t>
+          <t>Camiu’l-Usul Cilt 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>42.1</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>4440000000531</t>
+          <t>4440000000652</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul Cilt 2 (Ciltli)</t>
+          <t>Camiu’l-Usul Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>42.1</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258490237</t>
+          <t>4440000000648</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dua Ayetleri (Meal - Tefsir)</t>
+          <t>Camiu’l-Usul Cilt 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052174845</t>
+          <t>4440000000551</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Günümüze Diyarbakır</t>
+          <t>Camiu’l-Usul Cilt 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052174869</t>
+          <t>4440000000549</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İlkçağlardan Osmanlıya Diyarbakır</t>
+          <t>Camiu’l-Usul Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>33</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052174852</t>
+          <t>4440000000547</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır - Mekan, Toplum, Ekonomi</t>
+          <t>Camiu’l-Usul Cilt 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>33</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052174807</t>
+          <t>4440000000546</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır - Alimler, Arifler, Edipler</t>
+          <t>Camiu’l-Usul Cilt 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>34</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057619235</t>
+          <t>4440000000543</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kocaelili Alimler</t>
+          <t>Camiu’l-Usul Cilt 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>23</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000051635</t>
+          <t>4440000000541</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Safvetü't-Tefasir Cilt: 4 (Ciltli)</t>
+          <t>Camiu’l-Usul Cilt 15 (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>54.28</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052174340</t>
+          <t>4440000000539</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi (Ciltli)</t>
+          <t>Camiu’l-Usul Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944152013</t>
+          <t>4440000000537</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Toplum</t>
+          <t>Camiu’l-Usul Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>12.5</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057619006</t>
+          <t>4440000000536</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sevgi İletişimi</t>
+          <t>Camiu’l-Usul Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>22</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052174920</t>
+          <t>4440000000534</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Geleceğine Yön Ver</t>
+          <t>Camiu’l-Usul Cilt 18 (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>70</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2789785844457</t>
+          <t>4440000000532</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme İslam Dünyası ve Türkiye</t>
+          <t>Camiu’l-Usul Cilt 16 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>11.83</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059223843</t>
+          <t>4440000000531</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Hayvanlar Eğitim Seti</t>
+          <t>Camiu’l-Usul Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>42.1</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057619150</t>
+          <t>9786258490237</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle İslam</t>
+          <t>Dua Ayetleri (Meal - Tefsir)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052174623</t>
+          <t>9786052174845</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalarla Sarf</t>
+          <t>Osmanlıdan Günümüze Diyarbakır</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059519953</t>
+          <t>9786052174869</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İslam Te'lif Geleneğinde Biyografi Yazıcılığı</t>
+          <t>İlkçağlardan Osmanlıya Diyarbakır</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052174982</t>
+          <t>9786052174852</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Eğitim Felsefesi</t>
+          <t>Diyarbakır - Mekan, Toplum, Ekonomi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>260</v>
+        <v>33</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944704274</t>
+          <t>9786052174807</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Toplum ve Aile</t>
+          <t>Diyarbakır - Alimler, Arifler, Edipler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>8.5</v>
+        <v>34</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055623586</t>
+          <t>9786057619235</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Sünnetinde Sağlık Mucizeleri</t>
+          <t>Kocaelili Alimler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055623012</t>
+          <t>3990000051635</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Aleyhisselam</t>
+          <t>Safvetü't-Tefasir Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>9.5</v>
+        <v>54.28</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055623609</t>
+          <t>9786052174340</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Akşemseddin Hazretleri</t>
+          <t>Siyer-i Nebi (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>13</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944704083</t>
+          <t>9789944152013</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Hadisçiler</t>
+          <t>Peygamberimiz ve Toplum</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944152846</t>
+          <t>9786057619006</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Aile (Ciltli)</t>
+          <t>Ailede Sevgi İletişimi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>23.5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055623463</t>
+          <t>9786052174920</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru Namaz</t>
+          <t>Geleceğine Yön Ver</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756794074</t>
+          <t>2789785844457</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Dönemi ve Eğitimi 2</t>
+          <t>Küreselleşme İslam Dünyası ve Türkiye</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>22.5</v>
+        <v>11.83</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756794070</t>
+          <t>9786059223843</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Dönemi ve Eğitimi - 1</t>
+          <t>Neşeli Hayvanlar Eğitim Seti</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>22.5</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756794487</t>
+          <t>9786057619150</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Altın Zinciri</t>
+          <t>Ayet ve Hadislerle İslam</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>11.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055309428</t>
+          <t>9786052174623</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gazzali’ye Göre İslam Ahlakı</t>
+          <t>Alıştırmalarla Sarf</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>21</v>
+        <v>130</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055623388</t>
+          <t>9786059519953</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>İslam Te'lif Geleneğinde Biyografi Yazıcılığı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>44</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055309381</t>
+          <t>9786052174982</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Açıdan Finans ve Altın İşlemleri</t>
+          <t>İslam Medeniyetinde Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>24.5</v>
+        <v>260</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944152112</t>
+          <t>9789944704274</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Fazlur Rahman’a Göre Allah ve İnsan</t>
+          <t>Hz. Peygamber Toplum ve Aile</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>11.11</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055623104</t>
+          <t>9786055623586</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Hikayeler</t>
+          <t>Hz. Peygamber Sünnetinde Sağlık Mucizeleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>40</v>
+        <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055623074</t>
+          <t>9786055623012</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Tarihi</t>
+          <t>Hz. Muhammed Aleyhisselam</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>14</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055623111</t>
+          <t>9786055623609</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Yurdumuz Cennet</t>
+          <t>Her Yönüyle Akşemseddin Hazretleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756794517</t>
+          <t>9789944704083</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Mucize Kur’an</t>
+          <t>Hadis ve Hadisçiler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>22</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055623197</t>
+          <t>9789944152846</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ebede Yolculuk</t>
+          <t>Günümüzde Aile (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>12.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944704793</t>
+          <t>9786055623463</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Duanın Sırları</t>
+          <t>Gözümün Nuru Namaz</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>7.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944704304</t>
+          <t>9789756794074</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dua Nedir</t>
+          <t>Gençlik Dönemi ve Eğitimi 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944152075</t>
+          <t>9789756794070</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dinleri Tarihleriyle Okumak</t>
+          <t>Gençlik Dönemi ve Eğitimi - 1</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>19</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789756794494</t>
+          <t>9789756794487</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Mabed ve İbadet</t>
+          <t>Geleneğin Altın Zinciri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>17</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9799756794943</t>
+          <t>9786055309428</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dinler ve Misyonerler</t>
+          <t>Gazzali’ye Göre İslam Ahlakı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>11.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055309398</t>
+          <t>9786055623388</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Toplumsal Boyutlarıyla Cinsiyet 2</t>
+          <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944152242</t>
+          <t>9786055309381</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dini Sohbetler</t>
+          <t>Fıkhi Açıdan Finans ve Altın İşlemleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>9.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9799756794844</t>
+          <t>9789944152112</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dini Otorite Sempozyumu (Ciltli)</t>
+          <t>Fazlur Rahman’a Göre Allah ve İnsan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055623739</t>
+          <t>9786055623104</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Din ve Gelenek</t>
+          <t>Eskimeyen Hikayeler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055309190</t>
+          <t>9786055623074</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Detaylı İngilizce Gramer</t>
+          <t>Endülüs Tarihi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>3990000009163</t>
+          <t>9786055623111</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Hukuk Devletinde Din ve Vicdan Hürriyeti</t>
+          <t>Ebedi Yurdumuz Cennet</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055623081</t>
+          <t>9789756794517</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sorunları ve İslam Sempozyumu (Ciltli)</t>
+          <t>Ebedi Mucize Kur’an</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>33</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055623067</t>
+          <t>9786055623197</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Ahlak Bunalımı ve Çözüm Arayışları</t>
+          <t>Ebede Yolculuk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>30</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055623968</t>
+          <t>9789944704793</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Din Eğitimi</t>
+          <t>Duanın Sırları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>17</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756794265</t>
+          <t>9789944704304</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Aydınlarının İslam’a Bakışı</t>
+          <t>Dua Nedir</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>19</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944704502</t>
+          <t>9789944152075</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Yolu</t>
+          <t>Dinleri Tarihleriyle Okumak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>8.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944704526</t>
+          <t>9789756794494</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-Usul (19 Cilt Takım)</t>
+          <t>Dinlerde Mabed ve İbadet</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944704830</t>
+          <t>9799756794943</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyal Güvenlik Kurumu Olarak Kur’an ve Sünnet’te Zekat</t>
+          <t>Dinler ve Misyonerler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>56</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944152921</t>
+          <t>9786055309398</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dünya-Ahiret Dengesinde Zenginlik ve Yoksulluk</t>
+          <t>Dini ve Toplumsal Boyutlarıyla Cinsiyet 2</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>21</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944704823</t>
+          <t>9789944152242</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bidat, Hurafe ve Batıl İnançlar</t>
+          <t>Dini Sohbetler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>37.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055623890</t>
+          <t>9799756794844</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Şiilik ve Kolları</t>
+          <t>Dini Otorite Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>21</v>
+        <v>33</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055309510</t>
+          <t>9786055623739</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Aile İlmihali (Ciltli)</t>
+          <t>Din ve Gelenek</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944704021</t>
+          <t>9786055309190</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Sürecinde Dini Kurumlar ve Din Eğitimi (Ciltli)</t>
+          <t>Detaylı İngilizce Gramer</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000011419</t>
+          <t>3990000009163</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Asitane, Dergah-ı Mevlana Albümü (Ciltli)</t>
+          <t>Demokratik Hukuk Devletinde Din ve Vicdan Hürriyeti</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756794630</t>
+          <t>9786055623081</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Öğreten Kitap</t>
+          <t>Çocuk Sorunları ve İslam Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>20.37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9799756794561</t>
+          <t>9786055623067</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bilgi, Bilim ve İslam 1-2</t>
+          <t>Çağımızın Ahlak Bunalımı ve Çözüm Arayışları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>23.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944704915</t>
+          <t>9786055623968</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Anahtarları 1</t>
+          <t>Cumhuriyet Dönemi Din Eğitimi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>11.11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055623999</t>
+          <t>9789756794265</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğrenim ve Öğretim Kılavuzu</t>
+          <t>Cumhuriyet Dönemi Aydınlarının İslam’a Bakışı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055309312</t>
+          <t>9789944704502</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Arapça İsim Sıfat Tamlamaları ve İsim Cümlesi Kurulumu</t>
+          <t>Cennetin Yolu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>115</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756794647</t>
+          <t>9789944704526</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dilbilgisi</t>
+          <t>Camiu’l-Usul (19 Cilt Takım)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>20.37</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055309541</t>
+          <t>9789944704830</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Arapça - Türkçe Öğretici Sözlük (Ciltli)</t>
+          <t>Bir Sosyal Güvenlik Kurumu Olarak Kur’an ve Sünnet’te Zekat</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>27.78</v>
+        <v>56</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055309206</t>
+          <t>9789944152921</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Annelik Okulu</t>
+          <t>Dünya-Ahiret Dengesinde Zenginlik ve Yoksulluk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>11.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055309176</t>
+          <t>9789944704823</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>Bidat, Hurafe ve Batıl İnançlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>10.19</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756794531</t>
+          <t>9786055623890</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Kur’an-ı Kerim ve Kur’an İlimlerine Giriş</t>
+          <t>Başlangıçtan Günümüze Şiilik ve Kolları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>12.04</v>
+        <v>21</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944197038</t>
+          <t>9786055309510</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ali Rıza Demircan Bütün Eserleri (6 Kitap Takım - Kutulu) (Ciltli)</t>
+          <t>Ayet ve Hadisler Işığında Aile İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9799756794974</t>
+          <t>9789944704021</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Akifçe Tespitler - Değerlendirmeler</t>
+          <t>Avrupa Birliği Sürecinde Dini Kurumlar ve Din Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055623555</t>
+          <t>3990000011419</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Eğitim</t>
+          <t>Asitane, Dergah-ı Mevlana Albümü (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>30</v>
+        <v>175</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756794197</t>
+          <t>9789756794630</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda İslam Dünyası ve Türkiye</t>
+          <t>Arapçayı Öğreten Kitap</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>110</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>3990000010566</t>
+          <t>9799756794561</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>15. ve 16. Asırları Türk Asrı Yapan Değerler (Kuşe) (Ciltli)</t>
+          <t>Bilgi, Bilim ve İslam 1-2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>29.63</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9799756794950</t>
+          <t>9789944704915</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>13.-16. y.y. Arası Osmanlı Müfessirleri (Ciltli)</t>
+          <t>Arapçanın Anahtarları 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055623869</t>
+          <t>9786055623999</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Böyle Dindi</t>
+          <t>Arapça Öğrenim ve Öğretim Kılavuzu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055309787</t>
+          <t>9786055309312</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti</t>
+          <t>Arapça İsim Sıfat Tamlamaları ve İsim Cümlesi Kurulumu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>14</v>
+        <v>115</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055309879</t>
+          <t>9789756794647</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Akaid ve Kelam İlminde Vahyin ve Aklın Yeri</t>
+          <t>Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055309763</t>
+          <t>9786055309541</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlilerinin Misyonu</t>
+          <t>Arapça - Türkçe Öğretici Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>45</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059991834</t>
+          <t>9786055309206</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Okumayı Öğreniyorum</t>
+          <t>Annelik Okulu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>14</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756794203</t>
+          <t>9786055309176</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Arapça Cep Lügatı</t>
+          <t>Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059991964</t>
+          <t>9789756794531</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Yazmayı Öğreniyorum</t>
+          <t>Anahatlarıyla Kur’an-ı Kerim ve Kur’an İlimlerine Giriş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>7.5</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059991049</t>
+          <t>9789944197038</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Türkçe Meali (Ciltli)</t>
+          <t>Ali Rıza Demircan Bütün Eserleri (6 Kitap Takım - Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>17</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055309732</t>
+          <t>9799756794974</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıp Tarihi Üzerine İncelemeler</t>
+          <t>Akifçe Tespitler - Değerlendirmeler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059991292</t>
+          <t>9786055623555</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İki Konulu Sorular - 2 Soru Bankası</t>
+          <t>Aile ve Eğitim</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059519557</t>
+          <t>9789756794197</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tıbb-ı Nebevi : Hz. Peygamber'in (s.a.v.) Sünnetinde Koruyucu Hekimlik</t>
+          <t>21. Yüzyılda İslam Dünyası ve Türkiye</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059991520</t>
+          <t>3990000010566</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Resimli İngilizce Sözlük</t>
+          <t>15. ve 16. Asırları Türk Asrı Yapan Değerler (Kuşe) (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>30</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059991124</t>
+          <t>9799756794950</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Felsefesi</t>
+          <t>13.-16. y.y. Arası Osmanlı Müfessirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059991056</t>
+          <t>9786055623869</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Qur'ana Kerim U Meala We Ya Kurdi - Kur'an-ı Kerim ve Kürtçe Meali (Ciltli)</t>
+          <t>Fırtına Böyle Dindi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059991193</t>
+          <t>9786055309787</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde Selefilik</t>
+          <t>İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059991087</t>
+          <t>9786055309879</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz (s.a.v)'den 40 Hutbe 101 Hadis</t>
+          <t>Akaid ve Kelam İlminde Vahyin ve Aklın Yeri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>12.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055309947</t>
+          <t>9786055309763</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalar İçin Çocuğunuza Kur'an Okumayı Sevdirme Yolları</t>
+          <t>Din Görevlilerinin Misyonu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>11.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052174883</t>
+          <t>9786059991834</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Evde ve Okulda Yapılabilecek Etkinlikler</t>
+          <t>Osmanlıca Okumayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052174791</t>
+          <t>9789756794203</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Atlası</t>
+          <t>Türkçe - Arapça Cep Lügatı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059223140</t>
+          <t>9786059991964</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Pratik Arapça Konuşma Kılavuzu</t>
+          <t>Osmanlıca Yazmayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>35</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059519755</t>
+          <t>9786059991049</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığı ve Dini İnanç</t>
+          <t>Kur'an-ı Kerim Türkçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059519991</t>
+          <t>9786055309732</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yakma Yanarsın</t>
+          <t>İslam Tıp Tarihi Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>6.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059519403</t>
+          <t>9786059991292</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Babamın Dua Kitabı</t>
+          <t>İki Konulu Sorular - 2 Soru Bankası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>50</v>
+        <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052174098</t>
+          <t>9786059519557</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Ders Kitapları (5 Kitap Takım)</t>
+          <t>Tıbb-ı Nebevi : Hz. Peygamber'in (s.a.v.) Sünnetinde Koruyucu Hekimlik</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059258999</t>
+          <t>9786059991520</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kıyısı</t>
+          <t>Resimli İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059991711</t>
+          <t>9786059991124</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikayeler Serisi (6 Kitap Takım)</t>
+          <t>İslam Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059519632</t>
+          <t>9786059991056</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tasarrufa Dayalı Faizsiz Finansman Sistemi</t>
+          <t>Qur'ana Kerim U Meala We Ya Kurdi - Kur'an-ı Kerim ve Kürtçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059519656</t>
+          <t>9786059991193</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Ed-Devvani</t>
+          <t>Tarihte ve Günümüzde Selefilik</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059519700</t>
+          <t>9786059991087</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi (2 Cilt Takım)</t>
+          <t>Peygamberimiz (s.a.v)'den 40 Hutbe 101 Hadis</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>28</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059519106</t>
+          <t>9786055309947</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mecelle Kartelası</t>
+          <t>Anne Babalar İçin Çocuğunuza Kur'an Okumayı Sevdirme Yolları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>17</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059223171</t>
+          <t>9786052174883</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Saadet-i Ömrüm: Medine Günleri</t>
+          <t>Erken Çocukluk Döneminde Evde ve Okulda Yapılabilecek Etkinlikler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059223584</t>
+          <t>9786052174791</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Okuma Parçaları 8</t>
+          <t>İlahiyat Atlası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>7.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059223577</t>
+          <t>9786059223140</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Okuma Parçaları - 7</t>
+          <t>Pratik Arapça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>7.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059223560</t>
+          <t>9786059519755</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Okuma Parçaları - 6</t>
+          <t>Ruh Sağlığı ve Dini İnanç</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>6</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059223553</t>
+          <t>9786059519991</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Okuma Parçaları - 5</t>
+          <t>Yakma Yanarsın</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059223546</t>
+          <t>9786059519403</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Okuma Parçaları - 4</t>
+          <t>Babamın Dua Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059223539</t>
+          <t>9786052174098</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Okuma Parçaları - 3</t>
+          <t>Ailemizle 52 Ders Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>6</v>
+        <v>500</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059223522</t>
+          <t>9786059258999</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Okuma Parçaları - 2</t>
+          <t>Aşkın Kıyısı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>6</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059223508</t>
+          <t>9786059991711</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Okuma Parçaları - 1</t>
+          <t>Arapça Hikayeler Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789750188725</t>
+          <t>9786059519632</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam</t>
+          <t>Tasarrufa Dayalı Faizsiz Finansman Sistemi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>34.26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055309848</t>
+          <t>9786059519656</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Stresin Manevi Reçetesi</t>
+          <t>Celaleddin Ed-Devvani</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055309718</t>
+          <t>9786059519700</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Okumalarına Giriş - Külli Kaideler</t>
+          <t>Siyer-i Nebi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>15.74</v>
+        <v>28</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055309565</t>
+          <t>9786059519106</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Arapça - Türkçe Yeni Sözlük (Ciltli)</t>
+          <t>Mecelle Kartelası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055309619</t>
+          <t>9786059223171</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Tek Taraflı Hukuki İşlemler</t>
+          <t>Saadet-i Ömrüm: Medine Günleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055309626</t>
+          <t>9786059223584</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Hızlı Kur'an Okuma Rehberi</t>
+          <t>Arapça Seçme Okuma Parçaları 8</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>29</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944704779</t>
+          <t>9786059223577</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Üç Kutsal Mabedi</t>
+          <t>Arapça Seçme Okuma Parçaları - 7</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>14</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055623357</t>
+          <t>9786059223560</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Sevgi Temelinde Beşeri Münasebetler</t>
+          <t>Arapça Seçme Okuma Parçaları - 6</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944704922</t>
+          <t>9786059223553</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Peygamber İnancı</t>
+          <t>Arapça Seçme Okuma Parçaları - 5</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>100</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756794357</t>
+          <t>9786059223546</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kılık-Kıyafet ve Örtünme</t>
+          <t>Arapça Seçme Okuma Parçaları - 4</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756794692</t>
+          <t>9786059223539</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kadın ve Aile</t>
+          <t>Arapça Seçme Okuma Parçaları - 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756794234</t>
+          <t>9786059223522</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İnsan Hakları Din Vicdan ve Düşünce Hürriyeti</t>
+          <t>Arapça Seçme Okuma Parçaları - 2</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>9.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944704311</t>
+          <t>9786059223508</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Dünya Ahiret Dengesi</t>
+          <t>Arapça Seçme Okuma Parçaları - 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>100</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756794395</t>
+          <t>9789750188725</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aile ve Çocuk Terbiyesi 2</t>
+          <t>Sistematik Kelam</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789756794418</t>
+          <t>9786055309848</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aile ve Çocuk Terbiyesi 1</t>
+          <t>Ayet ve Hadisler Işığında Stresin Manevi Reçetesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>25</v>
+        <v>135</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055623937</t>
+          <t>9786055309718</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Cinsel Hayat (Ciltli)</t>
+          <t>Tefsir Okumalarına Giriş - Külli Kaideler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>55</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756794062</t>
+          <t>9786055309565</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Demokrasi</t>
+          <t>Arapça - Türkçe Yeni Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>23.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055309039</t>
+          <t>9786055309619</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumunda Hristiyanlar</t>
+          <t>İslam Hukukunda Tek Taraflı Hukuki İşlemler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944152228</t>
+          <t>9786055309626</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinden Yapraklar</t>
+          <t>Kolay ve Hızlı Kur'an Okuma Rehberi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>11.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944152150</t>
+          <t>9789944704779</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İslam Mantık Geleneği ve Doğuluların Mantığı</t>
+          <t>İslam’ın Üç Kutsal Mabedi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944704847</t>
+          <t>9786055623357</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Ciltli)</t>
+          <t>İslam’da Sevgi Temelinde Beşeri Münasebetler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>22.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055623982</t>
+          <t>9789944704922</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kredi ve Finans Yöntemleri</t>
+          <t>İslam’da Peygamber İnancı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>21</v>
+        <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944704755</t>
+          <t>9789756794357</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesine Giriş</t>
+          <t>İslam’da Kılık-Kıyafet ve Örtünme</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>17</v>
+        <v>50</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789756794425</t>
+          <t>9789756794692</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İmam - Hatip Liseleri</t>
+          <t>İslam’da Kadın ve Aile</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>85</v>
+        <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055623098</t>
+          <t>9789756794234</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İktibaslar</t>
+          <t>İslam’da İnsan Hakları Din Vicdan ve Düşünce Hürriyeti</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>34</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756794470</t>
+          <t>9789944704311</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd’ün Hukuk Düşüncesi</t>
+          <t>İslam’da Dünya Ahiret Dengesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>16</v>
+        <v>100</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756794319</t>
+          <t>9789756794395</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Sünnetinde Orta Yol</t>
+          <t>İslam’da Aile ve Çocuk Terbiyesi 2</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>19</v>
+        <v>100</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756794326</t>
+          <t>9789756794418</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Sünnetinde İtaat</t>
+          <t>İslam’da Aile ve Çocuk Terbiyesi 1</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944704694</t>
+          <t>9786055623937</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Medeniyet Projesi</t>
+          <t>İslam’a Göre Cinsel Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>6.48</v>
+        <v>750</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055623159</t>
+          <t>9789756794062</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İnsan, Kainat ve Ötesi</t>
+          <t>İslam ve Demokrasi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>6.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059519090</t>
+          <t>9786055309039</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Da Farzdır</t>
+          <t>İslam Toplumunda Hristiyanlar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>22.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059223737</t>
+          <t>9789944152228</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Civanmert</t>
+          <t>İslam Tarihinden Yapraklar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>22</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059991650</t>
+          <t>9789944152150</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bidayetü'l-Müctehid ve Nihayetü'l Muktesid (3 Kitap Takım) (Ciltli)</t>
+          <t>İslam Mantık Geleneği ve Doğuluların Mantığı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>21</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059991551</t>
+          <t>9789944704847</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Konularına Göre Arapça - Türkçe Resimli Büyük Sözlük</t>
+          <t>İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>32</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786058383302</t>
+          <t>9786055623982</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Öpülesi İzler</t>
+          <t>Kredi ve Finans Yöntemleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059223133</t>
+          <t>9789944704755</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'den (S.A.V) Müslüman Erkeklere Altın Öğütler</t>
+          <t>İslam Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>4000000005001</t>
+          <t>9789756794425</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Okuma Parçaları Seti (8 Kitap)</t>
+          <t>İmam - Hatip Liseleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>48</v>
+        <v>85</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059223379</t>
+          <t>9786055623098</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Lider Olarak Hazreti Peygamber (S.A.V)</t>
+          <t>İktibaslar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>12.5</v>
+        <v>34</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059991247</t>
+          <t>9789756794470</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>E - Fetva</t>
+          <t>İbn Rüşd’ün Hukuk Düşüncesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>16</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059991278</t>
+          <t>9789756794319</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Elif Ba Öğreniyorum (3 Kitap Takım)</t>
+          <t>Hz. Peygamberin Sünnetinde Orta Yol</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059991308</t>
+          <t>9789756794326</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İki Konulu Sorular - 1 Soru Bankası</t>
+          <t>Hz. Peygamberin Sünnetinde İtaat</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059991315</t>
+          <t>9789944704694</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dini Danışmanlık ve Din Hizmetleri</t>
+          <t>Hz. Peygamber’in Medeniyet Projesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>22.5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059991223</t>
+          <t>9786055623159</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kısa Surelerin Terbiyesinde</t>
+          <t>İnsan, Kainat ve Ötesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>16</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059991162</t>
+          <t>9786059519090</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi</t>
+          <t>Kadınlara Da Farzdır</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059991452</t>
+          <t>9786059223737</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Aykız - 3 : Hayvanları Keşfediyor</t>
+          <t>Civanmert</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>7</v>
+        <v>22</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059991490</t>
+          <t>9786059991650</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Aykız - 2 : Vücudum ve Ailem</t>
+          <t>Bidayetü'l-Müctehid ve Nihayetü'l Muktesid (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>7</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059991438</t>
+          <t>9786059991551</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Aykız - 7 : Araç ve Gereçler</t>
+          <t>Konularına Göre Arapça - Türkçe Resimli Büyük Sözlük</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>7</v>
+        <v>32</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059991483</t>
+          <t>9786058383302</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Aykız - 6 : Ulaşım ve Meslekler</t>
+          <t>Öpülesi İzler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059991476</t>
+          <t>9786059223133</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Aykız - 8 : Türkiyeyi Geziyor ve Keşfediyor</t>
+          <t>Hz. Peygamber'den (S.A.V) Müslüman Erkeklere Altın Öğütler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059991513</t>
+          <t>4000000005001</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Aykız - 1 : Sayıları ve Şekilleri Öğreniyor</t>
+          <t>Arapça Seçme Okuma Parçaları Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>7</v>
+        <v>48</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059991469</t>
+          <t>9786059223379</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Aykız - 4 : Mevsimler</t>
+          <t>Lider Olarak Hazreti Peygamber (S.A.V)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>7</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059991445</t>
+          <t>9786059991247</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Aykız - 5 : Bitkiler ve Yiyecekler</t>
+          <t>E - Fetva</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>7</v>
+        <v>220</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059991148</t>
+          <t>9786059991278</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>DHBT Din Hizmetleri Alan Bilgisi Testi Soru Bankası</t>
+          <t>Elif Ba Öğreniyorum (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055309961</t>
+          <t>9786059991308</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Yolcularına Mekke Medine Rehberi</t>
+          <t>İki Konulu Sorular - 1 Soru Bankası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>80</v>
+        <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059223218</t>
+          <t>9786059991315</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Okulları 5. Sınıf Arapça Ders Kitabı</t>
+          <t>Dini Danışmanlık ve Din Hizmetleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>25</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059991797</t>
+          <t>9786059991223</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Müslümanı İçin Din Kültürü</t>
+          <t>Kısa Surelerin Terbiyesinde</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055309992</t>
+          <t>9786059991162</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Değerleri Yaşatmak ve Değerler Sözlüğü</t>
+          <t>Din Eğitimi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>9.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>3990000054895</t>
+          <t>9786059991452</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kim Güzel Konuşmak İstemez Ki?</t>
+          <t>Aykız - 3 : Hayvanları Keşfediyor</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059223058</t>
+          <t>9786059991490</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Araplar İçin Türkçe Konuşma Kılavuzu</t>
+          <t>Aykız - 2 : Vücudum ve Ailem</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059991827</t>
+          <t>9786059991438</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Masum Hırsız</t>
+          <t>Aykız - 7 : Araç ve Gereçler</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059991421</t>
+          <t>9786059991483</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kerbela'nın Hesabı</t>
+          <t>Aykız - 6 : Ulaşım ve Meslekler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>35</v>
+        <v>7</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059991339</t>
+          <t>9786059991476</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İslam</t>
+          <t>Aykız - 8 : Türkiyeyi Geziyor ve Keşfediyor</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059223249</t>
+          <t>9786059991513</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Para, Faiz ve İslam</t>
+          <t>Aykız - 1 : Sayıları ve Şekilleri Öğreniyor</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>26</v>
+        <v>7</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059223393</t>
+          <t>9786059991469</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu Müfredatına Uygun 8. Sınıf Görsel Arapça Test Kitabı</t>
+          <t>Aykız - 4 : Mevsimler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>40</v>
+        <v>7</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257320856</t>
+          <t>9786059991445</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Ana Konuları</t>
+          <t>Aykız - 5 : Bitkiler ve Yiyecekler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>7</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055309794</t>
+          <t>9786059991148</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kulluk</t>
+          <t>DHBT Din Hizmetleri Alan Bilgisi Testi Soru Bankası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055309756</t>
+          <t>9786055309961</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Araştırmacılarla Başbaşa</t>
+          <t>Hac ve Umre Yolcularına Mekke Medine Rehberi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059223799</t>
+          <t>9786059223218</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed</t>
+          <t>İmam Hatip Okulları 5. Sınıf Arapça Ders Kitabı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055309602</t>
+          <t>9786059991797</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Yücelten Değerler</t>
+          <t>Günümüz Müslümanı İçin Din Kültürü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055309770</t>
+          <t>9786055309992</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İlim ve İlim Yolcuları</t>
+          <t>Değerleri Yaşatmak ve Değerler Sözlüğü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>14</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055309800</t>
+          <t>3990000054895</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hayat</t>
+          <t>Kim Güzel Konuşmak İstemez Ki?</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9799756794615</t>
+          <t>9786059223058</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri ve Arap Lugatçılığındaki Yeri</t>
+          <t>Araplar İçin Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>16</v>
+        <v>55</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055309107</t>
+          <t>9786059991827</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hudeyhiye Ufuklarına Doğru Yükseliş</t>
+          <t>Masum Hırsız</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9799756794745</t>
+          <t>9786059991421</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinlik Dönemi Eğitimi ve Problemleri</t>
+          <t>Kerbela'nın Hesabı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>23.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944152914</t>
+          <t>9786059991339</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yazma Eserler Terminolojisi</t>
+          <t>İnsan ve İslam</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944704076</t>
+          <t>9786059223249</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık Dönemi ve Problemleri</t>
+          <t>Para, Faiz ve İslam</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>23.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789756794364</t>
+          <t>9786059223393</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Kur’an Hazreti Peygamber</t>
+          <t>İmam Hatip Ortaokulu Müfredatına Uygun 8. Sınıf Görsel Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055623777</t>
+          <t>9786257320856</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (sav) 'in Peygamberliğinin Delilleri</t>
+          <t>Kur’an’ın Ana Konuları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055309046</t>
+          <t>9786055309794</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Arapça</t>
+          <t>Kulluk</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789756794227</t>
+          <t>9786055309756</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslamlaşma ve Önündeki Engeller</t>
+          <t>Araştırmacılarla Başbaşa</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>9.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055309008</t>
+          <t>9786059223799</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Nasıl Bir İlimdir?</t>
+          <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>19</v>
+        <v>7</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944704045</t>
+          <t>9786055309602</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve İrfan Terimleri Sözlüğü (Ciltli)</t>
+          <t>İnsanı Yücelten Değerler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>33</v>
+        <v>220</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9799756794752</t>
+          <t>9786055309770</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde Ehl-i Sünnet (Ciltli)</t>
+          <t>İlim ve İlim Yolcuları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>23.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055623333</t>
+          <t>9786055309800</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Dindeki Yeri</t>
+          <t>Kur'an ve Hayat</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055914165</t>
+          <t>9799756794615</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Söz Gümüş Nasihat Altın Olursa</t>
+          <t>Zemahşeri ve Arap Lugatçılığındaki Yeri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055623005</t>
+          <t>9786055309107</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sosyal ve Ferdi İşlevleri Açısından Namaz ve Cami</t>
+          <t>Hudeyhiye Ufuklarına Doğru Yükseliş</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756794449</t>
+          <t>9799756794745</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatta Kadın</t>
+          <t>Yetişkinlik Dönemi Eğitimi ve Problemleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>22.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756794432</t>
+          <t>9789944152914</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Değişme ve Dini Hayat</t>
+          <t>Yazma Eserler Terminolojisi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>9.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944704786</t>
+          <t>9789944704076</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler ve Hatıralar 2</t>
+          <t>Yaşlılık Dönemi ve Problemleri</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>23.5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9799756794868</t>
+          <t>9789756794364</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler ve Hatıralar (Ciltli)</t>
+          <t>Yaşayan Kur’an Hazreti Peygamber</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>23.5</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>3990000007048</t>
+          <t>9786055623777</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sıra Bizde</t>
+          <t>Hz. Muhammed (sav) 'in Peygamberliğinin Delilleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>13.89</v>
+        <v>60</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055623166</t>
+          <t>9786055309046</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Öğrettiği Dualar ve Zikirler</t>
+          <t>Uygulamalı Arapça</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944152044</t>
+          <t>9789756794227</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin İbadetleri</t>
+          <t>Türkiye’de İslamlaşma ve Önündeki Engeller</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>4.17</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9799756794370</t>
+          <t>9786055309008</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Örnek Kul Son Resul</t>
+          <t>Tefsir Nasıl Bir İlimdir?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>4.63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789944704960</t>
+          <t>9789944704045</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesini Okuma ve Anlamada Arapçanın Yeri</t>
+          <t>Tasavvuf ve İrfan Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>25</v>
+        <v>33</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055623036</t>
+          <t>9799756794752</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Tarihte ve Günümüzde Ehl-i Sünnet (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>21</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055623708</t>
+          <t>9786055623333</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı History and Institutions</t>
+          <t>Sünnetin Dindeki Yeri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>23.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9799756794981</t>
+          <t>9786055914165</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Halkının Geleneksel İslam Anlayışı ve Kaynakları</t>
+          <t>Söz Gümüş Nasihat Altın Olursa</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>13.89</v>
+        <v>17</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>3990000010343</t>
+          <t>9786055623005</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Din ve Vicdan Hürriyeti</t>
+          <t>Sosyal ve Ferdi İşlevleri Açısından Namaz ve Cami</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>18.52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789944152235</t>
+          <t>9789756794449</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Nesillerin El Kitabı</t>
+          <t>Sosyal Hayatta Kadın</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>9.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944704229</t>
+          <t>9789756794432</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kitabı</t>
+          <t>Sosyal Değişme ve Dini Hayat</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>8.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055914172</t>
+          <t>9789944704786</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Namaz Gerçeği</t>
+          <t>Sohbetler ve Hatıralar 2</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>13</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055309145</t>
+          <t>9799756794868</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihi ve Terimleri Sözlüğü</t>
+          <t>Sohbetler ve Hatıralar (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>33</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944704946</t>
+          <t>3990000007048</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Sünnetin Dindeki Yeri</t>
+          <t>Sıra Bizde</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9799756794776</t>
+          <t>9786055623166</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Peygamberim Hz. Muhammed (S.A.V.)</t>
+          <t>Peygamberimizin Öğrettiği Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789944152976</t>
+          <t>9789944152044</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Metinleşme Süreci</t>
+          <t>Peygamberimizin İbadetleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>12.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055309015</t>
+          <t>9799756794370</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Anlaşılmasına Doğru Tefsir ve Toplum</t>
+          <t>Örnek Kul Son Resul</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>22.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944152983</t>
+          <t>9789944704960</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’de Ehl-i Kitab</t>
+          <t>Osmanlı Türkçesini Okuma ve Anlamada Arapçanın Yeri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>115</v>
+        <v>25</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055623760</t>
+          <t>9786055623036</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Tecvidi</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>7.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756794678</t>
+          <t>9786055623708</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Açısından İman-Amel İlişkisi</t>
+          <t>Osmanlı History and Institutions</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>130</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>3990000009165</t>
+          <t>9799756794981</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Cami Boy) (Ciltli)</t>
+          <t>Osmanlı Halkının Geleneksel İslam Anlayışı ve Kaynakları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055309442</t>
+          <t>3990000010343</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan Evrensel Mesajlar</t>
+          <t>Osmanlı Devleti’nde Din ve Vicdan Hürriyeti</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944704090</t>
+          <t>9789944152235</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan Evrensel İlkeler</t>
+          <t>Nesillerin El Kitabı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789756794500</t>
+          <t>9789944704229</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Toplumsal Düzen</t>
+          <t>Namaz Kitabı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>14</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789944704687</t>
+          <t>9786055914172</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sosyal Gerçeklik</t>
+          <t>Namaz Gerçeği</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055623227</t>
+          <t>9786055309145</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre İnsan ve Sorumlulukları</t>
+          <t>Mezhepler Tarihi ve Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9799756794813</t>
+          <t>9789944704946</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Yorum</t>
+          <t>Meşhur Sünnetin Dindeki Yeri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3990000010349</t>
+          <t>9799756794776</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tefsir Araştırmaları-3</t>
+          <t>Kutlu Peygamberim Hz. Muhammed (S.A.V.)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>20.37</v>
+        <v>4</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059991018</t>
+          <t>9789944152976</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Cennet Hayatı</t>
+          <t>Kur’an’ın Metinleşme Süreci</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>250</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944704243</t>
+          <t>9786055309015</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssaları</t>
+          <t>Kur’an’ın Anlaşılmasına Doğru Tefsir ve Toplum</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>15</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990000009164</t>
+          <t>9789944152983</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Kur’an-ı Kerim’de Ehl-i Kitab</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>33</v>
+        <v>115</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9799756794851</t>
+          <t>9786055623760</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Aydınlığında Müslümana Yol Haritası (Ciltli)</t>
+          <t>Kur’an-ı Kerim Tecvidi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>22.22</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055309404</t>
+          <t>9789756794678</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>KPSS - ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenlik Alan Bilgisi Testi Soru Bankası</t>
+          <t>Kur’an-ı Kerim Açısından İman-Amel İlişkisi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>24.5</v>
+        <v>130</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756794258</t>
+          <t>3990000009165</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Klasik Modernizm’de Kur’an’a Yeni Yaklaşımlar</t>
+          <t>Kur’an-ı Kerim (Cami Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>14.81</v>
+        <v>40</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055623043</t>
+          <t>9786055309442</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kırım Türkleri</t>
+          <t>Kur’an’dan Evrensel Mesajlar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>12.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786055623876</t>
+          <t>9789944704090</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kaynana Münevver Hanım</t>
+          <t>Kur’an’dan Evrensel İlkeler</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>16</v>
+        <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055309121</t>
+          <t>9789756794500</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma</t>
+          <t>Kur’an’da Toplumsal Düzen</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789756794548</t>
+          <t>9789944704687</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Metodoloji (Usül) Meselesi 1</t>
+          <t>Kur’an’da Sosyal Gerçeklik</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944704953</t>
+          <t>9786055623227</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Metodoloji (Usül) Meselesi 3</t>
+          <t>Kur’an’a Göre İnsan ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052174746</t>
+          <t>9799756794813</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Mezhep</t>
+          <t>Kur’an ve Yorum</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>250</v>
+        <v>14</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789756321812</t>
+          <t>3990000010349</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Cep Boy)</t>
+          <t>Kur’an ve Tefsir Araştırmaları-3</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>840</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057619259</t>
+          <t>9786059991018</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Merkezli Çocuk Eğitimi</t>
+          <t>Kur’an ve Sünnet Işığında Cennet Hayatı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944152969</t>
+          <t>9789944704243</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hadis Çözümlemeleri</t>
+          <t>Kur’an Kıssaları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057619778</t>
+          <t>3990000009164</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Namazın Nasılsa Hayatın Öyledir</t>
+          <t>Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>33</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052174548</t>
+          <t>9799756794851</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Nabia Abbott ve Hadis'e Yaklaşımı</t>
+          <t>Kur’an Aydınlığında Müslümana Yol Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>50</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789756794151</t>
+          <t>9786055309404</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Tefsir Araştırmaları 5</t>
+          <t>KPSS - ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenlik Alan Bilgisi Testi Soru Bankası</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>21</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057619341</t>
+          <t>9789756794258</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kripto Para Birimleri</t>
+          <t>Klasik Modernizm’de Kur’an’a Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>25</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052174760</t>
+          <t>9786055623043</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Siyer Usulü</t>
+          <t>Kırım Türkleri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>35</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944704144</t>
+          <t>9786055623876</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Düşünce ve Kültürde Tasavvuf</t>
+          <t>Kaynana Münevver Hanım</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>150</v>
+        <v>16</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055309152</t>
+          <t>9786055309121</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Toplumsal Boyutlarıyla Cinsiyet 1</t>
+          <t>Kavuşma</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256132528</t>
+          <t>9789756794548</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kadiri Bendesi Bir Sufi Aksaraylı Şeyh Osman Efendi</t>
+          <t>İslami İlimlerde Metodoloji (Usül) Meselesi 1</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256132986</t>
+          <t>9789944704953</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kuran’ı Kerim’in Dilinden Hz. Peygamber</t>
+          <t>İslami İlimlerde Metodoloji (Usül) Meselesi 3</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>530</v>
+        <v>28</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786259355801</t>
+          <t>9786052174746</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İlk Beş Asırda Sufi Epistemoloji</t>
+          <t>Osmanlı'da Mezhep</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256132771</t>
+          <t>9789756321812</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde ve Öğretimde Nebevi Metot</t>
+          <t>Kur'an-ı Kerim (Cep Boy)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>330</v>
+        <v>840</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256132955</t>
+          <t>9786057619259</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Helal-Mekruh ve Haramlar</t>
+          <t>Sevgi Merkezli Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>580</v>
+        <v>130</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256132795</t>
+          <t>9789944152969</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Dini Doğru Anlamak ve Doğru Yaşamak I</t>
+          <t>Hadis Çözümlemeleri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>14</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256132801</t>
+          <t>9786057619778</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Dini Doğru Anlamak ve Doğru Yaşamak II</t>
+          <t>Namazın Nasılsa Hayatın Öyledir</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256132863</t>
+          <t>9786052174548</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hadiste Sened Tenkidi</t>
+          <t>Nabia Abbott ve Hadis'e Yaklaşımı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>370</v>
+        <v>50</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256132870</t>
+          <t>9789756794151</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Bilgide Otoritenin Dönüşümü l Fıkıhtan Hukuka</t>
+          <t>Kur'an ve Tefsir Araştırmaları 5</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>350</v>
+        <v>21</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256132832</t>
+          <t>9786057619341</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Savaş</t>
+          <t>Kripto Para Birimleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>700</v>
+        <v>25</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256132849</t>
+          <t>9786052174760</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sana Emanet - Sorularla 40 Derste Sahabe</t>
+          <t>Siyer Usulü</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256132856</t>
+          <t>9789944704144</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sana Emanet - Sorularla 40 Derste Ahlak</t>
+          <t>Düşünce ve Kültürde Tasavvuf</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256132788</t>
+          <t>9786055309152</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Esmalardan Öze Yolculuk</t>
+          <t>Dini ve Toplumsal Boyutlarıyla Cinsiyet 1</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256132818</t>
+          <t>9786256132528</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Alıştırma ve Hikayelerle Basitleştirilmiş Nahiv Bilgisi</t>
+          <t>Kadiri Bendesi Bir Sufi Aksaraylı Şeyh Osman Efendi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256132764</t>
+          <t>9786256132986</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Etkiniklerle Tecvid Öğretimi</t>
+          <t>Kuran’ı Kerim’in Dilinden Hz. Peygamber</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256132740</t>
+          <t>9786259355801</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönemden Çağdaş Yaklaşımlara Tefsir Metinleri Üzerine Bir İnceleme</t>
+          <t>İlk Beş Asırda Sufi Epistemoloji</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256132757</t>
+          <t>9786256132771</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hitabet (Sözde Hikmet, Üslupta Zarafet)</t>
+          <t>Eğitimde ve Öğretimde Nebevi Metot</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256132733</t>
+          <t>9786256132955</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Din Dışı Yönelimler ve Din Eğitimi</t>
+          <t>Ayet ve Hadisler Işığında Helal-Mekruh ve Haramlar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256132658</t>
+          <t>9786256132795</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yeterli Sözlük - Arapça/Türkçe (3 Cilt)</t>
+          <t>Dini Doğru Anlamak ve Doğru Yaşamak I</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>4500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057619280</t>
+          <t>9786256132801</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Önce Alkışladılar Sonra Öldürdüler</t>
+          <t>Dini Doğru Anlamak ve Doğru Yaşamak II</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256132115</t>
+          <t>9786256132863</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Müslüman Kalabilmek</t>
+          <t>Hadiste Sened Tenkidi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256132375</t>
+          <t>9786256132870</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri - 4</t>
+          <t>Osmanlı’dan Cumhuriyet’e Bilgide Otoritenin Dönüşümü l Fıkıhtan Hukuka</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256132719</t>
+          <t>9786256132832</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisi Sarf-Nahiv</t>
+          <t>Bütün Yönleriyle Savaş</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256132702</t>
+          <t>9786256132849</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İlim ve Alim (İlim Tahsilinde İlkeler ve Cami’u’t-Tirmizi’nin İlim Bölümü)</t>
+          <t>Sana Emanet - Sorularla 40 Derste Sahabe</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059223355</t>
+          <t>9786256132856</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Hikayeler ve Masallar</t>
+          <t>Sana Emanet - Sorularla 40 Derste Ahlak</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256506473</t>
+          <t>9786256132788</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sarf ve Nahiv Açısından Kısa Surelerin Tahlilleri</t>
+          <t>Esmalardan Öze Yolculuk</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057619143</t>
+          <t>9786256132818</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle İslam (Arapçalı)</t>
+          <t>Alıştırma ve Hikayelerle Basitleştirilmiş Nahiv Bilgisi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052174937</t>
+          <t>9786256132764</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Namazı Yaşamak</t>
+          <t>Etkiniklerle Tecvid Öğretimi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059519434</t>
+          <t>9786256132740</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Alimi Maturidi ve Maturidilik</t>
+          <t>Klasik Dönemden Çağdaş Yaklaşımlara Tefsir Metinleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052174265</t>
+          <t>9786256132757</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Kıraatinde Dad Harfi ve Dudak Ta’limi</t>
+          <t>Hitabet (Sözde Hikmet, Üslupta Zarafet)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059223973</t>
+          <t>9786256132733</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerimden Kadınlara</t>
+          <t>Gençlerde Din Dışı Yönelimler ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059991414</t>
+          <t>9786256132658</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri 10. Sınıf Arapça Yaprak Testler</t>
+          <t>Yeterli Sözlük - Arapça/Türkçe (3 Cilt)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>100</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059223720</t>
+          <t>9786057619280</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Bereket</t>
+          <t>Önce Alkışladılar Sonra Öldürdüler</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9780000004109</t>
+          <t>9786256132115</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +3 (8 Kitap Takım)</t>
+          <t>Modern Çağda Müslüman Kalabilmek</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>49.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257320894</t>
+          <t>9786256132375</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri - 4</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059223805</t>
+          <t>9786256132719</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Koşan Yağmur Damlası</t>
+          <t>Arapça Dil Bilgisi Sarf-Nahiv</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257320979</t>
+          <t>9786256132702</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Zengi</t>
+          <t>İlim ve Alim (İlim Tahsilinde İlkeler ve Cami’u’t-Tirmizi’nin İlim Bölümü)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786055309572</t>
+          <t>9786059223355</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hocası</t>
+          <t>Arapça Seçme Hikayeler ve Masallar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789944704861</t>
+          <t>9786256506473</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Riyazü’s Salihin (Ciltli)</t>
+          <t>Sarf ve Nahiv Açısından Kısa Surelerin Tahlilleri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786055623722</t>
+          <t>9786057619143</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Ayet ve Hadislerle İslam (Arapçalı)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789756794913</t>
+          <t>9786052174937</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Türkçe Anlamı (Meal)</t>
+          <t>Namazı Yaşamak</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756794579</t>
+          <t>9786059519434</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in İndirildiği Yedi Harf ve Kıraatlar</t>
+          <t>Büyük Türk Alimi Maturidi ve Maturidilik</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059223447</t>
+          <t>9786052174265</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Namaza Başlıyor</t>
+          <t>Kur’an-ı Kerim Kıraatinde Dad Harfi ve Dudak Ta’limi</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256132634</t>
+          <t>9786059223973</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Akrabalık İlişkilerinin Geliştirilmesinde Hadislerin Rolü</t>
+          <t>Kur'an-ı Kerimden Kadınlara</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256132641</t>
+          <t>9786059991414</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Akrabalık Terapisi</t>
+          <t>İmam Hatip Liseleri 10. Sınıf Arapça Yaprak Testler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256132627</t>
+          <t>9786059223720</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Sosyolojisi</t>
+          <t>Hadislerde Bereket</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256132597</t>
+          <t>9780000004109</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Şak Şık Şakayık - Töreli İştikak Denemeleri</t>
+          <t>Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +3 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>270</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256132610</t>
+          <t>9786257320894</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Öz’lenmek için Söz’lenmek</t>
+          <t>Hazreti Ömer</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256132511</t>
+          <t>9786059223805</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi ve Din Hizmetlerine Adanmış Bir Ömür: Anılarım</t>
+          <t>Koşan Yağmur Damlası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055309688</t>
+          <t>9786257320979</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Temel Gramer Kuralları</t>
+          <t>Nureddin Zengi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>410</v>
+        <v>120</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256132603</t>
+          <t>9786055309572</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Namaz Hocası</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258201086</t>
+          <t>9789944704861</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlileri İlmihalli Dua Rehberi</t>
+          <t>Riyazü’s Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>70</v>
+        <v>900</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256132559</t>
+          <t>9786055623722</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Somoncu Baba Hamid-i Veli'nin Tasavvufa Dair Üç Risalesi</t>
+          <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>270</v>
+        <v>750</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256132573</t>
+          <t>9789756794913</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Örnek Ahlaklarıyla Peygamberler</t>
+          <t>Kur’an-ı Kerim’in Türkçe Anlamı (Meal)</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256132542</t>
+          <t>9789756794579</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
+          <t>Kur’an-ı Kerim’in İndirildiği Yedi Harf ve Kıraatlar</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256132535</t>
+          <t>9786059223447</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
+          <t>Zeynep Namaza Başlıyor</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256132566</t>
+          <t>9786256132634</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>41 Öğretmen - Eğitim Dünyamızı Aydınlatanlar</t>
+          <t>Akrabalık İlişkilerinin Geliştirilmesinde Hadislerin Rolü</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256132504</t>
+          <t>9786256132641</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Son Dindir</t>
+          <t>Akrabalık Terapisi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944704519</t>
+          <t>9786256132627</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Ramazanı Nasıl İhya Ederim?</t>
+          <t>Tasavvuf Sosyolojisi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789944704762</t>
+          <t>9786256132597</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Namaz Dirilişe Çağrı</t>
+          <t>Şak Şık Şakayık - Töreli İştikak Denemeleri</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256132498</t>
+          <t>9786256132610</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Halvetilik ve Halvetiler</t>
+          <t>Öz’lenmek için Söz’lenmek</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258201208</t>
+          <t>9786256132511</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü'l Ahzab Nakşibendi Dua Kitabı 3 (Ciltli)</t>
+          <t>Din Eğitimi ve Din Hizmetlerine Adanmış Bir Ömür: Anılarım</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257320092</t>
+          <t>9786055309688</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Mevcmuatü’l-Ahzab - Şazeli Dua Kitabı 1 (Ciltli)</t>
+          <t>Arapçanın Temel Gramer Kuralları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>1100</v>
+        <v>410</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256132313</t>
+          <t>9786256132603</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Sosyal Hizmetler</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256132450</t>
+          <t>9786258201086</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İbn Sa'd - Önderlerimiz 28</t>
+          <t>Din Görevlileri İlmihalli Dua Rehberi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258490954</t>
+          <t>9786256132559</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Tabakat, Arşiv Belgeleri Ve Yazmalar Ekseninde Somuncu Baba</t>
+          <t>Somoncu Baba Hamid-i Veli'nin Tasavvufa Dair Üç Risalesi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258490978</t>
+          <t>9786256132573</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İman - Amel İlişkisi</t>
+          <t>Örnek Ahlaklarıyla Peygamberler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256132467</t>
+          <t>9786256132542</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır - Şehirlerimiz 6</t>
+          <t>Geç Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256506855</t>
+          <t>9786256132535</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerin Kurucu Nesli Tabiin</t>
+          <t>Erken Dönem Muhaddislerin Metin Tenkidi Uygulamaları</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258201079</t>
+          <t>9786256132566</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İslam Mezhepleri Tarihi</t>
+          <t>41 Öğretmen - Eğitim Dünyamızı Aydınlatanlar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052174609</t>
+          <t>9786256132504</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Fatih Sultan Mehmed</t>
+          <t>Kur’an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Son Dindir</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055623807</t>
+          <t>9789944704519</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Aruz</t>
+          <t>Ramazanı Nasıl İhya Ederim?</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059519762</t>
+          <t>9789944704762</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kanunî Sultan Süleyman</t>
+          <t>Namaz Dirilişe Çağrı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052174616</t>
+          <t>9786256132498</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Hanedan Osmanlı - Osmanlı Padişahları</t>
+          <t>Osmanlı Toplumunda Halvetilik ve Halvetiler</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052174661</t>
+          <t>9786258201208</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Mecmuatü'l Ahzab Nakşibendi Dua Kitabı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>300</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052174029</t>
+          <t>9786257320092</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hayatı (6 Kitap Set)</t>
+          <t>Mevcmuatü’l-Ahzab - Şazeli Dua Kitabı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>1500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052174326</t>
+          <t>9786256132313</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Elif-Ba Yazı Kitabım</t>
+          <t>İslam Medeniyetinde Sosyal Hizmetler</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059519427</t>
+          <t>9786256132450</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kudretli Sultan 2. Abdülhamid Han</t>
+          <t>İbn Sa'd - Önderlerimiz 28</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055309657</t>
+          <t>9786258490954</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hadis 1</t>
+          <t>Tarih, Tabakat, Arşiv Belgeleri Ve Yazmalar Ekseninde Somuncu Baba</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944704977</t>
+          <t>9786258490978</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi</t>
+          <t>İman - Amel İlişkisi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057619624</t>
+          <t>9786256132467</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Sarf)</t>
+          <t>Diyarbakır - Şehirlerimiz 6</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257320054</t>
+          <t>9786256506855</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>İslami İlimlerin Kurucu Nesli Tabiin</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059991636</t>
+          <t>9786258201079</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi (18 Cilt Takım) (Ciltli)</t>
+          <t>İslam Mezhepleri Tarihi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>12500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057619761</t>
+          <t>9786052174609</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yollar</t>
+          <t>Muhteşem Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057619402</t>
+          <t>9786055623807</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Saltanattan Cumhuriyete Yakın Tarihimizin Sır Perdesi</t>
+          <t>Arap Edebiyatında Aruz</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057619495</t>
+          <t>9786059519762</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihine Adanan Ömür Kırk Derste Fuat Sezgin</t>
+          <t>Muhteşem Kanunî Sultan Süleyman</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257320702</t>
+          <t>9786052174616</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Vahdetin İnşasında Nebevi Yöntem</t>
+          <t>Muhteşem Hanedan Osmanlı - Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258490008</t>
+          <t>9786052174661</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Muvafakat-ı Sahabe</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258490312</t>
+          <t>9786052174029</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi Set ( 5 cilt )</t>
+          <t>Peygamber Efendimizin Hayatı (6 Kitap Set)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>750</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057619563</t>
+          <t>9786052174326</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Şubat Ayazı</t>
+          <t>Elif-Ba Yazı Kitabım</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052174913</t>
+          <t>9786059519427</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadetten Günümüze Ezan</t>
+          <t>Kudretli Sultan 2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059519502</t>
+          <t>9786055309657</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Adet ile İbadet Arasında Bocalayan Müslüman</t>
+          <t>Hadis 1</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055623821</t>
+          <t>9789944704977</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Yolculuklar</t>
+          <t>İslam Akaidi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944704281</t>
+          <t>9786057619624</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Sosyal Hayat</t>
+          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Sarf)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944704199</t>
+          <t>9786257320054</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Ramazan ve Oruç</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789944704205</t>
+          <t>9786059991636</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hac Kitabı</t>
+          <t>Te'vilatül Kur'an Tercümesi (18 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>100</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055623364</t>
+          <t>9786057619761</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Diyar-ı Bekir ve Müslümanlarca Fethi</t>
+          <t>Cennete Giden Yollar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055309237</t>
+          <t>9786057619402</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Oruç</t>
+          <t>Saltanattan Cumhuriyete Yakın Tarihimizin Sır Perdesi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944704106</t>
+          <t>9786057619495</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnkarcılık</t>
+          <t>Bilim Tarihine Adanan Ömür Kırk Derste Fuat Sezgin</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055309558</t>
+          <t>9786257320702</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Üç Aylar Mübarek Günler ve Kandil Geceleri</t>
+          <t>Vahdetin İnşasında Nebevi Yöntem</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059991117</t>
+          <t>9786258490008</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kırım Hanlığı ve Çöküş Sebepleri</t>
+          <t>Muvafakat-ı Sahabe</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059991773</t>
+          <t>9786258490312</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii’nin İslam Hukuk Kaynaklarından İstihsana Yaklaşımı</t>
+          <t>Müslüman Kadının Tarihi Set ( 5 cilt )</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059519731</t>
+          <t>9786057619563</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Mavi'ye Göç</t>
+          <t>Şubat Ayazı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059519052</t>
+          <t>9786052174913</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Alan Bilgisi Konu Anlatımı</t>
+          <t>Asr-ı Saadetten Günümüze Ezan</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059519441</t>
+          <t>9786059519502</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Kavuşanlar</t>
+          <t>Adet ile İbadet Arasında Bocalayan Müslüman</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059519465</t>
+          <t>9786055623821</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali (r.a)</t>
+          <t>Hayırlı Yolculuklar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059519724</t>
+          <t>9789944704281</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Şii Düşünürler</t>
+          <t>Hadislerde Sosyal Hayat</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055309923</t>
+          <t>9789944704199</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i 'Aliyye'nin Sonbaharı</t>
+          <t>Hadislerde Ramazan ve Oruç</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055309640</t>
+          <t>9789944704205</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi ve Tefsir Örnekleri</t>
+          <t>Hac Kitabı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055623180</t>
+          <t>9786055623364</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Haram Davranışlar</t>
+          <t>Diyar-ı Bekir ve Müslümanlarca Fethi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055623951</t>
+          <t>9786055309237</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıp Hukuku</t>
+          <t>Çizgilerle Oruç</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944704137</t>
+          <t>9789944704106</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancında Gayb Alemi</t>
+          <t>Çağdaş İnkarcılık</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059223430</t>
+          <t>9786055309558</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Espri ve Fıkralarıyla Ünlüler</t>
+          <t>Ayet ve Hadisler Işığında Üç Aylar Mübarek Günler ve Kandil Geceleri</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059223010</t>
+          <t>9786059991117</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Alevi - Sünni Farklılaşması</t>
+          <t>Kırım Hanlığı ve Çöküş Sebepleri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059223126</t>
+          <t>9786059991773</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Dünyamızı Aydınlatan 40 İslam Alimi 40 Örnek Hayat</t>
+          <t>İmam Şafii’nin İslam Hukuk Kaynaklarından İstihsana Yaklaşımı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059991254</t>
+          <t>9786059519731</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerde Ruh ve Şekil</t>
+          <t>Mavi'ye Göç</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059223935</t>
+          <t>9786059519052</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Eserleri ve Hizmetleriyle 2. Abdülhamid</t>
+          <t>ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Alan Bilgisi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059991926</t>
+          <t>9786059519441</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Arifler Gül Bahçesi</t>
+          <t>İslam'a Kavuşanlar</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059991094</t>
+          <t>9786059519465</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi - 1</t>
+          <t>Hz. Ali (r.a)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059991629</t>
+          <t>9786059519724</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Modernizme Tekkeler ve Cumhuriyet</t>
+          <t>Erken Dönem Şii Düşünürler</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059991391</t>
+          <t>9786055309923</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şuura Model İnsan Hz. Muhammed (s.a.v)</t>
+          <t>Devlet-i 'Aliyye'nin Sonbaharı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055309831</t>
+          <t>9786055309640</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Seksen Yıl Nasıl Geçti?</t>
+          <t>Fatiha Suresi ve Tefsir Örnekleri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059223102</t>
+          <t>9786055623180</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Düşüncesinde Sedd-i Zerai</t>
+          <t>İslam’a Göre Haram Davranışlar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055309411</t>
+          <t>9786055623951</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yeterlilik ve MBSTS Sınavlarına Hazırlık (Ciltli)</t>
+          <t>İslam Tıp Hukuku</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059223348</t>
+          <t>9789944704137</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Anı Kutusu</t>
+          <t>İslam İnancında Gayb Alemi</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257320078</t>
+          <t>9786059223430</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gazele Yolculuk</t>
+          <t>Tarihten Günümüze Espri ve Fıkralarıyla Ünlüler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057619938</t>
+          <t>9786059223010</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hazreti Muhammed</t>
+          <t>Alevi - Sünni Farklılaşması</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057619860</t>
+          <t>9786059223126</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sünni-İrfani Geleneğin 14. Yüzyıl Temsilcisi Aşık Paşa ve Türkçe Mesnevisi</t>
+          <t>Düşünce Dünyamızı Aydınlatan 40 İslam Alimi 40 Örnek Hayat</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944704151</t>
+          <t>9786059991254</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Zekat Kitabı</t>
+          <t>İbadetlerde Ruh ve Şekil</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789944704182</t>
+          <t>9786059223935</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sufi Ahlakı</t>
+          <t>Eserleri ve Hizmetleriyle 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789944704175</t>
+          <t>9786059991926</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Tasavvufi Hayat</t>
+          <t>Arifler Gül Bahçesi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944704168</t>
+          <t>9786059991094</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Oruç Kitabı</t>
+          <t>İslam Sosyolojisi - 1</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059519533</t>
+          <t>9786059991629</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Namazın Sırları</t>
+          <t>Gelenekten Modernizme Tekkeler ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055623579</t>
+          <t>9786059991391</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve Çanakkale Ruhu</t>
+          <t>Şiirden Şuura Model İnsan Hz. Muhammed (s.a.v)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944704267</t>
+          <t>9786055309831</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kurban Kitabı</t>
+          <t>Seksen Yıl Nasıl Geçti?</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055623128</t>
+          <t>9786059223102</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’de Rızık ve İktisadi Hayat</t>
+          <t>İslam Hukuk Düşüncesinde Sedd-i Zerai</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789944704113</t>
+          <t>9786055309411</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Temsiller</t>
+          <t>Yeterlilik ve MBSTS Sınavlarına Hazırlık (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944152143</t>
+          <t>9786059223348</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre İdeal Mümin</t>
+          <t>Anı Kutusu</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055623548</t>
+          <t>9786257320078</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikler</t>
+          <t>Gazele Yolculuk</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944704250</t>
+          <t>9786057619938</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kılavuzu</t>
+          <t>Alemlere Rahmet Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057619440</t>
+          <t>9786057619860</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihinin Klasik Kaynakları</t>
+          <t>Sünni-İrfani Geleneğin 14. Yüzyıl Temsilcisi Aşık Paşa ve Türkçe Mesnevisi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057619693</t>
+          <t>9789944704151</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bir Marka Değeri Olarak Oflu Hoca</t>
+          <t>Zekat Kitabı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057619556</t>
+          <t>9789944704182</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Eylülle Gelen</t>
+          <t>Sufi Ahlakı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057619419</t>
+          <t>9789944704175</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İhtilalden İktidara Abbasiler</t>
+          <t>Soru ve Cevaplarla Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258490985</t>
+          <t>9789944704168</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Emevi Devleti’nin Sonuna Kadar İlk Dönem İslam Tarihi ve Medeniyeti</t>
+          <t>Oruç Kitabı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256132283</t>
+          <t>9786059519533</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Toplumsal Sınanma</t>
+          <t>Namazın Sırları</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256132108</t>
+          <t>9786055623579</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dindarlığımızla Yüzleşmek</t>
+          <t>Mehmet Akif Ersoy ve Çanakkale Ruhu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256132061</t>
+          <t>9789944704267</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Rüstemiler</t>
+          <t>Kurban Kitabı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256132214</t>
+          <t>9786055623128</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Akaid ve Kelam İlimlerinde Peygamberlik Konusu</t>
+          <t>Kur’an-ı Kerim’de Rızık ve İktisadi Hayat</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256132207</t>
+          <t>9789944704113</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Çağdaş Dönemde Kur’an İlimlerindeki Tartışmalar</t>
+          <t>Kur’an’da Temsiller</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258201451</t>
+          <t>9789944152143</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlimleri ve Hadis Tarihi</t>
+          <t>Kur’an’a Göre İdeal Mümin</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258490923</t>
+          <t>9786055623548</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikler</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256132184</t>
+          <t>9789944704250</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Kur’an Konuları</t>
+          <t>Kur’an Kılavuzu</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256132146</t>
+          <t>9786057619440</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Tefsiri (2 Cilt) (Ciltli)</t>
+          <t>Mezhepler Tarihinin Klasik Kaynakları</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>1600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789756794289</t>
+          <t>9786057619693</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Akaidi ve Kelama Giriş</t>
+          <t>Bir Marka Değeri Olarak Oflu Hoca</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256506831</t>
+          <t>9786057619556</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Güncel Fıkhi Fetvalar</t>
+          <t>Eylülle Gelen</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256132009</t>
+          <t>9786057619419</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>İstahri Öncülerimiz - 32</t>
+          <t>İhtilalden İktidara Abbasiler</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256132078</t>
+          <t>9786258490985</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Mesudi - Öncülerimiz - 38</t>
+          <t>Başlangıçtan Emevi Devleti’nin Sonuna Kadar İlk Dönem İslam Tarihi ve Medeniyeti</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256132092</t>
+          <t>9786256132283</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İdrisiler Devletlerimiz - 25</t>
+          <t>Kur’an’da Toplumsal Sınanma</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256132085</t>
+          <t>9786256132108</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Murabıtlar Devletlerimiz - 36</t>
+          <t>Dindarlığımızla Yüzleşmek</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256506992</t>
+          <t>9786256132061</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Hıfzı Geleneği ve Günümüzdeki Uygulama Biçimleri</t>
+          <t>Rüstemiler</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>250</v>
+        <v>188</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256506985</t>
+          <t>9786256132214</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Fergana</t>
+          <t>Akaid ve Kelam İlimlerinde Peygamberlik Konusu</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256506961</t>
+          <t>9786256132207</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İmam Nesai (Öncülerimiz-40)</t>
+          <t>Klasik ve Çağdaş Dönemde Kur’an İlimlerindeki Tartışmalar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256506978</t>
+          <t>9786258201451</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>I. Abdurrahman (Önderlerimiz-26)</t>
+          <t>Hadis İlimleri ve Hadis Tarihi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258201499</t>
+          <t>9786258490923</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Hadisleri</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789756794401</t>
+          <t>9786256132184</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Hukuku (1-2-3 Ciltler Bir Arada)</t>
+          <t>Ana Hatlarıyla Kur’an Konuları</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059991995</t>
+          <t>9786256132146</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri 11. Sınıf Arapça Yaprak Testler Çek Koparlı</t>
+          <t>Ahkam Tefsiri (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>100</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789754734423</t>
+          <t>9789756794289</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mesajları (Ciltli)</t>
+          <t>Ana Hatlarıyla İslam Akaidi ve Kelama Giriş</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057619198</t>
+          <t>9786256506831</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Farsça YDS Hazırlık Kılavuzu Metinler Alıştırmalar</t>
+          <t>Güncel Fıkhi Fetvalar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256506848</t>
+          <t>9786256132009</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamber’in Muasırlarıyla Münasebetleri-3 Yahudilerle Münasebetler</t>
+          <t>İstahri Öncülerimiz - 32</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>430</v>
+        <v>120</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256506862</t>
+          <t>9786256132078</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Matüridi’nin Hikmet Tasavvurunda Evren, İnsan ve Din</t>
+          <t>Mesudi - Öncülerimiz - 38</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055623661</t>
+          <t>9786256132092</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf Tarihine Giriş</t>
+          <t>İdrisiler Devletlerimiz - 25</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055623241</t>
+          <t>9786256132085</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Safvetü’t - Tefasir (7 Cilt Takım - Kutulu) (Ciltli)</t>
+          <t>Murabıtlar Devletlerimiz - 36</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>5250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256506817</t>
+          <t>9786256506992</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (Sav) Döneminde Münafıklar</t>
+          <t>Kur'an Hıfzı Geleneği ve Günümüzdeki Uygulama Biçimleri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256506824</t>
+          <t>9786256506985</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Hak Dinidir</t>
+          <t>Fergana</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256506800</t>
+          <t>9786256506961</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Deryasında Seyran - Hikmetname</t>
+          <t>İmam Nesai (Öncülerimiz-40)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256506497</t>
+          <t>9786256506978</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Gençlik Problemler ve Çözüm Önerileri</t>
+          <t>I. Abdurrahman (Önderlerimiz-26)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256506282</t>
+          <t>9786258201499</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültürünün Dini Temelleri - Sünnetin Türkislam Kültürü Üzerindeki Etkileri</t>
+          <t>Ahkam Hadisleri</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256506374</t>
+          <t>9789756794401</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Hak Mücadelesi ve Sivil Toplum</t>
+          <t>Anahatlarıyla İslam Hukuku (1-2-3 Ciltler Bir Arada)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256506428</t>
+          <t>9786059991995</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>I. Murad (Önderlerimiz-42)</t>
+          <t>İmam Hatip Liseleri 11. Sınıf Arapça Yaprak Testler Çek Koparlı</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256506435</t>
+          <t>9789754734423</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İmam Müslim (Öncülerimiz-39)</t>
+          <t>Cuma Mesajları (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786256506589</t>
+          <t>9786057619198</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Sana Emanet - Sorularla 40 Derste Kur’an-ı Kerim</t>
+          <t>Farsça YDS Hazırlık Kılavuzu Metinler Alıştırmalar</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786256506572</t>
+          <t>9786256506848</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sana Emanet - Sorularla 40 Derste Hadis</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamber’in Muasırlarıyla Münasebetleri-3 Yahudilerle Münasebetler</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786256506619</t>
+          <t>9786256506862</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Beyrut (Şehirlerimiz - 5)</t>
+          <t>Matüridi’nin Hikmet Tasavvurunda Evren, İnsan ve Din</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786256506343</t>
+          <t>9786055623661</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Cezayir (Şehirlerimiz - 8)</t>
+          <t>Ana Hatlarıyla Tasavvuf Tarihine Giriş</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256506480</t>
+          <t>9786055623241</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>El-Hatib El-Bağdağdi (Öncülerimiz - 16)</t>
+          <t>Safvetü’t - Tefasir (7 Cilt Takım - Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>120</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256506381</t>
+          <t>9786256506817</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar (Devletlerimiz - 22)</t>
+          <t>Hz. Peygamber (Sav) Döneminde Münafıklar</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059519717</t>
+          <t>9786256506824</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kur’an Kurslarında Kur’an ve Dini Bilgiler Öğretimi</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Hak Dinidir</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055623715</t>
+          <t>9786256506800</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (4. Cilt)</t>
+          <t>Hikmet Deryasında Seyran - Hikmetname</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055309671</t>
+          <t>9786256506497</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Bankası</t>
+          <t>Günümüzde Gençlik Problemler ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059991025</t>
+          <t>9786256506282</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Bir Mutasavvıf Gözüyle Nasreddin Hoca</t>
+          <t>Anadolu Kültürünün Dini Temelleri - Sünnetin Türkislam Kültürü Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786059519793</t>
+          <t>9786256506374</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslam'da Çocuk Terbiyesi</t>
+          <t>Hak Mücadelesi ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059519663</t>
+          <t>9786256506428</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Ed-Devvani'nin Kelam Sistemi</t>
+          <t>I. Murad (Önderlerimiz-42)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059223232</t>
+          <t>9786256506435</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Genç Din Eğitimcisine Mektuplar</t>
+          <t>İmam Müslim (Öncülerimiz-39)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789754734454</t>
+          <t>9786256506589</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre (Ciltli)</t>
+          <t>Sana Emanet - Sorularla 40 Derste Kur’an-ı Kerim</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055623050</t>
+          <t>9786256506572</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Anlatayım Dedim</t>
+          <t>Sana Emanet - Sorularla 40 Derste Hadis</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786256506190</t>
+          <t>9786256506619</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Sahabe</t>
+          <t>Beyrut (Şehirlerimiz - 5)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786256506602</t>
+          <t>9786256506343</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Avamilu Cürcani ve Zuruf</t>
+          <t>Cezayir (Şehirlerimiz - 8)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786256506626</t>
+          <t>9786256506480</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kelam Tarihi (Arapça)</t>
+          <t>El-Hatib El-Bağdağdi (Öncülerimiz - 16)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786256506299</t>
+          <t>9786256506381</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Dindarlık</t>
+          <t>Harezmşahlar (Devletlerimiz - 22)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786256506466</t>
+          <t>9786059519717</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri (Önderlerimiz-49)</t>
+          <t>Yaz Kur’an Kurslarında Kur’an ve Dini Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786256506459</t>
+          <t>9786055623715</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Şeybaniler (Devletlerimiz-5)</t>
+          <t>Ana Hatlarıyla İslam Tarihi (4. Cilt)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786256506442</t>
+          <t>9786055309671</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kudüs (Şehirlerimiz-28)</t>
+          <t>Arapça Soru Bankası</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786256506350</t>
+          <t>9786059991025</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Edirne (Şehirlerimiz-10)</t>
+          <t>Bir Mutasavvıf Gözüyle Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786256506367</t>
+          <t>9786059519793</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Gazne (Şehirlerimiz-13)</t>
+          <t>Bütün Yönleriyle İslam'da Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786256506312</t>
+          <t>9786059519663</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Silvan (Şehirlerimiz-35)</t>
+          <t>Celaleddin Ed-Devvani'nin Kelam Sistemi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786256506336</t>
+          <t>9786059223232</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Amman (Şehirlerimiz-1)</t>
+          <t>Genç Din Eğitimcisine Mektuplar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786256506398</t>
+          <t>9789754734454</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kabil (Şehirlerimiz-22)</t>
+          <t>Hac ve Umre (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786256506596</t>
+          <t>9786055623050</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hatibin Hitabeti</t>
+          <t>Kendimi Anlatayım Dedim</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786256506251</t>
+          <t>9786256506190</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Klasik ve Modern Yaklaşımlar</t>
+          <t>Ailemizle 52 Derste Sahabe</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786256506244</t>
+          <t>9786256506602</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri-2</t>
+          <t>Avamilu Cürcani ve Zuruf</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258201116</t>
+          <t>9786256506626</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l-Avamil Faydalı İlavelerle</t>
+          <t>Kelam Tarihi (Arapça)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786057619426</t>
+          <t>9786256506299</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Nahiv Bilgisi (Orta Seviye İçin)</t>
+          <t>Sünnet ve Dindarlık</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786256506268</t>
+          <t>9786256506466</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Mısır İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
+          <t>Zemahşeri (Önderlerimiz-49)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786256506411</t>
+          <t>9786256506459</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (S.A.V.) İstişareleri</t>
+          <t>Şeybaniler (Devletlerimiz-5)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786256506138</t>
+          <t>9786256506442</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Nasır Li-Dinillah (Önderlerimiz-25)</t>
+          <t>Kudüs (Şehirlerimiz-28)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786256506145</t>
+          <t>9786256506350</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Mehdi (Önderlerimiz-24)</t>
+          <t>Edirne (Şehirlerimiz-10)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786256506107</t>
+          <t>9786256506367</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Velid B. Abdülmelik (Önderlerimiz-22)</t>
+          <t>Gazne (Şehirlerimiz-13)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786256506091</t>
+          <t>9786256506312</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid (Önderlerimiz-43)</t>
+          <t>Silvan (Şehirlerimiz-35)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786256506206</t>
+          <t>9786256506336</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Matüridi Tefsirinde Makasıdi Yorum</t>
+          <t>Amman (Şehirlerimiz-1)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786256506220</t>
+          <t>9786256506398</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Allah Bizden Neler İstiyor?</t>
+          <t>Kabil (Şehirlerimiz-22)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786256506169</t>
+          <t>9786256506596</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ebu Cafer Mansur (Önderlerimiz-23)</t>
+          <t>Hatibin Hitabeti</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258201970</t>
+          <t>9786256506251</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Devlet (Devletlerimiz-1)</t>
+          <t>İslami İlimlerde Klasik ve Modern Yaklaşımlar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>130</v>
+        <v>430</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258490800</t>
+          <t>9786256506244</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Memlükler (Devletlerimiz-33)</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamberin Muasırlarıyla Münasebetleri-2</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>130</v>
+        <v>430</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258201956</t>
+          <t>9786258201116</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kahire (Şehirlerimiz-23)</t>
+          <t>Kitabu’l-Avamil Faydalı İlavelerle</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258201000</t>
+          <t>9786057619426</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l-Esir (Öncülerimiz-31)</t>
+          <t>Arapça Öğretiminde Nahiv Bilgisi (Orta Seviye İçin)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786256506114</t>
+          <t>9786256506268</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Tirmizi (Öncülerimiz-46)</t>
+          <t>Mısır İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258201994</t>
+          <t>9786256506411</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Zühri (Öncülerimiz-50)</t>
+          <t>Hz. Peygamber'in (S.A.V.) İstişareleri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059519014</t>
+          <t>9786256506138</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>İbn Asakir (Öncülerimiz-17)</t>
+          <t>Nasır Li-Dinillah (Önderlerimiz-25)</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786256506183</t>
+          <t>9786256506145</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Gazneli Mahmmud (Önderlerimiz-12)</t>
+          <t>Mehdi (Önderlerimiz-24)</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258201987</t>
+          <t>9786256506107</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz (Önderlerimiz-47)</t>
+          <t>Velid B. Abdülmelik (Önderlerimiz-22)</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786256506176</t>
+          <t>9786256506091</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>IV. Murad (Önderlerimiz-45)</t>
+          <t>Yıldırım Bayezid (Önderlerimiz-43)</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786057619167</t>
+          <t>9786256506206</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Arapça Öğretimi</t>
+          <t>Matüridi Tefsirinde Makasıdi Yorum</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786256506077</t>
+          <t>9786256506220</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Hayat (Ciltli)</t>
+          <t>Allah Bizden Neler İstiyor?</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786256506121</t>
+          <t>9786256506169</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ( Önderlerimiz-16)</t>
+          <t>Ebu Cafer Mansur (Önderlerimiz-23)</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786256506060</t>
+          <t>9786258201970</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Mecmu’atu’s-Sarf</t>
+          <t>Nebevi Devlet (Devletlerimiz-1)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786256506053</t>
+          <t>9786258490800</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Avamil</t>
+          <t>Memlükler (Devletlerimiz-33)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786256506084</t>
+          <t>9786258201956</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Fıkhın Anlam Ve İşlevi-III -Fıkıh Ve Toplum-</t>
+          <t>Kahire (Şehirlerimiz-23)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786256506022</t>
+          <t>9786258201000</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Kerim’in İcazı Tefsiri</t>
+          <t>İbnü’l-Esir (Öncülerimiz-31)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786256506046</t>
+          <t>9786256506114</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Arapça Morfoloji (Sarf Bilgisi)</t>
+          <t>Tirmizi (Öncülerimiz-46)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786256506039</t>
+          <t>9786258201994</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İlmi ve Akli Delillerle Tahkiki İman ve Namaz</t>
+          <t>Zühri (Öncülerimiz-50)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258201932</t>
+          <t>9786059519014</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yasin ve Tebliğ</t>
+          <t>İbn Asakir (Öncülerimiz-17)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258201949</t>
+          <t>9786256506183</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Güzin Peygamber Halkası</t>
+          <t>Gazneli Mahmmud (Önderlerimiz-12)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258201963</t>
+          <t>9786258201987</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>İslam Barış Dinidir</t>
+          <t>Sultan Abdülaziz (Önderlerimiz-47)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258201871</t>
+          <t>9786256506176</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Hakk'ın Zaferleri</t>
+          <t>IV. Murad (Önderlerimiz-45)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258201482</t>
+          <t>9786057619167</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>İbn Hurdazbih - Öncülerimiz 21</t>
+          <t>Yabancı Dil Olarak Arapça Öğretimi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786057619587</t>
+          <t>9786256506077</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Sınavlarda Başarının Sırları - Cep Telefonu ile Baş Etmenin Yolları</t>
+          <t>Hadis ve Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052174777</t>
+          <t>9786256506121</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Sınav Kazandıran Anahtar Kitap Çöz Geç Arapça Nahiv Soru Bankası</t>
+          <t>Selahaddin Eyyubi ( Önderlerimiz-16)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786059519892</t>
+          <t>9786256506060</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili ve Belagatında Lafız ve Anlam</t>
+          <t>Mecmu’atu’s-Sarf</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052174579</t>
+          <t>9786256506053</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Arapça Basın Kelimeleri Sözlüğü (Türkçe-Arapça, Arapça-Türkçe)</t>
+          <t>Avamil</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059519618</t>
+          <t>9786256506084</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Sarf  – Arapça Dil Bilgisi</t>
+          <t>Modern Çağda Fıkhın Anlam Ve İşlevi-III -Fıkıh Ve Toplum-</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059223829</t>
+          <t>9786256506022</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Arapça'da Fiil Zamanları</t>
+          <t>Kur’an’ı Kerim’in İcazı Tefsiri</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786059223898</t>
+          <t>9786256506046</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Arapça Seçme Hikayeler ve Masallar - 2</t>
+          <t>Arapça Morfoloji (Sarf Bilgisi)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059519595</t>
+          <t>9786256506039</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalarla Nahiv Arapça Dil Bilgisi</t>
+          <t>İlmi ve Akli Delillerle Tahkiki İman ve Namaz</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786057399748</t>
+          <t>9786258201932</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yüksek Din Eğitimi Anlayışının Değişimi</t>
+          <t>Yasin ve Tebliğ</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258201901</t>
+          <t>9786258201949</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>“Min Kunuzi’s-Sünne” Sünnet Hazinelerinden 40 Hadis ve Şerhi</t>
+          <t>Ashab-ı Güzin Peygamber Halkası</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258201895</t>
+          <t>9786258201963</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Somuncu Baba’nın Kırk Hadis Şerhi</t>
+          <t>İslam Barış Dinidir</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258201918</t>
+          <t>9786258201871</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Fiillerinin Güncel Değeri</t>
+          <t>Hakk'ın Zaferleri</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258201864</t>
+          <t>9786258201482</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Temelli Siyer-i Nebi</t>
+          <t>İbn Hurdazbih - Öncülerimiz 21</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258201857</t>
+          <t>9786057619587</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’den İbretlik Mesajlar</t>
+          <t>Sınavlarda Başarının Sırları - Cep Telefonu ile Baş Etmenin Yolları</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258201833</t>
+          <t>9786052174777</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Hz. Muhammed (Sav) Modeli Sufa Okulu Bize Verdiği İlhamlar</t>
+          <t>Sınav Kazandıran Anahtar Kitap Çöz Geç Arapça Nahiv Soru Bankası</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258201840</t>
+          <t>9786059519892</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Hizmete Adanmış Bir Ömür Hacı Osman Erilli</t>
+          <t>Arap Dili ve Belagatında Lafız ve Anlam</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258201581</t>
+          <t>9786052174579</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Liyakata Verdiği Önem</t>
+          <t>Arapça Basın Kelimeleri Sözlüğü (Türkçe-Arapça, Arapça-Türkçe)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258201529</t>
+          <t>9786059519618</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Kolay Tefsir Amme Cüzü Tefsiri</t>
+          <t>Sistematik Sarf  – Arapça Dil Bilgisi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258201567</t>
+          <t>9786059223829</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalarla Belagat</t>
+          <t>Arapça'da Fiil Zamanları</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258201475</t>
+          <t>9786059223898</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Balcı’ya Vefa Kitabı</t>
+          <t>Arapça Seçme Hikayeler ve Masallar - 2</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057380777</t>
+          <t>9786059519595</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Kerim Öğretimi Temel İlkeler Yeni Yöntem Ve Teknikler</t>
+          <t>Alıştırmalarla Nahiv Arapça Dil Bilgisi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786258201444</t>
+          <t>9786057399748</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd (Öncülerimiz-37)</t>
+          <t>Osmanlı Yüksek Din Eğitimi Anlayışının Değişimi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258201345</t>
+          <t>9786258201901</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim (Önderlerimiz-18)</t>
+          <t>“Min Kunuzi’s-Sünne” Sünnet Hazinelerinden 40 Hadis ve Şerhi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258201321</t>
+          <t>9786258201895</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>3. Abdurrahman (Önderlerimiz-9)</t>
+          <t>Somuncu Baba’nın Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258201338</t>
+          <t>9786258201918</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Hasan (Önderlerimiz-21)</t>
+          <t>Hz. Peygamber’in Fiillerinin Güncel Değeri</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258201420</t>
+          <t>9786258201864</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye (Öncülerimiz-30)</t>
+          <t>Kur’an Temelli Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786258201437</t>
+          <t>9786258201857</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina (Öncülerimiz-29)</t>
+          <t>Kur’an-ı Kerim’den İbretlik Mesajlar</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258201352</t>
+          <t>9786258201833</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi (Önderlerimiz-41) (Ciltli)</t>
+          <t>Eğitimde Hz. Muhammed (Sav) Modeli Sufa Okulu Bize Verdiği İlhamlar</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258201383</t>
+          <t>9786258201840</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi (Öncülerimiz-34)</t>
+          <t>Hizmete Adanmış Bir Ömür Hacı Osman Erilli</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258201406</t>
+          <t>9786258201581</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Taberi (Öncülerimiz-44)</t>
+          <t>Peygamberimizin Liyakata Verdiği Önem</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258201369</t>
+          <t>9786258201529</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Harezmşah Önderlerimiz-13)</t>
+          <t>Gençler İçin Kolay Tefsir Amme Cüzü Tefsiri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257320146</t>
+          <t>9786258201567</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Sosyolojisi</t>
+          <t>Alıştırmalarla Belagat</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258201376</t>
+          <t>9786258201475</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Endülüs İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
+          <t>Mahmut Balcı’ya Vefa Kitabı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786258201109</t>
+          <t>9786057380777</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Sufîi Kişilik ve Ahlak</t>
+          <t>Kur’an’ı Kerim Öğretimi Temel İlkeler Yeni Yöntem Ve Teknikler</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786258201291</t>
+          <t>9786258201444</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İlmi İle Amil Bir Alim Prof. Dr. S. Kemal Sandıkçı'ya Vefa</t>
+          <t>İbn Rüşd (Öncülerimiz-37)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786258201178</t>
+          <t>9786258201345</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Ebu Davud (Öncülerimiz-6)</t>
+          <t>Yavuz Sultan Selim (Önderlerimiz-18)</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786258201185</t>
+          <t>9786258201321</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Teftazani (Öncülerimiz-45)</t>
+          <t>3. Abdurrahman (Önderlerimiz-9)</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258201192</t>
+          <t>9786258201338</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Ebüssuud Efendi</t>
+          <t>Hazreti Hasan (Önderlerimiz-21)</t>
         </is>
       </c>
       <c r="C564" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786258201161</t>
+          <t>9786258201420</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 40 Derste İnanç Esasları</t>
+          <t>İbn Teymiyye (Öncülerimiz-30)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258201123</t>
+          <t>9786258201437</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>(İlk Dönem) İslam Tefsir Ekolleri</t>
+          <t>İbn Sina (Öncülerimiz-29)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786258201093</t>
+          <t>9786258201352</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Sünnetinde Alternatif Çözüm Yolları</t>
+          <t>Osman Gazi (Önderlerimiz-41) (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786258201147</t>
+          <t>9786258201383</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Abdülmelik B. Mervan</t>
+          <t>Katip Çelebi (Öncülerimiz-34)</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258201130</t>
+          <t>9786258201406</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>II. Murad</t>
+          <t>Taberi (Öncülerimiz-44)</t>
         </is>
       </c>
       <c r="C569" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258201062</t>
+          <t>9786258201369</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Arapça Soru Hazinesi</t>
+          <t>Celaleddin Harezmşah Önderlerimiz-13)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786059519588</t>
+          <t>9786257320146</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Zirveye Sarf</t>
+          <t>İslam Hukuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786258201055</t>
+          <t>9786258201376</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Açıklamalı, Çözüm Örnekli Arapça Dil Bilgisi Nahiv İlmi</t>
+          <t>Endülüs İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786258201017</t>
+          <t>9786258201109</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'e Göre Peygamber Efendimiz ve Tevhid Mücadelesi</t>
+          <t>Sufîi Kişilik ve Ahlak</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786258490961</t>
+          <t>9786258201291</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin İslam’daki Yeri</t>
+          <t>İlmi İle Amil Bir Alim Prof. Dr. S. Kemal Sandıkçı'ya Vefa</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786258490992</t>
+          <t>9786258201178</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>İmam Buhari (Öncülerimiz-4)</t>
+          <t>Ebu Davud (Öncülerimiz-6)</t>
         </is>
       </c>
       <c r="C575" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786258490947</t>
+          <t>9786258201185</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Harun Reşid (Önderlerimiz-8)</t>
+          <t>Teftazani (Öncülerimiz-45)</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786258201048</t>
+          <t>9786258201192</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Razi (Öncülerimiz-11)</t>
+          <t>Ebüssuud Efendi</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786258490589</t>
+          <t>9786258201161</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Dünya Düzenidir</t>
+          <t>Sorularla 40 Derste İnanç Esasları</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786258490787</t>
+          <t>9786258201123</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>İbn Kesir (Öncülerimiz - 24)</t>
+          <t>(İlk Dönem) İslam Tefsir Ekolleri</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786258490794</t>
+          <t>9786258201093</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>İmam Malik (Öncülerimiz - 36)</t>
+          <t>Hz. Peygamberin Sünnetinde Alternatif Çözüm Yolları</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786258490763</t>
+          <t>9786258201147</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Vakıdi (Öncülerimiz - 47)</t>
+          <t>Abdülmelik B. Mervan</t>
         </is>
       </c>
       <c r="C581" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786258490268</t>
+          <t>9786258201130</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Baybars  (Önderlerimiz - 39)</t>
+          <t>II. Murad</t>
         </is>
       </c>
       <c r="C582" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786258490756</t>
+          <t>9786258201062</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Gazzali (Öncülerimiz - 13)</t>
+          <t>Arapça Soru Hazinesi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786258490770</t>
+          <t>9786059519588</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman (Önderlerimiz - 19)</t>
+          <t>Sıfırdan Zirveye Sarf</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786258490817</t>
+          <t>9786258201055</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm (Öncülerimiz - 20)</t>
+          <t>Türkçe Açıklamalı, Çözüm Örnekli Arapça Dil Bilgisi Nahiv İlmi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789756324165</t>
+          <t>9786258201017</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İmam-Hatiplilik Şuuru</t>
+          <t>Kur'an-ı Kerim'e Göre Peygamber Efendimiz ve Tevhid Mücadelesi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052174074</t>
+          <t>9786258490961</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Hudeybiye Ufuklarına Doğru Yükseliş</t>
+          <t>Sünnetin İslam’daki Yeri</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052174067</t>
+          <t>9786258490992</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hayatı 5 - Guruba Yaklaşırken</t>
+          <t>İmam Buhari (Öncülerimiz-4)</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786059991537</t>
+          <t>9786258490947</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Evde ve Okulda Başarılı Eğitimin Sırları Ailede Çocuk Eğitimi</t>
+          <t>Harun Reşid (Önderlerimiz-8)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786258490015</t>
+          <t>9786258201048</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Namazlarımızı Bilinçaltında Kılabilmek</t>
+          <t>Fahreddin Razi (Öncülerimiz-11)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789944704885</t>
+          <t>9786258490589</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Yılların Özü</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şerifler Işığında Hayatımız - İslam Dünya Düzenidir</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786057619907</t>
+          <t>9786258490787</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Altın Sözler</t>
+          <t>İbn Kesir (Öncülerimiz - 24)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786057619754</t>
+          <t>9786258490794</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Basın / Medya Arapçası (Orta Seviye İçin)</t>
+          <t>İmam Malik (Öncülerimiz - 36)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052174593</t>
+          <t>9786258490763</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Basın / Medya Arapçası (İleri Seviye İçin)</t>
+          <t>Vakıdi (Öncülerimiz - 47)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786057619020</t>
+          <t>9786258490268</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresini Yenme Sanatı</t>
+          <t>Baybars  (Önderlerimiz - 39)</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786258490916</t>
+          <t>9786258490756</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Dilencilik</t>
+          <t>Gazzali (Öncülerimiz - 13)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052174418</t>
+          <t>9786258490770</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Nahiv)</t>
+          <t>Kanuni Sultan Süleyman (Önderlerimiz - 19)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786258490930</t>
+          <t>9786258490817</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Hukuki (Fıkhi) İdari ve Mali Boyutlarıyla Teverruk</t>
+          <t>İbn Hazm (Öncülerimiz - 20)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786258490749</t>
+          <t>9789756324165</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Vahyin İzinde</t>
+          <t>İmam-Hatiplilik Şuuru</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786258490824</t>
+          <t>9786052174074</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hanımları</t>
+          <t>Hudeybiye Ufuklarına Doğru Yükseliş</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258490435</t>
+          <t>9786052174067</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Fıkhın Anlam Ve İşlevi II - Fıkhi Bilgi Üretiminde Çok Mezhepli Yaklaşım-</t>
+          <t>Peygamber Efendimizin Hayatı 5 - Guruba Yaklaşırken</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257320597</t>
+          <t>9786059991537</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Sabah Akşam Dualar ve Zikirler</t>
+          <t>Evde ve Okulda Başarılı Eğitimin Sırları Ailede Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786258490497</t>
+          <t>9786258490015</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Melikşah (Önderlerimiz - 11)</t>
+          <t>Namazlarımızı Bilinçaltında Kılabilmek</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786258490657</t>
+          <t>9789944704885</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Zehebi (Öncülerimiz - 48)</t>
+          <t>Yılların Özü</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786258490688</t>
+          <t>9786057619907</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı Hz.Muhammed'in (sav) Hayatı</t>
+          <t>Çocuk Eğitiminde Altın Sözler</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786258490671</t>
+          <t>9786057619754</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Matarama Kan Doldu Çanakkale Destanı</t>
+          <t>Basın / Medya Arapçası (Orta Seviye İçin)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786258490664</t>
+          <t>9786052174593</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 40 Derste Peygamberimizin Hayatı</t>
+          <t>Basın / Medya Arapçası (İleri Seviye İçin)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786258490473</t>
+          <t>9786057619020</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Din Hizmetlerinde İletişim ve Tebliğ</t>
+          <t>Sınav Stresini Yenme Sanatı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786258490565</t>
+          <t>9786258490916</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası</t>
+          <t>İslam Hukukunda Dilencilik</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786258490510</t>
+          <t>9786052174418</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle İslam İlmihali</t>
+          <t>Arapça Dil Bilgisini En Kolay Öğreten Kitap (Nahiv)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786258490527</t>
+          <t>9786258490930</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Maturidi’nin Uluhiyet Meselelerine Yaklaşımı</t>
+          <t>Hukuki (Fıkhi) İdari ve Mali Boyutlarıyla Teverruk</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786258490558</t>
+          <t>9786258490749</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Peygamberlik ve Peygamberler</t>
+          <t>Vahyin İzinde</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786258490459</t>
+          <t>9786258490824</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Öncülerimiz - 5 Cahız</t>
+          <t>Peygamber Efendimizin Hanımları</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786258490466</t>
+          <t>9786258490435</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Öncülerimiz - 15 Hasan-ı Basri</t>
+          <t>Modern Çağda Fıkhın Anlam Ve İşlevi II - Fıkhi Bilgi Üretiminde Çok Mezhepli Yaklaşım-</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786258490572</t>
+          <t>9786257320597</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Yusuf b. Taşfin - Önderlerimiz - 14</t>
+          <t>Sabah Akşam Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786258490541</t>
+          <t>9786258490497</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında İslam’ın İnanç Esasları</t>
+          <t>Melikşah (Önderlerimiz - 11)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786258490305</t>
+          <t>9786258490657</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Hocası Kırk Derste Akşemseddin Hazretleri</t>
+          <t>Zehebi (Öncülerimiz - 48)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786258490534</t>
+          <t>9786258490688</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bilim Dallarından Kur’an’a Bakış</t>
+          <t>Gönüller Sultanı Hz.Muhammed'in (sav) Hayatı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786258490336</t>
+          <t>9786258490671</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 1 - Tarihte Müslüman Kadın</t>
+          <t>Matarama Kan Doldu Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786258490367</t>
+          <t>9786258490664</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 3 - Düşüncede Müslüman Kadın</t>
+          <t>Sorularla 40 Derste Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786258490343</t>
+          <t>9786258490473</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 5 - Siyasette Müslüman Kadın</t>
+          <t>Din Hizmetlerinde İletişim ve Tebliğ</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786258490350</t>
+          <t>9786258490565</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 4 - İlimde Müslüman Kadın</t>
+          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786258490374</t>
+          <t>9786258490510</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Tarihi 2 - Coğrafyada Müslüman Kadın</t>
+          <t>Delilleriyle İslam İlmihali</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786258490329</t>
+          <t>9786258490527</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Ve Arkadaşlarının Hayatında Şaka</t>
+          <t>Maturidi’nin Uluhiyet Meselelerine Yaklaşımı</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258490244</t>
+          <t>9786258490558</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Davet İlmi: Giriş</t>
+          <t>Kur'an Işığında Peygamberlik ve Peygamberler</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786258490251</t>
+          <t>9786258490459</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Toplumsal Boyutlarıyla Kadın</t>
+          <t>Öncülerimiz - 5 Cahız</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786258490275</t>
+          <t>9786258490466</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşları Ve Talebelerinin Gözünden - Ali Osman Koçkuzu</t>
+          <t>Öncülerimiz - 15 Hasan-ı Basri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786258490114</t>
+          <t>9786258490572</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Ömer B. Abdülaziz</t>
+          <t>Yusuf b. Taşfin - Önderlerimiz - 14</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786258490220</t>
+          <t>9786258490541</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Me’mün</t>
+          <t>Kur’an ve Sünnet Işığında İslam’ın İnanç Esasları</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786258490084</t>
+          <t>9786258490305</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Savaş Göç Yoksulluk Sempozyumu</t>
+          <t>Fatih’in Hocası Kırk Derste Akşemseddin Hazretleri</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257320726</t>
+          <t>9786258490534</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukçularının Hadis Tartışmaları</t>
+          <t>Farklı Bilim Dallarından Kur’an’a Bakış</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257320993</t>
+          <t>9786258490336</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman</t>
+          <t>Müslüman Kadının Tarihi 1 - Tarihte Müslüman Kadın</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257320610</t>
+          <t>9786258490367</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebu Bekir</t>
+          <t>Müslüman Kadının Tarihi 3 - Düşüncede Müslüman Kadın</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257320986</t>
+          <t>9786258490343</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Müslüman Kadının Tarihi 5 - Siyasette Müslüman Kadın</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257320863</t>
+          <t>9786258490350</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukukunda Af</t>
+          <t>Müslüman Kadının Tarihi 4 - İlimde Müslüman Kadın</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257320887</t>
+          <t>9786258490374</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İstikbaline İnanmak</t>
+          <t>Müslüman Kadının Tarihi 2 - Coğrafyada Müslüman Kadın</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257320870</t>
+          <t>9786258490329</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Peygamberimiz Ve Arkadaşlarının Hayatında Şaka</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257320849</t>
+          <t>9786258490244</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 4</t>
+          <t>Davet İlmi: Giriş</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257320030</t>
+          <t>9786258490251</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Edebi Tenkit</t>
+          <t>Dini ve Toplumsal Boyutlarıyla Kadın</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052174180</t>
+          <t>9786258490275</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında İslam (2 Cilt Takım) (Ciltli)</t>
+          <t>Arkadaşları Ve Talebelerinin Gözünden - Ali Osman Koçkuzu</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257320832</t>
+          <t>9786258490114</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Arap Kültüründe Bilginin İntikal Süreci</t>
+          <t>Ömer B. Abdülaziz</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257320474</t>
+          <t>9786258490220</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Döneminden Modern Döneme Te’vil Kavramı</t>
+          <t>Me’mün</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257320603</t>
+          <t>9786258490084</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Kadınlara Yönelik Hükümler</t>
+          <t>Savaş Göç Yoksulluk Sempozyumu</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257320580</t>
+          <t>9786257320726</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü’l Ahzab (Ciltli)</t>
+          <t>İslam Hukukçularının Hadis Tartışmaları</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257320467</t>
+          <t>9786257320993</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Edirne Müftüsü Mehmed Fevzi Efendi’nin Üç Risalesi</t>
+          <t>Hazreti Osman</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257320443</t>
+          <t>9786257320610</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim ve Tevhid Mücadelesi</t>
+          <t>Hazreti Ebu Bekir</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257320450</t>
+          <t>9786257320986</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminin İncelikleri</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257320061</t>
+          <t>9786257320863</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Çocuklarla</t>
+          <t>İslam Ceza Hukukunda Af</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257320320</t>
+          <t>9786257320887</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Din-Ahlak Ekseninde Hazreti Muhammed</t>
+          <t>İslam'ın İstikbaline İnanmak</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257320207</t>
+          <t>9786257320870</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Günlerim Böyle Geçti (Bez Cilt) (Ciltli)</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257320191</t>
+          <t>9786257320849</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Bağımlılığı ve Bilinçli Medya Kullanımı</t>
+          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 4</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>140</v>
+        <v>470</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257320160</t>
+          <t>9786257320030</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam</t>
+          <t>Arap Edebiyatında Edebi Tenkit</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257320177</t>
+          <t>9786052174180</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Örnek Şahsiyetler</t>
+          <t>Hadisler Işığında İslam (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>310</v>
+        <v>800</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257320153</t>
+          <t>9786257320832</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Her Devir Tek Şair Mehmet Akif Ersoy</t>
+          <t>Arap Kültüründe Bilginin İntikal Süreci</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257320139</t>
+          <t>9786257320474</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Tefsir ve Hadiste İsrailiyyat</t>
+          <t>Nüzul Döneminden Modern Döneme Te’vil Kavramı</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257320122</t>
+          <t>9786257320603</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Gönenli Mehmet Efendi (Ciltli)</t>
+          <t>İslam Hukukunda Kadınlara Yönelik Hükümler</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257320115</t>
+          <t>9786257320580</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar Arapça (Ciltli)</t>
+          <t>Mecmuatü’l Ahzab (Ciltli)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257320047</t>
+          <t>9786257320467</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Koşan Bilge Genç</t>
+          <t>Edirne Müftüsü Mehmed Fevzi Efendi’nin Üç Risalesi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257320108</t>
+          <t>9786257320443</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar (Arapça)</t>
+          <t>Hz. İbrahim ve Tevhid Mücadelesi</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257320023</t>
+          <t>9786257320450</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle İslam’da Aile</t>
+          <t>Hadis İlminin İncelikleri</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257320085</t>
+          <t>9786257320061</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>İslam Dininin Temelleri</t>
+          <t>Peygamberimiz Çocuklarla</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257320016</t>
+          <t>9786257320320</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Sünnet İnkarcılığı Bizi Nereye Götürür?</t>
+          <t>Din-Ahlak Ekseninde Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C662" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257320009</t>
+          <t>9786257320207</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Bağdat İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
+          <t>Günlerim Böyle Geçti (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C663" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786057619990</t>
+          <t>9786257320191</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Sufi-Siyaset İlişkileri</t>
+          <t>Teknoloji Bağımlılığı ve Bilinçli Medya Kullanımı</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786057619976</t>
+          <t>9786257320160</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>İnan Çalış Başar</t>
+          <t>Sistematik Kelam</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786057619921</t>
+          <t>9786257320177</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Sünnetin Günümüze Taşınması</t>
+          <t>Ailemizle 52 Derste Örnek Şahsiyetler</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786057619884</t>
+          <t>9786257320153</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Son Elçi Hazreti Muhammed (sav)'den Evrensel Mesajlar</t>
+          <t>Her Devir Tek Şair Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786057619891</t>
+          <t>9786257320139</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kelam Tarihi ve Ekolleri</t>
+          <t>Tefsir ve Hadiste İsrailiyyat</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786057619853</t>
+          <t>9786257320122</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet</t>
+          <t>Gönenli Mehmet Efendi (Ciltli)</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786057619877</t>
+          <t>9786257320115</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'i Okuma Kaideleri - Tecvid</t>
+          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786057619839</t>
+          <t>9786257320047</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Sahih Hadis Bulunmayan Konular</t>
+          <t>Başarıya Koşan Bilge Genç</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786057619846</t>
+          <t>9786257320108</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Hadisçiler ve Çelişki</t>
+          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar (Arapça)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052174395</t>
+          <t>9786257320023</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tartışmalarına Yeni Yaklaşım</t>
+          <t>Farklı Yönleriyle İslam’da Aile</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786057619747</t>
+          <t>9786257320085</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukuku</t>
+          <t>İslam Dininin Temelleri</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786059519939</t>
+          <t>9786257320016</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığım Avrupa</t>
+          <t>Sünnet İnkarcılığı Bizi Nereye Götürür?</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052174586</t>
+          <t>9786257320009</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Elveda Osmanlı</t>
+          <t>Bağdat İlim Havzasında İslam Düşüncesinin Öncü Şahsiyetleri</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786057619594</t>
+          <t>9786057619990</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Hz. Peygamber ve Ahlakı</t>
+          <t>Tarihten Günümüze Sufi-Siyaset İlişkileri</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786057619716</t>
+          <t>9786057619976</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Siyaset Etmenin Temelleri</t>
+          <t>İnan Çalış Başar</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786057619723</t>
+          <t>9786057619921</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Sokakları</t>
+          <t>Sünnet ve Sünnetin Günümüze Taşınması</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786059519694</t>
+          <t>9786057619884</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Hayy Bin Yakzan - Varlığın Gizemini Arayan Genç</t>
+          <t>Son Elçi Hazreti Muhammed (sav)'den Evrensel Mesajlar</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786057619631</t>
+          <t>9786057619891</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Karguy - Kültürel Kuşatma ve İlahiyat</t>
+          <t>Kelam Tarihi ve Ekolleri</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786057619228</t>
+          <t>9786057619853</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>16. - 17. Yüzyıllarda Osmanlı Devleti’nde Haremeyn Vakıfları</t>
+          <t>Ehl-i Sünnet</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786059991001</t>
+          <t>9786057619877</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Yeni Usüllerle İslami Tebliğ ve Temsil</t>
+          <t>Kur'an-ı Kerim'i Okuma Kaideleri - Tecvid</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786057619679</t>
+          <t>9786057619839</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Kılavuzu</t>
+          <t>Sahih Hadis Bulunmayan Konular</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786059519540</t>
+          <t>9786057619846</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Fıkhın Anlam ve İşlevi</t>
+          <t>Hadisçiler ve Çelişki</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786057619648</t>
+          <t>9786052174395</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Hadis Yorumculuğu</t>
+          <t>Hadis Tartışmalarına Yeni Yaklaşım</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052174890</t>
+          <t>9786057619747</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Batı'ya Akan Nehir</t>
+          <t>İslam Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786057619686</t>
+          <t>9786059519939</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Yönelik İthamlara Cevaplar</t>
+          <t>Yaşadığım Avrupa</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786057619662</t>
+          <t>9786052174586</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Kudüs ve Mescid-i Aksa</t>
+          <t>Elveda Osmanlı</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786057619655</t>
+          <t>9786057619594</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife ve Hadis</t>
+          <t>Tüm Yönleriyle Hz. Peygamber ve Ahlakı</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786057619570</t>
+          <t>9786057619716</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerimi Çok Seviyorum</t>
+          <t>İslam Düşüncesinde Siyaset Etmenin Temelleri</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786057619617</t>
+          <t>9786057619723</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Ana Merkezleri: Maveraünnehir</t>
+          <t>Tarihin Arka Sokakları</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786057619600</t>
+          <t>9786059519694</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>İlk Üç Asırda İslam Coğrafyasında Hadis</t>
+          <t>Hayy Bin Yakzan - Varlığın Gizemini Arayan Genç</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786057619471</t>
+          <t>9786057619631</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Gazzali'de Varlık ve Bilgi</t>
+          <t>Karguy - Kültürel Kuşatma ve İlahiyat</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786057619501</t>
+          <t>9786057619228</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Tefsir İlminin Mahiyeti Sorunu</t>
+          <t>16. - 17. Yüzyıllarda Osmanlı Devleti’nde Haremeyn Vakıfları</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786057619464</t>
+          <t>9786059991001</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Şer’iyye Sicilleri Örnekliğinde İslam Hukuku Bakımından Evlat Edinme</t>
+          <t>Yeni Usüllerle İslami Tebliğ ve Temsil</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786057619365</t>
+          <t>9786057619679</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Arap Gramerinde Mecaz</t>
+          <t>İslam Düşüncesi Kılavuzu</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786057619457</t>
+          <t>9786059519540</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Milli Şair Mehmet Akif Ersoy Hayatı ve Ölümsüz Şiirleri</t>
+          <t>Modern Çağda Fıkhın Anlam ve İşlevi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786057619433</t>
+          <t>9786057619648</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Tarih Aynasında Ziya Gökalp</t>
+          <t>Geleneksel Hadis Yorumculuğu</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786057619242</t>
+          <t>9786052174890</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Buhari'nin Ebu Hanife'ye ve Hanefilere Bakış</t>
+          <t>Batı'ya Akan Nehir</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786057619105</t>
+          <t>9786057619686</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Döneminde Maturidilik</t>
+          <t>İslam'a Yönelik İthamlara Cevaplar</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786057619372</t>
+          <t>9786057619662</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Meymune ve Sahihayn'deki Rivayetleri</t>
+          <t>Kudüs ve Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786057619389</t>
+          <t>9786057619655</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Hadiste Metin Tenkidi</t>
+          <t>Ebu Hanife ve Hadis</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052174647</t>
+          <t>9786057619570</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Elif-Ba Etkinlik Kitabım</t>
+          <t>Peygamberlerimi Çok Seviyorum</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786057619396</t>
+          <t>9786057619617</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Ceza Hukuku</t>
+          <t>İslam Düşüncesinin Ana Merkezleri: Maveraünnehir</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786057619358</t>
+          <t>9786057619600</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Atasözleri ve Deyimler</t>
+          <t>İlk Üç Asırda İslam Coğrafyasında Hadis</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786057619327</t>
+          <t>9786057619471</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminin Çözüm Bekleyen Meseleleri</t>
+          <t>Gazzali'de Varlık ve Bilgi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786057619211</t>
+          <t>9786057619501</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Başarının Büyüsü</t>
+          <t>Tefsir İlminin Mahiyeti Sorunu</t>
         </is>
       </c>
       <c r="C708" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786057619204</t>
+          <t>9786057619464</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İhtiyat İlkesi</t>
+          <t>Şer’iyye Sicilleri Örnekliğinde İslam Hukuku Bakımından Evlat Edinme</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786057619334</t>
+          <t>9786057619365</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Karz-ı Hasenin Kurumsallaşması</t>
+          <t>Arap Gramerinde Mecaz</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786057619310</t>
+          <t>9786057619457</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamberin İzinde</t>
+          <t>Milli Şair Mehmet Akif Ersoy Hayatı ve Ölümsüz Şiirleri</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786057619297</t>
+          <t>9786057619433</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımındaki Selefilik Klasik İslam Modernizmi'nin Kur'an Algısı</t>
+          <t>Tarih Aynasında Ziya Gökalp</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786057619303</t>
+          <t>9786057619242</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi Fihrist (Ciltli)</t>
+          <t>Buhari'nin Ebu Hanife'ye ve Hanefilere Bakış</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786057619273</t>
+          <t>9786057619105</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Finansal Açıdan İslam Borçlar Hukuku</t>
+          <t>Selçuklular Döneminde Maturidilik</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786057619266</t>
+          <t>9786057619372</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Yavuz Sultan Selim Han</t>
+          <t>Hazreti Meymune ve Sahihayn'deki Rivayetleri</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786057619181</t>
+          <t>9786057619389</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>İslam Benden Ne İster?</t>
+          <t>Hadiste Metin Tenkidi</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052174838</t>
+          <t>9786052174647</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Hayatta ve İslam'da Faiz</t>
+          <t>Elif-Ba Etkinlik Kitabım</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052174814</t>
+          <t>9786057619396</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Nikah ve Talak Kitabı</t>
+          <t>Ana Hatlarıyla İslam Ceza Hukuku</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786057619136</t>
+          <t>9786057619358</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Hatice El-Kübra</t>
+          <t>Arapça Öğretiminde Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052174296</t>
+          <t>9786057619327</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>313 Soru 313 Cevap</t>
+          <t>Hadis İlminin Çözüm Bekleyen Meseleleri</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786057619075</t>
+          <t>9786057619211</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 17 (Ciltli)</t>
+          <t>Başarının Büyüsü</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786057619129</t>
+          <t>9786057619204</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Hadis Problemleri</t>
+          <t>İslam Hukukunda İhtiyat İlkesi</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786057619082</t>
+          <t>9786057619334</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi ve Kelam</t>
+          <t>Karz-ı Hasenin Kurumsallaşması</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052174876</t>
+          <t>9786057619310</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte ve Kütüb-i Hamse İmamlarının Hadis Kabul Şartları</t>
+          <t>Son Peygamberin İzinde</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786057619037</t>
+          <t>9786057619297</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Yol Ayrımındaki Selefilik Klasik İslam Modernizmi'nin Kur'an Algısı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786057619099</t>
+          <t>9786057619303</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Hadisler ve Zihinlerdeki Sorular</t>
+          <t>Te'vilatü'l Kur'an Tercümesi Fihrist (Ciltli)</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786057619044</t>
+          <t>9786057619273</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Kurban Çocuklar</t>
+          <t>Finansal Açıdan İslam Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052174364</t>
+          <t>9786057619266</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 15. Cilt</t>
+          <t>Muhteşem Yavuz Sultan Selim Han</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052174999</t>
+          <t>9786057619181</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 14. Cilt</t>
+          <t>İslam Benden Ne İster?</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>700</v>
+        <v>370</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052174821</t>
+          <t>9786052174838</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde İslam’ı Anlamak</t>
+          <t>İktisadi Hayatta ve İslam'da Faiz</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786057619068</t>
+          <t>9786052174814</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>En Sevilen Öğretmen Hz. Muhammed (s.a.v) ve Eğitim Metotları</t>
+          <t>Nikah ve Talak Kitabı</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786057619051</t>
+          <t>9786057619136</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Referansım Allah’tır</t>
+          <t>Hazreti Hatice El-Kübra</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052174975</t>
+          <t>9786052174296</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 16. Cilt</t>
+          <t>313 Soru 313 Cevap</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052174968</t>
+          <t>9786057619075</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin ve Bir Şehrin Muhteşem Öğretmeni Sandal Hoca</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 17 (Ciltli)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052174685</t>
+          <t>9786057619129</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Aile Hukuku</t>
+          <t>Hadis Problemleri</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052174784</t>
+          <t>9786057619082</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sinirli Anne - Babaların Akıllı Telefonla İmtihanı</t>
+          <t>İslam Akaidi ve Kelam</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052174753</t>
+          <t>9786052174876</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuzda Tankları Vuran Ebabiller</t>
+          <t>Kütüb-i Sitte ve Kütüb-i Hamse İmamlarının Hadis Kabul Şartları</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052174739</t>
+          <t>9786057619037</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi - 13 (Ciltli)</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052174470</t>
+          <t>9786057619099</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Hayatım İbret Aynası</t>
+          <t>Hadisler ve Zihinlerdeki Sorular</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052174708</t>
+          <t>9786057619044</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Yansımalarıyla Hz. Peygamber'in Muasırlarıyla Münasebetleri - 1</t>
+          <t>Kurban Çocuklar</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052174630</t>
+          <t>9786052174364</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası (1299-1919)</t>
+          <t>Te'vilatül Kur'an Tercümesi 15. Cilt</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052174258</t>
+          <t>9786052174999</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe'den Beş Demet Kırk Hadis</t>
+          <t>Te'vilatül Kur'an Tercümesi 14. Cilt</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052174715</t>
+          <t>9786052174821</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Yol</t>
+          <t>Günümüzde İslam’ı Anlamak</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052174562</t>
+          <t>9786057619068</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kırk Derste Mehmet Akif - İnanmış Bir Adam</t>
+          <t>En Sevilen Öğretmen Hz. Muhammed (s.a.v) ve Eğitim Metotları</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052174654</t>
+          <t>9786057619051</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 11 (Ciltli)</t>
+          <t>Referansım Allah’tır</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052174371</t>
+          <t>9786052174975</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi -12</t>
+          <t>Te'vilatül Kur'an Tercümesi 16. Cilt</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052174494</t>
+          <t>9786052174968</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Gemisindeki Gençler</t>
+          <t>Bir Devrin ve Bir Şehrin Muhteşem Öğretmeni Sandal Hoca</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052174456</t>
+          <t>9786052174685</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Ahlak ve İslam Ahlakı</t>
+          <t>Ana Hatlarıyla İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C748" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052174487</t>
+          <t>9786052174784</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı İman</t>
+          <t>Sinirli Anne - Babaların Akıllı Telefonla İmtihanı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052174463</t>
+          <t>9786052174753</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Kelam</t>
+          <t>15 Temmuzda Tankları Vuran Ebabiller</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052174531</t>
+          <t>9786052174739</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücünü Etkili Kullanma Sanatı</t>
+          <t>Te'vilatü'l Kur'an Tercümesi - 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052174425</t>
+          <t>9786052174470</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Elif'in İlk Namazı - Nesibe'nin İyilik Anlaşması</t>
+          <t>Hayatım İbret Aynası</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052174432</t>
+          <t>9786052174708</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Öğretmeni Başarıya Götüren Yol ve Nitelikli Öğretmen</t>
+          <t>Günümüze Yansımalarıyla Hz. Peygamber'in Muasırlarıyla Münasebetleri - 1</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052174357</t>
+          <t>9786052174630</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Askeri İsyanlar Darbeler ve Ara Dönemlerin Perde Arkası (1299-1919)</t>
         </is>
       </c>
       <c r="C754" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052174388</t>
+          <t>9786052174258</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Başarı İnanç İşidir</t>
+          <t>Hz. Aişe'den Beş Demet Kırk Hadis</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786059519908</t>
+          <t>9786052174715</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Afrikada İslamiyet</t>
+          <t>Başarıya Götüren Yol</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052174401</t>
+          <t>9786052174562</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Güller Ağlar Ülkemde</t>
+          <t>Kırk Derste Mehmet Akif - İnanmış Bir Adam</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052174333</t>
+          <t>9786052174654</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 10 (Ciltli)</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C758" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052174302</t>
+          <t>9786052174371</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Fiil ve Terklerin Anlam ve Yorumu</t>
+          <t>Te'vilatül Kur'an Tercümesi -12</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052174272</t>
+          <t>9786052174494</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Sahabe 3</t>
+          <t>Nuh’un Gemisindeki Gençler</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052174319</t>
+          <t>9786052174456</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Düzelmek ve Değişmek İçin Kendimizi Tanımak</t>
+          <t>Ana Hatlarıyla Ahlak ve İslam Ahlakı</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052174289</t>
+          <t>9786052174487</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Şafii Usul Geleneğinde İmam Şafii'ye Muhalif Usuli Görüşler</t>
+          <t>Hayatın Anlamı İman</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052174173</t>
+          <t>9786052174463</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 9 (Ciltli)</t>
+          <t>İslam Düşüncesinde Kelam</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052174210</t>
+          <t>9786052174531</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Beyin Gücünü Etkili Kullanma Sanatı</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052174005</t>
+          <t>9786052174425</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Gündemdeki Tartışmalı Dini Konular - 2</t>
+          <t>Elif'in İlk Namazı - Nesibe'nin İyilik Anlaşması</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052174234</t>
+          <t>9786052174432</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Selefilik ve Selefi Tefsir Anlayışı</t>
+          <t>Öğretmeni Başarıya Götüren Yol ve Nitelikli Öğretmen</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052174241</t>
+          <t>9786052174357</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Ferahi ve Nazm</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052174227</t>
+          <t>9786052174388</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Başarı İnanç İşidir</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052174159</t>
+          <t>9786059519908</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’z Zühd</t>
+          <t>Afrikada İslamiyet</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786059519922</t>
+          <t>9786052174401</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Mezheplere Göre Klasik Kaynaklar ve Özellikleri</t>
+          <t>Güller Ağlar Ülkemde</t>
         </is>
       </c>
       <c r="C770" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052174166</t>
+          <t>9786052174333</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Dini İstismar Boyutuyla 15 Temmuz - Darbe Girişiminin Arka Planı</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052174012</t>
+          <t>9786052174302</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yöntemle Hadis İlimleri ve Usulü</t>
+          <t>Nebevi Fiil ve Terklerin Anlam ve Yorumu</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786059519984</t>
+          <t>9786052174272</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilir Ya Rasulallah</t>
+          <t>Sahabe 3</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786059991803</t>
+          <t>9786052174319</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Öğretiminde Ses Temelli Elif-Ba</t>
+          <t>Düzelmek ve Değişmek İçin Kendimizi Tanımak</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786059519977</t>
+          <t>9786052174289</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Müslüman Olmak</t>
+          <t>Şafii Usul Geleneğinde İmam Şafii'ye Muhalif Usuli Görüşler</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786059519847</t>
+          <t>9786052174173</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslam’da Adalet</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786059519878</t>
+          <t>9786052174210</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmi ve İslam Hukukunda İçerik Sorunları</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786059519960</t>
+          <t>9786052174005</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadet Esasları</t>
+          <t>Gündemdeki Tartışmalı Dini Konular - 2</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786059519885</t>
+          <t>9786052174234</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi - 8 (Ciltli)</t>
+          <t>Selefilik ve Selefi Tefsir Anlayışı</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786059223997</t>
+          <t>9786052174241</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Sigara ve İnsan Sağlığı</t>
+          <t>Ferahi ve Nazm</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786059991131</t>
+          <t>9786052174227</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Ruhi ve Manevi Problemleri</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786059519854</t>
+          <t>9786052174159</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Dindarlık</t>
+          <t>Kitabu’z Zühd</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786059519861</t>
+          <t>9786059519922</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Tarihsel ve Modern Yaklaşımların Eleştirisi</t>
+          <t>Mezheplere Göre Klasik Kaynaklar ve Özellikleri</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786059519519</t>
+          <t>9786052174166</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi - 7 (Ciltli)</t>
+          <t>Dini İstismar Boyutuyla 15 Temmuz - Darbe Girişiminin Arka Planı</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786059519038</t>
+          <t>9786052174012</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Bugüne Kur'an'ın Türkçe Tefsir ve Tercümesi</t>
+          <t>Yeni Bir Yöntemle Hadis İlimleri ve Usulü</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786059519786</t>
+          <t>9786059519984</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Şefaat Kitabı</t>
+          <t>Kim Bilir Ya Rasulallah</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786059519748</t>
+          <t>9786059991803</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Eğitim Öğretim</t>
+          <t>Kur'an-ı Kerim Öğretiminde Ses Temelli Elif-Ba</t>
         </is>
       </c>
       <c r="C787" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786059519601</t>
+          <t>9786059519977</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Eğitim Tarihi</t>
+          <t>Yeniden Müslüman Olmak</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786059519649</t>
+          <t>9786059519847</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Tekafül Teori ve Uygulama</t>
+          <t>Bütün Yönleriyle İslam’da Adalet</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786059519526</t>
+          <t>9786059519878</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Kelam İlmi ve İslam Hukukunda İçerik Sorunları</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786059519496</t>
+          <t>9786059519960</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Eğlenceli Etkinliklerle Din Öğretimi 4-6 Yaş (Ciltli)</t>
+          <t>İslam İbadet Esasları</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786059519472</t>
+          <t>9786059519885</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 6. Cilt (Ciltli)</t>
+          <t>Te'vilatü'l Kur'an Tercümesi - 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C792" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786059519397</t>
+          <t>9786059223997</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Hadisi Savunmak</t>
+          <t>Sigara ve İnsan Sağlığı</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786059519489</t>
+          <t>9786059991131</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Hadis Oksidentalizmi ve Fuat Sezgin</t>
+          <t>Gençliğin Ruhi ve Manevi Problemleri</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786059519458</t>
+          <t>9786059519854</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarını Siret Bağlamında Okumak</t>
+          <t>Kişilik ve Dindarlık</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786059519045</t>
+          <t>9786059519861</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Gelişimi ve Problemleri Karşısında Din Görevlileri</t>
+          <t>Kur'an'a Tarihsel ve Modern Yaklaşımların Eleştirisi</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786059519410</t>
+          <t>9786059519519</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bir Milletin Direniş Destanı Çanakkale</t>
+          <t>Te'vilatü'l Kur'an Tercümesi - 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786059991377</t>
+          <t>9786059519038</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Rivayet Tekniği Açısından Hadislerin Sayısı</t>
+          <t>Başlangıcından Bugüne Kur'an'ın Türkçe Tefsir ve Tercümesi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786059519076</t>
+          <t>9786059519786</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Süper Karınca Matematik Öğreniyor - 1</t>
+          <t>Şefaat Kitabı</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786059519069</t>
+          <t>9786059519748</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen</t>
+          <t>Hz. Peygamber Döneminde Eğitim Öğretim</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786059519083</t>
+          <t>9786059519601</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Süper Karınca Matematik Öğreniyor - 2</t>
+          <t>Ana Hatlarıyla İslam Eğitim Tarihi</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786059991759</t>
+          <t>9786059519649</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Tekafül Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786059223980</t>
+          <t>9786059519526</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatül Kur'an Tercümesi 5. Cilt</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786059519021</t>
+          <t>9786059519496</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi</t>
+          <t>Oyun ve Eğlenceli Etkinliklerle Din Öğretimi 4-6 Yaş (Ciltli)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786059519007</t>
+          <t>9786059519472</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Sefere Hanımlarla Yolculuk</t>
+          <t>Te'vilatül Kur'an Tercümesi 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786059991766</t>
+          <t>9786059519397</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Halep’te İlmi Hayat</t>
+          <t>Modern Zamanlarda Hadisi Savunmak</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786059991780</t>
+          <t>9786059519489</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı Şakadan Anlamaz</t>
+          <t>Hadis Oksidentalizmi ve Fuat Sezgin</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786055309916</t>
+          <t>9786059519458</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>İslam İletişim Hukuku</t>
+          <t>Kur'an Kıssalarını Siret Bağlamında Okumak</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786059991735</t>
+          <t>9786059519045</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Dili</t>
+          <t>Gençliğin Gelişimi ve Problemleri Karşısında Din Görevlileri</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786059223911</t>
+          <t>9786059519410</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Klasikten Moderne Seçme Tefsir Metinleri</t>
+          <t>Büyük Bir Milletin Direniş Destanı Çanakkale</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786055309893</t>
+          <t>9786059991377</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası Konu Anlatımlı</t>
+          <t>Rivayet Tekniği Açısından Hadislerin Sayısı</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786059991742</t>
+          <t>9786059519076</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Zamanaşımı</t>
+          <t>Süper Karınca Matematik Öğreniyor - 1</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786059991728</t>
+          <t>9786059519069</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Hadis Metinleri - 1</t>
+          <t>Hezarfen</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786059223904</t>
+          <t>9786059519083</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Kurucu Unsurları Usul-i Fıkıh Kelam Tasavvuf ve İslam Felsefesi</t>
+          <t>Süper Karınca Matematik Öğreniyor - 2</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786059223928</t>
+          <t>9786059991759</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Hadislerinde Eğitim Metodları</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786059223850</t>
+          <t>9786059223980</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 4. Cilt (Ciltli)</t>
+          <t>Te'vilatül Kur'an Tercümesi 5. Cilt</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786059223874</t>
+          <t>9786059519021</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Hizmeti Yürütenlerin Sorunları ve Çözüm Önerileri</t>
+          <t>Bilal-i Habeşi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786059223867</t>
+          <t>9786059519007</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Geleneğimizde Mantık</t>
+          <t>Kutlu Sefere Hanımlarla Yolculuk</t>
         </is>
       </c>
       <c r="C818" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786058387508</t>
+          <t>9786059991766</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Cami Minberlerinde Beşgen Geometrik Desenler</t>
+          <t>Halep’te İlmi Hayat</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786059223683</t>
+          <t>9786059991780</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Birliğin Güçlendirilmesinde Dini Söylemin Önemi</t>
+          <t>Bilinçaltı Şakadan Anlamaz</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059223706</t>
+          <t>9786055309916</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanları ve Hizmetleri</t>
+          <t>İslam İletişim Hukuku</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052174678</t>
+          <t>9786059991735</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tıp</t>
+          <t>Tasavvufun Dili</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786059223782</t>
+          <t>9786059223911</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Araştırmaları</t>
+          <t>Klasikten Moderne Seçme Tefsir Metinleri</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786059223744</t>
+          <t>9786055309893</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Sıra Bizde</t>
+          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786059223669</t>
+          <t>9786059991742</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 3. Cilt (Ciltli)</t>
+          <t>İslam Hukukunda Zamanaşımı</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786055309213</t>
+          <t>9786059991728</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Yabancı Dil Öğretim Yaklaşımı ve Yöntemleri</t>
+          <t>Hadis Metinleri - 1</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786059223690</t>
+          <t>9786059223904</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>İmanın Güneş Yüzlü Çocukları</t>
+          <t>İslam Düşüncesinin Kurucu Unsurları Usul-i Fıkıh Kelam Tasavvuf ve İslam Felsefesi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786055623487</t>
+          <t>9786059223928</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku (1. Cilt)</t>
+          <t>Hz. Peygamberin Hadislerinde Eğitim Metodları</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052174449</t>
+          <t>9786059223850</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Felsefesi</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786059223362</t>
+          <t>9786059223874</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Ahlakı</t>
+          <t>Türkiye'de Din Hizmeti Yürütenlerin Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786059223065</t>
+          <t>9786059223867</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Siyer Araştırmaları</t>
+          <t>Düşünce Geleneğimizde Mantık</t>
         </is>
       </c>
       <c r="C831" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786055309466</t>
+          <t>9786058387508</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Ahkam Hadisleri</t>
+          <t>Mimar Sinan Cami Minberlerinde Beşgen Geometrik Desenler</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789944704212</t>
+          <t>9786059223683</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Tasavvuf Yolları</t>
+          <t>Toplumsal Birliğin Güçlendirilmesinde Dini Söylemin Önemi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786059223713</t>
+          <t>9786059223706</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>İmanın Güneş Yüzlü Öncüleri</t>
+          <t>Diyanet İşleri Başkanları ve Hizmetleri</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786059223461</t>
+          <t>9786052174678</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sözleşmelerde Cezai Şart</t>
+          <t>Tasavvuf ve Tıp</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786059991605</t>
+          <t>9786059223782</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve İbadetler</t>
+          <t>İslam Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786055623401</t>
+          <t>9786059223744</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dilbilgisi Sarf -Nahiv</t>
+          <t>Sıra Bizde</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786059223416</t>
+          <t>9786059223669</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Ensar Kitabı - İslam Tarihinde Ensar</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786059223386</t>
+          <t>9786055309213</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 2. Cilt (Ciltli)</t>
+          <t>Sistematik Yabancı Dil Öğretim Yaklaşımı ve Yöntemleri</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>700</v>
+        <v>330</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786059223423</t>
+          <t>9786059223690</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Para Vakıfları</t>
+          <t>İmanın Güneş Yüzlü Çocukları</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786059991698</t>
+          <t>9786055623487</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Sosyal Hayat</t>
+          <t>İslam Hukuku (1. Cilt)</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786059223287</t>
+          <t>9786052174449</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dolaşmaya Çıkan Salyangoz</t>
+          <t>Ana Hatlarıyla İslam Felsefesi</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786059223263</t>
+          <t>9786059223362</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Kurbağa</t>
+          <t>Ana Hatlarıyla İslam Ahlakı</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786059223270</t>
+          <t>9786059223065</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yavru Fil</t>
+          <t>Siyer Araştırmaları</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786059223331</t>
+          <t>9786055309466</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Evin Kargası</t>
+          <t>Anahatlarıyla Ahkam Hadisleri</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786059223256</t>
+          <t>9789944704212</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşını Arayan Kırlangıç</t>
+          <t>Anadolu’da Tasavvuf Yolları</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786059223300</t>
+          <t>9786059223713</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısının Yavrusu</t>
+          <t>İmanın Güneş Yüzlü Öncüleri</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786059223294</t>
+          <t>9786059223461</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Farecik</t>
+          <t>İslam Hukukunda Sözleşmelerde Cezai Şart</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786059991612</t>
+          <t>9786059991605</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Ahlakı</t>
+          <t>Peygamberimiz ve İbadetler</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786059223225</t>
+          <t>9786055623401</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Siyer-i Nebi</t>
+          <t>Arapça Dilbilgisi Sarf -Nahiv</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786059223324</t>
+          <t>9786059223416</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Tırtılın Evi</t>
+          <t>Ensar Kitabı - İslam Tarihinde Ensar</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786059223317</t>
+          <t>9786059223386</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Orman Yangını ve Tilki</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786059223188</t>
+          <t>9786059223423</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Okulları 6. Sınıf Arapça Ders Kitabı</t>
+          <t>Para Vakıfları</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786059223096</t>
+          <t>9786059991698</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Arapça'da Sayılar</t>
+          <t>Peygamberimiz ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052174135</t>
+          <t>9786059223287</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste İnanç Esasları</t>
+          <t>Dünyayı Dolaşmaya Çıkan Salyangoz</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786059223089</t>
+          <t>9786059223263</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>İlahiyatçılık ve Din Görevliliği Meslek Ahlakı</t>
+          <t>Canı Sıkılan Kurbağa</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786059223041</t>
+          <t>9786059223270</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamberim</t>
+          <t>Cesur Yavru Fil</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786059223027</t>
+          <t>9786059223331</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Hac</t>
+          <t>Yeşil Evin Kargası</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786055309060</t>
+          <t>9786059223256</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kıraatların Tefsire Etkisi</t>
+          <t>Arkadaşını Arayan Kırlangıç</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789944704892</t>
+          <t>9786059223300</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Kutup Ayısının Yavrusu</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9780000004116</t>
+          <t>9786059223294</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Aykız Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +5 (8 Kitap Takım)</t>
+          <t>Kahraman Farecik</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786055309985</t>
+          <t>9786059991612</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla Mü'minlere Vaazlar 1</t>
+          <t>Peygamberimizin Ahlakı</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786059991933</t>
+          <t>9786059223225</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi Öğrenci Sözlüğü</t>
+          <t>Gençler İçin Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C863" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786055309305</t>
+          <t>9786059223324</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Arapça İsim Cümlesini Yeniden Yapılandıran Amiller</t>
+          <t>Tırtılın Evi</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786055309329</t>
+          <t>9786059223317</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Arapça İmla ve Mükatebat İmla Kitabı 1</t>
+          <t>Orman Yangını ve Tilki</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789756794210</t>
+          <t>9786059223188</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Yeni Kamus (Ciltli)</t>
+          <t>İmam Hatip Okulları 6. Sınıf Arapça Ders Kitabı</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786059223072</t>
+          <t>9786059223096</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>El-Muallim / Başlangıç Düzeyi Arapça Eğitim Seti -1</t>
+          <t>Arapça'da Sayılar</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786059991971</t>
+          <t>9786052174135</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma Parçaları</t>
+          <t>Ailemizle 52 Derste İnanç Esasları</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786059991988</t>
+          <t>9786059223089</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>İlahiyatçılık ve Din Görevliliği Meslek Ahlakı</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786059991940</t>
+          <t>9786059223041</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Allah ve Namazı Bilinçaltında Sevdirebilmek</t>
+          <t>Benim Peygamberim</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786059223003</t>
+          <t>9786059223027</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi ve Öğretim Yöntemleri</t>
+          <t>Bütün Yönleriyle Hac</t>
         </is>
       </c>
       <c r="C871" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786059991957</t>
+          <t>9786055309060</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Bir İletişim Aracı Olarak Kur'an'da Beden Dili</t>
+          <t>Kıraatların Tefsire Etkisi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786059991643</t>
+          <t>9789944704892</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Te'vilatü'l Kur'an Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786059991810</t>
+          <t>9780000004116</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Bugünün İlahiyatı Nasıl Olmalıdır?</t>
+          <t>Aykız Okul Öncesi Dikkat ve Zeka Geliştirme Etkinlik Seti +5 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786059991704</t>
+          <t>9786055309985</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Hanım Müfessirler</t>
+          <t>Kaynaklarıyla Mü'minlere Vaazlar 1</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786059991360</t>
+          <t>9786059991933</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Karataş'la Her Yemekte Dua</t>
+          <t>Din Kültürü ve Ahlak Bilgisi Öğrenci Sözlüğü</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786059991575</t>
+          <t>9786055309305</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Huzura Doğru 5 Büyük Adım</t>
+          <t>Arapça İsim Cümlesini Yeniden Yapılandıran Amiller</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786059991599</t>
+          <t>9786055309329</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Cehalet Kavramı</t>
+          <t>Arapça İmla ve Mükatebat İmla Kitabı 1</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786059519779</t>
+          <t>9789756794210</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Daniş - Bir Cennet Delisi</t>
+          <t>Arapça-Türkçe Yeni Kamus (Ciltli)</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786059991568</t>
+          <t>9786059223072</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Ahlak Terbiyecileri ve Ahlak Terbiyesi</t>
+          <t>El-Muallim / Başlangıç Düzeyi Arapça Eğitim Seti -1</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786059991407</t>
+          <t>9786059991971</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Temel İnsan Hakları</t>
+          <t>Arapça Okuma Parçaları</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786059991285</t>
+          <t>9786059991988</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Metodoloji Usül Mes'elesi - 5</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786055623746</t>
+          <t>9786059991940</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kılavuzu</t>
+          <t>Çocuklara Allah ve Namazı Bilinçaltında Sevdirebilmek</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786059991346</t>
+          <t>9786059223003</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Tabakları Ayırdık Çocuklar Söz Dinlemez Oldu</t>
+          <t>Din Kültürü ve Ahlak Bilgisi ve Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786059991322</t>
+          <t>9786059991957</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Pratik Konuşma ve Alıştırmalı Arapça Akıllı Defter</t>
+          <t>Bir İletişim Aracı Olarak Kur'an'da Beden Dili</t>
         </is>
       </c>
       <c r="C885" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789756794340</t>
+          <t>9786059991643</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Asrımızda Hristiyan Müslüman Münasebetleri</t>
+          <t>Te'vilatü'l Kur'an Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786055309367</t>
+          <t>9786059991810</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Arapçaya Giriş</t>
+          <t>Bugünün İlahiyatı Nasıl Olmalıdır?</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789944704656</t>
+          <t>9786059991704</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Arapça'dan Türkçeleşmiş Kelimeler Sözlüğü</t>
+          <t>Hanım Müfessirler</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786055623685</t>
+          <t>9786059991360</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Arapça Fiiller Sözlüğü</t>
+          <t>Mustafa Karataş'la Her Yemekte Dua</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786059991261</t>
+          <t>9786059991575</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukuku ve Ebu Yusuf'un Öncelikleri</t>
+          <t>Huzura Doğru 5 Büyük Adım</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786059991179</t>
+          <t>9786059991599</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Rivayet İlimlerinde Haber-i Vahidlerin İtikat ve Teşri Yönlerinden Değeri</t>
+          <t>Kur'an'da Cehalet Kavramı</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786059991216</t>
+          <t>9786059519779</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Hadis Rivayet Tarihi</t>
+          <t>Daniş - Bir Cennet Delisi</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786059519571</t>
+          <t>9786059991568</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Siyer-i Nebi (a.s)</t>
+          <t>Son Dönem Osmanlı Ahlak Terbiyecileri ve Ahlak Terbiyesi</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786059223478</t>
+          <t>9786059991407</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 2</t>
+          <t>Kur'an ve Sünnete Göre Temel İnsan Hakları</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786055309909</t>
+          <t>9786059991285</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Hadis 2</t>
+          <t>İslami İlimlerde Metodoloji Usül Mes'elesi - 5</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786055623371</t>
+          <t>9786055623746</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İctihad</t>
+          <t>Kur’an Kılavuzu</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786055309183</t>
+          <t>9786059991346</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Değişim ve İbadetler</t>
+          <t>Tabakları Ayırdık Çocuklar Söz Dinlemez Oldu</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786055623906</t>
+          <t>9786059991322</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>İnsan İradesi ve Kudret-i İlahiyye Bağlamında Kader Mes’elesi</t>
+          <t>Pratik Konuşma ve Alıştırmalı Arapça Akıllı Defter</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786055623623</t>
+          <t>9789756794340</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Büyük Halife Hz. Ebubekir (r.a.)</t>
+          <t>Asrımızda Hristiyan Müslüman Münasebetleri</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786055309268</t>
+          <t>9786055309367</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’i ve Hadislerini Anlamak</t>
+          <t>Arapçaya Giriş</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052174111</t>
+          <t>9789944704656</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Ailemizle 52 Ders</t>
+          <t>Arapça'dan Türkçeleşmiş Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786055623418</t>
+          <t>9786055623685</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü Yazıları</t>
+          <t>Arapça Fiiller Sözlüğü</t>
         </is>
       </c>
       <c r="C902" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786059519625</t>
+          <t>9786059991261</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Sünnet’in Gerçekliğinde Hadis ve Sünnet Çözümlemeleri</t>
+          <t>İslam Borçlar Hukuku ve Ebu Yusuf'un Öncelikleri</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786059223201</t>
+          <t>9786059991179</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Gündemdeki Tartışmalı Dini Konular</t>
+          <t>Rivayet İlimlerinde Haber-i Vahidlerin İtikat ve Teşri Yönlerinden Değeri</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789944704120</t>
+          <t>9786059991216</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna</t>
+          <t>Hadis Rivayet Tarihi</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786055623678</t>
+          <t>9786059519571</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Şehit Halife Hz. Osman</t>
+          <t>Ana Hatlarıyla Siyer-i Nebi (a.s)</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789944704069</t>
+          <t>9786059223478</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Öğretime Dair Kırk Hadis</t>
+          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 2</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786055309435</t>
+          <t>9786055309909</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Dört Ulu Çınar</t>
+          <t>Hadis 2</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052174050</t>
+          <t>9786055623371</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Hicret Yurdunda Sabah: Doğuş</t>
+          <t>İslam Hukukunda İctihad</t>
         </is>
       </c>
       <c r="C909" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789944704984</t>
+          <t>9786055309183</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Nübüvvet Kavramı</t>
+          <t>İslam Hukukunda Değişim ve İbadetler</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786059223881</t>
+          <t>9786055623906</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslam Düşünürleri</t>
+          <t>İnsan İradesi ve Kudret-i İlahiyye Bağlamında Kader Mes’elesi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786055309374</t>
+          <t>9786055623623</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Büyükler Büyüğü Peygamberimiz</t>
+          <t>İlk ve Büyük Halife Hz. Ebubekir (r.a.)</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789944704441</t>
+          <t>9786055309268</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Asr-ı Saadette İslam (4 Kitap Takım) (Ciltli)</t>
+          <t>Hz. Peygamber’i ve Hadislerini Anlamak</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>3500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786055623852</t>
+          <t>9786052174111</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Bir Vicdan Uyanıyor</t>
+          <t>Hadisler Işığında Ailemizle 52 Ders</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786055623562</t>
+          <t>9786055623418</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Peşinde</t>
+          <t>Hadis Usulü Yazıları</t>
         </is>
       </c>
       <c r="C915" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786055623692</t>
+          <t>9786059519625</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze İslam Mezhepleri Tarihi</t>
+          <t>Nebevi Sünnet’in Gerçekliğinde Hadis ve Sünnet Çözümlemeleri</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052174043</t>
+          <t>9786059223201</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Aydınlıklara Doğru - Peygamber Efendimizin Hayatı 2</t>
+          <t>Gündemdeki Tartışmalı Dini Konular</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789944152860</t>
+          <t>9789944704120</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Cümle Yapısı</t>
+          <t>Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786055623975</t>
+          <t>9786055623678</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Arapça Uygulamalar Kitabı</t>
+          <t>Şehit Halife Hz. Osman</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789944704670</t>
+          <t>9789944704069</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma ve Eski Metinler Kitabı</t>
+          <t>Eğitim ve Öğretime Dair Kırk Hadis</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786055623791</t>
+          <t>9786055309435</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma Kitabı</t>
+          <t>Dört Ulu Çınar</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786055623814</t>
+          <t>9786052174050</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Ezdad</t>
+          <t>Hicret Yurdunda Sabah: Doğuş</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789756794302</t>
+          <t>9789944704984</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar</t>
+          <t>Çeşitli Yönleriyle Nübüvvet Kavramı</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786059223164</t>
+          <t>9786059223881</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (2. Cilt)</t>
+          <t>Çağdaş İslam Düşünürleri</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786059223195</t>
+          <t>9786055309374</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (1. Cilt)</t>
+          <t>Büyükler Büyüğü Peygamberimiz</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786055309244</t>
+          <t>9789944704441</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Öncesi Arap Tarihi ve Kültürü</t>
+          <t>Bütün Yönleriyle Asr-ı Saadette İslam (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>300</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786055309282</t>
+          <t>9786055623852</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Mezhepleri Tarihi</t>
+          <t>Bir Vicdan Uyanıyor</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786055623500</t>
+          <t>9786055623562</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Hukuku (Cilt- 3)</t>
+          <t>Bilgelik Peşinde</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786055623494</t>
+          <t>9786055623692</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla İslam Hukuku (2. Cilt)</t>
+          <t>Başlangıçtan Günümüze İslam Mezhepleri Tarihi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786059223157</t>
+          <t>9786052174043</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Hadis</t>
+          <t>Aydınlıklara Doğru - Peygamber Efendimizin Hayatı 2</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786055623234</t>
+          <t>9789944152860</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Dinler Tarihi</t>
+          <t>Arapçada Cümle Yapısı</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052174128</t>
+          <t>9786055623975</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Peygamberimizin Hayatı</t>
+          <t>Arapça Uygulamalar Kitabı</t>
         </is>
       </c>
       <c r="C932" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052174142</t>
+          <t>9789944704670</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Ailemizle 52 Derste Ahlak</t>
+          <t>Arapça Okuma ve Eski Metinler Kitabı</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786055623616</t>
+          <t>9786055623791</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Adil Halife Emirü’l-Mü’minin Hz. Ömer (r.a.)</t>
+          <t>Arapça Okuma Kitabı</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786055309022</t>
+          <t>9786055623814</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kolay Arapça</t>
+          <t>Arap Dilinde Ezdad</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786059223676</t>
+          <t>9789756794302</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Ömer B. Abdülaziz</t>
+          <t>Ana Hatlarıyla Tasavvuf ve Tarikatlar</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786059991186</t>
+          <t>9786059223164</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>Ana Hatlarıyla İslam Tarihi (2. Cilt)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786055309220</t>
+          <t>9786059223195</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’den Müslüman Kadına Altın Öğütler</t>
+          <t>Ana Hatlarıyla İslam Tarihi (1. Cilt)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786059223768</t>
+          <t>9786055309244</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Aile Hayatı (Ciltli)</t>
+          <t>Ana Hatlarıyla İslam Öncesi Arap Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786059991070</t>
+          <t>9786055309282</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Namaz Kılmaya Alıştırma Yolları (52 Öneri)</t>
+          <t>Anahatlarıyla İslam Mezhepleri Tarihi</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786059991063</t>
+          <t>9786055623500</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Oruç Tutmayı Kolaylaştırma Yolları (52 Öneri)</t>
+          <t>Anahatlarıyla İslam Hukuku (Cilt- 3)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786055623883</t>
+          <t>9786055623494</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Üvey Anne</t>
+          <t>Anahatlarıyla İslam Hukuku (2. Cilt)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789944704816</t>
+          <t>9786059223157</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Mantık</t>
+          <t>Ana Hatlarıyla Hadis</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786055309275</t>
+          <t>9786055623234</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Mantık</t>
+          <t>Anahatlarıyla Dinler Tarihi</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789944704854</t>
+          <t>9786052174128</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi (3. Cilt)</t>
+          <t>Ailemizle 52 Derste Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786055623647</t>
+          <t>9786052174142</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı</t>
+          <t>Ailemizle 52 Derste Ahlak</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786055623838</t>
+          <t>9786055623616</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Temel Sarf Bilgileri</t>
+          <t>Adil Halife Emirü’l-Mü’minin Hz. Ömer (r.a.)</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786054036462</t>
+          <t>9786055309022</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Şükür</t>
+          <t>Açıklamalı Kolay Arapça</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786057619822</t>
+          <t>9786059223676</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Muvatta (Ciltli)</t>
+          <t>Ömer B. Abdülaziz</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786055309954</t>
+          <t>9786059991186</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri 9. Sınıf Arapça Yaprak Testler - Çek Koparlı</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786059991353</t>
+          <t>9786055309220</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu Müfredatına Uygun 7. Sınıf Görsel Arapça Test Kitabı</t>
+          <t>Hz. Peygamber’den Müslüman Kadına Altın Öğütler</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786059991384</t>
+          <t>9786059223768</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Kur'an Kültürü</t>
+          <t>Hz. Peygamber ve Aile Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786059991032</t>
+          <t>9786059991070</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Olarak Kur'an-ı Kerim Hakkında Neler Bilmeliyiz?</t>
+          <t>Çocuğunuzu Namaz Kılmaya Alıştırma Yolları (52 Öneri)</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786055309930</t>
+          <t>9786059991063</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Din Kültürü ve Ahlak Bilgisi Öğretmenlerinin Öğrenci Başarısını Değerlendirme Yeterlikleri</t>
+          <t>Çocuğunuza Oruç Tutmayı Kolaylaştırma Yolları (52 Öneri)</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789944704663</t>
+          <t>9786055623883</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Filozof Tabib Muhaddisler</t>
+          <t>Üvey Anne</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789756794388</t>
+          <t>9789944704816</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Hukuk Terimleri Sözlüğü</t>
+          <t>Anahatlarıyla Mantık</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786055309503</t>
+          <t>9786055309275</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>Ana Hatlarıyla Mantık</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786055623210</t>
+          <t>9789944704854</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Hadisin Doğuş ve Gelişim Tarihine Yeniden Bakış</t>
+          <t>Ana Hatlarıyla İslam Tarihi (3. Cilt)</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786055623395</t>
+          <t>9786055623647</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Hadise Dair İlimler ve Hadis Usulü</t>
+          <t>Hz. Muhammed’in Hayatı</t>
         </is>
       </c>
       <c r="C959" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786059991544</t>
+          <t>9786055623838</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ne Diyor? Biz Ne Anlıyoruz?</t>
+          <t>Temel Sarf Bilgileri</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786059223492</t>
+          <t>9786054036462</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Asabiyet</t>
+          <t>Şükür</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786055623654</t>
+          <t>9786057619822</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Ben de Arapça Öğreniyorum</t>
+          <t>Muvatta (Ciltli)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786059991100</t>
+          <t>9786055309954</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu Müfredatın Uygun 5. Sınıf Görsel Arapça Test Kitabı</t>
+          <t>İmam Hatip Liseleri 9. Sınıf Arapça Yaprak Testler - Çek Koparlı</t>
         </is>
       </c>
       <c r="C963" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786055309749</t>
+          <t>9786059991353</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sosyoloji</t>
+          <t>İmam Hatip Ortaokulu Müfredatına Uygun 7. Sınıf Görsel Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789756794050</t>
+          <t>9786059991384</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Aleviler Bektaşiler Nusayriler</t>
+          <t>Türk Toplumunun Kur'an Kültürü</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786055309886</t>
+          <t>9786059991032</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Hz. Muhammed'in (S.A.V) Evrensel Mesajları</t>
+          <t>Müslüman Olarak Kur'an-ı Kerim Hakkında Neler Bilmeliyiz?</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786055309817</t>
+          <t>9786055309930</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve İktisat</t>
+          <t>İlköğretim Din Kültürü ve Ahlak Bilgisi Öğretmenlerinin Öğrenci Başarısını Değerlendirme Yeterlikleri</t>
         </is>
       </c>
       <c r="C967" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786055309862</t>
+          <t>9789944704663</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>İlk Adım Arapça Yazı Defteri</t>
+          <t>Filozof Tabib Muhaddisler</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786059991155</t>
+          <t>9789756794388</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Ortaokulu Müfredatına Uygun 6. Sınıf Görsel Arapça Test Kitabı</t>
+          <t>Fıkıh ve Hukuk Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>100</v>
+        <v>430</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786055309350</t>
+          <t>9786055309503</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kur’an Tefsirine Hizmetleri</t>
+          <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789756794333</t>
+          <t>9786055623210</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Misyonerlik Faaliyetleri</t>
+          <t>Hadisin Doğuş ve Gelişim Tarihine Yeniden Bakış</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786055309251</t>
+          <t>9786055623395</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Kültüründe Hadis</t>
+          <t>Hadise Dair İlimler ve Hadis Usulü</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786055623784</t>
+          <t>9786059991544</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Emirü'l-Mü'minin Hz. Ali</t>
+          <t>Kur'an Ne Diyor? Biz Ne Anlıyoruz?</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786055309343</t>
+          <t>9786059223492</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin İki Gülü Hasan - Hüseyin</t>
+          <t>Asabiyet</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789944704298</t>
+          <t>9786055623654</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Sade Hayatı</t>
+          <t>Ben de Arapça Öğreniyorum</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786055623142</t>
+          <t>9786059991100</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hitabeti</t>
+          <t>İmam Hatip Ortaokulu Müfredatın Uygun 5. Sınıf Görsel Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789944152877</t>
+          <t>9786055309749</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Duaları</t>
+          <t>İslam ve Sosyoloji</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786055309497</t>
+          <t>9789756794050</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimize Neden İnanmadılar?</t>
+          <t>Türkiye'de Aleviler Bektaşiler Nusayriler</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786052174036</t>
+          <t>9786055309886</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Şafak - Peygamber Efendimizin Hayatı 1</t>
+          <t>Ana Hatlarıyla Hz. Muhammed'in (S.A.V) Evrensel Mesajları</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786059223454</t>
+          <t>9786055309817</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Peygamberimiz</t>
+          <t>Sağlık ve İktisat</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786055623173</t>
+          <t>9786055309862</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Pınarından 40 Hadis (İmam-ı Nevevi)</t>
+          <t>İlk Adım Arapça Yazı Defteri</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786055309527</t>
+          <t>9786059991155</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Nesillerden Nesillere Armağan Sözler Hazinesi (Ciltli)</t>
+          <t>İmam Hatip Ortaokulu Müfredatına Uygun 6. Sınıf Görsel Arapça Test Kitabı</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9799756794967</t>
+          <t>9786055309350</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Diğer Dinlere Bakışları (Ciltli)</t>
+          <t>Türklerin Kur’an Tefsirine Hizmetleri</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789756794173</t>
+          <t>9789756794333</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’e Göre Peygamberler ve Tevhid Mücadelesi</t>
+          <t>Türkiye’de Misyonerlik Faaliyetleri</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9799756794806</t>
+          <t>9786055309251</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’de Mes’uliyet</t>
+          <t>Tasavvuf Kültüründe Hadis</t>
         </is>
       </c>
       <c r="C985" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789756794241</t>
+          <t>9786055623784</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tefsir Araştırmaları 6</t>
+          <t>Emirü'l-Mü'minin Hz. Ali</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052174104</t>
+          <t>9786055309343</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Işığında Ailemizle 52 Ders</t>
+          <t>Peygamberin İki Gülü Hasan - Hüseyin</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789944704625</t>
+          <t>9789944704298</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Pratik Arapça Konuşma Kılavuzu</t>
+          <t>Peygamberimizin Sade Hayatı</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786055623630</t>
+          <t>9786055623142</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Kemal Türkçe-Arapça Ansiklopedik Sözlük</t>
+          <t>Peygamberimizin Hitabeti</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786052174081</t>
+          <t>9789944152877</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma - Peygamber Efendimizin Hayatı 6</t>
+          <t>Peygamberimizin Duaları</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786055309459</t>
+          <t>9786055309497</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Sosyal İçerikli İbadetleri ve Şahitliği</t>
+          <t>Peygamberimize Neden İnanmadılar?</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789756794555</t>
+          <t>9786052174036</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerde Metodoloji (Usul) Mes’elesi 2</t>
+          <t>Özlenen Şafak - Peygamber Efendimizin Hayatı 1</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>475</v>
+        <v>250</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786055309534</t>
+          <t>9786059223454</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Örnek Şahsiyetleri Ashab-ı Kiram</t>
+          <t>Örneklerle Peygamberimiz</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786055309473</t>
+          <t>9786055623173</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kolaylaştırma İlkesi</t>
+          <t>Nübüvvet Pınarından 40 Hadis (İmam-ı Nevevi)</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789756794296</t>
+          <t>9786055309527</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kadın</t>
+          <t>Nesillerden Nesillere Armağan Sözler Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786059223485</t>
+          <t>9799756794967</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Mezhepler Tarihi</t>
+          <t>Müslümanların Diğer Dinlere Bakışları (Ciltli)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786059991582</t>
+          <t>9789756794173</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Kur’an-ı Kerim’e Göre Peygamberler ve Tevhid Mücadelesi</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786055309855</t>
+          <t>9799756794806</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Peygamberimizin Etrafındaki Çocuklar ve Gençler (Ciltli)</t>
+          <t>Kur’an-ı Kerim’de Mes’uliyet</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786059991506</t>
+          <t>9789756794241</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Endülüslü Alim Ebu Amr Ed-Dani ve Kıraat İlmindeki Yeri</t>
+          <t>Kur’an ve Tefsir Araştırmaları 6</t>
         </is>
       </c>
       <c r="C999" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786055309725</t>
+          <t>9786052174104</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku</t>
+          <t>Kur’an Işığında Ailemizle 52 Ders</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786055309664</t>
+          <t>9789944704625</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Kelam Tarihi</t>
+          <t>Kendi Kendine Pratik Arapça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786055309701</t>
+          <t>9786055623630</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 1</t>
+          <t>Kemal Türkçe-Arapça Ansiklopedik Sözlük</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786055309695</t>
+          <t>9786052174081</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Kılavuzu</t>
+          <t>Kavuşma - Peygamber Efendimizin Hayatı 6</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786055309633</t>
+          <t>9786055309459</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Türkçe'den Arapça'ya Çeviri Teknikleri</t>
+          <t>Kadınların Sosyal İçerikli İbadetleri ve Şahitliği</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786055309596</t>
+          <t>9789756794555</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Rehberi</t>
+          <t>İslami İlimlerde Metodoloji (Usul) Mes’elesi 2</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
+          <t>9786055309534</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ın Örnek Şahsiyetleri Ashab-ı Kiram</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9786055309473</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Kolaylaştırma İlkesi</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9789756794296</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Kadın</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9786059223485</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Fıkhi Mezhepler Tarihi</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
+          <t>9786059991582</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C1010" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" s="1" t="inlineStr">
+        <is>
+          <t>9786055309855</t>
+        </is>
+      </c>
+      <c r="B1011" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Peygamberimizin Etrafındaki Çocuklar ve Gençler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1011" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" s="1" t="inlineStr">
+        <is>
+          <t>9786059991506</t>
+        </is>
+      </c>
+      <c r="B1012" s="1" t="inlineStr">
+        <is>
+          <t>Endülüslü Alim Ebu Amr Ed-Dani ve Kıraat İlmindeki Yeri</t>
+        </is>
+      </c>
+      <c r="C1012" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" s="1" t="inlineStr">
+        <is>
+          <t>9786055309725</t>
+        </is>
+      </c>
+      <c r="B1013" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuku</t>
+        </is>
+      </c>
+      <c r="C1013" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" s="1" t="inlineStr">
+        <is>
+          <t>9786055309664</t>
+        </is>
+      </c>
+      <c r="B1014" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Kelam Tarihi</t>
+        </is>
+      </c>
+      <c r="C1014" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" s="1" t="inlineStr">
+        <is>
+          <t>9786055309701</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetinin Kurucu Nesli Sahabe 1</t>
+        </is>
+      </c>
+      <c r="C1015" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" s="1" t="inlineStr">
+        <is>
+          <t>9786055309695</t>
+        </is>
+      </c>
+      <c r="B1016" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1016" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" s="1" t="inlineStr">
+        <is>
+          <t>9786055309633</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe'den Arapça'ya Çeviri Teknikleri</t>
+        </is>
+      </c>
+      <c r="C1017" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" s="1" t="inlineStr">
+        <is>
+          <t>9786055309596</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t>Dini Bilgiler Rehberi</t>
+        </is>
+      </c>
+      <c r="C1018" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" s="1" t="inlineStr">
+        <is>
           <t>9786055309589</t>
         </is>
       </c>
-      <c r="B1006" s="1" t="inlineStr">
+      <c r="B1019" s="1" t="inlineStr">
         <is>
           <t>Ayet ve Hadisler Işığında Ramazan Oruç ve Zekat</t>
         </is>
       </c>
-      <c r="C1006" s="1">
+      <c r="C1019" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>