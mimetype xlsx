--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,2755 +85,2845 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789759902544</t>
+          <t>9786054786855</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İşâratül-İcaz Arapça (Ciltli)</t>
+          <t>Hizb-ül Hakaik (Büyük Cep Boy Termo Cilt (Taba Renk Kod:1780T) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>473</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>8683695681215</t>
+          <t>9789756321997</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Cep Boy Kadife Kılıflı Kur'an-ı Kerim Yeşil Renk (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>7980</v>
+        <v>336</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789759900199</t>
+          <t>9100010010431</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar Osmanlıca El Yazma (Ciltli)</t>
+          <t>Rahle Boy Risale-i Nur Külliyatı Hakiki Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>14000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>8683695681185</t>
+          <t>9789759903688</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Hamid Aytaç Hatlı Büyük Cep Boy Fermuarlı Kılıf Termo Cilt (Ciltli)</t>
+          <t>Meyve Risalesi Arapça</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>744</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789759900762</t>
+          <t>9789759903718</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risalesi</t>
+          <t>Haşir Risalesi Arapça</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>63</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759900755</t>
+          <t>9789759903978</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nur Aleminin Bir Anahtarı</t>
+          <t>İhlas Risalesi Arapça</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>59</v>
+        <v>81</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759902728</t>
+          <t>9789759902544</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Üstad Bediüzzaman Said Nursi Hazretlerinden Hulusi Ağabey'e Gönderilen ve Neşredilmeyen Mektuplardan</t>
+          <t>İşâratül-İcaz Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>59</v>
+        <v>473</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759900519</t>
+          <t>8683695681215</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zühretünnur</t>
+          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>7980</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759902711</t>
+          <t>9789759900199</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ramazan-İktisat-Şükür Risaleleri (Büyük Boy)</t>
+          <t>Lem'alar Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>166</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9100010010516</t>
+          <t>8683695681185</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Seti (Arapça Büyük Boy) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Hamid Aytaç Hatlı Büyük Cep Boy Fermuarlı Kılıf Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>6622</v>
+        <v>744</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759902087</t>
+          <t>9789759900762</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Seti (Normal Boy)</t>
+          <t>Ene ve Zerre Risalesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>3028</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756321904</t>
+          <t>9789759900755</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Hamid Aytaç Hatlı Çanta Boy, 5 Renk, Hakiki Deri Cilt Yeşil (Kod:1562) (Ciltli)</t>
+          <t>Nur Aleminin Bir Anahtarı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1960</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756321737</t>
+          <t>9789759902728</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Hamid Aytaç Hatlı Çanta Boy, 5 Renk, Hakiki Deri Cilt Taba (Kod:1562) (Ciltli)</t>
+          <t>Üstad Bediüzzaman Said Nursi Hazretlerinden Hulusi Ağabey'e Gönderilen ve Neşredilmeyen Mektuplardan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1960</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759901257</t>
+          <t>9789759900519</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ül Hakaik Arapça (Cep Boy Deri Cilt Kod:456) (Ciltli)</t>
+          <t>Zühretünnur</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>151</v>
+        <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759901240</t>
+          <t>9789759902711</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ül Hakaik Arapça (Büyük Cep Boy Deri Cilt Kod:453) (Ciltli)</t>
+          <t>Ramazan-İktisat-Şükür Risaleleri (Büyük Boy)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>269</v>
+        <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759902599</t>
+          <t>9100010010516</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ül Hakaik Büyük Boy Vinleks Cilt (Bordo Renk Kod:447) (Ciltli)</t>
+          <t>Risale-i Nur Seti (Arapça Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>480</v>
+        <v>6622</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054786862</t>
+          <t>9789759902087</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Arapça Namaz Tesbihatı (Termo Cilt-Yeşil Renk-Kod:1763) (Ciltli)</t>
+          <t>Risale-i Nur Seti (Normal Boy)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789759900717</t>
+          <t>9789756321904</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Otuzüç Pencere Normal Boy</t>
+          <t>Kur'an-ı Kerim Hamid Aytaç Hatlı Çanta Boy, 5 Renk, Hakiki Deri Cilt Yeşil (Kod:1562) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>67</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789759903121</t>
+          <t>9789756321737</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat Arapça (Ciltli)</t>
+          <t>Kur'an-ı Kerim Hamid Aytaç Hatlı Çanta Boy, 5 Renk, Hakiki Deri Cilt Taba (Kod:1562) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>794</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756321805</t>
+          <t>9789759901257</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Plastik Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Hizb-ül Hakaik Arapça (Cep Boy Deri Cilt Kod:456) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>126</v>
+        <v>151</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756321195</t>
+          <t>9789759901240</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kılıflı Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
+          <t>Hizb-ül Hakaik Arapça (Büyük Cep Boy Deri Cilt Kod:453) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>336</v>
+        <v>269</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>8683695681109</t>
+          <t>9789759902599</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Kırmızı Renk) Bilgisayar Hattı (Ciltli)</t>
+          <t>Hizb-ül Hakaik Büyük Boy Vinleks Cilt (Bordo Renk Kod:447) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>336</v>
+        <v>480</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>8683695681116</t>
+          <t>9786054786862</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Yeşil Renk) Bilgisayar Hattı (Ciltli)</t>
+          <t>Arapça Namaz Tesbihatı (Termo Cilt-Yeşil Renk-Kod:1763) (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>336</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>8683695681338</t>
+          <t>9789759900717</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Otuzüç Pencere Normal Boy</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>386</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>8683695681406</t>
+          <t>9789759903121</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
+          <t>Tarihçe-i Hayat Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>538</v>
+        <v>794</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>8683685681086</t>
+          <t>9789756321805</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani) (Bordo Renk) (Ciltli)</t>
+          <t>Cep Boy Plastik Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>538</v>
+        <v>126</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>8683695681093</t>
+          <t>9789756321195</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani) (Yeşil Renk) (Ciltli)</t>
+          <t>Cep Boy Kadife Kılıflı Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>538</v>
+        <v>336</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>8683695681390</t>
+          <t>8683695681109</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (Kırmızı Renk) Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>538</v>
+        <v>336</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>8683695681147</t>
+          <t>8683695681116</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Cilt Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (Yeşil Renk) Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>588</v>
+        <v>336</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>8683695681154</t>
+          <t>8683695681338</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Cilt Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Küçük Boy Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>588</v>
+        <v>386</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>8683695681420</t>
+          <t>8683695681406</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim Bilgisayar Hattı (Kahve Rengi) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>665</v>
+        <v>538</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>8683695681413</t>
+          <t>8683685681086</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim Bilgisayar Hattı (Yeşil Renk) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani) (Bordo Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>665</v>
+        <v>538</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>8683695681123</t>
+          <t>8683695681093</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim (Gri Renk) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani) (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>683</v>
+        <v>538</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>8683695681130</t>
+          <t>8683695681390</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>683</v>
+        <v>538</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>8683695681079</t>
+          <t>8683695681147</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Çanta Boy Termo Cilt Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>706</v>
+        <v>588</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>8686995681185</t>
+          <t>8683695681154</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Cilt Kılıflı Kur'an-ı Kerim (Beyaz Renk) (Ciltli)</t>
+          <t>Çanta Boy Termo Cilt Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>744</v>
+        <v>588</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>8683695681192</t>
+          <t>8683695681420</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Cilt Kılıflı Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
+          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim Bilgisayar Hattı (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>744</v>
+        <v>665</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>8683695681178</t>
+          <t>8683695681413</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim Bilgisayar Hattı (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>720</v>
+        <v>665</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>8683695681048</t>
+          <t>8683695681123</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Kadife Kılıflı Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
+          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim (Gri Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>840</v>
+        <v>683</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>8683695681055</t>
+          <t>8683695681130</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Kadife Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>840</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>8683695681352</t>
+          <t>8683695681079</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Hakiki Deri Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1176</v>
+        <v>706</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>8683695681321</t>
+          <t>8686995681185</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Hakiki Deri Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Cilt Kılıflı Kur'an-ı Kerim (Beyaz Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1358</v>
+        <v>744</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>8683695681260</t>
+          <t>8683695681192</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hakiki Deri Klasik Kutulu Kuran-ı Kerim (Kahve Rengi) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Cilt Kılıflı Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>6510</v>
+        <v>744</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>8683695681277</t>
+          <t>8683695681178</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hakiki Deri Klasik Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>6510</v>
+        <v>720</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>8683695681208</t>
+          <t>8683695681048</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
+          <t>Küçük Boy Kadife Kılıflı Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>7980</v>
+        <v>840</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>8683695681291</t>
+          <t>8683695681055</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hakiki Deri Lüks Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Küçük Boy Kadife Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>11830</v>
+        <v>840</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>4440000003872</t>
+          <t>8683695681352</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hakiki Deri Lüks Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Cep Boy Hakiki Deri Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>11830</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>8683695681239</t>
+          <t>8683695681321</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hakiki Deri Lüks Kutulu Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
+          <t>Büyük Cep Boy Hakiki Deri Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>12599</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>8683695681222</t>
+          <t>8683695681260</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hakiki Deri Lüks Kutulu Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Orta Boy Hakiki Deri Klasik Kutulu Kuran-ı Kerim (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>12599</v>
+        <v>6510</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>8683695680843</t>
+          <t>8683695681277</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Orta Boy Hakiki Deri Klasik Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>408</v>
+        <v>6510</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789759902230</t>
+          <t>8683695681208</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Münacat (Normal Boy)</t>
+          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>59</v>
+        <v>7980</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789759900748</t>
+          <t>8683695681291</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi Normal Boy</t>
+          <t>Orta Boy Hakiki Deri Lüks Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>59</v>
+        <v>11830</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789759900731</t>
+          <t>4440000003872</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri Normal Boy</t>
+          <t>Orta Boy Hakiki Deri Lüks Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>59</v>
+        <v>11830</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789759900724</t>
+          <t>8683695681239</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Harb-i Örfi Normal Boy</t>
+          <t>Rahle Boy Hakiki Deri Lüks Kutulu Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>59</v>
+        <v>12599</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759900700</t>
+          <t>8683695681222</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi Normal Boy</t>
+          <t>Rahle Boy Hakiki Deri Lüks Kutulu Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>67</v>
+        <v>12599</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789759900694</t>
+          <t>8683695680843</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yirmiüçüncü Söz Normal Boy</t>
+          <t>Zülfikar Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>69</v>
+        <v>408</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789759900687</t>
+          <t>9789759902230</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İçtihad Risalesi Normal Boy</t>
+          <t>Münacat (Normal Boy)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>64</v>
+        <v>59</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789759900670</t>
+          <t>9789759900748</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sünuhat-Tuluat-İşarat Normal Boy</t>
+          <t>Uhuvvet Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789759900663</t>
+          <t>9789759900731</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Miftah-ül İman Normal Boy</t>
+          <t>İhlas Risaleleri Normal Boy</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>73</v>
+        <v>59</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789759900656</t>
+          <t>9789759900724</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ramazan - İktisat - Şükür Risaleleri</t>
+          <t>Divan-ı Harb-i Örfi Normal Boy</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789759900649</t>
+          <t>9789759900700</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mi'rac ve Şakk-ı Kamer Risaleleri Normal Boy</t>
+          <t>Hastalar Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>59</v>
+        <v>67</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789759900632</t>
+          <t>9789759900694</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Münazarat Normal Boy</t>
+          <t>Yirmiüçüncü Söz Normal Boy</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789759900625</t>
+          <t>9789759900687</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler Normal Boy</t>
+          <t>İçtihad Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>69</v>
+        <v>64</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789759900618</t>
+          <t>9789759900670</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Rahmet ve Şefkat İlaçları Normal Boy</t>
+          <t>Sünuhat-Tuluat-İşarat Normal Boy</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>84</v>
+        <v>69</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759900601</t>
+          <t>9789759900663</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hutbe-i Şamiye Normal Boy</t>
+          <t>Miftah-ül İman Normal Boy</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>78</v>
+        <v>73</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789759900595</t>
+          <t>9789759900656</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İman Hakikatleri Normal Boy</t>
+          <t>Ramazan - İktisat - Şükür Risaleleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>78</v>
+        <v>69</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789759900588</t>
+          <t>9789759900649</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Elhüccet-üz Zehra Normal Boy</t>
+          <t>Mi'rac ve Şakk-ı Kamer Risaleleri Normal Boy</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>78</v>
+        <v>59</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789759900571</t>
+          <t>9789759900632</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Hakkında Verilen Bir Konferans Normal Boy</t>
+          <t>Münazarat Normal Boy</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>84</v>
+        <v>69</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789759900564</t>
+          <t>9789759900625</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi Normal Boy</t>
+          <t>Küçük Sözler Normal Boy</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>78</v>
+        <v>69</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759900557</t>
+          <t>9789759900618</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Nurları Normal Boy</t>
+          <t>Rahmet ve Şefkat İlaçları Normal Boy</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789759900540</t>
+          <t>9789759900601</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi Normal Boy</t>
+          <t>Hutbe-i Şamiye Normal Boy</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>78</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789759900533</t>
+          <t>9789759900595</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi Normal Boy</t>
+          <t>İman Hakikatleri Normal Boy</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>88</v>
+        <v>78</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789759902803</t>
+          <t>9789759900588</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Otuzuncu Lem'a Esma-i Sitte Risalesi Normal Boy</t>
+          <t>Elhüccet-üz Zehra Normal Boy</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789759900502</t>
+          <t>9789759900571</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mirkat-üs Sünnet Normal Boy</t>
+          <t>Risale-i Nur Hakkında Verilen Bir Konferans Normal Boy</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>90</v>
+        <v>84</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789759900496</t>
+          <t>9789759900564</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ayet-ül Kübra Normal Boy</t>
+          <t>Hanımlar Rehberi Normal Boy</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>92</v>
+        <v>78</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759900489</t>
+          <t>9789759900557</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Nur'un İlk Kapısı Normal Boy</t>
+          <t>Hakikat Nurları Normal Boy</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>90</v>
+        <v>84</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789759900472</t>
+          <t>9789759900540</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Rehberi Normal Boy</t>
+          <t>Haşir Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>98</v>
+        <v>78</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789759900465</t>
+          <t>9789759900533</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Rehberi Normal Boy</t>
+          <t>Meyve Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>106</v>
+        <v>88</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789759900458</t>
+          <t>9789759902803</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Cevap Veriyor Normal Boy</t>
+          <t>Otuzuncu Lem'a Esma-i Sitte Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>98</v>
+        <v>73</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789759900441</t>
+          <t>9789759900502</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nur Çeşmesi Normal Boy</t>
+          <t>Mirkat-üs Sünnet Normal Boy</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>98</v>
+        <v>90</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789759902131</t>
+          <t>9789759900496</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mu'cizat-ı Ahmediye Risalesi Normal Boy</t>
+          <t>Ayet-ül Kübra Normal Boy</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>108</v>
+        <v>92</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789759902247</t>
+          <t>9789759900489</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mu'cizat-ı Kur'aniye Normal Boy</t>
+          <t>Nur'un İlk Kapısı Normal Boy</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>127</v>
+        <v>90</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789759904043</t>
+          <t>9789759900472</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi Büyük Boy</t>
+          <t>Hizmet Rehberi Normal Boy</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>182</v>
+        <v>98</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789759904227</t>
+          <t>9789759900465</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ayet-ül Kübra Risalesi Büyük Boy</t>
+          <t>Gençlik Rehberi Normal Boy</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>182</v>
+        <v>106</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789759904173</t>
+          <t>9789759900458</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İhtiyarlar Risalesi Büyük Boy</t>
+          <t>Bediüzzaman Cevap Veriyor Normal Boy</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>182</v>
+        <v>98</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789759904159</t>
+          <t>9789759900441</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Münacat Risalesi Büyük Boy</t>
+          <t>Nur Çeşmesi Normal Boy</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>166</v>
+        <v>98</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789759904166</t>
+          <t>9789759902131</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi Büyük Boy</t>
+          <t>Mu'cizat-ı Ahmediye Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>166</v>
+        <v>108</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789759902674</t>
+          <t>9789759902247</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi Büyük Boy</t>
+          <t>Mu'cizat-ı Kur'aniye Normal Boy</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>166</v>
+        <v>127</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789759902667</t>
+          <t>9789759904043</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Üçüncü Söz Büyük Boy</t>
+          <t>Haşir Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>166</v>
+        <v>182</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789759902636</t>
+          <t>9789759904227</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri Büyük Boy</t>
+          <t>Ayet-ül Kübra Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>166</v>
+        <v>182</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789759902513</t>
+          <t>9789759904173</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler Büyük Boy</t>
+          <t>İhtiyarlar Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>166</v>
+        <v>182</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789759902704</t>
+          <t>9789759904159</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi Büyük Boy</t>
+          <t>Münacat Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>182</v>
+        <v>166</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759902759</t>
+          <t>9789759904166</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi Büyük Boy</t>
+          <t>Uhuvvet Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>196</v>
+        <v>166</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789759902766</t>
+          <t>9789759902674</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Rehberi Büyük Boy</t>
+          <t>Hastalar Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>212</v>
+        <v>166</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789759901783</t>
+          <t>9789759902667</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi Osmanlıca</t>
+          <t>Yirmi Üçüncü Söz Büyük Boy</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>59</v>
+        <v>166</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789759902278</t>
+          <t>9789759902636</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risalesi Osmanlıca</t>
+          <t>İhlas Risaleleri Büyük Boy</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>59</v>
+        <v>166</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789759902292</t>
+          <t>9789759902513</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi Osmanlıca</t>
+          <t>Küçük Sözler Büyük Boy</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>59</v>
+        <v>166</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789759902254</t>
+          <t>9789759902704</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri Osmanlıca</t>
+          <t>Meyve Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>59</v>
+        <v>182</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789759901752</t>
+          <t>9789759902759</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Otuzüç Pencere Osmanlıca</t>
+          <t>Hanımlar Rehberi Büyük Boy</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>59</v>
+        <v>196</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789759901882</t>
+          <t>9789759902766</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler</t>
+          <t>Gençlik Rehberi Büyük Boy</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>59</v>
+        <v>212</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759901769</t>
+          <t>9789759901783</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi Osmanlıca</t>
+          <t>Hastalar Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>67</v>
+        <v>59</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789759901790</t>
+          <t>9789759902278</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi Osmanlıca</t>
+          <t>Ene ve Zerre Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>67</v>
+        <v>59</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>8683695681031</t>
+          <t>9789759902292</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Rumuzat-ı Semaniye Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Uhuvvet Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>475</v>
+        <v>59</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9100010005963</t>
+          <t>9789759902254</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Rumuzat-ı Semaniye Osmanlıca El Yazma Özel Baskı (Ciltli)</t>
+          <t>İhlas Risaleleri Osmanlıca</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>500</v>
+        <v>59</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789759903947</t>
+          <t>9789759901752</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar Osmanlıca El Yazma Termo Deri (Ciltli)</t>
+          <t>Otuzüç Pencere Osmanlıca</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>700</v>
+        <v>59</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789759903350</t>
+          <t>9789759901882</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Rumuzat-ı Semaniye Osmanlıca El Yazma (Ciltli)</t>
+          <t>Küçük Sözler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>339</v>
+        <v>59</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9100010005338</t>
+          <t>9789759901769</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar Osmanlıca El Yazma (Ciltli)</t>
+          <t>Haşir Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>67</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789759903459</t>
+          <t>9789759901790</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sözler Osmanlıca El Yazma (Ciltli)</t>
+          <t>Meyve Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>675</v>
+        <v>67</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>8683695680034</t>
+          <t>8683695681031</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Rumuzat-ı Semaniye Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>497</v>
+        <v>475</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>8683695680010</t>
+          <t>9100010005963</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Fihrist Risalesi Osmanlıca Büyük Boy</t>
+          <t>Rumuzat-ı Semaniye Osmanlıca El Yazma Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>447</v>
+        <v>500</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>8683695680768</t>
+          <t>9789759903947</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Lem'alar Osmanlıca El Yazma Termo Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>472</v>
+        <v>700</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>8683695680973</t>
+          <t>9789759903350</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
+          <t>Rumuzat-ı Semaniye Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>5005</v>
+        <v>339</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>8683695680959</t>
+          <t>9100010005338</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boy Risale-i Nur Külliyatı Sırtı Deri, Kenarları Yaldızlı (Ciltli)</t>
+          <t>Lem'alar Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>7997</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>8683695681437</t>
+          <t>9789759903459</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
+          <t>Sözler Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>9450</v>
+        <v>675</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>8683695680546</t>
+          <t>8683695680034</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Orta Boy-Sırtı Deri) (Ciltli)</t>
+          <t>Lem'alar Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>441</v>
+        <v>497</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>8683695680003</t>
+          <t>8683695680010</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Osmanlıca - Büyük Boy)</t>
+          <t>Fihrist Risalesi Osmanlıca Büyük Boy</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>538</v>
+        <v>447</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>8683695680713</t>
+          <t>8683695680768</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Siracünnur Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Kastamonu Lahikası Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>481</v>
+        <v>472</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>8683695680706</t>
+          <t>8683695680973</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Orta Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>486</v>
+        <v>5005</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>8683695680720</t>
+          <t>8683695680959</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Büyük Boy Risale-i Nur Külliyatı Sırtı Deri, Kenarları Yaldızlı (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>468</v>
+        <v>7997</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>8683695680737</t>
+          <t>8683695681437</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Rahle Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>472</v>
+        <v>9450</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>8683695680744</t>
+          <t>8683695680546</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İşarat-ül İ'caz Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Lem'alar (Orta Boy-Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>484</v>
+        <v>441</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>8683695680751</t>
+          <t>8683695680003</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybî Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Barla Lahikası (Osmanlıca - Büyük Boy)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>493</v>
+        <v>538</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>8683695680775</t>
+          <t>8683695680713</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Siracünnur Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>423</v>
+        <v>481</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>8683695680690</t>
+          <t>8683695680706</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Lemalar (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Zülfikar (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>677</v>
+        <v>486</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>8683695680782</t>
+          <t>8683695680720</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boy Osmanlıca Risale-i Nur Külliyatı Vinleks Cilt (Ciltli)</t>
+          <t>Asa-yı Musa Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>8982</v>
+        <v>468</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>8683695680683</t>
+          <t>8683695680737</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>637</v>
+        <v>472</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>8683695680485</t>
+          <t>8683695680744</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boy Risale-i Nur Külliyatı Vinleks Cilt (Ciltli)</t>
+          <t>İşarat-ül İ'caz Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>4637</v>
+        <v>484</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>8683695680331</t>
+          <t>8683695680751</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybî Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>5688</v>
+        <v>493</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>8683695680799</t>
+          <t>8683695680775</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sözler Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Tılsımlar Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>589</v>
+        <v>423</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>8683695680805</t>
+          <t>8683695680690</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Şualar Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Lemalar (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>530</v>
+        <v>677</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>8683695680829</t>
+          <t>8683695680782</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mektubat Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Büyük Boy Osmanlıca Risale-i Nur Külliyatı Vinleks Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>479</v>
+        <v>8982</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>8683695680836</t>
+          <t>8683695680683</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Emirdağ Lahikası (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>475</v>
+        <v>637</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>8683695680850</t>
+          <t>8683695680485</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Büyük Boy Risale-i Nur Külliyatı Vinleks Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>416</v>
+        <v>4637</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>8683695680867</t>
+          <t>8683695680331</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Siracünnur Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Büyük Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>403</v>
+        <v>5688</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>8683695680874</t>
+          <t>8683695680799</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Sözler Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>394</v>
+        <v>589</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>8683695680898</t>
+          <t>8683695680805</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İşarat-ül İ'caz Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Şualar Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>404</v>
+        <v>530</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>8683695680904</t>
+          <t>8683695680829</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Mektubat Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>412</v>
+        <v>479</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>8683695680911</t>
+          <t>8683695680836</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Emirdağ Lahikası Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>396</v>
+        <v>475</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>8683695680928</t>
+          <t>8683695680850</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Fihrist Risalesi Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Barla Lahikası Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>379</v>
+        <v>416</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>8683695680935</t>
+          <t>8683695680867</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Osmanlıca Orta Boy</t>
+          <t>Siracünnur Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>361</v>
+        <v>403</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>8683695680942</t>
+          <t>8683695680874</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Osmanlıca Risale-i Nur Külliyatı Vinleks Cilt</t>
+          <t>Asa-yı Musa Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>7032</v>
+        <v>394</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>8683695680966</t>
+          <t>8683695680898</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boy Risale-i Nur Külliyatı Tamamı Deri, Kenarları Yaldızlı (Ciltli)</t>
+          <t>İşarat-ül İ'caz Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>15000</v>
+        <v>404</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>8683695680676</t>
+          <t>8683695680904</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>645</v>
+        <v>412</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789759903985</t>
+          <t>8683695680911</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Arapça Uhuvvet Risalesi</t>
+          <t>Kastamonu Lahikası Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>81</v>
+        <v>396</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>8683695680669</t>
+          <t>8683695680928</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Fihrist Risalesi Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>759</v>
+        <v>379</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>8683695680652</t>
+          <t>8683695680935</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Tılsımlar Osmanlıca Orta Boy</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>736</v>
+        <v>361</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>8683695680645</t>
+          <t>8683695680942</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Büyük Boy) (Ciltli)</t>
+          <t>Orta Boy Osmanlıca Risale-i Nur Külliyatı Vinleks Cilt</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>766</v>
+        <v>7032</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>8683695680188</t>
+          <t>8683695680966</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Büyük Boy Risale-i Nur Külliyatı Tamamı Deri, Kenarları Yaldızlı (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>6580</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>8683695680171</t>
+          <t>8683695680676</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Mektubat (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>645</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>8683695680164</t>
+          <t>9789759903985</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Arapça Uhuvvet Risalesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>417</v>
+        <v>81</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>8683695680157</t>
+          <t>8683695680669</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Tarihçe-i Hayat (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>417</v>
+        <v>759</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789759903916</t>
+          <t>8683695680652</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Otuzüç Pencere Risalesi Arapça</t>
+          <t>Şualar (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>86</v>
+        <v>736</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789759903886</t>
+          <t>8683695680645</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risalesi Arapça</t>
+          <t>Sözler (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>81</v>
+        <v>766</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789759903909</t>
+          <t>8683695680188</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mi'rac ve Şakkı Kamer Risalesi Arapça</t>
+          <t>Risale-i Nur Külliyatı (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>86</v>
+        <v>6580</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789759903794</t>
+          <t>8683695680171</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yirmiüçüncü Söz (Arapça)</t>
+          <t>Muhakemat (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>86</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789759904067</t>
+          <t>8683695680164</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Arapça) (Ciltli)</t>
+          <t>İman ve Küfür Muvazeneleri (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>832</v>
+        <v>417</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>8683695680638</t>
+          <t>8683695680157</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Risale-i Nur Külliyatı Sırtı Deri (Ciltli)</t>
+          <t>Kastamonu Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>5894</v>
+        <v>417</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>8683695680621</t>
+          <t>9789759903916</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Otuzüç Pencere Risalesi Arapça</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>280</v>
+        <v>86</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>8683695680614</t>
+          <t>9789759903886</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Ene ve Zerre Risalesi Arapça</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>372</v>
+        <v>81</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>8683695680607</t>
+          <t>9789759903909</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Mi'rac ve Şakkı Kamer Risalesi Arapça</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>372</v>
+        <v>86</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>8683695680591</t>
+          <t>9789759903794</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Yirmiüçüncü Söz (Arapça)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>372</v>
+        <v>86</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>8683695680584</t>
+          <t>9789759904067</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İşarat-ül İ'caz Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Sözler (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>388</v>
+        <v>832</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>8683695680577</t>
+          <t>8683695680638</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Orta Boy Risale-i Nur Külliyatı Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>372</v>
+        <v>5894</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>8683695680140</t>
+          <t>8683695680621</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Muhakemat Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>417</v>
+        <v>280</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>8683695680560</t>
+          <t>8683695680614</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>İman ve Küfür Muvazeneleri Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>372</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>8683695680553</t>
+          <t>8683695680607</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Kastamonu Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>412</v>
+        <v>372</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>8683695680133</t>
+          <t>8683695680591</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İşaratü'l İ'caz (Büyük Boy- Sırtı Deri) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>435</v>
+        <v>372</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>8683695680539</t>
+          <t>8683695680584</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>İşarat-ül İ'caz Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>441</v>
+        <v>388</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>8683695680522</t>
+          <t>8683695680577</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mektubat Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Mesnevi-i Nuriye Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>441</v>
+        <v>372</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>8683695680126</t>
+          <t>8683695680140</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>8683695680515</t>
+          <t>8683695680560</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Asa-yı Musa Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>540</v>
+        <v>372</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>8683695680508</t>
+          <t>8683695680553</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Şualar Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Barla Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>540</v>
+        <v>412</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>8683695680119</t>
+          <t>8683695680133</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa ( Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>İşaratü'l İ'caz (Büyük Boy- Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>417</v>
+        <v>435</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>8683695680492</t>
+          <t>8683695680539</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sözler Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Emirdağ Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>549</v>
+        <v>441</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>8683695680102</t>
+          <t>8683695680522</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Mektubat Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>465</v>
+        <v>441</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>8683695680096</t>
+          <t>8683695680126</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>490</v>
+        <v>417</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>8683695680089</t>
+          <t>8683695680515</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Tarihçe-i Hayat Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>490</v>
+        <v>540</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>8683695680072</t>
+          <t>8683695680508</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Şualar Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>490</v>
+        <v>540</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>8683695680065</t>
+          <t>8683695680119</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat (Ciltli)</t>
+          <t>Asa-yı Musa ( Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>588</v>
+        <v>417</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>8683695680058</t>
+          <t>8683695680492</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Büyük Boy - Sırtı Deri ) (Ciltli)</t>
+          <t>Sözler Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>588</v>
+        <v>549</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
+          <t>8683695680102</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Barla Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>8683695680096</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Lem'alar (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>8683695680089</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Emirdağ Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>8683695680072</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Mektubat (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>8683695680065</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Tarihçe-i Hayat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>8683695680058</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Şualar (Büyük Boy - Sırtı Deri ) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
           <t>8683695680041</t>
         </is>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Sözler (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
-      <c r="C182" s="1">
+      <c r="C188" s="1">
         <v>598</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>