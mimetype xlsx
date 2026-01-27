--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -94,1536 +94,1536 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786054786855</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Hizb-ül Hakaik (Büyük Cep Boy Termo Cilt (Taba Renk Kod:1780T) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>364</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789756321997</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Cep Boy Kadife Kılıflı Kur'an-ı Kerim Yeşil Renk (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>336</v>
+        <v>672</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9100010010431</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Rahle Boy Risale-i Nur Külliyatı Hakiki Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>14000</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789759903688</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Meyve Risalesi Arapça</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>182</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789759903718</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Haşir Risalesi Arapça</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>156</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789759903978</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>İhlas Risalesi Arapça</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>81</v>
+        <v>105</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9789759902544</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>İşâratül-İcaz Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>473</v>
+        <v>615</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>8683695681215</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>7980</v>
+        <v>11970</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789759900199</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Lem'alar Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>878</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>8683695681185</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Kur’an-ı Kerim Hamid Aytaç Hatlı Büyük Cep Boy Fermuarlı Kılıf Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>744</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789759900762</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Ene ve Zerre Risalesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>63</v>
+        <v>82</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789759900755</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Nur Aleminin Bir Anahtarı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>59</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789759902728</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Üstad Bediüzzaman Said Nursi Hazretlerinden Hulusi Ağabey'e Gönderilen ve Neşredilmeyen Mektuplardan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>59</v>
+        <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789759900519</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Zühretünnur</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>90</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789759902711</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Ramazan-İktisat-Şükür Risaleleri (Büyük Boy)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>166</v>
+        <v>191</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9100010010516</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Risale-i Nur Seti (Arapça Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>6622</v>
+        <v>8609</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789759902087</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Risale-i Nur Seti (Normal Boy)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>3028</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789756321904</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Kur'an-ı Kerim Hamid Aytaç Hatlı Çanta Boy, 5 Renk, Hakiki Deri Cilt Yeşil (Kod:1562) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1960</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789756321737</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Kur'an-ı Kerim Hamid Aytaç Hatlı Çanta Boy, 5 Renk, Hakiki Deri Cilt Taba (Kod:1562) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1960</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789759901257</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Hizb-ül Hakaik Arapça (Cep Boy Deri Cilt Kod:456) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>151</v>
+        <v>196</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789759901240</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Hizb-ül Hakaik Arapça (Büyük Cep Boy Deri Cilt Kod:453) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>269</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789759902599</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Hizb-ül Hakaik Büyük Boy Vinleks Cilt (Bordo Renk Kod:447) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>480</v>
+        <v>624</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786054786862</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Arapça Namaz Tesbihatı (Termo Cilt-Yeşil Renk-Kod:1763) (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789759900717</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Otuzüç Pencere Normal Boy</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>67</v>
+        <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789759903121</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Tarihçe-i Hayat Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>794</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789756321805</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Cep Boy Plastik Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789756321195</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Cep Boy Kadife Kılıflı Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>336</v>
+        <v>672</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>8683695681109</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Kur'an-ı Kerim (Kırmızı Renk) Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>336</v>
+        <v>504</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>8683695681116</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Kur'an-ı Kerim (Yeşil Renk) Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>336</v>
+        <v>504</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>8683695681338</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Küçük Boy Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>386</v>
+        <v>579</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>8683695681406</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>538</v>
+        <v>807</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>8683685681086</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani) (Bordo Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>538</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>8683695681093</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani) (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>538</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>8683695681390</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>538</v>
+        <v>807</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>8683695681147</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Çanta Boy Termo Cilt Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>588</v>
+        <v>882</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>8683695681154</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Çanta Boy Termo Cilt Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>588</v>
+        <v>882</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>8683695681420</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Küçük Boy Termo Cilt Kur'an-ı Kerim Bilgisayar Hattı (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>665</v>
+        <v>988</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>8683695681413</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Küçük Boy Termo Cilt Kur'an-ı Kerim Bilgisayar Hattı (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>665</v>
+        <v>988</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>8683695681123</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Küçük Boy Termo Cilt Kur'an-ı Kerim (Gri Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>683</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>8683695681130</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Küçük Boy Termo Cilt Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1025</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>8683695681079</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Rahle Boy Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>706</v>
+        <v>918</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>8686995681185</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Büyük Cep Boy Termo Cilt Kılıflı Kur'an-ı Kerim (Beyaz Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>744</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>8683695681192</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Büyük Cep Boy Termo Cilt Kılıflı Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>744</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>8683695681178</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Çanta Boy Kadife Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>720</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>8683695681048</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Küçük Boy Kadife Kılıflı Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>840</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>8683695681055</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Küçük Boy Kadife Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>840</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>8683695681352</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Cep Boy Hakiki Deri Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1176</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>8683695681321</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Büyük Cep Boy Hakiki Deri Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1358</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>8683695681260</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Hakiki Deri Klasik Kutulu Kuran-ı Kerim (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>6510</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>8683695681277</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Hakiki Deri Klasik Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>6510</v>
+        <v>9765</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>8683695681208</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>7980</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>8683695681291</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Hakiki Deri Lüks Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>11830</v>
+        <v>17745</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>4440000003872</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Hakiki Deri Lüks Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>11830</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>8683695681239</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Rahle Boy Hakiki Deri Lüks Kutulu Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>12599</v>
+        <v>18899</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>8683695681222</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Rahle Boy Hakiki Deri Lüks Kutulu Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>12599</v>
+        <v>18899</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>8683695680843</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Zülfikar Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>408</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9789759902230</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Münacat (Normal Boy)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>59</v>
+        <v>77</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9789759900748</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Uhuvvet Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>59</v>
+        <v>77</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9789759900731</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>İhlas Risaleleri Normal Boy</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>59</v>
+        <v>77</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9789759900724</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Divan-ı Harb-i Örfi Normal Boy</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>59</v>
+        <v>77</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9789759900700</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Hastalar Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>67</v>
+        <v>87</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9789759900694</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Yirmiüçüncü Söz Normal Boy</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>69</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9789759900687</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>İçtihad Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>64</v>
+        <v>83</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9789759900670</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Sünuhat-Tuluat-İşarat Normal Boy</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>69</v>
+        <v>90</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789759900663</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Miftah-ül İman Normal Boy</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>73</v>
+        <v>95</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789759900656</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Ramazan - İktisat - Şükür Risaleleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>69</v>
+        <v>90</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9789759900649</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Mi'rac ve Şakk-ı Kamer Risaleleri Normal Boy</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>59</v>
+        <v>77</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9789759900632</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Münazarat Normal Boy</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>69</v>
+        <v>90</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9789759900625</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Küçük Sözler Normal Boy</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>69</v>
+        <v>90</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9789759900618</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Rahmet ve Şefkat İlaçları Normal Boy</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>84</v>
+        <v>109</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9789759900601</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Hutbe-i Şamiye Normal Boy</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>78</v>
+        <v>101</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9789759900595</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>İman Hakikatleri Normal Boy</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>78</v>
+        <v>101</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9789759900588</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Elhüccet-üz Zehra Normal Boy</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>78</v>
+        <v>101</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9789759900571</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Risale-i Nur Hakkında Verilen Bir Konferans Normal Boy</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>84</v>
+        <v>109</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9789759900564</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Hanımlar Rehberi Normal Boy</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>78</v>
+        <v>101</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9789759900557</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Hakikat Nurları Normal Boy</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>84</v>
+        <v>109</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789759900540</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Haşir Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>78</v>
+        <v>101</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789759900533</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Meyve Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>88</v>
+        <v>114</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9789759902803</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Otuzuncu Lem'a Esma-i Sitte Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>73</v>
+        <v>95</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9789759900502</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Mirkat-üs Sünnet Normal Boy</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>90</v>
+        <v>117</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9789759900496</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Ayet-ül Kübra Normal Boy</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>92</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9789759900489</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Nur'un İlk Kapısı Normal Boy</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>90</v>
+        <v>117</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789759900472</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Hizmet Rehberi Normal Boy</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9789759900465</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Gençlik Rehberi Normal Boy</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>106</v>
+        <v>138</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9789759900458</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Bediüzzaman Cevap Veriyor Normal Boy</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9789759900441</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Nur Çeşmesi Normal Boy</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9789759902131</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Mu'cizat-ı Ahmediye Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>108</v>
+        <v>140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9789759902247</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Mu'cizat-ı Kur'aniye Normal Boy</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>127</v>
+        <v>165</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9789759904043</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Haşir Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>182</v>
+        <v>209</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9789759904227</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Ayet-ül Kübra Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>182</v>
+        <v>209</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9789759904173</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>İhtiyarlar Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>182</v>
+        <v>209</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9789759904159</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Münacat Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>166</v>
+        <v>191</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789759904166</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Uhuvvet Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>166</v>
+        <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9789759902674</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Hastalar Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>166</v>
+        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9789759902667</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Yirmi Üçüncü Söz Büyük Boy</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>166</v>
+        <v>191</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9789759902636</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>İhlas Risaleleri Büyük Boy</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>166</v>
+        <v>191</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9789759902513</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Küçük Sözler Büyük Boy</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>166</v>
+        <v>191</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9789759902704</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Meyve Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>182</v>
+        <v>209</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9789759902759</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Hanımlar Rehberi Büyük Boy</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>196</v>
+        <v>225</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9789759902766</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Gençlik Rehberi Büyük Boy</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>212</v>
+        <v>244</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9789759901783</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Hastalar Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9789759902278</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
@@ -1714,81 +1714,81 @@
         <is>
           <t>9789759901790</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Meyve Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>67</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>8683695681031</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Rumuzat-ı Semaniye Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>475</v>
+        <v>650</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9100010005963</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Rumuzat-ı Semaniye Osmanlıca El Yazma Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9789759903947</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Lem'alar Osmanlıca El Yazma Termo Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>700</v>
+        <v>780</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9789759903350</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Rumuzat-ı Semaniye Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>339</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9100010005338</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
@@ -1819,321 +1819,321 @@
         <is>
           <t>8683695680034</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Lem'alar Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>497</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>8683695680010</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Fihrist Risalesi Osmanlıca Büyük Boy</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>447</v>
+        <v>581</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>8683695680768</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Kastamonu Lahikası Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>472</v>
+        <v>614</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>8683695680973</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>5005</v>
+        <v>7007</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>8683695680959</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Büyük Boy Risale-i Nur Külliyatı Sırtı Deri, Kenarları Yaldızlı (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>7997</v>
+        <v>10396</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>8683695681437</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Rahle Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>9450</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>8683695680546</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Lem'alar (Orta Boy-Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>441</v>
+        <v>573</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>8683695680003</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Barla Lahikası (Osmanlıca - Büyük Boy)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>538</v>
+        <v>699</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>8683695680713</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Siracünnur Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>481</v>
+        <v>625</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>8683695680706</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Zülfikar (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>486</v>
+        <v>632</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>8683695680720</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Asa-yı Musa Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>468</v>
+        <v>608</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>8683695680737</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Mesnevi-i Nuriye Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>472</v>
+        <v>614</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>8683695680744</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t>İşarat-ül İ'caz Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>484</v>
+        <v>629</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>8683695680751</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Sikke-i Tasdik-i Gaybî Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>493</v>
+        <v>641</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t>8683695680775</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Tılsımlar Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>423</v>
+        <v>550</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t>8683695680690</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Lemalar (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>677</v>
+        <v>880</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>8683695680782</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Büyük Boy Osmanlıca Risale-i Nur Külliyatı Vinleks Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>8982</v>
+        <v>11677</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>8683695680683</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Emirdağ Lahikası (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>637</v>
+        <v>828</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>8683695680485</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Büyük Boy Risale-i Nur Külliyatı Vinleks Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>4637</v>
+        <v>6260</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>8683695680331</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Büyük Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>5688</v>
+        <v>7963</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>8683695680799</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Sözler Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>589</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>8683695680805</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
@@ -2284,646 +2284,646 @@
         <is>
           <t>8683695680935</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Tılsımlar Osmanlıca Orta Boy</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>361</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>8683695680942</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Osmanlıca Risale-i Nur Külliyatı Vinleks Cilt</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>7032</v>
+        <v>7735</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>8683695680966</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Büyük Boy Risale-i Nur Külliyatı Tamamı Deri, Kenarları Yaldızlı (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>15000</v>
+        <v>23000</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>8683695680676</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Mektubat (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>645</v>
+        <v>839</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>9789759903985</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Arapça Uhuvvet Risalesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>81</v>
+        <v>105</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>8683695680669</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Tarihçe-i Hayat (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>759</v>
+        <v>987</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>8683695680652</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Şualar (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>736</v>
+        <v>957</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>8683695680645</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Sözler (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>766</v>
+        <v>996</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>8683695680188</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Risale-i Nur Külliyatı (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>6580</v>
+        <v>8554</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>8683695680171</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Muhakemat (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>455</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>8683695680164</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>İman ve Küfür Muvazeneleri (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>417</v>
+        <v>542</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>8683695680157</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Kastamonu Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>417</v>
+        <v>542</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9789759903916</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Otuzüç Pencere Risalesi Arapça</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>86</v>
+        <v>112</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>9789759903886</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Ene ve Zerre Risalesi Arapça</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>81</v>
+        <v>105</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>9789759903909</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Mi'rac ve Şakkı Kamer Risalesi Arapça</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>86</v>
+        <v>112</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
           <t>9789759903794</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Yirmiüçüncü Söz (Arapça)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>86</v>
+        <v>112</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>9789759904067</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Sözler (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>832</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t>8683695680638</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Orta Boy Risale-i Nur Külliyatı Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>5894</v>
+        <v>7662</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>8683695680621</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Muhakemat Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>280</v>
+        <v>364</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>8683695680614</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
           <t>İman ve Küfür Muvazeneleri Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>372</v>
+        <v>484</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t>8683695680607</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Kastamonu Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>372</v>
+        <v>484</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t>8683695680591</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Sikke-i Tasdik-i Gaybi Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>372</v>
+        <v>484</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t>8683695680584</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
           <t>İşarat-ül İ'caz Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>388</v>
+        <v>504</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t>8683695680577</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Mesnevi-i Nuriye Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>372</v>
+        <v>484</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>8683695680140</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Sikke-i Tasdik-i Gaybi (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>417</v>
+        <v>542</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>8683695680560</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Asa-yı Musa Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>372</v>
+        <v>484</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>8683695680553</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Barla Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>412</v>
+        <v>536</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>8683695680133</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
           <t>İşaratü'l İ'caz (Büyük Boy- Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>435</v>
+        <v>566</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>8683695680539</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Emirdağ Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>441</v>
+        <v>573</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>8683695680522</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Mektubat Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>441</v>
+        <v>573</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>8683695680126</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Mesnevi-i Nuriye (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>417</v>
+        <v>542</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>8683695680515</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Tarihçe-i Hayat Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>540</v>
+        <v>702</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t>8683695680508</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Şualar Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>540</v>
+        <v>702</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t>8683695680119</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Asa-yı Musa ( Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>417</v>
+        <v>542</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t>8683695680492</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Sözler Orta Boy Sırtı Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>549</v>
+        <v>714</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t>8683695680102</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Barla Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>465</v>
+        <v>605</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t>8683695680096</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Lem'alar (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>490</v>
+        <v>637</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t>8683695680089</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Emirdağ Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>490</v>
+        <v>637</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t>8683695680072</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Mektubat (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>490</v>
+        <v>637</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t>8683695680065</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Tarihçe-i Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>588</v>
+        <v>764</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>8683695680058</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Şualar (Büyük Boy - Sırtı Deri ) (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>588</v>
+        <v>764</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>8683695680041</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Sözler (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>598</v>
+        <v>777</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>