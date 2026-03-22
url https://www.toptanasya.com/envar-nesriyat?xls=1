--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,2845 +85,3385 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054786855</t>
+          <t>9789759902063</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ül Hakaik (Büyük Cep Boy Termo Cilt (Taba Renk Kod:1780T) (Ciltli)</t>
+          <t>Risale-i Nur Seti (Cep Boy)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>364</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789756321997</t>
+          <t>9786054786527</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kılıflı Kur'an-ı Kerim Yeşil Renk (Ciltli)</t>
+          <t>Cep Boy Plastik Kılıflı Kur'an-ı Kerim (Bordo Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>672</v>
+        <v>126</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9100010010431</t>
+          <t>9100010011971</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Risale-i Nur Külliyatı Hakiki Deri Cilt (Ciltli)</t>
+          <t>Ahşap Kutulu Küçük Boy Termo Cilt Kur'an-ı Kerim (Ahşap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>33000</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789759903688</t>
+          <t>9786059195584</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi Arapça</t>
+          <t>Küçük Boy Termo Cilt Ahşap Kutulu Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>182</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789759903718</t>
+          <t>8683695681307</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi Arapça</t>
+          <t>Küçük Boy Termo Cilt Klasik Kutulu Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>156</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759903978</t>
+          <t>9809759904123</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risalesi Arapça</t>
+          <t>Rahle Boy Termo Cilt Ahşap Kutulu Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>105</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759902544</t>
+          <t>8683695681383</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İşâratül-İcaz Arapça (Ciltli)</t>
+          <t>Lüks Kutulu Suni Deri Kuran-ı Kerim Rahle Boy Hamit Aytaç Hattı (Kod 1268) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>615</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>8683695681215</t>
+          <t>9789759903022</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Bordo Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>11970</v>
+        <v>7980</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759900199</t>
+          <t>4440000003874</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar Osmanlıca El Yazma (Ciltli)</t>
+          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>878</v>
+        <v>7980</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>8683695681185</t>
+          <t>4440000003873</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Hamid Aytaç Hatlı Büyük Cep Boy Fermuarlı Kılıf Termo Cilt (Ciltli)</t>
+          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Bordo Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>744</v>
+        <v>7980</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759900762</t>
+          <t>9789759901803</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risalesi</t>
+          <t>İman Hakikatleri Osmanlıca</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>82</v>
+        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759900755</t>
+          <t>9100010005321</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nur Aleminin Bir Anahtarı</t>
+          <t>Yirmibeşinci Söz Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>77</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789759902728</t>
+          <t>8683695680881</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Üstad Bediüzzaman Said Nursi Hazretlerinden Hulusi Ağabey'e Gönderilen ve Neşredilmeyen Mektuplardan</t>
+          <t>Mesnevi-i Nuriye Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>77</v>
+        <v>330</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759900519</t>
+          <t>9789759904005</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Zühretünnur</t>
+          <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>117</v>
+        <v>538</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759902711</t>
+          <t>8683695680195</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ramazan-İktisat-Şükür Risaleleri (Büyük Boy)</t>
+          <t>Sözler Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>191</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9100010010516</t>
+          <t>8683695680201</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Seti (Arapça Büyük Boy) (Ciltli)</t>
+          <t>Şualar Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>8609</v>
+        <v>237</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789759902087</t>
+          <t>8683695680218</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Seti (Normal Boy)</t>
+          <t>Tarihçe-i Hayat Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>3936</v>
+        <v>237</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756321904</t>
+          <t>8683695680225</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Hamid Aytaç Hatlı Çanta Boy, 5 Renk, Hakiki Deri Cilt Yeşil (Kod:1562) (Ciltli)</t>
+          <t>Mektubat Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>2940</v>
+        <v>194</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756321737</t>
+          <t>8683695680232</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Hamid Aytaç Hatlı Çanta Boy, 5 Renk, Hakiki Deri Cilt Taba (Kod:1562) (Ciltli)</t>
+          <t>Emirdağ Lahikası Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>2940</v>
+        <v>194</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759901257</t>
+          <t>8683695680249</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ül Hakaik Arapça (Cep Boy Deri Cilt Kod:456) (Ciltli)</t>
+          <t>Lem'alar Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>196</v>
+        <v>194</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789759901240</t>
+          <t>8683695680256</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ül Hakaik Arapça (Büyük Cep Boy Deri Cilt Kod:453) (Ciltli)</t>
+          <t>Barla Lahikası Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>182</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789759902599</t>
+          <t>8683695680263</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ül Hakaik Büyük Boy Vinleks Cilt (Bordo Renk Kod:447) (Ciltli)</t>
+          <t>Asa-yı Musa Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>624</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054786862</t>
+          <t>8683695680270</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Arapça Namaz Tesbihatı (Termo Cilt-Yeşil Renk-Kod:1763) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>60</v>
+        <v>164</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789759900717</t>
+          <t>8683695680287</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Otuzüç Pencere Normal Boy</t>
+          <t>İşarat-ül İ'caz Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>87</v>
+        <v>171</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759903121</t>
+          <t>8683695680294</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat Arapça (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1032</v>
+        <v>164</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756321805</t>
+          <t>8683695680300</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Plastik Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Kastamonu Lahikası Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>126</v>
+        <v>164</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756321195</t>
+          <t>8683695680317</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kılıflı Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
+          <t>İman ve Küfür Muvazeneleri Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>672</v>
+        <v>164</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>8683695681109</t>
+          <t>8683695680324</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Kırmızı Renk) Bilgisayar Hattı (Ciltli)</t>
+          <t>Muhakemat Büyük Boy Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>504</v>
+        <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>8683695681116</t>
+          <t>8683695680812</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Yeşil Renk) Bilgisayar Hattı (Ciltli)</t>
+          <t>Tarihçe-i Hayat Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>504</v>
+        <v>440</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>8683695681338</t>
+          <t>9789759903008</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>579</v>
+        <v>448</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>8683695681406</t>
+          <t>9809756321886</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
+          <t>Orta Boy Termo Cilt Klasik Kutulu Kur'an-ı Kerim</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>807</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>8683685681086</t>
+          <t>9789759903824</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani) (Bordo Renk) (Ciltli)</t>
+          <t>İçtihad Risalesi Arapça</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>538</v>
+        <v>70.2</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>8683695681093</t>
+          <t>9789759903961</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani) (Yeşil Renk) (Ciltli)</t>
+          <t>Mirkat-üs Sünnet Arapça</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>538</v>
+        <v>59.8</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>8683695681390</t>
+          <t>9789759903329</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Arapça Siretü İmam-ı Müceddid (Bediüzzaman Said Nursi'nin Hayatından Alıntılar)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>807</v>
+        <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>8683695681147</t>
+          <t>9789756321898</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Cilt Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
+          <t>Küçük Sözler (Arapça)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>882</v>
+        <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>8683695681154</t>
+          <t>9789759903442</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Cilt Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Reşahat Risalesi Arapça</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>882</v>
+        <v>40.3</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>8683695681420</t>
+          <t>9786054786855</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim Bilgisayar Hattı (Kahve Rengi) (Ciltli)</t>
+          <t>Hizb-ül Hakaik (Büyük Cep Boy Termo Cilt (Taba Renk Kod:1780T) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>988</v>
+        <v>364</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>8683695681413</t>
+          <t>9789756321997</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim Bilgisayar Hattı (Yeşil Renk) (Ciltli)</t>
+          <t>Cep Boy Kadife Kılıflı Kur'an-ı Kerim Yeşil Renk (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>988</v>
+        <v>672</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>8683695681123</t>
+          <t>9100010010431</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim (Gri Renk) (Ciltli)</t>
+          <t>Rahle Boy Risale-i Nur Külliyatı Hakiki Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>683</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>8683695681130</t>
+          <t>9789759903688</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
+          <t>Meyve Risalesi Arapça</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1200</v>
+        <v>182</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>8683695681079</t>
+          <t>9789759903718</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Haşir Risalesi Arapça</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>918</v>
+        <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>8686995681185</t>
+          <t>9789759903978</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Cilt Kılıflı Kur'an-ı Kerim (Beyaz Renk) (Ciltli)</t>
+          <t>İhlas Risalesi Arapça</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1116</v>
+        <v>105</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>8683695681192</t>
+          <t>9789759902544</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Cilt Kılıflı Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
+          <t>İşâratül-İcaz Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1116</v>
+        <v>615</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>8683695681178</t>
+          <t>8683695681215</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1080</v>
+        <v>11970</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>8683695681048</t>
+          <t>9789759900199</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Kadife Kılıflı Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
+          <t>Lem'alar Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1260</v>
+        <v>878</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>8683695681055</t>
+          <t>8683695681185</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Kadife Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Hamid Aytaç Hatlı Büyük Cep Boy Fermuarlı Kılıf Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1260</v>
+        <v>744</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>8683695681352</t>
+          <t>9789759900762</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Hakiki Deri Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Ene ve Zerre Risalesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1764</v>
+        <v>82</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>8683695681321</t>
+          <t>9789759900755</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Hakiki Deri Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Nur Aleminin Bir Anahtarı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>2037</v>
+        <v>77</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>8683695681260</t>
+          <t>9789759902728</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hakiki Deri Klasik Kutulu Kuran-ı Kerim (Kahve Rengi) (Ciltli)</t>
+          <t>Üstad Bediüzzaman Said Nursi Hazretlerinden Hulusi Ağabey'e Gönderilen ve Neşredilmeyen Mektuplardan</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>6510</v>
+        <v>77</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>8683695681277</t>
+          <t>9789759900519</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hakiki Deri Klasik Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Zühretünnur</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>9765</v>
+        <v>117</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>8683695681208</t>
+          <t>9789759902711</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
+          <t>Ramazan-İktisat-Şükür Risaleleri (Büyük Boy)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>7980</v>
+        <v>191</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>8683695681291</t>
+          <t>9100010010516</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hakiki Deri Lüks Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Risale-i Nur Seti (Arapça Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>17745</v>
+        <v>8609</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>4440000003872</t>
+          <t>9789759902087</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hakiki Deri Lüks Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Risale-i Nur Seti (Normal Boy)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>11830</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>8683695681239</t>
+          <t>9789756321904</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hakiki Deri Lüks Kutulu Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Hamid Aytaç Hatlı Çanta Boy, 5 Renk, Hakiki Deri Cilt Yeşil (Kod:1562) (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>18899</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>8683695681222</t>
+          <t>9789756321737</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hakiki Deri Lüks Kutulu Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Hamid Aytaç Hatlı Çanta Boy, 5 Renk, Hakiki Deri Cilt Taba (Kod:1562) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>18899</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>8683695680843</t>
+          <t>9789759901257</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Hizb-ül Hakaik Arapça (Cep Boy Deri Cilt Kod:456) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>408</v>
+        <v>196</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789759902230</t>
+          <t>9789759901240</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Münacat (Normal Boy)</t>
+          <t>Hizb-ül Hakaik Arapça (Büyük Cep Boy Deri Cilt Kod:453) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>77</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789759900748</t>
+          <t>9789759902599</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi Normal Boy</t>
+          <t>Hizb-ül Hakaik Büyük Boy Vinleks Cilt (Bordo Renk Kod:447) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>77</v>
+        <v>624</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789759900731</t>
+          <t>9786054786862</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri Normal Boy</t>
+          <t>Arapça Namaz Tesbihatı (Termo Cilt-Yeşil Renk-Kod:1763) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>77</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789759900724</t>
+          <t>9789759900717</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Harb-i Örfi Normal Boy</t>
+          <t>Otuzüç Pencere Normal Boy</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>77</v>
+        <v>87</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789759900700</t>
+          <t>9789759903121</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi Normal Boy</t>
+          <t>Tarihçe-i Hayat Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>87</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789759900694</t>
+          <t>9789756321805</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yirmiüçüncü Söz Normal Boy</t>
+          <t>Cep Boy Plastik Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>90</v>
+        <v>126</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789759900687</t>
+          <t>9789756321195</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İçtihad Risalesi Normal Boy</t>
+          <t>Cep Boy Kadife Kılıflı Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>83</v>
+        <v>672</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789759900670</t>
+          <t>8683695681109</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sünuhat-Tuluat-İşarat Normal Boy</t>
+          <t>Orta Boy Kur'an-ı Kerim (Kırmızı Renk) Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>90</v>
+        <v>504</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759900663</t>
+          <t>8683695681116</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Miftah-ül İman Normal Boy</t>
+          <t>Orta Boy Kur'an-ı Kerim (Yeşil Renk) Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>95</v>
+        <v>504</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789759900656</t>
+          <t>8683695681338</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ramazan - İktisat - Şükür Risaleleri</t>
+          <t>Küçük Boy Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>90</v>
+        <v>579</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789759900649</t>
+          <t>8683695681406</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mi'rac ve Şakk-ı Kamer Risaleleri Normal Boy</t>
+          <t>Orta Boy Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>77</v>
+        <v>807</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789759900632</t>
+          <t>8683685681086</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Münazarat Normal Boy</t>
+          <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani) (Bordo Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>90</v>
+        <v>538</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789759900625</t>
+          <t>8683695681093</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler Normal Boy</t>
+          <t>Orta Boy Kur'an-ı Kerim (Resm-i Osmani) (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>90</v>
+        <v>538</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759900618</t>
+          <t>8683695681390</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Rahmet ve Şefkat İlaçları Normal Boy</t>
+          <t>Orta Boy Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>109</v>
+        <v>807</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789759900601</t>
+          <t>8683695681147</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hutbe-i Şamiye Normal Boy</t>
+          <t>Çanta Boy Termo Cilt Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>101</v>
+        <v>882</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789759900595</t>
+          <t>8683695681154</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İman Hakikatleri Normal Boy</t>
+          <t>Çanta Boy Termo Cilt Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>101</v>
+        <v>882</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789759900588</t>
+          <t>8683695681420</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Elhüccet-üz Zehra Normal Boy</t>
+          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim Bilgisayar Hattı (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>101</v>
+        <v>988</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789759900571</t>
+          <t>8683695681413</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Hakkında Verilen Bir Konferans Normal Boy</t>
+          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim Bilgisayar Hattı (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>109</v>
+        <v>988</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789759900564</t>
+          <t>8683695681123</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi Normal Boy</t>
+          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim (Gri Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>101</v>
+        <v>683</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759900557</t>
+          <t>8683695681130</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Nurları Normal Boy</t>
+          <t>Küçük Boy Termo Cilt Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>109</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789759900540</t>
+          <t>8683695681079</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi Normal Boy</t>
+          <t>Rahle Boy Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>101</v>
+        <v>918</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789759900533</t>
+          <t>8686995681185</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi Normal Boy</t>
+          <t>Büyük Cep Boy Termo Cilt Kılıflı Kur'an-ı Kerim (Beyaz Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>114</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789759902803</t>
+          <t>8683695681192</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Otuzuncu Lem'a Esma-i Sitte Risalesi Normal Boy</t>
+          <t>Büyük Cep Boy Termo Cilt Kılıflı Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>95</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789759900502</t>
+          <t>8683695681178</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mirkat-üs Sünnet Normal Boy</t>
+          <t>Çanta Boy Kadife Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>117</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789759900496</t>
+          <t>8683695681048</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ayet-ül Kübra Normal Boy</t>
+          <t>Küçük Boy Kadife Kılıflı Kur'an-ı Kerim (Kırmızı Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789759900489</t>
+          <t>8683695681055</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nur'un İlk Kapısı Normal Boy</t>
+          <t>Küçük Boy Kadife Kılıflı Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>117</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789759900472</t>
+          <t>8683695681352</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Rehberi Normal Boy</t>
+          <t>Cep Boy Hakiki Deri Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>127</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789759900465</t>
+          <t>8683695681321</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Rehberi Normal Boy</t>
+          <t>Büyük Cep Boy Hakiki Deri Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>138</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789759900458</t>
+          <t>8683695681260</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Cevap Veriyor Normal Boy</t>
+          <t>Orta Boy Hakiki Deri Klasik Kutulu Kuran-ı Kerim (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>127</v>
+        <v>6510</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789759900441</t>
+          <t>8683695681277</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nur Çeşmesi Normal Boy</t>
+          <t>Orta Boy Hakiki Deri Klasik Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>127</v>
+        <v>9765</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789759902131</t>
+          <t>8683695681208</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mu'cizat-ı Ahmediye Risalesi Normal Boy</t>
+          <t>Rahle Boy Hakiki Deri Klasik Kutulu Kur'an-ı Kerim (Kahve Rengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>140</v>
+        <v>7980</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789759902247</t>
+          <t>8683695681291</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mu'cizat-ı Kur'aniye Normal Boy</t>
+          <t>Orta Boy Hakiki Deri Lüks Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>165</v>
+        <v>17745</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789759904043</t>
+          <t>4440000003872</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi Büyük Boy</t>
+          <t>Orta Boy Hakiki Deri Lüks Kutulu Kuran-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>209</v>
+        <v>11830</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789759904227</t>
+          <t>8683695681239</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ayet-ül Kübra Risalesi Büyük Boy</t>
+          <t>Rahle Boy Hakiki Deri Lüks Kutulu Kur'an-ı Kerim (Taba Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>209</v>
+        <v>18899</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789759904173</t>
+          <t>8683695681222</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İhtiyarlar Risalesi Büyük Boy</t>
+          <t>Rahle Boy Hakiki Deri Lüks Kutulu Kur'an-ı Kerim (Yeşil Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>209</v>
+        <v>18899</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789759904159</t>
+          <t>8683695680843</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Münacat Risalesi Büyük Boy</t>
+          <t>Zülfikar Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>191</v>
+        <v>408</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759904166</t>
+          <t>9789759902230</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi Büyük Boy</t>
+          <t>Münacat (Normal Boy)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>191</v>
+        <v>77</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789759902674</t>
+          <t>9789759900748</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi Büyük Boy</t>
+          <t>Uhuvvet Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>191</v>
+        <v>77</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789759902667</t>
+          <t>9789759900731</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Üçüncü Söz Büyük Boy</t>
+          <t>İhlas Risaleleri Normal Boy</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>191</v>
+        <v>77</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789759902636</t>
+          <t>9789759900724</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri Büyük Boy</t>
+          <t>Divan-ı Harb-i Örfi Normal Boy</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>191</v>
+        <v>77</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789759902513</t>
+          <t>9789759900700</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler Büyük Boy</t>
+          <t>Hastalar Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>191</v>
+        <v>87</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789759902704</t>
+          <t>9789759900694</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi Büyük Boy</t>
+          <t>Yirmiüçüncü Söz Normal Boy</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>209</v>
+        <v>90</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789759902759</t>
+          <t>9789759900687</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi Büyük Boy</t>
+          <t>İçtihad Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>225</v>
+        <v>83</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789759902766</t>
+          <t>9789759900670</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Rehberi Büyük Boy</t>
+          <t>Sünuhat-Tuluat-İşarat Normal Boy</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>244</v>
+        <v>90</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759901783</t>
+          <t>9789759900663</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi Osmanlıca</t>
+          <t>Miftah-ül İman Normal Boy</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>59</v>
+        <v>95</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789759902278</t>
+          <t>9789759900656</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risalesi Osmanlıca</t>
+          <t>Ramazan - İktisat - Şükür Risaleleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>59</v>
+        <v>90</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789759902292</t>
+          <t>9789759900649</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi Osmanlıca</t>
+          <t>Mi'rac ve Şakk-ı Kamer Risaleleri Normal Boy</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>59</v>
+        <v>77</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789759902254</t>
+          <t>9789759900632</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri Osmanlıca</t>
+          <t>Münazarat Normal Boy</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>59</v>
+        <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789759901752</t>
+          <t>9789759900625</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Otuzüç Pencere Osmanlıca</t>
+          <t>Küçük Sözler Normal Boy</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>59</v>
+        <v>90</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789759901882</t>
+          <t>9789759900618</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler</t>
+          <t>Rahmet ve Şefkat İlaçları Normal Boy</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>59</v>
+        <v>109</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789759901769</t>
+          <t>9789759900601</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi Osmanlıca</t>
+          <t>Hutbe-i Şamiye Normal Boy</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>67</v>
+        <v>101</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789759901790</t>
+          <t>9789759900595</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi Osmanlıca</t>
+          <t>İman Hakikatleri Normal Boy</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>67</v>
+        <v>101</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>8683695681031</t>
+          <t>9789759900588</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Rumuzat-ı Semaniye Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Elhüccet-üz Zehra Normal Boy</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>650</v>
+        <v>101</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9100010005963</t>
+          <t>9789759900571</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Rumuzat-ı Semaniye Osmanlıca El Yazma Özel Baskı (Ciltli)</t>
+          <t>Risale-i Nur Hakkında Verilen Bir Konferans Normal Boy</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>500</v>
+        <v>109</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789759903947</t>
+          <t>9789759900564</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar Osmanlıca El Yazma Termo Deri (Ciltli)</t>
+          <t>Hanımlar Rehberi Normal Boy</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>780</v>
+        <v>101</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789759903350</t>
+          <t>9789759900557</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Rumuzat-ı Semaniye Osmanlıca El Yazma (Ciltli)</t>
+          <t>Hakikat Nurları Normal Boy</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>339</v>
+        <v>109</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9100010005338</t>
+          <t>9789759900540</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar Osmanlıca El Yazma (Ciltli)</t>
+          <t>Haşir Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>400</v>
+        <v>101</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789759903459</t>
+          <t>9789759900533</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sözler Osmanlıca El Yazma (Ciltli)</t>
+          <t>Meyve Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>675</v>
+        <v>114</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>8683695680034</t>
+          <t>9789759902803</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Otuzuncu Lem'a Esma-i Sitte Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>497</v>
+        <v>95</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>8683695680010</t>
+          <t>9789759900502</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Fihrist Risalesi Osmanlıca Büyük Boy</t>
+          <t>Mirkat-üs Sünnet Normal Boy</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>581</v>
+        <v>117</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>8683695680768</t>
+          <t>9789759900496</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Ayet-ül Kübra Normal Boy</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>614</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>8683695680973</t>
+          <t>9789759900489</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
+          <t>Nur'un İlk Kapısı Normal Boy</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>7007</v>
+        <v>117</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>8683695680959</t>
+          <t>9789759900472</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boy Risale-i Nur Külliyatı Sırtı Deri, Kenarları Yaldızlı (Ciltli)</t>
+          <t>Hizmet Rehberi Normal Boy</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>10396</v>
+        <v>127</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>8683695681437</t>
+          <t>9789759900465</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
+          <t>Gençlik Rehberi Normal Boy</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>9450</v>
+        <v>138</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>8683695680546</t>
+          <t>9789759900458</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Orta Boy-Sırtı Deri) (Ciltli)</t>
+          <t>Bediüzzaman Cevap Veriyor Normal Boy</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>573</v>
+        <v>127</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>8683695680003</t>
+          <t>9789759900441</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Osmanlıca - Büyük Boy)</t>
+          <t>Nur Çeşmesi Normal Boy</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>699</v>
+        <v>127</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>8683695680713</t>
+          <t>9789759902131</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Siracünnur Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Mu'cizat-ı Ahmediye Risalesi Normal Boy</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>625</v>
+        <v>140</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>8683695680706</t>
+          <t>9789759902247</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Mu'cizat-ı Kur'aniye Normal Boy</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>632</v>
+        <v>165</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>8683695680720</t>
+          <t>9789759904043</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Haşir Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>608</v>
+        <v>209</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>8683695680737</t>
+          <t>9789759904227</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Ayet-ül Kübra Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>614</v>
+        <v>209</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>8683695680744</t>
+          <t>9789759904173</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İşarat-ül İ'caz Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>İhtiyarlar Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>629</v>
+        <v>209</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>8683695680751</t>
+          <t>9789759904159</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybî Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Münacat Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>641</v>
+        <v>191</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>8683695680775</t>
+          <t>9789759904166</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Osmanlıca Büyük Boy (Ciltli)</t>
+          <t>Uhuvvet Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>550</v>
+        <v>191</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>8683695680690</t>
+          <t>9789759902674</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Lemalar (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Hastalar Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>880</v>
+        <v>191</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>8683695680782</t>
+          <t>9789759902667</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boy Osmanlıca Risale-i Nur Külliyatı Vinleks Cilt (Ciltli)</t>
+          <t>Yirmi Üçüncü Söz Büyük Boy</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>11677</v>
+        <v>191</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>8683695680683</t>
+          <t>9789759902636</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>İhlas Risaleleri Büyük Boy</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>828</v>
+        <v>191</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>8683695680485</t>
+          <t>9789759902513</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boy Risale-i Nur Külliyatı Vinleks Cilt (Ciltli)</t>
+          <t>Küçük Sözler Büyük Boy</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>6260</v>
+        <v>191</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>8683695680331</t>
+          <t>9789759902704</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
+          <t>Meyve Risalesi Büyük Boy</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>7963</v>
+        <v>209</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>8683695680799</t>
+          <t>9789759902759</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sözler Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Hanımlar Rehberi Büyük Boy</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>589</v>
+        <v>225</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>8683695680805</t>
+          <t>9789759902766</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şualar Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Gençlik Rehberi Büyük Boy</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>530</v>
+        <v>244</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>8683695680829</t>
+          <t>9789759901783</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mektubat Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Hastalar Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>479</v>
+        <v>59</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>8683695680836</t>
+          <t>9789759902278</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Ene ve Zerre Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>475</v>
+        <v>59</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>8683695680850</t>
+          <t>9789759902292</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Uhuvvet Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>416</v>
+        <v>59</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>8683695680867</t>
+          <t>9789759902254</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Siracünnur Osmanlıca Orta Boy (Ciltli)</t>
+          <t>İhlas Risaleleri Osmanlıca</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>403</v>
+        <v>59</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>8683695680874</t>
+          <t>9789759901752</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Otuzüç Pencere Osmanlıca</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>394</v>
+        <v>59</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>8683695680898</t>
+          <t>9789759901882</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İşarat-ül İ'caz Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Küçük Sözler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>404</v>
+        <v>59</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>8683695680904</t>
+          <t>9789759901769</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Haşir Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>412</v>
+        <v>67</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>8683695680911</t>
+          <t>9789759901790</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Meyve Risalesi Osmanlıca</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>396</v>
+        <v>67</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>8683695680928</t>
+          <t>8683695681031</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Fihrist Risalesi Osmanlıca Orta Boy (Ciltli)</t>
+          <t>Rumuzat-ı Semaniye Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>379</v>
+        <v>650</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>8683695680935</t>
+          <t>9100010005963</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Osmanlıca Orta Boy</t>
+          <t>Rumuzat-ı Semaniye Osmanlıca El Yazma Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>361</v>
+        <v>500</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>8683695680942</t>
+          <t>9789759903947</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Osmanlıca Risale-i Nur Külliyatı Vinleks Cilt</t>
+          <t>Lem'alar Osmanlıca El Yazma Termo Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>7735</v>
+        <v>780</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>8683695680966</t>
+          <t>9789759903350</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boy Risale-i Nur Külliyatı Tamamı Deri, Kenarları Yaldızlı (Ciltli)</t>
+          <t>Rumuzat-ı Semaniye Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>23000</v>
+        <v>339</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>8683695680676</t>
+          <t>9100010005338</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Lem'alar Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>839</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789759903985</t>
+          <t>9789759903459</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Arapça Uhuvvet Risalesi</t>
+          <t>Sözler Osmanlıca El Yazma (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>105</v>
+        <v>675</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>8683695680669</t>
+          <t>8683695680034</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Lem'alar Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>987</v>
+        <v>497</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>8683695680652</t>
+          <t>8683695680010</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Osmanlıca - Büyük Boy) (Ciltli)</t>
+          <t>Fihrist Risalesi Osmanlıca Büyük Boy</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>957</v>
+        <v>581</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>8683695680645</t>
+          <t>8683695680768</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Büyük Boy) (Ciltli)</t>
+          <t>Kastamonu Lahikası Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>996</v>
+        <v>614</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>8683695680188</t>
+          <t>8683695680973</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Orta Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>8554</v>
+        <v>7007</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>8683695680171</t>
+          <t>8683695680959</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Büyük Boy Risale-i Nur Külliyatı Sırtı Deri, Kenarları Yaldızlı (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>455</v>
+        <v>10396</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>8683695680164</t>
+          <t>8683695681437</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Rahle Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>542</v>
+        <v>9450</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>8683695680157</t>
+          <t>8683695680546</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Lem'alar (Orta Boy-Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>542</v>
+        <v>573</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789759903916</t>
+          <t>8683695680003</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Otuzüç Pencere Risalesi Arapça</t>
+          <t>Barla Lahikası (Osmanlıca - Büyük Boy)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>112</v>
+        <v>699</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789759903886</t>
+          <t>8683695680713</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risalesi Arapça</t>
+          <t>Siracünnur Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>105</v>
+        <v>625</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789759903909</t>
+          <t>8683695680706</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mi'rac ve Şakkı Kamer Risalesi Arapça</t>
+          <t>Zülfikar (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>112</v>
+        <v>632</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789759903794</t>
+          <t>8683695680720</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yirmiüçüncü Söz (Arapça)</t>
+          <t>Asa-yı Musa Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>112</v>
+        <v>608</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789759904067</t>
+          <t>8683695680737</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Arapça) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>1082</v>
+        <v>614</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>8683695680638</t>
+          <t>8683695680744</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Risale-i Nur Külliyatı Sırtı Deri (Ciltli)</t>
+          <t>İşarat-ül İ'caz Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>7662</v>
+        <v>629</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>8683695680621</t>
+          <t>8683695680751</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybî Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>364</v>
+        <v>641</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>8683695680614</t>
+          <t>8683695680775</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Tılsımlar Osmanlıca Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>484</v>
+        <v>550</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>8683695680607</t>
+          <t>8683695680690</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Lemalar (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>484</v>
+        <v>880</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>8683695680591</t>
+          <t>8683695680782</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Büyük Boy Osmanlıca Risale-i Nur Külliyatı Vinleks Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>484</v>
+        <v>11677</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>8683695680584</t>
+          <t>8683695680683</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İşarat-ül İ'caz Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Emirdağ Lahikası (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>504</v>
+        <v>828</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>8683695680577</t>
+          <t>8683695680485</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Büyük Boy Risale-i Nur Külliyatı Vinleks Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>484</v>
+        <v>6260</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>8683695680140</t>
+          <t>8683695680331</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Büyük Boy Risale-i Nur Külliyatı Termo Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>542</v>
+        <v>7963</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>8683695680560</t>
+          <t>8683695680799</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Sözler Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>484</v>
+        <v>589</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>8683695680553</t>
+          <t>8683695680805</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Şualar Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>536</v>
+        <v>530</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>8683695680133</t>
+          <t>8683695680829</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İşaratü'l İ'caz (Büyük Boy- Sırtı Deri) (Ciltli)</t>
+          <t>Mektubat Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>566</v>
+        <v>479</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>8683695680539</t>
+          <t>8683695680836</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Emirdağ Lahikası Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>573</v>
+        <v>475</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>8683695680522</t>
+          <t>8683695680850</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mektubat Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Barla Lahikası Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>573</v>
+        <v>416</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>8683695680126</t>
+          <t>8683695680867</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Ciltli)</t>
+          <t>Siracünnur Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>542</v>
+        <v>403</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>8683695680515</t>
+          <t>8683695680874</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Asa-yı Musa Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>702</v>
+        <v>394</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>8683695680508</t>
+          <t>8683695680898</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Şualar Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>İşarat-ül İ'caz Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>702</v>
+        <v>404</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>8683695680119</t>
+          <t>8683695680904</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa ( Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>542</v>
+        <v>412</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>8683695680492</t>
+          <t>8683695680911</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sözler Orta Boy Sırtı Deri (Ciltli)</t>
+          <t>Kastamonu Lahikası Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>714</v>
+        <v>396</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>8683695680102</t>
+          <t>8683695680928</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Fihrist Risalesi Osmanlıca Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>605</v>
+        <v>379</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>8683695680096</t>
+          <t>8683695680935</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Tılsımlar Osmanlıca Orta Boy</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>637</v>
+        <v>361</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>8683695680089</t>
+          <t>8683695680942</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Orta Boy Osmanlıca Risale-i Nur Külliyatı Vinleks Cilt</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>637</v>
+        <v>7735</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>8683695680072</t>
+          <t>8683695680966</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+          <t>Büyük Boy Risale-i Nur Külliyatı Tamamı Deri, Kenarları Yaldızlı (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>637</v>
+        <v>23000</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>8683695680065</t>
+          <t>8683695680676</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat (Ciltli)</t>
+          <t>Mektubat (Osmanlıca - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>764</v>
+        <v>839</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>8683695680058</t>
+          <t>9789759903985</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Büyük Boy - Sırtı Deri ) (Ciltli)</t>
+          <t>Arapça Uhuvvet Risalesi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>764</v>
+        <v>105</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
+          <t>8683695680669</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Tarihçe-i Hayat (Osmanlıca - Büyük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>8683695680652</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Şualar (Osmanlıca - Büyük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>8683695680645</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Sözler (Büyük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>8683695680188</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Nur Külliyatı (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>8554</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>8683695680171</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Muhakemat (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>8683695680164</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>İman ve Küfür Muvazeneleri (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>8683695680157</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Kastamonu Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789759903916</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Otuzüç Pencere Risalesi Arapça</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789759903886</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Ene ve Zerre Risalesi Arapça</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789759903909</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Mi'rac ve Şakkı Kamer Risalesi Arapça</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789759903794</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Yirmiüçüncü Söz (Arapça)</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789759904067</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Sözler (Arapça) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>8683695680638</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Orta Boy Risale-i Nur Külliyatı Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>7662</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>8683695680621</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Muhakemat Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>8683695680614</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>İman ve Küfür Muvazeneleri Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>8683695680607</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Kastamonu Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>8683695680591</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Sikke-i Tasdik-i Gaybi Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>8683695680584</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>İşarat-ül İ'caz Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>8683695680577</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi-i Nuriye Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>8683695680140</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Sikke-i Tasdik-i Gaybi (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>8683695680560</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Asa-yı Musa Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>8683695680553</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Barla Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>8683695680133</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>İşaratü'l İ'caz (Büyük Boy- Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>8683695680539</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Emirdağ Lahikası Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>8683695680522</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Mektubat Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>8683695680126</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi-i Nuriye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>8683695680515</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Tarihçe-i Hayat Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>8683695680508</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Şualar Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>8683695680119</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Asa-yı Musa ( Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>8683695680492</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Sözler Orta Boy Sırtı Deri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>8683695680102</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Barla Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>8683695680096</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Lem'alar (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>8683695680089</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Emirdağ Lahikası (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>8683695680072</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Mektubat (Büyük Boy - Sırtı Deri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>8683695680065</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Tarihçe-i Hayat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>8683695680058</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Şualar (Büyük Boy - Sırtı Deri ) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
           <t>8683695680041</t>
         </is>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Sözler (Büyük Boy - Sırtı Deri) (Ciltli)</t>
         </is>
       </c>
-      <c r="C188" s="1">
+      <c r="C224" s="1">
         <v>777</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>