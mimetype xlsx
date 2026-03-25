--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,2545 +85,2620 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256556331</t>
+          <t>9786056548802</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Orkestrası - Dünyanın Tüm Müzikleri</t>
+          <t>Giysiler - Eğitici Kartlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256556324</t>
+          <t>9786056548819</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Orkestrası - Kuğu Gölü</t>
+          <t>Meslekler - Eğitici Kartlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256556317</t>
+          <t>9786056548826</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Orkestrası - Dağ Kralının Salonunda</t>
+          <t>Besinler - Eğitici Kartlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256556157</t>
+          <t>9786056548833</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Orkestrası - Bir Günde Dört Mevsim</t>
+          <t>Hayvanlar - Eğitici Kartlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256556140</t>
+          <t>9786056771545</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Orkestrası - Fındıkkıran</t>
+          <t>Görsel Eğitim Kartları (112 Kart)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1190</v>
+        <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256556300</t>
+          <t>9786256556331</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ayılar Ne Sever?</t>
+          <t>Hikaye Orkestrası - Dünyanın Tüm Müzikleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>440</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256556287</t>
+          <t>9786256556324</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Eğer Mutluysan Alkışla</t>
+          <t>Hikaye Orkestrası - Kuğu Gölü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>440</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256556270</t>
+          <t>9786256556317</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Baş, Omuzlar, Dizler ve Parmaklar</t>
+          <t>Hikaye Orkestrası - Dağ Kralının Salonunda</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>440</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256556294</t>
+          <t>9786256556157</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mini Minnacık Örümcek</t>
+          <t>Hikaye Orkestrası - Bir Günde Dört Mevsim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>440</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256556348</t>
+          <t>9786256556140</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aç Bak Serisi - Çiftlik</t>
+          <t>Hikaye Orkestrası - Fındıkkıran</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256556355</t>
+          <t>9786256556300</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aç Bak Serisi - Orman</t>
+          <t>Ayılar Ne Sever?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256556430</t>
+          <t>9786256556287</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Beyin Geliştirme Egzersizleri - Sayılar</t>
+          <t>Eğer Mutluysan Alkışla</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256556454</t>
+          <t>9786256556270</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beyin Geliştirme Egzersizleri - Robotik Kodlama</t>
+          <t>Baş, Omuzlar, Dizler ve Parmaklar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256556447</t>
+          <t>9786256556294</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Beyin Geliştirme Egzersizleri - Labirentler</t>
+          <t>Mini Minnacık Örümcek</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256556171</t>
+          <t>9786256556348</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut</t>
+          <t>Aç Bak Serisi - Çiftlik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256556188</t>
+          <t>9786256556355</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Elma</t>
+          <t>Aç Bak Serisi - Orman</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256556164</t>
+          <t>9786256556430</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnız Balık - Isırıklı İlk Sayma Kitabım</t>
+          <t>Beyin Geliştirme Egzersizleri - Sayılar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256556119</t>
+          <t>9786256556454</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Dinozorlar? (Ciltli)</t>
+          <t>Beyin Geliştirme Egzersizleri - Robotik Kodlama</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256556126</t>
+          <t>9786256556447</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Kutup Hayvanları? (Ciltli)</t>
+          <t>Beyin Geliştirme Egzersizleri - Labirentler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256556072</t>
+          <t>9786256556171</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Bebek - Uçak</t>
+          <t>Bir Bulut</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256556041</t>
+          <t>9786256556188</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Bebek - Araba</t>
+          <t>Bir Elma</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256556065</t>
+          <t>9786256556164</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Bebek - Traktör</t>
+          <t>Bir Yalnız Balık - Isırıklı İlk Sayma Kitabım</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256556058</t>
+          <t>9786256556119</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Bebek - Tren</t>
+          <t>Kim Bu Dinozorlar? (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256556010</t>
+          <t>9786256556126</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pırt!</t>
+          <t>Kim Bu Kutup Hayvanları? (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256556102</t>
+          <t>9786256556072</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Beyin Geliştirme Egzersizleri – Kare Karalamaca</t>
+          <t>Gezgin Bebek - Uçak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256556096</t>
+          <t>9786256556041</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beyin Geliştirme Egzersizleri – Benzer-Farklı</t>
+          <t>Gezgin Bebek - Araba</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256556089</t>
+          <t>9786256556065</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Beyin Geliştirme Egzersizleri – Çiz-Boya-Birleştir</t>
+          <t>Gezgin Bebek - Traktör</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057581921</t>
+          <t>9786256556058</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Doğa - Süper Çıkartmalar - Dokun Bana!</t>
+          <t>Gezgin Bebek - Tren</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057581938</t>
+          <t>9786256556010</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okyanus - Süper Çıkartmalar - Dokun Bana! (Ciltli)</t>
+          <t>Pırt!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057581877</t>
+          <t>9786256556102</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Otobüsün Tekerleri - Sesli Kitaplar (Ciltli)</t>
+          <t>Beyin Geliştirme Egzersizleri – Kare Karalamaca</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057581907</t>
+          <t>9786256556096</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba’nın Çiftliği - Sesli Kitaplar (Ciltli)</t>
+          <t>Beyin Geliştirme Egzersizleri – Benzer-Farklı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057581914</t>
+          <t>9786256556089</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>STEAM Atölyesi</t>
+          <t>Beyin Geliştirme Egzersizleri – Çiz-Boya-Birleştir</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057581969</t>
+          <t>9786057581921</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Besinlerin Gücü</t>
+          <t>Çıkartmalarla Doğa - Süper Çıkartmalar - Dokun Bana!</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057581891</t>
+          <t>9786057581938</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tavşan! Tavşan! Tavşan!</t>
+          <t>Çıkartmalarla Okyanus - Süper Çıkartmalar - Dokun Bana! (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057581884</t>
+          <t>9786057581877</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Hızlı Kaplumbağası</t>
+          <t>Otobüsün Tekerleri - Sesli Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057581945</t>
+          <t>9786057581907</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Yolunda</t>
+          <t>Ali Baba’nın Çiftliği - Sesli Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256556034</t>
+          <t>9786057581914</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Çorap - Oyunbaz Öyküler</t>
+          <t>STEAM Atölyesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256556027</t>
+          <t>9786057581969</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuyruk - Oyunbaz Öyküler</t>
+          <t>Besinlerin Gücü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057581952</t>
+          <t>9786057581891</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Büyükleri Oyalama Rehberi</t>
+          <t>Tavşan! Tavşan! Tavşan!</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057581846</t>
+          <t>9786057581884</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Korsan Çıkartmalı Etkinlik Kitabı</t>
+          <t>Dünyanın En Hızlı Kaplumbağası</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057581839</t>
+          <t>9786057581945</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Prenses Çıkartmalı Etkinlik Kitabı</t>
+          <t>Her Şey Yolunda</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057581822</t>
+          <t>9786256556034</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Çıkartmalı Etkinlik Kitabı</t>
+          <t>Bir Çorap - Oyunbaz Öyküler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057581662</t>
+          <t>9786256556027</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Denizdeki Canlılar</t>
+          <t>Bir Kuyruk - Oyunbaz Öyküler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057581679</t>
+          <t>9786057581952</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Yolculuk</t>
+          <t>Büyükleri Oyalama Rehberi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057581808</t>
+          <t>9786057581846</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Safari - Boyama Zamanı</t>
+          <t>Korsan Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057581792</t>
+          <t>9786057581839</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Boyama Zamanı</t>
+          <t>Prenses Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057581815</t>
+          <t>9786057581822</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Uzay - Boyama Zamanı</t>
+          <t>Dinozor Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057581693</t>
+          <t>9786057581662</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Vak, Vak, Baba?</t>
+          <t>Denizdeki Canlılar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057581624</t>
+          <t>9786057581679</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Karanlığında</t>
+          <t>Uzaya Yolculuk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057581686</t>
+          <t>9786057581808</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağını Sevmeyen Tek Boynuzlu At</t>
+          <t>Safari - Boyama Zamanı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057581617</t>
+          <t>9786057581792</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin İlki</t>
+          <t>Çiftlik - Boyama Zamanı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057581631</t>
+          <t>9786057581815</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Uyumak Çok Sıkıcı</t>
+          <t>Uzay - Boyama Zamanı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057581730</t>
+          <t>9786057581693</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bir Balinam Olsa</t>
+          <t>Vak, Vak, Baba?</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057581747</t>
+          <t>9786057581624</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Boyama Zamanı Bahçe</t>
+          <t>Gecenin Karanlığında</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057581723</t>
+          <t>9786057581686</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bir Gorilim Olsa</t>
+          <t>Gökkuşağını Sevmeyen Tek Boynuzlu At</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057581761</t>
+          <t>9786057581617</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Boyama Zamanı Sualtı</t>
+          <t>Her Şeyin İlki</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057581716</t>
+          <t>9786057581631</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fili Nasıl Bulurum?</t>
+          <t>Uyumak Çok Sıkıcı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057581754</t>
+          <t>9786057581730</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Boyama Zamanı Dinozorlar</t>
+          <t>Bir Balinam Olsa</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057581709</t>
+          <t>9786057581747</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zürafayı Nereye Sığdırabilirim?</t>
+          <t>Boyama Zamanı Bahçe</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057581785</t>
+          <t>9786057581723</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Düşünme Becerileri - Labirentler</t>
+          <t>Bir Gorilim Olsa</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057581778</t>
+          <t>9786057581761</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Düşünme Becerileri - Saklı Nesneleri Bulma</t>
+          <t>Boyama Zamanı Sualtı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057581655</t>
+          <t>9786057581716</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Dikkat Geliştirme - Çıkartmalı</t>
+          <t>Fili Nasıl Bulurum?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057581648</t>
+          <t>9786057581754</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çiz Boya Söyle</t>
+          <t>Boyama Zamanı Dinozorlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057581600</t>
+          <t>9786057581709</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Pati Kod (5+ Yaş)</t>
+          <t>Zürafayı Nereye Sığdırabilirim?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057581556</t>
+          <t>9786057581785</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gidiyorlar?</t>
+          <t>Dikkat ve Düşünme Becerileri - Labirentler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057581594</t>
+          <t>9786057581778</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uyusun da Büyüsün!</t>
+          <t>Dikkat ve Düşünme Becerileri - Saklı Nesneleri Bulma</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057581587</t>
+          <t>9786057581655</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Saymayı Öğreniyorum</t>
+          <t>Etkinliklerle Dikkat Geliştirme - Çıkartmalı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>8680671480466</t>
+          <t>9786057581648</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Banyo Kitapları - Tek Boynuzlu At</t>
+          <t>Çiz Boya Söyle</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>8680671480459</t>
+          <t>9786057581600</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Banyo Kitapları - Hipo</t>
+          <t>Pati Kod (5+ Yaş)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>8680671480473</t>
+          <t>9786057581556</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çiz Çiz Sil - Çizgi Çalışmaları</t>
+          <t>Nereye Gidiyorlar?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057581266</t>
+          <t>9786057581594</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Denizde Yaşam</t>
+          <t>Uyusun da Büyüsün!</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057581402</t>
+          <t>9786057581587</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Traktör</t>
+          <t>Saymayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057581419</t>
+          <t>8680671480466</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sevimli İtfaiye Arabası</t>
+          <t>Banyo Kitapları - Tek Boynuzlu At</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057581433</t>
+          <t>8680671480459</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Salyangozun İzinde Çizgi Kitabı</t>
+          <t>Banyo Kitapları - Hipo</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057581440</t>
+          <t>8680671480473</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamı Geliştiriyorum</t>
+          <t>Çiz Çiz Sil - Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057581570</t>
+          <t>9786057581266</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sinir Bozucu Havuçlar</t>
+          <t>Denizde Yaşam</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057581518</t>
+          <t>9786057581402</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Okula Gitmek İstemiyorum!</t>
+          <t>Çalışkan Traktör</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057581075</t>
+          <t>9786057581419</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Desenler - Bebeğim İçin İlk Kitaplar</t>
+          <t>Sevimli İtfaiye Arabası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>70</v>
+        <v>440</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057581068</t>
+          <t>9786057581433</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Bebeğim İçin İlk Kitaplar</t>
+          <t>Salyangozun İzinde Çizgi Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057581051</t>
+          <t>9786057581440</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yüzler - Bebeğim İçin İlk Kitaplar</t>
+          <t>Konuşmamı Geliştiriyorum</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057581105</t>
+          <t>9786057581570</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>5+ Yaş Zihinsel Gelişim Etkinlikleri Seviye 3</t>
+          <t>Sinir Bozucu Havuçlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057581082</t>
+          <t>9786057581518</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>5+ Yaş Zihinsel Gelişim Etkinlikleri Seviye 1</t>
+          <t>Okula Gitmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057581099</t>
+          <t>9786057581075</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>5+ Yaş Zihinsel Gelişim Etkinlikleri Seviye 2</t>
+          <t>Desenler - Bebeğim İçin İlk Kitaplar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057581112</t>
+          <t>9786057581068</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>5+ Yaş Düşünme Becerileri</t>
+          <t>Renkler - Bebeğim İçin İlk Kitaplar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056792946</t>
+          <t>9786057581051</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Dikkat Geliştirme 3+ Yaş</t>
+          <t>Yüzler - Bebeğim İçin İlk Kitaplar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056792953</t>
+          <t>9786057581105</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Dikkat Geliştirme 4+ Yaş</t>
+          <t>5+ Yaş Zihinsel Gelişim Etkinlikleri Seviye 3</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056792977</t>
+          <t>9786057581082</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Arty Mouse - Aynısını Çizme Etkinlikleri</t>
+          <t>5+ Yaş Zihinsel Gelişim Etkinlikleri Seviye 1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786056792984</t>
+          <t>9786057581099</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arty Mouse - Boyama Etkinlikleri</t>
+          <t>5+ Yaş Zihinsel Gelişim Etkinlikleri Seviye 2</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058127524</t>
+          <t>9786057581112</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Arty Mouse - Çizgi Etkinlikleri</t>
+          <t>5+ Yaş Düşünme Becerileri</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058127500</t>
+          <t>9786056792946</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Arty Mouse - Kesme Etkinlikleri</t>
+          <t>Etkinliklerle Dikkat Geliştirme 3+ Yaş</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058127517</t>
+          <t>9786056792953</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Arty Mouse - Sulu Boya Etkinlikleri</t>
+          <t>Etkinliklerle Dikkat Geliştirme 4+ Yaş</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056792991</t>
+          <t>9786056792977</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Arty Mouse -Yapıştırma Etkinlikleri</t>
+          <t>Arty Mouse - Aynısını Çizme Etkinlikleri</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056792960</t>
+          <t>9786056792984</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dikkatle Okula Hazırlanıyorum</t>
+          <t>Arty Mouse - Boyama Etkinlikleri</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786058127531</t>
+          <t>9786058127524</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Minik Kitaplar</t>
+          <t>Arty Mouse - Çizgi Etkinlikleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056690716</t>
+          <t>9786058127500</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yavru Ayının Doğum Günü Partisi</t>
+          <t>Arty Mouse - Kesme Etkinlikleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056548895</t>
+          <t>9786058127517</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Etkinlikler</t>
+          <t>Arty Mouse - Sulu Boya Etkinlikleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056690785</t>
+          <t>9786056792991</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Yaşam</t>
+          <t>Arty Mouse -Yapıştırma Etkinlikleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056690761</t>
+          <t>9786056792960</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Doğada Yaşam</t>
+          <t>Dikkatle Okula Hazırlanıyorum</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056690754</t>
+          <t>9786058127531</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gölde Yaşam</t>
+          <t>Hayvanlar - Minik Kitaplar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056690709</t>
+          <t>9786056690716</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zıt Kavramlar</t>
+          <t>Yavru Ayının Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056548871</t>
+          <t>9786056548895</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Arabalar - Taşıtlar Serisi</t>
+          <t>Sayılarla Etkinlikler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056690730</t>
+          <t>9786056690785</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Meyveler - Eğitici İlk Kelimelerim Dizisi</t>
+          <t>Çiftlikte Yaşam</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056690747</t>
+          <t>9786056690761</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Eğitici İlk Kelimelerim Dizisi</t>
+          <t>Vahşi Doğada Yaşam</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056771521</t>
+          <t>9786056690754</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Eğitici İlk Kelimelerim Dizisi</t>
+          <t>Gölde Yaşam</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056690723</t>
+          <t>9786056690709</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler - Eğitici İlk Kelimelerim Dizisi</t>
+          <t>Zıt Kavramlar</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056548864</t>
+          <t>9786056548871</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Trenler - Taşıtlar Serisi</t>
+          <t>Arabalar - Taşıtlar Serisi</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056548857</t>
+          <t>9786056690730</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Uçaklar - Taşıtlar Serisi</t>
+          <t>Meyveler - Eğitici İlk Kelimelerim Dizisi</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056690778</t>
+          <t>9786056690747</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözlüğüm</t>
+          <t>Hayvanlar - Eğitici İlk Kelimelerim Dizisi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056548888</t>
+          <t>9786056771521</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Otobüsler - Taşıtlar Serisi</t>
+          <t>Taşıtlar - Eğitici İlk Kelimelerim Dizisi</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056548840</t>
+          <t>9786056690723</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gemiler - Taşıtlar Serisi</t>
+          <t>Sebzeler - Eğitici İlk Kelimelerim Dizisi</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056792939</t>
+          <t>9786056548864</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri Seviye 3 (4 Yaş)</t>
+          <t>Trenler - Taşıtlar Serisi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056792922</t>
+          <t>9786056548857</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri Seviye 2 (4 Yaş)</t>
+          <t>Uçaklar - Taşıtlar Serisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056792915</t>
+          <t>9786056690778</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri Seviye 1 (4 Yaş)</t>
+          <t>İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786056771514</t>
+          <t>9786056548888</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri 3</t>
+          <t>Otobüsler - Taşıtlar Serisi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786056771507</t>
+          <t>9786056548840</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri 2</t>
+          <t>Gemiler - Taşıtlar Serisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786056690792</t>
+          <t>9786056792939</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri 1</t>
+          <t>Zihinsel Gelişim Etkinlikleri Seviye 3 (4 Yaş)</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786056771590</t>
+          <t>9786056792922</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Evde Etkinlik Zamanı</t>
+          <t>Zihinsel Gelişim Etkinlikleri Seviye 2 (4 Yaş)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057581563</t>
+          <t>9786056792915</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>5+ Yaş Matematik Zamanı</t>
+          <t>Zihinsel Gelişim Etkinlikleri Seviye 1 (4 Yaş)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057581532</t>
+          <t>9786056771514</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri – Seviye 3</t>
+          <t>Zihinsel Gelişim Etkinlikleri 3</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057581549</t>
+          <t>9786056771507</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Seviye 2</t>
+          <t>Zihinsel Gelişim Etkinlikleri 2</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057581525</t>
+          <t>9786056690792</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Seviye 1</t>
+          <t>Zihinsel Gelişim Etkinlikleri 1</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057581198</t>
+          <t>9786056771590</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Minik Kitaplar - Banyoda</t>
+          <t>Evde Etkinlik Zamanı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>70</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057581211</t>
+          <t>9786057581563</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Minik Kitaplar - Gökyüzü</t>
+          <t>5+ Yaş Matematik Zamanı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057581235</t>
+          <t>9786057581532</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Minik Kitaplar - Meslekler</t>
+          <t>Zihinsel Gelişim Etkinlikleri – Seviye 3</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057581228</t>
+          <t>9786057581549</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Minik Kitaplar - Sualtı</t>
+          <t>Zihinsel Gelişim Etkinlikleri - Seviye 2</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057581327</t>
+          <t>9786057581525</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mikropları Durdurabiliriz</t>
+          <t>Zihinsel Gelişim Etkinlikleri - Seviye 1</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057581334</t>
+          <t>9786057581198</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kakanı Buraya Yap</t>
+          <t>Minik Kitaplar - Banyoda</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057581037</t>
+          <t>9786057581211</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Minik Kitaplar Serisi 12 Kitap</t>
+          <t>Minik Kitaplar - Gökyüzü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>750</v>
+        <v>70</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057581365</t>
+          <t>9786057581235</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mantıksal Diziler - Dikkat ve Düşünme Becerileri</t>
+          <t>Minik Kitaplar - Meslekler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057581358</t>
+          <t>9786057581228</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Muhakeme ve İlişki Kurma - Dikkat ve Düşünme Becerileri</t>
+          <t>Minik Kitaplar - Sualtı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057581341</t>
+          <t>9786057581327</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>4+ Yaş Matematik Zamanı</t>
+          <t>Mikropları Durdurabiliriz</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057581426</t>
+          <t>9786057581334</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çuf Çuf Trenle Gezinti - Karın Üstü Zaman Aktivite Kitabı</t>
+          <t>Kakanı Buraya Yap</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057581273</t>
+          <t>9786057581037</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Terzi Kuşunun Dikişleri</t>
+          <t>Minik Kitaplar Serisi 12 Kitap</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057581280</t>
+          <t>9786057581365</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Matematik Zamanı</t>
+          <t>Mantıksal Diziler - Dikkat ve Düşünme Becerileri</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057581372</t>
+          <t>9786057581358</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tavşanlar Ne Sever? (Ciltli)</t>
+          <t>Muhakeme ve İlişki Kurma - Dikkat ve Düşünme Becerileri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057581396</t>
+          <t>9786057581341</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kediler Ne Sever? (Ciltli)</t>
+          <t>4+ Yaş Matematik Zamanı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057581389</t>
+          <t>9786057581426</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Ne Sever? (Ciltli)</t>
+          <t>Çuf Çuf Trenle Gezinti - Karın Üstü Zaman Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057581303</t>
+          <t>9786057581273</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Digby'nin Ay Macerası</t>
+          <t>Terzi Kuşunun Dikişleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057581310</t>
+          <t>9786057581280</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kedi Koleksiyonu</t>
+          <t>3+ Yaş Matematik Zamanı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057581297</t>
+          <t>9786057581372</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Teddy Neredesin?</t>
+          <t>Tavşanlar Ne Sever? (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057581501</t>
+          <t>9786057581396</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bunlardan Biri Diğerleri Gibi Değil</t>
+          <t>Kediler Ne Sever? (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057581150</t>
+          <t>9786057581389</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlarla Saklambaç</t>
+          <t>Köpekler Ne Sever? (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057581167</t>
+          <t>9786057581303</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hayvanat Bahçesi Şenliği</t>
+          <t>Digby'nin Ay Macerası</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057581174</t>
+          <t>9786057581310</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden Lola</t>
+          <t>Kedi Koleksiyonu</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057581181</t>
+          <t>9786057581297</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayı Burada Uyuyabilir mi?</t>
+          <t>Teddy Neredesin?</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057581143</t>
+          <t>9786057581501</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Uç Uç Minik Arı Çizgi Kitabı</t>
+          <t>Bunlardan Biri Diğerleri Gibi Değil</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057581464</t>
+          <t>9786057581150</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Nehir Bilmcesi</t>
+          <t>Yavru Hayvanlarla Saklambaç</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057581457</t>
+          <t>9786057581167</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sızdıran Kitap</t>
+          <t>Büyük Hayvanat Bahçesi Şenliği</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057581471</t>
+          <t>9786057581174</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Babam Nerede Saklanıyor ?</t>
+          <t>Dans Eden Lola</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057581204</t>
+          <t>9786057581181</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Minik Kitaplar - Besinler</t>
+          <t>Bir Ayı Burada Uyuyabilir mi?</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057581259</t>
+          <t>9786057581143</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kavramlarla Etkinlikler - 4+ Yaş</t>
+          <t>Uç Uç Minik Arı Çizgi Kitabı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057581242</t>
+          <t>9786057581464</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Minik Kitaplar - Taşıtlar</t>
+          <t>Nehir Bilmcesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057581488</t>
+          <t>9786057581457</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Atölye Mini</t>
+          <t>Sızdıran Kitap</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057581495</t>
+          <t>9786057581471</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Çorap</t>
+          <t>Babam Nerede Saklanıyor ?</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786058127593</t>
+          <t>9786057581204</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Suyunu Boşaltan Çocuk</t>
+          <t>Minik Kitaplar - Besinler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057581013</t>
+          <t>9786057581259</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndüren Çocuk</t>
+          <t>Kavramlarla Etkinlikler - 4+ Yaş</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057581006</t>
+          <t>9786057581242</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Yeryüzüne İndiğinde</t>
+          <t>Minik Kitaplar - Taşıtlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786058127586</t>
+          <t>9786057581488</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Minik Kitaplar</t>
+          <t>Atölye Mini</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786058127548</t>
+          <t>9786057581495</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>5 Duyu - Minik Kitaplar</t>
+          <t>Yalnız Çorap</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786056771538</t>
+          <t>9786058127593</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Zamanı</t>
+          <t>Denizlerin Suyunu Boşaltan Çocuk</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786058127562</t>
+          <t>9786057581013</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Minik Kitaplar</t>
+          <t>Güneşi Söndüren Çocuk</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786058127555</t>
+          <t>9786057581006</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Minik Kitaplar</t>
+          <t>Gökyüzü Yeryüzüne İndiğinde</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786058127579</t>
+          <t>9786058127586</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Minik Kitaplar</t>
+          <t>Mevsimler - Minik Kitaplar</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057581136</t>
+          <t>9786058127548</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Canavar İştahı</t>
+          <t>5 Duyu - Minik Kitaplar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057581129</t>
+          <t>9786056771538</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Robot Duuur!</t>
+          <t>Konuşma Zamanı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057581020</t>
+          <t>9786058127562</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yumurtasından İnek Çıkan Tavuk</t>
+          <t>Şekiller - Minik Kitaplar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
+          <t>9786058127555</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar - Minik Kitaplar</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786058127579</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Renkler - Minik Kitaplar</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786057581136</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Canavar İştahı</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786057581129</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Robot Duuur!</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786057581020</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Yumurtasından İnek Çıkan Tavuk</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
           <t>9786057581044</t>
         </is>
       </c>
-      <c r="B168" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Kavramlarla Etkinlikler - +3 Yaş</t>
         </is>
       </c>
-      <c r="C168" s="1">
+      <c r="C173" s="1">
         <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>