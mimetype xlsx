--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,2215 +85,2275 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256203372</t>
+          <t>9786256203396</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Paddy Clarke Ha Ha Ha</t>
+          <t>Yeryüzünün Zararları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>348</v>
+        <v>192</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256203389</t>
+          <t>9786256203402</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Halleri</t>
+          <t>Bir Köprü ile Ne Yapılır?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>538</v>
+        <v>118</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256203327</t>
+          <t>9786256203457</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı</t>
+          <t>The Apartments of Istanbul - Beyoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>228</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256203358</t>
+          <t>9786256203426</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sakız Ağacı</t>
+          <t>O Zaman Görürüz Birbirimizi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>242</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256203365</t>
+          <t>9786256203372</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Denizyıldızı</t>
+          <t>Paddy Clarke Ha Ha Ha</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>348</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256203341</t>
+          <t>9786256203389</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Poşetto</t>
+          <t>Dünyanın Halleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>538</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256540781</t>
+          <t>9786256203327</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>O Eski Türkü</t>
+          <t>Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>192</v>
+        <v>228</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257785679</t>
+          <t>9786256203358</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Elli İki Günlük Esaret</t>
+          <t>Sakız Ağacı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>198</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058026155</t>
+          <t>9786256203365</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beklemek Cehennemdir</t>
+          <t>Kırmızı Denizyıldızı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>179</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256540514</t>
+          <t>9786256203341</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Herkes Haklı</t>
+          <t>Poşetto</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>421</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256203334</t>
+          <t>9786256540781</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Apartmanları Kadıköy</t>
+          <t>O Eski Türkü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1800</v>
+        <v>192</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058025882</t>
+          <t>9786257785679</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Gibi Düşünmek</t>
+          <t>Elli İki Günlük Esaret</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>375</v>
+        <v>198</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256203235</t>
+          <t>9786058026155</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Lolita</t>
+          <t>Beklemek Cehennemdir</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>282</v>
+        <v>179</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256203211</t>
+          <t>9786256540514</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nadir Kopyalar</t>
+          <t>Herkes Haklı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>243</v>
+        <v>421</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256203280</t>
+          <t>9786256203334</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bütün Koşullar</t>
+          <t>İstanbul Apartmanları Kadıköy</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>138</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256203310</t>
+          <t>9786058025882</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çürük Tavşan</t>
+          <t>Mühendis Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>319.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256203204</t>
+          <t>9786256203235</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tractatus</t>
+          <t>Lolita</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>139</v>
+        <v>282</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256203303</t>
+          <t>9786256203211</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Böyle Devam Edemez</t>
+          <t>Nadir Kopyalar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>138</v>
+        <v>243</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256203242</t>
+          <t>9786256203280</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tek Yönlü Yolda Önde Giden Şoförün Tedirginliği</t>
+          <t>Bütün Koşullar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>172</v>
+        <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256203266</t>
+          <t>9786256203310</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aeon Benlik</t>
+          <t>Çürük Tavşan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>374</v>
+        <v>319.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256203259</t>
+          <t>9786256203204</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Potosi</t>
+          <t>Tractatus</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>159</v>
+        <v>139</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256540842</t>
+          <t>9786256203303</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlikler Dünyasında Kaygı ile Başa Çıkma Rehberi</t>
+          <t>Böyle Devam Edemez</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>452</v>
+        <v>138</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256540859</t>
+          <t>9786256203242</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Duygular</t>
+          <t>Tek Yönlü Yolda Önde Giden Şoförün Tedirginliği</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>458</v>
+        <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257785174</t>
+          <t>9786256203266</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fora Yelken - Yeni Dünya'ya</t>
+          <t>Aeon Benlik</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1118</v>
+        <v>374</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257785426</t>
+          <t>9786256203259</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Olağanhiçç</t>
+          <t>Potosi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257785730</t>
+          <t>9786256540842</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çot</t>
+          <t>Belirsizlikler Dünyasında Kaygı ile Başa Çıkma Rehberi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>149</v>
+        <v>452</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257785723</t>
+          <t>9786256540859</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kırkyama</t>
+          <t>Yeşeren Duygular</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>189</v>
+        <v>458</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256203198</t>
+          <t>9786257785174</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Lamia</t>
+          <t>Fora Yelken - Yeni Dünya'ya</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>196</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256203051</t>
+          <t>9786257785426</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Postrestant</t>
+          <t>Olağanhiçç</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>289</v>
+        <v>139</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256540613</t>
+          <t>9786257785730</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Elmas Öfke</t>
+          <t>Çot</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256540330</t>
+          <t>9786257785723</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dün Bahardı</t>
+          <t>Kırkyama</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256540323</t>
+          <t>9786256203198</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Özür Dileriz</t>
+          <t>Lamia</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>228</v>
+        <v>196</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256540873</t>
+          <t>9786256203051</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Tanışmanın Sakıncaları</t>
+          <t>Postrestant</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>212</v>
+        <v>289</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256540910</t>
+          <t>9786256540613</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mogador’un Gizli Bahçeleri</t>
+          <t>Elmas Öfke</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>269</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256540972</t>
+          <t>9786256540330</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Padalya</t>
+          <t>Dün Bahardı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>148</v>
+        <v>192</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256540989</t>
+          <t>9786256540323</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bütün Haritaların Dışında</t>
+          <t>Özür Dileriz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>138</v>
+        <v>228</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256540958</t>
+          <t>9786256540873</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mrksn</t>
+          <t>Kendinle Tanışmanın Sakıncaları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>158</v>
+        <v>212</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256540941</t>
+          <t>9786256540910</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar X</t>
+          <t>Mogador’un Gizli Bahçeleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>292</v>
+        <v>269</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256540866</t>
+          <t>9786256540972</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla</t>
+          <t>Padalya</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>212</v>
+        <v>148</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256540927</t>
+          <t>9786256540989</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mezarlık Meyvesi</t>
+          <t>Bütün Haritaların Dışında</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>153</v>
+        <v>138</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256540934</t>
+          <t>9786256540958</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Deli Defteri</t>
+          <t>Mrksn</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>158</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256540507</t>
+          <t>9786256540941</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İçeride Bir Sürü Denyo Var</t>
+          <t>Dalgalar X</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>162</v>
+        <v>292</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257785075</t>
+          <t>9786256540866</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Pupa Yelken Kısmet’in Dünya Seyahati</t>
+          <t>Yavaşla</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1118</v>
+        <v>212</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256540828</t>
+          <t>9786256540927</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Buraların Yerlisi</t>
+          <t>Mezarlık Meyvesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256540804</t>
+          <t>9786256540934</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Beni Öldürmeyen Şey</t>
+          <t>Deli Defteri</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>158</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256540798</t>
+          <t>9786256540507</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Roanake Star</t>
+          <t>İçeride Bir Sürü Denyo Var</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256540736</t>
+          <t>9786257785075</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Patlayıcı Olarak Selülozun Bağlamı</t>
+          <t>Pupa Yelken Kısmet’in Dünya Seyahati</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>158</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256540767</t>
+          <t>9786256540828</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Taş Tüter Duman Çatlar</t>
+          <t>Buraların Yerlisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>234</v>
+        <v>148</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256540668</t>
+          <t>9786256540804</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Enis Batur ile Türk Denemesi Üzerine</t>
+          <t>Beni Öldürmeyen Şey</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>159</v>
+        <v>158</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256540835</t>
+          <t>9786256540798</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Merhabayı Birinde Denedim Düştü Kırıldı</t>
+          <t>Roanake Star</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>159</v>
+        <v>158</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256540811</t>
+          <t>9786256540736</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Eğri</t>
+          <t>Patlayıcı Olarak Selülozun Bağlamı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>148</v>
+        <v>158</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256540774</t>
+          <t>9786256540767</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Kozmos</t>
+          <t>Taş Tüter Duman Çatlar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>189</v>
+        <v>234</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256540750</t>
+          <t>9786256540668</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Monograflar</t>
+          <t>Enis Batur ile Türk Denemesi Üzerine</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256540675</t>
+          <t>9786256540835</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ben, Örümcek</t>
+          <t>Merhabayı Birinde Denedim Düştü Kırıldı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>298</v>
+        <v>159</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256540279</t>
+          <t>9786256540811</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Derisi</t>
+          <t>Muazzam Eğri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>372</v>
+        <v>148</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256540309</t>
+          <t>9786256540774</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane</t>
+          <t>Ev Yapımı Kozmos</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>312</v>
+        <v>189</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257785976</t>
+          <t>9786256540750</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Odası</t>
+          <t>Monograflar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>189</v>
+        <v>158</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256540293</t>
+          <t>9786256540675</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Kere Şaşkınlık</t>
+          <t>Ben, Örümcek</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>194</v>
+        <v>298</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256540286</t>
+          <t>9786256540279</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Havanın Adları</t>
+          <t>Gökyüzünün Derisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>192</v>
+        <v>372</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256540682</t>
+          <t>9786256540309</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Replikalar Çölü</t>
+          <t>Tımarhane</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>192</v>
+        <v>312</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256540446</t>
+          <t>9786257785976</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Suyun Dudaklarında</t>
+          <t>Tanrıların Odası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>214</v>
+        <v>189</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256540620</t>
+          <t>9786256540293</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Alaçko</t>
+          <t>Dokuz Kere Şaşkınlık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>148</v>
+        <v>194</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256540651</t>
+          <t>9786256540286</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Neden Böyle Olmasın</t>
+          <t>Havanın Adları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>148</v>
+        <v>192</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256540637</t>
+          <t>9786256540682</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dislektik Fünye</t>
+          <t>Replikalar Çölü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>139</v>
+        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256540477</t>
+          <t>9786256540446</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Karışık Odalar</t>
+          <t>Suyun Dudaklarında</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>179</v>
+        <v>214</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256540583</t>
+          <t>9786256540620</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kestirme</t>
+          <t>Alaçko</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>169</v>
+        <v>148</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256540606</t>
+          <t>9786256540651</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İbrahimler Öldü Kuzuların Soyu Tükendi</t>
+          <t>Neden Böyle Olmasın</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>239</v>
+        <v>148</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256540491</t>
+          <t>9786256540637</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yakalı Toy Kuşu Uçsana</t>
+          <t>Dislektik Fünye</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>189</v>
+        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256540699</t>
+          <t>9786256540477</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda OKB'nin Bilişsel Davranışçı Tedavisi - Yanlış Alarm - Terapist Kitabı</t>
+          <t>Karışık Odalar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>488</v>
+        <v>179</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256540705</t>
+          <t>9786256540583</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Alarm - Bilişsel Davranışçı Tedavi Programı - Çalışma Kitabı</t>
+          <t>Kestirme</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>362</v>
+        <v>169</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257785945</t>
+          <t>9786256540606</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gandhi ile Molotof Kokteyli İçmek</t>
+          <t>İbrahimler Öldü Kuzuların Soyu Tükendi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>336</v>
+        <v>239</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256540484</t>
+          <t>9786256540491</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar ve Ötekiler</t>
+          <t>Yakalı Toy Kuşu Uçsana</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>165</v>
+        <v>189</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256540026</t>
+          <t>9786256540699</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Homo Zapiens P Kuşağı</t>
+          <t>Çocuklarda OKB'nin Bilişsel Davranışçı Tedavisi - Yanlış Alarm - Terapist Kitabı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>322</v>
+        <v>488</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256540385</t>
+          <t>9786256540705</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz</t>
+          <t>Yanlış Alarm - Bilişsel Davranışçı Tedavi Programı - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>188</v>
+        <v>362</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257785884</t>
+          <t>9786257785945</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Gibi Düşünmek</t>
+          <t>Gandhi ile Molotof Kokteyli İçmek</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>428</v>
+        <v>336</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256540019</t>
+          <t>9786256540484</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Basübadelmevt</t>
+          <t>Yabancılar ve Ötekiler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050618396</t>
+          <t>9786256540026</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Devam Ediyor</t>
+          <t>Homo Zapiens P Kuşağı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>148</v>
+        <v>322</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256540033</t>
+          <t>9786256540385</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kafandaki Ağaçlar</t>
+          <t>Salyangoz</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>194</v>
+        <v>188</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257785440</t>
+          <t>9786257785884</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tekil A'nın Endişesi</t>
+          <t>Mühendis Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>178</v>
+        <v>428</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257785839</t>
+          <t>9786256540019</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bakışlar Koleksiyoncusu</t>
+          <t>Basübadelmevt</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>178</v>
+        <v>168</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257785297</t>
+          <t>9786050618396</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Dönüm Noktası</t>
+          <t>Hikaye Devam Ediyor</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>212</v>
+        <v>148</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257785068</t>
+          <t>9786256540033</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehrim</t>
+          <t>Kafandaki Ağaçlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257785358</t>
+          <t>9786257785440</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ay Tilkisi</t>
+          <t>Tekil A'nın Endişesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>224</v>
+        <v>178</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257785846</t>
+          <t>9786257785839</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Dersaadet’te Gölge Oyunu</t>
+          <t>Kayıp Bakışlar Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>196</v>
+        <v>178</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257785808</t>
+          <t>9786257785297</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dedi Şeytan Ceketini Alıp Giderken</t>
+          <t>Hayatımın Dönüm Noktası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>162</v>
+        <v>212</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257785310</t>
+          <t>9786257785068</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bugün Kim Ölecek</t>
+          <t>Kayıp Şehrim</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>168</v>
+        <v>192</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257785990</t>
+          <t>9786257785358</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Liderler En Son Yer</t>
+          <t>Yeni Ay Tilkisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>428</v>
+        <v>224</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257785983</t>
+          <t>9786257785846</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Keyif Almak</t>
+          <t>Karagöz Dersaadet’te Gölge Oyunu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>168</v>
+        <v>196</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257785914</t>
+          <t>9786257785808</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Noktürn ya da Küçük bir Köpek Valsi</t>
+          <t>Dedi Şeytan Ceketini Alıp Giderken</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>212</v>
+        <v>162</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257785938</t>
+          <t>9786257785310</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yarın FM</t>
+          <t>Bugün Kim Ölecek</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>192</v>
+        <v>168</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257785921</t>
+          <t>9786257785990</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tıpkı Taşı</t>
+          <t>Liderler En Son Yer</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>166</v>
+        <v>428</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257785860</t>
+          <t>9786257785983</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Öz Güven</t>
+          <t>Keyif Almak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>392</v>
+        <v>168</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257785877</t>
+          <t>9786257785914</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin Peşinde</t>
+          <t>Noktürn ya da Küçük bir Köpek Valsi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>448</v>
+        <v>212</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257785785</t>
+          <t>9786257785938</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sırt Çantamdaki Asya</t>
+          <t>Yarın FM</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>162</v>
+        <v>192</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257785778</t>
+          <t>9786257785921</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dava Kapandı</t>
+          <t>Tıpkı Taşı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>186</v>
+        <v>166</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257785396</t>
+          <t>9786257785860</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Parasız Yaşam Olur Mu?</t>
+          <t>Çocukta Öz Güven</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>392</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257785815</t>
+          <t>9786257785877</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yürümek İsteyen Ayak</t>
+          <t>Bir Hayalin Peşinde</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>139</v>
+        <v>448</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257785419</t>
+          <t>9786257785785</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kumaş</t>
+          <t>Sırt Çantamdaki Asya</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>148</v>
+        <v>162</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257785792</t>
+          <t>9786257785778</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Düşmenin Sınırı Yok</t>
+          <t>Dava Kapandı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>178</v>
+        <v>186</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257785389</t>
+          <t>9786257785396</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Denenmiş Şeyler</t>
+          <t>Parasız Yaşam Olur Mu?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>149</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257785754</t>
+          <t>9786257785815</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Önkudöde</t>
+          <t>Yürümek İsteyen Ayak</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>248</v>
+        <v>139</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257785594</t>
+          <t>9786257785419</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Uğrak Mahallesi</t>
+          <t>Kumaş</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>135</v>
+        <v>148</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058026117</t>
+          <t>9786257785792</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Herkes Dünyanın Merkezi</t>
+          <t>Düşmenin Sınırı Yok</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257785709</t>
+          <t>9786257785389</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ve Diğerleri</t>
+          <t>Denenmiş Şeyler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257785716</t>
+          <t>9786257785754</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sırasına Göre Keyfim Gayfe Öte'a'nazi</t>
+          <t>Önkudöde</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>178</v>
+        <v>248</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257785167</t>
+          <t>9786257785594</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Erotik Poetika</t>
+          <t>Ölülerin Uğrak Mahallesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>142</v>
+        <v>135</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257785624</t>
+          <t>9786058026117</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda</t>
+          <t>Herkes Dünyanın Merkezi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>156</v>
+        <v>179</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257785693</t>
+          <t>9786257785709</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kısmet’in Dümen Suyunda</t>
+          <t>Ve Diğerleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>679</v>
+        <v>169</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257785648</t>
+          <t>9786257785716</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Madam’ın Unuttukları</t>
+          <t>Sırasına Göre Keyfim Gayfe Öte'a'nazi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>148</v>
+        <v>178</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257785686</t>
+          <t>9786257785167</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Huzurun Tarifi Yok</t>
+          <t>Erotik Poetika</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>148</v>
+        <v>142</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257785631</t>
+          <t>9786257785624</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Nihayetinde Dönülen Yerler</t>
+          <t>Dışarıda</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>198</v>
+        <v>156</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257785655</t>
+          <t>9786257785693</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Biraz Evhamlı İshak Hoca'nın Karda Gece Yürüyüşü</t>
+          <t>Kısmet’in Dümen Suyunda</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>192</v>
+        <v>679</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257785662</t>
+          <t>9786257785648</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kahrolmak</t>
+          <t>Madam’ın Unuttukları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>192</v>
+        <v>148</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257785617</t>
+          <t>9786257785686</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sigara İçmemek</t>
+          <t>Huzurun Tarifi Yok</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>178</v>
+        <v>148</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257785228</t>
+          <t>9786257785631</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Geri Dön Her Şey Berbat Edildi</t>
+          <t>Nihayetinde Dönülen Yerler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>152</v>
+        <v>198</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257785242</t>
+          <t>9786257785655</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Çukur</t>
+          <t>Biraz Evhamlı İshak Hoca'nın Karda Gece Yürüyüşü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>148</v>
+        <v>192</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257785235</t>
+          <t>9786257785662</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yapı ve Yasa</t>
+          <t>Kahrolmak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>162</v>
+        <v>192</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257785211</t>
+          <t>9786257785617</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hayata ve Edebiyata Dair Notlar</t>
+          <t>Sigara İçmemek</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>136</v>
+        <v>178</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257785044</t>
+          <t>9786257785228</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Ortamlarda Grup Terapileri</t>
+          <t>Geri Dön Her Şey Berbat Edildi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>148</v>
+        <v>152</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257785143</t>
+          <t>9786257785242</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Orhan Pamuk'a Satmak İstediğim Roman</t>
+          <t>Yıldızlı Çukur</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>162</v>
+        <v>148</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257785204</t>
+          <t>9786257785235</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuklar ve Gençler İçin Yaratıcı Müdahaleler</t>
+          <t>Yapı ve Yasa</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>592</v>
+        <v>162</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257785150</t>
+          <t>9786257785211</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Hayata ve Edebiyata Dair Notlar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>128</v>
+        <v>136</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257785136</t>
+          <t>9786257785044</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>General'in Yüzüğü</t>
+          <t>Çevrimiçi Ortamlarda Grup Terapileri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>162</v>
+        <v>148</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257785198</t>
+          <t>9786257785143</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Onlar ve Köpekleri</t>
+          <t>Orhan Pamuk'a Satmak İstediğim Roman</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>136</v>
+        <v>162</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257785181</t>
+          <t>9786257785204</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yas Sürecindeki Çocuklar İçin Yaratıcı Müdahaleler</t>
+          <t>Zor Çocuklar ve Gençler İçin Yaratıcı Müdahaleler</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>592</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257785006</t>
+          <t>9786257785150</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Çocuklar İçin Yaratıcı BDT Müdahaleleri</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>592</v>
+        <v>128</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257785037</t>
+          <t>9786257785136</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Arkadaşlıklar</t>
+          <t>General'in Yüzüğü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>412</v>
+        <v>162</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257785082</t>
+          <t>9786257785198</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare'den Hikayeler</t>
+          <t>Onlar ve Köpekleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>212</v>
+        <v>136</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257785105</t>
+          <t>9786257785181</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>Yas Sürecindeki Çocuklar İçin Yaratıcı Müdahaleler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>192</v>
+        <v>592</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257785099</t>
+          <t>9786257785006</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kemikler ve Komşuluklar</t>
+          <t>Kaygılı Çocuklar İçin Yaratıcı BDT Müdahaleleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>162</v>
+        <v>592</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257785112</t>
+          <t>9786257785037</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Blake ve Makus Talihi</t>
+          <t>Yeşeren Arkadaşlıklar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>198</v>
+        <v>412</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257785013</t>
+          <t>9786257785082</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Boşanma Süreci ile Başa Çıkmaları için Yaratıcı Müdahaleler</t>
+          <t>Shakespeare'den Hikayeler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>592</v>
+        <v>212</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257785020</t>
+          <t>9786257785105</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>162</v>
+        <v>192</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050618389</t>
+          <t>9786257785099</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Polis ve İlahi</t>
+          <t>Kemikler ve Komşuluklar</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>162</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050618358</t>
+          <t>9786257785112</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Frida</t>
+          <t>Blake ve Makus Talihi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>152</v>
+        <v>198</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050618372</t>
+          <t>9786257785013</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Başkan Mao'nun Gizli Hazinesi</t>
+          <t>Çocukların Boşanma Süreci ile Başa Çıkmaları için Yaratıcı Müdahaleler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>212</v>
+        <v>592</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050618365</t>
+          <t>9786257785020</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zehra, Zühre, Zeliha ve Suç</t>
+          <t>Orman Çocuğu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>148</v>
+        <v>162</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050618303</t>
+          <t>9786050618389</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Korku Üzerine Egemenlik Kurulamaz !</t>
+          <t>Polis ve İlahi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>179</v>
+        <v>162</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050618334</t>
+          <t>9786050618358</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Bakıyor Bazılarımız</t>
+          <t>Frida</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>179</v>
+        <v>152</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050618341</t>
+          <t>9786050618372</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Antonio ve Davit</t>
+          <t>Başkan Mao'nun Gizli Hazinesi</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>212</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786058026186</t>
+          <t>9786050618365</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yaka</t>
+          <t>Zehra, Zühre, Zeliha ve Suç</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>247</v>
+        <v>148</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786058026179</t>
+          <t>9786050618303</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Asuman - Amerika’da İslamiyet - Gürcü Köyleri</t>
+          <t>Korku Üzerine Egemenlik Kurulamaz !</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>159</v>
+        <v>179</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786058026131</t>
+          <t>9786050618334</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Her Şey Kutsaldır</t>
+          <t>Yıldızlara Bakıyor Bazılarımız</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786058026100</t>
+          <t>9786050618341</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hayata Tutunmak</t>
+          <t>Antonio ve Davit</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>148</v>
+        <v>212</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
+          <t>9786058026186</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Yaka</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786058026179</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Asuman - Amerika’da İslamiyet - Gürcü Köyleri</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786058026131</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Her Şey Kutsaldır</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786058026100</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Tutunmak</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
           <t>3990000026117</t>
         </is>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Tahta Kuşlar</t>
         </is>
       </c>
-      <c r="C146" s="1">
+      <c r="C150" s="1">
         <v>176</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>