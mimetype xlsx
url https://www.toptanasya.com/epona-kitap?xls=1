--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,2275 +85,2395 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256203396</t>
+          <t>9786256540965</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Zararları</t>
+          <t>Avı Durdurmak</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>192</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256203402</t>
+          <t>9786256540644</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Köprü ile Ne Yapılır?</t>
+          <t>Birlerken</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>118</v>
+        <v>192</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256203457</t>
+          <t>9786256540040</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>The Apartments of Istanbul - Beyoğlu (Ciltli)</t>
+          <t>Pembe Eldiven</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>2000</v>
+        <v>192</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256203426</t>
+          <t>9786256540002</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>O Zaman Görürüz Birbirimizi</t>
+          <t>Karanlık Replikaları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>242</v>
+        <v>256</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256203372</t>
+          <t>9786257785433</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Paddy Clarke Ha Ha Ha</t>
+          <t>Acemi Martılar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>348</v>
+        <v>196</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256203389</t>
+          <t>9786257785747</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Halleri</t>
+          <t>Kongo Blues</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>538</v>
+        <v>312</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256203327</t>
+          <t>9786257785600</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı</t>
+          <t>Nuh'un Gemisindeki Gençlik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>228</v>
+        <v>156</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256203358</t>
+          <t>9786256203495</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sakız Ağacı</t>
+          <t>İstanbul Apartmanları - Beyoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256203365</t>
+          <t>9786256203396</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Denizyıldızı</t>
+          <t>Yeryüzünün Zararları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>192</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256203341</t>
+          <t>9786256203402</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Poşetto</t>
+          <t>Bir Köprü ile Ne Yapılır?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>118</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256540781</t>
+          <t>9786256203457</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>O Eski Türkü</t>
+          <t>The Apartments of Istanbul - Beyoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>192</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257785679</t>
+          <t>9786256203426</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Elli İki Günlük Esaret</t>
+          <t>O Zaman Görürüz Birbirimizi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>198</v>
+        <v>312</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058026155</t>
+          <t>9786256203372</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beklemek Cehennemdir</t>
+          <t>Paddy Clarke Ha Ha Ha</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>179</v>
+        <v>412</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256540514</t>
+          <t>9786256203389</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Herkes Haklı</t>
+          <t>Dünyanın Halleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>421</v>
+        <v>538</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256203334</t>
+          <t>9786256203327</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Apartmanları Kadıköy</t>
+          <t>Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1800</v>
+        <v>252</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058025882</t>
+          <t>9786256203358</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Gibi Düşünmek</t>
+          <t>Sakız Ağacı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>375</v>
+        <v>189</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256203235</t>
+          <t>9786256203365</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Lolita</t>
+          <t>Kırmızı Denizyıldızı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>282</v>
+        <v>189</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256203211</t>
+          <t>9786256203341</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nadir Kopyalar</t>
+          <t>Poşetto</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>243</v>
+        <v>189</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256203280</t>
+          <t>9786256540781</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bütün Koşullar</t>
+          <t>O Eski Türkü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>138</v>
+        <v>232</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256203310</t>
+          <t>9786257785679</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çürük Tavşan</t>
+          <t>Elli İki Günlük Esaret</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>319.5</v>
+        <v>246</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256203204</t>
+          <t>9786058026155</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tractatus</t>
+          <t>Beklemek Cehennemdir</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256203303</t>
+          <t>9786256540514</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Böyle Devam Edemez</t>
+          <t>Herkes Haklı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>138</v>
+        <v>478</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256203242</t>
+          <t>9786256203334</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tek Yönlü Yolda Önde Giden Şoförün Tedirginliği</t>
+          <t>İstanbul Apartmanları Kadıköy</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>172</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256203266</t>
+          <t>9786058025882</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aeon Benlik</t>
+          <t>Mühendis Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256203259</t>
+          <t>9786256203235</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Potosi</t>
+          <t>Lolita</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>159</v>
+        <v>312</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256540842</t>
+          <t>9786256203211</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlikler Dünyasında Kaygı ile Başa Çıkma Rehberi</t>
+          <t>Nadir Kopyalar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>452</v>
+        <v>282</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256540859</t>
+          <t>9786256203280</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Duygular</t>
+          <t>Bütün Koşullar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>458</v>
+        <v>178</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257785174</t>
+          <t>9786256203310</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Fora Yelken - Yeni Dünya'ya</t>
+          <t>Çürük Tavşan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1118</v>
+        <v>344</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257785426</t>
+          <t>9786256203204</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Olağanhiçç</t>
+          <t>Tractatus</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>139</v>
+        <v>158</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257785730</t>
+          <t>9786256203303</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çot</t>
+          <t>Böyle Devam Edemez</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>149</v>
+        <v>178</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257785723</t>
+          <t>9786256203242</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kırkyama</t>
+          <t>Tek Yönlü Yolda Önde Giden Şoförün Tedirginliği</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256203198</t>
+          <t>9786256203266</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Lamia</t>
+          <t>Aeon Benlik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>196</v>
+        <v>442</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256203051</t>
+          <t>9786256203259</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Postrestant</t>
+          <t>Potosi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>289</v>
+        <v>182</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256540613</t>
+          <t>9786256540842</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Elmas Öfke</t>
+          <t>Belirsizlikler Dünyasında Kaygı ile Başa Çıkma Rehberi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>148</v>
+        <v>492</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256540330</t>
+          <t>9786256540859</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dün Bahardı</t>
+          <t>Yeşeren Duygular</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>192</v>
+        <v>497</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256540323</t>
+          <t>9786257785174</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Özür Dileriz</t>
+          <t>Fora Yelken - Yeni Dünya'ya</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>228</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256540873</t>
+          <t>9786257785426</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Tanışmanın Sakıncaları</t>
+          <t>Olağanhiçç</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>212</v>
+        <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256540910</t>
+          <t>9786257785730</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mogador’un Gizli Bahçeleri</t>
+          <t>Çot</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>269</v>
+        <v>172</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256540972</t>
+          <t>9786257785723</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Padalya</t>
+          <t>Kırkyama</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>148</v>
+        <v>196</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256540989</t>
+          <t>9786256203198</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bütün Haritaların Dışında</t>
+          <t>Lamia</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>138</v>
+        <v>232</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256540958</t>
+          <t>9786256203051</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mrksn</t>
+          <t>Postrestant</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>158</v>
+        <v>322</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256540941</t>
+          <t>9786256540613</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar X</t>
+          <t>Elmas Öfke</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>292</v>
+        <v>148</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256540866</t>
+          <t>9786256540330</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla</t>
+          <t>Dün Bahardı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>212</v>
+        <v>232</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256540927</t>
+          <t>9786256540323</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mezarlık Meyvesi</t>
+          <t>Özür Dileriz</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>153</v>
+        <v>268</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256540934</t>
+          <t>9786256540873</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Deli Defteri</t>
+          <t>Kendinle Tanışmanın Sakıncaları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>158</v>
+        <v>228</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256540507</t>
+          <t>9786256540910</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İçeride Bir Sürü Denyo Var</t>
+          <t>Mogador’un Gizli Bahçeleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>162</v>
+        <v>278</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257785075</t>
+          <t>9786256540972</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Pupa Yelken Kısmet’in Dünya Seyahati</t>
+          <t>Padalya</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1118</v>
+        <v>192</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256540828</t>
+          <t>9786256540989</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Buraların Yerlisi</t>
+          <t>Bütün Haritaların Dışında</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>148</v>
+        <v>188</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256540804</t>
+          <t>9786256540958</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Beni Öldürmeyen Şey</t>
+          <t>Mrksn</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>158</v>
+        <v>192</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256540798</t>
+          <t>9786256540941</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Roanake Star</t>
+          <t>Dalgalar X</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>158</v>
+        <v>322</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256540736</t>
+          <t>9786256540866</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Patlayıcı Olarak Selülozun Bağlamı</t>
+          <t>Yavaşla</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>158</v>
+        <v>228</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256540767</t>
+          <t>9786256540927</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Taş Tüter Duman Çatlar</t>
+          <t>Mezarlık Meyvesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>234</v>
+        <v>172</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256540668</t>
+          <t>9786256540934</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Enis Batur ile Türk Denemesi Üzerine</t>
+          <t>Deli Defteri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>159</v>
+        <v>188</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256540835</t>
+          <t>9786256540507</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Merhabayı Birinde Denedim Düştü Kırıldı</t>
+          <t>İçeride Bir Sürü Denyo Var</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>159</v>
+        <v>196</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256540811</t>
+          <t>9786257785075</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Eğri</t>
+          <t>Pupa Yelken Kısmet’in Dünya Seyahati</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>148</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256540774</t>
+          <t>9786256540828</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Kozmos</t>
+          <t>Buraların Yerlisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>189</v>
+        <v>148</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256540750</t>
+          <t>9786256540804</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Monograflar</t>
+          <t>Beni Öldürmeyen Şey</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>158</v>
+        <v>178</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256540675</t>
+          <t>9786256540798</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ben, Örümcek</t>
+          <t>Roanake Star</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>298</v>
+        <v>178</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256540279</t>
+          <t>9786256540736</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Derisi</t>
+          <t>Patlayıcı Olarak Selülozun Bağlamı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>372</v>
+        <v>178</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256540309</t>
+          <t>9786256540767</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane</t>
+          <t>Taş Tüter Duman Çatlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>312</v>
+        <v>248</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257785976</t>
+          <t>9786256540668</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Odası</t>
+          <t>Enis Batur ile Türk Denemesi Üzerine</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256540293</t>
+          <t>9786256540835</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Kere Şaşkınlık</t>
+          <t>Merhabayı Birinde Denedim Düştü Kırıldı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>194</v>
+        <v>178</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256540286</t>
+          <t>9786256540811</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Havanın Adları</t>
+          <t>Muazzam Eğri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>192</v>
+        <v>172</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256540682</t>
+          <t>9786256540774</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Replikalar Çölü</t>
+          <t>Ev Yapımı Kozmos</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>192</v>
+        <v>212</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256540446</t>
+          <t>9786256540750</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Suyun Dudaklarında</t>
+          <t>Monograflar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>214</v>
+        <v>178</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256540620</t>
+          <t>9786256540675</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Alaçko</t>
+          <t>Ben, Örümcek</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>148</v>
+        <v>328</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256540651</t>
+          <t>9786256540279</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Neden Böyle Olmasın</t>
+          <t>Gökyüzünün Derisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>148</v>
+        <v>412</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256540637</t>
+          <t>9786256540309</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dislektik Fünye</t>
+          <t>Tımarhane</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>139</v>
+        <v>352</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256540477</t>
+          <t>9786257785976</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Karışık Odalar</t>
+          <t>Tanrıların Odası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>179</v>
+        <v>212</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256540583</t>
+          <t>9786256540293</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kestirme</t>
+          <t>Dokuz Kere Şaşkınlık</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>169</v>
+        <v>238</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256540606</t>
+          <t>9786256540286</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İbrahimler Öldü Kuzuların Soyu Tükendi</t>
+          <t>Havanın Adları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>239</v>
+        <v>232</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256540491</t>
+          <t>9786256540682</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yakalı Toy Kuşu Uçsana</t>
+          <t>Replikalar Çölü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>189</v>
+        <v>222</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256540699</t>
+          <t>9786256540446</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda OKB'nin Bilişsel Davranışçı Tedavisi - Yanlış Alarm - Terapist Kitabı</t>
+          <t>Suyun Dudaklarında</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>488</v>
+        <v>242</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256540705</t>
+          <t>9786256540620</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Alarm - Bilişsel Davranışçı Tedavi Programı - Çalışma Kitabı</t>
+          <t>Alaçko</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>362</v>
+        <v>178</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257785945</t>
+          <t>9786256540651</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gandhi ile Molotof Kokteyli İçmek</t>
+          <t>Neden Böyle Olmasın</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>336</v>
+        <v>172</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256540484</t>
+          <t>9786256540637</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar ve Ötekiler</t>
+          <t>Dislektik Fünye</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>165</v>
+        <v>172</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256540026</t>
+          <t>9786256540477</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Homo Zapiens P Kuşağı</t>
+          <t>Karışık Odalar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>322</v>
+        <v>192</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256540385</t>
+          <t>9786256540583</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz</t>
+          <t>Kestirme</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>188</v>
+        <v>196</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257785884</t>
+          <t>9786256540606</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Gibi Düşünmek</t>
+          <t>İbrahimler Öldü Kuzuların Soyu Tükendi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>428</v>
+        <v>282</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256540019</t>
+          <t>9786256540491</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Basübadelmevt</t>
+          <t>Yakalı Toy Kuşu Uçsana</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>168</v>
+        <v>196</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050618396</t>
+          <t>9786256540699</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Devam Ediyor</t>
+          <t>Çocuklarda OKB'nin Bilişsel Davranışçı Tedavisi - Yanlış Alarm - Terapist Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>148</v>
+        <v>520</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256540033</t>
+          <t>9786256540705</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kafandaki Ağaçlar</t>
+          <t>Yanlış Alarm - Bilişsel Davranışçı Tedavi Programı - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>194</v>
+        <v>418</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257785440</t>
+          <t>9786257785945</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tekil A'nın Endişesi</t>
+          <t>Gandhi ile Molotof Kokteyli İçmek</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>178</v>
+        <v>392</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257785839</t>
+          <t>9786256540484</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bakışlar Koleksiyoncusu</t>
+          <t>Yabancılar ve Ötekiler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>178</v>
+        <v>188</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257785297</t>
+          <t>9786256540026</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Dönüm Noktası</t>
+          <t>Homo Zapiens P Kuşağı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>212</v>
+        <v>348</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257785068</t>
+          <t>9786256540385</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehrim</t>
+          <t>Salyangoz</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>192</v>
+        <v>212</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257785358</t>
+          <t>9786257785884</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ay Tilkisi</t>
+          <t>Mühendis Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>224</v>
+        <v>456</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257785846</t>
+          <t>9786256540019</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Dersaadet’te Gölge Oyunu</t>
+          <t>Basübadelmevt</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>196</v>
+        <v>192</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257785808</t>
+          <t>9786050618396</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dedi Şeytan Ceketini Alıp Giderken</t>
+          <t>Hikaye Devam Ediyor</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>162</v>
+        <v>148</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257785310</t>
+          <t>9786256540033</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bugün Kim Ölecek</t>
+          <t>Kafandaki Ağaçlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>168</v>
+        <v>212</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257785990</t>
+          <t>9786257785440</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Liderler En Son Yer</t>
+          <t>Tekil A'nın Endişesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>428</v>
+        <v>178</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257785983</t>
+          <t>9786257785839</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Keyif Almak</t>
+          <t>Kayıp Bakışlar Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>168</v>
+        <v>192</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257785914</t>
+          <t>9786257785297</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Noktürn ya da Küçük bir Köpek Valsi</t>
+          <t>Hayatımın Dönüm Noktası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>212</v>
+        <v>238</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257785938</t>
+          <t>9786257785068</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yarın FM</t>
+          <t>Kayıp Şehrim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>192</v>
+        <v>223</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257785921</t>
+          <t>9786257785358</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tıpkı Taşı</t>
+          <t>Yeni Ay Tilkisi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>166</v>
+        <v>248</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257785860</t>
+          <t>9786257785846</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Öz Güven</t>
+          <t>Karagöz Dersaadet’te Gölge Oyunu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>392</v>
+        <v>256</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257785877</t>
+          <t>9786257785808</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin Peşinde</t>
+          <t>Dedi Şeytan Ceketini Alıp Giderken</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>448</v>
+        <v>192</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257785785</t>
+          <t>9786257785310</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sırt Çantamdaki Asya</t>
+          <t>Bugün Kim Ölecek</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>162</v>
+        <v>192</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257785778</t>
+          <t>9786257785990</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dava Kapandı</t>
+          <t>Liderler En Son Yer</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>186</v>
+        <v>482</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257785396</t>
+          <t>9786257785983</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Parasız Yaşam Olur Mu?</t>
+          <t>Keyif Almak</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>196</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257785815</t>
+          <t>9786257785914</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yürümek İsteyen Ayak</t>
+          <t>Noktürn ya da Küçük bir Köpek Valsi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>139</v>
+        <v>256</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257785419</t>
+          <t>9786257785938</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kumaş</t>
+          <t>Yarın FM</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>148</v>
+        <v>212</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257785792</t>
+          <t>9786257785921</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Düşmenin Sınırı Yok</t>
+          <t>Tıpkı Taşı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>178</v>
+        <v>192</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257785389</t>
+          <t>9786257785860</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Denenmiş Şeyler</t>
+          <t>Çocukta Öz Güven</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>149</v>
+        <v>456</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257785754</t>
+          <t>9786257785877</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Önkudöde</t>
+          <t>Bir Hayalin Peşinde</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>248</v>
+        <v>612</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257785594</t>
+          <t>9786257785785</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Uğrak Mahallesi</t>
+          <t>Sırt Çantamdaki Asya</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>135</v>
+        <v>192</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058026117</t>
+          <t>9786257785778</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Herkes Dünyanın Merkezi</t>
+          <t>Dava Kapandı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>179</v>
+        <v>258</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257785709</t>
+          <t>9786257785396</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ve Diğerleri</t>
+          <t>Parasız Yaşam Olur Mu?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>169</v>
+        <v>312</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257785716</t>
+          <t>9786257785815</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sırasına Göre Keyfim Gayfe Öte'a'nazi</t>
+          <t>Yürümek İsteyen Ayak</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257785167</t>
+          <t>9786257785419</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Erotik Poetika</t>
+          <t>Kumaş</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>142</v>
+        <v>178</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257785624</t>
+          <t>9786257785792</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda</t>
+          <t>Düşmenin Sınırı Yok</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>156</v>
+        <v>192</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257785693</t>
+          <t>9786257785389</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kısmet’in Dümen Suyunda</t>
+          <t>Denenmiş Şeyler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>679</v>
+        <v>186</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257785648</t>
+          <t>9786257785754</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Madam’ın Unuttukları</t>
+          <t>Önkudöde</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>148</v>
+        <v>296</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257785686</t>
+          <t>9786257785594</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Huzurun Tarifi Yok</t>
+          <t>Ölülerin Uğrak Mahallesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>148</v>
+        <v>178</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257785631</t>
+          <t>9786058026117</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Nihayetinde Dönülen Yerler</t>
+          <t>Herkes Dünyanın Merkezi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>198</v>
+        <v>192</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257785655</t>
+          <t>9786257785709</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Biraz Evhamlı İshak Hoca'nın Karda Gece Yürüyüşü</t>
+          <t>Ve Diğerleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>192</v>
+        <v>188</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257785662</t>
+          <t>9786257785716</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kahrolmak</t>
+          <t>Sırasına Göre Keyfim Gayfe Öte'a'nazi</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>192</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257785617</t>
+          <t>9786257785167</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sigara İçmemek</t>
+          <t>Erotik Poetika</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257785228</t>
+          <t>9786257785624</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Geri Dön Her Şey Berbat Edildi</t>
+          <t>Dışarıda</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>152</v>
+        <v>196</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257785242</t>
+          <t>9786257785693</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Çukur</t>
+          <t>Kısmet’in Dümen Suyunda</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>148</v>
+        <v>778</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257785235</t>
+          <t>9786257785648</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yapı ve Yasa</t>
+          <t>Madam’ın Unuttukları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257785211</t>
+          <t>9786257785686</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hayata ve Edebiyata Dair Notlar</t>
+          <t>Huzurun Tarifi Yok</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>136</v>
+        <v>172</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257785044</t>
+          <t>9786257785631</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Ortamlarda Grup Terapileri</t>
+          <t>Nihayetinde Dönülen Yerler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>148</v>
+        <v>212</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257785143</t>
+          <t>9786257785655</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Orhan Pamuk'a Satmak İstediğim Roman</t>
+          <t>Biraz Evhamlı İshak Hoca'nın Karda Gece Yürüyüşü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>162</v>
+        <v>212</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257785204</t>
+          <t>9786257785662</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuklar ve Gençler İçin Yaratıcı Müdahaleler</t>
+          <t>Kahrolmak</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>592</v>
+        <v>212</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257785150</t>
+          <t>9786257785617</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Sigara İçmemek</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>128</v>
+        <v>212</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257785136</t>
+          <t>9786257785228</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>General'in Yüzüğü</t>
+          <t>Geri Dön Her Şey Berbat Edildi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>162</v>
+        <v>192</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257785198</t>
+          <t>9786257785242</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Onlar ve Köpekleri</t>
+          <t>Yıldızlı Çukur</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>136</v>
+        <v>188</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257785181</t>
+          <t>9786257785235</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yas Sürecindeki Çocuklar İçin Yaratıcı Müdahaleler</t>
+          <t>Yapı ve Yasa</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>592</v>
+        <v>192</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257785006</t>
+          <t>9786257785211</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Çocuklar İçin Yaratıcı BDT Müdahaleleri</t>
+          <t>Hayata ve Edebiyata Dair Notlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>592</v>
+        <v>152</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257785037</t>
+          <t>9786257785044</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Arkadaşlıklar</t>
+          <t>Çevrimiçi Ortamlarda Grup Terapileri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>412</v>
+        <v>192</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257785082</t>
+          <t>9786257785143</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare'den Hikayeler</t>
+          <t>Orhan Pamuk'a Satmak İstediğim Roman</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>212</v>
+        <v>192</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257785105</t>
+          <t>9786257785204</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>Zor Çocuklar ve Gençler İçin Yaratıcı Müdahaleler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>192</v>
+        <v>698</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257785099</t>
+          <t>9786257785150</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kemikler ve Komşuluklar</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257785112</t>
+          <t>9786257785136</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Blake ve Makus Talihi</t>
+          <t>General'in Yüzüğü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>198</v>
+        <v>192</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257785013</t>
+          <t>9786257785198</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Boşanma Süreci ile Başa Çıkmaları için Yaratıcı Müdahaleler</t>
+          <t>Onlar ve Köpekleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>592</v>
+        <v>178</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257785020</t>
+          <t>9786257785181</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu</t>
+          <t>Yas Sürecindeki Çocuklar İçin Yaratıcı Müdahaleler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>162</v>
+        <v>698</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050618389</t>
+          <t>9786257785006</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Polis ve İlahi</t>
+          <t>Kaygılı Çocuklar İçin Yaratıcı BDT Müdahaleleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>162</v>
+        <v>698</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050618358</t>
+          <t>9786257785037</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Frida</t>
+          <t>Yeşeren Arkadaşlıklar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>152</v>
+        <v>497</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050618372</t>
+          <t>9786257785082</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Başkan Mao'nun Gizli Hazinesi</t>
+          <t>Shakespeare'den Hikayeler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>212</v>
+        <v>278</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050618365</t>
+          <t>9786257785105</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Zehra, Zühre, Zeliha ve Suç</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>148</v>
+        <v>246</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050618303</t>
+          <t>9786257785099</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Korku Üzerine Egemenlik Kurulamaz !</t>
+          <t>Kemikler ve Komşuluklar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>179</v>
+        <v>212</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050618334</t>
+          <t>9786257785112</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Bakıyor Bazılarımız</t>
+          <t>Blake ve Makus Talihi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>179</v>
+        <v>212</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050618341</t>
+          <t>9786257785013</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Antonio ve Davit</t>
+          <t>Çocukların Boşanma Süreci ile Başa Çıkmaları için Yaratıcı Müdahaleler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>212</v>
+        <v>698</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786058026186</t>
+          <t>9786257785020</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yaka</t>
+          <t>Orman Çocuğu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>247</v>
+        <v>192</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786058026179</t>
+          <t>9786050618389</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Asuman - Amerika’da İslamiyet - Gürcü Köyleri</t>
+          <t>Polis ve İlahi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>159</v>
+        <v>198</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786058026131</t>
+          <t>9786050618358</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Her Şey Kutsaldır</t>
+          <t>Frida</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>179</v>
+        <v>192</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786058026100</t>
+          <t>9786050618372</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hayata Tutunmak</t>
+          <t>Başkan Mao'nun Gizli Hazinesi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>148</v>
+        <v>256</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
+          <t>9786050618365</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Zehra, Zühre, Zeliha ve Suç</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786050618303</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Korku Üzerine Egemenlik Kurulamaz !</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786050618334</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlara Bakıyor Bazılarımız</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786050618341</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Antonio ve Davit</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786058026186</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Yaka</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786058026179</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Asuman - Amerika’da İslamiyet - Gürcü Köyleri</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786058026131</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Her Şey Kutsaldır</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786058026100</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Tutunmak</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
           <t>3990000026117</t>
         </is>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Tahta Kuşlar</t>
         </is>
       </c>
-      <c r="C150" s="1">
+      <c r="C158" s="1">
         <v>176</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>