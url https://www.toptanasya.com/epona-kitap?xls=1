--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,2395 +85,2530 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256540965</t>
+          <t>9786256203556</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Avı Durdurmak</t>
+          <t>Fırtına Çıkmazı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>192</v>
+        <v>388</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256540644</t>
+          <t>9786058026162</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Birlerken</t>
+          <t>Meryem'in Suskunluğu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>192</v>
+        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256540040</t>
+          <t>9786058026124</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Pembe Eldiven</t>
+          <t>Cumbadaki Deli Kadın</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>192</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256540002</t>
+          <t>9786050618310</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Replikaları</t>
+          <t>Cemil Meriç: Bu Ülke'nin Aydınlık Nöbetçisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>256</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257785433</t>
+          <t>9786050618327</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Acemi Martılar</t>
+          <t>Muhammed Ali: Ringe Yazılan Tarih</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>196</v>
+        <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257785747</t>
+          <t>9786058026193</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kongo Blues</t>
+          <t>Samanişvili'nin Üvey Annesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>312</v>
+        <v>189</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257785600</t>
+          <t>9786256540392</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Nuh'un Gemisindeki Gençlik</t>
+          <t>Atlas Psikoloji</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>156</v>
+        <v>668</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256203495</t>
+          <t>9786256203471</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Apartmanları - Beyoğlu (Ciltli)</t>
+          <t>Bu Gecenin Sabahı Yok</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>2000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256203396</t>
+          <t>9786256203488</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Zararları</t>
+          <t>Tiger Koşmak İstemiyor</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>192</v>
+        <v>290</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256203402</t>
+          <t>9786256540965</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Köprü ile Ne Yapılır?</t>
+          <t>Avı Durdurmak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>118</v>
+        <v>192</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256203457</t>
+          <t>9786256540644</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>The Apartments of Istanbul - Beyoğlu (Ciltli)</t>
+          <t>Birlerken</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>2000</v>
+        <v>192</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256203426</t>
+          <t>9786256540040</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>O Zaman Görürüz Birbirimizi</t>
+          <t>Pembe Eldiven</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>312</v>
+        <v>192</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256203372</t>
+          <t>9786256540002</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Paddy Clarke Ha Ha Ha</t>
+          <t>Karanlık Replikaları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>412</v>
+        <v>256</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256203389</t>
+          <t>9786257785433</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Halleri</t>
+          <t>Acemi Martılar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>538</v>
+        <v>196</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256203327</t>
+          <t>9786257785747</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı</t>
+          <t>Kongo Blues</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>252</v>
+        <v>312</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256203358</t>
+          <t>9786257785600</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sakız Ağacı</t>
+          <t>Nuh'un Gemisindeki Gençlik</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>189</v>
+        <v>156</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256203365</t>
+          <t>9786256203495</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Denizyıldızı</t>
+          <t>İstanbul Apartmanları - Beyoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>189</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256203341</t>
+          <t>9786256203396</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Poşetto</t>
+          <t>Yeryüzünün Zararları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256540781</t>
+          <t>9786256203402</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>O Eski Türkü</t>
+          <t>Bir Köprü ile Ne Yapılır?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>232</v>
+        <v>178</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257785679</t>
+          <t>9786256203457</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Elli İki Günlük Esaret</t>
+          <t>The Apartments of Istanbul - Beyoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>246</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058026155</t>
+          <t>9786256203426</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beklemek Cehennemdir</t>
+          <t>O Zaman Görürüz Birbirimizi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>179</v>
+        <v>312</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256540514</t>
+          <t>9786256203372</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Herkes Haklı</t>
+          <t>Paddy Clarke Ha Ha Ha</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>478</v>
+        <v>412</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256203334</t>
+          <t>9786256203389</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Apartmanları Kadıköy</t>
+          <t>Dünyanın Halleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1800</v>
+        <v>538</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058025882</t>
+          <t>9786256203327</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Gibi Düşünmek</t>
+          <t>Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>375</v>
+        <v>252</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256203235</t>
+          <t>9786256203358</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Lolita</t>
+          <t>Sakız Ağacı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>312</v>
+        <v>189</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256203211</t>
+          <t>9786256203365</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nadir Kopyalar</t>
+          <t>Kırmızı Denizyıldızı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>282</v>
+        <v>189</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256203280</t>
+          <t>9786256203341</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bütün Koşullar</t>
+          <t>Poşetto</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>178</v>
+        <v>189</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256203310</t>
+          <t>9786256540781</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çürük Tavşan</t>
+          <t>O Eski Türkü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>344</v>
+        <v>232</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256203204</t>
+          <t>9786257785679</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tractatus</t>
+          <t>Elli İki Günlük Esaret</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>158</v>
+        <v>246</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256203303</t>
+          <t>9786058026155</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Böyle Devam Edemez</t>
+          <t>Beklemek Cehennemdir</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256203242</t>
+          <t>9786256540514</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tek Yönlü Yolda Önde Giden Şoförün Tedirginliği</t>
+          <t>Herkes Haklı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>192</v>
+        <v>478</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256203266</t>
+          <t>9786256203334</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aeon Benlik</t>
+          <t>İstanbul Apartmanları Kadıköy</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>442</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256203259</t>
+          <t>9786058025882</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Potosi</t>
+          <t>Mühendis Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>182</v>
+        <v>375</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256540842</t>
+          <t>9786256203235</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlikler Dünyasında Kaygı ile Başa Çıkma Rehberi</t>
+          <t>Lolita</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>492</v>
+        <v>312</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256540859</t>
+          <t>9786256203211</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Duygular</t>
+          <t>Nadir Kopyalar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>497</v>
+        <v>282</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257785174</t>
+          <t>9786256203280</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Fora Yelken - Yeni Dünya'ya</t>
+          <t>Bütün Koşullar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1248</v>
+        <v>178</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257785426</t>
+          <t>9786256203310</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Olağanhiçç</t>
+          <t>Çürük Tavşan</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>167</v>
+        <v>344</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257785730</t>
+          <t>9786256203204</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çot</t>
+          <t>Tractatus</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>172</v>
+        <v>158</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257785723</t>
+          <t>9786256203303</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kırkyama</t>
+          <t>Böyle Devam Edemez</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>196</v>
+        <v>178</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256203198</t>
+          <t>9786256203242</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Lamia</t>
+          <t>Tek Yönlü Yolda Önde Giden Şoförün Tedirginliği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>232</v>
+        <v>192</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256203051</t>
+          <t>9786256203266</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Postrestant</t>
+          <t>Aeon Benlik</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>322</v>
+        <v>442</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256540613</t>
+          <t>9786256203259</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Elmas Öfke</t>
+          <t>Potosi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>148</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256540330</t>
+          <t>9786256540842</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dün Bahardı</t>
+          <t>Belirsizlikler Dünyasında Kaygı ile Başa Çıkma Rehberi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>232</v>
+        <v>492</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256540323</t>
+          <t>9786256540859</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Özür Dileriz</t>
+          <t>Yeşeren Duygular</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>268</v>
+        <v>497</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256540873</t>
+          <t>9786257785174</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Tanışmanın Sakıncaları</t>
+          <t>Fora Yelken - Yeni Dünya'ya</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>228</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256540910</t>
+          <t>9786257785426</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mogador’un Gizli Bahçeleri</t>
+          <t>Olağanhiçç</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>278</v>
+        <v>167</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256540972</t>
+          <t>9786257785730</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Padalya</t>
+          <t>Çot</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>192</v>
+        <v>172</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256540989</t>
+          <t>9786257785723</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bütün Haritaların Dışında</t>
+          <t>Kırkyama</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>188</v>
+        <v>196</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256540958</t>
+          <t>9786256203198</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mrksn</t>
+          <t>Lamia</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>192</v>
+        <v>232</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256540941</t>
+          <t>9786256203051</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar X</t>
+          <t>Postrestant</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>322</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256540866</t>
+          <t>9786256540613</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla</t>
+          <t>Elmas Öfke</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>228</v>
+        <v>148</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256540927</t>
+          <t>9786256540330</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mezarlık Meyvesi</t>
+          <t>Dün Bahardı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>172</v>
+        <v>232</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256540934</t>
+          <t>9786256540323</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Deli Defteri</t>
+          <t>Özür Dileriz</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>188</v>
+        <v>268</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256540507</t>
+          <t>9786256540873</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İçeride Bir Sürü Denyo Var</t>
+          <t>Kendinle Tanışmanın Sakıncaları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>196</v>
+        <v>228</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257785075</t>
+          <t>9786256540910</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Pupa Yelken Kısmet’in Dünya Seyahati</t>
+          <t>Mogador’un Gizli Bahçeleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1248</v>
+        <v>278</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256540828</t>
+          <t>9786256540972</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Buraların Yerlisi</t>
+          <t>Padalya</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>148</v>
+        <v>192</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256540804</t>
+          <t>9786256540989</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Beni Öldürmeyen Şey</t>
+          <t>Bütün Haritaların Dışında</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>178</v>
+        <v>188</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256540798</t>
+          <t>9786256540958</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Roanake Star</t>
+          <t>Mrksn</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>178</v>
+        <v>192</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256540736</t>
+          <t>9786256540941</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Patlayıcı Olarak Selülozun Bağlamı</t>
+          <t>Dalgalar X</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>178</v>
+        <v>322</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256540767</t>
+          <t>9786256540866</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Taş Tüter Duman Çatlar</t>
+          <t>Yavaşla</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>248</v>
+        <v>228</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256540668</t>
+          <t>9786256540927</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Enis Batur ile Türk Denemesi Üzerine</t>
+          <t>Mezarlık Meyvesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>189</v>
+        <v>172</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256540835</t>
+          <t>9786256540934</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Merhabayı Birinde Denedim Düştü Kırıldı</t>
+          <t>Deli Defteri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>178</v>
+        <v>188</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256540811</t>
+          <t>9786256540507</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Eğri</t>
+          <t>İçeride Bir Sürü Denyo Var</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>172</v>
+        <v>196</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256540774</t>
+          <t>9786257785075</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Kozmos</t>
+          <t>Pupa Yelken Kısmet’in Dünya Seyahati</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>212</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256540750</t>
+          <t>9786256540828</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Monograflar</t>
+          <t>Buraların Yerlisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>178</v>
+        <v>172</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256540675</t>
+          <t>9786256540804</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ben, Örümcek</t>
+          <t>Beni Öldürmeyen Şey</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>328</v>
+        <v>178</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256540279</t>
+          <t>9786256540798</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Derisi</t>
+          <t>Roanake Star</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>412</v>
+        <v>178</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256540309</t>
+          <t>9786256540736</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane</t>
+          <t>Patlayıcı Olarak Selülozun Bağlamı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>352</v>
+        <v>178</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257785976</t>
+          <t>9786256540767</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Odası</t>
+          <t>Taş Tüter Duman Çatlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>212</v>
+        <v>248</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256540293</t>
+          <t>9786256540668</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Kere Şaşkınlık</t>
+          <t>Enis Batur ile Türk Denemesi Üzerine</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>238</v>
+        <v>189</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256540286</t>
+          <t>9786256540835</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Havanın Adları</t>
+          <t>Merhabayı Birinde Denedim Düştü Kırıldı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>232</v>
+        <v>178</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256540682</t>
+          <t>9786256540811</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Replikalar Çölü</t>
+          <t>Muazzam Eğri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>222</v>
+        <v>172</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256540446</t>
+          <t>9786256540774</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Suyun Dudaklarında</t>
+          <t>Ev Yapımı Kozmos</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>242</v>
+        <v>212</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256540620</t>
+          <t>9786256540750</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Alaçko</t>
+          <t>Monograflar</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256540651</t>
+          <t>9786256540675</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Neden Böyle Olmasın</t>
+          <t>Ben, Örümcek</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>172</v>
+        <v>328</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256540637</t>
+          <t>9786256540279</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dislektik Fünye</t>
+          <t>Gökyüzünün Derisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>172</v>
+        <v>412</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256540477</t>
+          <t>9786256540309</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Karışık Odalar</t>
+          <t>Tımarhane</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>192</v>
+        <v>352</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256540583</t>
+          <t>9786257785976</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kestirme</t>
+          <t>Tanrıların Odası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>196</v>
+        <v>212</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256540606</t>
+          <t>9786256540293</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İbrahimler Öldü Kuzuların Soyu Tükendi</t>
+          <t>Dokuz Kere Şaşkınlık</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>282</v>
+        <v>238</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256540491</t>
+          <t>9786256540286</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yakalı Toy Kuşu Uçsana</t>
+          <t>Havanın Adları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>196</v>
+        <v>232</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256540699</t>
+          <t>9786256540682</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda OKB'nin Bilişsel Davranışçı Tedavisi - Yanlış Alarm - Terapist Kitabı</t>
+          <t>Replikalar Çölü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>520</v>
+        <v>222</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256540705</t>
+          <t>9786256540446</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Alarm - Bilişsel Davranışçı Tedavi Programı - Çalışma Kitabı</t>
+          <t>Suyun Dudaklarında</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>418</v>
+        <v>242</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257785945</t>
+          <t>9786256540620</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gandhi ile Molotof Kokteyli İçmek</t>
+          <t>Alaçko</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>392</v>
+        <v>178</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256540484</t>
+          <t>9786256540651</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar ve Ötekiler</t>
+          <t>Neden Böyle Olmasın</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>188</v>
+        <v>172</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256540026</t>
+          <t>9786256540637</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Homo Zapiens P Kuşağı</t>
+          <t>Dislektik Fünye</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>348</v>
+        <v>172</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256540385</t>
+          <t>9786256540477</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz</t>
+          <t>Karışık Odalar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>212</v>
+        <v>192</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257785884</t>
+          <t>9786256540583</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Gibi Düşünmek</t>
+          <t>Kestirme</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>456</v>
+        <v>196</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256540019</t>
+          <t>9786256540606</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Basübadelmevt</t>
+          <t>İbrahimler Öldü Kuzuların Soyu Tükendi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>192</v>
+        <v>282</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050618396</t>
+          <t>9786256540491</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Devam Ediyor</t>
+          <t>Yakalı Toy Kuşu Uçsana</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>148</v>
+        <v>196</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256540033</t>
+          <t>9786256540699</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kafandaki Ağaçlar</t>
+          <t>Çocuklarda OKB'nin Bilişsel Davranışçı Tedavisi - Yanlış Alarm - Terapist Kitabı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>212</v>
+        <v>520</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257785440</t>
+          <t>9786256540705</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tekil A'nın Endişesi</t>
+          <t>Yanlış Alarm - Bilişsel Davranışçı Tedavi Programı - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>178</v>
+        <v>418</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257785839</t>
+          <t>9786257785945</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bakışlar Koleksiyoncusu</t>
+          <t>Gandhi ile Molotof Kokteyli İçmek</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>192</v>
+        <v>392</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257785297</t>
+          <t>9786256540484</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Dönüm Noktası</t>
+          <t>Yabancılar ve Ötekiler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>238</v>
+        <v>188</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257785068</t>
+          <t>9786256540026</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehrim</t>
+          <t>Homo Zapiens P Kuşağı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>223</v>
+        <v>348</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257785358</t>
+          <t>9786256540385</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ay Tilkisi</t>
+          <t>Salyangoz</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>248</v>
+        <v>212</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257785846</t>
+          <t>9786257785884</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Dersaadet’te Gölge Oyunu</t>
+          <t>Mühendis Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>256</v>
+        <v>456</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257785808</t>
+          <t>9786256540019</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dedi Şeytan Ceketini Alıp Giderken</t>
+          <t>Basübadelmevt</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>192</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257785310</t>
+          <t>9786050618396</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bugün Kim Ölecek</t>
+          <t>Hikaye Devam Ediyor</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>192</v>
+        <v>148</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257785990</t>
+          <t>9786256540033</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Liderler En Son Yer</t>
+          <t>Kafandaki Ağaçlar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>482</v>
+        <v>212</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257785983</t>
+          <t>9786257785440</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Keyif Almak</t>
+          <t>Tekil A'nın Endişesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>196</v>
+        <v>178</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257785914</t>
+          <t>9786257785839</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Noktürn ya da Küçük bir Köpek Valsi</t>
+          <t>Kayıp Bakışlar Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>256</v>
+        <v>192</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257785938</t>
+          <t>9786257785297</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yarın FM</t>
+          <t>Hayatımın Dönüm Noktası</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>212</v>
+        <v>238</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257785921</t>
+          <t>9786257785068</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tıpkı Taşı</t>
+          <t>Kayıp Şehrim</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>192</v>
+        <v>223</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257785860</t>
+          <t>9786257785358</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Öz Güven</t>
+          <t>Yeni Ay Tilkisi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>456</v>
+        <v>248</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257785877</t>
+          <t>9786257785846</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin Peşinde</t>
+          <t>Karagöz Dersaadet’te Gölge Oyunu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>612</v>
+        <v>256</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257785785</t>
+          <t>9786257785808</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sırt Çantamdaki Asya</t>
+          <t>Dedi Şeytan Ceketini Alıp Giderken</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>192</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257785778</t>
+          <t>9786257785310</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dava Kapandı</t>
+          <t>Bugün Kim Ölecek</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>258</v>
+        <v>192</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257785396</t>
+          <t>9786257785990</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Parasız Yaşam Olur Mu?</t>
+          <t>Liderler En Son Yer</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>312</v>
+        <v>482</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257785815</t>
+          <t>9786257785983</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yürümek İsteyen Ayak</t>
+          <t>Keyif Almak</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>178</v>
+        <v>196</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257785419</t>
+          <t>9786257785914</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kumaş</t>
+          <t>Noktürn ya da Küçük bir Köpek Valsi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>178</v>
+        <v>256</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257785792</t>
+          <t>9786257785938</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düşmenin Sınırı Yok</t>
+          <t>Yarın FM</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>192</v>
+        <v>212</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257785389</t>
+          <t>9786257785921</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Denenmiş Şeyler</t>
+          <t>Tıpkı Taşı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>186</v>
+        <v>192</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257785754</t>
+          <t>9786257785860</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Önkudöde</t>
+          <t>Çocukta Öz Güven</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>296</v>
+        <v>456</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257785594</t>
+          <t>9786257785877</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Uğrak Mahallesi</t>
+          <t>Bir Hayalin Peşinde</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>178</v>
+        <v>612</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786058026117</t>
+          <t>9786257785785</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Herkes Dünyanın Merkezi</t>
+          <t>Sırt Çantamdaki Asya</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>192</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257785709</t>
+          <t>9786257785778</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ve Diğerleri</t>
+          <t>Dava Kapandı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>188</v>
+        <v>258</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257785716</t>
+          <t>9786257785396</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sırasına Göre Keyfim Gayfe Öte'a'nazi</t>
+          <t>Parasız Yaşam Olur Mu?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>192</v>
+        <v>312</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257785167</t>
+          <t>9786257785815</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Erotik Poetika</t>
+          <t>Yürümek İsteyen Ayak</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257785624</t>
+          <t>9786257785419</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda</t>
+          <t>Kumaş</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>196</v>
+        <v>178</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257785693</t>
+          <t>9786257785792</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kısmet’in Dümen Suyunda</t>
+          <t>Düşmenin Sınırı Yok</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>778</v>
+        <v>192</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257785648</t>
+          <t>9786257785389</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Madam’ın Unuttukları</t>
+          <t>Denenmiş Şeyler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>168</v>
+        <v>186</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257785686</t>
+          <t>9786257785754</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Huzurun Tarifi Yok</t>
+          <t>Önkudöde</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>172</v>
+        <v>296</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257785631</t>
+          <t>9786257785594</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Nihayetinde Dönülen Yerler</t>
+          <t>Ölülerin Uğrak Mahallesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>212</v>
+        <v>178</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257785655</t>
+          <t>9786058026117</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Biraz Evhamlı İshak Hoca'nın Karda Gece Yürüyüşü</t>
+          <t>Herkes Dünyanın Merkezi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>212</v>
+        <v>192</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257785662</t>
+          <t>9786257785709</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kahrolmak</t>
+          <t>Ve Diğerleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>212</v>
+        <v>188</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257785617</t>
+          <t>9786257785716</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sigara İçmemek</t>
+          <t>Sırasına Göre Keyfim Gayfe Öte'a'nazi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>212</v>
+        <v>192</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257785228</t>
+          <t>9786257785167</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Geri Dön Her Şey Berbat Edildi</t>
+          <t>Erotik Poetika</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>192</v>
+        <v>182</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257785242</t>
+          <t>9786257785624</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Çukur</t>
+          <t>Dışarıda</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>188</v>
+        <v>196</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257785235</t>
+          <t>9786257785693</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yapı ve Yasa</t>
+          <t>Kısmet’in Dümen Suyunda</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>192</v>
+        <v>778</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257785211</t>
+          <t>9786257785648</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hayata ve Edebiyata Dair Notlar</t>
+          <t>Madam’ın Unuttukları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>152</v>
+        <v>168</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257785044</t>
+          <t>9786257785686</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Ortamlarda Grup Terapileri</t>
+          <t>Huzurun Tarifi Yok</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>192</v>
+        <v>172</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257785143</t>
+          <t>9786257785631</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Orhan Pamuk'a Satmak İstediğim Roman</t>
+          <t>Nihayetinde Dönülen Yerler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>192</v>
+        <v>212</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257785204</t>
+          <t>9786257785655</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuklar ve Gençler İçin Yaratıcı Müdahaleler</t>
+          <t>Biraz Evhamlı İshak Hoca'nın Karda Gece Yürüyüşü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>698</v>
+        <v>212</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257785150</t>
+          <t>9786257785662</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Kahrolmak</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>156</v>
+        <v>212</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257785136</t>
+          <t>9786257785617</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>General'in Yüzüğü</t>
+          <t>Sigara İçmemek</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>192</v>
+        <v>212</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257785198</t>
+          <t>9786257785228</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Onlar ve Köpekleri</t>
+          <t>Geri Dön Her Şey Berbat Edildi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>178</v>
+        <v>192</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257785181</t>
+          <t>9786257785242</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yas Sürecindeki Çocuklar İçin Yaratıcı Müdahaleler</t>
+          <t>Yıldızlı Çukur</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>698</v>
+        <v>188</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257785006</t>
+          <t>9786257785235</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Çocuklar İçin Yaratıcı BDT Müdahaleleri</t>
+          <t>Yapı ve Yasa</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>698</v>
+        <v>192</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257785037</t>
+          <t>9786257785211</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Arkadaşlıklar</t>
+          <t>Hayata ve Edebiyata Dair Notlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>497</v>
+        <v>152</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257785082</t>
+          <t>9786257785044</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare'den Hikayeler</t>
+          <t>Çevrimiçi Ortamlarda Grup Terapileri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>278</v>
+        <v>192</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257785105</t>
+          <t>9786257785143</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>Orhan Pamuk'a Satmak İstediğim Roman</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>246</v>
+        <v>192</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257785099</t>
+          <t>9786257785204</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kemikler ve Komşuluklar</t>
+          <t>Zor Çocuklar ve Gençler İçin Yaratıcı Müdahaleler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>212</v>
+        <v>698</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257785112</t>
+          <t>9786257785150</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Blake ve Makus Talihi</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>212</v>
+        <v>156</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257785013</t>
+          <t>9786257785136</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Boşanma Süreci ile Başa Çıkmaları için Yaratıcı Müdahaleler</t>
+          <t>General'in Yüzüğü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>698</v>
+        <v>192</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257785020</t>
+          <t>9786257785198</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu</t>
+          <t>Onlar ve Köpekleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>192</v>
+        <v>178</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050618389</t>
+          <t>9786257785181</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Polis ve İlahi</t>
+          <t>Yas Sürecindeki Çocuklar İçin Yaratıcı Müdahaleler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>198</v>
+        <v>698</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050618358</t>
+          <t>9786257785006</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Frida</t>
+          <t>Kaygılı Çocuklar İçin Yaratıcı BDT Müdahaleleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>192</v>
+        <v>698</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050618372</t>
+          <t>9786257785037</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Başkan Mao'nun Gizli Hazinesi</t>
+          <t>Yeşeren Arkadaşlıklar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>256</v>
+        <v>497</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050618365</t>
+          <t>9786257785082</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Zehra, Zühre, Zeliha ve Suç</t>
+          <t>Shakespeare'den Hikayeler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>176</v>
+        <v>278</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050618303</t>
+          <t>9786257785105</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Korku Üzerine Egemenlik Kurulamaz !</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>179</v>
+        <v>246</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050618334</t>
+          <t>9786257785099</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Bakıyor Bazılarımız</t>
+          <t>Kemikler ve Komşuluklar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>179</v>
+        <v>212</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050618341</t>
+          <t>9786257785112</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Antonio ve Davit</t>
+          <t>Blake ve Makus Talihi</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>212</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786058026186</t>
+          <t>9786257785013</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yaka</t>
+          <t>Çocukların Boşanma Süreci ile Başa Çıkmaları için Yaratıcı Müdahaleler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>292</v>
+        <v>698</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786058026179</t>
+          <t>9786257785020</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Asuman - Amerika’da İslamiyet - Gürcü Köyleri</t>
+          <t>Orman Çocuğu</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>192</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786058026131</t>
+          <t>9786050618389</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Her Şey Kutsaldır</t>
+          <t>Polis ve İlahi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>179</v>
+        <v>198</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786058026100</t>
+          <t>9786050618358</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hayata Tutunmak</t>
+          <t>Frida</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>192</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
+          <t>9786050618372</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Başkan Mao'nun Gizli Hazinesi</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786050618365</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Zehra, Zühre, Zeliha ve Suç</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786050618303</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Korku Üzerine Egemenlik Kurulamaz !</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786050618334</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlara Bakıyor Bazılarımız</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786050618341</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Antonio ve Davit</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786058026186</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Yaka</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786058026179</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Asuman - Amerika’da İslamiyet - Gürcü Köyleri</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786058026131</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Her Şey Kutsaldır</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786058026100</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Tutunmak</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
           <t>3990000026117</t>
         </is>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Tahta Kuşlar</t>
         </is>
       </c>
-      <c r="C158" s="1">
+      <c r="C167" s="1">
         <v>176</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>