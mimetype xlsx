--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,16120 +85,16150 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052797525</t>
+          <t>9786259667348</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Köfte ve Pirinç Patlağı 1 - Uzay Kaçkını</t>
+          <t>Keloğlan Kaybolan Kokular Ülkesinde</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052797778</t>
+          <t>9786259667355</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Köfte ve Pirinç Patlağı 2 - Dünya Şaşkını</t>
+          <t>Duygular Sahnede</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053498377</t>
+          <t>9786052797525</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Köfte ve Pirinç Patlağı 3 - Galaksi Taşkını</t>
+          <t>Köfte ve Pirinç Patlağı 1 - Uzay Kaçkını</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259667300</t>
+          <t>9786052797778</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kelime Terzisi</t>
+          <t>Köfte ve Pirinç Patlağı 2 - Dünya Şaşkını</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259667317</t>
+          <t>9786053498377</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tarihsever Çocuk - Ertuğrul Gazi</t>
+          <t>Köfte ve Pirinç Patlağı 3 - Galaksi Taşkını</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052796085</t>
+          <t>9786259667300</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aslan Dikkat ve Kodlama</t>
+          <t>Kelime Terzisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052796115</t>
+          <t>9786259667317</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aslan Matematik Etkinlikleri</t>
+          <t>Tarihsever Çocuk - Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052793664</t>
+          <t>9786052796085</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tozkoparan İskender: Bir Efsanenin Doğuşud</t>
+          <t>Aslan Dikkat ve Kodlama</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053499695</t>
+          <t>9786052796115</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mektup</t>
+          <t>Aslan Matematik Etkinlikleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053499701</t>
+          <t>9786052793664</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Arkadaşım</t>
+          <t>Tozkoparan İskender: Bir Efsanenin Doğuşud</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052793145</t>
+          <t>9786053499695</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Fark Yaratan Çocuklar</t>
+          <t>Gizemli Mektup</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755014814</t>
+          <t>9786053499701</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Güvercin İle Karınca</t>
+          <t>Tuhaf Arkadaşım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755014913</t>
+          <t>9786052793145</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yoksul Kunduracı</t>
+          <t>Fark Yaratan Çocuklar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>20</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755014944</t>
+          <t>9789755014814</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı İle Karısı</t>
+          <t>Güvercin İle Karınca</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755014906</t>
+          <t>9789755014913</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kedi İle Fareler</t>
+          <t>Yoksul Kunduracı</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755014937</t>
+          <t>9789755014944</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Cesur Terzi</t>
+          <t>Balıkçı İle Karısı</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755018720</t>
+          <t>9789755014906</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kır Öyküleri 2 : Şakacı Saksağanlar</t>
+          <t>Kedi İle Fareler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053495338</t>
+          <t>9789755014937</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Kedi’nin Masalı</t>
+          <t>Cesur Terzi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053495321</t>
+          <t>9789755018720</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tosbi ve Müzik Grubu</t>
+          <t>Kır Öyküleri 2 : Şakacı Saksağanlar</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052791509</t>
+          <t>9786053495338</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tembeller Okulu</t>
+          <t>Çizgili Kedi’nin Masalı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052791516</t>
+          <t>9786053495321</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Morali Bozuk Para</t>
+          <t>Tosbi ve Müzik Grubu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052791486</t>
+          <t>9786052791509</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gölge'nin Maceraları</t>
+          <t>Tembeller Okulu</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052791493</t>
+          <t>9786052791516</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çöp Tenekesi Kralı</t>
+          <t>Morali Bozuk Para</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052791479</t>
+          <t>9786052791486</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşını Arayan Deniz Feneri</t>
+          <t>Gölge'nin Maceraları</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052790243</t>
+          <t>9786052791493</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Deyim Yerindeyse</t>
+          <t>Çöp Tenekesi Kralı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052790502</t>
+          <t>9786052791479</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Şehri Vagu - İbi Öykülü Boyama Dizisi</t>
+          <t>Arkadaşını Arayan Deniz Feneri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052790526</t>
+          <t>9786052790243</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Şehri Sobo - İbi Öykülü Boyama Dizisi</t>
+          <t>Deyim Yerindeyse</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053490364</t>
+          <t>9786052790502</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Renk ve Şekilleri Öğreniyorum (36-48 Ay)</t>
+          <t>Su Altı Şehri Vagu - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053490340</t>
+          <t>9786052790526</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kavramları Öğreniyorum (36-48 Ay)</t>
+          <t>Kütüphane Şehri Sobo - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053490357</t>
+          <t>9786053490364</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çizgileri Öğreniyorum (36-48 Ay)</t>
+          <t>Renk ve Şekilleri Öğreniyorum (36-48 Ay)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>8680628431022</t>
+          <t>9786053490340</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa Eğleniyor (5 Kitap Takım)</t>
+          <t>Kavramları Öğreniyorum (36-48 Ay)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>95</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052790328</t>
+          <t>9786053490357</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aşiretten Beyliğe Ertuğrul Gazi</t>
+          <t>Çizgileri Öğreniyorum (36-48 Ay)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053499978</t>
+          <t>8680628431022</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tohumun Yolculuğu</t>
+          <t>Rafadan Tayfa Eğleniyor (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053499909</t>
+          <t>9786052790328</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Doğal Çevreler</t>
+          <t>Aşiretten Beyliğe Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052790465</t>
+          <t>9786053499978</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı’ndan Dualar</t>
+          <t>Tohumun Yolculuğu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>28</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052790472</t>
+          <t>9786053499909</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk - Ne Oynayacağımı Biliyorum!</t>
+          <t>Doğal Çevreler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>17</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052790489</t>
+          <t>9786052790465</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk - Nasıl Davranacağımı Biliyorum!</t>
+          <t>Portakal Ağacı’ndan Dualar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052790496</t>
+          <t>9786052790472</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk - Hangi Sporu Yapacağımı Biliyorum!</t>
+          <t>Kuzucuk - Ne Oynayacağımı Biliyorum!</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052790410</t>
+          <t>9786052790489</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Koleksiyon - Rafadan Tayfa 1</t>
+          <t>Kuzucuk - Nasıl Davranacağımı Biliyorum!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052790397</t>
+          <t>9786052790496</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kendini Onun yerine Koy - Rafadan Tayfa 2</t>
+          <t>Kuzucuk - Hangi Sporu Yapacağımı Biliyorum!</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052790403</t>
+          <t>9786052790410</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Define Avı - Rafadan Tayfa 3</t>
+          <t>Eşsiz Koleksiyon - Rafadan Tayfa 1</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053499718</t>
+          <t>9786052790397</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernitede Denge Sultan 2. Abdulhamit</t>
+          <t>Kendini Onun yerine Koy - Rafadan Tayfa 2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755017839</t>
+          <t>9786052790403</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çizelim - Parmak Boyası İle Sanat Etkinlikleri</t>
+          <t>Define Avı - Rafadan Tayfa 3</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052790434</t>
+          <t>9786053499718</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Muhafızları - Rafadan Tayfa Eğleniyor</t>
+          <t>Gelenek ve Modernitede Denge Sultan 2. Abdulhamit</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755017730</t>
+          <t>9789755017839</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Dünyam</t>
+          <t>Çizelim - Parmak Boyası İle Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052790380</t>
+          <t>9786052790434</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hoppa ve Pumba'yla Cetvelsiz Sorular</t>
+          <t>Sağlık Muhafızları - Rafadan Tayfa Eğleniyor</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053499381</t>
+          <t>9789755017730</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çöl Develeri</t>
+          <t>Çizgi Dünyam</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755016788</t>
+          <t>9786052790380</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuk Ulya Topkapı Sarayı'nda</t>
+          <t>Hoppa ve Pumba'yla Cetvelsiz Sorular</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>16</v>
+        <v>45</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053490180</t>
+          <t>9786053499381</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler 1 - Sihirli Öpücük</t>
+          <t>Mavi Çöl Develeri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>7.41</v>
+        <v>27</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755018423</t>
+          <t>9789755016788</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorler</t>
+          <t>Uzaylı Çocuk Ulya Topkapı Sarayı'nda</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>90</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755011301</t>
+          <t>9786053490180</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yüz Akı</t>
+          <t>Güzel Öyküler 1 - Sihirli Öpücük</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755019499</t>
+          <t>9789755018423</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Üç Silahşorler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755011318</t>
+          <t>9789755011301</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Yüz Akı</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755013336</t>
+          <t>9789755019499</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>2.55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755017426</t>
+          <t>9789755011318</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri - Vatan Yahut Silistre</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755071176</t>
+          <t>9789755013336</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler Kralın Hizmetinde</t>
+          <t>Venedik Taciri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>2.08</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755013145</t>
+          <t>9789755017426</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda Bir Ülke</t>
+          <t>İlk Gençlik Klasikleri - Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>32</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755010274</t>
+          <t>9789755071176</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uğurlu Çocuk</t>
+          <t>Üç Silahşörler Kralın Hizmetinde</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>7</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755014074</t>
+          <t>9789755013145</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçtu Şiir Uçtu</t>
+          <t>Uzaklarda Bir Ülke</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>7.41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755011332</t>
+          <t>9789755010274</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uçan Prens Hint Masalları</t>
+          <t>Uğurlu Çocuk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755011257</t>
+          <t>9789755014074</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kısrak Arap Masalları</t>
+          <t>Uçtu Uçtu Şiir Uçtu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>2.55</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755019512</t>
+          <t>9789755011332</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Uçan Prens Hint Masalları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>30</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755017976</t>
+          <t>9789755011257</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tıpkı Nasrettin Hoca Gibi</t>
+          <t>Uçan Kısrak Arap Masalları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>8.8</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755011240</t>
+          <t>9789755019512</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tavus Prenses Çin Masalları</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>2.55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755010281</t>
+          <t>9789755017976</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şehir Çocuğu</t>
+          <t>Tıpkı Nasrettin Hoca Gibi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>7</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755019482</t>
+          <t>9789755011240</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Tavus Prenses Çin Masalları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>30</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755011660</t>
+          <t>9789755010281</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye’de Bayram Sabahı - Yahya Kemal Beyatlı'nın Hayatı ve Eserlerinden Seçmeler</t>
+          <t>Şehir Çocuğu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755016757</t>
+          <t>9789755019482</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 5</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755016740</t>
+          <t>9789755011660</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 4</t>
+          <t>Süleymaniye’de Bayram Sabahı - Yahya Kemal Beyatlı'nın Hayatı ve Eserlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>16.67</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755016764</t>
+          <t>9789755016757</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 3</t>
+          <t>Soru Bankası 5</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755016771</t>
+          <t>9789755016740</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 2</t>
+          <t>Soru Bankası 4</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755010298</t>
+          <t>9789755016764</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Son Çocuk</t>
+          <t>Soru Bankası 3</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>7</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755010717</t>
+          <t>9789755016771</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Soru Bankası 2</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>2.55</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755013268</t>
+          <t>9789755010298</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Sihirli Yüzük</t>
+          <t>Son Çocuk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755014098</t>
+          <t>9789755010717</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Ne Renk Ayakkabı Giyer?</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>14</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755011028</t>
+          <t>9789755013268</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Elma Lübnan Masalları</t>
+          <t>Sarı Papatya Dizisi - Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>2.55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755013831</t>
+          <t>9789755014098</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Annelerim</t>
+          <t>Uzaylılar Ne Renk Ayakkabı Giyer?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>32</v>
+        <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755013695</t>
+          <t>9789755011028</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sesimi Duyuyor Musun?</t>
+          <t>Sihirli Elma Lübnan Masalları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>32</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755017181</t>
+          <t>9789755013831</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sayı Bahçesi</t>
+          <t>Sevgili Annelerim</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755013909</t>
+          <t>9789755013695</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Eğitim Üzerine</t>
+          <t>Sesimi Duyuyor Musun?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755018638</t>
+          <t>9789755017181</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu’ndaki Karagöz İle Hacivat</t>
+          <t>Sayı Bahçesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>3.24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755010304</t>
+          <t>9789755013909</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sakat Çocuk</t>
+          <t>Sanat ve Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>7</v>
+        <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755013305</t>
+          <t>9789755018638</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sabır Taşı</t>
+          <t>Samanyolu’ndaki Karagöz İle Hacivat</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>25</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755018478</t>
+          <t>9789755010304</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Sakat Çocuk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755012964</t>
+          <t>9789755013305</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan Kara Kanca’ya Karşı</t>
+          <t>Sabır Taşı</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755012957</t>
+          <t>9789755018478</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Papatya Dizisi 22 - Peter Pan Düşler Adası’nda</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755018430</t>
+          <t>9789755012964</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Peter Pan Kara Kanca’ya Karşı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755011325</t>
+          <t>9789755012957</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Papatya Dizisi 22 - Peter Pan Düşler Adası’nda</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>6.48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755019468</t>
+          <t>9789755018430</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755019505</t>
+          <t>9789755011325</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>30</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755016221</t>
+          <t>9789755019468</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Papatya Dizisi ( 30 Kitap Takım)</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>500</v>
+        <v>30</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755012261</t>
+          <t>9789755019505</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Papağanın Hikayeleri - Tuti-name</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>2.55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755012889</t>
+          <t>9789755016221</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Papatya Dizisi ( 30 Kitap Takım)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>25</v>
+        <v>500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755018416</t>
+          <t>9789755012261</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer ( +12 )</t>
+          <t>Papağanın Hikayeleri - Tuti-name</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>90</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755010786</t>
+          <t>9789755012889</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Örnek Kompozisyonlu Atasözleri Sözlüğü</t>
+          <t>Beyaz Papatya Dizisi - Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>4.63</v>
+        <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755016313</t>
+          <t>9789755018416</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Külliyatı (10 Kitap Takım)</t>
+          <t>Tom Sawyer ( +12 )</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>64.81</v>
+        <v>90</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755014799</t>
+          <t>9789755010786</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Matematik 5</t>
+          <t>Örnek Kompozisyonlu Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>13.43</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755014780</t>
+          <t>9789755016313</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Matematik 4</t>
+          <t>Ömer Seyfettin Külliyatı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>13.43</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755017662</t>
+          <t>9789755014799</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Renk Şekil ve Kavram Etkinlikleri</t>
+          <t>Öğreten Matematik 5</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>25</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755017648</t>
+          <t>9789755014780</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Nur Ana Büyük Ada’da Macera</t>
+          <t>Öğreten Matematik 4</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>35</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755014050</t>
+          <t>9789755017662</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nur Ana</t>
+          <t>Okul Öncesi Renk Şekil ve Kavram Etkinlikleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755010311</t>
+          <t>9789755017648</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ninelerin Ninesi</t>
+          <t>Nur Ana Büyük Ada’da Macera</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>7</v>
+        <v>35</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755013923</t>
+          <t>9789755014050</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Rüya İlköğretim Okulları İçin Piyes</t>
+          <t>Nur Ana</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>5.56</v>
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755013763</t>
+          <t>9789755010311</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kız</t>
+          <t>Ninelerin Ninesi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755010496</t>
+          <t>9789755013923</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Robinson Kruso</t>
+          <t>Uzaydan Gelen Rüya İlköğretim Okulları İçin Piyes</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>2.55</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755012940</t>
+          <t>9789755013763</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Rüya Kız</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>3990000024645</t>
+          <t>9789755010496</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Küçük Endişeler Dizisi (7 Kitap Takım)</t>
+          <t>Robinson Kruso</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>45.37</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053490319</t>
+          <t>9789755012940</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çocuklar Okul Öncesi Eğitim Seti (16 Kitap)</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120.37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053491224</t>
+          <t>3990000024645</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yorgan Gitti Kavga Bitti</t>
+          <t>Küçük Endişeler Dizisi (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>0.69</v>
+        <v>45.37</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053491231</t>
+          <t>9786053490319</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çömlek Hesabı</t>
+          <t>Neşeli Çocuklar Okul Öncesi Eğitim Seti (16 Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>0.69</v>
+        <v>120.37</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053491118</t>
+          <t>9786053491224</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ben Sağken</t>
+          <t>Yorgan Gitti Kavga Bitti</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053491125</t>
+          <t>9786053491231</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İnanmazsan Say</t>
+          <t>Çömlek Hesabı</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053491156</t>
+          <t>9786053491118</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Peşin Para</t>
+          <t>Ben Sağken</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053491163</t>
+          <t>9786053491125</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Suyunun Suyu</t>
+          <t>İnanmazsan Say</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053491200</t>
+          <t>9786053491156</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ye Kürküm Ye</t>
+          <t>Peşin Para</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053490876</t>
+          <t>9786053491163</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Et Mi Kedi Mi ?</t>
+          <t>Suyunun Suyu</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053491088</t>
+          <t>9786053491200</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Doğuran Kazan</t>
+          <t>Ye Kürküm Ye</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>8680628430247</t>
+          <t>9786053490876</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'dan Seçmeler (10 Kİtap Takım)</t>
+          <t>Et Mi Kedi Mi ?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>20</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053490920</t>
+          <t>9786053491088</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kandil ve Kazan</t>
+          <t>Doğuran Kazan</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789755010328</t>
+          <t>8680628430247</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mine’nin Arkadaşı</t>
+          <t>Nasrettin Hoca'dan Seçmeler (10 Kİtap Takım)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>7</v>
+        <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789755012902</t>
+          <t>9786053490920</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler Üç Balık</t>
+          <t>Kandil ve Kazan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>25</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755010342</t>
+          <t>9789755010328</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mercan Kolye</t>
+          <t>Mine’nin Arkadaşı</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789755013138</t>
+          <t>9789755012902</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tüllü Balerinler</t>
+          <t>Mesnevi’den Seçmeler Üç Balık</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755017198</t>
+          <t>9789755010342</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Matematik Bahçesi</t>
+          <t>Mercan Kolye</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755016603</t>
+          <t>9789755013138</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 9 Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
+          <t>Mavi Tüllü Balerinler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>6.94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755016566</t>
+          <t>9789755017198</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 8 Tik Tak Tik Tak Ağaçkakan Susi'ye Bak</t>
+          <t>Matematik Bahçesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>6.94</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755016535</t>
+          <t>9789755016603</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 7 Pazartesi Salı Şişman Bir Arı</t>
+          <t>Masallı Eğitim Seti 9 Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755016528</t>
+          <t>9789755016566</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 6 Altı Yedi Sarı Kedi</t>
+          <t>Masallı Eğitim Seti 8 Tik Tak Tik Tak Ağaçkakan Susi'ye Bak</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755016511</t>
+          <t>9789755016535</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 5 Fare Mumu ve Beş Duyu</t>
+          <t>Masallı Eğitim Seti 7 Pazartesi Salı Şişman Bir Arı</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755016573</t>
+          <t>9789755016528</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 4 Kalın-İnce Düz-Eğri Sizce Ne Yapmalı Kirpi Kiki?</t>
+          <t>Masallı Eğitim Seti 6 Altı Yedi Sarı Kedi</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755016597</t>
+          <t>9789755016511</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 3 Sarı Kırmızı Mavi Üzgün Palyaço Titi</t>
+          <t>Masallı Eğitim Seti 5 Fare Mumu ve Beş Duyu</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755016580</t>
+          <t>9789755016573</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 2 Pituki ve Bulut Bubi</t>
+          <t>Masallı Eğitim Seti 4 Kalın-İnce Düz-Eğri Sizce Ne Yapmalı Kirpi Kiki?</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755016559</t>
+          <t>9789755016597</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 10 Uykucu Pepe ve Abece</t>
+          <t>Masallı Eğitim Seti 3 Sarı Kırmızı Mavi Üzgün Palyaço Titi</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755016023</t>
+          <t>9789755016580</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Masal Uçağı</t>
+          <t>Masallı Eğitim Seti 2 Pituki ve Bulut Bubi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>22</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755013947</t>
+          <t>9789755016559</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Masal Sokağı</t>
+          <t>Masallı Eğitim Seti 10 Uykucu Pepe ve Abece</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>60</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755013961</t>
+          <t>9789755016023</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Masal Ormanı</t>
+          <t>Masal Uçağı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755016283</t>
+          <t>9789755013947</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Masal Klasikleri Dizisi (20 Kitap Takım)</t>
+          <t>Masal Sokağı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>50.93</v>
+        <v>60</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755016610</t>
+          <t>9789755013961</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 6 - Masal Dükkanı</t>
+          <t>Masal Ormanı</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755013954</t>
+          <t>9789755016283</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizi</t>
+          <t>Masal Klasikleri Dizisi (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>22</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755016627</t>
+          <t>9789755016610</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 7 - Masal Anne</t>
+          <t>Masal Zamanı Dizisi 6 - Masal Dükkanı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755018515</t>
+          <t>9789755013954</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Lassie</t>
+          <t>Masal Denizi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>110</v>
+        <v>22</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755012056</t>
+          <t>9789755016627</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları</t>
+          <t>Masal Zamanı Dizisi 7 - Masal Anne</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>2.55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755013244</t>
+          <t>9789755018515</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Lassie</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>25</v>
+        <v>110</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755013237</t>
+          <t>9789755012056</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-Küçük Deniz Kızı</t>
+          <t>La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>16</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755013992</t>
+          <t>9789755013244</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Koşanlar</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755016368</t>
+          <t>9789755013237</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Hikayeleri</t>
+          <t>Sarı Papatya Dizisi-Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>16</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755010359</t>
+          <t>9789755013992</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kolsuz Bebek</t>
+          <t>Kurtuluşa Koşanlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>7</v>
+        <v>55</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755015408</t>
+          <t>9789755016368</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma Alışkanlığı Kazandırma Projesi</t>
+          <t>Kurtuluş Savaşı Hikayeleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>7.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755012872</t>
+          <t>9789755010359</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Şapkalı Kız Perrault Masalları</t>
+          <t>Kolsuz Bebek</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789755013251</t>
+          <t>9789755015408</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Papuçlar</t>
+          <t>Kitap Okuma Alışkanlığı Kazandırma Projesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755013701</t>
+          <t>9789755012872</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Boncuklar</t>
+          <t>Kırmızı Şapkalı Kız Perrault Masalları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755016290</t>
+          <t>9789755013251</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kemalettin Tuğcu’dan Seçmeler 20 Kitap Takım</t>
+          <t>Kırmızı Papuçlar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755010977</t>
+          <t>9789755013701</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Kırk Haramiler</t>
+          <t>Kırmızı Boncuklar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>2.55</v>
+        <v>32</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755019475</t>
+          <t>9789755016290</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Kemalettin Tuğcu’dan Seçmeler 20 Kitap Takım</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755013756</t>
+          <t>9789755010977</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kakara Kikiri Fıkralar</t>
+          <t>Keloğlan ile Kırk Haramiler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755011035</t>
+          <t>9789755019475</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalpli Kız Anadolu Masalları 2</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>2.55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>3990000010912</t>
+          <t>9789755013756</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İlk Yazı Kitabım 4</t>
+          <t>Kakara Kikiri Fıkralar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755014535</t>
+          <t>9789755011035</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İlk Yazı Kitabım 1</t>
+          <t>İyi Kalpli Kız Anadolu Masalları 2</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>5</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789755012933</t>
+          <t>3990000010912</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-İki İnatçı Keçi</t>
+          <t>İlk Yazı Kitabım 4</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755010366</t>
+          <t>9789755014535</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İçler Acısı</t>
+          <t>İlk Yazı Kitabım 1</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755010335</t>
+          <t>9789755012933</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hırdavatçı Dede</t>
+          <t>Sarı Papatya Dizisi-İki İnatçı Keçi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755012988</t>
+          <t>9789755010366</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Heidi</t>
+          <t>İçler Acısı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755011127</t>
+          <t>9789755010335</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Hırdavatçı Dede</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755014081</t>
+          <t>9789755012988</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Güneşle Ay Duymasın</t>
+          <t>Beyaz Papatya Dizisi - Heidi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>4.63</v>
+        <v>25</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755011691</t>
+          <t>9789755011127</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğusu Ay Batısı İskandinav Masalları</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>2.55</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755011011</t>
+          <t>9789755014081</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Tavşan İran Masalları</t>
+          <t>Güneşle Ay Duymasın</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>2.55</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755017464</t>
+          <t>9789755011691</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 12 - Güliver’in Gezileri</t>
+          <t>Gün Doğusu Ay Batısı İskandinav Masalları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>75</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755011592</t>
+          <t>9789755011011</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Gülçin Abla</t>
+          <t>Gümüş Tavşan İran Masalları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>7</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>3990000006480</t>
+          <t>9789755017464</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları: Gül Perisi</t>
+          <t>İlk Gençlik Klasikleri 12 - Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>2.55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755011141</t>
+          <t>9789755011592</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Gülçin Abla</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755010984</t>
+          <t>3990000006480</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Gemici Sinbad’ın Serüvenleri Binbir Gece Masalları 1</t>
+          <t>Andersen Masalları: Gül Perisi</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755011585</t>
+          <t>9789755011141</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşları</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755013787</t>
+          <t>9789755010984</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Fili Fili Kuş Dili Bilmeceler</t>
+          <t>Gemici Sinbad’ın Serüvenleri Binbir Gece Masalları 1</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755013817</t>
+          <t>9789755011585</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Fener Adası Çocukları</t>
+          <t>Gece Kuşları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755017204</t>
+          <t>9789755013787</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Doğa Bahçesi</t>
+          <t>Fili Fili Kuş Dili Bilmeceler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>27.78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755011578</t>
+          <t>9789755013817</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Masal</t>
+          <t>Fener Adası Çocukları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>7</v>
+        <v>32</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000014506</t>
+          <t>9789755017204</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Erdem Eğitici Boyama 8 Kitap Takım</t>
+          <t>Fen ve Doğa Bahçesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>12.96</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755010779</t>
+          <t>9789755011578</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Türk Masalları</t>
+          <t>Eski Bir Masal</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>8680628430032</t>
+          <t>3990000014506</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bitişik Eğik Yazılı Dünya Masalları 2 (10 Kitap Takım)</t>
+          <t>Erdem Eğitici Boyama 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755011295</t>
+          <t>9789755010779</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>En Güzel Türk Masalları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>6.48</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755019444</t>
+          <t>8680628430032</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Bitişik Eğik Yazılı Dünya Masalları 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>30</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755010014</t>
+          <t>9789755011295</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>1.85</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755017228</t>
+          <t>9789755019444</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Görsel Algı ve Düşünme Becerileri 2</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>34.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755010144</t>
+          <t>9789755010014</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Denizde Kaybolan Yıldız</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>2.55</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755011561</t>
+          <t>9789755017228</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı</t>
+          <t>Dikkat Görsel Algı ve Düşünme Becerileri 2</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>7</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755018409</t>
+          <t>9789755010144</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 10 - Denizaltında 20.000 Fersah</t>
+          <t>Denizde Kaybolan Yıldız</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755018508</t>
+          <t>9789755011561</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları</t>
+          <t>Deniz Kızı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>7</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755018546</t>
+          <t>9789755018409</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 27 - Define Adası</t>
+          <t>İlk Gençlik Klasikleri 10 - Denizaltında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755012841</t>
+          <t>9789755018508</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Masalları 10 Masal (Ciltli)</t>
+          <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>10.19</v>
+        <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755011554</t>
+          <t>9789755018546</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dede ile Torun</t>
+          <t>İlk Gençlik Klasikleri 27 - Define Adası</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>7</v>
+        <v>110</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755011547</t>
+          <t>9789755012841</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hırsızları</t>
+          <t>Dede Korkut Masalları 10 Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>7</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755013855</t>
+          <t>9789755011554</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Uyku Problemini Gidermek İçin 55 Öneri</t>
+          <t>Dede ile Torun</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755013862</t>
+          <t>9789755011547</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Öfkesini Gidermek İçin 55 Öneri</t>
+          <t>Çocuk Hırsızları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>9.26</v>
+        <v>7</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755013886</t>
+          <t>9789755013855</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Korku Problemini Gidermek İçin 55 Öneri</t>
+          <t>Çocuğunuzun Uyku Problemini Gidermek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755013893</t>
+          <t>9789755013862</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Sakinleştirmek İçin 55 Öneri</t>
+          <t>Çocuğunuzun Öfkesini Gidermek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755013879</t>
+          <t>9789755013886</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Kavgacı Tutumundan Uzaklaştırmak İçin 55 Öneri</t>
+          <t>Çocuğunuzun Korku Problemini Gidermek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755013794</t>
+          <t>9789755013893</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-Çizmeli Kedi</t>
+          <t>Çocuğunuzu Sakinleştirmek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>16</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755017235</t>
+          <t>9789755013879</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Bahçesi</t>
+          <t>Çocuğunuzu Kavgacı Tutumundan Uzaklaştırmak İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755011530</t>
+          <t>9789755013794</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çingene Kızı</t>
+          <t>Sarı Papatya Dizisi-Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755011066</t>
+          <t>9789755017235</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çin Dağı Çin Çin Dağı Anadolu Masalları 1</t>
+          <t>Çizgi Bahçesi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>2.55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755011523</t>
+          <t>9789755011530</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çifte Kumrular</t>
+          <t>Çingene Kızı</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755014005</t>
+          <t>9789755011066</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’nin İsimsiz Kahramanları</t>
+          <t>Çin Dağı Çin Çin Dağı Anadolu Masalları 1</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>45</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755014234</t>
+          <t>9789755011523</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İçinde Vurdular Beni</t>
+          <t>Çifte Kumrular</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755011516</t>
+          <t>9789755014005</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ceylanlı Bahçe</t>
+          <t>Çanakkale’nin İsimsiz Kahramanları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>7</v>
+        <v>45</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755016832</t>
+          <t>9789755014234</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Candaranın Hediyesi  Taşlar Krallığı Üçlemesi 1</t>
+          <t>Çanakkale İçinde Vurdular Beni</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>16.67</v>
+        <v>55</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755013480</t>
+          <t>9789755011516</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Can Dostum</t>
+          <t>Ceylanlı Bahçe</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755011097</t>
+          <t>9789755016832</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Candaranın Hediyesi  Taşlar Krallığı Üçlemesi 1</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>2.55</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755011110</t>
+          <t>9789755013480</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bomba</t>
+          <t>Can Dostum</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>6.48</v>
+        <v>32</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755010748</t>
+          <t>9789755011097</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı ile Yunus Balığı İspanyol Masalları</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755013718</t>
+          <t>9789755011110</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Avucumda Bir Kuş Var</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>32</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755011509</t>
+          <t>9789755010748</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ana Hakkı</t>
+          <t>Balıkçı ile Yunus Balığı İspanyol Masalları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>7</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755013275</t>
+          <t>9789755013718</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Altın Tüy</t>
+          <t>Avucumda Bir Kuş Var</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755011073</t>
+          <t>9789755011509</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Altın Heybe Keloğlan Masalları 3</t>
+          <t>Ana Hakkı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755010960</t>
+          <t>9789755013275</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ali Cengiz Oyunu Keloğlan Masalları 1</t>
+          <t>Altın Tüy</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>2.55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755010946</t>
+          <t>9789755011073</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ile Kırk Haramiler</t>
+          <t>Altın Heybe Keloğlan Masalları 3</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755010939</t>
+          <t>9789755010960</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası Binbir Gece Masalları 2</t>
+          <t>Ali Cengiz Oyunu Keloğlan Masalları 1</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755013121</t>
+          <t>9789755010946</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ah Bir Martı Olsam!</t>
+          <t>Ali Baba ile Kırk Haramiler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>32</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755016726</t>
+          <t>9789755010939</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Tatil Kampında</t>
+          <t>Alaaddin’in Sihirli Lambası Binbir Gece Masalları 2</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>14</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755016658</t>
+          <t>9789755013121</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Okulda</t>
+          <t>Ah Bir Martı Olsam!</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>14</v>
+        <v>32</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755016696</t>
+          <t>9789755016726</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Midilli Kulübünde</t>
+          <t>Afacan Dedektifler Tatil Kampında</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755016702</t>
+          <t>9789755016658</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Hayvanat Bahçesinde</t>
+          <t>Afacan Dedektifler Okulda</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755016689</t>
+          <t>9789755016696</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Hayalet Adasında</t>
+          <t>Afacan Dedektifler Midilli Kulübünde</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755016719</t>
+          <t>9789755016702</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Harabe Kalede</t>
+          <t>Afacan Dedektifler Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755011004</t>
+          <t>9789755016689</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Afacan Dedektifler Hayalet Adasında</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>2.55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755014210</t>
+          <t>9789755016719</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Biz Savaş Çocuklarıydık</t>
+          <t>Afacan Dedektifler Harabe Kalede</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>3990000011934</t>
+          <t>9789755011004</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Lale</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>6.48</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755013824</t>
+          <t>9789755014210</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Benim Pembe Pabuçlarım</t>
+          <t>Biz Savaş Çocuklarıydık</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755016047</t>
+          <t>3990000011934</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Benim Kırmızı Pabuçlarım</t>
+          <t>Beyaz Lale</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>14</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755016382</t>
+          <t>9789755013824</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Belirli Günler ve Haftalar</t>
+          <t>Benim Pembe Pabuçlarım</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>12.96</v>
+        <v>32</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755013800</t>
+          <t>9789755016047</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Açıl Susam Açıl</t>
+          <t>Benim Kırmızı Pabuçlarım</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755010724</t>
+          <t>9789755016382</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Örnekli Deyimler Sözlüğü</t>
+          <t>Belirli Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>4.63</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755016542</t>
+          <t>9789755013800</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 1 Kaplumbağa Rafi ve Arkadaşlarının Sesi</t>
+          <t>Açıl Susam Açıl</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>6.94</v>
+        <v>25</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755016665</t>
+          <t>9789755010724</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Futbol Kulübünde</t>
+          <t>Açıklamalı Örnekli Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>14</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755016634</t>
+          <t>9789755016542</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Deniz Fenerinde</t>
+          <t>Masallı Eğitim Seti 1 Kaplumbağa Rafi ve Arkadaşlarının Sesi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>14</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755016672</t>
+          <t>9789755016665</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler At Çiftliğinde</t>
+          <t>Afacan Dedektifler Futbol Kulübünde</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755016641</t>
+          <t>9789755016634</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Ağaç Evde</t>
+          <t>Afacan Dedektifler Deniz Fenerinde</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755014166</t>
+          <t>9789755016672</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Masal Yıldızı</t>
+          <t>Afacan Dedektifler At Çiftliğinde</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>14</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755012919</t>
+          <t>9789755016641</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-Nasrettin Hoca Kaybolan Heybe</t>
+          <t>Afacan Dedektifler Ağaç Evde</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755011134</t>
+          <t>9789755014166</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Masal Yıldızı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>6.48</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755013930</t>
+          <t>9789755012919</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kargalar ve Bezelyeler</t>
+          <t>Sarı Papatya Dizisi-Nasrettin Hoca Kaybolan Heybe</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>5.56</v>
+        <v>16</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755013299</t>
+          <t>9789755011134</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Karakuş Geç Kalınca</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>16</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>8680628430834</t>
+          <t>9789755013930</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İstersem Yaparım (10 Kitap Takım)</t>
+          <t>Kargalar ve Bezelyeler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>175</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053490326</t>
+          <t>9789755013299</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Rehberlik Çalışmalarım</t>
+          <t>Karakuş Geç Kalınca</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755013916</t>
+          <t>8680628430834</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hani Dünya Kocamandı Çocukların Güneşini Çalan Savaş Ve...</t>
+          <t>İstersem Yaparım (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>12.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052790236</t>
+          <t>9786053490326</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İbi'nin Keşif Günlüğü (Ciltli)</t>
+          <t>Okul Öncesi Rehberlik Çalışmalarım</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>45</v>
+        <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>8680628430896</t>
+          <t>9789755013916</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yeter Ki İste Set (5 Kitap)</t>
+          <t>Hani Dünya Kocamandı Çocukların Güneşini Çalan Savaş Ve...</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>45</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052790304</t>
+          <t>9786052790236</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sebzeli Meyveli - Elif'in Düşleri</t>
+          <t>İbi'nin Keşif Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>8680628430650</t>
+          <t>8680628430896</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa Dizisi 5 Kitap Takım</t>
+          <t>Yeter Ki İste Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>8680628430810</t>
+          <t>9786052790304</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Düz Yazılı Dünya Masalları (10 Kitap Takım)</t>
+          <t>Sebzeli Meyveli - Elif'in Düşleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053490333</t>
+          <t>8680628430650</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Can ile Cansu Matematik Öğreniyor</t>
+          <t>Rafadan Tayfa Dizisi 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>18</v>
+        <v>100</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755018973</t>
+          <t>8680628430810</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Matematik Becerileri 2</t>
+          <t>Düz Yazılı Dünya Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053499930</t>
+          <t>9786053490333</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Can ile Cansu Matematik Öğreniyor</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053499855</t>
+          <t>9789755018973</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Matematik Becerileri 2</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053499824</t>
+          <t>9786053499930</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053499886</t>
+          <t>9786053499855</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755018966</t>
+          <t>9786053499824</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Matematik Becerileri 1</t>
+          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>31.48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053491545</t>
+          <t>9786053499886</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Görsel Algı ve Düşünme Becerileri 1</t>
+          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>34.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053498902</t>
+          <t>9789755018966</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Variller</t>
+          <t>Matematik Becerileri 1</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>27</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053498896</t>
+          <t>9786053491545</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Maceralı Tatil</t>
+          <t>Dikkat Görsel Algı ve Düşünme Becerileri 1</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>14</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053498926</t>
+          <t>9786053498902</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Göl Canavarı</t>
+          <t>Zehirli Variller</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>27</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053498919</t>
+          <t>9786053498896</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Mağara</t>
+          <t>Maceralı Tatil</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053498957</t>
+          <t>9786053498926</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe'nun İzinden</t>
+          <t>Göl Canavarı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>100</v>
+        <v>27</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053498964</t>
+          <t>9786053498919</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Amazon Macerası</t>
+          <t>Esrarengiz Mağara</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>45</v>
+        <v>14</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053498933</t>
+          <t>9786053498957</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Köpek</t>
+          <t>Robinson Crusoe'nun İzinden</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053497615</t>
+          <t>9786053498964</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 1: Uyuz İnek Nasıl Boğa Olur?</t>
+          <t>Amazon Macerası</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052790205</t>
+          <t>9786053498933</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Dehliz Macerası</t>
+          <t>Kaçırılan Köpek</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053498940</t>
+          <t>9786053497615</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kitaplar</t>
+          <t>Küçük Ok 1: Uyuz İnek Nasıl Boğa Olur?</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053491477</t>
+          <t>9786052790205</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Zafer Getiren Mayınlar - Çanakkale'nin Kahramanları 1</t>
+          <t>Rafadan Tayfa - Dehliz Macerası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053498872</t>
+          <t>9786053498940</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Hafiyelik Peşinde</t>
+          <t>Korsan Kitaplar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053498889</t>
+          <t>9786053491477</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Arkadaştan da Öte</t>
+          <t>Zafer Getiren Mayınlar - Çanakkale'nin Kahramanları 1</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053495123</t>
+          <t>9786053498872</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hakları İçin Öyküler - Kuşlar Adası</t>
+          <t>Rafadan Tayfa - Hafiyelik Peşinde</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053494713</t>
+          <t>9786053498889</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Hayat 7 - Fostin'in Günlüğü</t>
+          <t>Rafadan Tayfa - Arkadaştan da Öte</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>6.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053494836</t>
+          <t>9786053495123</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bobo ve Tırtıl Arkadaşı</t>
+          <t>Çocuk Hakları İçin Öyküler - Kuşlar Adası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>8680628430407</t>
+          <t>9786053494713</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Hayat (8 Kitap Takım)</t>
+          <t>Merhaba Hayat 7 - Fostin'in Günlüğü</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>50</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053498995</t>
+          <t>9786053494836</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Uzay Yolculuğu</t>
+          <t>Bobo ve Tırtıl Arkadaşı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>27</v>
+        <v>12</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053499008</t>
+          <t>8680628430407</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Korsanın Hazinesi</t>
+          <t>Merhaba Hayat (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053498988</t>
+          <t>9786053498995</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 2</t>
+          <t>Müthiş Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>65</v>
+        <v>27</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053498971</t>
+          <t>9786053499008</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 1</t>
+          <t>Kaptan Korsanın Hazinesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>37</v>
+        <v>65</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053497523</t>
+          <t>9786053498988</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sürprizli Şubat Tatili</t>
+          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 2</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053497509</t>
+          <t>9786053498971</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklayan Proje</t>
+          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 1</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053497493</t>
+          <t>9786053497523</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Meslek Emeklilik</t>
+          <t>Sürprizli Şubat Tatili</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053497486</t>
+          <t>9786053497509</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bana Neler Oluyor?</t>
+          <t>Gıdıklayan Proje</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053497479</t>
+          <t>9786053497493</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Atarlanan Asansör</t>
+          <t>En Güzel Meslek Emeklilik</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>8680628430612</t>
+          <t>9786053497486</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şehzade (8 Kitap)</t>
+          <t>Bana Neler Oluyor?</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053498797</t>
+          <t>9786053497479</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Düş Denizi'nin Sırrı</t>
+          <t>Atarlanan Asansör</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053498780</t>
+          <t>8680628430612</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Düş Bahçesi</t>
+          <t>Küçük Şehzade (8 Kitap)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>8680628430438</t>
+          <t>9786053498797</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha (10 Kitap Takım)</t>
+          <t>Düş Denizi'nin Sırrı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053499275</t>
+          <t>9786053498780</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Prensi</t>
+          <t>Düş Bahçesi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>50</v>
+        <v>14</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053497578</t>
+          <t>8680628430438</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Tutankamon’un Kolyesi</t>
+          <t>Küçük Ejderha (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>22</v>
+        <v>80</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053497592</t>
+          <t>9786053499275</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Çalınan Tacı</t>
+          <t>İlkbahar Prensi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053497585</t>
+          <t>9786053497578</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tüy</t>
+          <t>Tutankamon’un Kolyesi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>35</v>
+        <v>22</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>8680628430476</t>
+          <t>9786053497592</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor (8 Kitap Set)</t>
+          <t>Padişahın Çalınan Tacı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>720</v>
+        <v>22</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053496717</t>
+          <t>9786053497585</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Uçakta</t>
+          <t>Kızıl Tüy</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053496700</t>
+          <t>8680628430476</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Piknikte</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor (8 Kitap Set)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>60</v>
+        <v>720</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053496663</t>
+          <t>9786053496717</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Parkta</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Uçakta</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053496649</t>
+          <t>9786053496700</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Misafirlikte</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Piknikte</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053496694</t>
+          <t>9786053496663</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Meslekler</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Parkta</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053496656</t>
+          <t>9786053496649</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Evde</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Misafirlikte</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053496687</t>
+          <t>9786053496694</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Doktorda</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Meslekler</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053496670</t>
+          <t>9786053496656</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Bayramlaşma</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Evde</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>8680628430391</t>
+          <t>9786053496687</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bobo Masal Seti (10 Kitap Takım)</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Doktorda</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053496502</t>
+          <t>9786053496670</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Turistik Gezegen</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Bayramlaşma</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053496458</t>
+          <t>8680628430391</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>GDO Gezegeni</t>
+          <t>Bobo Masal Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053496489</t>
+          <t>9786053496502</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Su Gezegeni</t>
+          <t>Turistik Gezegen</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053496441</t>
+          <t>9786053496458</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Arabalar Gezegeni</t>
+          <t>GDO Gezegeni</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053496472</t>
+          <t>9786053496489</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Pis Kokan Gezegen</t>
+          <t>Su Gezegeni</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>8680628430292</t>
+          <t>9786053496441</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Kahramanları - 2 (5 Kitap Takım)</t>
+          <t>Arabalar Gezegeni</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053498858</t>
+          <t>9786053496472</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Vantrilok Kamil</t>
+          <t>Pis Kokan Gezegen</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053498841</t>
+          <t>8680628430292</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Eyvah! Macera Peşimizde</t>
+          <t>Çanakkale'nin Kahramanları - 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053498865</t>
+          <t>9786053498858</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Bilim Kahramanları</t>
+          <t>Rafadan Tayfa - Vantrilok Kamil</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053492962</t>
+          <t>9786053498841</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları 1: Çölde Bir Gece</t>
+          <t>Rafadan Tayfa - Eyvah! Macera Peşimizde</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053492955</t>
+          <t>9786053498865</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları 2 : Çekirge İstilası</t>
+          <t>Rafadan Tayfa - Bilim Kahramanları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053492948</t>
+          <t>9786053492962</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları 3: Büyük Tuzak</t>
+          <t>Defne'nin Maceraları 1: Çölde Bir Gece</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>8680628430414</t>
+          <t>9786053492955</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları (3 Kitap Takım)</t>
+          <t>Defne'nin Maceraları 2 : Çekirge İstilası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053491743</t>
+          <t>9786053492948</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Renkler</t>
+          <t>Defne'nin Maceraları 3: Büyük Tuzak</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053491538</t>
+          <t>8680628430414</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Gezegeni</t>
+          <t>Defne'nin Maceraları (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>25</v>
+        <v>33</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053490593</t>
+          <t>9786053491743</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Deve ile Fare</t>
+          <t>Kayıp Renkler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>0.69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053490951</t>
+          <t>9786053491538</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Aslanın Hastalığı</t>
+          <t>Çizgi Gezegeni</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>0.69</v>
+        <v>25</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053491095</t>
+          <t>9786053490593</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Tilki</t>
+          <t>Deve ile Fare</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053491170</t>
+          <t>9786053490951</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Tuzağa Düşen Kuş</t>
+          <t>Aslanın Hastalığı</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053490913</t>
+          <t>9786053491095</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Fil Yavruları</t>
+          <t>Yaralı Tilki</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053490586</t>
+          <t>9786053491170</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ayının Dostluğu</t>
+          <t>Tuzağa Düşen Kuş</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053491071</t>
+          <t>9786053490913</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Aslan ve Yardımcıları</t>
+          <t>Fil Yavruları</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053491132</t>
+          <t>9786053490586</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Papağan ile Çakal</t>
+          <t>Ayının Dostluğu</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>8680628430230</t>
+          <t>9786053491071</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Masal Bahçesi 1. Sınıf (10 Takım Kitap)</t>
+          <t>Aslan ve Yardımcıları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>20</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789755019888</t>
+          <t>9786053491132</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Canım Ailem (6 Kitap Takım)</t>
+          <t>Papağan ile Çakal</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>23.15</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053495222</t>
+          <t>8680628430230</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 1: Göçmen Kuş Operasyonu</t>
+          <t>Masal Bahçesi 1. Sınıf (10 Takım Kitap)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053495246</t>
+          <t>9789755019888</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 3: Kantin Soygunu</t>
+          <t>Canım Ailem (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>35</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053495253</t>
+          <t>9786053495222</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 1: Pembe Şeker'in Sırrı</t>
+          <t>Acar Dedektif Eda 1: Göçmen Kuş Operasyonu</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053491323</t>
+          <t>9786053495246</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Kurbağa</t>
+          <t>Acar Dedektif Eda 3: Kantin Soygunu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>0.69</v>
+        <v>35</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053491316</t>
+          <t>9786053495253</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Mirali'nin Aklı</t>
+          <t>Acar Dedektif Eda 1: Pembe Şeker'in Sırrı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>0.69</v>
+        <v>30</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053491330</t>
+          <t>9786053491323</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sığırcık Kuşu</t>
+          <t>Mutsuz Kurbağa</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>8680628430223</t>
+          <t>9786053491316</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Bizim Masallarımız 1. Sınıf ( 10 Takım Kitap )</t>
+          <t>Mirali'nin Aklı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>13.89</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053491194</t>
+          <t>9786053491330</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Ejdarha</t>
+          <t>Sığırcık Kuşu</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053491101</t>
+          <t>8680628430223</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Adam (Ciltli)</t>
+          <t>Bizim Masallarımız 1. Sınıf ( 10 Takım Kitap )</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>0.69</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>8680628430025</t>
+          <t>9786053491194</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bitişik Eğik Yazılı Dünya Masalları 1 (10 Kitap Takım)</t>
+          <t>Uyuyan Ejdarha</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>15.74</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789755014500</t>
+          <t>9786053491101</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Meraklı Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>2.55</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053490166</t>
+          <t>8680628430025</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Adaçalı Tepesi</t>
+          <t>Bitişik Eğik Yazılı Dünya Masalları 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>110</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789755014494</t>
+          <t>9789755014500</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053490173</t>
+          <t>9786053490166</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Çöl Tilkisi</t>
+          <t>Adaçalı Tepesi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>20</v>
+        <v>110</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789755014593</t>
+          <t>9789755014494</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Safahat'tan Seçmeler</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789755014586</t>
+          <t>9786053490173</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Çöl Tilkisi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>2.55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755018447</t>
+          <t>9789755014593</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 18 - Mutlu Prens</t>
+          <t>Safahat'tan Seçmeler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>80</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755014302</t>
+          <t>9789755014586</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755014371</t>
+          <t>9789755018447</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>İlk Gençlik Klasikleri 18 - Mutlu Prens</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>2.55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755016016</t>
+          <t>9789755014302</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kuçular Köyü</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>6.5</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755014517</t>
+          <t>9789755014371</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789755013282</t>
+          <t>9789755016016</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Karagöz İle Hacivat</t>
+          <t>Kuçular Köyü</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>25</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755017037</t>
+          <t>9789755014517</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Renk ve Şekil Dünyam</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>27</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755017211</t>
+          <t>9789755013282</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kavram Dünyam</t>
+          <t>Karagöz İle Hacivat</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053495239</t>
+          <t>9789755017037</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda 4 : Hayaletli Ev</t>
+          <t>Renk ve Şekil Dünyam</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053495215</t>
+          <t>9789755017211</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Okulda 2 : Efes Gezisi</t>
+          <t>Kavram Dünyam</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053491750</t>
+          <t>9786053495239</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Ağır Yük</t>
+          <t>Acar Dedektif Eda Aramızda 4 : Hayaletli Ev</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>75</v>
+        <v>22</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053491408</t>
+          <t>9786053495215</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Dersini Kim Verdi</t>
+          <t>Acar Dedektif Eda Okulda 2 : Efes Gezisi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>0.69</v>
+        <v>18</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053491392</t>
+          <t>9786053491750</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Çoban</t>
+          <t>Sırtımdaki Ağır Yük</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>0.69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053491361</t>
+          <t>9786053491408</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kadir'in Şansı</t>
+          <t>Hırsızın Dersini Kim Verdi</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053491385</t>
+          <t>9786053491392</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Tüybaba</t>
+          <t>Çocuk Çoban</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053491378</t>
+          <t>9786053491361</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Göl</t>
+          <t>Kadir'in Şansı</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053491354</t>
+          <t>9786053491385</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ne Daha Değerlidir (Ciltli)</t>
+          <t>Tüybaba</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053491347</t>
+          <t>9786053491378</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Tintin ile Tonton</t>
+          <t>Sihirli Göl</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053494959</t>
+          <t>9786053491354</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca ve Cimri Komşunun Hikayesi (Ciltli)</t>
+          <t>Ne Daha Değerlidir (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>70</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789755018980</t>
+          <t>9786053491347</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Aile Katılımlı - Kavramsal Etkinlikler Kitabı (60-72 Ay)</t>
+          <t>Tintin ile Tonton</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>18.52</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>8680628430452</t>
+          <t>9786053494959</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Arşi ve Zaman Saati (3 Kitap Takım)</t>
+          <t>Nasrettin Hoca ve Cimri Komşunun Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>48</v>
+        <v>70</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053491460</t>
+          <t>9789755018980</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bedeli Çanakkale'de Ödenmiştir - Çanakkale'de Destan Yazanlar 5</t>
+          <t>Aile Katılımlı - Kavramsal Etkinlikler Kitabı (60-72 Ay)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053494867</t>
+          <t>8680628430452</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Atlantis'ten Gelen Yardım</t>
+          <t>Arşi ve Zaman Saati (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>100</v>
+        <v>48</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053490661</t>
+          <t>9786053491460</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Pilot - Çanakkale'nin Kahramanları 4</t>
+          <t>Bedeli Çanakkale'de Ödenmiştir - Çanakkale'de Destan Yazanlar 5</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053490647</t>
+          <t>9786053494867</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Düşmana Göğüs Gerenler - Çanakkale'nin Kahramanları 5</t>
+          <t>Atlantis'ten Gelen Yardım</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053490654</t>
+          <t>9786053490661</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Cesur Hemşire - Çanakkale'de Destan Yazanlar 2</t>
+          <t>Korkusuz Pilot - Çanakkale'nin Kahramanları 4</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053491767</t>
+          <t>9786053490647</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Düş Avcısı</t>
+          <t>Düşmana Göğüs Gerenler - Çanakkale'nin Kahramanları 5</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053491583</t>
+          <t>9786053490654</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+6 Yaş)</t>
+          <t>Cesur Hemşire - Çanakkale'de Destan Yazanlar 2</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>8.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053491576</t>
+          <t>9786053491767</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+5 Yaş)</t>
+          <t>Düş Avcısı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>8.33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053491569</t>
+          <t>9786053491583</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+4 Yaş)</t>
+          <t>Konulu Boyama Kitabı (+6 Yaş)</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053491552</t>
+          <t>9786053491576</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+3 Yaş)</t>
+          <t>Konulu Boyama Kitabı (+5 Yaş)</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789755018232</t>
+          <t>9786053491569</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Eşek - İyimserlik</t>
+          <t>Konulu Boyama Kitabı (+4 Yaş)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789755018225</t>
+          <t>9786053491552</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ormana Ayılar Gelecek - Saygı</t>
+          <t>Konulu Boyama Kitabı (+3 Yaş)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789755018218</t>
+          <t>9789755018232</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaplanın Ödülü - Sorumluluk</t>
+          <t>Mutlu Eşek - İyimserlik</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789755018201</t>
+          <t>9789755018225</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağanın Suçu Ne? - Akıllı Davranmak</t>
+          <t>Eyvah Ormana Ayılar Gelecek - Saygı</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789755018195</t>
+          <t>9789755018218</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Çakal Nasıl Kurtulacak? - Dürüstlük</t>
+          <t>Küçük Kaplanın Ödülü - Sorumluluk</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789755018188</t>
+          <t>9789755018201</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Bilmeyen Şahin - Dostluk</t>
+          <t>Kaplumbağanın Suçu Ne? - Akıllı Davranmak</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789755018171</t>
+          <t>9789755018195</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kapıdaki Peynir - Yardımseverlik</t>
+          <t>Çakal Nasıl Kurtulacak? - Dürüstlük</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789755018256</t>
+          <t>9789755018188</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Erdem Neşeli Dostlar Dizisi (8 Takım Kitap)</t>
+          <t>Uçmayı Bilmeyen Şahin - Dostluk</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>23.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789755019604</t>
+          <t>9789755018171</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Terzi Köstebek - Yardımlaşma, Sevgi</t>
+          <t>Kapıdaki Peynir - Yardımseverlik</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755019598</t>
+          <t>9789755018256</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Fil ile Fare - Azim, Çalışkanlık, Farklılıklara Saygı</t>
+          <t>Erdem Neşeli Dostlar Dizisi (8 Takım Kitap)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>1.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789755018164</t>
+          <t>9789755019604</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Süpürge Sakallı Kral</t>
+          <t>Terzi Köstebek - Yardımlaşma, Sevgi</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755018089</t>
+          <t>9789755019598</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Erdem Eğlenceli Dostlarım ( 8 Takım Kitap )</t>
+          <t>Fil ile Fare - Azim, Çalışkanlık, Farklılıklara Saygı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>23.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789755018157</t>
+          <t>9789755018164</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Algül ile Akgül</t>
+          <t>Süpürge Sakallı Kral</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755018140</t>
+          <t>9789755018089</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Yedi Keçi Yavrusu</t>
+          <t>Erdem Eğlenceli Dostlarım ( 8 Takım Kitap )</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>1.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789755018133</t>
+          <t>9789755018157</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>Algül ile Akgül</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789755018126</t>
+          <t>9789755018140</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Kurt ile Yedi Keçi Yavrusu</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755018119</t>
+          <t>9789755018133</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kralın Yeni Giysisi</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789755018102</t>
+          <t>9789755018126</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755018096</t>
+          <t>9789755018119</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>Kralın Yeni Giysisi</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789755019628</t>
+          <t>9789755018102</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bukalemunun Dileği - Kararlılık, Kendini Kabul</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789755019611</t>
+          <t>9789755018096</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Marangoz Ağaçkakan - Güven, Dürüstlük</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755019581</t>
+          <t>9789755019628</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kral Kim Olacak? - Güven, Liderlik, Dürüstlük</t>
+          <t>Bukalemunun Dileği - Kararlılık, Kendini Kabul</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755018263</t>
+          <t>9789755019611</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Erdem Dünya Masalları (8 Takım Kitap)</t>
+          <t>Marangoz Ağaçkakan - Güven, Dürüstlük</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>23.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755018249</t>
+          <t>9789755019581</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Arsız Kurt - Paylaşmak</t>
+          <t>Kral Kim Olacak? - Güven, Liderlik, Dürüstlük</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755019659</t>
+          <t>9789755018263</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çorbası - Misafirperverlik, Paylaşma, Farklılıklara Saygı</t>
+          <t>Erdem Dünya Masalları (8 Takım Kitap)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>1.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755019642</t>
+          <t>9789755018249</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Avukat Karga - Görev Bilinci, Adalet, Sorumluluk</t>
+          <t>Arsız Kurt - Paylaşmak</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789755019635</t>
+          <t>9789755019659</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus - Güven, Dürüstlük</t>
+          <t>Sevgi Çorbası - Misafirperverlik, Paylaşma, Farklılıklara Saygı</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053494669</t>
+          <t>9789755019642</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Kadın Kahramanlar</t>
+          <t>Avukat Karga - Görev Bilinci, Adalet, Sorumluluk</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>24</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>8680628430377</t>
+          <t>9789755019635</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de Destan Yazanlar (5 Kitap Kutulu Set)</t>
+          <t>Hokus Pokus - Güven, Dürüstlük</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>200</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053491453</t>
+          <t>9786053494669</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Denizaltıyı Vuran Kahraman - Çanakkale'de Destan Yazanlar 4</t>
+          <t>Milli Mücadele'de Kadın Kahramanlar</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053491446</t>
+          <t>8680628430377</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Destan Yazanlar - Çanakkale'de Destan Yazanlar 1</t>
+          <t>Çanakkale'de Destan Yazanlar (5 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053491422</t>
+          <t>9786053491453</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Düşmana Korku Salanlar - Çanakkale'nin Kahramanları 3</t>
+          <t>Denizaltıyı Vuran Kahraman - Çanakkale'de Destan Yazanlar 4</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053491439</t>
+          <t>9786053491446</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Sırtlayan Yiğitler - Çanakkale'nin Kahramanları 2</t>
+          <t>Destan Yazanlar - Çanakkale'de Destan Yazanlar 1</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053491415</t>
+          <t>9786053491422</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Esaretten Kurtulan Nefer - Çanakkale'de Destan Yazanlar 3</t>
+          <t>Düşmana Korku Salanlar - Çanakkale'nin Kahramanları 3</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789755010755</t>
+          <t>9786053491439</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları - Pamuk Prenses</t>
+          <t>Dünyayı Sırtlayan Yiğitler - Çanakkale'nin Kahramanları 2</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>2.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789755010762</t>
+          <t>9786053491415</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dünya Masalları</t>
+          <t>Esaretten Kurtulan Nefer - Çanakkale'de Destan Yazanlar 3</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>2.55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053491514</t>
+          <t>9789755010755</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Üç Gümüş Top</t>
+          <t>Grimm Masalları - Pamuk Prenses</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>32</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>8680628430643</t>
+          <t>9789755010762</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezgini Dizisi (8 Kitap Takım)</t>
+          <t>En Güzel Dünya Masalları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>350</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>8680628430278</t>
+          <t>9786053491514</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezgini 2 (8 Kitap Takım)</t>
+          <t>Üç Gümüş Top</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>25.93</v>
+        <v>32</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789755018492</t>
+          <t>8680628430643</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 21 - Pollyanna</t>
+          <t>Düş Gezgini Dizisi (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789755018393</t>
+          <t>8680628430278</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 7 - Türk Yazarlarından Seçme Hikayeler</t>
+          <t>Düş Gezgini 2 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>85</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789755017396</t>
+          <t>9789755018492</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 1 - Dede Korkut Hikayeleri</t>
+          <t>İlk Gençlik Klasikleri 21 - Pollyanna</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789755018072</t>
+          <t>9789755018393</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca ile Gülüyorum, Dilimi Öğreniyorum Dizisi (8 Kitap)</t>
+          <t>İlk Gençlik Klasikleri 7 - Türk Yazarlarından Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>14.81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755017402</t>
+          <t>9789755017396</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 2 - Mesnevi'den Seçmeler</t>
+          <t>İlk Gençlik Klasikleri 1 - Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789755018560</t>
+          <t>9789755018072</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>ilk Gençlik Klasikleri 28 - Seksen Günde Dünya Gezisi</t>
+          <t>Nasrettin Hoca ile Gülüyorum, Dilimi Öğreniyorum Dizisi (8 Kitap)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>110</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789755018287</t>
+          <t>9789755017402</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bobo İle Okul Öncesi Eğitim Seti (60 Ay ve Üstü) (Ciltli)</t>
+          <t>İlk Gençlik Klasikleri 2 - Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>277.78</v>
+        <v>90</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789755018812</t>
+          <t>9789755018560</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri (30 Kitap) (Ciltli)</t>
+          <t>ilk Gençlik Klasikleri 28 - Seksen Günde Dünya Gezisi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755014227</t>
+          <t>9789755018287</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İsimler Sözlüğü</t>
+          <t>Bobo İle Okul Öncesi Eğitim Seti (60 Ay ve Üstü) (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>11.11</v>
+        <v>277.78</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755019406</t>
+          <t>9789755018812</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Davranışlar Dizisi ( 10 Adet Kitap )</t>
+          <t>İlk Gençlik Klasikleri (30 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>55.56</v>
+        <v>380</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053490272</t>
+          <t>9789755014227</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 10 - Çamurdan Bebekler</t>
+          <t>İsimler Sözlüğü</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053490265</t>
+          <t>9789755019406</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 9 - Tuhaf Görünüşlü Doktor</t>
+          <t>Erdemli Davranışlar Dizisi ( 10 Adet Kitap )</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>7.41</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053490258</t>
+          <t>9786053490272</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 8 - Koza</t>
+          <t>Güzel Öyküler: 10 - Çamurdan Bebekler</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053490241</t>
+          <t>9786053490265</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 7 - Gezgin Tohum</t>
+          <t>Güzel Öyküler: 9 - Tuhaf Görünüşlü Doktor</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053490234</t>
+          <t>9786053490258</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 6 - Büyükbabamın Eşeği</t>
+          <t>Güzel Öyküler: 8 - Koza</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053490203</t>
+          <t>9786053490241</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 5 - Küçük Kız</t>
+          <t>Güzel Öyküler: 7 - Gezgin Tohum</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789755019529</t>
+          <t>9786053490234</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Futbolsever Aİlenin Maceraları 1 - Büyük Ziyaret</t>
+          <t>Güzel Öyküler: 6 - Büyükbabamın Eşeği</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789755018706</t>
+          <t>9786053490203</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezgini Dizisi (Kutulu, 15 Kitap Takım)</t>
+          <t>Güzel Öyküler: 5 - Küçük Kız</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>31.25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789755014401</t>
+          <t>9789755019529</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kapanı</t>
+          <t>Futbolsever Aİlenin Maceraları 1 - Büyük Ziyaret</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>32</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789755014418</t>
+          <t>9789755018706</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Eğlence Köyü</t>
+          <t>Düş Gezgini Dizisi (Kutulu, 15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>32</v>
+        <v>31.25</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789755018669</t>
+          <t>9789755014401</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşu</t>
+          <t>Rüya Kapanı</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789755014425</t>
+          <t>9789755014418</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Mevlana İnternette</t>
+          <t>Nasrettin Hoca Eğlence Köyü</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789755019567</t>
+          <t>9789755018669</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Futbolsever Ailenin Maceraları 5 - Sahada Köpek Var</t>
+          <t>Masal Kuşu</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>4.63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789755014357</t>
+          <t>9789755014425</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya'nın Sırları</t>
+          <t>Mevlana İnternette</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>3.24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789755019574</t>
+          <t>9789755019567</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Futbolsever Ailenin Maceraları 6 - Kardan Kaleci</t>
+          <t>Futbolsever Ailenin Maceraları 5 - Sahada Köpek Var</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789755019109</t>
+          <t>9789755014357</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Madalyası / Değerler Eğitimi 12</t>
+          <t>Kapadokya'nın Sırları</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>23</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789755019116</t>
+          <t>9789755019574</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Oya / Değerler Eğitimi 13</t>
+          <t>Futbolsever Ailenin Maceraları 6 - Kardan Kaleci</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>23</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789755015996</t>
+          <t>9789755019109</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Al Yanaklı Elma Kuşu</t>
+          <t>Dedemin Madalyası / Değerler Eğitimi 12</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>6.5</v>
+        <v>23</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789755019123</t>
+          <t>9789755019116</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Annem İçin / Değerler Eğitimi 14</t>
+          <t>Hoş Geldin Oya / Değerler Eğitimi 13</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789755014364</t>
+          <t>9789755015996</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çadırı</t>
+          <t>Al Yanaklı Elma Kuşu</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>32</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789755017310</t>
+          <t>9789755019123</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yağmuru</t>
+          <t>Annem İçin / Değerler Eğitimi 14</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>3.24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789755018652</t>
+          <t>9789755014364</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Şehzade</t>
+          <t>Zaman Çadırı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>3.24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789755018645</t>
+          <t>9789755017310</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Nasıl Horoz Olmuş?</t>
+          <t>Yıldız Yağmuru</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>3.24</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789755018621</t>
+          <t>9789755018652</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanelerinin Dansı</t>
+          <t>Bahtsız Şehzade</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>3.24</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789755014388</t>
+          <t>9789755018645</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Tsunami Sandığı</t>
+          <t>Nasrettin Hoca Nasıl Horoz Olmuş?</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>32</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789755014395</t>
+          <t>9789755018621</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Nevruz Şenliği</t>
+          <t>Kar Tanelerinin Dansı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>32</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789755015941</t>
+          <t>9789755014388</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Yutan Oğlan</t>
+          <t>Tsunami Sandığı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>6.5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789755015934</t>
+          <t>9789755014395</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Dino ile Pino</t>
+          <t>Nevruz Şenliği</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>6.5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789755015927</t>
+          <t>9789755015941</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ayda Pişen Ay Çöreği</t>
+          <t>Güneşi Yutan Oğlan</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755019918</t>
+          <t>9789755015934</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım</t>
+          <t>Dino ile Pino</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>4.63</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789755015989</t>
+          <t>9789755015927</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Sincap</t>
+          <t>Ayda Pişen Ay Çöreği</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789755015972</t>
+          <t>9789755019918</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşlar 6 - Şakacı Mırnav</t>
+          <t>En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>6.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789755015965</t>
+          <t>9789755015989</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hop Hop Tavşan</t>
+          <t>Yalnız Sincap</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789755015958</t>
+          <t>9789755015972</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Tık Tık Civciv İle Çık Çık Civciv</t>
+          <t>Sevimli Arkadaşlar 6 - Şakacı Mırnav</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789755016009</t>
+          <t>9789755015965</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman Tavşanı</t>
+          <t>Hop Hop Tavşan</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053490517</t>
+          <t>9789755015958</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Orman Kibarları Yarışta</t>
+          <t>Tık Tık Civciv İle Çık Çık Civciv</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789755017938</t>
+          <t>9789755016009</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Herkes Tartışıyor - Küçük Endişeler Dizisi</t>
+          <t>Mavi Orman Tavşanı</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>15</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789755019130</t>
+          <t>9786053490517</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Islak Pati (Empati İylik)</t>
+          <t>Orman Kibarları Yarışta</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789755018591</t>
+          <t>9789755017938</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Arkadaşım Bilgisayar Bağımlısı - Küçük Endişeler Dizisi</t>
+          <t>Eyvah, Herkes Tartışıyor - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789755019284</t>
+          <t>9789755019130</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın! Davet Veriyorum - Küçük Endişeler Dizisi</t>
+          <t>Islak Pati (Empati İylik)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789755018836</t>
+          <t>9789755018591</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Farklı Arkadaşım - Küçük Endişeler Dizisi</t>
+          <t>Eyvah, Arkadaşım Bilgisayar Bağımlısı - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053490463</t>
+          <t>9789755019284</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Alo, Süper Kahraman mı?</t>
+          <t>Yaşasın! Davet Veriyorum - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789755019147</t>
+          <t>9789755018836</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Şenliği (Güven Engellilik )</t>
+          <t>Farklı Arkadaşım - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>23</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789755017983</t>
+          <t>9786053490463</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Şapkasını Kaybetti</t>
+          <t>Alo, Süper Kahraman mı?</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>9.26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053490456</t>
+          <t>9789755019147</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Köprü Altındaki Adam</t>
+          <t>Uçurtma Şenliği (Güven Engellilik )</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789755019031</t>
+          <t>9789755017983</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Zıp Zıp Kurbağa</t>
+          <t>Sihirbaz Şapkasını Kaybetti</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>23</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053490449</t>
+          <t>9786053490456</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Maceram</t>
+          <t>Köprü Altındaki Adam</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789755019024</t>
+          <t>9789755019031</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Yolculuk</t>
+          <t>Zıp Zıp Kurbağa</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789755019017</t>
+          <t>9786053490449</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Saklanın Mandarin Geliyor</t>
+          <t>Yeraltı Maceram</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789755011103</t>
+          <t>9789755019024</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Uzaya Yolculuk</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>6.48</v>
+        <v>23</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789755019000</t>
+          <t>9789755019017</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Sobe (Sevgi)</t>
+          <t>Saklanın Mandarin Geliyor</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053490425</t>
+          <t>9789755011103</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İyileşeceksin Arkadaşım</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>6</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789755014456</t>
+          <t>9789755019000</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Sağım Solum Sobe (Sevgi)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>3.24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789755019451</t>
+          <t>9786053490425</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ant (4. ve 5. Sınıflar İçin)</t>
+          <t>İyileşeceksin Arkadaşım</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789755019970</t>
+          <t>9789755014456</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Komik Hikaye</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>30</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053490494</t>
+          <t>9789755019451</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Egzotik Hayvan Satıcısı</t>
+          <t>Ant (4. ve 5. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789755019062</t>
+          <t>9789755019970</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Öğüdü (Başarı Çalışkanlık)</t>
+          <t>Komik Hikaye</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789755019925</t>
+          <t>9786053490494</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Koşamayan Kızıldereli</t>
+          <t>Egzotik Hayvan Satıcısı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789755019956</t>
+          <t>9789755019062</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Karşıdaki Ev</t>
+          <t>Karıncanın Öğüdü (Başarı Çalışkanlık)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>4.63</v>
+        <v>23</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789755019055</t>
+          <t>9789755019925</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Penguenlerin Oyunu</t>
+          <t>Koşamayan Kızıldereli</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789755019048</t>
+          <t>9789755019956</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Beni Dinleyin (Saygı)</t>
+          <t>Karşıdaki Ev</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>23</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053490500</t>
+          <t>9789755019055</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Evde Fırtına</t>
+          <t>Penguenlerin Oyunu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789755019543</t>
+          <t>9789755019048</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Takım Sorunları</t>
+          <t>Lütfen Beni Dinleyin (Saygı)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>4.63</v>
+        <v>23</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789755019536</t>
+          <t>9786053490500</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Maçın Adamı</t>
+          <t>Evde Fırtına</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>4.63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789755018522</t>
+          <t>9789755019543</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Prens ve Dilenci</t>
+          <t>Takım Sorunları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>110</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789755019994</t>
+          <t>9789755019536</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Çocuk</t>
+          <t>Maçın Adamı</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789755019949</t>
+          <t>9789755018522</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Takıma Alınmayan Çocuk</t>
+          <t>Prens ve Dilenci</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>30</v>
+        <v>110</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789755019703</t>
+          <t>9789755019994</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Görmek (Sevgi) 1. Sınıflar İçin</t>
+          <t>Çatıdaki Çocuk</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>12.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053490432</t>
+          <t>9789755019949</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Çile Hanım ile Aslankoyun</t>
+          <t>Takıma Alınmayan Çocuk</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789755017921</t>
+          <t>9789755019703</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Ela'nın Babası İşsiz Kaldı - Küçük Endişeler Dizisi</t>
+          <t>Sevgiyi Görmek (Sevgi) 1. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>30</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789755018324</t>
+          <t>9786053490432</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İzinde - İstanbul'un Sırrı</t>
+          <t>Çile Hanım ile Aslankoyun</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>6.48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053490302</t>
+          <t>9789755017921</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuk Ulya İstanbul Tılsımlarının Peşinde</t>
+          <t>Eyvah, Ela'nın Babası İşsiz Kaldı - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789755016733</t>
+          <t>9789755018324</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Büyük Vatan Savunması Çanakkale</t>
+          <t>Tarihin İzinde - İstanbul'un Sırrı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>100</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789755019895</t>
+          <t>9786053490302</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Tekir'in Maceraları</t>
+          <t>Uzaylı Çocuk Ulya İstanbul Tılsımlarının Peşinde</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053490159</t>
+          <t>9789755016733</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Saklı İzler Kulübü 1 - Gizemli Kız Samira</t>
+          <t>Büyük Vatan Savunması Çanakkale</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789755017914</t>
+          <t>9789755019895</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Kayboldu - Küçük Endişeler Dizisi</t>
+          <t>Tekir'in Maceraları</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789755016948</t>
+          <t>9786053490159</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler (10 Kitap)</t>
+          <t>Saklı İzler Kulübü 1 - Gizemli Kız Samira</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789755016375</t>
+          <t>9789755017914</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizi Yazanlar</t>
+          <t>Köpeğim Kayboldu - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789755017907</t>
+          <t>9789755016948</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Fred'in Okul Telaşı - Küçük Endişeler Dizisi</t>
+          <t>Afacan Dedektifler (10 Kitap)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>10</v>
+        <v>140</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789755017174</t>
+          <t>9789755016375</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Nasrettin Hoca</t>
+          <t>Tarihimizi Yazanlar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>5.56</v>
+        <v>45</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053490005</t>
+          <t>9789755017907</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum 1 (10 Kitap Takım)</t>
+          <t>Fred'in Okul Telaşı - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>44.44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789755018614</t>
+          <t>9789755017174</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 9 Kitap Takım</t>
+          <t>Şiirlerle Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789755018454</t>
+          <t>9786053490005</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov Hikayeler</t>
+          <t>Okumayı Seviyorum 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>90</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789755018485</t>
+          <t>9789755018614</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Masal Zamanı Dizisi 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789755017372</t>
+          <t>9789755018454</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları (6-7-8. Sınıflar İçin)</t>
+          <t>Anton Çehov Hikayeler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789755016429</t>
+          <t>9789755018485</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>2.55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789755019901</t>
+          <t>9789755017372</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sınav Korkusu</t>
+          <t>Anadolu Masalları (6-7-8. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>8680628430216</t>
+          <t>9789755016429</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda (4 Kitap Takım)</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>72</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789755018539</t>
+          <t>9789755019901</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Robınson Crusoe: (6-7-8. Sınıflar İçin)</t>
+          <t>Sınav Korkusu</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>8680628430620</t>
+          <t>8680628430216</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Saklı İzler Kulübü (3 Kitap Takım)</t>
+          <t>Acar Dedektif Eda Aramızda (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>54</v>
+        <v>72</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789755019932</t>
+          <t>9789755018539</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Üç Gün Yetmez</t>
+          <t>Robınson Crusoe: (6-7-8. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>4.63</v>
+        <v>100</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789755019963</t>
+          <t>8680628430620</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Saklı İzler Kulübü (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>30</v>
+        <v>54</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789755018676</t>
+          <t>9789755019932</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Üç Gün Yetmez</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>90</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053490197</t>
+          <t>9789755019963</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 4 - Zürafa Zarife</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>7.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789755018584</t>
+          <t>9789755018676</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053490470</t>
+          <t>9786053490197</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış</t>
+          <t>Güzel Öyküler: 4 - Zürafa Zarife</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>6</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789755018577</t>
+          <t>9789755018584</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053490227</t>
+          <t>9786053490470</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 3 - Benim Dünyam (Ciltli)</t>
+          <t>Büyük Yarış</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>7.41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053490210</t>
+          <t>9789755018577</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler 2 - Dans Eden Harfler</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>7.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789755019987</t>
+          <t>9786053490227</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Pi'nin Hazinesi</t>
+          <t>Güzel Öyküler: 3 - Benim Dünyam (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>30</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789755014449</t>
+          <t>9786053490210</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Serdar'ın Zaman Yolculuğu</t>
+          <t>Güzel Öyküler 2 - Dans Eden Harfler</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>3.24</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053490487</t>
+          <t>9789755019987</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Canım Ninem</t>
+          <t>Pi'nin Hazinesi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789755019550</t>
+          <t>9789755014449</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yelkenler Fora</t>
+          <t>Serdar'ın Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>4.63</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789755018997</t>
+          <t>9786053490487</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 1 - Sevgiyi Görmek</t>
+          <t>Canım Ninem</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053491590</t>
+          <t>9789755019550</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>İlk Bilim Kitabım</t>
+          <t>Yelkenler Fora</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053490098</t>
+          <t>9789755018997</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Benim Müzikli Dünyam</t>
+          <t>Değerler Eğitimi 1 - Sevgiyi Görmek</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>22.22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>8680628430018</t>
+          <t>9786053491590</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler (10 Öykü+1 Etkinlik Kitabı)</t>
+          <t>İlk Bilim Kitabım</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>64.81</v>
+        <v>25</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053490289</t>
+          <t>9786053490098</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler Etkinlik Kitabı</t>
+          <t>Benim Müzikli Dünyam</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>5.56</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789755017471</t>
+          <t>8680628430018</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Güzel Öyküler (10 Öykü+1 Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>120</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789755018461</t>
+          <t>9786053490289</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Güzel Öyküler Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>90</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789755017433</t>
+          <t>9789755017471</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Safahat'tan Seçmeler</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789755017457</t>
+          <t>9789755018461</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789755017440</t>
+          <t>9789755017433</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Safahat'tan Seçmeler</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789755017419</t>
+          <t>9789755017457</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 3  Karagöz ile Hacivat</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C537" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>3990000017674</t>
+          <t>9789755017440</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>2.55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789755010571</t>
+          <t>9789755017419</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>İlk Gençlik Klasikleri 3  Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>2.36</v>
+        <v>90</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789755019154</t>
+          <t>3990000017674</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Değerler Eğitimi Hikaye Seti (16 Kitap)</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>370</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>8680628430209</t>
+          <t>9789755010571</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Okulda (4 Kitap Takım)</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>72</v>
+        <v>2.36</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053490555</t>
+          <t>9789755019154</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 9 - Masal Rüzgarı</t>
+          <t>Okul Öncesi Değerler Eğitimi Hikaye Seti (16 Kitap)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>22</v>
+        <v>370</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789755017389</t>
+          <t>8680628430209</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Masal Perisi</t>
+          <t>Acar Dedektif Eda Okulda (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>150</v>
+        <v>72</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789755017853</t>
+          <t>9786053490555</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Boyama Meslekler</t>
+          <t>Masal Zamanı Dizisi 9 - Masal Rüzgarı</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>1.85</v>
+        <v>22</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789755017945</t>
+          <t>9789755017389</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabım – Meyveler ve Sebzeler</t>
+          <t>Masal Perisi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789755017860</t>
+          <t>9789755017853</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Boyama-Eşyalar</t>
+          <t>Boyama Meslekler</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789755017877</t>
+          <t>9789755017945</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Boyama-Hayvanlar</t>
+          <t>Boyama Kitabım – Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>1.85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789755017884</t>
+          <t>9789755017860</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Boyama-Meyveler</t>
+          <t>Boyama-Eşyalar</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789755019291</t>
+          <t>9789755017877</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Taşlar Krallığı Üçlemesi 2 - Gümüş Kuyu</t>
+          <t>Boyama-Hayvanlar</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>22</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789755012995</t>
+          <t>9789755017884</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Balık Prens</t>
+          <t>Boyama-Meyveler</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>25</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>8680628430186</t>
+          <t>9789755019291</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi ( 10 Kitap )</t>
+          <t>Taşlar Krallığı Üçlemesi 2 - Gümüş Kuyu</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>170</v>
+        <v>22</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789755012896</t>
+          <t>9789755012995</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Kurt ile Keçi Yavruları</t>
+          <t>Beyaz Papatya Dizisi - Balık Prens</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789755016269</t>
+          <t>8680628430186</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eser (40 Kitap Takım)</t>
+          <t>Sarı Papatya Dizisi ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>101.85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789755012926</t>
+          <t>9789755012896</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Parmak Kız</t>
+          <t>Sarı Papatya Dizisi - Kurt ile Keçi Yavruları</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789755019093</t>
+          <t>9789755016269</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 11 - Kış Pastası</t>
+          <t>100 Temel Eser (40 Kitap Takım)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>23</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789755019086</t>
+          <t>9789755012926</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 10 - Yağız'ın Doğum Günü</t>
+          <t>Sarı Papatya Dizisi - Parmak Kız</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789755019079</t>
+          <t>9789755019093</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 9 - Bal Partisi</t>
+          <t>Değerler Eğitimi 11 - Kış Pastası</t>
         </is>
       </c>
       <c r="C557" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789755012971</t>
+          <t>9789755019086</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Sarı Papatya Dizisi</t>
+          <t>Değerler Eğitimi 10 - Yağız'ın Doğum Günü</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>8680628430193</t>
+          <t>9789755019079</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi (10 Kitap Takım)</t>
+          <t>Değerler Eğitimi 9 - Bal Partisi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>400</v>
+        <v>23</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789755013015</t>
+          <t>9789755012971</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Keloğlan'ın Değirmeni</t>
+          <t>Pinokyo - Sarı Papatya Dizisi</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789755016436</t>
+          <t>8680628430193</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşlar Dizisi (10 Kitap Takım)</t>
+          <t>Beyaz Papatya Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>65</v>
+        <v>400</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789755019369</t>
+          <t>9789755013015</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Bana Özürlü Deme</t>
+          <t>Sarı Papatya Dizisi - Keloğlan'ın Değirmeni</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>6.94</v>
+        <v>16</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789755019390</t>
+          <t>9789755016436</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Seni Özlüyorum</t>
+          <t>Sevimli Arkadaşlar Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>6.94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789755019321</t>
+          <t>9789755019369</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Kavga Etmek İstemiyorum</t>
+          <t>Bana Özürlü Deme</t>
         </is>
       </c>
       <c r="C564" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789755019338</t>
+          <t>9789755019390</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Ben Yapabilirim</t>
+          <t>Seni Özlüyorum</t>
         </is>
       </c>
       <c r="C565" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789755019352</t>
+          <t>9789755019321</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Diş Doktoruna Gitmek Zorunda mıyım?</t>
+          <t>Kavga Etmek İstemiyorum</t>
         </is>
       </c>
       <c r="C566" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789755019376</t>
+          <t>9789755019338</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Herkes Önemlidir</t>
+          <t>Ben Yapabilirim</t>
         </is>
       </c>
       <c r="C567" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789755019345</t>
+          <t>9789755019352</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Ben de Cesurum</t>
+          <t>Diş Doktoruna Gitmek Zorunda mıyım?</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789755019314</t>
+          <t>9789755019376</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Saygılı Davranıyorum</t>
+          <t>Herkes Önemlidir</t>
         </is>
       </c>
       <c r="C569" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789755019307</t>
+          <t>9789755019345</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Doğruyu Söylüyorum</t>
+          <t>Ben de Cesurum</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789755019383</t>
+          <t>9789755019314</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olmak Zor mu?</t>
+          <t>Saygılı Davranıyorum</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053496090</t>
+          <t>9789755019307</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Genç Beyinlere Zeka Soruları 1</t>
+          <t>Doğruyu Söylüyorum</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789755017785</t>
+          <t>9789755019383</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuk Ulya Mardin'de</t>
+          <t>Örnek Olmak Zor mu?</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>8.33</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789755016931</t>
+          <t>9786053496090</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Masallı Eğitim Seti ( 10 Kitap )</t>
+          <t>Genç Beyinlere Zeka Soruları 1</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>69.44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789755013770</t>
+          <t>9789755017785</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Papatya Dizisi - Sihirli Bahçe</t>
+          <t>Uzaylı Çocuk Ulya Mardin'de</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>25</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789944170260</t>
+          <t>9789755016931</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Erdem İngilizce Öyküler Level 2 - 5. Sınıf (5 Kitap Takım)</t>
+          <t>Okul Öncesi Masallı Eğitim Seti ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>24</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789755013022</t>
+          <t>9789755013770</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Yakut Bebek</t>
+          <t>Papatya Dizisi - Sihirli Bahçe</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789755013008</t>
+          <t>9789944170260</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Ay Çeşmesi</t>
+          <t>Erdem İngilizce Öyküler Level 2 - 5. Sınıf (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>8680628430162</t>
+          <t>9789755013022</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum 2 (10 Kitap Takım)</t>
+          <t>Beyaz Papatya Dizisi - Yakut Bebek</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>8680628430254</t>
+          <t>9789755013008</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Kahramanları 1 (5 Kitap Takım)</t>
+          <t>Beyaz Papatya Dizisi - Ay Çeşmesi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>8680628431237</t>
+          <t>8680628430162</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga - Boyama ve Sanat Etkinlikleri (4 Kitap Takım)</t>
+          <t>Okumayı Seviyorum 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>8680628431244</t>
+          <t>8680628430254</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga - Etkinlik Kitabım (4 Kitap Takım)</t>
+          <t>Çanakkale'nin Kahramanları 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>8680628431251</t>
+          <t>8680628431237</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga 1. Sınıflar için Okuma Seti (10 Kitap Takım)</t>
+          <t>Ege ile Gaga - Boyama ve Sanat Etkinlikleri (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>8680628431183</t>
+          <t>8680628431244</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuş ve Görgü Kuralları (8 Kitap Takım)</t>
+          <t>Ege ile Gaga - Etkinlik Kitabım (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052790618</t>
+          <t>8680628431251</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Geçmeyen Hıçkırık - Rafadan Tayfa İle Okuyorum 1</t>
+          <t>Ege ile Gaga 1. Sınıflar için Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052790625</t>
+          <t>8680628431183</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kar Geliyor - Rafadan Tayfa İle Okuyorum 2</t>
+          <t>Minik Kuş ve Görgü Kuralları (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052790632</t>
+          <t>9786052790618</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Oyunbozan - Rafadan Tayfa İle Okuyorum 3</t>
+          <t>Geçmeyen Hıçkırık - Rafadan Tayfa İle Okuyorum 1</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>27</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052790649</t>
+          <t>9786052790625</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Su Hayattır - Rafadan Tayfa İle Okuyorum 5</t>
+          <t>Kar Geliyor - Rafadan Tayfa İle Okuyorum 2</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>27</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052791400</t>
+          <t>9786052790632</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 1</t>
+          <t>Oyunbozan - Rafadan Tayfa İle Okuyorum 3</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052791417</t>
+          <t>9786052790649</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 2</t>
+          <t>Su Hayattır - Rafadan Tayfa İle Okuyorum 5</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052791424</t>
+          <t>9786052791400</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dİkkat ve Zeka Etkinlikleri 3</t>
+          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 1</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052791431</t>
+          <t>9786052791417</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 4</t>
+          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 2</t>
         </is>
       </c>
       <c r="C592" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052790656</t>
+          <t>9786052791424</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Anlama - Rafadan Tayfa İle Okuyorum 4</t>
+          <t>Rafadan Tayfa İle Dİkkat ve Zeka Etkinlikleri 3</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>8680628431121</t>
+          <t>9786052791431</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kare ile Kavramları Öğreniyorum (5 kitap Takım)</t>
+          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 4</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>8680628431169</t>
+          <t>9786052790656</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>İbi Öykülü Boyama Dizisi (5 Kitap Takım)</t>
+          <t>Yanlış Anlama - Rafadan Tayfa İle Okuyorum 4</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>70</v>
+        <v>27</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>8680628431176</t>
+          <t>8680628431121</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa ile Dikkat ve Zeka Etkinlikleri (4 Kitap Takım)</t>
+          <t>Kare ile Kavramları Öğreniyorum (5 kitap Takım)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053495260</t>
+          <t>8680628431169</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 2: Telefon Hırsızları</t>
+          <t>İbi Öykülü Boyama Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>18</v>
+        <v>70</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053495208</t>
+          <t>8680628431176</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda 4 - Dershanede Olay</t>
+          <t>Rafadan Tayfa ile Dikkat ve Zeka Etkinlikleri (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053495192</t>
+          <t>9786053495260</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 3: Dayımın Yeni İşi</t>
+          <t>Acar Dedektif Eda 2: Telefon Hırsızları</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052791226</t>
+          <t>9786053495208</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 5</t>
+          <t>Acar Dedektif Eda Aramızda 4 - Dershanede Olay</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052791110</t>
+          <t>9786053495192</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 2</t>
+          <t>Acar Dedektif Eda 3: Dayımın Yeni İşi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052791103</t>
+          <t>9786052791226</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 3</t>
+          <t>Kare İle Kavramları Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C602" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052791219</t>
+          <t>9786052791110</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 4</t>
+          <t>Kare İle Kavramları Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052791127</t>
+          <t>9786052791103</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 1</t>
+          <t>Kare İle Kavramları Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052791264</t>
+          <t>9786052791219</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Mekke ve Medine’nin Hizmetkarı Yavuz Sultan Selim</t>
+          <t>Kare İle Kavramları Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052791158</t>
+          <t>9786052791127</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Kare - Boyama Kitabı</t>
+          <t>Kare İle Kavramları Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052791066</t>
+          <t>9786052791264</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Kalemtıraş Kumbarası</t>
+          <t>Mekke ve Medine’nin Hizmetkarı Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>38</v>
+        <v>100</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>8680628431084</t>
+          <t>9786052791158</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo (5 Kitap Takım)</t>
+          <t>Kare - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052790915</t>
+          <t>9786052791066</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Kayıp Kaykay</t>
+          <t>Aslan - Kalemtıraş Kumbarası</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>60</v>
+        <v>38</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052790908</t>
+          <t>8680628431084</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Tuhaf Çiçek</t>
+          <t>Akıllı Tavşan Momo (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052790885</t>
+          <t>9786052790915</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Tako’nun Dişleri</t>
+          <t>Akıllı Tavşan Momo – Kayıp Kaykay</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052790892</t>
+          <t>9786052790908</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Şıp ve Tıp Nerede ?</t>
+          <t>Akıllı Tavşan Momo – Tuhaf Çiçek</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052790984</t>
+          <t>9786052790885</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Havucu Kim Yedi ?</t>
+          <t>Akıllı Tavşan Momo – Tako’nun Dişleri</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>38</v>
+        <v>50</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>8680628431091</t>
+          <t>9786052790892</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga (5 Kitap)</t>
+          <t>Akıllı Tavşan Momo – Şıp ve Tıp Nerede ?</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>190</v>
+        <v>50</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052790977</t>
+          <t>9786052790984</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Çekirdekler Nerede ?</t>
+          <t>Ege ile Gaga – Havucu Kim Yedi ?</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052790960</t>
+          <t>8680628431091</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Boncuklar Nereye Gitti ?</t>
+          <t>Ege ile Gaga (5 Kitap)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>38</v>
+        <v>190</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052790991</t>
+          <t>9786052790977</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Tohumlar Nasıl Yayılır ?</t>
+          <t>Ege ile Gaga – Çekirdekler Nerede ?</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052790878</t>
+          <t>9786052790960</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Teşekkürler Momo</t>
+          <t>Ege ile Gaga – Boncuklar Nereye Gitti ?</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>60</v>
+        <v>38</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052790953</t>
+          <t>9786052790991</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Kayıp Tavuk Nerede?</t>
+          <t>Ege ile Gaga – Tohumlar Nasıl Yayılır ?</t>
         </is>
       </c>
       <c r="C619" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052790533</t>
+          <t>9786052790878</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kunkun Köyü - İbi Öykülü Boyama Dizisi</t>
+          <t>Akıllı Tavşan Momo – Teşekkürler Momo</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>14</v>
+        <v>60</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052790540</t>
+          <t>9786052790953</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Baldiyar Üçgeni - İbi Öykülü Boyama Serisi</t>
+          <t>Ege ile Gaga – Kayıp Tavuk Nerede?</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052790519</t>
+          <t>9786052790533</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Serüven Başlıyor - İbi Öykülü Boyama Dizisi</t>
+          <t>Kunkun Köyü - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>8680628431114</t>
+          <t>9786052790540</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa Boyama Seti (5 Kitap Takım)</t>
+          <t>Baldiyar Üçgeni - İbi Öykülü Boyama Serisi</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>75</v>
+        <v>14</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053499626</t>
+          <t>9786052790519</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Boyama 5 - Rafadan Tayfa</t>
+          <t>Serüven Başlıyor - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786053499596</t>
+          <t>8680628431114</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Boyama 2 - Rafadan Tayfa</t>
+          <t>Rafadan Tayfa Boyama Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053499619</t>
+          <t>9786053499626</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Boyama 4 - Rafadan Tayfa</t>
+          <t>Boyama 5 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053499602</t>
+          <t>9786053499596</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 - Rafadan Tayfa</t>
+          <t>Boyama 2 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C627" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053499589</t>
+          <t>9786053499619</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Boyama 1 - Rafadan Tayfa</t>
+          <t>Boyama 4 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052790311</t>
+          <t>9786053499602</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Bol Vitaminli - Elif'in Düşleri</t>
+          <t>Boyama 3 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052791349</t>
+          <t>9786053499589</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Momo Akıllı Tavşan İle Kodlama</t>
+          <t>Boyama 1 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>8680628431213</t>
+          <t>9786052790311</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kazanan Kim? (5 kitap)</t>
+          <t>Bol Vitaminli - Elif'in Düşleri</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>350</v>
+        <v>17</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052791165</t>
+          <t>9786052791349</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Momo - Akıllı Tavşan Boyama Sayılar Kavramlar</t>
+          <t>Momo Akıllı Tavşan İle Kodlama</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>8680628431077</t>
+          <t>8680628431213</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa ile Okuyorum Seti (5 Kitap Takım)</t>
+          <t>Kazanan Kim? (5 kitap)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>55</v>
+        <v>350</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789755018874</t>
+          <t>9786052791165</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Şehri</t>
+          <t>Momo - Akıllı Tavşan Boyama Sayılar Kavramlar</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789755018881</t>
+          <t>8680628431077</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Tavşan İle Eşek</t>
+          <t>Rafadan Tayfa ile Okuyorum Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>19</v>
+        <v>55</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789755018867</t>
+          <t>9789755018874</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Hacıyatmaz</t>
+          <t>Kütüphane Şehri</t>
         </is>
       </c>
       <c r="C636" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789755018850</t>
+          <t>9789755018881</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Taşlar</t>
+          <t>Tavşan İle Eşek</t>
         </is>
       </c>
       <c r="C637" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052791172</t>
+          <t>9789755018867</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo Boyama</t>
+          <t>Hacıyatmaz</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052791295</t>
+          <t>9789755018850</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Komutan Fatih</t>
+          <t>Konuşan Taşlar</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>150</v>
+        <v>19</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052791370</t>
+          <t>9786052791172</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gezegen Dünya (Ciltli)</t>
+          <t>Akıllı Tavşan Momo Boyama</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052791387</t>
+          <t>9786052791295</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bilim İnsanları (Ciltli)</t>
+          <t>Muhteşem Komutan Fatih</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052791332</t>
+          <t>9786052791370</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kare ile Etkinlik Zamanı</t>
+          <t>Muhteşem Gezegen Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789755018553</t>
+          <t>9786052791387</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Aile Katılımlı Kavramsal Etkinlikler kitabı - 5 Yaş</t>
+          <t>Muhteşem Bilim İnsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>13.52</v>
+        <v>115</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052791189</t>
+          <t>9786052791332</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Yumurtadan Ne Çıktı?</t>
+          <t>Kare ile Etkinlik Zamanı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052790427</t>
+          <t>9789755018553</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Turnuva - Rafadan Tayfa Eğleniyor</t>
+          <t>Aile Katılımlı Kavramsal Etkinlikler kitabı - 5 Yaş</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>19</v>
+        <v>13.52</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>8680628431107</t>
+          <t>9786052791189</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Aslan Serisi (5 Kitap Takım)</t>
+          <t>Yumurtadan Ne Çıktı?</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052791073</t>
+          <t>9786052790427</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Labirent Kaşifleri</t>
+          <t>Turnuva - Rafadan Tayfa Eğleniyor</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>38</v>
+        <v>19</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052791059</t>
+          <t>8680628431107</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Kuş Gözlemevi</t>
+          <t>Aslan Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>38</v>
+        <v>350</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052791042</t>
+          <t>9786052791073</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Korkuluk</t>
+          <t>Aslan - Labirent Kaşifleri</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052791035</t>
+          <t>9786052791059</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Empati Odası</t>
+          <t>Aslan - Kuş Gözlemevi</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786053494737</t>
+          <t>9786052791042</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Aday - Merhaba Hayat 1</t>
+          <t>Aslan - Korkuluk</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>6.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786053494751</t>
+          <t>9786052791035</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Kırılma - Merhaba Hayat 2</t>
+          <t>Aslan - Empati Odası</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>6.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786053494690</t>
+          <t>9786053494737</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Ayı Dişi - Merhaba Hayat 3</t>
+          <t>Sürpriz Aday - Merhaba Hayat 1</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786053494683</t>
+          <t>9786053494751</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam Olmasa - Merhaba Hayat 4</t>
+          <t>Zamanda Kırılma - Merhaba Hayat 2</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786053494744</t>
+          <t>9786053494690</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Takayu'nun Zaferi - Merhaba Hayat 5</t>
+          <t>Ayı Dişi - Merhaba Hayat 3</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786053494706</t>
+          <t>9786053494683</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu Değil Ya - Merhaba Hayat 6</t>
+          <t>Annem Babam Olmasa - Merhaba Hayat 4</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786053494720</t>
+          <t>9786053494744</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Labirent Şehir - Merhaba Hayat 8</t>
+          <t>Takayu'nun Zaferi - Merhaba Hayat 5</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052790946</t>
+          <t>9786053494706</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Süper Kart</t>
+          <t>Dünyanın Sonu Değil Ya - Merhaba Hayat 6</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>60</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052793190</t>
+          <t>9786053494720</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Aslan – Hürkuş Kayıp Elmas</t>
+          <t>Labirent Şehir - Merhaba Hayat 8</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>130</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052793459</t>
+          <t>9786052790946</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Aslan’ın İcat Günlüğü</t>
+          <t>Süper Kart</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053499893</t>
+          <t>9786052793190</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Aslan – Hürkuş Kayıp Elmas</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052790588</t>
+          <t>9786052793459</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin İkinci Kurucusu Çelebi Mehmet</t>
+          <t>Aslan’ın İcat Günlüğü</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052797754</t>
+          <t>9786053499893</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Evimiz</t>
+          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052797716</t>
+          <t>9786052790588</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Büyük Haritacı ve Denizci: Piri Reis</t>
+          <t>Osmanlı Devleti'nin İkinci Kurucusu Çelebi Mehmet</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786053499329</t>
+          <t>9786052797754</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Ormanın En Sıradan Ağacı</t>
+          <t>Evrendeki Evimiz</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786053494935</t>
+          <t>9786052797716</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Şaşkınlar Ülkesinde</t>
+          <t>Büyük Haritacı ve Denizci: Piri Reis</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052796719</t>
+          <t>9786053499329</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>İyilik Ne Renktir?</t>
+          <t>Ormanın En Sıradan Ağacı</t>
         </is>
       </c>
       <c r="C667" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>8680628431558</t>
+          <t>9786053494935</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri - 3 (5 Kitap)</t>
+          <t>Keloğlan Şaşkınlar Ülkesinde</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>8680628431497</t>
+          <t>9786052796719</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi (10 Kitap Set)</t>
+          <t>İyilik Ne Renktir?</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052792766</t>
+          <t>8680628431558</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Benim Çılgın Arkadaşım - Yerimde Olsan</t>
+          <t>Bilimin Öncüleri - 3 (5 Kitap)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786053499107</t>
+          <t>8680628431497</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Masal Kaçkını</t>
+          <t>Üç Kuzen Dedektiflik Merkezi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>8680628430803</t>
+          <t>9786052792766</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları (20 Kitap Takım)</t>
+          <t>Benim Çılgın Arkadaşım - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>490</v>
+        <v>90</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052791639</t>
+          <t>9786053499107</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Emanetdar Ayasofya Dehlizlerinde</t>
+          <t>Masal Kaçkını</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052797709</t>
+          <t>8680628430803</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Ses Bakkalı Geri Döndü</t>
+          <t>Dünya Masalları (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>130</v>
+        <v>490</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052797730</t>
+          <t>9786052791639</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Vızır Vızır Arılar - Arılar Hakkında Her Şey</t>
+          <t>Emanetdar Ayasofya Dehlizlerinde</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052797723</t>
+          <t>9786052797709</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayağım Doğada Serisi - Evde ve Okulda Bostan Sanatı</t>
+          <t>Ses Bakkalı Geri Döndü</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052797693</t>
+          <t>9786052797730</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - İlk Türk Kadın Romancı Fatma Aliye</t>
+          <t>Vızır Vızır Arılar - Arılar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052797662</t>
+          <t>9786052797723</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kafa Dengi Tarih - Sarayda Tezahürat Sesleri</t>
+          <t>Bir Ayağım Doğada Serisi - Evde ve Okulda Bostan Sanatı</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052797679</t>
+          <t>9786052797693</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kafa Dengi Tarih - Sarayda Çiçek Yarışmaları</t>
+          <t>Ben Kimim? - İlk Türk Kadın Romancı Fatma Aliye</t>
         </is>
       </c>
       <c r="C679" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052797686</t>
+          <t>9786052797662</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kafa Dengi Tarih - Sarayda Düğün Dernek</t>
+          <t>Kafa Dengi Tarih - Sarayda Tezahürat Sesleri</t>
         </is>
       </c>
       <c r="C680" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052797532</t>
+          <t>9786052797679</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Yürüyüş</t>
+          <t>Kafa Dengi Tarih - Sarayda Çiçek Yarışmaları</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>8680628430902</t>
+          <t>9786052797686</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum 1 (8 Kitap Takım)</t>
+          <t>Kafa Dengi Tarih - Sarayda Düğün Dernek</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786053498193</t>
+          <t>9786052797532</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Haritadaki Efsanenin İzinde- Zerzevan’ın Kayıp Yıldızları</t>
+          <t>Şehirde Yürüyüş</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052797631</t>
+          <t>8680628430902</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Kitap</t>
+          <t>Okumayı Seviyorum 1 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052797648</t>
+          <t>9786053498193</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Annemin Pofuduk Ekmekleri</t>
+          <t>Haritadaki Efsanenin İzinde- Zerzevan’ın Kayıp Yıldızları</t>
         </is>
       </c>
       <c r="C685" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052794845</t>
+          <t>9786052797631</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 3 - Gizli Kahraman</t>
+          <t>Utangaç Kitap</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052794852</t>
+          <t>9786052797648</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 4 - Söz Nakliyecisi</t>
+          <t>Annemin Pofuduk Ekmekleri</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052794906</t>
+          <t>9786052794845</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 7 - Uzaylı Paniği</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 3 - Gizli Kahraman</t>
         </is>
       </c>
       <c r="C688" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052794838</t>
+          <t>9786052794852</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 1 - Gizemli Mektuplar</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 4 - Söz Nakliyecisi</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052794821</t>
+          <t>9786052794906</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 2 - Olimpiyat Meşalesi</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 7 - Uzaylı Paniği</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052794876</t>
+          <t>9786052794838</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 5 - Talihsiz Fırtına</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 1 - Gizemli Mektuplar</t>
         </is>
       </c>
       <c r="C691" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052794869</t>
+          <t>9786052794821</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 6 - Kilitli Orman Macerası</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 2 - Olimpiyat Meşalesi</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052794890</t>
+          <t>9786052794876</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 9 - Tatil Köyü Kabusu</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 5 - Talihsiz Fırtına</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052794913</t>
+          <t>9786052794869</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 10 - Tekno Tuzak</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 6 - Kilitli Orman Macerası</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052794883</t>
+          <t>9786052794890</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 8 - Tarihi Eser Kaçakçılığı</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 9 - Tatil Köyü Kabusu</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052790687</t>
+          <t>9786052794913</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Solmayan Laleler - Tezhip - Sanat Gezileri</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 10 - Tekno Tuzak</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052790694</t>
+          <t>9786052794883</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Şaheserler - Katı - Sanat Gezileri</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 8 - Tarihi Eser Kaçakçılığı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052790700</t>
+          <t>9786052790687</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Resmi - Minyatür - Sanat Gezileri</t>
+          <t>Solmayan Laleler - Tezhip - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C698" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052790670</t>
+          <t>9786052790694</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Dünyası - Hat - Sanat Gezileri</t>
+          <t>Kağıttan Şaheserler - Katı - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052790663</t>
+          <t>9786052790700</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Ebru Diyarına Yolculuk - Ebru - Sanat Gezileri</t>
+          <t>Hayallerin Resmi - Minyatür - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052797563</t>
+          <t>9786052790670</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri- Sosyoloji İlminin Babası: İbni Haldun</t>
+          <t>Harflerin Dünyası - Hat - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052797570</t>
+          <t>9786052790663</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri- Bilimsel Gözlemin Öncüsü: Bîrûnî</t>
+          <t>Ebru Diyarına Yolculuk - Ebru - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052797587</t>
+          <t>9786052797563</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Cimri Komşunun Hikayesi</t>
+          <t>Bilimin Öncüleri- Sosyoloji İlminin Babası: İbni Haldun</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052797594</t>
+          <t>9786052797570</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Adı: Salata</t>
+          <t>Bilimin Öncüleri- Bilimsel Gözlemin Öncüsü: Bîrûnî</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052797549</t>
+          <t>9786052797587</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Bahçenin Sırrı</t>
+          <t>Nasrettin Hoca Cimri Komşunun Hikayesi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052795736</t>
+          <t>9786052797594</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Tilki Rastık ile Karın Sesi</t>
+          <t>Oyunun Adı: Salata</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052797556</t>
+          <t>9786052797549</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bir Öncünün Hikâyesi Martin Luther King</t>
+          <t>Gizemli Bahçenin Sırrı</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052797501</t>
+          <t>9786052795736</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Fısıltılar</t>
+          <t>Tilki Rastık ile Karın Sesi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052797518</t>
+          <t>9786052797556</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Dalgalar</t>
+          <t>Ben Kimim? - Bir Öncünün Hikâyesi Martin Luther King</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052797495</t>
+          <t>9786052797501</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Haritadaki Efsanenin İzinde - İki Kule Bir Rüya</t>
+          <t>Kalbimdeki Fısıltılar</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052795743</t>
+          <t>9786052797518</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Ben Sadece</t>
+          <t>Kalbimdeki Dalgalar</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052797433</t>
+          <t>9786052797495</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Taçsız Kral Metin Oktay</t>
+          <t>Haritadaki Efsanenin İzinde - İki Kule Bir Rüya</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786053499954</t>
+          <t>9786052795743</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Ben Sadece</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786053499831</t>
+          <t>9786052797433</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Ben Kimim? - Taçsız Kral Metin Oktay</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052793954</t>
+          <t>9786053499954</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Matematik</t>
+          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>8680628431596</t>
+          <t>9786053499831</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Şehreküstü Apartmanı (Set)</t>
+          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052797471</t>
+          <t>9786052793954</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>En İyi Seçenek - Şehreküstü Apartmanı - 4</t>
+          <t>Muhteşem Matematik</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052797464</t>
+          <t>8680628431596</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Büyümüşüm - Şehreküstü Apartmanı 3</t>
+          <t>Şehreküstü Apartmanı (Set)</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052797457</t>
+          <t>9786052797471</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Fikir Ama! - Şehreküstü Apartmanı - 2</t>
+          <t>En İyi Seçenek - Şehreküstü Apartmanı - 4</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052797440</t>
+          <t>9786052797464</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Değiştiği Gün - Şehreküstü Apartmanı - 1</t>
+          <t>İyi Ki Büyümüşüm - Şehreküstü Apartmanı 3</t>
         </is>
       </c>
       <c r="C720" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052797488</t>
+          <t>9786052797457</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Süper Zeynep - Şehreküstü Apartmanı - 5</t>
+          <t>Nasıl Fikir Ama! - Şehreküstü Apartmanı - 2</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052797426</t>
+          <t>9786052797440</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Arı Zarife</t>
+          <t>Her Şeyin Değiştiği Gün - Şehreküstü Apartmanı - 1</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052797419</t>
+          <t>9786052797488</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kompost Yapma Sanatı</t>
+          <t>Süper Zeynep - Şehreküstü Apartmanı - 5</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>8680628431466</t>
+          <t>9786052797426</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Pırıl 1. Sınıf Okuma Seti</t>
+          <t>Arı Zarife</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052796986</t>
+          <t>9786052797419</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gezegen Dünya</t>
+          <t>Kompost Yapma Sanatı</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052797365</t>
+          <t>8680628431466</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Bir Ufo Gördüm Sanki</t>
+          <t>Pırıl 1. Sınıf Okuma Seti</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052797358</t>
+          <t>9786052796986</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Kimsin Sen?</t>
+          <t>Muhteşem Gezegen Dünya</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052797310</t>
+          <t>9786052797365</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Filistin Atlası</t>
+          <t>Bir Ufo Gördüm Sanki</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052791288</t>
+          <t>9786052797358</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zafer Çanakkale (Ciltli)</t>
+          <t>Kimsin Sen?</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052797327</t>
+          <t>9786052797310</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey ile Hiçbir Şey</t>
+          <t>Filistin Atlası</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052797341</t>
+          <t>9786052791288</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Robi Kurtar Bizi</t>
+          <t>Muhteşem Zafer Çanakkale (Ciltli)</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052797044</t>
+          <t>9786052797327</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Ejderha Sangal (1. Kitap)</t>
+          <t>Bir Şey ile Hiçbir Şey</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052797068</t>
+          <t>9786052797341</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Yelbegen ve Zümrüdüanka (3. Kitap)</t>
+          <t>Robi Kurtar Bizi</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052797075</t>
+          <t>9786052797044</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Salahana Kayalıkları (4. Kitap)</t>
+          <t>Kutalmış - Ejderha Sangal (1. Kitap)</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052797051</t>
+          <t>9786052797068</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Kayıp Tigin (2. Kitap)</t>
+          <t>Kutalmış - Yelbegen ve Zümrüdüanka (3. Kitap)</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052797082</t>
+          <t>9786052797075</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - İtbaraklar (5. Kitap)</t>
+          <t>Kutalmış - Salahana Kayalıkları (4. Kitap)</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052796931</t>
+          <t>9786052797051</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Bilim Serisi, Deprem</t>
+          <t>Kutalmış - Kayıp Tigin (2. Kitap)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052794012</t>
+          <t>9786052797082</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Efsane Tatilim</t>
+          <t>Kutalmış - İtbaraklar (5. Kitap)</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052797006</t>
+          <t>9786052796931</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Karınca Saldırısı - Sıra Dışı Doğa Parkı</t>
+          <t>Bilim Serisi, Deprem</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052797013</t>
+          <t>9786052794012</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Maymunlar - Sıra Dışı Doğa Parkı</t>
+          <t>Efsane Tatilim</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052797020</t>
+          <t>9786052797006</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Aslan Firarda - Sıra Dışı Doğa Parkı</t>
+          <t>Karınca Saldırısı - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C741" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052797037</t>
+          <t>9786052797013</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Yavruyu Yakala - Sıra Dışı Doğa Parkı</t>
+          <t>Haylaz Maymunlar - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C742" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052797297</t>
+          <t>9786052797020</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Ses Bakkalı</t>
+          <t>Aslan Firarda - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052793077</t>
+          <t>9786052797037</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Aşçı</t>
+          <t>Yavruyu Yakala - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>8680628431060</t>
+          <t>9786052797297</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Sanat Gezileri Seti (5 Kitap)</t>
+          <t>Ses Bakkalı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052796566</t>
+          <t>9786052793077</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>10’uncu Yumurta, Say Bakalım! (Ciltli)</t>
+          <t>Muhteşem Aşçı</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052796597</t>
+          <t>8680628431060</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Çok Değerlisin (Ciltli)</t>
+          <t>Sanat Gezileri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052796580</t>
+          <t>9786052796566</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kaplan</t>
+          <t>10’uncu Yumurta, Say Bakalım! (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052796573</t>
+          <t>9786052796597</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Annemin İzin Günü (Ciltli)</t>
+          <t>Çok Değerlisin (Ciltli)</t>
         </is>
       </c>
       <c r="C749" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052796979</t>
+          <t>9786052796580</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Yuvamı İstiyorum</t>
+          <t>Arkadaşım Kaplan</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052796900</t>
+          <t>9786052796573</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Cabir B. Hayyan</t>
+          <t>Annemin İzin Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052796887</t>
+          <t>9786052796979</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>YouTuber Sertaç Abi’yle Sorudan Soruya</t>
+          <t>Yuvamı İstiyorum</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052796924</t>
+          <t>9786052796900</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Beyin</t>
+          <t>Cabir B. Hayyan</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052796917</t>
+          <t>9786052796887</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Gökada Ekspresi</t>
+          <t>YouTuber Sertaç Abi’yle Sorudan Soruya</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052796948</t>
+          <t>9786052796924</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Kral Robotik'in Yumurtası</t>
+          <t>Beyin</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052793893</t>
+          <t>9786052796917</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Deniz Ülkesinde</t>
+          <t>Gökada Ekspresi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052796894</t>
+          <t>9786052796948</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Biz Filistinliyiz</t>
+          <t>Kral Robotik'in Yumurtası</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789755013732</t>
+          <t>9786052793893</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Piyesler (İlköğretim, Lise ve Dengi Okullarda)</t>
+          <t>Yüksek Deniz Ülkesinde</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789755016085</t>
+          <t>9786052796894</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Gakgukların Maceraları (6 Takım Kitap)</t>
+          <t>Biz Filistinliyiz</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789755014739</t>
+          <t>9789755013732</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Ses Yarışması</t>
+          <t>Piyesler (İlköğretim, Lise ve Dengi Okullarda)</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789755014760</t>
+          <t>9789755016085</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Süslü Çikolata</t>
+          <t>Gakgukların Maceraları (6 Takım Kitap)</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789755014746</t>
+          <t>9789755014739</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Karga</t>
+          <t>Ses Yarışması</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789755014807</t>
+          <t>9789755014760</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gaki</t>
+          <t>Süslü Çikolata</t>
         </is>
       </c>
       <c r="C763" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789755014722</t>
+          <t>9789755014746</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Gukki</t>
+          <t>Pamuk Karga</t>
         </is>
       </c>
       <c r="C764" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789755014753</t>
+          <t>9789755014807</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Ay Nereye Kayboldu?</t>
+          <t>Mavi Gaki</t>
         </is>
       </c>
       <c r="C765" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052793084</t>
+          <t>9789755014722</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Gece ve Bisküvi Kutusu</t>
+          <t>Şarkıcı Gukki</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052796795</t>
+          <t>9789755014753</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Kemankeş Sırrının Peşinde</t>
+          <t>Ay Nereye Kayboldu?</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052796863</t>
+          <t>9786052793084</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Orman Kahvesi</t>
+          <t>Tavşan Gece ve Bisküvi Kutusu</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052796153</t>
+          <t>9786052796795</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunları: Hacivat ve Karagöz’ün Peşinde</t>
+          <t>Kemankeş Sırrının Peşinde</t>
         </is>
       </c>
       <c r="C769" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052796849</t>
+          <t>9786052796863</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Arkadaş</t>
+          <t>Orman Kahvesi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052796771</t>
+          <t>9786052796153</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Kitabın Öyküsü</t>
+          <t>Gölge Oyunları: Hacivat ve Karagöz’ün Peşinde</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052796818</t>
+          <t>9786052796849</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Dedem Kodlama Öğreniyor</t>
+          <t>Sonsuza Kadar Arkadaş</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052796832</t>
+          <t>9786052796771</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Amasyalı Hekim Sabuncuoğlu Şerefeddin - Bilimin Öncüleri</t>
+          <t>Kitabın Öyküsü</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052796801</t>
+          <t>9786052796818</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Cep Herkülü Naim Süleymanoğlu</t>
+          <t>Dedem Kodlama Öğreniyor</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052794807</t>
+          <t>9786052796832</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Ellerim Minik Ama</t>
+          <t>Amasyalı Hekim Sabuncuoğlu Şerefeddin - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052796511</t>
+          <t>9786052796801</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar -Kayıp Pavurya</t>
+          <t>Ben Kimim? - Cep Herkülü Naim Süleymanoğlu</t>
         </is>
       </c>
       <c r="C776" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052796528</t>
+          <t>9786052794807</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar Üç Gün Kuralı</t>
+          <t>Ellerim Minik Ama</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052796504</t>
+          <t>9786052796511</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya Okula Hazırlık - Okuma Yazma Etkinlikleri</t>
+          <t>Mavi Dünya’dan Masallar -Kayıp Pavurya</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052796498</t>
+          <t>9786052796528</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar - Kumlu Hastalanıyor</t>
+          <t>Mavi Dünya’dan Masallar Üç Gün Kuralı</t>
         </is>
       </c>
       <c r="C779" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052796474</t>
+          <t>9786052796504</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar- İnci Festivali</t>
+          <t>Mavi Dünya Okula Hazırlık - Okuma Yazma Etkinlikleri</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052796825</t>
+          <t>9786052796498</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Aslan Hürkuş 3 - Anka Adası</t>
+          <t>Mavi Dünya’dan Masallar - Kumlu Hastalanıyor</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052796467</t>
+          <t>9786052796474</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya ile Okula Hazırlık - Görsel Dikkat Etkinlikleri (Ciltli)</t>
+          <t>Mavi Dünya’dan Masallar- İnci Festivali</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052796481</t>
+          <t>9786052796825</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar - Denize Atılan Çöpler</t>
+          <t>Aslan Hürkuş 3 - Anka Adası</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052796641</t>
+          <t>9786052796467</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bir Mucidin Öyküsü Steve Jobs</t>
+          <t>Mavi Dünya ile Okula Hazırlık - Görsel Dikkat Etkinlikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052796672</t>
+          <t>9786052796481</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?- Hikaye Fabrikatörü Roald Dahl</t>
+          <t>Mavi Dünya’dan Masallar - Denize Atılan Çöpler</t>
         </is>
       </c>
       <c r="C785" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052796665</t>
+          <t>9786052796641</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bozkırın Tezenesi Neşet Ertaş</t>
+          <t>Ben Kimim? - Bir Mucidin Öyküsü Steve Jobs</t>
         </is>
       </c>
       <c r="C786" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052796634</t>
+          <t>9786052796672</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Genetik</t>
+          <t>Ben Kimim?- Hikaye Fabrikatörü Roald Dahl</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052796658</t>
+          <t>9786052796665</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bir Halk Ozanı Aşık Veysel</t>
+          <t>Ben Kimim? - Bozkırın Tezenesi Neşet Ertaş</t>
         </is>
       </c>
       <c r="C788" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052796788</t>
+          <t>9786052796634</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Benim Evim</t>
+          <t>Genetik</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>8680628431527</t>
+          <t>9786052796658</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Tekin Serisi (10 kitap)</t>
+          <t>Ben Kimim? - Bir Halk Ozanı Aşık Veysel</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052796535</t>
+          <t>9786052796788</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Etkinlikli HikAyeler - İnci İz Peşinde</t>
+          <t>Türkçe Benim Evim</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052796276</t>
+          <t>8680628431527</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Keşfi</t>
+          <t>Tekin Serisi (10 kitap)</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052796542</t>
+          <t>9786052796535</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Meslekler</t>
+          <t>Mavi Dünya’dan Etkinlikli HikAyeler - İnci İz Peşinde</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052796283</t>
+          <t>9786052796276</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Unutkanlık Diyarı</t>
+          <t>Kütüphane Keşfi</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052796559</t>
+          <t>9786052796542</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Paylaşım Zamanı</t>
+          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Meslekler</t>
         </is>
       </c>
       <c r="C795" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052796603</t>
+          <t>9786052796283</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey’in Örümcek Hikayesi</t>
+          <t>Unutkanlık Diyarı</t>
         </is>
       </c>
       <c r="C796" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052796306</t>
+          <t>9786052796559</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Otelde Gizem</t>
+          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Paylaşım Zamanı</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052793961</t>
+          <t>9786052796603</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bilim İnsanları</t>
+          <t>Tanburi Cemil Bey’in Örümcek Hikayesi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052794791</t>
+          <t>9786052796306</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalem (Ciltli)</t>
+          <t>Muhteşem Otelde Gizem</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052792681</t>
+          <t>9786052793961</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğreten Sözlük (2 Cilt Takım) (Ciltli)</t>
+          <t>Muhteşem Bilim İnsanları</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>2600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786053499237</t>
+          <t>9786052794791</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kesirler Hayat Kurtarır Mı?</t>
+          <t>Minik Kalem (Ciltli)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786053499251</t>
+          <t>9786052792681</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Şekiller Krallığı'na Yolculuk</t>
+          <t>Türkçe Öğreten Sözlük (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>200</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>8680628431473</t>
+          <t>9786053499237</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuş ve Görgü Kuralları - 10 Kitap</t>
+          <t>Kesirler Hayat Kurtarır Mı?</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052796078</t>
+          <t>9786053499251</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Aslan Çizgi Çalışmaları</t>
+          <t>Şekiller Krallığı'na Yolculuk</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052796092</t>
+          <t>8680628431473</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Aslan Fen Etkinlikleri</t>
+          <t>Minik Kuş ve Görgü Kuralları - 10 Kitap</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052796108</t>
+          <t>9786052796078</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kavram Etkinlikleri</t>
+          <t>Aslan Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C806" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>8680628431480</t>
+          <t>9786052796092</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Bizim Takım (9 Kitap)</t>
+          <t>Aslan Fen Etkinlikleri</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>700</v>
+        <v>170</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052793749</t>
+          <t>9786052796108</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Süper Takım - Bizim Takım</t>
+          <t>Aslan Kavram Etkinlikleri</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052793787</t>
+          <t>8680628431480</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Futbol Kampı - Bizim Takım</t>
+          <t>Bizim Takım (9 Kitap)</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>80</v>
+        <v>700</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052793763</t>
+          <t>9786052793749</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Ligin Gözdesi - Bizim Takım</t>
+          <t>Süper Takım - Bizim Takım</t>
         </is>
       </c>
       <c r="C810" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052793770</t>
+          <t>9786052793787</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Futbol Makinesi - Bizim Takım</t>
+          <t>Futbol Kampı - Bizim Takım</t>
         </is>
       </c>
       <c r="C811" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052793824</t>
+          <t>9786052793763</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kupası Kahramanları - Bizim Takım</t>
+          <t>Ligin Gözdesi - Bizim Takım</t>
         </is>
       </c>
       <c r="C812" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052793817</t>
+          <t>9786052793770</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Süperstarları - Bizim Takım</t>
+          <t>Futbol Makinesi - Bizim Takım</t>
         </is>
       </c>
       <c r="C813" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052793800</t>
+          <t>9786052793824</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Futbol Kuralları - Bizim Takım</t>
+          <t>Dünya Kupası Kahramanları - Bizim Takım</t>
         </is>
       </c>
       <c r="C814" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052793794</t>
+          <t>9786052793817</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Ustaları - Bizim Takım</t>
+          <t>Futbolun Süperstarları - Bizim Takım</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052793756</t>
+          <t>9786052793800</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Oyun Dışı Kalma - Bizim Takım</t>
+          <t>Futbol Kuralları - Bizim Takım</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052793978</t>
+          <t>9786052793794</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Bahadır: Sirius'un Seçimi</t>
+          <t>Futbolun Ustaları - Bizim Takım</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052793732</t>
+          <t>9786052793756</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Temsili Kahraman</t>
+          <t>Oyun Dışı Kalma - Bizim Takım</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052793947</t>
+          <t>9786052793978</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Prensi</t>
+          <t>Bahadır: Sirius'un Seçimi</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052793725</t>
+          <t>9786052793732</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Hayal Eden Kaşifler: Hezarfen ve Lagari</t>
+          <t>Temsili Kahraman</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052793985</t>
+          <t>9786052793947</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Aslan Hürkuş: Görevimiz Gökbey</t>
+          <t>İlkbahar Prensi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052793718</t>
+          <t>9786052793725</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çikolata Kutusu</t>
+          <t>Uçmayı Hayal Eden Kaşifler: Hezarfen ve Lagari</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052793701</t>
+          <t>9786052793985</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Yeni Saçlarım</t>
+          <t>Aslan Hürkuş: Görevimiz Gökbey</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052793862</t>
+          <t>9786052793718</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 9-12 Yaş</t>
+          <t>Kırmızı Çikolata Kutusu</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052793886</t>
+          <t>9786052793701</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 6-9 yaş</t>
+          <t>Yeni Saçlarım</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052793923</t>
+          <t>9786052793862</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 3-6 Yaş</t>
+          <t>Evde Montessori 9-12 Yaş</t>
         </is>
       </c>
       <c r="C826" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052793909</t>
+          <t>9786052793886</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 0-3 Yaş</t>
+          <t>Evde Montessori 6-9 yaş</t>
         </is>
       </c>
       <c r="C827" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053499244</t>
+          <t>9786052793923</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Zihnimdeki Hesap Makinesi</t>
+          <t>Evde Montessori 3-6 Yaş</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052793398</t>
+          <t>9786052793909</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Evde Montessori 0-3 Yaş</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052793404</t>
+          <t>9786053499244</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Balonla 5 Hafta</t>
+          <t>Zihnimdeki Hesap Makinesi</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>8680628431398</t>
+          <t>9786052793398</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Soru Küpü Suat (5 kitap)</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052793381</t>
+          <t>9786052793404</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Balonla 5 Hafta</t>
         </is>
       </c>
       <c r="C832" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052793640</t>
+          <t>8680628431398</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Dijital Enfeksiyon</t>
+          <t>Soru Küpü Suat (5 kitap)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052793619</t>
+          <t>9786052793381</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot Şehre Gelsin</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052793336</t>
+          <t>9786052793640</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Kurtarma Operasyonu - Robot Arkadaşım 2</t>
+          <t>Dijital Enfeksiyon</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052793343</t>
+          <t>9786052793619</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Çin’de Kurtarma Operasyonu - Robot Arkadaşım 1</t>
+          <t>Don Kişot Şehre Gelsin</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052793350</t>
+          <t>9786052793336</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Hıçkırık’ı Kurtarma Operasyonu - Robot Arkadaşım 4</t>
+          <t>Hafıza Kurtarma Operasyonu - Robot Arkadaşım 2</t>
         </is>
       </c>
       <c r="C837" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052793329</t>
+          <t>9786052793343</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Uydu Kurtarma Operasyonu - Robot Arkadaşım 3</t>
+          <t>Çin’de Kurtarma Operasyonu - Robot Arkadaşım 1</t>
         </is>
       </c>
       <c r="C838" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052793299</t>
+          <t>9786052793350</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Masalistanbul 3 - Kardeş Şehirler Kapısı</t>
+          <t>Hıçkırık’ı Kurtarma Operasyonu - Robot Arkadaşım 4</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052793138</t>
+          <t>9786052793329</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Mavi Döngünün Gizemli Kitabı</t>
+          <t>Uydu Kurtarma Operasyonu - Robot Arkadaşım 3</t>
         </is>
       </c>
       <c r="C840" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052793237</t>
+          <t>9786052793299</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>18+2 Ağaçkakan</t>
+          <t>Masalistanbul 3 - Kardeş Şehirler Kapısı</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052793220</t>
+          <t>9786052793138</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Kara Karga Seyahate Çıkıyor</t>
+          <t>Mavi Döngünün Gizemli Kitabı</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052792957</t>
+          <t>9786052793237</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirmede Oyun Mucizesi</t>
+          <t>18+2 Ağaçkakan</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052793152</t>
+          <t>9786052793220</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bilimsel Fikirler</t>
+          <t>Kara Karga Seyahate Çıkıyor</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052793206</t>
+          <t>9786052792957</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Şeylerin Sıra Dışı Yolculuğu</t>
+          <t>Çocuk Yetiştirmede Oyun Mucizesi</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052793275</t>
+          <t>9786052793152</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Siber Kahramanlar</t>
+          <t>Büyük Bilimsel Fikirler</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052793411</t>
+          <t>9786052793206</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000</t>
+          <t>Sıradan Şeylerin Sıra Dışı Yolculuğu</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052793428</t>
+          <t>9786052793275</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Merkezine Yolculuk</t>
+          <t>Siber Kahramanlar</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052793435</t>
+          <t>9786052793411</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Fatih Robur</t>
+          <t>Denizler Altında 20.000</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052793442</t>
+          <t>9786052793428</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Robinsonlar Okulu</t>
+          <t>Dünya’nın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052793657</t>
+          <t>9786052793435</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Pervaneli Hafiye</t>
+          <t>Fatih Robur</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052793633</t>
+          <t>9786052793442</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Böcekistan Krallığı</t>
+          <t>Robinsonlar Okulu</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052793626</t>
+          <t>9786052793657</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Hallet, Göreyim Seni</t>
+          <t>Pervaneli Hafiye</t>
         </is>
       </c>
       <c r="C853" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052793312</t>
+          <t>9786052793633</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Hayal Oyunu</t>
+          <t>Böcekistan Krallığı</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052793367</t>
+          <t>9786052793626</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Yalnız Balinası</t>
+          <t>Hallet, Göreyim Seni</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052793695</t>
+          <t>9786052793312</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun Bubu'yu Gördün mü?</t>
+          <t>Hayal Oyunu</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052793374</t>
+          <t>9786052793367</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Robi Çıldırdı</t>
+          <t>Dünyanın En Yalnız Balinası</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052793466</t>
+          <t>9786052793695</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunları 2</t>
+          <t>Bukalemun Bubu'yu Gördün mü?</t>
         </is>
       </c>
       <c r="C858" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052792797</t>
+          <t>9786052793374</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Lütfen Demeyi Nasıl Öğretirsin?</t>
+          <t>Robi Çıldırdı</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052792827</t>
+          <t>9786052793466</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Teşekkür Ederim Demeyi Nasıl Öğretirsin?</t>
+          <t>Gölge Oyunları 2</t>
         </is>
       </c>
       <c r="C860" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052792810</t>
+          <t>9786052792797</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Özür Dilerim Demeyi Nasıl Öğretirsin?</t>
+          <t>Ejderhana Lütfen Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C861" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052792803</t>
+          <t>9786052792827</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Merhaba Demeyi Nasıl Öğretirsin?</t>
+          <t>Ejderhana Teşekkür Ederim Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052793282</t>
+          <t>9786052792810</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Penguen Fu</t>
+          <t>Ejderhana Özür Dilerim Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052793107</t>
+          <t>9786052792803</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Bir Tohum Masalı</t>
+          <t>Ejderhana Merhaba Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052793244</t>
+          <t>9786052793282</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Kedisini Arayan Yazar</t>
+          <t>Penguen Fu</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052793213</t>
+          <t>9786052793107</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Nar Kızı</t>
+          <t>Bir Tohum Masalı</t>
         </is>
       </c>
       <c r="C866" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052793121</t>
+          <t>9786052793244</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Bilimler Tarihçisi Fuat Sezgin</t>
+          <t>Kedisini Arayan Yazar</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052793169</t>
+          <t>9786052793213</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’ın En Büyük Mucidi Cezeri</t>
+          <t>Nar Kızı</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>8680628431312</t>
+          <t>9786052793121</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Muhafızları Dizisi 5 Kitap</t>
+          <t>Bilimler Tarihçisi Fuat Sezgin</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052792728</t>
+          <t>9786052793169</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Tuzak - Yerimde Olsan</t>
+          <t>Orta Çağ’ın En Büyük Mucidi Cezeri</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052793008</t>
+          <t>8680628431312</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Dünya - Yerimde Olsan</t>
+          <t>Türkçenin Muhafızları Dizisi 5 Kitap</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052792773</t>
+          <t>9786052792728</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bulduğum Gün - Yerimde Olsan</t>
+          <t>Ormandaki Tuzak - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C872" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052793015</t>
+          <t>9786052793008</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Diyetler! - Yerimde Olsan</t>
+          <t>Kalbimdeki Dünya - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C873" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052792780</t>
+          <t>9786052792773</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmem Hakkında Her Şey - Yerimde Olsan</t>
+          <t>Annemi Bulduğum Gün - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C874" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052792742</t>
+          <t>9786052793015</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraflarda Kalan Ailem - Yerimde Olsan</t>
+          <t>Ah Şu Diyetler! - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C875" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052792735</t>
+          <t>9786052792780</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Ninem Bir Uzaylı - Yerimde Olsan</t>
+          <t>Öğrenmem Hakkında Her Şey - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C876" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052792711</t>
+          <t>9786052792742</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Ülkemde Çiçekler Açtığında - Yerimde Olsan</t>
+          <t>Fotoğraflarda Kalan Ailem - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>8680628431305</t>
+          <t>9786052792735</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Yerimde Olsan Dizisi ( 10 Kitap )</t>
+          <t>Ninem Bir Uzaylı - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>850</v>
+        <v>90</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052792759</t>
+          <t>9786052792711</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Bizi Bekleyen Elmalar - Yerimde Olsan</t>
+          <t>Ülkemde Çiçekler Açtığında - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C879" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052793114</t>
+          <t>8680628431305</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Hocası - Türkçenin Muhafızları 5</t>
+          <t>Yerimde Olsan Dizisi ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052792971</t>
+          <t>9786052792759</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 1 - Uyuz İnek Nasıl Boğa Olur?</t>
+          <t>Bizi Bekleyen Elmalar - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052792995</t>
+          <t>9786052793114</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 3 - Kuyruksuz At</t>
+          <t>Gönüllerin Hocası - Türkçenin Muhafızları 5</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052792988</t>
+          <t>9786052792971</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 2 - Tepik Oyunu</t>
+          <t>Küçük Ok 1 - Uyuz İnek Nasıl Boğa Olur?</t>
         </is>
       </c>
       <c r="C883" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052792940</t>
+          <t>9786052792995</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Musa Kardeşler - Bilimin Üç Kardeşi</t>
+          <t>Küçük Ok 3 - Kuyruksuz At</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052792919</t>
+          <t>9786052792988</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirebilirsin</t>
+          <t>Küçük Ok 2 - Tepik Oyunu</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052792841</t>
+          <t>9786052792940</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Musa Kardeşler - Bilimin Üç Kardeşi</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052792834</t>
+          <t>9786052792919</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Ayı Ze - Akıntıdaki Yapraklar</t>
+          <t>Dünyayı Değiştirebilirsin</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052792926</t>
+          <t>9786052792841</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar, Bulut ve Kızılkuyruk 3</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052792933</t>
+          <t>9786052792834</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Adalet Savaşçısı Aliya</t>
+          <t>Ayı Ze - Akıntıdaki Yapraklar</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>8680628431190</t>
+          <t>9786052792926</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü Kek Çetesi Seti (5 Kitap Takım)</t>
+          <t>Rüzgar, Bulut ve Kızılkuyruk 3</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052791578</t>
+          <t>9786052792933</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Hani Derler Ya... - Burada Türkçe Konuşuyoruz 5</t>
+          <t>Özgürlük ve Adalet Savaşçısı Aliya</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052791585</t>
+          <t>8680628431190</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Sizin Orada Ne Diyorlar? - Burada Türkçe Konuşuyoruz 4</t>
+          <t>Üzümlü Kek Çetesi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052791592</t>
+          <t>9786052791578</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Cool Olma Kendin Ol! - Burada Türkçe Konuşuyoruz 3</t>
+          <t>Hani Derler Ya... - Burada Türkçe Konuşuyoruz 5</t>
         </is>
       </c>
       <c r="C893" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>8680628431152</t>
+          <t>9786052791585</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Burada Türkçe Konuşuyoruz (5 Kitap Takım)</t>
+          <t>Sizin Orada Ne Diyorlar? - Burada Türkçe Konuşuyoruz 4</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052791608</t>
+          <t>9786052791592</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Siz Var Ne Demek? - Burada Türkçe Konuşuyoruz 2</t>
+          <t>Cool Olma Kendin Ol! - Burada Türkçe Konuşuyoruz 3</t>
         </is>
       </c>
       <c r="C895" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052791615</t>
+          <t>8680628431152</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Hatalıysam Söyle! - Burada Türkçe Konuşuyoruz 1</t>
+          <t>Burada Türkçe Konuşuyoruz (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052791929</t>
+          <t>9786052791608</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Bilime Bir Katkımız Olsun – Uçuk Kaçık Ayşe ile Bilim 4</t>
+          <t>Siz Var Ne Demek? - Burada Türkçe Konuşuyoruz 2</t>
         </is>
       </c>
       <c r="C897" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052791912</t>
+          <t>9786052791615</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Atomun Bundan Haberi Var mı? - Uçuk Kaçık Ayşe ile Bilim 3</t>
+          <t>Hatalıysam Söyle! - Burada Türkçe Konuşuyoruz 1</t>
         </is>
       </c>
       <c r="C898" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052791660</t>
+          <t>9786052791929</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Gümbürtüye Gittim – Uçuk Kaçık Ayşe ile Bilim 2</t>
+          <t>Bilime Bir Katkımız Olsun – Uçuk Kaçık Ayşe ile Bilim 4</t>
         </is>
       </c>
       <c r="C899" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052791653</t>
+          <t>9786052791912</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ne Güzel Şey – Uçuk Kaçık Ayşe ile Bilim 1</t>
+          <t>Atomun Bundan Haberi Var mı? - Uçuk Kaçık Ayşe ile Bilim 3</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>8680628431220</t>
+          <t>9786052791660</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Ayşe ile Bilim (5 kitap Takım)</t>
+          <t>Gümbürtüye Gittim – Uçuk Kaçık Ayşe ile Bilim 2</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052791936</t>
+          <t>9786052791653</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Komedi Bizi Kurtaracak - Uçuk Kaçık Ayşe ile Bilim 5</t>
+          <t>Bilim Ne Güzel Şey – Uçuk Kaçık Ayşe ile Bilim 1</t>
         </is>
       </c>
       <c r="C902" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>8680628431206</t>
+          <t>8680628431220</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri 2 (5 Kitap Takım)</t>
+          <t>Uçuk Kaçık Ayşe ile Bilim (5 kitap Takım)</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052791455</t>
+          <t>9786052791936</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Komutları Nasıl Takip Eder? – Küçük Yazılımcılar İçin Rehber</t>
+          <t>Komedi Bizi Kurtaracak - Uçuk Kaçık Ayşe ile Bilim 5</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052791905</t>
+          <t>8680628431206</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Tahterevalliler Nasıl Hareket Eder? – Küçük Mühendisler için Rehber</t>
+          <t>Bilimin Öncüleri 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052791646</t>
+          <t>9786052791455</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Kodlama</t>
+          <t>Bilgisayar Komutları Nasıl Takip Eder? – Küçük Yazılımcılar İçin Rehber</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052791462</t>
+          <t>9786052791905</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Bir Pizza Dilimini Nasıl Ölçersin? - Küçük Matematikçiler İçin Rehber</t>
+          <t>Tahterevalliler Nasıl Hareket Eder? – Küçük Mühendisler için Rehber</t>
         </is>
       </c>
       <c r="C907" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052791899</t>
+          <t>9786052791646</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Moleküller Nasıl Bir Arada Kalır? – Küçük Kimyagerler İçin Rehber</t>
+          <t>Hikayelerle Kodlama</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052791448</t>
+          <t>9786052791462</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Köprüler Neden Düşmez? - Küçük Mimarlar ve Müühendisler İçin Rehber</t>
+          <t>Bir Pizza Dilimini Nasıl Ölçersin? - Küçük Matematikçiler İçin Rehber</t>
         </is>
       </c>
       <c r="C909" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052791691</t>
+          <t>9786052791899</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Adam Efsanesi - Üzümlü Kek Çetesi 2</t>
+          <t>Moleküller Nasıl Bir Arada Kalır? – Küçük Kimyagerler İçin Rehber</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052791844</t>
+          <t>9786052791448</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Hırsız mı Kahraman mı? - Üzümlü Kek Çetesi 4</t>
+          <t>Köprüler Neden Düşmez? - Küçük Mimarlar ve Müühendisler İçin Rehber</t>
         </is>
       </c>
       <c r="C911" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052791684</t>
+          <t>9786052791691</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Ekip Kuruluyor - Üzümlü Kek Çetesi 1</t>
+          <t>Kırmızı Adam Efsanesi - Üzümlü Kek Çetesi 2</t>
         </is>
       </c>
       <c r="C912" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052791707</t>
+          <t>9786052791844</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Sivrisineklere Karşı - Üzümlü Kek Çetesi 3</t>
+          <t>Hırsız mı Kahraman mı? - Üzümlü Kek Çetesi 4</t>
         </is>
       </c>
       <c r="C913" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052791851</t>
+          <t>9786052791684</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Pembeli Teyzeyi Takip - Üzümlü Kek Çetesi 5</t>
+          <t>Ekip Kuruluyor - Üzümlü Kek Çetesi 1</t>
         </is>
       </c>
       <c r="C914" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>8680628430889</t>
+          <t>9786052791707</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri 2 (10 Kitap)</t>
+          <t>Sivrisineklere Karşı - Üzümlü Kek Çetesi 3</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>8680628430872</t>
+          <t>9786052791851</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri 1 (10 Kitap)</t>
+          <t>Pembeli Teyzeyi Takip - Üzümlü Kek Çetesi 5</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>8680628430865</t>
+          <t>8680628430889</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerimiz Dizisi 2 (10 Kitap)</t>
+          <t>Dünya Klasikleri 2 (10 Kitap)</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>8680628430858</t>
+          <t>8680628430872</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerimiz Dizisi 1 (10 Kitap)</t>
+          <t>Dünya Çocuk Klasikleri 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C918" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789755010854</t>
+          <t>8680628430865</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Erdem Çocuk Klasikleri - Karagöz ile Hacivat</t>
+          <t>Klasiklerimiz Dizisi 2 (10 Kitap)</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>80</v>
+        <v>750</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789755010502</t>
+          <t>8680628430858</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri - Define Adası</t>
+          <t>Klasiklerimiz Dizisi 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>80</v>
+        <v>750</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052791622</t>
+          <t>9789755010854</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Demirden Kale - Masal İstanbul 2</t>
+          <t>Erdem Çocuk Klasikleri - Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052791356</t>
+          <t>9789755010502</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>İbrahim İle Kartopu</t>
+          <t>Dünya Çocuk Klasikleri - Define Adası</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>8680628431008</t>
+          <t>9786052791622</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri Set (5 Kitap Takım)</t>
+          <t>Demirden Kale - Masal İstanbul 2</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052791561</t>
+          <t>9786052791356</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Kurtubalı Lübna: Endülüs’ün Büyük Bilim Kadını - Bilimin Öncüleri</t>
+          <t>İbrahim İle Kartopu</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>8680628431145</t>
+          <t>8680628431008</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Mavi Öyküler Set (5 Kitap Takım)</t>
+          <t>Bilimin Öncüleri Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052791318</t>
+          <t>9786052791561</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>İbni Battuta</t>
+          <t>Kurtubalı Lübna: Endülüs’ün Büyük Bilim Kadını - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C926" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052791301</t>
+          <t>8680628431145</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Meryem Usturlabi</t>
+          <t>Mavi Öyküler Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052791325</t>
+          <t>9786052791318</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Filanca Operasyon</t>
+          <t>İbni Battuta</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786053499633</t>
+          <t>9786052791301</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Cebrin Babası Harizmi - Bilimin Öncüleri</t>
+          <t>Meryem Usturlabi</t>
         </is>
       </c>
       <c r="C929" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052791233</t>
+          <t>9786052791325</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>21 Yaşında Çağ Açıp Çağ Kapayan Fatih Sultan Mehmet</t>
+          <t>Filanca Operasyon</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052791271</t>
+          <t>9786053499633</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıtanın ve Üç Denizin Hakimi Kanuni Sultan Süleyman</t>
+          <t>Cebrin Babası Harizmi - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C931" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052791240</t>
+          <t>9786052791233</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Balkan Fatihi Sultan 2. Murat</t>
+          <t>21 Yaşında Çağ Açıp Çağ Kapayan Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C932" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052791257</t>
+          <t>9786052791271</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Barış ve İmarı Seven Padişah 2. Beyazıt</t>
+          <t>Üç Kıtanın ve Üç Denizin Hakimi Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C933" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052791080</t>
+          <t>9786052791240</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Seslerden Müziğe Yolculuk</t>
+          <t>Balkan Fatihi Sultan 2. Murat</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052791196</t>
+          <t>9786052791257</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Okyanustaki Dostlarımız</t>
+          <t>Barış ve İmarı Seven Padişah 2. Beyazıt</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052791202</t>
+          <t>9786052791080</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Hangi Mevsim?</t>
+          <t>Seslerden Müziğe Yolculuk</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052791134</t>
+          <t>9786052791196</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yaprağın Peşinde</t>
+          <t>Okyanustaki Dostlarımız</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052790571</t>
+          <t>9786052791202</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Anadolu ve Balkanlara Vurulan Mühür Yıldırım Beyazıd</t>
+          <t>Hangi Mevsim?</t>
         </is>
       </c>
       <c r="C938" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052790564</t>
+          <t>9786052791134</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Devletten İmparatorluğa Sultan I. Murad</t>
+          <t>Gizemli Yaprağın Peşinde</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052790939</t>
+          <t>9786052790571</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Çınar ile Sincap</t>
+          <t>Anadolu ve Balkanlara Vurulan Mühür Yıldırım Beyazıd</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052790557</t>
+          <t>9786052790564</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Bulut ve Yağmur</t>
+          <t>Devletten İmparatorluğa Sultan I. Murad</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052790601</t>
+          <t>9786052790939</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Mühürdar - Harita Koruyucuları</t>
+          <t>Çınar ile Sincap</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052790595</t>
+          <t>9786052790557</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Zaman Misafirleri - Harita Koruyucuları</t>
+          <t>Rüzgar Bulut ve Yağmur</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052790717</t>
+          <t>9786052790601</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Muhafızları 4 - Kelimelerin Işığı</t>
+          <t>Mühürdar - Harita Koruyucuları</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052790298</t>
+          <t>9786052790595</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen - Harita Koruyucuları</t>
+          <t>Zaman Misafirleri - Harita Koruyucuları</t>
         </is>
       </c>
       <c r="C945" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052790830</t>
+          <t>9786052790717</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Eski Köşkün Gizemi</t>
+          <t>Türkçenin Muhafızları 4 - Kelimelerin Işığı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052790755</t>
+          <t>9786052790298</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot (B1 Türkish Graded Readers)</t>
+          <t>Geçmişten Gelen - Harita Koruyucuları</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052790779</t>
+          <t>9786052790830</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Leyla İle Mecnun - (B1 Turkish Graded Readers)</t>
+          <t>Eski Köşkün Gizemi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052790809</t>
+          <t>9786052790755</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Tavuklar Şapka Takar mı?</t>
+          <t>Don Kişot (B1 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052790793</t>
+          <t>9786052790779</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Kaşifi İbni Baytar - Bilimin Öncüleri</t>
+          <t>Leyla İle Mecnun - (B1 Turkish Graded Readers)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052790786</t>
+          <t>9786052790809</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Astronominin Kurucusu Ali Kuşçu - Bilimin Öncüleri</t>
+          <t>Tavuklar Şapka Takar mı?</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052790458</t>
+          <t>9786052790793</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Selçuklunun Ulu Sultanı - Alaeddin Keykubad</t>
+          <t>Bitkilerin Kaşifi İbni Baytar - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052793183</t>
+          <t>9786052790786</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Akif</t>
+          <t>Osmanlı’da Astronominin Kurucusu Ali Kuşçu - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052790281</t>
+          <t>9786052790458</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Timsah Temsi'nin Su Yarışı</t>
+          <t>Selçuklunun Ulu Sultanı - Alaeddin Keykubad</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052790267</t>
+          <t>9786052793183</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Timsah Temsi'nin Can Sıkıntısı</t>
+          <t>Akif</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052790274</t>
+          <t>9786052790281</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Timsah Temsi'nin Diş Ağrısı</t>
+          <t>Timsah Temsi'nin Su Yarışı</t>
         </is>
       </c>
       <c r="C956" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052790335</t>
+          <t>9786052790267</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Beylikten Devlete Orhan Gazi</t>
+          <t>Timsah Temsi'nin Can Sıkıntısı</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052790342</t>
+          <t>9786052790274</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Aşiretten Beyliğe Osman Gazi</t>
+          <t>Timsah Temsi'nin Diş Ağrısı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786053499725</t>
+          <t>9786052790335</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Yeni Okul Yeni Macera - Acar Dedektif Eda 1</t>
+          <t>Beylikten Devlete Orhan Gazi</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>8680628431015</t>
+          <t>9786052790342</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Tuz Dedektifleri (5 Kitap Takım)</t>
+          <t>Aşiretten Beyliğe Osman Gazi</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052790212</t>
+          <t>9786053499725</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Şiir Defteri Nerede? - Tuz Dedektifleri</t>
+          <t>Yeni Okul Yeni Macera - Acar Dedektif Eda 1</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052790175</t>
+          <t>8680628431015</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Görünenin Ardındaki Gerçek - Tuz Dedektifleri</t>
+          <t>Tuz Dedektifleri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052790199</t>
+          <t>9786052790212</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dede - Tuz Dedektifleri</t>
+          <t>Şiir Defteri Nerede? - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C963" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052790168</t>
+          <t>9786052790175</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Mektup Kimin? - Tuz Dedektifleri</t>
+          <t>Görünenin Ardındaki Gerçek - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C964" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052790182</t>
+          <t>9786052790199</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Kim? - Tuz Dedektifleri</t>
+          <t>Kayıp Dede - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C965" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052790106</t>
+          <t>9786052790168</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina - Bütün Dünyaya Hakim</t>
+          <t>Esrarengiz Mektup Kimin? - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052790144</t>
+          <t>9786052790182</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Razi - Kimyanın Dehası</t>
+          <t>Hırsız Kim? - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052790090</t>
+          <t>9786052790106</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey - Gök Bilimin Sultanı</t>
+          <t>İbni Sina - Bütün Dünyaya Hakim</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052790120</t>
+          <t>9786052790144</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>İbni Heysem - Işığın Efendisi</t>
+          <t>Razi - Kimyanın Dehası</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052790137</t>
+          <t>9786052790090</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Farabi - Bilimin İkinci Öğretmeni</t>
+          <t>Uluğ Bey - Gök Bilimin Sultanı</t>
         </is>
       </c>
       <c r="C970" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052790113</t>
+          <t>9786052790120</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Onaran Adam</t>
+          <t>İbni Heysem - Işığın Efendisi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052790014</t>
+          <t>9786052790137</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Kutuplar - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Farabi - Bilimin İkinci Öğretmeni</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786053499985</t>
+          <t>9786052790113</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Çöller - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Her Şeyi Onaran Adam</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786053499992</t>
+          <t>9786052790014</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Tropikal İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Kutuplar - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C974" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052790007</t>
+          <t>9786053499985</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz İklimi - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Çöller - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C975" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052790021</t>
+          <t>9786053499992</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Ilıman İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Tropikal İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C976" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786053499947</t>
+          <t>9786052790007</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklar Ne İşe Yarar?</t>
+          <t>Akdeniz İklimi - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786053499817</t>
+          <t>9786052790021</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Can Dostumuz Ağaçlar</t>
+          <t>Ilıman İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053499961</t>
+          <t>9786053499947</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Suyun Döngüsü</t>
+          <t>Kuyruklar Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C979" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786053499879</t>
+          <t>9786053499817</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Can Dostumuz Ağaçlar</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786053499862</t>
+          <t>9786053499961</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Suyun Döngüsü</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053499848</t>
+          <t>9786053499879</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C982" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786053499923</t>
+          <t>9786053499862</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C983" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786053499916</t>
+          <t>9786053499848</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C984" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>8680628430827</t>
+          <t>9786053499923</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Öyküler - 10 Kitap Takım</t>
+          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>490</v>
+        <v>175</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786053499794</t>
+          <t>9786053499916</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ve Bulut</t>
+          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786053499787</t>
+          <t>8680628430827</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Zuvata</t>
+          <t>Yıldızlı Öyküler - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>90</v>
+        <v>490</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786053499503</t>
+          <t>9786053499794</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Süper Numaralar Uzmanı Maytap ve Profesör Gibi</t>
+          <t>Rüzgar ve Bulut</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786053499282</t>
+          <t>9786053499787</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Çay Süzgecine</t>
+          <t>Zuvata</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786053499459</t>
+          <t>9786053499503</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Muhafızları 3 - Mutluluk Bilgisi</t>
+          <t>Süper Numaralar Uzmanı Maytap ve Profesör Gibi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786053499367</t>
+          <t>9786053499282</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Sen Yazarsın!</t>
+          <t>Bak Şu Çay Süzgecine</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>8680628430469</t>
+          <t>9786053499459</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Öyküler (10 Kitap Takım)</t>
+          <t>Türkçenin Muhafızları 3 - Mutluluk Bilgisi</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786053499121</t>
+          <t>9786053499367</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutar Bizi!</t>
+          <t>Sen Yazarsın!</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786053494911</t>
+          <t>8680628430469</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Suskunlar Ülkesinde (Ciltli)</t>
+          <t>Turuncu Öyküler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786053497691</t>
+          <t>9786053499121</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Bir Kelime Seyyahı</t>
+          <t>Kim Tutar Bizi!</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786053498834</t>
+          <t>9786053494911</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Zamanlar Arası Geçiş</t>
+          <t>Keloğlan Suskunlar Ülkesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053498803</t>
+          <t>9786053497691</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Temmuz Elması</t>
+          <t>Bir Kelime Seyyahı</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053498827</t>
+          <t>9786053498834</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Zamanlar Arası Geçiş</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053497721</t>
+          <t>9786053498803</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çizgi</t>
+          <t>Temmuz Elması</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>8680628430636</t>
+          <t>9786053498827</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Apartman Çocuğu (5 Kitap Takım)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053497707</t>
+          <t>9786053497721</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Simurg'a Yolculuk</t>
+          <t>Kırmızı Çizgi</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786053497608</t>
+          <t>8680628430636</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey Enstrümanları Anlatıyor</t>
+          <t>Apartman Çocuğu (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053497356</t>
+          <t>9786053497707</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İsimler Krallığı 3</t>
+          <t>Simurg'a Yolculuk</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053497349</t>
+          <t>9786053497608</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İsimler Krallığı 2</t>
+          <t>Tanburi Cemil Bey Enstrümanları Anlatıyor</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786053490401</t>
+          <t>9786053497356</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım: Düşünme Becerileri Kavram / Renk</t>
+          <t>Kayıp İsimler Krallığı 3</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053490395</t>
+          <t>9786053497349</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım: Dil Becerileri</t>
+          <t>Kayıp İsimler Krallığı 2</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>8680628430483</t>
+          <t>9786053490401</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Benim Gezegenim (5 Kitap Set)</t>
+          <t>İlk Etkinlik Kitabım: Düşünme Becerileri Kavram / Renk</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>490</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>8680628430445</t>
+          <t>9786053490395</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Taş Masalları (6 Kitap Takım)</t>
+          <t>İlk Etkinlik Kitabım: Dil Becerileri</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>8680628430315</t>
+          <t>8680628430483</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Göl Masalları (10 Kitap Takım)</t>
+          <t>Benim Gezegenim (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786053494874</t>
+          <t>8680628430445</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Üç Korkusuz Arkadaş</t>
+          <t>Taş Masalları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789755013374</t>
+          <t>8680628430315</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları</t>
+          <t>Gümüş Göl Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789755016337</t>
+          <t>9786053494874</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerimiz (25 Kitap)</t>
+          <t>Üç Korkusuz Arkadaş</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>2000</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789755010526</t>
+          <t>9789755013374</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Güliver'in Gezileri</t>
+          <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C1013" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789755011080</t>
+          <t>9789755016337</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Klasiklerimiz (25 Kitap)</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>80</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789755010670</t>
+          <t>9789755010526</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Güliver'in Gezileri</t>
         </is>
       </c>
       <c r="C1015" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789755013343</t>
+          <t>9789755011080</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789755013367</t>
+          <t>9789755010670</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Lassie</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C1017" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786053491521</t>
+          <t>9789755013343</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Simit Adası</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789755010700</t>
+          <t>9789755013367</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında Yirmibin Fersah</t>
+          <t>Lassie</t>
         </is>
       </c>
       <c r="C1019" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786053490609</t>
+          <t>9786053491521</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>İşe Yarar Şeyler Dükkanı</t>
+          <t>Simit Adası</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789755010458</t>
+          <t>9789755010700</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı Yazılıyor</t>
+          <t>Deniz Altında Yirmibin Fersah</t>
         </is>
       </c>
       <c r="C1021" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789755011349</t>
+          <t>9786053490609</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi Destanı</t>
+          <t>İşe Yarar Şeyler Dükkanı</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789755011158</t>
+          <t>9789755010458</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>İstiklal Marşı Yazılıyor</t>
         </is>
       </c>
       <c r="C1023" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789755014012</t>
+          <t>9789755011349</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’ın Çocukları</t>
+          <t>Battal Gazi Destanı</t>
         </is>
       </c>
       <c r="C1024" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789755010823</t>
+          <t>9789755011158</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Su Küpü - Müzekki'n-Nüfus’tan Hikayeler</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C1025" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789755011356</t>
+          <t>9789755014012</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C1026" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786053490296</t>
+          <t>9789755010823</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Masalistanbul</t>
+          <t>Su Küpü - Müzekki'n-Nüfus’tan Hikayeler</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789755016245</t>
+          <t>9789755011356</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Olsun Dizisi (10 Kitap Takım )</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789755019864</t>
+          <t>9786053490296</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıflar İçin Değerler Eğitimi (15 Hikaye Etkinlik Kitabı)</t>
+          <t>Masalistanbul</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789755011189</t>
+          <t>9789755016245</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler Kraliçenin Hizmetinde</t>
+          <t>Sağlık Olsun Dizisi (10 Kitap Takım )</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789755011042</t>
+          <t>9789755019864</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo</t>
+          <t>1. Sınıflar İçin Değerler Eğitimi (15 Hikaye Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>80</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789755010533</t>
+          <t>9789755011189</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Üç Silahşörler Kraliçenin Hizmetinde</t>
         </is>
       </c>
       <c r="C1032" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789755010649</t>
+          <t>9789755011042</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Hazine Mesnevi’den Hikayeler-2</t>
+          <t>Monte Kristo</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789755013114</t>
+          <t>9789755010533</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kemancı</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C1034" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789755011370</t>
+          <t>9789755010649</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Mezarlıktaki Hazine Mesnevi’den Hikayeler-2</t>
         </is>
       </c>
       <c r="C1035" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789755010663</t>
+          <t>9789755013114</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dilinden Hikayeler (Mantıku't-Tayr'dan Hikayeler)</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C1036" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789755018959</t>
+          <t>9789755011370</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Doğa Öyküleri (10 Kitap Takım)</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>490</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>8680628430797</t>
+          <t>9789755010663</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Petek Kitaplarım (15 Kitap )</t>
+          <t>Kuşların Dilinden Hikayeler (Mantıku't-Tayr'dan Hikayeler)</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>490</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789755010687</t>
+          <t>9789755018959</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Gezisi</t>
+          <t>Doğa Öyküleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>80</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789755010694</t>
+          <t>8680628430797</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Sefiller - Kozet</t>
+          <t>Petek Kitaplarım (15 Kitap )</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>80</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789755011172</t>
+          <t>9789755010687</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorler Kralın Hizmetinde</t>
+          <t>Seksen Günde Dünya Gezisi</t>
         </is>
       </c>
       <c r="C1041" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786053490142</t>
+          <t>9789755010694</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Öncesi Yazarlardan Hikayeler: Altın Nine</t>
+          <t>Sefiller - Kozet</t>
         </is>
       </c>
       <c r="C1042" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789755010564</t>
+          <t>9789755011172</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Alis Aynalar Ülkesinde</t>
+          <t>Üç Silahşorler Kralın Hizmetinde</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789755010588</t>
+          <t>9786053490142</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Ala Geyik</t>
+          <t>Cumhuriyet Öncesi Yazarlardan Hikayeler: Altın Nine</t>
         </is>
       </c>
       <c r="C1044" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789755010625</t>
+          <t>9789755010564</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Tilki</t>
+          <t>Alis Aynalar Ülkesinde</t>
         </is>
       </c>
       <c r="C1045" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789755014159</t>
+          <t>9789755010588</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu</t>
+          <t>Ala Geyik</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789755010519</t>
+          <t>9789755010625</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Aslan ile Tilki</t>
         </is>
       </c>
       <c r="C1047" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789755010113</t>
+          <t>9789755014159</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Taş Bebek - Anadolu Efsaneleri</t>
+          <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789755010441</t>
+          <t>9789755010519</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Sordum Sarı Çiçeğe</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789755010830</t>
+          <t>9789755010113</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Nar - Şahmeran Hikayeleri</t>
+          <t>Taş Bebek - Anadolu Efsaneleri</t>
         </is>
       </c>
       <c r="C1050" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789755010472</t>
+          <t>9789755010441</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Yunus Emre - Sordum Sarı Çiçeğe</t>
         </is>
       </c>
       <c r="C1051" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789755011165</t>
+          <t>9789755010830</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Sihirli Nar - Şahmeran Hikayeleri</t>
         </is>
       </c>
       <c r="C1052" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789755016306</t>
+          <t>9789755010472</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ömer Seyfettin'den Seçmeler (8 Kitap Takım)</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789755010809</t>
+          <t>9789755011165</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Otuz İki Diş Seyahatname’den Seçmeler</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C1054" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789755015910</t>
+          <t>9789755016306</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>On Beş Yaşında Bir Kaptan</t>
+          <t>Çocuklar İçin Ömer Seyfettin'den Seçmeler (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789755011059</t>
+          <t>9789755010809</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Evliya Çelebi - Otuz İki Diş Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C1056" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789755010427</t>
+          <t>9789755015910</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan Destanı</t>
+          <t>On Beş Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C1057" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789755010847</t>
+          <t>9789755011059</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C1058" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789755011653</t>
+          <t>9789755010427</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C1059" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789755018843</t>
+          <t>9789755010847</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Kır Öyküleri (10 Kitap Takım)</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>490</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789755010656</t>
+          <t>9789755011653</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Kel Papağan Mesnevi’den Hikayeler 1</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C1061" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789755010595</t>
+          <t>9789755018843</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Kır Öyküleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>80</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789755013350</t>
+          <t>9789755010656</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ülkesinin Kralı</t>
+          <t>Kel Papağan Mesnevi’den Hikayeler 1</t>
         </is>
       </c>
       <c r="C1063" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789755016276</t>
+          <t>9789755010595</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri (25 Kitap Takım)</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>2000</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789755011196</t>
+          <t>9789755013350</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Düşler Ülkesinin Kralı</t>
         </is>
       </c>
       <c r="C1065" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789755010434</t>
+          <t>9789755016276</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Doğuran Kazan</t>
+          <t>Dünya Çocuk Klasikleri (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>80</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789755010410</t>
+          <t>9789755011196</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul Dede Korkut Hikayeleri 2</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C1067" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789758739004</t>
+          <t>9789755010434</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Duası</t>
+          <t>Doğuran Kazan</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789755010816</t>
+          <t>9789755010410</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Buz Adaları Seyahatname’den Seçmeler 2</t>
+          <t>Deli Dumrul Dede Korkut Hikayeleri 2</t>
         </is>
       </c>
       <c r="C1069" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789755010632</t>
+          <t>9789758739004</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Bostan ile Gülistan'dan Seçmeler</t>
+          <t>Çocuğun Duası</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789755010403</t>
+          <t>9789755010816</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han - Dede Korkut Hikayeleri 1</t>
+          <t>Evliya Çelebi - Buz Adaları Seyahatname’den Seçmeler 2</t>
         </is>
       </c>
       <c r="C1071" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786053490418</t>
+          <t>9789755010632</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım: Matematik Becerileri Çizgi - Şekil</t>
+          <t>Bostan ile Gülistan'dan Seçmeler</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
+          <t>9789755010403</t>
+        </is>
+      </c>
+      <c r="B1073" s="1" t="inlineStr">
+        <is>
+          <t>Boğaç Han - Dede Korkut Hikayeleri 1</t>
+        </is>
+      </c>
+      <c r="C1073" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:3">
+      <c r="A1074" s="1" t="inlineStr">
+        <is>
+          <t>9786053490418</t>
+        </is>
+      </c>
+      <c r="B1074" s="1" t="inlineStr">
+        <is>
+          <t>İlk Etkinlik Kitabım: Matematik Becerileri Çizgi - Şekil</t>
+        </is>
+      </c>
+      <c r="C1074" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:3">
+      <c r="A1075" s="1" t="inlineStr">
+        <is>
           <t>9786053490371</t>
         </is>
       </c>
-      <c r="B1073" s="1" t="inlineStr">
+      <c r="B1075" s="1" t="inlineStr">
         <is>
           <t>Kayıp İsimler Krallığı 1: Yön-İz</t>
         </is>
       </c>
-      <c r="C1073" s="1">
+      <c r="C1075" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>