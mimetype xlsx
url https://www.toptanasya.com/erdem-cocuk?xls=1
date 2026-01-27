--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,16150 +85,16240 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259667348</t>
+          <t>9786259667362</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Kaybolan Kokular Ülkesinde</t>
+          <t>Ben Kimim? Ahi Evran Ticaretin Kitabını Yazan</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259667355</t>
+          <t>9786259346823</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Duygular Sahnede</t>
+          <t>Tarihsever Çocuk Osman Gazi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052797525</t>
+          <t>9786259667379</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Köfte ve Pirinç Patlağı 1 - Uzay Kaçkını</t>
+          <t>Dedektif Fil ve Kuyruksuz Yeşil Çetesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052797778</t>
+          <t>9786259346809</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Köfte ve Pirinç Patlağı 2 - Dünya Şaşkını</t>
+          <t>Çok Uzak Değil</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053498377</t>
+          <t>9786259346816</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Köfte ve Pirinç Patlağı 3 - Galaksi Taşkını</t>
+          <t>Tarihsever Çocuk Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259667300</t>
+          <t>9786259667386</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kelime Terzisi</t>
+          <t>Bir Ayağım Doğada Serisi- Doğada Oynama Sanatı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259667317</t>
+          <t>9786259667348</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tarihsever Çocuk - Ertuğrul Gazi</t>
+          <t>Keloğlan Kaybolan Kokular Ülkesinde</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052796085</t>
+          <t>9786259667355</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aslan Dikkat ve Kodlama</t>
+          <t>Duygular Sahnede</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052796115</t>
+          <t>9786052797525</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aslan Matematik Etkinlikleri</t>
+          <t>Köfte ve Pirinç Patlağı 1 - Uzay Kaçkını</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052793664</t>
+          <t>9786052797778</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tozkoparan İskender: Bir Efsanenin Doğuşud</t>
+          <t>Köfte ve Pirinç Patlağı 2 - Dünya Şaşkını</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053499695</t>
+          <t>9786053498377</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mektup</t>
+          <t>Köfte ve Pirinç Patlağı 3 - Galaksi Taşkını</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>30</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053499701</t>
+          <t>9786259667300</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Arkadaşım</t>
+          <t>Kelime Terzisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052793145</t>
+          <t>9786259667317</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fark Yaratan Çocuklar</t>
+          <t>Tarihsever Çocuk - Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755014814</t>
+          <t>9786052796085</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Güvercin İle Karınca</t>
+          <t>Aslan Dikkat ve Kodlama</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>20</v>
+        <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755014913</t>
+          <t>9786052796115</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yoksul Kunduracı</t>
+          <t>Aslan Matematik Etkinlikleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>20</v>
+        <v>170</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755014944</t>
+          <t>9786052793664</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı İle Karısı</t>
+          <t>Tozkoparan İskender: Bir Efsanenin Doğuşud</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755014906</t>
+          <t>9786053499695</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kedi İle Fareler</t>
+          <t>Gizemli Mektup</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755014937</t>
+          <t>9786053499701</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Cesur Terzi</t>
+          <t>Tuhaf Arkadaşım</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755018720</t>
+          <t>9786052793145</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kır Öyküleri 2 : Şakacı Saksağanlar</t>
+          <t>Fark Yaratan Çocuklar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053495338</t>
+          <t>9789755014814</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Kedi’nin Masalı</t>
+          <t>Güvercin İle Karınca</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053495321</t>
+          <t>9789755014913</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tosbi ve Müzik Grubu</t>
+          <t>Yoksul Kunduracı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052791509</t>
+          <t>9789755014944</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tembeller Okulu</t>
+          <t>Balıkçı İle Karısı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052791516</t>
+          <t>9789755014906</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Morali Bozuk Para</t>
+          <t>Kedi İle Fareler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052791486</t>
+          <t>9789755014937</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gölge'nin Maceraları</t>
+          <t>Cesur Terzi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052791493</t>
+          <t>9789755018720</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çöp Tenekesi Kralı</t>
+          <t>Kır Öyküleri 2 : Şakacı Saksağanlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052791479</t>
+          <t>9786053495338</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşını Arayan Deniz Feneri</t>
+          <t>Çizgili Kedi’nin Masalı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052790243</t>
+          <t>9786053495321</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Deyim Yerindeyse</t>
+          <t>Tosbi ve Müzik Grubu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052790502</t>
+          <t>9786052791509</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Şehri Vagu - İbi Öykülü Boyama Dizisi</t>
+          <t>Tembeller Okulu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052790526</t>
+          <t>9786052791516</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Şehri Sobo - İbi Öykülü Boyama Dizisi</t>
+          <t>Morali Bozuk Para</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053490364</t>
+          <t>9786052791486</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Renk ve Şekilleri Öğreniyorum (36-48 Ay)</t>
+          <t>Gölge'nin Maceraları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053490340</t>
+          <t>9786052791493</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kavramları Öğreniyorum (36-48 Ay)</t>
+          <t>Çöp Tenekesi Kralı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053490357</t>
+          <t>9786052791479</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çizgileri Öğreniyorum (36-48 Ay)</t>
+          <t>Arkadaşını Arayan Deniz Feneri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>8680628431022</t>
+          <t>9786052790243</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa Eğleniyor (5 Kitap Takım)</t>
+          <t>Deyim Yerindeyse</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052790328</t>
+          <t>9786052790502</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aşiretten Beyliğe Ertuğrul Gazi</t>
+          <t>Su Altı Şehri Vagu - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053499978</t>
+          <t>9786052790526</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tohumun Yolculuğu</t>
+          <t>Kütüphane Şehri Sobo - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053499909</t>
+          <t>9786053490364</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Doğal Çevreler</t>
+          <t>Renk ve Şekilleri Öğreniyorum (36-48 Ay)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052790465</t>
+          <t>9786053490340</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı’ndan Dualar</t>
+          <t>Kavramları Öğreniyorum (36-48 Ay)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052790472</t>
+          <t>9786053490357</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk - Ne Oynayacağımı Biliyorum!</t>
+          <t>Çizgileri Öğreniyorum (36-48 Ay)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052790489</t>
+          <t>8680628431022</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk - Nasıl Davranacağımı Biliyorum!</t>
+          <t>Rafadan Tayfa Eğleniyor (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>17</v>
+        <v>95</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052790496</t>
+          <t>9786052790328</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk - Hangi Sporu Yapacağımı Biliyorum!</t>
+          <t>Aşiretten Beyliğe Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052790410</t>
+          <t>9786053499978</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Koleksiyon - Rafadan Tayfa 1</t>
+          <t>Tohumun Yolculuğu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>19</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052790397</t>
+          <t>9786053499909</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kendini Onun yerine Koy - Rafadan Tayfa 2</t>
+          <t>Doğal Çevreler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>19</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052790403</t>
+          <t>9786052790465</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Define Avı - Rafadan Tayfa 3</t>
+          <t>Portakal Ağacı’ndan Dualar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053499718</t>
+          <t>9786052790472</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernitede Denge Sultan 2. Abdulhamit</t>
+          <t>Kuzucuk - Ne Oynayacağımı Biliyorum!</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755017839</t>
+          <t>9786052790489</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çizelim - Parmak Boyası İle Sanat Etkinlikleri</t>
+          <t>Kuzucuk - Nasıl Davranacağımı Biliyorum!</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>7</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052790434</t>
+          <t>9786052790496</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Muhafızları - Rafadan Tayfa Eğleniyor</t>
+          <t>Kuzucuk - Hangi Sporu Yapacağımı Biliyorum!</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755017730</t>
+          <t>9786052790410</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Dünyam</t>
+          <t>Eşsiz Koleksiyon - Rafadan Tayfa 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052790380</t>
+          <t>9786052790397</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hoppa ve Pumba'yla Cetvelsiz Sorular</t>
+          <t>Kendini Onun yerine Koy - Rafadan Tayfa 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053499381</t>
+          <t>9786052790403</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çöl Develeri</t>
+          <t>Define Avı - Rafadan Tayfa 3</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755016788</t>
+          <t>9786053499718</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuk Ulya Topkapı Sarayı'nda</t>
+          <t>Gelenek ve Modernitede Denge Sultan 2. Abdulhamit</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053490180</t>
+          <t>9789755017839</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler 1 - Sihirli Öpücük</t>
+          <t>Çizelim - Parmak Boyası İle Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>7.41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755018423</t>
+          <t>9786052790434</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorler</t>
+          <t>Sağlık Muhafızları - Rafadan Tayfa Eğleniyor</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755011301</t>
+          <t>9789755017730</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yüz Akı</t>
+          <t>Çizgi Dünyam</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>6.48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755019499</t>
+          <t>9786052790380</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Hoppa ve Pumba'yla Cetvelsiz Sorular</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755011318</t>
+          <t>9786053499381</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Mavi Çöl Develeri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>6.48</v>
+        <v>27</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755013336</t>
+          <t>9789755016788</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Uzaylı Çocuk Ulya Topkapı Sarayı'nda</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>2.55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755017426</t>
+          <t>9786053490180</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri - Vatan Yahut Silistre</t>
+          <t>Güzel Öyküler 1 - Sihirli Öpücük</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>60</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755071176</t>
+          <t>9789755018423</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler Kralın Hizmetinde</t>
+          <t>Üç Silahşorler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>2.08</v>
+        <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755013145</t>
+          <t>9789755011301</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda Bir Ülke</t>
+          <t>Yüz Akı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>32</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755010274</t>
+          <t>9789755019499</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uğurlu Çocuk</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755014074</t>
+          <t>9789755011318</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçtu Şiir Uçtu</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755011332</t>
+          <t>9789755013336</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uçan Prens Hint Masalları</t>
+          <t>Venedik Taciri</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755011257</t>
+          <t>9789755017426</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kısrak Arap Masalları</t>
+          <t>İlk Gençlik Klasikleri - Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>2.55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755019512</t>
+          <t>9789755071176</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Üç Silahşörler Kralın Hizmetinde</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>30</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755017976</t>
+          <t>9789755013145</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tıpkı Nasrettin Hoca Gibi</t>
+          <t>Uzaklarda Bir Ülke</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>8.8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755011240</t>
+          <t>9789755010274</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tavus Prenses Çin Masalları</t>
+          <t>Uğurlu Çocuk</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755010281</t>
+          <t>9789755014074</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şehir Çocuğu</t>
+          <t>Uçtu Uçtu Şiir Uçtu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755019482</t>
+          <t>9789755011332</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Uçan Prens Hint Masalları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>30</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755011660</t>
+          <t>9789755011257</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye’de Bayram Sabahı - Yahya Kemal Beyatlı'nın Hayatı ve Eserlerinden Seçmeler</t>
+          <t>Uçan Kısrak Arap Masalları</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755016757</t>
+          <t>9789755019512</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 5</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755016740</t>
+          <t>9789755017976</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 4</t>
+          <t>Tıpkı Nasrettin Hoca Gibi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>16.67</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755016764</t>
+          <t>9789755011240</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 3</t>
+          <t>Tavus Prenses Çin Masalları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>14.81</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755016771</t>
+          <t>9789755010281</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 2</t>
+          <t>Şehir Çocuğu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>14.81</v>
+        <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755010298</t>
+          <t>9789755019482</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Son Çocuk</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755010717</t>
+          <t>9789755011660</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Süleymaniye’de Bayram Sabahı - Yahya Kemal Beyatlı'nın Hayatı ve Eserlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755013268</t>
+          <t>9789755016757</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Sihirli Yüzük</t>
+          <t>Soru Bankası 5</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>16</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755014098</t>
+          <t>9789755016740</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Ne Renk Ayakkabı Giyer?</t>
+          <t>Soru Bankası 4</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>14</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755011028</t>
+          <t>9789755016764</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Elma Lübnan Masalları</t>
+          <t>Soru Bankası 3</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>2.55</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755013831</t>
+          <t>9789755016771</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Annelerim</t>
+          <t>Soru Bankası 2</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>32</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755013695</t>
+          <t>9789755010298</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sesimi Duyuyor Musun?</t>
+          <t>Son Çocuk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755017181</t>
+          <t>9789755010717</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sayı Bahçesi</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755013909</t>
+          <t>9789755013268</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Eğitim Üzerine</t>
+          <t>Sarı Papatya Dizisi - Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755018638</t>
+          <t>9789755014098</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu’ndaki Karagöz İle Hacivat</t>
+          <t>Uzaylılar Ne Renk Ayakkabı Giyer?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>3.24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755010304</t>
+          <t>9789755011028</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sakat Çocuk</t>
+          <t>Sihirli Elma Lübnan Masalları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>7</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755013305</t>
+          <t>9789755013831</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sabır Taşı</t>
+          <t>Sevgili Annelerim</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755018478</t>
+          <t>9789755013695</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Sesimi Duyuyor Musun?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>32</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755012964</t>
+          <t>9789755017181</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan Kara Kanca’ya Karşı</t>
+          <t>Sayı Bahçesi</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755012957</t>
+          <t>9789755013909</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Papatya Dizisi 22 - Peter Pan Düşler Adası’nda</t>
+          <t>Sanat ve Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755018430</t>
+          <t>9789755018638</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Samanyolu’ndaki Karagöz İle Hacivat</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755011325</t>
+          <t>9789755010304</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Sakat Çocuk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755019468</t>
+          <t>9789755013305</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Sabır Taşı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755019505</t>
+          <t>9789755018478</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755016221</t>
+          <t>9789755012964</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Papatya Dizisi ( 30 Kitap Takım)</t>
+          <t>Peter Pan Kara Kanca’ya Karşı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755012261</t>
+          <t>9789755012957</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Papağanın Hikayeleri - Tuti-name</t>
+          <t>Papatya Dizisi 22 - Peter Pan Düşler Adası’nda</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>2.55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755012889</t>
+          <t>9789755018430</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755018416</t>
+          <t>9789755011325</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer ( +12 )</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>90</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755010786</t>
+          <t>9789755019468</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Örnek Kompozisyonlu Atasözleri Sözlüğü</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>4.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755016313</t>
+          <t>9789755019505</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Külliyatı (10 Kitap Takım)</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>64.81</v>
+        <v>30</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755014799</t>
+          <t>9789755016221</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Matematik 5</t>
+          <t>Papatya Dizisi ( 30 Kitap Takım)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>13.43</v>
+        <v>500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755014780</t>
+          <t>9789755012261</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Matematik 4</t>
+          <t>Papağanın Hikayeleri - Tuti-name</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>13.43</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755017662</t>
+          <t>9789755012889</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Renk Şekil ve Kavram Etkinlikleri</t>
+          <t>Beyaz Papatya Dizisi - Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755017648</t>
+          <t>9789755018416</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nur Ana Büyük Ada’da Macera</t>
+          <t>Tom Sawyer ( +12 )</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755014050</t>
+          <t>9789755010786</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Nur Ana</t>
+          <t>Örnek Kompozisyonlu Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>12</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755010311</t>
+          <t>9789755016313</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ninelerin Ninesi</t>
+          <t>Ömer Seyfettin Külliyatı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>7</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755013923</t>
+          <t>9789755014799</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Rüya İlköğretim Okulları İçin Piyes</t>
+          <t>Öğreten Matematik 5</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>5.56</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755013763</t>
+          <t>9789755014780</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kız</t>
+          <t>Öğreten Matematik 4</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>25</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755010496</t>
+          <t>9789755017662</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Robinson Kruso</t>
+          <t>Okul Öncesi Renk Şekil ve Kavram Etkinlikleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>2.55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755012940</t>
+          <t>9789755017648</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Nur Ana Büyük Ada’da Macera</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>3990000024645</t>
+          <t>9789755014050</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Küçük Endişeler Dizisi (7 Kitap Takım)</t>
+          <t>Nur Ana</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>45.37</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053490319</t>
+          <t>9789755010311</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çocuklar Okul Öncesi Eğitim Seti (16 Kitap)</t>
+          <t>Ninelerin Ninesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120.37</v>
+        <v>7</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053491224</t>
+          <t>9789755013923</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yorgan Gitti Kavga Bitti</t>
+          <t>Uzaydan Gelen Rüya İlköğretim Okulları İçin Piyes</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>0.69</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053491231</t>
+          <t>9789755013763</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çömlek Hesabı</t>
+          <t>Rüya Kız</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>0.69</v>
+        <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053491118</t>
+          <t>9789755010496</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ben Sağken</t>
+          <t>Robinson Kruso</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>0.69</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053491125</t>
+          <t>9789755012940</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İnanmazsan Say</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>0.69</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053491156</t>
+          <t>3990000024645</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Peşin Para</t>
+          <t>Küçük Endişeler Dizisi (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>0.69</v>
+        <v>45.37</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053491163</t>
+          <t>9786053490319</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Suyunun Suyu</t>
+          <t>Neşeli Çocuklar Okul Öncesi Eğitim Seti (16 Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>0.69</v>
+        <v>120.37</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053491200</t>
+          <t>9786053491224</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ye Kürküm Ye</t>
+          <t>Yorgan Gitti Kavga Bitti</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053490876</t>
+          <t>9786053491231</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Et Mi Kedi Mi ?</t>
+          <t>Çömlek Hesabı</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053491088</t>
+          <t>9786053491118</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Doğuran Kazan</t>
+          <t>Ben Sağken</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>8680628430247</t>
+          <t>9786053491125</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'dan Seçmeler (10 Kİtap Takım)</t>
+          <t>İnanmazsan Say</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>20</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053490920</t>
+          <t>9786053491156</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kandil ve Kazan</t>
+          <t>Peşin Para</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755010328</t>
+          <t>9786053491163</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mine’nin Arkadaşı</t>
+          <t>Suyunun Suyu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>7</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789755012902</t>
+          <t>9786053491200</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler Üç Balık</t>
+          <t>Ye Kürküm Ye</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>25</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755010342</t>
+          <t>9786053490876</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mercan Kolye</t>
+          <t>Et Mi Kedi Mi ?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>7</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755013138</t>
+          <t>9786053491088</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tüllü Balerinler</t>
+          <t>Doğuran Kazan</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>32</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755017198</t>
+          <t>8680628430247</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Matematik Bahçesi</t>
+          <t>Nasrettin Hoca'dan Seçmeler (10 Kİtap Takım)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755016603</t>
+          <t>9786053490920</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 9 Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
+          <t>Kandil ve Kazan</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>6.94</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755016566</t>
+          <t>9789755010328</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 8 Tik Tak Tik Tak Ağaçkakan Susi'ye Bak</t>
+          <t>Mine’nin Arkadaşı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>6.94</v>
+        <v>7</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755016535</t>
+          <t>9789755012902</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 7 Pazartesi Salı Şişman Bir Arı</t>
+          <t>Mesnevi’den Seçmeler Üç Balık</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>6.94</v>
+        <v>25</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755016528</t>
+          <t>9789755010342</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 6 Altı Yedi Sarı Kedi</t>
+          <t>Mercan Kolye</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>6.94</v>
+        <v>7</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755016511</t>
+          <t>9789755013138</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 5 Fare Mumu ve Beş Duyu</t>
+          <t>Mavi Tüllü Balerinler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>6.94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755016573</t>
+          <t>9789755017198</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 4 Kalın-İnce Düz-Eğri Sizce Ne Yapmalı Kirpi Kiki?</t>
+          <t>Matematik Bahçesi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>6.94</v>
+        <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755016597</t>
+          <t>9789755016603</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 3 Sarı Kırmızı Mavi Üzgün Palyaço Titi</t>
+          <t>Masallı Eğitim Seti 9 Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755016580</t>
+          <t>9789755016566</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 2 Pituki ve Bulut Bubi</t>
+          <t>Masallı Eğitim Seti 8 Tik Tak Tik Tak Ağaçkakan Susi'ye Bak</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755016559</t>
+          <t>9789755016535</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 10 Uykucu Pepe ve Abece</t>
+          <t>Masallı Eğitim Seti 7 Pazartesi Salı Şişman Bir Arı</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755016023</t>
+          <t>9789755016528</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Masal Uçağı</t>
+          <t>Masallı Eğitim Seti 6 Altı Yedi Sarı Kedi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>22</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755013947</t>
+          <t>9789755016511</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Masal Sokağı</t>
+          <t>Masallı Eğitim Seti 5 Fare Mumu ve Beş Duyu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>60</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755013961</t>
+          <t>9789755016573</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Masal Ormanı</t>
+          <t>Masallı Eğitim Seti 4 Kalın-İnce Düz-Eğri Sizce Ne Yapmalı Kirpi Kiki?</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755016283</t>
+          <t>9789755016597</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Masal Klasikleri Dizisi (20 Kitap Takım)</t>
+          <t>Masallı Eğitim Seti 3 Sarı Kırmızı Mavi Üzgün Palyaço Titi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>50.93</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755016610</t>
+          <t>9789755016580</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 6 - Masal Dükkanı</t>
+          <t>Masallı Eğitim Seti 2 Pituki ve Bulut Bubi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755013954</t>
+          <t>9789755016559</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizi</t>
+          <t>Masallı Eğitim Seti 10 Uykucu Pepe ve Abece</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>22</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755016627</t>
+          <t>9789755016023</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 7 - Masal Anne</t>
+          <t>Masal Uçağı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>75</v>
+        <v>22</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755018515</t>
+          <t>9789755013947</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Lassie</t>
+          <t>Masal Sokağı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755012056</t>
+          <t>9789755013961</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları</t>
+          <t>Masal Ormanı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>2.55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755013244</t>
+          <t>9789755016283</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Masal Klasikleri Dizisi (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>25</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755013237</t>
+          <t>9789755016610</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-Küçük Deniz Kızı</t>
+          <t>Masal Zamanı Dizisi 6 - Masal Dükkanı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>16</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755013992</t>
+          <t>9789755013954</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Koşanlar</t>
+          <t>Masal Denizi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>55</v>
+        <v>22</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755016368</t>
+          <t>9789755016627</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Hikayeleri</t>
+          <t>Masal Zamanı Dizisi 7 - Masal Anne</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755010359</t>
+          <t>9789755018515</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kolsuz Bebek</t>
+          <t>Lassie</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>7</v>
+        <v>110</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789755015408</t>
+          <t>9789755012056</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma Alışkanlığı Kazandırma Projesi</t>
+          <t>La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>7.41</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755012872</t>
+          <t>9789755013244</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Şapkalı Kız Perrault Masalları</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755013251</t>
+          <t>9789755013237</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Papuçlar</t>
+          <t>Sarı Papatya Dizisi-Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755013701</t>
+          <t>9789755013992</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Boncuklar</t>
+          <t>Kurtuluşa Koşanlar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>32</v>
+        <v>55</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755016290</t>
+          <t>9789755016368</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kemalettin Tuğcu’dan Seçmeler 20 Kitap Takım</t>
+          <t>Kurtuluş Savaşı Hikayeleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755010977</t>
+          <t>9789755010359</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Kırk Haramiler</t>
+          <t>Kolsuz Bebek</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755019475</t>
+          <t>9789755015408</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Kitap Okuma Alışkanlığı Kazandırma Projesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>30</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755013756</t>
+          <t>9789755012872</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kakara Kikiri Fıkralar</t>
+          <t>Kırmızı Şapkalı Kız Perrault Masalları</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755011035</t>
+          <t>9789755013251</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalpli Kız Anadolu Masalları 2</t>
+          <t>Kırmızı Papuçlar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>2.55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>3990000010912</t>
+          <t>9789755013701</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İlk Yazı Kitabım 4</t>
+          <t>Kırmızı Boncuklar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755014535</t>
+          <t>9789755016290</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İlk Yazı Kitabım 1</t>
+          <t>Kemalettin Tuğcu’dan Seçmeler 20 Kitap Takım</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>5</v>
+        <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755012933</t>
+          <t>9789755010977</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-İki İnatçı Keçi</t>
+          <t>Keloğlan ile Kırk Haramiler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>16</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755010366</t>
+          <t>9789755019475</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İçler Acısı</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755010335</t>
+          <t>9789755013756</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hırdavatçı Dede</t>
+          <t>Kakara Kikiri Fıkralar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755012988</t>
+          <t>9789755011035</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Heidi</t>
+          <t>İyi Kalpli Kız Anadolu Masalları 2</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755011127</t>
+          <t>3990000010912</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>İlk Yazı Kitabım 4</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>6.48</v>
+        <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755014081</t>
+          <t>9789755014535</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Güneşle Ay Duymasın</t>
+          <t>İlk Yazı Kitabım 1</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>4.63</v>
+        <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755011691</t>
+          <t>9789755012933</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğusu Ay Batısı İskandinav Masalları</t>
+          <t>Sarı Papatya Dizisi-İki İnatçı Keçi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>2.55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755011011</t>
+          <t>9789755010366</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Tavşan İran Masalları</t>
+          <t>İçler Acısı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755017464</t>
+          <t>9789755010335</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 12 - Güliver’in Gezileri</t>
+          <t>Hırdavatçı Dede</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>75</v>
+        <v>7</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755011592</t>
+          <t>9789755012988</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Gülçin Abla</t>
+          <t>Beyaz Papatya Dizisi - Heidi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>3990000006480</t>
+          <t>9789755011127</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları: Gül Perisi</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>2.55</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755011141</t>
+          <t>9789755014081</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Güneşle Ay Duymasın</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>6.48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755010984</t>
+          <t>9789755011691</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Gemici Sinbad’ın Serüvenleri Binbir Gece Masalları 1</t>
+          <t>Gün Doğusu Ay Batısı İskandinav Masalları</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755011585</t>
+          <t>9789755011011</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşları</t>
+          <t>Gümüş Tavşan İran Masalları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>7</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755013787</t>
+          <t>9789755017464</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Fili Fili Kuş Dili Bilmeceler</t>
+          <t>İlk Gençlik Klasikleri 12 - Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755013817</t>
+          <t>9789755011592</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Fener Adası Çocukları</t>
+          <t>Gülçin Abla</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755017204</t>
+          <t>3990000006480</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Doğa Bahçesi</t>
+          <t>Andersen Masalları: Gül Perisi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>27.78</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755011578</t>
+          <t>9789755011141</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Masal</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3990000014506</t>
+          <t>9789755010984</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Erdem Eğitici Boyama 8 Kitap Takım</t>
+          <t>Gemici Sinbad’ın Serüvenleri Binbir Gece Masalları 1</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>12.96</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755010779</t>
+          <t>9789755011585</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Türk Masalları</t>
+          <t>Gece Kuşları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>8680628430032</t>
+          <t>9789755013787</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bitişik Eğik Yazılı Dünya Masalları 2 (10 Kitap Takım)</t>
+          <t>Fili Fili Kuş Dili Bilmeceler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>15.74</v>
+        <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755011295</t>
+          <t>9789755013817</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Fener Adası Çocukları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>6.48</v>
+        <v>32</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755019444</t>
+          <t>9789755017204</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Fen ve Doğa Bahçesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755010014</t>
+          <t>9789755011578</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Eski Bir Masal</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1.85</v>
+        <v>7</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755017228</t>
+          <t>3990000014506</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Görsel Algı ve Düşünme Becerileri 2</t>
+          <t>Erdem Eğitici Boyama 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>34.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755010144</t>
+          <t>9789755010779</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Denizde Kaybolan Yıldız</t>
+          <t>En Güzel Türk Masalları</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755011561</t>
+          <t>8680628430032</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı</t>
+          <t>Bitişik Eğik Yazılı Dünya Masalları 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>7</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755018409</t>
+          <t>9789755011295</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 10 - Denizaltında 20.000 Fersah</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755018508</t>
+          <t>9789755019444</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755018546</t>
+          <t>9789755010014</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 27 - Define Adası</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>110</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755012841</t>
+          <t>9789755017228</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Masalları 10 Masal (Ciltli)</t>
+          <t>Dikkat Görsel Algı ve Düşünme Becerileri 2</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>10.19</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755011554</t>
+          <t>9789755010144</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dede ile Torun</t>
+          <t>Denizde Kaybolan Yıldız</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>7</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755011547</t>
+          <t>9789755011561</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hırsızları</t>
+          <t>Deniz Kızı</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755013855</t>
+          <t>9789755018409</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Uyku Problemini Gidermek İçin 55 Öneri</t>
+          <t>İlk Gençlik Klasikleri 10 - Denizaltında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755013862</t>
+          <t>9789755018508</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Öfkesini Gidermek İçin 55 Öneri</t>
+          <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755013886</t>
+          <t>9789755018546</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Korku Problemini Gidermek İçin 55 Öneri</t>
+          <t>İlk Gençlik Klasikleri 27 - Define Adası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>12</v>
+        <v>110</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755013893</t>
+          <t>9789755012841</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Sakinleştirmek İçin 55 Öneri</t>
+          <t>Dede Korkut Masalları 10 Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755013879</t>
+          <t>9789755011554</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Kavgacı Tutumundan Uzaklaştırmak İçin 55 Öneri</t>
+          <t>Dede ile Torun</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>24</v>
+        <v>7</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755013794</t>
+          <t>9789755011547</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-Çizmeli Kedi</t>
+          <t>Çocuk Hırsızları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755017235</t>
+          <t>9789755013855</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Bahçesi</t>
+          <t>Çocuğunuzun Uyku Problemini Gidermek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755011530</t>
+          <t>9789755013862</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çingene Kızı</t>
+          <t>Çocuğunuzun Öfkesini Gidermek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755011066</t>
+          <t>9789755013886</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çin Dağı Çin Çin Dağı Anadolu Masalları 1</t>
+          <t>Çocuğunuzun Korku Problemini Gidermek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>2.55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755011523</t>
+          <t>9789755013893</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çifte Kumrular</t>
+          <t>Çocuğunuzu Sakinleştirmek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755014005</t>
+          <t>9789755013879</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’nin İsimsiz Kahramanları</t>
+          <t>Çocuğunuzu Kavgacı Tutumundan Uzaklaştırmak İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755014234</t>
+          <t>9789755013794</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İçinde Vurdular Beni</t>
+          <t>Sarı Papatya Dizisi-Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755011516</t>
+          <t>9789755017235</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ceylanlı Bahçe</t>
+          <t>Çizgi Bahçesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755016832</t>
+          <t>9789755011530</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Candaranın Hediyesi  Taşlar Krallığı Üçlemesi 1</t>
+          <t>Çingene Kızı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>16.67</v>
+        <v>7</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755013480</t>
+          <t>9789755011066</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Can Dostum</t>
+          <t>Çin Dağı Çin Çin Dağı Anadolu Masalları 1</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>32</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755011097</t>
+          <t>9789755011523</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Çifte Kumrular</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755011110</t>
+          <t>9789755014005</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bomba</t>
+          <t>Çanakkale’nin İsimsiz Kahramanları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>6.48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755010748</t>
+          <t>9789755014234</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı ile Yunus Balığı İspanyol Masalları</t>
+          <t>Çanakkale İçinde Vurdular Beni</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>2.55</v>
+        <v>55</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755013718</t>
+          <t>9789755011516</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Avucumda Bir Kuş Var</t>
+          <t>Ceylanlı Bahçe</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755011509</t>
+          <t>9789755016832</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ana Hakkı</t>
+          <t>Candaranın Hediyesi  Taşlar Krallığı Üçlemesi 1</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>7</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755013275</t>
+          <t>9789755013480</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Altın Tüy</t>
+          <t>Can Dostum</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755011073</t>
+          <t>9789755011097</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Altın Heybe Keloğlan Masalları 3</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755010960</t>
+          <t>9789755011110</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ali Cengiz Oyunu Keloğlan Masalları 1</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>2.55</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755010946</t>
+          <t>9789755010748</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ile Kırk Haramiler</t>
+          <t>Balıkçı ile Yunus Balığı İspanyol Masalları</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755010939</t>
+          <t>9789755013718</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası Binbir Gece Masalları 2</t>
+          <t>Avucumda Bir Kuş Var</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>2.55</v>
+        <v>32</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755013121</t>
+          <t>9789755011509</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ah Bir Martı Olsam!</t>
+          <t>Ana Hakkı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755016726</t>
+          <t>9789755013275</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Tatil Kampında</t>
+          <t>Altın Tüy</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755016658</t>
+          <t>9789755011073</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Okulda</t>
+          <t>Altın Heybe Keloğlan Masalları 3</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>14</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755016696</t>
+          <t>9789755010960</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Midilli Kulübünde</t>
+          <t>Ali Cengiz Oyunu Keloğlan Masalları 1</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>14</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755016702</t>
+          <t>9789755010946</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Hayvanat Bahçesinde</t>
+          <t>Ali Baba ile Kırk Haramiler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>14</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755016689</t>
+          <t>9789755010939</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Hayalet Adasında</t>
+          <t>Alaaddin’in Sihirli Lambası Binbir Gece Masalları 2</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>14</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755016719</t>
+          <t>9789755013121</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Harabe Kalede</t>
+          <t>Ah Bir Martı Olsam!</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>14</v>
+        <v>32</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755011004</t>
+          <t>9789755016726</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Afacan Dedektifler Tatil Kampında</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>2.55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755014210</t>
+          <t>9789755016658</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Biz Savaş Çocuklarıydık</t>
+          <t>Afacan Dedektifler Okulda</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>3990000011934</t>
+          <t>9789755016696</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Lale</t>
+          <t>Afacan Dedektifler Midilli Kulübünde</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755013824</t>
+          <t>9789755016702</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Benim Pembe Pabuçlarım</t>
+          <t>Afacan Dedektifler Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>32</v>
+        <v>14</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755016047</t>
+          <t>9789755016689</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Benim Kırmızı Pabuçlarım</t>
+          <t>Afacan Dedektifler Hayalet Adasında</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755016382</t>
+          <t>9789755016719</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Belirli Günler ve Haftalar</t>
+          <t>Afacan Dedektifler Harabe Kalede</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>12.96</v>
+        <v>14</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755013800</t>
+          <t>9789755011004</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Açıl Susam Açıl</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755010724</t>
+          <t>9789755014210</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Örnekli Deyimler Sözlüğü</t>
+          <t>Biz Savaş Çocuklarıydık</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>4.63</v>
+        <v>24</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755016542</t>
+          <t>3990000011934</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 1 Kaplumbağa Rafi ve Arkadaşlarının Sesi</t>
+          <t>Beyaz Lale</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>6.94</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755016665</t>
+          <t>9789755013824</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Futbol Kulübünde</t>
+          <t>Benim Pembe Pabuçlarım</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>14</v>
+        <v>32</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755016634</t>
+          <t>9789755016047</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Deniz Fenerinde</t>
+          <t>Benim Kırmızı Pabuçlarım</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755016672</t>
+          <t>9789755016382</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler At Çiftliğinde</t>
+          <t>Belirli Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>14</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755016641</t>
+          <t>9789755013800</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Ağaç Evde</t>
+          <t>Açıl Susam Açıl</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755014166</t>
+          <t>9789755010724</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Masal Yıldızı</t>
+          <t>Açıklamalı Örnekli Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>150</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755012919</t>
+          <t>9789755016542</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-Nasrettin Hoca Kaybolan Heybe</t>
+          <t>Masallı Eğitim Seti 1 Kaplumbağa Rafi ve Arkadaşlarının Sesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>16</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755011134</t>
+          <t>9789755016665</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Afacan Dedektifler Futbol Kulübünde</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755013930</t>
+          <t>9789755016634</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kargalar ve Bezelyeler</t>
+          <t>Afacan Dedektifler Deniz Fenerinde</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>5.56</v>
+        <v>14</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755013299</t>
+          <t>9789755016672</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Karakuş Geç Kalınca</t>
+          <t>Afacan Dedektifler At Çiftliğinde</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>8680628430834</t>
+          <t>9789755016641</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İstersem Yaparım (10 Kitap Takım)</t>
+          <t>Afacan Dedektifler Ağaç Evde</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>175</v>
+        <v>14</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053490326</t>
+          <t>9789755014166</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Rehberlik Çalışmalarım</t>
+          <t>Masal Yıldızı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>18</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755013916</t>
+          <t>9789755012919</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hani Dünya Kocamandı Çocukların Güneşini Çalan Savaş Ve...</t>
+          <t>Sarı Papatya Dizisi-Nasrettin Hoca Kaybolan Heybe</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>12.5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052790236</t>
+          <t>9789755011134</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İbi'nin Keşif Günlüğü (Ciltli)</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>45</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>8680628430896</t>
+          <t>9789755013930</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yeter Ki İste Set (5 Kitap)</t>
+          <t>Kargalar ve Bezelyeler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>45</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052790304</t>
+          <t>9789755013299</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sebzeli Meyveli - Elif'in Düşleri</t>
+          <t>Karakuş Geç Kalınca</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>45</v>
+        <v>16</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>8680628430650</t>
+          <t>8680628430834</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa Dizisi 5 Kitap Takım</t>
+          <t>İstersem Yaparım (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>8680628430810</t>
+          <t>9786053490326</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Düz Yazılı Dünya Masalları (10 Kitap Takım)</t>
+          <t>Okul Öncesi Rehberlik Çalışmalarım</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053490333</t>
+          <t>9789755013916</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Can ile Cansu Matematik Öğreniyor</t>
+          <t>Hani Dünya Kocamandı Çocukların Güneşini Çalan Savaş Ve...</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>18</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755018973</t>
+          <t>9786052790236</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Matematik Becerileri 2</t>
+          <t>İbi'nin Keşif Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053499930</t>
+          <t>8680628430896</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Yeter Ki İste Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053499855</t>
+          <t>9786052790304</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Sebzeli Meyveli - Elif'in Düşleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053499824</t>
+          <t>8680628430650</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Rafadan Tayfa Dizisi 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053499886</t>
+          <t>8680628430810</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Düz Yazılı Dünya Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755018966</t>
+          <t>9786053490333</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Matematik Becerileri 1</t>
+          <t>Can ile Cansu Matematik Öğreniyor</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>31.48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053491545</t>
+          <t>9789755018973</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Görsel Algı ve Düşünme Becerileri 1</t>
+          <t>Matematik Becerileri 2</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>34.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053498902</t>
+          <t>9786053499930</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Variller</t>
+          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>27</v>
+        <v>50</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053498896</t>
+          <t>9786053499855</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Maceralı Tatil</t>
+          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>14</v>
+        <v>50</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053498926</t>
+          <t>9786053499824</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Göl Canavarı</t>
+          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>27</v>
+        <v>50</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053498919</t>
+          <t>9786053499886</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Mağara</t>
+          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>14</v>
+        <v>50</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053498957</t>
+          <t>9789755018966</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe'nun İzinden</t>
+          <t>Matematik Becerileri 1</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>100</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053498964</t>
+          <t>9786053491545</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Amazon Macerası</t>
+          <t>Dikkat Görsel Algı ve Düşünme Becerileri 1</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>45</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053498933</t>
+          <t>9786053498902</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Köpek</t>
+          <t>Zehirli Variller</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>27</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053497615</t>
+          <t>9786053498896</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 1: Uyuz İnek Nasıl Boğa Olur?</t>
+          <t>Maceralı Tatil</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052790205</t>
+          <t>9786053498926</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Dehliz Macerası</t>
+          <t>Göl Canavarı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053498940</t>
+          <t>9786053498919</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kitaplar</t>
+          <t>Esrarengiz Mağara</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053491477</t>
+          <t>9786053498957</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Zafer Getiren Mayınlar - Çanakkale'nin Kahramanları 1</t>
+          <t>Robinson Crusoe'nun İzinden</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053498872</t>
+          <t>9786053498964</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Hafiyelik Peşinde</t>
+          <t>Amazon Macerası</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053498889</t>
+          <t>9786053498933</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Arkadaştan da Öte</t>
+          <t>Kaçırılan Köpek</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053495123</t>
+          <t>9786053497615</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hakları İçin Öyküler - Kuşlar Adası</t>
+          <t>Küçük Ok 1: Uyuz İnek Nasıl Boğa Olur?</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053494713</t>
+          <t>9786052790205</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Hayat 7 - Fostin'in Günlüğü</t>
+          <t>Rafadan Tayfa - Dehliz Macerası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>6.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053494836</t>
+          <t>9786053498940</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bobo ve Tırtıl Arkadaşı</t>
+          <t>Korsan Kitaplar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>8680628430407</t>
+          <t>9786053491477</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Hayat (8 Kitap Takım)</t>
+          <t>Zafer Getiren Mayınlar - Çanakkale'nin Kahramanları 1</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053498995</t>
+          <t>9786053498872</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Uzay Yolculuğu</t>
+          <t>Rafadan Tayfa - Hafiyelik Peşinde</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053499008</t>
+          <t>9786053498889</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Korsanın Hazinesi</t>
+          <t>Rafadan Tayfa - Arkadaştan da Öte</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053498988</t>
+          <t>9786053495123</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 2</t>
+          <t>Çocuk Hakları İçin Öyküler - Kuşlar Adası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053498971</t>
+          <t>9786053494713</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 1</t>
+          <t>Merhaba Hayat 7 - Fostin'in Günlüğü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>37</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053497523</t>
+          <t>9786053494836</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sürprizli Şubat Tatili</t>
+          <t>Bobo ve Tırtıl Arkadaşı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053497509</t>
+          <t>8680628430407</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklayan Proje</t>
+          <t>Merhaba Hayat (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053497493</t>
+          <t>9786053498995</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Meslek Emeklilik</t>
+          <t>Müthiş Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053497486</t>
+          <t>9786053499008</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bana Neler Oluyor?</t>
+          <t>Kaptan Korsanın Hazinesi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053497479</t>
+          <t>9786053498988</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Atarlanan Asansör</t>
+          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 2</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>8680628430612</t>
+          <t>9786053498971</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şehzade (8 Kitap)</t>
+          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 1</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053498797</t>
+          <t>9786053497523</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Düş Denizi'nin Sırrı</t>
+          <t>Sürprizli Şubat Tatili</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053498780</t>
+          <t>9786053497509</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Düş Bahçesi</t>
+          <t>Gıdıklayan Proje</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>14</v>
+        <v>35</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>8680628430438</t>
+          <t>9786053497493</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha (10 Kitap Takım)</t>
+          <t>En Güzel Meslek Emeklilik</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053499275</t>
+          <t>9786053497486</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Prensi</t>
+          <t>Bana Neler Oluyor?</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053497578</t>
+          <t>9786053497479</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Tutankamon’un Kolyesi</t>
+          <t>Atarlanan Asansör</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053497592</t>
+          <t>8680628430612</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Çalınan Tacı</t>
+          <t>Küçük Şehzade (8 Kitap)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053497585</t>
+          <t>9786053498797</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tüy</t>
+          <t>Düş Denizi'nin Sırrı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>8680628430476</t>
+          <t>9786053498780</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor (8 Kitap Set)</t>
+          <t>Düş Bahçesi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>720</v>
+        <v>14</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053496717</t>
+          <t>8680628430438</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Uçakta</t>
+          <t>Küçük Ejderha (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053496700</t>
+          <t>9786053499275</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Piknikte</t>
+          <t>İlkbahar Prensi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053496663</t>
+          <t>9786053497578</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Parkta</t>
+          <t>Tutankamon’un Kolyesi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>60</v>
+        <v>22</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053496649</t>
+          <t>9786053497592</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Misafirlikte</t>
+          <t>Padişahın Çalınan Tacı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>60</v>
+        <v>22</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053496694</t>
+          <t>9786053497585</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Meslekler</t>
+          <t>Kızıl Tüy</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053496656</t>
+          <t>8680628430476</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Evde</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor (8 Kitap Set)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>60</v>
+        <v>720</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053496687</t>
+          <t>9786053496717</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Doktorda</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Uçakta</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053496670</t>
+          <t>9786053496700</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Bayramlaşma</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Piknikte</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>8680628430391</t>
+          <t>9786053496663</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bobo Masal Seti (10 Kitap Takım)</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Parkta</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053496502</t>
+          <t>9786053496649</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Turistik Gezegen</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Misafirlikte</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053496458</t>
+          <t>9786053496694</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>GDO Gezegeni</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Meslekler</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053496489</t>
+          <t>9786053496656</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Su Gezegeni</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Evde</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053496441</t>
+          <t>9786053496687</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Arabalar Gezegeni</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Doktorda</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053496472</t>
+          <t>9786053496670</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Pis Kokan Gezegen</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Bayramlaşma</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>8680628430292</t>
+          <t>8680628430391</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Kahramanları - 2 (5 Kitap Takım)</t>
+          <t>Bobo Masal Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>18.52</v>
+        <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053498858</t>
+          <t>9786053496502</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Vantrilok Kamil</t>
+          <t>Turistik Gezegen</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053498841</t>
+          <t>9786053496458</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Eyvah! Macera Peşimizde</t>
+          <t>GDO Gezegeni</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053498865</t>
+          <t>9786053496489</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Bilim Kahramanları</t>
+          <t>Su Gezegeni</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053492962</t>
+          <t>9786053496441</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları 1: Çölde Bir Gece</t>
+          <t>Arabalar Gezegeni</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053492955</t>
+          <t>9786053496472</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları 2 : Çekirge İstilası</t>
+          <t>Pis Kokan Gezegen</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053492948</t>
+          <t>8680628430292</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları 3: Büyük Tuzak</t>
+          <t>Çanakkale'nin Kahramanları - 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>12</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>8680628430414</t>
+          <t>9786053498858</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları (3 Kitap Takım)</t>
+          <t>Rafadan Tayfa - Vantrilok Kamil</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053491743</t>
+          <t>9786053498841</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Renkler</t>
+          <t>Rafadan Tayfa - Eyvah! Macera Peşimizde</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053491538</t>
+          <t>9786053498865</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Gezegeni</t>
+          <t>Rafadan Tayfa - Bilim Kahramanları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053490593</t>
+          <t>9786053492962</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Deve ile Fare</t>
+          <t>Defne'nin Maceraları 1: Çölde Bir Gece</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>0.69</v>
+        <v>12</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053490951</t>
+          <t>9786053492955</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Aslanın Hastalığı</t>
+          <t>Defne'nin Maceraları 2 : Çekirge İstilası</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>0.69</v>
+        <v>12</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053491095</t>
+          <t>9786053492948</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Tilki</t>
+          <t>Defne'nin Maceraları 3: Büyük Tuzak</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>0.69</v>
+        <v>12</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053491170</t>
+          <t>8680628430414</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tuzağa Düşen Kuş</t>
+          <t>Defne'nin Maceraları (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>0.69</v>
+        <v>33</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053490913</t>
+          <t>9786053491743</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Fil Yavruları</t>
+          <t>Kayıp Renkler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>0.69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053490586</t>
+          <t>9786053491538</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Ayının Dostluğu</t>
+          <t>Çizgi Gezegeni</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>0.69</v>
+        <v>25</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053491071</t>
+          <t>9786053490593</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Aslan ve Yardımcıları</t>
+          <t>Deve ile Fare</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053491132</t>
+          <t>9786053490951</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Papağan ile Çakal</t>
+          <t>Aslanın Hastalığı</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>8680628430230</t>
+          <t>9786053491095</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Masal Bahçesi 1. Sınıf (10 Takım Kitap)</t>
+          <t>Yaralı Tilki</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>20</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789755019888</t>
+          <t>9786053491170</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Canım Ailem (6 Kitap Takım)</t>
+          <t>Tuzağa Düşen Kuş</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>23.15</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053495222</t>
+          <t>9786053490913</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 1: Göçmen Kuş Operasyonu</t>
+          <t>Fil Yavruları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>18</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053495246</t>
+          <t>9786053490586</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 3: Kantin Soygunu</t>
+          <t>Ayının Dostluğu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>35</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053495253</t>
+          <t>9786053491071</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 1: Pembe Şeker'in Sırrı</t>
+          <t>Aslan ve Yardımcıları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>30</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053491323</t>
+          <t>9786053491132</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Kurbağa</t>
+          <t>Papağan ile Çakal</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053491316</t>
+          <t>8680628430230</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mirali'nin Aklı</t>
+          <t>Masal Bahçesi 1. Sınıf (10 Takım Kitap)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>0.69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053491330</t>
+          <t>9789755019888</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sığırcık Kuşu</t>
+          <t>Canım Ailem (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>0.69</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>8680628430223</t>
+          <t>9786053495222</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Bizim Masallarımız 1. Sınıf ( 10 Takım Kitap )</t>
+          <t>Acar Dedektif Eda 1: Göçmen Kuş Operasyonu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>13.89</v>
+        <v>18</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053491194</t>
+          <t>9786053495246</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Ejdarha</t>
+          <t>Acar Dedektif Eda 3: Kantin Soygunu</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>0.69</v>
+        <v>35</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053491101</t>
+          <t>9786053495253</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Adam (Ciltli)</t>
+          <t>Acar Dedektif Eda 1: Pembe Şeker'in Sırrı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>0.69</v>
+        <v>30</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>8680628430025</t>
+          <t>9786053491323</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Bitişik Eğik Yazılı Dünya Masalları 1 (10 Kitap Takım)</t>
+          <t>Mutsuz Kurbağa</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>15.74</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789755014500</t>
+          <t>9786053491316</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Mirali'nin Aklı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>2.55</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053490166</t>
+          <t>9786053491330</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Adaçalı Tepesi</t>
+          <t>Sığırcık Kuşu</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>110</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789755014494</t>
+          <t>8680628430223</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Bizim Masallarımız 1. Sınıf ( 10 Takım Kitap )</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>2.55</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053490173</t>
+          <t>9786053491194</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Çöl Tilkisi</t>
+          <t>Uyuyan Ejdarha</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>20</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755014593</t>
+          <t>9786053491101</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Safahat'tan Seçmeler</t>
+          <t>Meraklı Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>2.55</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755014586</t>
+          <t>8680628430025</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Bitişik Eğik Yazılı Dünya Masalları 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>2.55</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755018447</t>
+          <t>9789755014500</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 18 - Mutlu Prens</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>80</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755014302</t>
+          <t>9786053490166</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Adaçalı Tepesi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>2.55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755014371</t>
+          <t>9789755014494</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789755016016</t>
+          <t>9786053490173</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kuçular Köyü</t>
+          <t>Çöl Tilkisi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>6.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755014517</t>
+          <t>9789755014593</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Safahat'tan Seçmeler</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755013282</t>
+          <t>9789755014586</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Karagöz İle Hacivat</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755017037</t>
+          <t>9789755018447</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Renk ve Şekil Dünyam</t>
+          <t>İlk Gençlik Klasikleri 18 - Mutlu Prens</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>27</v>
+        <v>80</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755017211</t>
+          <t>9789755014302</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kavram Dünyam</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053495239</t>
+          <t>9789755014371</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda 4 : Hayaletli Ev</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>22</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053495215</t>
+          <t>9789755016016</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Okulda 2 : Efes Gezisi</t>
+          <t>Kuçular Köyü</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>18</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053491750</t>
+          <t>9789755014517</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Ağır Yük</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>75</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053491408</t>
+          <t>9789755013282</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Dersini Kim Verdi</t>
+          <t>Karagöz İle Hacivat</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>0.69</v>
+        <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053491392</t>
+          <t>9789755017037</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Çoban</t>
+          <t>Renk ve Şekil Dünyam</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>0.69</v>
+        <v>27</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053491361</t>
+          <t>9789755017211</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kadir'in Şansı</t>
+          <t>Kavram Dünyam</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>0.69</v>
+        <v>25</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053491385</t>
+          <t>9786053495239</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tüybaba</t>
+          <t>Acar Dedektif Eda Aramızda 4 : Hayaletli Ev</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>0.69</v>
+        <v>22</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053491378</t>
+          <t>9786053495215</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Göl</t>
+          <t>Acar Dedektif Eda Okulda 2 : Efes Gezisi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>0.69</v>
+        <v>18</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053491354</t>
+          <t>9786053491750</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Ne Daha Değerlidir (Ciltli)</t>
+          <t>Sırtımdaki Ağır Yük</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>0.69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053491347</t>
+          <t>9786053491408</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Tintin ile Tonton</t>
+          <t>Hırsızın Dersini Kim Verdi</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053494959</t>
+          <t>9786053491392</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca ve Cimri Komşunun Hikayesi (Ciltli)</t>
+          <t>Çocuk Çoban</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>70</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789755018980</t>
+          <t>9786053491361</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Aile Katılımlı - Kavramsal Etkinlikler Kitabı (60-72 Ay)</t>
+          <t>Kadir'in Şansı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>18.52</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>8680628430452</t>
+          <t>9786053491385</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Arşi ve Zaman Saati (3 Kitap Takım)</t>
+          <t>Tüybaba</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>48</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053491460</t>
+          <t>9786053491378</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bedeli Çanakkale'de Ödenmiştir - Çanakkale'de Destan Yazanlar 5</t>
+          <t>Sihirli Göl</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>30</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053494867</t>
+          <t>9786053491354</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Atlantis'ten Gelen Yardım</t>
+          <t>Ne Daha Değerlidir (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>100</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053490661</t>
+          <t>9786053491347</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Pilot - Çanakkale'nin Kahramanları 4</t>
+          <t>Tintin ile Tonton</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>15</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053490647</t>
+          <t>9786053494959</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Düşmana Göğüs Gerenler - Çanakkale'nin Kahramanları 5</t>
+          <t>Nasrettin Hoca ve Cimri Komşunun Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>17</v>
+        <v>70</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053490654</t>
+          <t>9789755018980</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Cesur Hemşire - Çanakkale'de Destan Yazanlar 2</t>
+          <t>Aile Katılımlı - Kavramsal Etkinlikler Kitabı (60-72 Ay)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053491767</t>
+          <t>8680628430452</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Düş Avcısı</t>
+          <t>Arşi ve Zaman Saati (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>25</v>
+        <v>48</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053491583</t>
+          <t>9786053491460</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+6 Yaş)</t>
+          <t>Bedeli Çanakkale'de Ödenmiştir - Çanakkale'de Destan Yazanlar 5</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>8.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053491576</t>
+          <t>9786053494867</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+5 Yaş)</t>
+          <t>Atlantis'ten Gelen Yardım</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>8.33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053491569</t>
+          <t>9786053490661</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+4 Yaş)</t>
+          <t>Korkusuz Pilot - Çanakkale'nin Kahramanları 4</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>8.33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053491552</t>
+          <t>9786053490647</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+3 Yaş)</t>
+          <t>Düşmana Göğüs Gerenler - Çanakkale'nin Kahramanları 5</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>8.33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789755018232</t>
+          <t>9786053490654</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Eşek - İyimserlik</t>
+          <t>Cesur Hemşire - Çanakkale'de Destan Yazanlar 2</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>1.85</v>
+        <v>30</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789755018225</t>
+          <t>9786053491767</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ormana Ayılar Gelecek - Saygı</t>
+          <t>Düş Avcısı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>1.85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789755018218</t>
+          <t>9786053491583</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaplanın Ödülü - Sorumluluk</t>
+          <t>Konulu Boyama Kitabı (+6 Yaş)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789755018201</t>
+          <t>9786053491576</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağanın Suçu Ne? - Akıllı Davranmak</t>
+          <t>Konulu Boyama Kitabı (+5 Yaş)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789755018195</t>
+          <t>9786053491569</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Çakal Nasıl Kurtulacak? - Dürüstlük</t>
+          <t>Konulu Boyama Kitabı (+4 Yaş)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789755018188</t>
+          <t>9786053491552</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Bilmeyen Şahin - Dostluk</t>
+          <t>Konulu Boyama Kitabı (+3 Yaş)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789755018171</t>
+          <t>9789755018232</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kapıdaki Peynir - Yardımseverlik</t>
+          <t>Mutlu Eşek - İyimserlik</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755018256</t>
+          <t>9789755018225</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Erdem Neşeli Dostlar Dizisi (8 Takım Kitap)</t>
+          <t>Eyvah Ormana Ayılar Gelecek - Saygı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>23.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789755019604</t>
+          <t>9789755018218</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Terzi Köstebek - Yardımlaşma, Sevgi</t>
+          <t>Küçük Kaplanın Ödülü - Sorumluluk</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755019598</t>
+          <t>9789755018201</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Fil ile Fare - Azim, Çalışkanlık, Farklılıklara Saygı</t>
+          <t>Kaplumbağanın Suçu Ne? - Akıllı Davranmak</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789755018164</t>
+          <t>9789755018195</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Süpürge Sakallı Kral</t>
+          <t>Çakal Nasıl Kurtulacak? - Dürüstlük</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755018089</t>
+          <t>9789755018188</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Erdem Eğlenceli Dostlarım ( 8 Takım Kitap )</t>
+          <t>Uçmayı Bilmeyen Şahin - Dostluk</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>23.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789755018157</t>
+          <t>9789755018171</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Algül ile Akgül</t>
+          <t>Kapıdaki Peynir - Yardımseverlik</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789755018140</t>
+          <t>9789755018256</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Yedi Keçi Yavrusu</t>
+          <t>Erdem Neşeli Dostlar Dizisi (8 Takım Kitap)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>1.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755018133</t>
+          <t>9789755019604</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>Terzi Köstebek - Yardımlaşma, Sevgi</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789755018126</t>
+          <t>9789755019598</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Fil ile Fare - Azim, Çalışkanlık, Farklılıklara Saygı</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755018119</t>
+          <t>9789755018164</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kralın Yeni Giysisi</t>
+          <t>Süpürge Sakallı Kral</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789755018102</t>
+          <t>9789755018089</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız</t>
+          <t>Erdem Eğlenceli Dostlarım ( 8 Takım Kitap )</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>1.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789755018096</t>
+          <t>9789755018157</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>Algül ile Akgül</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755019628</t>
+          <t>9789755018140</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Bukalemunun Dileği - Kararlılık, Kendini Kabul</t>
+          <t>Kurt ile Yedi Keçi Yavrusu</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755019611</t>
+          <t>9789755018133</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Marangoz Ağaçkakan - Güven, Dürüstlük</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755019581</t>
+          <t>9789755018126</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kral Kim Olacak? - Güven, Liderlik, Dürüstlük</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755018263</t>
+          <t>9789755018119</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Erdem Dünya Masalları (8 Takım Kitap)</t>
+          <t>Kralın Yeni Giysisi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>23.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755018249</t>
+          <t>9789755018102</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Arsız Kurt - Paylaşmak</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789755019659</t>
+          <t>9789755018096</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çorbası - Misafirperverlik, Paylaşma, Farklılıklara Saygı</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789755019642</t>
+          <t>9789755019628</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Avukat Karga - Görev Bilinci, Adalet, Sorumluluk</t>
+          <t>Bukalemunun Dileği - Kararlılık, Kendini Kabul</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789755019635</t>
+          <t>9789755019611</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus - Güven, Dürüstlük</t>
+          <t>Marangoz Ağaçkakan - Güven, Dürüstlük</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053494669</t>
+          <t>9789755019581</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Kadın Kahramanlar</t>
+          <t>Kral Kim Olacak? - Güven, Liderlik, Dürüstlük</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>24</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>8680628430377</t>
+          <t>9789755018263</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de Destan Yazanlar (5 Kitap Kutulu Set)</t>
+          <t>Erdem Dünya Masalları (8 Takım Kitap)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053491453</t>
+          <t>9789755018249</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Denizaltıyı Vuran Kahraman - Çanakkale'de Destan Yazanlar 4</t>
+          <t>Arsız Kurt - Paylaşmak</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>30</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053491446</t>
+          <t>9789755019659</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Destan Yazanlar - Çanakkale'de Destan Yazanlar 1</t>
+          <t>Sevgi Çorbası - Misafirperverlik, Paylaşma, Farklılıklara Saygı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>30</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053491422</t>
+          <t>9789755019642</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Düşmana Korku Salanlar - Çanakkale'nin Kahramanları 3</t>
+          <t>Avukat Karga - Görev Bilinci, Adalet, Sorumluluk</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053491439</t>
+          <t>9789755019635</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Sırtlayan Yiğitler - Çanakkale'nin Kahramanları 2</t>
+          <t>Hokus Pokus - Güven, Dürüstlük</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053491415</t>
+          <t>9786053494669</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Esaretten Kurtulan Nefer - Çanakkale'de Destan Yazanlar 3</t>
+          <t>Milli Mücadele'de Kadın Kahramanlar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789755010755</t>
+          <t>8680628430377</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları - Pamuk Prenses</t>
+          <t>Çanakkale'de Destan Yazanlar (5 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>2.55</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789755010762</t>
+          <t>9786053491453</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dünya Masalları</t>
+          <t>Denizaltıyı Vuran Kahraman - Çanakkale'de Destan Yazanlar 4</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>2.55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053491514</t>
+          <t>9786053491446</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Üç Gümüş Top</t>
+          <t>Destan Yazanlar - Çanakkale'de Destan Yazanlar 1</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>8680628430643</t>
+          <t>9786053491422</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezgini Dizisi (8 Kitap Takım)</t>
+          <t>Düşmana Korku Salanlar - Çanakkale'nin Kahramanları 3</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>8680628430278</t>
+          <t>9786053491439</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezgini 2 (8 Kitap Takım)</t>
+          <t>Dünyayı Sırtlayan Yiğitler - Çanakkale'nin Kahramanları 2</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>25.93</v>
+        <v>15</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789755018492</t>
+          <t>9786053491415</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 21 - Pollyanna</t>
+          <t>Esaretten Kurtulan Nefer - Çanakkale'de Destan Yazanlar 3</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>110</v>
+        <v>30</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789755018393</t>
+          <t>9789755010755</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 7 - Türk Yazarlarından Seçme Hikayeler</t>
+          <t>Grimm Masalları - Pamuk Prenses</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>85</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755017396</t>
+          <t>9789755010762</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 1 - Dede Korkut Hikayeleri</t>
+          <t>En Güzel Dünya Masalları</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>90</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789755018072</t>
+          <t>9786053491514</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca ile Gülüyorum, Dilimi Öğreniyorum Dizisi (8 Kitap)</t>
+          <t>Üç Gümüş Top</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>14.81</v>
+        <v>32</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789755017402</t>
+          <t>8680628430643</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 2 - Mesnevi'den Seçmeler</t>
+          <t>Düş Gezgini Dizisi (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789755018560</t>
+          <t>8680628430278</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>ilk Gençlik Klasikleri 28 - Seksen Günde Dünya Gezisi</t>
+          <t>Düş Gezgini 2 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>110</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755018287</t>
+          <t>9789755018492</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bobo İle Okul Öncesi Eğitim Seti (60 Ay ve Üstü) (Ciltli)</t>
+          <t>İlk Gençlik Klasikleri 21 - Pollyanna</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>277.78</v>
+        <v>110</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755018812</t>
+          <t>9789755018393</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri (30 Kitap) (Ciltli)</t>
+          <t>İlk Gençlik Klasikleri 7 - Türk Yazarlarından Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>380</v>
+        <v>85</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789755014227</t>
+          <t>9789755017396</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İsimler Sözlüğü</t>
+          <t>İlk Gençlik Klasikleri 1 - Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>11.11</v>
+        <v>90</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789755019406</t>
+          <t>9789755018072</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Davranışlar Dizisi ( 10 Adet Kitap )</t>
+          <t>Nasrettin Hoca ile Gülüyorum, Dilimi Öğreniyorum Dizisi (8 Kitap)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>55.56</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053490272</t>
+          <t>9789755017402</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 10 - Çamurdan Bebekler</t>
+          <t>İlk Gençlik Klasikleri 2 - Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>7.41</v>
+        <v>90</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053490265</t>
+          <t>9789755018560</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 9 - Tuhaf Görünüşlü Doktor</t>
+          <t>ilk Gençlik Klasikleri 28 - Seksen Günde Dünya Gezisi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>7.41</v>
+        <v>110</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053490258</t>
+          <t>9789755018287</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 8 - Koza</t>
+          <t>Bobo İle Okul Öncesi Eğitim Seti (60 Ay ve Üstü) (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>7.41</v>
+        <v>277.78</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053490241</t>
+          <t>9789755018812</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 7 - Gezgin Tohum</t>
+          <t>İlk Gençlik Klasikleri (30 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>7.41</v>
+        <v>380</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053490234</t>
+          <t>9789755014227</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 6 - Büyükbabamın Eşeği</t>
+          <t>İsimler Sözlüğü</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053490203</t>
+          <t>9789755019406</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 5 - Küçük Kız</t>
+          <t>Erdemli Davranışlar Dizisi ( 10 Adet Kitap )</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>7.41</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789755019529</t>
+          <t>9786053490272</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Futbolsever Aİlenin Maceraları 1 - Büyük Ziyaret</t>
+          <t>Güzel Öyküler: 10 - Çamurdan Bebekler</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789755018706</t>
+          <t>9786053490265</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezgini Dizisi (Kutulu, 15 Kitap Takım)</t>
+          <t>Güzel Öyküler: 9 - Tuhaf Görünüşlü Doktor</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>31.25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789755014401</t>
+          <t>9786053490258</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kapanı</t>
+          <t>Güzel Öyküler: 8 - Koza</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>32</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789755014418</t>
+          <t>9786053490241</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Eğlence Köyü</t>
+          <t>Güzel Öyküler: 7 - Gezgin Tohum</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>32</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789755018669</t>
+          <t>9786053490234</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşu</t>
+          <t>Güzel Öyküler: 6 - Büyükbabamın Eşeği</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>32</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789755014425</t>
+          <t>9786053490203</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mevlana İnternette</t>
+          <t>Güzel Öyküler: 5 - Küçük Kız</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>32</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789755019567</t>
+          <t>9789755019529</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Futbolsever Ailenin Maceraları 5 - Sahada Köpek Var</t>
+          <t>Futbolsever Aİlenin Maceraları 1 - Büyük Ziyaret</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789755014357</t>
+          <t>9789755018706</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya'nın Sırları</t>
+          <t>Düş Gezgini Dizisi (Kutulu, 15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>3.24</v>
+        <v>31.25</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789755019574</t>
+          <t>9789755014401</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Futbolsever Ailenin Maceraları 6 - Kardan Kaleci</t>
+          <t>Rüya Kapanı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>4.63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789755019109</t>
+          <t>9789755014418</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Madalyası / Değerler Eğitimi 12</t>
+          <t>Nasrettin Hoca Eğlence Köyü</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789755019116</t>
+          <t>9789755018669</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Oya / Değerler Eğitimi 13</t>
+          <t>Masal Kuşu</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789755015996</t>
+          <t>9789755014425</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Al Yanaklı Elma Kuşu</t>
+          <t>Mevlana İnternette</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>6.5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789755019123</t>
+          <t>9789755019567</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Annem İçin / Değerler Eğitimi 14</t>
+          <t>Futbolsever Ailenin Maceraları 5 - Sahada Köpek Var</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>23</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789755014364</t>
+          <t>9789755014357</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çadırı</t>
+          <t>Kapadokya'nın Sırları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>32</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789755017310</t>
+          <t>9789755019574</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yağmuru</t>
+          <t>Futbolsever Ailenin Maceraları 6 - Kardan Kaleci</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>3.24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789755018652</t>
+          <t>9789755019109</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Şehzade</t>
+          <t>Dedemin Madalyası / Değerler Eğitimi 12</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>3.24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789755018645</t>
+          <t>9789755019116</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Nasıl Horoz Olmuş?</t>
+          <t>Hoş Geldin Oya / Değerler Eğitimi 13</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>3.24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789755018621</t>
+          <t>9789755015996</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanelerinin Dansı</t>
+          <t>Al Yanaklı Elma Kuşu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>3.24</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789755014388</t>
+          <t>9789755019123</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Tsunami Sandığı</t>
+          <t>Annem İçin / Değerler Eğitimi 14</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789755014395</t>
+          <t>9789755014364</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Nevruz Şenliği</t>
+          <t>Zaman Çadırı</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789755015941</t>
+          <t>9789755017310</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Yutan Oğlan</t>
+          <t>Yıldız Yağmuru</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>6.5</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755015934</t>
+          <t>9789755018652</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Dino ile Pino</t>
+          <t>Bahtsız Şehzade</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>6.5</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789755015927</t>
+          <t>9789755018645</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ayda Pişen Ay Çöreği</t>
+          <t>Nasrettin Hoca Nasıl Horoz Olmuş?</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>6.5</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789755019918</t>
+          <t>9789755018621</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım</t>
+          <t>Kar Tanelerinin Dansı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>4.63</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789755015989</t>
+          <t>9789755014388</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Sincap</t>
+          <t>Tsunami Sandığı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>6.5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789755015972</t>
+          <t>9789755014395</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşlar 6 - Şakacı Mırnav</t>
+          <t>Nevruz Şenliği</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>6.5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789755015965</t>
+          <t>9789755015941</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Hop Hop Tavşan</t>
+          <t>Güneşi Yutan Oğlan</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789755015958</t>
+          <t>9789755015934</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Tık Tık Civciv İle Çık Çık Civciv</t>
+          <t>Dino ile Pino</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789755016009</t>
+          <t>9789755015927</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman Tavşanı</t>
+          <t>Ayda Pişen Ay Çöreği</t>
         </is>
       </c>
       <c r="C460" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053490517</t>
+          <t>9789755019918</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Orman Kibarları Yarışta</t>
+          <t>En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>6</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789755017938</t>
+          <t>9789755015989</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Herkes Tartışıyor - Küçük Endişeler Dizisi</t>
+          <t>Yalnız Sincap</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>15</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789755019130</t>
+          <t>9789755015972</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Islak Pati (Empati İylik)</t>
+          <t>Sevimli Arkadaşlar 6 - Şakacı Mırnav</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>23</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789755018591</t>
+          <t>9789755015965</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Arkadaşım Bilgisayar Bağımlısı - Küçük Endişeler Dizisi</t>
+          <t>Hop Hop Tavşan</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>9.26</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789755019284</t>
+          <t>9789755015958</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın! Davet Veriyorum - Küçük Endişeler Dizisi</t>
+          <t>Tık Tık Civciv İle Çık Çık Civciv</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>15</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789755018836</t>
+          <t>9789755016009</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Farklı Arkadaşım - Küçük Endişeler Dizisi</t>
+          <t>Mavi Orman Tavşanı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>9.26</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053490463</t>
+          <t>9786053490517</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Alo, Süper Kahraman mı?</t>
+          <t>Orman Kibarları Yarışta</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789755019147</t>
+          <t>9789755017938</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Şenliği (Güven Engellilik )</t>
+          <t>Eyvah, Herkes Tartışıyor - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789755017983</t>
+          <t>9789755019130</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Şapkasını Kaybetti</t>
+          <t>Islak Pati (Empati İylik)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>9.26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053490456</t>
+          <t>9789755018591</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Köprü Altındaki Adam</t>
+          <t>Eyvah, Arkadaşım Bilgisayar Bağımlısı - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>6</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789755019031</t>
+          <t>9789755019284</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Zıp Zıp Kurbağa</t>
+          <t>Yaşasın! Davet Veriyorum - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053490449</t>
+          <t>9789755018836</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Maceram</t>
+          <t>Farklı Arkadaşım - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>6</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789755019024</t>
+          <t>9786053490463</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Yolculuk</t>
+          <t>Alo, Süper Kahraman mı?</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789755019017</t>
+          <t>9789755019147</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Saklanın Mandarin Geliyor</t>
+          <t>Uçurtma Şenliği (Güven Engellilik )</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789755011103</t>
+          <t>9789755017983</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Sihirbaz Şapkasını Kaybetti</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789755019000</t>
+          <t>9786053490456</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Sobe (Sevgi)</t>
+          <t>Köprü Altındaki Adam</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053490425</t>
+          <t>9789755019031</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İyileşeceksin Arkadaşım</t>
+          <t>Zıp Zıp Kurbağa</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789755014456</t>
+          <t>9786053490449</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Yeraltı Maceram</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>3.24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789755019451</t>
+          <t>9789755019024</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ant (4. ve 5. Sınıflar İçin)</t>
+          <t>Uzaya Yolculuk</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789755019970</t>
+          <t>9789755019017</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Komik Hikaye</t>
+          <t>Saklanın Mandarin Geliyor</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053490494</t>
+          <t>9789755011103</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Egzotik Hayvan Satıcısı</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>6</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789755019062</t>
+          <t>9789755019000</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Öğüdü (Başarı Çalışkanlık)</t>
+          <t>Sağım Solum Sobe (Sevgi)</t>
         </is>
       </c>
       <c r="C482" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789755019925</t>
+          <t>9786053490425</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Koşamayan Kızıldereli</t>
+          <t>İyileşeceksin Arkadaşım</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789755019956</t>
+          <t>9789755014456</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Karşıdaki Ev</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>4.63</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789755019055</t>
+          <t>9789755019451</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Penguenlerin Oyunu</t>
+          <t>Ant (4. ve 5. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789755019048</t>
+          <t>9789755019970</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Beni Dinleyin (Saygı)</t>
+          <t>Komik Hikaye</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053490500</t>
+          <t>9786053490494</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Evde Fırtına</t>
+          <t>Egzotik Hayvan Satıcısı</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789755019543</t>
+          <t>9789755019062</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Takım Sorunları</t>
+          <t>Karıncanın Öğüdü (Başarı Çalışkanlık)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>4.63</v>
+        <v>23</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789755019536</t>
+          <t>9789755019925</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Maçın Adamı</t>
+          <t>Koşamayan Kızıldereli</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>4.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789755018522</t>
+          <t>9789755019956</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Prens ve Dilenci</t>
+          <t>Karşıdaki Ev</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>110</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789755019994</t>
+          <t>9789755019055</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Çocuk</t>
+          <t>Penguenlerin Oyunu</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>4.63</v>
+        <v>23</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789755019949</t>
+          <t>9789755019048</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Takıma Alınmayan Çocuk</t>
+          <t>Lütfen Beni Dinleyin (Saygı)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789755019703</t>
+          <t>9786053490500</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Görmek (Sevgi) 1. Sınıflar İçin</t>
+          <t>Evde Fırtına</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>12.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053490432</t>
+          <t>9789755019543</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Çile Hanım ile Aslankoyun</t>
+          <t>Takım Sorunları</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>6</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789755017921</t>
+          <t>9789755019536</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Ela'nın Babası İşsiz Kaldı - Küçük Endişeler Dizisi</t>
+          <t>Maçın Adamı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>30</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789755018324</t>
+          <t>9789755018522</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İzinde - İstanbul'un Sırrı</t>
+          <t>Prens ve Dilenci</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>6.48</v>
+        <v>110</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053490302</t>
+          <t>9789755019994</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuk Ulya İstanbul Tılsımlarının Peşinde</t>
+          <t>Çatıdaki Çocuk</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789755016733</t>
+          <t>9789755019949</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Büyük Vatan Savunması Çanakkale</t>
+          <t>Takıma Alınmayan Çocuk</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789755019895</t>
+          <t>9789755019703</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Tekir'in Maceraları</t>
+          <t>Sevgiyi Görmek (Sevgi) 1. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>12</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053490159</t>
+          <t>9786053490432</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Saklı İzler Kulübü 1 - Gizemli Kız Samira</t>
+          <t>Çile Hanım ile Aslankoyun</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789755017914</t>
+          <t>9789755017921</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Kayboldu - Küçük Endişeler Dizisi</t>
+          <t>Eyvah, Ela'nın Babası İşsiz Kaldı - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789755016948</t>
+          <t>9789755018324</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler (10 Kitap)</t>
+          <t>Tarihin İzinde - İstanbul'un Sırrı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789755016375</t>
+          <t>9786053490302</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizi Yazanlar</t>
+          <t>Uzaylı Çocuk Ulya İstanbul Tılsımlarının Peşinde</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789755017907</t>
+          <t>9789755016733</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Fred'in Okul Telaşı - Küçük Endişeler Dizisi</t>
+          <t>Büyük Vatan Savunması Çanakkale</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789755017174</t>
+          <t>9789755019895</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Nasrettin Hoca</t>
+          <t>Tekir'in Maceraları</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>5.56</v>
+        <v>12</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053490005</t>
+          <t>9786053490159</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum 1 (10 Kitap Takım)</t>
+          <t>Saklı İzler Kulübü 1 - Gizemli Kız Samira</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>44.44</v>
+        <v>24</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789755018614</t>
+          <t>9789755017914</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 9 Kitap Takım</t>
+          <t>Köpeğim Kayboldu - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789755018454</t>
+          <t>9789755016948</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov Hikayeler</t>
+          <t>Afacan Dedektifler (10 Kitap)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789755018485</t>
+          <t>9789755016375</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Tarihimizi Yazanlar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789755017372</t>
+          <t>9789755017907</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları (6-7-8. Sınıflar İçin)</t>
+          <t>Fred'in Okul Telaşı - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>80</v>
+        <v>10</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789755016429</t>
+          <t>9789755017174</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Şiirlerle Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>2.55</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789755019901</t>
+          <t>9786053490005</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sınav Korkusu</t>
+          <t>Okumayı Seviyorum 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>30</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>8680628430216</t>
+          <t>9789755018614</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda (4 Kitap Takım)</t>
+          <t>Masal Zamanı Dizisi 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>72</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789755018539</t>
+          <t>9789755018454</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Robınson Crusoe: (6-7-8. Sınıflar İçin)</t>
+          <t>Anton Çehov Hikayeler</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>8680628430620</t>
+          <t>9789755018485</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Saklı İzler Kulübü (3 Kitap Takım)</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>54</v>
+        <v>65</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789755019932</t>
+          <t>9789755017372</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Üç Gün Yetmez</t>
+          <t>Anadolu Masalları (6-7-8. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>4.63</v>
+        <v>80</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789755019963</t>
+          <t>9789755016429</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>30</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789755018676</t>
+          <t>9789755019901</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Sınav Korkusu</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053490197</t>
+          <t>8680628430216</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 4 - Zürafa Zarife</t>
+          <t>Acar Dedektif Eda Aramızda (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>7.41</v>
+        <v>72</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789755018584</t>
+          <t>9789755018539</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Robınson Crusoe: (6-7-8. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053490470</t>
+          <t>8680628430620</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış</t>
+          <t>Saklı İzler Kulübü (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789755018577</t>
+          <t>9789755019932</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Üç Gün Yetmez</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053490227</t>
+          <t>9789755019963</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 3 - Benim Dünyam (Ciltli)</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>7.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053490210</t>
+          <t>9789755018676</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler 2 - Dans Eden Harfler</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>7.41</v>
+        <v>90</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789755019987</t>
+          <t>9786053490197</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Pi'nin Hazinesi</t>
+          <t>Güzel Öyküler: 4 - Zürafa Zarife</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>30</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789755014449</t>
+          <t>9789755018584</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Serdar'ın Zaman Yolculuğu</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>3.24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053490487</t>
+          <t>9786053490470</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Canım Ninem</t>
+          <t>Büyük Yarış</t>
         </is>
       </c>
       <c r="C527" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789755019550</t>
+          <t>9789755018577</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Yelkenler Fora</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>4.63</v>
+        <v>100</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789755018997</t>
+          <t>9786053490227</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 1 - Sevgiyi Görmek</t>
+          <t>Güzel Öyküler: 3 - Benim Dünyam (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053491590</t>
+          <t>9786053490210</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>İlk Bilim Kitabım</t>
+          <t>Güzel Öyküler 2 - Dans Eden Harfler</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053490098</t>
+          <t>9789755019987</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Benim Müzikli Dünyam</t>
+          <t>Pi'nin Hazinesi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>22.22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>8680628430018</t>
+          <t>9789755014449</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler (10 Öykü+1 Etkinlik Kitabı)</t>
+          <t>Serdar'ın Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>64.81</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053490289</t>
+          <t>9786053490487</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler Etkinlik Kitabı</t>
+          <t>Canım Ninem</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>5.56</v>
+        <v>6</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789755017471</t>
+          <t>9789755019550</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Yelkenler Fora</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>120</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789755018461</t>
+          <t>9789755018997</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Değerler Eğitimi 1 - Sevgiyi Görmek</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789755017433</t>
+          <t>9786053491590</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Safahat'tan Seçmeler</t>
+          <t>İlk Bilim Kitabım</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789755017457</t>
+          <t>9786053490098</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Benim Müzikli Dünyam</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>90</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789755017440</t>
+          <t>8680628430018</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Güzel Öyküler (10 Öykü+1 Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>100</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789755017419</t>
+          <t>9786053490289</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 3  Karagöz ile Hacivat</t>
+          <t>Güzel Öyküler Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>90</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>3990000017674</t>
+          <t>9789755017471</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>2.55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789755010571</t>
+          <t>9789755018461</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>2.36</v>
+        <v>90</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789755019154</t>
+          <t>9789755017433</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Değerler Eğitimi Hikaye Seti (16 Kitap)</t>
+          <t>Safahat'tan Seçmeler</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>370</v>
+        <v>95</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>8680628430209</t>
+          <t>9789755017457</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Okulda (4 Kitap Takım)</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>72</v>
+        <v>90</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053490555</t>
+          <t>9789755017440</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 9 - Masal Rüzgarı</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>22</v>
+        <v>100</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789755017389</t>
+          <t>9789755017419</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Masal Perisi</t>
+          <t>İlk Gençlik Klasikleri 3  Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789755017853</t>
+          <t>3990000017674</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Boyama Meslekler</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>1.85</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789755017945</t>
+          <t>9789755010571</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabım – Meyveler ve Sebzeler</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>40</v>
+        <v>2.36</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789755017860</t>
+          <t>9789755019154</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Boyama-Eşyalar</t>
+          <t>Okul Öncesi Değerler Eğitimi Hikaye Seti (16 Kitap)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>1.85</v>
+        <v>370</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789755017877</t>
+          <t>8680628430209</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Boyama-Hayvanlar</t>
+          <t>Acar Dedektif Eda Okulda (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>1.85</v>
+        <v>72</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789755017884</t>
+          <t>9786053490555</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Boyama-Meyveler</t>
+          <t>Masal Zamanı Dizisi 9 - Masal Rüzgarı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>1.85</v>
+        <v>22</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789755019291</t>
+          <t>9789755017389</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Taşlar Krallığı Üçlemesi 2 - Gümüş Kuyu</t>
+          <t>Masal Perisi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>22</v>
+        <v>150</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789755012995</t>
+          <t>9789755017853</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Balık Prens</t>
+          <t>Boyama Meslekler</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>25</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>8680628430186</t>
+          <t>9789755017945</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi ( 10 Kitap )</t>
+          <t>Boyama Kitabım – Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>170</v>
+        <v>40</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789755012896</t>
+          <t>9789755017860</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Kurt ile Keçi Yavruları</t>
+          <t>Boyama-Eşyalar</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>16</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789755016269</t>
+          <t>9789755017877</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eser (40 Kitap Takım)</t>
+          <t>Boyama-Hayvanlar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>101.85</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789755012926</t>
+          <t>9789755017884</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Parmak Kız</t>
+          <t>Boyama-Meyveler</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>16</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789755019093</t>
+          <t>9789755019291</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 11 - Kış Pastası</t>
+          <t>Taşlar Krallığı Üçlemesi 2 - Gümüş Kuyu</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789755019086</t>
+          <t>9789755012995</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 10 - Yağız'ın Doğum Günü</t>
+          <t>Beyaz Papatya Dizisi - Balık Prens</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789755019079</t>
+          <t>8680628430186</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 9 - Bal Partisi</t>
+          <t>Sarı Papatya Dizisi ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>23</v>
+        <v>170</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789755012971</t>
+          <t>9789755012896</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Sarı Papatya Dizisi</t>
+          <t>Sarı Papatya Dizisi - Kurt ile Keçi Yavruları</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>8680628430193</t>
+          <t>9789755016269</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi (10 Kitap Takım)</t>
+          <t>100 Temel Eser (40 Kitap Takım)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>400</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789755013015</t>
+          <t>9789755012926</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Keloğlan'ın Değirmeni</t>
+          <t>Sarı Papatya Dizisi - Parmak Kız</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789755016436</t>
+          <t>9789755019093</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşlar Dizisi (10 Kitap Takım)</t>
+          <t>Değerler Eğitimi 11 - Kış Pastası</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>65</v>
+        <v>23</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789755019369</t>
+          <t>9789755019086</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Bana Özürlü Deme</t>
+          <t>Değerler Eğitimi 10 - Yağız'ın Doğum Günü</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>6.94</v>
+        <v>23</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789755019390</t>
+          <t>9789755019079</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Seni Özlüyorum</t>
+          <t>Değerler Eğitimi 9 - Bal Partisi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>6.94</v>
+        <v>23</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789755019321</t>
+          <t>9789755012971</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kavga Etmek İstemiyorum</t>
+          <t>Pinokyo - Sarı Papatya Dizisi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>6.94</v>
+        <v>16</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789755019338</t>
+          <t>8680628430193</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Ben Yapabilirim</t>
+          <t>Beyaz Papatya Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>6.94</v>
+        <v>400</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789755019352</t>
+          <t>9789755013015</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Diş Doktoruna Gitmek Zorunda mıyım?</t>
+          <t>Sarı Papatya Dizisi - Keloğlan'ın Değirmeni</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>6.94</v>
+        <v>16</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789755019376</t>
+          <t>9789755016436</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Herkes Önemlidir</t>
+          <t>Sevimli Arkadaşlar Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>6.94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789755019345</t>
+          <t>9789755019369</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Ben de Cesurum</t>
+          <t>Bana Özürlü Deme</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789755019314</t>
+          <t>9789755019390</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Saygılı Davranıyorum</t>
+          <t>Seni Özlüyorum</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789755019307</t>
+          <t>9789755019321</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Doğruyu Söylüyorum</t>
+          <t>Kavga Etmek İstemiyorum</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789755019383</t>
+          <t>9789755019338</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olmak Zor mu?</t>
+          <t>Ben Yapabilirim</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053496090</t>
+          <t>9789755019352</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Genç Beyinlere Zeka Soruları 1</t>
+          <t>Diş Doktoruna Gitmek Zorunda mıyım?</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789755017785</t>
+          <t>9789755019376</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuk Ulya Mardin'de</t>
+          <t>Herkes Önemlidir</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>8.33</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789755016931</t>
+          <t>9789755019345</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Masallı Eğitim Seti ( 10 Kitap )</t>
+          <t>Ben de Cesurum</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>69.44</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789755013770</t>
+          <t>9789755019314</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Papatya Dizisi - Sihirli Bahçe</t>
+          <t>Saygılı Davranıyorum</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789944170260</t>
+          <t>9789755019307</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Erdem İngilizce Öyküler Level 2 - 5. Sınıf (5 Kitap Takım)</t>
+          <t>Doğruyu Söylüyorum</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>24</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789755013022</t>
+          <t>9789755019383</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Yakut Bebek</t>
+          <t>Örnek Olmak Zor mu?</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789755013008</t>
+          <t>9786053496090</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Ay Çeşmesi</t>
+          <t>Genç Beyinlere Zeka Soruları 1</t>
         </is>
       </c>
       <c r="C580" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>8680628430162</t>
+          <t>9789755017785</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum 2 (10 Kitap Takım)</t>
+          <t>Uzaylı Çocuk Ulya Mardin'de</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>70</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>8680628430254</t>
+          <t>9789755016931</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Kahramanları 1 (5 Kitap Takım)</t>
+          <t>Okul Öncesi Masallı Eğitim Seti ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>85</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>8680628431237</t>
+          <t>9789755013770</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga - Boyama ve Sanat Etkinlikleri (4 Kitap Takım)</t>
+          <t>Papatya Dizisi - Sihirli Bahçe</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>8680628431244</t>
+          <t>9789944170260</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga - Etkinlik Kitabım (4 Kitap Takım)</t>
+          <t>Erdem İngilizce Öyküler Level 2 - 5. Sınıf (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>8680628431251</t>
+          <t>9789755013022</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga 1. Sınıflar için Okuma Seti (10 Kitap Takım)</t>
+          <t>Beyaz Papatya Dizisi - Yakut Bebek</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>8680628431183</t>
+          <t>9789755013008</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuş ve Görgü Kuralları (8 Kitap Takım)</t>
+          <t>Beyaz Papatya Dizisi - Ay Çeşmesi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052790618</t>
+          <t>8680628430162</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Geçmeyen Hıçkırık - Rafadan Tayfa İle Okuyorum 1</t>
+          <t>Okumayı Seviyorum 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>27</v>
+        <v>70</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052790625</t>
+          <t>8680628430254</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kar Geliyor - Rafadan Tayfa İle Okuyorum 2</t>
+          <t>Çanakkale'nin Kahramanları 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>27</v>
+        <v>85</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052790632</t>
+          <t>8680628431237</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Oyunbozan - Rafadan Tayfa İle Okuyorum 3</t>
+          <t>Ege ile Gaga - Boyama ve Sanat Etkinlikleri (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052790649</t>
+          <t>8680628431244</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Su Hayattır - Rafadan Tayfa İle Okuyorum 5</t>
+          <t>Ege ile Gaga - Etkinlik Kitabım (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052791400</t>
+          <t>8680628431251</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 1</t>
+          <t>Ege ile Gaga 1. Sınıflar için Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052791417</t>
+          <t>8680628431183</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 2</t>
+          <t>Minik Kuş ve Görgü Kuralları (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052791424</t>
+          <t>9786052790618</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dİkkat ve Zeka Etkinlikleri 3</t>
+          <t>Geçmeyen Hıçkırık - Rafadan Tayfa İle Okuyorum 1</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052791431</t>
+          <t>9786052790625</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 4</t>
+          <t>Kar Geliyor - Rafadan Tayfa İle Okuyorum 2</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052790656</t>
+          <t>9786052790632</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Anlama - Rafadan Tayfa İle Okuyorum 4</t>
+          <t>Oyunbozan - Rafadan Tayfa İle Okuyorum 3</t>
         </is>
       </c>
       <c r="C595" s="1">
         <v>27</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>8680628431121</t>
+          <t>9786052790649</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kare ile Kavramları Öğreniyorum (5 kitap Takım)</t>
+          <t>Su Hayattır - Rafadan Tayfa İle Okuyorum 5</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>100</v>
+        <v>27</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>8680628431169</t>
+          <t>9786052791400</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>İbi Öykülü Boyama Dizisi (5 Kitap Takım)</t>
+          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 1</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>8680628431176</t>
+          <t>9786052791417</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa ile Dikkat ve Zeka Etkinlikleri (4 Kitap Takım)</t>
+          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 2</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053495260</t>
+          <t>9786052791424</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 2: Telefon Hırsızları</t>
+          <t>Rafadan Tayfa İle Dİkkat ve Zeka Etkinlikleri 3</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053495208</t>
+          <t>9786052791431</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda 4 - Dershanede Olay</t>
+          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 4</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053495192</t>
+          <t>9786052790656</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 3: Dayımın Yeni İşi</t>
+          <t>Yanlış Anlama - Rafadan Tayfa İle Okuyorum 4</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052791226</t>
+          <t>8680628431121</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 5</t>
+          <t>Kare ile Kavramları Öğreniyorum (5 kitap Takım)</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052791110</t>
+          <t>8680628431169</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 2</t>
+          <t>İbi Öykülü Boyama Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052791103</t>
+          <t>8680628431176</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 3</t>
+          <t>Rafadan Tayfa ile Dikkat ve Zeka Etkinlikleri (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052791219</t>
+          <t>9786053495260</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 4</t>
+          <t>Acar Dedektif Eda 2: Telefon Hırsızları</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052791127</t>
+          <t>9786053495208</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 1</t>
+          <t>Acar Dedektif Eda Aramızda 4 - Dershanede Olay</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052791264</t>
+          <t>9786053495192</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Mekke ve Medine’nin Hizmetkarı Yavuz Sultan Selim</t>
+          <t>Acar Dedektif Eda 3: Dayımın Yeni İşi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052791158</t>
+          <t>9786052791226</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kare - Boyama Kitabı</t>
+          <t>Kare İle Kavramları Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052791066</t>
+          <t>9786052791110</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Kalemtıraş Kumbarası</t>
+          <t>Kare İle Kavramları Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>8680628431084</t>
+          <t>9786052791103</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo (5 Kitap Takım)</t>
+          <t>Kare İle Kavramları Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052790915</t>
+          <t>9786052791219</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Kayıp Kaykay</t>
+          <t>Kare İle Kavramları Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052790908</t>
+          <t>9786052791127</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Tuhaf Çiçek</t>
+          <t>Kare İle Kavramları Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052790885</t>
+          <t>9786052791264</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Tako’nun Dişleri</t>
+          <t>Mekke ve Medine’nin Hizmetkarı Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052790892</t>
+          <t>9786052791158</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Şıp ve Tıp Nerede ?</t>
+          <t>Kare - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052790984</t>
+          <t>9786052791066</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Havucu Kim Yedi ?</t>
+          <t>Aslan - Kalemtıraş Kumbarası</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>8680628431091</t>
+          <t>8680628431084</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga (5 Kitap)</t>
+          <t>Akıllı Tavşan Momo (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052790977</t>
+          <t>9786052790915</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Çekirdekler Nerede ?</t>
+          <t>Akıllı Tavşan Momo – Kayıp Kaykay</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>38</v>
+        <v>60</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052790960</t>
+          <t>9786052790908</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Boncuklar Nereye Gitti ?</t>
+          <t>Akıllı Tavşan Momo – Tuhaf Çiçek</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>38</v>
+        <v>50</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052790991</t>
+          <t>9786052790885</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Tohumlar Nasıl Yayılır ?</t>
+          <t>Akıllı Tavşan Momo – Tako’nun Dişleri</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>38</v>
+        <v>50</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052790878</t>
+          <t>9786052790892</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Teşekkürler Momo</t>
+          <t>Akıllı Tavşan Momo – Şıp ve Tıp Nerede ?</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052790953</t>
+          <t>9786052790984</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Kayıp Tavuk Nerede?</t>
+          <t>Ege ile Gaga – Havucu Kim Yedi ?</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052790533</t>
+          <t>8680628431091</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kunkun Köyü - İbi Öykülü Boyama Dizisi</t>
+          <t>Ege ile Gaga (5 Kitap)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>14</v>
+        <v>190</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052790540</t>
+          <t>9786052790977</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Baldiyar Üçgeni - İbi Öykülü Boyama Serisi</t>
+          <t>Ege ile Gaga – Çekirdekler Nerede ?</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052790519</t>
+          <t>9786052790960</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Serüven Başlıyor - İbi Öykülü Boyama Dizisi</t>
+          <t>Ege ile Gaga – Boncuklar Nereye Gitti ?</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>8680628431114</t>
+          <t>9786052790991</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa Boyama Seti (5 Kitap Takım)</t>
+          <t>Ege ile Gaga – Tohumlar Nasıl Yayılır ?</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>75</v>
+        <v>38</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053499626</t>
+          <t>9786052790878</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Boyama 5 - Rafadan Tayfa</t>
+          <t>Akıllı Tavşan Momo – Teşekkürler Momo</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053499596</t>
+          <t>9786052790953</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Boyama 2 - Rafadan Tayfa</t>
+          <t>Ege ile Gaga – Kayıp Tavuk Nerede?</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053499619</t>
+          <t>9786052790533</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Boyama 4 - Rafadan Tayfa</t>
+          <t>Kunkun Köyü - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786053499602</t>
+          <t>9786052790540</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 - Rafadan Tayfa</t>
+          <t>Baldiyar Üçgeni - İbi Öykülü Boyama Serisi</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786053499589</t>
+          <t>9786052790519</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Boyama 1 - Rafadan Tayfa</t>
+          <t>Serüven Başlıyor - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052790311</t>
+          <t>8680628431114</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Bol Vitaminli - Elif'in Düşleri</t>
+          <t>Rafadan Tayfa Boyama Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>17</v>
+        <v>75</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052791349</t>
+          <t>9786053499626</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Momo Akıllı Tavşan İle Kodlama</t>
+          <t>Boyama 5 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>8680628431213</t>
+          <t>9786053499596</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kazanan Kim? (5 kitap)</t>
+          <t>Boyama 2 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052791165</t>
+          <t>9786053499619</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Momo - Akıllı Tavşan Boyama Sayılar Kavramlar</t>
+          <t>Boyama 4 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C634" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>8680628431077</t>
+          <t>9786053499602</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa ile Okuyorum Seti (5 Kitap Takım)</t>
+          <t>Boyama 3 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789755018874</t>
+          <t>9786053499589</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Şehri</t>
+          <t>Boyama 1 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789755018881</t>
+          <t>9786052790311</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Tavşan İle Eşek</t>
+          <t>Bol Vitaminli - Elif'in Düşleri</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789755018867</t>
+          <t>9786052791349</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Hacıyatmaz</t>
+          <t>Momo Akıllı Tavşan İle Kodlama</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789755018850</t>
+          <t>8680628431213</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Taşlar</t>
+          <t>Kazanan Kim? (5 kitap)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>19</v>
+        <v>400</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052791172</t>
+          <t>9786052791165</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo Boyama</t>
+          <t>Momo - Akıllı Tavşan Boyama Sayılar Kavramlar</t>
         </is>
       </c>
       <c r="C640" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052791295</t>
+          <t>8680628431077</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Komutan Fatih</t>
+          <t>Rafadan Tayfa ile Okuyorum Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052791370</t>
+          <t>9789755018874</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gezegen Dünya (Ciltli)</t>
+          <t>Kütüphane Şehri</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>150</v>
+        <v>19</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052791387</t>
+          <t>9789755018881</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bilim İnsanları (Ciltli)</t>
+          <t>Tavşan İle Eşek</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>115</v>
+        <v>19</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052791332</t>
+          <t>9789755018867</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kare ile Etkinlik Zamanı</t>
+          <t>Hacıyatmaz</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789755018553</t>
+          <t>9789755018850</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Aile Katılımlı Kavramsal Etkinlikler kitabı - 5 Yaş</t>
+          <t>Konuşan Taşlar</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>13.52</v>
+        <v>19</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052791189</t>
+          <t>9786052791172</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Yumurtadan Ne Çıktı?</t>
+          <t>Akıllı Tavşan Momo Boyama</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>140</v>
+        <v>15</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052790427</t>
+          <t>9786052791295</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Turnuva - Rafadan Tayfa Eğleniyor</t>
+          <t>Muhteşem Komutan Fatih</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>19</v>
+        <v>180</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>8680628431107</t>
+          <t>9786052791370</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Aslan Serisi (5 Kitap Takım)</t>
+          <t>Muhteşem Gezegen Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052791073</t>
+          <t>9786052791387</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Labirent Kaşifleri</t>
+          <t>Muhteşem Bilim İnsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>38</v>
+        <v>115</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052791059</t>
+          <t>9786052791332</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Kuş Gözlemevi</t>
+          <t>Kare ile Etkinlik Zamanı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052791042</t>
+          <t>9789755018553</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Korkuluk</t>
+          <t>Aile Katılımlı Kavramsal Etkinlikler kitabı - 5 Yaş</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>38</v>
+        <v>13.52</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052791035</t>
+          <t>9786052791189</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Empati Odası</t>
+          <t>Yumurtadan Ne Çıktı?</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>38</v>
+        <v>140</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786053494737</t>
+          <t>9786052790427</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Aday - Merhaba Hayat 1</t>
+          <t>Turnuva - Rafadan Tayfa Eğleniyor</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>6.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786053494751</t>
+          <t>8680628431107</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Kırılma - Merhaba Hayat 2</t>
+          <t>Aslan Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>6.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786053494690</t>
+          <t>9786052791073</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Ayı Dişi - Merhaba Hayat 3</t>
+          <t>Aslan - Labirent Kaşifleri</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>6.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786053494683</t>
+          <t>9786052791059</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam Olmasa - Merhaba Hayat 4</t>
+          <t>Aslan - Kuş Gözlemevi</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>6.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786053494744</t>
+          <t>9786052791042</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Takayu'nun Zaferi - Merhaba Hayat 5</t>
+          <t>Aslan - Korkuluk</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>6.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786053494706</t>
+          <t>9786052791035</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu Değil Ya - Merhaba Hayat 6</t>
+          <t>Aslan - Empati Odası</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>6.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786053494720</t>
+          <t>9786053494737</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Labirent Şehir - Merhaba Hayat 8</t>
+          <t>Sürpriz Aday - Merhaba Hayat 1</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052790946</t>
+          <t>9786053494751</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Süper Kart</t>
+          <t>Zamanda Kırılma - Merhaba Hayat 2</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>60</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052793190</t>
+          <t>9786053494690</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Aslan – Hürkuş Kayıp Elmas</t>
+          <t>Ayı Dişi - Merhaba Hayat 3</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>130</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052793459</t>
+          <t>9786053494683</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Aslan’ın İcat Günlüğü</t>
+          <t>Annem Babam Olmasa - Merhaba Hayat 4</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>160</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786053499893</t>
+          <t>9786053494744</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Takayu'nun Zaferi - Merhaba Hayat 5</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>160</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052790588</t>
+          <t>9786053494706</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin İkinci Kurucusu Çelebi Mehmet</t>
+          <t>Dünyanın Sonu Değil Ya - Merhaba Hayat 6</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>100</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052797754</t>
+          <t>9786053494720</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Evimiz</t>
+          <t>Labirent Şehir - Merhaba Hayat 8</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>150</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052797716</t>
+          <t>9786052790946</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Büyük Haritacı ve Denizci: Piri Reis</t>
+          <t>Süper Kart</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786053499329</t>
+          <t>9786052793190</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Ormanın En Sıradan Ağacı</t>
+          <t>Aslan – Hürkuş Kayıp Elmas</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786053494935</t>
+          <t>9786052793459</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Şaşkınlar Ülkesinde</t>
+          <t>Aslan’ın İcat Günlüğü</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052796719</t>
+          <t>9786053499893</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>İyilik Ne Renktir?</t>
+          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>8680628431558</t>
+          <t>9786052790588</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri - 3 (5 Kitap)</t>
+          <t>Osmanlı Devleti'nin İkinci Kurucusu Çelebi Mehmet</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>8680628431497</t>
+          <t>9786052797754</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi (10 Kitap Set)</t>
+          <t>Evrendeki Evimiz</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052792766</t>
+          <t>9786052797716</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Benim Çılgın Arkadaşım - Yerimde Olsan</t>
+          <t>Büyük Haritacı ve Denizci: Piri Reis</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786053499107</t>
+          <t>9786053499329</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Masal Kaçkını</t>
+          <t>Ormanın En Sıradan Ağacı</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>8680628430803</t>
+          <t>9786053494935</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları (20 Kitap Takım)</t>
+          <t>Keloğlan Şaşkınlar Ülkesinde</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052791639</t>
+          <t>9786052796719</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Emanetdar Ayasofya Dehlizlerinde</t>
+          <t>İyilik Ne Renktir?</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052797709</t>
+          <t>8680628431558</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Ses Bakkalı Geri Döndü</t>
+          <t>Bilimin Öncüleri - 3 (5 Kitap)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052797730</t>
+          <t>8680628431497</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Vızır Vızır Arılar - Arılar Hakkında Her Şey</t>
+          <t>Üç Kuzen Dedektiflik Merkezi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052797723</t>
+          <t>9786052792766</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayağım Doğada Serisi - Evde ve Okulda Bostan Sanatı</t>
+          <t>Benim Çılgın Arkadaşım - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052797693</t>
+          <t>9786053499107</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - İlk Türk Kadın Romancı Fatma Aliye</t>
+          <t>Masal Kaçkını</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052797662</t>
+          <t>8680628430803</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kafa Dengi Tarih - Sarayda Tezahürat Sesleri</t>
+          <t>Dünya Masalları (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052797679</t>
+          <t>9786052791639</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kafa Dengi Tarih - Sarayda Çiçek Yarışmaları</t>
+          <t>Emanetdar Ayasofya Dehlizlerinde</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052797686</t>
+          <t>9786052797709</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kafa Dengi Tarih - Sarayda Düğün Dernek</t>
+          <t>Ses Bakkalı Geri Döndü</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052797532</t>
+          <t>9786052797730</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Yürüyüş</t>
+          <t>Vızır Vızır Arılar - Arılar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>8680628430902</t>
+          <t>9786052797723</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum 1 (8 Kitap Takım)</t>
+          <t>Bir Ayağım Doğada Serisi - Evde ve Okulda Bostan Sanatı</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786053498193</t>
+          <t>9786052797693</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Haritadaki Efsanenin İzinde- Zerzevan’ın Kayıp Yıldızları</t>
+          <t>Ben Kimim? - İlk Türk Kadın Romancı Fatma Aliye</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052797631</t>
+          <t>9786052797662</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Kitap</t>
+          <t>Kafa Dengi Tarih - Sarayda Tezahürat Sesleri</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052797648</t>
+          <t>9786052797679</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Annemin Pofuduk Ekmekleri</t>
+          <t>Kafa Dengi Tarih - Sarayda Çiçek Yarışmaları</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052794845</t>
+          <t>9786052797686</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 3 - Gizli Kahraman</t>
+          <t>Kafa Dengi Tarih - Sarayda Düğün Dernek</t>
         </is>
       </c>
       <c r="C688" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052794852</t>
+          <t>9786052797532</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 4 - Söz Nakliyecisi</t>
+          <t>Şehirde Yürüyüş</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052794906</t>
+          <t>8680628430902</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 7 - Uzaylı Paniği</t>
+          <t>Okumayı Seviyorum 1 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052794838</t>
+          <t>9786053498193</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 1 - Gizemli Mektuplar</t>
+          <t>Haritadaki Efsanenin İzinde- Zerzevan’ın Kayıp Yıldızları</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052794821</t>
+          <t>9786052797631</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 2 - Olimpiyat Meşalesi</t>
+          <t>Utangaç Kitap</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052794876</t>
+          <t>9786052797648</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 5 - Talihsiz Fırtına</t>
+          <t>Annemin Pofuduk Ekmekleri</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052794869</t>
+          <t>9786052794845</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 6 - Kilitli Orman Macerası</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 3 - Gizli Kahraman</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052794890</t>
+          <t>9786052794852</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 9 - Tatil Köyü Kabusu</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 4 - Söz Nakliyecisi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052794913</t>
+          <t>9786052794906</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 10 - Tekno Tuzak</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 7 - Uzaylı Paniği</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052794883</t>
+          <t>9786052794838</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 8 - Tarihi Eser Kaçakçılığı</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 1 - Gizemli Mektuplar</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052790687</t>
+          <t>9786052794821</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Solmayan Laleler - Tezhip - Sanat Gezileri</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 2 - Olimpiyat Meşalesi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052790694</t>
+          <t>9786052794876</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Şaheserler - Katı - Sanat Gezileri</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 5 - Talihsiz Fırtına</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052790700</t>
+          <t>9786052794869</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Resmi - Minyatür - Sanat Gezileri</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 6 - Kilitli Orman Macerası</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052790670</t>
+          <t>9786052794890</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Dünyası - Hat - Sanat Gezileri</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 9 - Tatil Köyü Kabusu</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052790663</t>
+          <t>9786052794913</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Ebru Diyarına Yolculuk - Ebru - Sanat Gezileri</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 10 - Tekno Tuzak</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052797563</t>
+          <t>9786052794883</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri- Sosyoloji İlminin Babası: İbni Haldun</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 8 - Tarihi Eser Kaçakçılığı</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052797570</t>
+          <t>9786052790687</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri- Bilimsel Gözlemin Öncüsü: Bîrûnî</t>
+          <t>Solmayan Laleler - Tezhip - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052797587</t>
+          <t>9786052790694</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Cimri Komşunun Hikayesi</t>
+          <t>Kağıttan Şaheserler - Katı - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052797594</t>
+          <t>9786052790700</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Adı: Salata</t>
+          <t>Hayallerin Resmi - Minyatür - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052797549</t>
+          <t>9786052790670</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Bahçenin Sırrı</t>
+          <t>Harflerin Dünyası - Hat - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052795736</t>
+          <t>9786052790663</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Tilki Rastık ile Karın Sesi</t>
+          <t>Ebru Diyarına Yolculuk - Ebru - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052797556</t>
+          <t>9786052797563</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bir Öncünün Hikâyesi Martin Luther King</t>
+          <t>Bilimin Öncüleri- Sosyoloji İlminin Babası: İbni Haldun</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052797501</t>
+          <t>9786052797570</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Fısıltılar</t>
+          <t>Bilimin Öncüleri- Bilimsel Gözlemin Öncüsü: Bîrûnî</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052797518</t>
+          <t>9786052797587</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Dalgalar</t>
+          <t>Nasrettin Hoca Cimri Komşunun Hikayesi</t>
         </is>
       </c>
       <c r="C711" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052797495</t>
+          <t>9786052797594</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Haritadaki Efsanenin İzinde - İki Kule Bir Rüya</t>
+          <t>Oyunun Adı: Salata</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052795743</t>
+          <t>9786052797549</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Ben Sadece</t>
+          <t>Gizemli Bahçenin Sırrı</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052797433</t>
+          <t>9786052795736</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Taçsız Kral Metin Oktay</t>
+          <t>Tilki Rastık ile Karın Sesi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786053499954</t>
+          <t>9786052797556</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Ben Kimim? - Bir Öncünün Hikâyesi Martin Luther King</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786053499831</t>
+          <t>9786052797501</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Kalbimdeki Fısıltılar</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052793954</t>
+          <t>9786052797518</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Matematik</t>
+          <t>Kalbimdeki Dalgalar</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>8680628431596</t>
+          <t>9786052797495</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Şehreküstü Apartmanı (Set)</t>
+          <t>Haritadaki Efsanenin İzinde - İki Kule Bir Rüya</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052797471</t>
+          <t>9786052795743</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>En İyi Seçenek - Şehreküstü Apartmanı - 4</t>
+          <t>Ben Sadece</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052797464</t>
+          <t>9786052797433</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Büyümüşüm - Şehreküstü Apartmanı 3</t>
+          <t>Ben Kimim? - Taçsız Kral Metin Oktay</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052797457</t>
+          <t>9786053499954</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Fikir Ama! - Şehreküstü Apartmanı - 2</t>
+          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052797440</t>
+          <t>9786053499831</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Değiştiği Gün - Şehreküstü Apartmanı - 1</t>
+          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052797488</t>
+          <t>9786052793954</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Süper Zeynep - Şehreküstü Apartmanı - 5</t>
+          <t>Muhteşem Matematik</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052797426</t>
+          <t>8680628431596</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Arı Zarife</t>
+          <t>Şehreküstü Apartmanı (Set)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052797419</t>
+          <t>9786052797471</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Kompost Yapma Sanatı</t>
+          <t>En İyi Seçenek - Şehreküstü Apartmanı - 4</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>8680628431466</t>
+          <t>9786052797464</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Pırıl 1. Sınıf Okuma Seti</t>
+          <t>İyi Ki Büyümüşüm - Şehreküstü Apartmanı 3</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052796986</t>
+          <t>9786052797457</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gezegen Dünya</t>
+          <t>Nasıl Fikir Ama! - Şehreküstü Apartmanı - 2</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052797365</t>
+          <t>9786052797440</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Bir Ufo Gördüm Sanki</t>
+          <t>Her Şeyin Değiştiği Gün - Şehreküstü Apartmanı - 1</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052797358</t>
+          <t>9786052797488</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Kimsin Sen?</t>
+          <t>Süper Zeynep - Şehreküstü Apartmanı - 5</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052797310</t>
+          <t>9786052797426</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Filistin Atlası</t>
+          <t>Arı Zarife</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052791288</t>
+          <t>9786052797419</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zafer Çanakkale (Ciltli)</t>
+          <t>Kompost Yapma Sanatı</t>
         </is>
       </c>
       <c r="C731" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052797327</t>
+          <t>8680628431466</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey ile Hiçbir Şey</t>
+          <t>Pırıl 1. Sınıf Okuma Seti</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052797341</t>
+          <t>9786052796986</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Robi Kurtar Bizi</t>
+          <t>Muhteşem Gezegen Dünya</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052797044</t>
+          <t>9786052797365</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Ejderha Sangal (1. Kitap)</t>
+          <t>Bir Ufo Gördüm Sanki</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052797068</t>
+          <t>9786052797358</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Yelbegen ve Zümrüdüanka (3. Kitap)</t>
+          <t>Kimsin Sen?</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052797075</t>
+          <t>9786052797310</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Salahana Kayalıkları (4. Kitap)</t>
+          <t>Filistin Atlası</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052797051</t>
+          <t>9786052791288</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Kayıp Tigin (2. Kitap)</t>
+          <t>Muhteşem Zafer Çanakkale (Ciltli)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052797082</t>
+          <t>9786052797327</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - İtbaraklar (5. Kitap)</t>
+          <t>Bir Şey ile Hiçbir Şey</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052796931</t>
+          <t>9786052797341</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Bilim Serisi, Deprem</t>
+          <t>Robi Kurtar Bizi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052794012</t>
+          <t>9786052797044</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Efsane Tatilim</t>
+          <t>Kutalmış - Ejderha Sangal (1. Kitap)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052797006</t>
+          <t>9786052797068</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Karınca Saldırısı - Sıra Dışı Doğa Parkı</t>
+          <t>Kutalmış - Yelbegen ve Zümrüdüanka (3. Kitap)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052797013</t>
+          <t>9786052797075</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Maymunlar - Sıra Dışı Doğa Parkı</t>
+          <t>Kutalmış - Salahana Kayalıkları (4. Kitap)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052797020</t>
+          <t>9786052797051</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Aslan Firarda - Sıra Dışı Doğa Parkı</t>
+          <t>Kutalmış - Kayıp Tigin (2. Kitap)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052797037</t>
+          <t>9786052797082</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Yavruyu Yakala - Sıra Dışı Doğa Parkı</t>
+          <t>Kutalmış - İtbaraklar (5. Kitap)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052797297</t>
+          <t>9786052796931</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Ses Bakkalı</t>
+          <t>Bilim Serisi, Deprem</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052793077</t>
+          <t>9786052794012</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Aşçı</t>
+          <t>Efsane Tatilim</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>8680628431060</t>
+          <t>9786052797006</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Sanat Gezileri Seti (5 Kitap)</t>
+          <t>Karınca Saldırısı - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052796566</t>
+          <t>9786052797013</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>10’uncu Yumurta, Say Bakalım! (Ciltli)</t>
+          <t>Haylaz Maymunlar - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052796597</t>
+          <t>9786052797020</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Çok Değerlisin (Ciltli)</t>
+          <t>Aslan Firarda - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052796580</t>
+          <t>9786052797037</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kaplan</t>
+          <t>Yavruyu Yakala - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052796573</t>
+          <t>9786052797297</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Annemin İzin Günü (Ciltli)</t>
+          <t>Ses Bakkalı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052796979</t>
+          <t>9786052793077</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Yuvamı İstiyorum</t>
+          <t>Muhteşem Aşçı</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052796900</t>
+          <t>8680628431060</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Cabir B. Hayyan</t>
+          <t>Sanat Gezileri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052796887</t>
+          <t>9786052796566</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>YouTuber Sertaç Abi’yle Sorudan Soruya</t>
+          <t>10’uncu Yumurta, Say Bakalım! (Ciltli)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052796924</t>
+          <t>9786052796597</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Beyin</t>
+          <t>Çok Değerlisin (Ciltli)</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052796917</t>
+          <t>9786052796580</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Gökada Ekspresi</t>
+          <t>Arkadaşım Kaplan</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052796948</t>
+          <t>9786052796573</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Kral Robotik'in Yumurtası</t>
+          <t>Annemin İzin Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052793893</t>
+          <t>9786052796979</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Deniz Ülkesinde</t>
+          <t>Yuvamı İstiyorum</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052796894</t>
+          <t>9786052796900</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Biz Filistinliyiz</t>
+          <t>Cabir B. Hayyan</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789755013732</t>
+          <t>9786052796887</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Piyesler (İlköğretim, Lise ve Dengi Okullarda)</t>
+          <t>YouTuber Sertaç Abi’yle Sorudan Soruya</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789755016085</t>
+          <t>9786052796924</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Gakgukların Maceraları (6 Takım Kitap)</t>
+          <t>Beyin</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789755014739</t>
+          <t>9786052796917</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Ses Yarışması</t>
+          <t>Gökada Ekspresi</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789755014760</t>
+          <t>9786052796948</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Süslü Çikolata</t>
+          <t>Kral Robotik'in Yumurtası</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789755014746</t>
+          <t>9786052793893</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Karga</t>
+          <t>Yüksek Deniz Ülkesinde</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789755014807</t>
+          <t>9786052796894</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gaki</t>
+          <t>Biz Filistinliyiz</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789755014722</t>
+          <t>9789755013732</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Gukki</t>
+          <t>Piyesler (İlköğretim, Lise ve Dengi Okullarda)</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789755014753</t>
+          <t>9789755016085</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Ay Nereye Kayboldu?</t>
+          <t>Gakgukların Maceraları (6 Takım Kitap)</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052793084</t>
+          <t>9789755014739</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Gece ve Bisküvi Kutusu</t>
+          <t>Ses Yarışması</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052796795</t>
+          <t>9789755014760</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kemankeş Sırrının Peşinde</t>
+          <t>Süslü Çikolata</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052796863</t>
+          <t>9789755014746</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Orman Kahvesi</t>
+          <t>Pamuk Karga</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052796153</t>
+          <t>9789755014807</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunları: Hacivat ve Karagöz’ün Peşinde</t>
+          <t>Mavi Gaki</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052796849</t>
+          <t>9789755014722</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Arkadaş</t>
+          <t>Şarkıcı Gukki</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052796771</t>
+          <t>9789755014753</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kitabın Öyküsü</t>
+          <t>Ay Nereye Kayboldu?</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052796818</t>
+          <t>9786052793084</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Dedem Kodlama Öğreniyor</t>
+          <t>Tavşan Gece ve Bisküvi Kutusu</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052796832</t>
+          <t>9786052796795</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Amasyalı Hekim Sabuncuoğlu Şerefeddin - Bilimin Öncüleri</t>
+          <t>Kemankeş Sırrının Peşinde</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052796801</t>
+          <t>9786052796863</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Cep Herkülü Naim Süleymanoğlu</t>
+          <t>Orman Kahvesi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052794807</t>
+          <t>9786052796153</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Ellerim Minik Ama</t>
+          <t>Gölge Oyunları: Hacivat ve Karagöz’ün Peşinde</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052796511</t>
+          <t>9786052796849</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar -Kayıp Pavurya</t>
+          <t>Sonsuza Kadar Arkadaş</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052796528</t>
+          <t>9786052796771</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar Üç Gün Kuralı</t>
+          <t>Kitabın Öyküsü</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052796504</t>
+          <t>9786052796818</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya Okula Hazırlık - Okuma Yazma Etkinlikleri</t>
+          <t>Dedem Kodlama Öğreniyor</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052796498</t>
+          <t>9786052796832</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar - Kumlu Hastalanıyor</t>
+          <t>Amasyalı Hekim Sabuncuoğlu Şerefeddin - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052796474</t>
+          <t>9786052796801</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar- İnci Festivali</t>
+          <t>Ben Kimim? - Cep Herkülü Naim Süleymanoğlu</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052796825</t>
+          <t>9786052794807</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Aslan Hürkuş 3 - Anka Adası</t>
+          <t>Ellerim Minik Ama</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052796467</t>
+          <t>9786052796511</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya ile Okula Hazırlık - Görsel Dikkat Etkinlikleri (Ciltli)</t>
+          <t>Mavi Dünya’dan Masallar -Kayıp Pavurya</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052796481</t>
+          <t>9786052796528</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar - Denize Atılan Çöpler</t>
+          <t>Mavi Dünya’dan Masallar Üç Gün Kuralı</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052796641</t>
+          <t>9786052796504</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bir Mucidin Öyküsü Steve Jobs</t>
+          <t>Mavi Dünya Okula Hazırlık - Okuma Yazma Etkinlikleri</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052796672</t>
+          <t>9786052796498</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?- Hikaye Fabrikatörü Roald Dahl</t>
+          <t>Mavi Dünya’dan Masallar - Kumlu Hastalanıyor</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052796665</t>
+          <t>9786052796474</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bozkırın Tezenesi Neşet Ertaş</t>
+          <t>Mavi Dünya’dan Masallar- İnci Festivali</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052796634</t>
+          <t>9786052796825</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Genetik</t>
+          <t>Aslan Hürkuş 3 - Anka Adası</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052796658</t>
+          <t>9786052796467</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bir Halk Ozanı Aşık Veysel</t>
+          <t>Mavi Dünya ile Okula Hazırlık - Görsel Dikkat Etkinlikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052796788</t>
+          <t>9786052796481</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Benim Evim</t>
+          <t>Mavi Dünya’dan Masallar - Denize Atılan Çöpler</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>8680628431527</t>
+          <t>9786052796641</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Tekin Serisi (10 kitap)</t>
+          <t>Ben Kimim? - Bir Mucidin Öyküsü Steve Jobs</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052796535</t>
+          <t>9786052796672</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Etkinlikli HikAyeler - İnci İz Peşinde</t>
+          <t>Ben Kimim?- Hikaye Fabrikatörü Roald Dahl</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052796276</t>
+          <t>9786052796665</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Keşfi</t>
+          <t>Ben Kimim? - Bozkırın Tezenesi Neşet Ertaş</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052796542</t>
+          <t>9786052796634</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Meslekler</t>
+          <t>Genetik</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052796283</t>
+          <t>9786052796658</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Unutkanlık Diyarı</t>
+          <t>Ben Kimim? - Bir Halk Ozanı Aşık Veysel</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052796559</t>
+          <t>9786052796788</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Paylaşım Zamanı</t>
+          <t>Türkçe Benim Evim</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052796603</t>
+          <t>8680628431527</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey’in Örümcek Hikayesi</t>
+          <t>Tekin Serisi (10 kitap)</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052796306</t>
+          <t>9786052796535</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Otelde Gizem</t>
+          <t>Mavi Dünya’dan Etkinlikli HikAyeler - İnci İz Peşinde</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052793961</t>
+          <t>9786052796276</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bilim İnsanları</t>
+          <t>Kütüphane Keşfi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052794791</t>
+          <t>9786052796542</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalem (Ciltli)</t>
+          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Meslekler</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052792681</t>
+          <t>9786052796283</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğreten Sözlük (2 Cilt Takım) (Ciltli)</t>
+          <t>Unutkanlık Diyarı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>2600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786053499237</t>
+          <t>9786052796559</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Kesirler Hayat Kurtarır Mı?</t>
+          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Paylaşım Zamanı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786053499251</t>
+          <t>9786052796603</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Şekiller Krallığı'na Yolculuk</t>
+          <t>Tanburi Cemil Bey’in Örümcek Hikayesi</t>
         </is>
       </c>
       <c r="C804" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>8680628431473</t>
+          <t>9786052796306</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuş ve Görgü Kuralları - 10 Kitap</t>
+          <t>Muhteşem Otelde Gizem</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052796078</t>
+          <t>9786052793961</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Aslan Çizgi Çalışmaları</t>
+          <t>Muhteşem Bilim İnsanları</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052796092</t>
+          <t>9786052794791</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Aslan Fen Etkinlikleri</t>
+          <t>Minik Kalem (Ciltli)</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052796108</t>
+          <t>9786052792681</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kavram Etkinlikleri</t>
+          <t>Türkçe Öğreten Sözlük (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>170</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>8680628431480</t>
+          <t>9786053499237</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Bizim Takım (9 Kitap)</t>
+          <t>Kesirler Hayat Kurtarır Mı?</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>700</v>
+        <v>240</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052793749</t>
+          <t>9786053499251</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Süper Takım - Bizim Takım</t>
+          <t>Şekiller Krallığı'na Yolculuk</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052793787</t>
+          <t>8680628431473</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Futbol Kampı - Bizim Takım</t>
+          <t>Minik Kuş ve Görgü Kuralları - 10 Kitap</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052793763</t>
+          <t>9786052796078</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Ligin Gözdesi - Bizim Takım</t>
+          <t>Aslan Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052793770</t>
+          <t>9786052796092</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Futbol Makinesi - Bizim Takım</t>
+          <t>Aslan Fen Etkinlikleri</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052793824</t>
+          <t>9786052796108</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kupası Kahramanları - Bizim Takım</t>
+          <t>Aslan Kavram Etkinlikleri</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052793817</t>
+          <t>8680628431480</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Süperstarları - Bizim Takım</t>
+          <t>Bizim Takım (9 Kitap)</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>80</v>
+        <v>850</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052793800</t>
+          <t>9786052793749</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Futbol Kuralları - Bizim Takım</t>
+          <t>Süper Takım - Bizim Takım</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052793794</t>
+          <t>9786052793787</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Ustaları - Bizim Takım</t>
+          <t>Futbol Kampı - Bizim Takım</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052793756</t>
+          <t>9786052793763</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Oyun Dışı Kalma - Bizim Takım</t>
+          <t>Ligin Gözdesi - Bizim Takım</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052793978</t>
+          <t>9786052793770</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Bahadır: Sirius'un Seçimi</t>
+          <t>Futbol Makinesi - Bizim Takım</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052793732</t>
+          <t>9786052793824</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Temsili Kahraman</t>
+          <t>Dünya Kupası Kahramanları - Bizim Takım</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052793947</t>
+          <t>9786052793817</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Prensi</t>
+          <t>Futbolun Süperstarları - Bizim Takım</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052793725</t>
+          <t>9786052793800</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Hayal Eden Kaşifler: Hezarfen ve Lagari</t>
+          <t>Futbol Kuralları - Bizim Takım</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052793985</t>
+          <t>9786052793794</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Aslan Hürkuş: Görevimiz Gökbey</t>
+          <t>Futbolun Ustaları - Bizim Takım</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052793718</t>
+          <t>9786052793756</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çikolata Kutusu</t>
+          <t>Oyun Dışı Kalma - Bizim Takım</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052793701</t>
+          <t>9786052793978</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Yeni Saçlarım</t>
+          <t>Bahadır: Sirius'un Seçimi</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052793862</t>
+          <t>9786052793732</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 9-12 Yaş</t>
+          <t>Temsili Kahraman</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052793886</t>
+          <t>9786052793947</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 6-9 yaş</t>
+          <t>İlkbahar Prensi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052793923</t>
+          <t>9786052793725</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 3-6 Yaş</t>
+          <t>Uçmayı Hayal Eden Kaşifler: Hezarfen ve Lagari</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052793909</t>
+          <t>9786052793985</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 0-3 Yaş</t>
+          <t>Aslan Hürkuş: Görevimiz Gökbey</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786053499244</t>
+          <t>9786052793718</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Zihnimdeki Hesap Makinesi</t>
+          <t>Kırmızı Çikolata Kutusu</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052793398</t>
+          <t>9786052793701</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Yeni Saçlarım</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052793404</t>
+          <t>9786052793862</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Balonla 5 Hafta</t>
+          <t>Evde Montessori 9-12 Yaş</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>8680628431398</t>
+          <t>9786052793886</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Soru Küpü Suat (5 kitap)</t>
+          <t>Evde Montessori 6-9 yaş</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052793381</t>
+          <t>9786052793923</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Evde Montessori 3-6 Yaş</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052793640</t>
+          <t>9786052793909</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Dijital Enfeksiyon</t>
+          <t>Evde Montessori 0-3 Yaş</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052793619</t>
+          <t>9786053499244</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot Şehre Gelsin</t>
+          <t>Zihnimdeki Hesap Makinesi</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052793336</t>
+          <t>9786052793398</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Kurtarma Operasyonu - Robot Arkadaşım 2</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052793343</t>
+          <t>9786052793404</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Çin’de Kurtarma Operasyonu - Robot Arkadaşım 1</t>
+          <t>Balonla 5 Hafta</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052793350</t>
+          <t>8680628431398</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Hıçkırık’ı Kurtarma Operasyonu - Robot Arkadaşım 4</t>
+          <t>Soru Küpü Suat (5 kitap)</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052793329</t>
+          <t>9786052793381</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Uydu Kurtarma Operasyonu - Robot Arkadaşım 3</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052793299</t>
+          <t>9786052793640</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Masalistanbul 3 - Kardeş Şehirler Kapısı</t>
+          <t>Dijital Enfeksiyon</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052793138</t>
+          <t>9786052793619</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Mavi Döngünün Gizemli Kitabı</t>
+          <t>Don Kişot Şehre Gelsin</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052793237</t>
+          <t>9786052793336</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>18+2 Ağaçkakan</t>
+          <t>Hafıza Kurtarma Operasyonu - Robot Arkadaşım 2</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052793220</t>
+          <t>9786052793343</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Kara Karga Seyahate Çıkıyor</t>
+          <t>Çin’de Kurtarma Operasyonu - Robot Arkadaşım 1</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052792957</t>
+          <t>9786052793350</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirmede Oyun Mucizesi</t>
+          <t>Hıçkırık’ı Kurtarma Operasyonu - Robot Arkadaşım 4</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052793152</t>
+          <t>9786052793329</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bilimsel Fikirler</t>
+          <t>Uydu Kurtarma Operasyonu - Robot Arkadaşım 3</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052793206</t>
+          <t>9786052793299</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Şeylerin Sıra Dışı Yolculuğu</t>
+          <t>Masalistanbul 3 - Kardeş Şehirler Kapısı</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052793275</t>
+          <t>9786052793138</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Siber Kahramanlar</t>
+          <t>Mavi Döngünün Gizemli Kitabı</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052793411</t>
+          <t>9786052793237</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000</t>
+          <t>18+2 Ağaçkakan</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052793428</t>
+          <t>9786052793220</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Merkezine Yolculuk</t>
+          <t>Kara Karga Seyahate Çıkıyor</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052793435</t>
+          <t>9786052792957</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Fatih Robur</t>
+          <t>Çocuk Yetiştirmede Oyun Mucizesi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052793442</t>
+          <t>9786052793152</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Robinsonlar Okulu</t>
+          <t>Büyük Bilimsel Fikirler</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052793657</t>
+          <t>9786052793206</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Pervaneli Hafiye</t>
+          <t>Sıradan Şeylerin Sıra Dışı Yolculuğu</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052793633</t>
+          <t>9786052793275</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Böcekistan Krallığı</t>
+          <t>Siber Kahramanlar</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052793626</t>
+          <t>9786052793411</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Hallet, Göreyim Seni</t>
+          <t>Denizler Altında 20.000</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052793312</t>
+          <t>9786052793428</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Hayal Oyunu</t>
+          <t>Dünya’nın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052793367</t>
+          <t>9786052793435</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Yalnız Balinası</t>
+          <t>Fatih Robur</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052793695</t>
+          <t>9786052793442</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun Bubu'yu Gördün mü?</t>
+          <t>Robinsonlar Okulu</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052793374</t>
+          <t>9786052793657</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Robi Çıldırdı</t>
+          <t>Pervaneli Hafiye</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052793466</t>
+          <t>9786052793633</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunları 2</t>
+          <t>Böcekistan Krallığı</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052792797</t>
+          <t>9786052793626</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Lütfen Demeyi Nasıl Öğretirsin?</t>
+          <t>Hallet, Göreyim Seni</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052792827</t>
+          <t>9786052793312</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Teşekkür Ederim Demeyi Nasıl Öğretirsin?</t>
+          <t>Hayal Oyunu</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052792810</t>
+          <t>9786052793367</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Özür Dilerim Demeyi Nasıl Öğretirsin?</t>
+          <t>Dünyanın En Yalnız Balinası</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052792803</t>
+          <t>9786052793695</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Merhaba Demeyi Nasıl Öğretirsin?</t>
+          <t>Bukalemun Bubu'yu Gördün mü?</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052793282</t>
+          <t>9786052793374</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Penguen Fu</t>
+          <t>Robi Çıldırdı</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052793107</t>
+          <t>9786052793466</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Bir Tohum Masalı</t>
+          <t>Gölge Oyunları 2</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052793244</t>
+          <t>9786052792797</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Kedisini Arayan Yazar</t>
+          <t>Ejderhana Lütfen Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052793213</t>
+          <t>9786052792827</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Nar Kızı</t>
+          <t>Ejderhana Teşekkür Ederim Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052793121</t>
+          <t>9786052792810</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Bilimler Tarihçisi Fuat Sezgin</t>
+          <t>Ejderhana Özür Dilerim Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052793169</t>
+          <t>9786052792803</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’ın En Büyük Mucidi Cezeri</t>
+          <t>Ejderhana Merhaba Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>8680628431312</t>
+          <t>9786052793282</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Muhafızları Dizisi 5 Kitap</t>
+          <t>Penguen Fu</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052792728</t>
+          <t>9786052793107</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Tuzak - Yerimde Olsan</t>
+          <t>Bir Tohum Masalı</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052793008</t>
+          <t>9786052793244</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Dünya - Yerimde Olsan</t>
+          <t>Kedisini Arayan Yazar</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052792773</t>
+          <t>9786052793213</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bulduğum Gün - Yerimde Olsan</t>
+          <t>Nar Kızı</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052793015</t>
+          <t>9786052793121</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Diyetler! - Yerimde Olsan</t>
+          <t>Bilimler Tarihçisi Fuat Sezgin</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052792780</t>
+          <t>9786052793169</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmem Hakkında Her Şey - Yerimde Olsan</t>
+          <t>Orta Çağ’ın En Büyük Mucidi Cezeri</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052792742</t>
+          <t>8680628431312</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraflarda Kalan Ailem - Yerimde Olsan</t>
+          <t>Türkçenin Muhafızları Dizisi 5 Kitap</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>90</v>
+        <v>620</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052792735</t>
+          <t>9786052792728</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Ninem Bir Uzaylı - Yerimde Olsan</t>
+          <t>Ormandaki Tuzak - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052792711</t>
+          <t>9786052793008</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Ülkemde Çiçekler Açtığında - Yerimde Olsan</t>
+          <t>Kalbimdeki Dünya - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>8680628431305</t>
+          <t>9786052792773</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Yerimde Olsan Dizisi ( 10 Kitap )</t>
+          <t>Annemi Bulduğum Gün - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>850</v>
+        <v>100</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052792759</t>
+          <t>9786052793015</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Bizi Bekleyen Elmalar - Yerimde Olsan</t>
+          <t>Ah Şu Diyetler! - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052793114</t>
+          <t>9786052792780</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Hocası - Türkçenin Muhafızları 5</t>
+          <t>Öğrenmem Hakkında Her Şey - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C882" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052792971</t>
+          <t>9786052792742</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 1 - Uyuz İnek Nasıl Boğa Olur?</t>
+          <t>Fotoğraflarda Kalan Ailem - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052792995</t>
+          <t>9786052792735</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 3 - Kuyruksuz At</t>
+          <t>Ninem Bir Uzaylı - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052792988</t>
+          <t>9786052792711</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 2 - Tepik Oyunu</t>
+          <t>Ülkemde Çiçekler Açtığında - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052792940</t>
+          <t>8680628431305</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Musa Kardeşler - Bilimin Üç Kardeşi</t>
+          <t>Yerimde Olsan Dizisi ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052792919</t>
+          <t>9786052792759</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirebilirsin</t>
+          <t>Bizi Bekleyen Elmalar - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052792841</t>
+          <t>9786052793114</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Gönüllerin Hocası - Türkçenin Muhafızları 5</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052792834</t>
+          <t>9786052792971</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Ayı Ze - Akıntıdaki Yapraklar</t>
+          <t>Küçük Ok 1 - Uyuz İnek Nasıl Boğa Olur?</t>
         </is>
       </c>
       <c r="C889" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052792926</t>
+          <t>9786052792995</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar, Bulut ve Kızılkuyruk 3</t>
+          <t>Küçük Ok 3 - Kuyruksuz At</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052792933</t>
+          <t>9786052792988</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Adalet Savaşçısı Aliya</t>
+          <t>Küçük Ok 2 - Tepik Oyunu</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>8680628431190</t>
+          <t>9786052792940</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü Kek Çetesi Seti (5 Kitap Takım)</t>
+          <t>Musa Kardeşler - Bilimin Üç Kardeşi</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052791578</t>
+          <t>9786052792919</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Hani Derler Ya... - Burada Türkçe Konuşuyoruz 5</t>
+          <t>Dünyayı Değiştirebilirsin</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052791585</t>
+          <t>9786052792841</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Sizin Orada Ne Diyorlar? - Burada Türkçe Konuşuyoruz 4</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052791592</t>
+          <t>9786052792834</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Cool Olma Kendin Ol! - Burada Türkçe Konuşuyoruz 3</t>
+          <t>Ayı Ze - Akıntıdaki Yapraklar</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>8680628431152</t>
+          <t>9786052792926</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Burada Türkçe Konuşuyoruz (5 Kitap Takım)</t>
+          <t>Rüzgar, Bulut ve Kızılkuyruk 3</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052791608</t>
+          <t>9786052792933</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Siz Var Ne Demek? - Burada Türkçe Konuşuyoruz 2</t>
+          <t>Özgürlük ve Adalet Savaşçısı Aliya</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052791615</t>
+          <t>8680628431190</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Hatalıysam Söyle! - Burada Türkçe Konuşuyoruz 1</t>
+          <t>Üzümlü Kek Çetesi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>80</v>
+        <v>700</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052791929</t>
+          <t>9786052791578</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Bilime Bir Katkımız Olsun – Uçuk Kaçık Ayşe ile Bilim 4</t>
+          <t>Hani Derler Ya... - Burada Türkçe Konuşuyoruz 5</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052791912</t>
+          <t>9786052791585</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Atomun Bundan Haberi Var mı? - Uçuk Kaçık Ayşe ile Bilim 3</t>
+          <t>Sizin Orada Ne Diyorlar? - Burada Türkçe Konuşuyoruz 4</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052791660</t>
+          <t>9786052791592</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Gümbürtüye Gittim – Uçuk Kaçık Ayşe ile Bilim 2</t>
+          <t>Cool Olma Kendin Ol! - Burada Türkçe Konuşuyoruz 3</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052791653</t>
+          <t>8680628431152</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ne Güzel Şey – Uçuk Kaçık Ayşe ile Bilim 1</t>
+          <t>Burada Türkçe Konuşuyoruz (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>80</v>
+        <v>490</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>8680628431220</t>
+          <t>9786052791608</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Ayşe ile Bilim (5 kitap Takım)</t>
+          <t>Siz Var Ne Demek? - Burada Türkçe Konuşuyoruz 2</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052791936</t>
+          <t>9786052791615</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Komedi Bizi Kurtaracak - Uçuk Kaçık Ayşe ile Bilim 5</t>
+          <t>Hatalıysam Söyle! - Burada Türkçe Konuşuyoruz 1</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>8680628431206</t>
+          <t>9786052791929</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri 2 (5 Kitap Takım)</t>
+          <t>Bilime Bir Katkımız Olsun – Uçuk Kaçık Ayşe ile Bilim 4</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052791455</t>
+          <t>9786052791912</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Komutları Nasıl Takip Eder? – Küçük Yazılımcılar İçin Rehber</t>
+          <t>Atomun Bundan Haberi Var mı? - Uçuk Kaçık Ayşe ile Bilim 3</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052791905</t>
+          <t>9786052791660</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Tahterevalliler Nasıl Hareket Eder? – Küçük Mühendisler için Rehber</t>
+          <t>Gümbürtüye Gittim – Uçuk Kaçık Ayşe ile Bilim 2</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052791646</t>
+          <t>9786052791653</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Kodlama</t>
+          <t>Bilim Ne Güzel Şey – Uçuk Kaçık Ayşe ile Bilim 1</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052791462</t>
+          <t>8680628431220</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Bir Pizza Dilimini Nasıl Ölçersin? - Küçük Matematikçiler İçin Rehber</t>
+          <t>Uçuk Kaçık Ayşe ile Bilim (5 kitap Takım)</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>120</v>
+        <v>490</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052791899</t>
+          <t>9786052791936</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Moleküller Nasıl Bir Arada Kalır? – Küçük Kimyagerler İçin Rehber</t>
+          <t>Komedi Bizi Kurtaracak - Uçuk Kaçık Ayşe ile Bilim 5</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052791448</t>
+          <t>8680628431206</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Köprüler Neden Düşmez? - Küçük Mimarlar ve Müühendisler İçin Rehber</t>
+          <t>Bilimin Öncüleri 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052791691</t>
+          <t>9786052791455</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Adam Efsanesi - Üzümlü Kek Çetesi 2</t>
+          <t>Bilgisayar Komutları Nasıl Takip Eder? – Küçük Yazılımcılar İçin Rehber</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052791844</t>
+          <t>9786052791905</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Hırsız mı Kahraman mı? - Üzümlü Kek Çetesi 4</t>
+          <t>Tahterevalliler Nasıl Hareket Eder? – Küçük Mühendisler için Rehber</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052791684</t>
+          <t>9786052791646</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Ekip Kuruluyor - Üzümlü Kek Çetesi 1</t>
+          <t>Hikayelerle Kodlama</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052791707</t>
+          <t>9786052791462</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Sivrisineklere Karşı - Üzümlü Kek Çetesi 3</t>
+          <t>Bir Pizza Dilimini Nasıl Ölçersin? - Küçük Matematikçiler İçin Rehber</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052791851</t>
+          <t>9786052791899</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Pembeli Teyzeyi Takip - Üzümlü Kek Çetesi 5</t>
+          <t>Moleküller Nasıl Bir Arada Kalır? – Küçük Kimyagerler İçin Rehber</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>8680628430889</t>
+          <t>9786052791448</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri 2 (10 Kitap)</t>
+          <t>Köprüler Neden Düşmez? - Küçük Mimarlar ve Müühendisler İçin Rehber</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>8680628430872</t>
+          <t>9786052791691</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri 1 (10 Kitap)</t>
+          <t>Kırmızı Adam Efsanesi - Üzümlü Kek Çetesi 2</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>8680628430865</t>
+          <t>9786052791844</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerimiz Dizisi 2 (10 Kitap)</t>
+          <t>Hırsız mı Kahraman mı? - Üzümlü Kek Çetesi 4</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>8680628430858</t>
+          <t>9786052791684</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerimiz Dizisi 1 (10 Kitap)</t>
+          <t>Ekip Kuruluyor - Üzümlü Kek Çetesi 1</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789755010854</t>
+          <t>9786052791707</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Erdem Çocuk Klasikleri - Karagöz ile Hacivat</t>
+          <t>Sivrisineklere Karşı - Üzümlü Kek Çetesi 3</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789755010502</t>
+          <t>9786052791851</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri - Define Adası</t>
+          <t>Pembeli Teyzeyi Takip - Üzümlü Kek Çetesi 5</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052791622</t>
+          <t>8680628430889</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Demirden Kale - Masal İstanbul 2</t>
+          <t>Dünya Klasikleri 2 (10 Kitap)</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052791356</t>
+          <t>8680628430872</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>İbrahim İle Kartopu</t>
+          <t>Dünya Çocuk Klasikleri 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>8680628431008</t>
+          <t>8680628430865</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri Set (5 Kitap Takım)</t>
+          <t>Klasiklerimiz Dizisi 2 (10 Kitap)</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052791561</t>
+          <t>8680628430858</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Kurtubalı Lübna: Endülüs’ün Büyük Bilim Kadını - Bilimin Öncüleri</t>
+          <t>Klasiklerimiz Dizisi 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>8680628431145</t>
+          <t>9789755010854</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Mavi Öyküler Set (5 Kitap Takım)</t>
+          <t>Erdem Çocuk Klasikleri - Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052791318</t>
+          <t>9789755010502</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>İbni Battuta</t>
+          <t>Dünya Çocuk Klasikleri - Define Adası</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052791301</t>
+          <t>9786052791622</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Meryem Usturlabi</t>
+          <t>Demirden Kale - Masal İstanbul 2</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052791325</t>
+          <t>9786052791356</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Filanca Operasyon</t>
+          <t>İbrahim İle Kartopu</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786053499633</t>
+          <t>8680628431008</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Cebrin Babası Harizmi - Bilimin Öncüleri</t>
+          <t>Bilimin Öncüleri Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052791233</t>
+          <t>9786052791561</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>21 Yaşında Çağ Açıp Çağ Kapayan Fatih Sultan Mehmet</t>
+          <t>Kurtubalı Lübna: Endülüs’ün Büyük Bilim Kadını - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052791271</t>
+          <t>8680628431145</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıtanın ve Üç Denizin Hakimi Kanuni Sultan Süleyman</t>
+          <t>Mavi Öyküler Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052791240</t>
+          <t>9786052791318</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Balkan Fatihi Sultan 2. Murat</t>
+          <t>İbni Battuta</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052791257</t>
+          <t>9786052791301</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Barış ve İmarı Seven Padişah 2. Beyazıt</t>
+          <t>Meryem Usturlabi</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052791080</t>
+          <t>9786052791325</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Seslerden Müziğe Yolculuk</t>
+          <t>Filanca Operasyon</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052791196</t>
+          <t>9786053499633</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Okyanustaki Dostlarımız</t>
+          <t>Cebrin Babası Harizmi - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052791202</t>
+          <t>9786052791233</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Hangi Mevsim?</t>
+          <t>21 Yaşında Çağ Açıp Çağ Kapayan Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052791134</t>
+          <t>9786052791271</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yaprağın Peşinde</t>
+          <t>Üç Kıtanın ve Üç Denizin Hakimi Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052790571</t>
+          <t>9786052791240</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Anadolu ve Balkanlara Vurulan Mühür Yıldırım Beyazıd</t>
+          <t>Balkan Fatihi Sultan 2. Murat</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052790564</t>
+          <t>9786052791257</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Devletten İmparatorluğa Sultan I. Murad</t>
+          <t>Barış ve İmarı Seven Padişah 2. Beyazıt</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052790939</t>
+          <t>9786052791080</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Çınar ile Sincap</t>
+          <t>Seslerden Müziğe Yolculuk</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052790557</t>
+          <t>9786052791196</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Bulut ve Yağmur</t>
+          <t>Okyanustaki Dostlarımız</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052790601</t>
+          <t>9786052791202</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Mühürdar - Harita Koruyucuları</t>
+          <t>Hangi Mevsim?</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052790595</t>
+          <t>9786052791134</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Zaman Misafirleri - Harita Koruyucuları</t>
+          <t>Gizemli Yaprağın Peşinde</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052790717</t>
+          <t>9786052790571</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Muhafızları 4 - Kelimelerin Işığı</t>
+          <t>Anadolu ve Balkanlara Vurulan Mühür Yıldırım Beyazıd</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052790298</t>
+          <t>9786052790564</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen - Harita Koruyucuları</t>
+          <t>Devletten İmparatorluğa Sultan I. Murad</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052790830</t>
+          <t>9786052790939</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Eski Köşkün Gizemi</t>
+          <t>Çınar ile Sincap</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052790755</t>
+          <t>9786052790557</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot (B1 Türkish Graded Readers)</t>
+          <t>Rüzgar Bulut ve Yağmur</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052790779</t>
+          <t>9786052790601</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Leyla İle Mecnun - (B1 Turkish Graded Readers)</t>
+          <t>Mühürdar - Harita Koruyucuları</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052790809</t>
+          <t>9786052790595</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Tavuklar Şapka Takar mı?</t>
+          <t>Zaman Misafirleri - Harita Koruyucuları</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052790793</t>
+          <t>9786052790717</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Kaşifi İbni Baytar - Bilimin Öncüleri</t>
+          <t>Türkçenin Muhafızları 4 - Kelimelerin Işığı</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052790786</t>
+          <t>9786052790298</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Astronominin Kurucusu Ali Kuşçu - Bilimin Öncüleri</t>
+          <t>Geçmişten Gelen - Harita Koruyucuları</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052790458</t>
+          <t>9786052790830</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Selçuklunun Ulu Sultanı - Alaeddin Keykubad</t>
+          <t>Eski Köşkün Gizemi</t>
         </is>
       </c>
       <c r="C954" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052793183</t>
+          <t>9786052790755</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Akif</t>
+          <t>Don Kişot (B1 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052790281</t>
+          <t>9786052790779</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Timsah Temsi'nin Su Yarışı</t>
+          <t>Leyla İle Mecnun - (B1 Turkish Graded Readers)</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052790267</t>
+          <t>9786052790809</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Timsah Temsi'nin Can Sıkıntısı</t>
+          <t>Tavuklar Şapka Takar mı?</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052790274</t>
+          <t>9786052790793</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Timsah Temsi'nin Diş Ağrısı</t>
+          <t>Bitkilerin Kaşifi İbni Baytar - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052790335</t>
+          <t>9786052790786</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Beylikten Devlete Orhan Gazi</t>
+          <t>Osmanlı’da Astronominin Kurucusu Ali Kuşçu - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052790342</t>
+          <t>9786052790458</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Aşiretten Beyliğe Osman Gazi</t>
+          <t>Selçuklunun Ulu Sultanı - Alaeddin Keykubad</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786053499725</t>
+          <t>9786052793183</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Yeni Okul Yeni Macera - Acar Dedektif Eda 1</t>
+          <t>Akif</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>8680628431015</t>
+          <t>9786052790281</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Tuz Dedektifleri (5 Kitap Takım)</t>
+          <t>Timsah Temsi'nin Su Yarışı</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052790212</t>
+          <t>9786052790267</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Şiir Defteri Nerede? - Tuz Dedektifleri</t>
+          <t>Timsah Temsi'nin Can Sıkıntısı</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052790175</t>
+          <t>9786052790274</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Görünenin Ardındaki Gerçek - Tuz Dedektifleri</t>
+          <t>Timsah Temsi'nin Diş Ağrısı</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052790199</t>
+          <t>9786052790335</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dede - Tuz Dedektifleri</t>
+          <t>Beylikten Devlete Orhan Gazi</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052790168</t>
+          <t>9786052790342</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Mektup Kimin? - Tuz Dedektifleri</t>
+          <t>Aşiretten Beyliğe Osman Gazi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052790182</t>
+          <t>9786053499725</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Kim? - Tuz Dedektifleri</t>
+          <t>Yeni Okul Yeni Macera - Acar Dedektif Eda 1</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052790106</t>
+          <t>8680628431015</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina - Bütün Dünyaya Hakim</t>
+          <t>Tuz Dedektifleri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>90</v>
+        <v>490</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052790144</t>
+          <t>9786052790212</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Razi - Kimyanın Dehası</t>
+          <t>Şiir Defteri Nerede? - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052790090</t>
+          <t>9786052790175</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey - Gök Bilimin Sultanı</t>
+          <t>Görünenin Ardındaki Gerçek - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C970" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052790120</t>
+          <t>9786052790199</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>İbni Heysem - Işığın Efendisi</t>
+          <t>Kayıp Dede - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052790137</t>
+          <t>9786052790168</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Farabi - Bilimin İkinci Öğretmeni</t>
+          <t>Esrarengiz Mektup Kimin? - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C972" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052790113</t>
+          <t>9786052790182</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Onaran Adam</t>
+          <t>Hırsız Kim? - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052790014</t>
+          <t>9786052790106</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Kutuplar - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>İbni Sina - Bütün Dünyaya Hakim</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786053499985</t>
+          <t>9786052790144</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Çöller - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Razi - Kimyanın Dehası</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786053499992</t>
+          <t>9786052790090</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Tropikal İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Uluğ Bey - Gök Bilimin Sultanı</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052790007</t>
+          <t>9786052790120</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz İklimi - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>İbni Heysem - Işığın Efendisi</t>
         </is>
       </c>
       <c r="C977" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786052790021</t>
+          <t>9786052790137</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Ilıman İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Farabi - Bilimin İkinci Öğretmeni</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053499947</t>
+          <t>9786052790113</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklar Ne İşe Yarar?</t>
+          <t>Her Şeyi Onaran Adam</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786053499817</t>
+          <t>9786052790014</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Can Dostumuz Ağaçlar</t>
+          <t>Kutuplar - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C980" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786053499961</t>
+          <t>9786053499985</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Suyun Döngüsü</t>
+          <t>Çöller - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C981" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053499879</t>
+          <t>9786053499992</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Tropikal İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786053499862</t>
+          <t>9786052790007</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Akdeniz İklimi - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786053499848</t>
+          <t>9786052790021</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Ilıman İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786053499923</t>
+          <t>9786053499947</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Kuyruklar Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786053499916</t>
+          <t>9786053499817</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Can Dostumuz Ağaçlar</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>8680628430827</t>
+          <t>9786053499961</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Öyküler - 10 Kitap Takım</t>
+          <t>Suyun Döngüsü</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786053499794</t>
+          <t>9786053499879</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ve Bulut</t>
+          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786053499787</t>
+          <t>9786053499862</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Zuvata</t>
+          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786053499503</t>
+          <t>9786053499848</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Süper Numaralar Uzmanı Maytap ve Profesör Gibi</t>
+          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786053499282</t>
+          <t>9786053499923</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Çay Süzgecine</t>
+          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786053499459</t>
+          <t>9786053499916</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Muhafızları 3 - Mutluluk Bilgisi</t>
+          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786053499367</t>
+          <t>8680628430827</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Sen Yazarsın!</t>
+          <t>Yıldızlı Öyküler - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>220</v>
+        <v>570</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>8680628430469</t>
+          <t>9786053499794</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Öyküler (10 Kitap Takım)</t>
+          <t>Rüzgar ve Bulut</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>490</v>
+        <v>160</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786053499121</t>
+          <t>9786053499787</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutar Bizi!</t>
+          <t>Zuvata</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786053494911</t>
+          <t>9786053499503</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Suskunlar Ülkesinde (Ciltli)</t>
+          <t>Süper Numaralar Uzmanı Maytap ve Profesör Gibi</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053497691</t>
+          <t>9786053499282</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Bir Kelime Seyyahı</t>
+          <t>Bak Şu Çay Süzgecine</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053498834</t>
+          <t>9786053499459</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Zamanlar Arası Geçiş</t>
+          <t>Türkçenin Muhafızları 3 - Mutluluk Bilgisi</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053498803</t>
+          <t>9786053499367</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Temmuz Elması</t>
+          <t>Sen Yazarsın!</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>155</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786053498827</t>
+          <t>8680628430469</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Turuncu Öyküler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>130</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053497721</t>
+          <t>9786053499121</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çizgi</t>
+          <t>Kim Tutar Bizi!</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>8680628430636</t>
+          <t>9786053494911</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Apartman Çocuğu (5 Kitap Takım)</t>
+          <t>Keloğlan Suskunlar Ülkesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053497707</t>
+          <t>9786053497691</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Simurg'a Yolculuk</t>
+          <t>Bir Kelime Seyyahı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053497608</t>
+          <t>9786053498834</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey Enstrümanları Anlatıyor</t>
+          <t>Zamanlar Arası Geçiş</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786053497356</t>
+          <t>9786053498803</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İsimler Krallığı 3</t>
+          <t>Temmuz Elması</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053497349</t>
+          <t>9786053498827</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İsimler Krallığı 2</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053490401</t>
+          <t>9786053497721</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım: Düşünme Becerileri Kavram / Renk</t>
+          <t>Kırmızı Çizgi</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786053490395</t>
+          <t>8680628430636</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım: Dil Becerileri</t>
+          <t>Apartman Çocuğu (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>8680628430483</t>
+          <t>9786053497707</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Benim Gezegenim (5 Kitap Set)</t>
+          <t>Simurg'a Yolculuk</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>490</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>8680628430445</t>
+          <t>9786053497608</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Taş Masalları (6 Kitap Takım)</t>
+          <t>Tanburi Cemil Bey Enstrümanları Anlatıyor</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>8680628430315</t>
+          <t>9786053497356</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Göl Masalları (10 Kitap Takım)</t>
+          <t>Kayıp İsimler Krallığı 3</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053494874</t>
+          <t>9786053497349</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Üç Korkusuz Arkadaş</t>
+          <t>Kayıp İsimler Krallığı 2</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789755013374</t>
+          <t>9786053490401</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları</t>
+          <t>İlk Etkinlik Kitabım: Düşünme Becerileri Kavram / Renk</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789755016337</t>
+          <t>9786053490395</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerimiz (25 Kitap)</t>
+          <t>İlk Etkinlik Kitabım: Dil Becerileri</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>2000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789755010526</t>
+          <t>8680628430483</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Güliver'in Gezileri</t>
+          <t>Benim Gezegenim (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>80</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789755011080</t>
+          <t>8680628430445</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Taş Masalları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789755010670</t>
+          <t>8680628430315</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Gümüş Göl Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>80</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789755013343</t>
+          <t>9786053494874</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Üç Korkusuz Arkadaş</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789755013367</t>
+          <t>9789755013374</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Lassie</t>
+          <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786053491521</t>
+          <t>9789755016337</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Simit Adası</t>
+          <t>Klasiklerimiz (25 Kitap)</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>175</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789755010700</t>
+          <t>9789755010526</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında Yirmibin Fersah</t>
+          <t>Güliver'in Gezileri</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786053490609</t>
+          <t>9789755011080</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>İşe Yarar Şeyler Dükkanı</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789755010458</t>
+          <t>9789755010670</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı Yazılıyor</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789755011349</t>
+          <t>9789755013343</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi Destanı</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789755011158</t>
+          <t>9789755013367</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Lassie</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789755014012</t>
+          <t>9786053491521</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’ın Çocukları</t>
+          <t>Simit Adası</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789755010823</t>
+          <t>9789755010700</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Su Küpü - Müzekki'n-Nüfus’tan Hikayeler</t>
+          <t>Deniz Altında Yirmibin Fersah</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789755011356</t>
+          <t>9786053490609</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>İşe Yarar Şeyler Dükkanı</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786053490296</t>
+          <t>9789755010458</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Masalistanbul</t>
+          <t>İstiklal Marşı Yazılıyor</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789755016245</t>
+          <t>9789755011349</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Olsun Dizisi (10 Kitap Takım )</t>
+          <t>Battal Gazi Destanı</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789755019864</t>
+          <t>9789755011158</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıflar İçin Değerler Eğitimi (15 Hikaye Etkinlik Kitabı)</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789755011189</t>
+          <t>9789755014012</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler Kraliçenin Hizmetinde</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789755011042</t>
+          <t>9789755010823</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo</t>
+          <t>Su Küpü - Müzekki'n-Nüfus’tan Hikayeler</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789755010533</t>
+          <t>9789755011356</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789755010649</t>
+          <t>9786053490296</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Hazine Mesnevi’den Hikayeler-2</t>
+          <t>Masalistanbul</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789755013114</t>
+          <t>9789755016245</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kemancı</t>
+          <t>Sağlık Olsun Dizisi (10 Kitap Takım )</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>80</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789755011370</t>
+          <t>9789755019864</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>1. Sınıflar İçin Değerler Eğitimi (15 Hikaye Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>80</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789755010663</t>
+          <t>9789755011189</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dilinden Hikayeler (Mantıku't-Tayr'dan Hikayeler)</t>
+          <t>Üç Silahşörler Kraliçenin Hizmetinde</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789755018959</t>
+          <t>9789755011042</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Doğa Öyküleri (10 Kitap Takım)</t>
+          <t>Monte Kristo</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>8680628430797</t>
+          <t>9789755010533</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Petek Kitaplarım (15 Kitap )</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789755010687</t>
+          <t>9789755010649</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Gezisi</t>
+          <t>Mezarlıktaki Hazine Mesnevi’den Hikayeler-2</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789755010694</t>
+          <t>9789755013114</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Sefiller - Kozet</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789755011172</t>
+          <t>9789755011370</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorler Kralın Hizmetinde</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053490142</t>
+          <t>9789755010663</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Öncesi Yazarlardan Hikayeler: Altın Nine</t>
+          <t>Kuşların Dilinden Hikayeler (Mantıku't-Tayr'dan Hikayeler)</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789755010564</t>
+          <t>9789755018959</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Alis Aynalar Ülkesinde</t>
+          <t>Doğa Öyküleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>80</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789755010588</t>
+          <t>8680628430797</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Ala Geyik</t>
+          <t>Petek Kitaplarım (15 Kitap )</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>80</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789755010625</t>
+          <t>9789755010687</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Tilki</t>
+          <t>Seksen Günde Dünya Gezisi</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789755014159</t>
+          <t>9789755010694</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu</t>
+          <t>Sefiller - Kozet</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789755010519</t>
+          <t>9789755011172</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Üç Silahşorler Kralın Hizmetinde</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789755010113</t>
+          <t>9786053490142</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Taş Bebek - Anadolu Efsaneleri</t>
+          <t>Cumhuriyet Öncesi Yazarlardan Hikayeler: Altın Nine</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789755010441</t>
+          <t>9789755010564</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Sordum Sarı Çiçeğe</t>
+          <t>Alis Aynalar Ülkesinde</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789755010830</t>
+          <t>9789755010588</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Nar - Şahmeran Hikayeleri</t>
+          <t>Ala Geyik</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789755010472</t>
+          <t>9789755010625</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Aslan ile Tilki</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789755011165</t>
+          <t>9789755014159</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789755016306</t>
+          <t>9789755010519</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ömer Seyfettin'den Seçmeler (8 Kitap Takım)</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789755010809</t>
+          <t>9789755010113</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Otuz İki Diş Seyahatname’den Seçmeler</t>
+          <t>Taş Bebek - Anadolu Efsaneleri</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789755015910</t>
+          <t>9789755010441</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>On Beş Yaşında Bir Kaptan</t>
+          <t>Yunus Emre - Sordum Sarı Çiçeğe</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789755011059</t>
+          <t>9789755010830</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Sihirli Nar - Şahmeran Hikayeleri</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789755010427</t>
+          <t>9789755010472</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan Destanı</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789755010847</t>
+          <t>9789755011165</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789755011653</t>
+          <t>9789755016306</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Çocuklar İçin Ömer Seyfettin'den Seçmeler (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789755018843</t>
+          <t>9789755010809</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Kır Öyküleri (10 Kitap Takım)</t>
+          <t>Evliya Çelebi - Otuz İki Diş Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789755010656</t>
+          <t>9789755015910</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kel Papağan Mesnevi’den Hikayeler 1</t>
+          <t>On Beş Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789755010595</t>
+          <t>9789755011059</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789755013350</t>
+          <t>9789755010427</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ülkesinin Kralı</t>
+          <t>Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789755016276</t>
+          <t>9789755010847</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri (25 Kitap Takım)</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>2000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789755011196</t>
+          <t>9789755011653</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789755010434</t>
+          <t>9789755018843</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Doğuran Kazan</t>
+          <t>Kır Öyküleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>80</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789755010410</t>
+          <t>9789755010656</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul Dede Korkut Hikayeleri 2</t>
+          <t>Kel Papağan Mesnevi’den Hikayeler 1</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789758739004</t>
+          <t>9789755010595</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Duası</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789755010816</t>
+          <t>9789755013350</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Buz Adaları Seyahatname’den Seçmeler 2</t>
+          <t>Düşler Ülkesinin Kralı</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789755010632</t>
+          <t>9789755016276</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Bostan ile Gülistan'dan Seçmeler</t>
+          <t>Dünya Çocuk Klasikleri (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>80</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789755010403</t>
+          <t>9789755011196</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han - Dede Korkut Hikayeleri 1</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786053490418</t>
+          <t>9789755010434</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım: Matematik Becerileri Çizgi - Şekil</t>
+          <t>Doğuran Kazan</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
+          <t>9789755010410</t>
+        </is>
+      </c>
+      <c r="B1075" s="1" t="inlineStr">
+        <is>
+          <t>Deli Dumrul Dede Korkut Hikayeleri 2</t>
+        </is>
+      </c>
+      <c r="C1075" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:3">
+      <c r="A1076" s="1" t="inlineStr">
+        <is>
+          <t>9789758739004</t>
+        </is>
+      </c>
+      <c r="B1076" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğun Duası</t>
+        </is>
+      </c>
+      <c r="C1076" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:3">
+      <c r="A1077" s="1" t="inlineStr">
+        <is>
+          <t>9789755010816</t>
+        </is>
+      </c>
+      <c r="B1077" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi - Buz Adaları Seyahatname’den Seçmeler 2</t>
+        </is>
+      </c>
+      <c r="C1077" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:3">
+      <c r="A1078" s="1" t="inlineStr">
+        <is>
+          <t>9789755010632</t>
+        </is>
+      </c>
+      <c r="B1078" s="1" t="inlineStr">
+        <is>
+          <t>Bostan ile Gülistan'dan Seçmeler</t>
+        </is>
+      </c>
+      <c r="C1078" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:3">
+      <c r="A1079" s="1" t="inlineStr">
+        <is>
+          <t>9789755010403</t>
+        </is>
+      </c>
+      <c r="B1079" s="1" t="inlineStr">
+        <is>
+          <t>Boğaç Han - Dede Korkut Hikayeleri 1</t>
+        </is>
+      </c>
+      <c r="C1079" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:3">
+      <c r="A1080" s="1" t="inlineStr">
+        <is>
+          <t>9786053490418</t>
+        </is>
+      </c>
+      <c r="B1080" s="1" t="inlineStr">
+        <is>
+          <t>İlk Etkinlik Kitabım: Matematik Becerileri Çizgi - Şekil</t>
+        </is>
+      </c>
+      <c r="C1080" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:3">
+      <c r="A1081" s="1" t="inlineStr">
+        <is>
           <t>9786053490371</t>
         </is>
       </c>
-      <c r="B1075" s="1" t="inlineStr">
+      <c r="B1081" s="1" t="inlineStr">
         <is>
           <t>Kayıp İsimler Krallığı 1: Yön-İz</t>
         </is>
       </c>
-      <c r="C1075" s="1">
-        <v>200</v>
+      <c r="C1081" s="1">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>