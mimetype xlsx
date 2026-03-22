--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,16240 +85,16285 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259667362</t>
+          <t>9786259346861</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? Ahi Evran Ticaretin Kitabını Yazan</t>
+          <t>Üfürükten Gazete</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259346823</t>
+          <t>9786259667324</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tarihsever Çocuk Osman Gazi</t>
+          <t>Kafamdaki Tik Tak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259667379</t>
+          <t>9786259667393</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Fil ve Kuyruksuz Yeşil Çetesi</t>
+          <t>Paris'e İki Uçak Bileti - Fikri Bol Fikri 5</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259346809</t>
+          <t>9786259667362</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çok Uzak Değil</t>
+          <t>Ben Kimim? Ahi Evran Ticaretin Kitabını Yazan</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259346816</t>
+          <t>9786259346823</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tarihsever Çocuk Yavuz Sultan Selim</t>
+          <t>Tarihsever Çocuk Osman Gazi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259667386</t>
+          <t>9786259667379</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayağım Doğada Serisi- Doğada Oynama Sanatı</t>
+          <t>Dedektif Fil ve Kuyruksuz Yeşil Çetesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259667348</t>
+          <t>9786259346809</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Kaybolan Kokular Ülkesinde</t>
+          <t>Çok Uzak Değil</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259667355</t>
+          <t>9786259346816</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Duygular Sahnede</t>
+          <t>Tarihsever Çocuk Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052797525</t>
+          <t>9786259667386</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Köfte ve Pirinç Patlağı 1 - Uzay Kaçkını</t>
+          <t>Bir Ayağım Doğada Serisi- Doğada Oynama Sanatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052797778</t>
+          <t>9786259667348</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Köfte ve Pirinç Patlağı 2 - Dünya Şaşkını</t>
+          <t>Keloğlan Kaybolan Kokular Ülkesinde</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053498377</t>
+          <t>9786259667355</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Köfte ve Pirinç Patlağı 3 - Galaksi Taşkını</t>
+          <t>Duygular Sahnede</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259667300</t>
+          <t>9786052797525</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kelime Terzisi</t>
+          <t>Köfte ve Pirinç Patlağı 1 - Uzay Kaçkını</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259667317</t>
+          <t>9786052797778</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tarihsever Çocuk - Ertuğrul Gazi</t>
+          <t>Köfte ve Pirinç Patlağı 2 - Dünya Şaşkını</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052796085</t>
+          <t>9786053498377</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aslan Dikkat ve Kodlama</t>
+          <t>Köfte ve Pirinç Patlağı 3 - Galaksi Taşkını</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052796115</t>
+          <t>9786259667300</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aslan Matematik Etkinlikleri</t>
+          <t>Kelime Terzisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052793664</t>
+          <t>9786259667317</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tozkoparan İskender: Bir Efsanenin Doğuşud</t>
+          <t>Tarihsever Çocuk - Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053499695</t>
+          <t>9786052796085</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mektup</t>
+          <t>Aslan Dikkat ve Kodlama</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053499701</t>
+          <t>9786052796115</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Arkadaşım</t>
+          <t>Aslan Matematik Etkinlikleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052793145</t>
+          <t>9786052793664</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Fark Yaratan Çocuklar</t>
+          <t>Tozkoparan İskender: Bir Efsanenin Doğuşud</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755014814</t>
+          <t>9786053499695</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Güvercin İle Karınca</t>
+          <t>Gizemli Mektup</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755014913</t>
+          <t>9786053499701</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yoksul Kunduracı</t>
+          <t>Tuhaf Arkadaşım</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755014944</t>
+          <t>9786052793145</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı İle Karısı</t>
+          <t>Fark Yaratan Çocuklar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>20</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755014906</t>
+          <t>9789755014814</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kedi İle Fareler</t>
+          <t>Güvercin İle Karınca</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755014937</t>
+          <t>9789755014913</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Cesur Terzi</t>
+          <t>Yoksul Kunduracı</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755018720</t>
+          <t>9789755014944</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kır Öyküleri 2 : Şakacı Saksağanlar</t>
+          <t>Balıkçı İle Karısı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053495338</t>
+          <t>9789755014906</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Kedi’nin Masalı</t>
+          <t>Kedi İle Fareler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053495321</t>
+          <t>9789755014937</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tosbi ve Müzik Grubu</t>
+          <t>Cesur Terzi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052791509</t>
+          <t>9789755018720</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tembeller Okulu</t>
+          <t>Kır Öyküleri 2 : Şakacı Saksağanlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052791516</t>
+          <t>9786053495338</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Morali Bozuk Para</t>
+          <t>Çizgili Kedi’nin Masalı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052791486</t>
+          <t>9786053495321</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gölge'nin Maceraları</t>
+          <t>Tosbi ve Müzik Grubu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052791493</t>
+          <t>9786052791509</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çöp Tenekesi Kralı</t>
+          <t>Tembeller Okulu</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052791479</t>
+          <t>9786052791516</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşını Arayan Deniz Feneri</t>
+          <t>Morali Bozuk Para</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052790243</t>
+          <t>9786052791486</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Deyim Yerindeyse</t>
+          <t>Gölge'nin Maceraları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052790502</t>
+          <t>9786052791493</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Şehri Vagu - İbi Öykülü Boyama Dizisi</t>
+          <t>Çöp Tenekesi Kralı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052790526</t>
+          <t>9786052791479</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Şehri Sobo - İbi Öykülü Boyama Dizisi</t>
+          <t>Arkadaşını Arayan Deniz Feneri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053490364</t>
+          <t>9786052790243</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Renk ve Şekilleri Öğreniyorum (36-48 Ay)</t>
+          <t>Deyim Yerindeyse</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053490340</t>
+          <t>9786052790502</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kavramları Öğreniyorum (36-48 Ay)</t>
+          <t>Su Altı Şehri Vagu - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053490357</t>
+          <t>9786052790526</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çizgileri Öğreniyorum (36-48 Ay)</t>
+          <t>Kütüphane Şehri Sobo - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>8680628431022</t>
+          <t>9786053490364</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa Eğleniyor (5 Kitap Takım)</t>
+          <t>Renk ve Şekilleri Öğreniyorum (36-48 Ay)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>95</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052790328</t>
+          <t>9786053490340</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aşiretten Beyliğe Ertuğrul Gazi</t>
+          <t>Kavramları Öğreniyorum (36-48 Ay)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053499978</t>
+          <t>9786053490357</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tohumun Yolculuğu</t>
+          <t>Çizgileri Öğreniyorum (36-48 Ay)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053499909</t>
+          <t>8680628431022</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Doğal Çevreler</t>
+          <t>Rafadan Tayfa Eğleniyor (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052790465</t>
+          <t>9786052790328</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı’ndan Dualar</t>
+          <t>Aşiretten Beyliğe Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>28</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052790472</t>
+          <t>9786053499978</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk - Ne Oynayacağımı Biliyorum!</t>
+          <t>Tohumun Yolculuğu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052790489</t>
+          <t>9786053499909</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk - Nasıl Davranacağımı Biliyorum!</t>
+          <t>Doğal Çevreler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>17</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052790496</t>
+          <t>9786052790465</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk - Hangi Sporu Yapacağımı Biliyorum!</t>
+          <t>Portakal Ağacı’ndan Dualar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052790410</t>
+          <t>9786052790472</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Koleksiyon - Rafadan Tayfa 1</t>
+          <t>Kuzucuk - Ne Oynayacağımı Biliyorum!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052790397</t>
+          <t>9786052790489</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kendini Onun yerine Koy - Rafadan Tayfa 2</t>
+          <t>Kuzucuk - Nasıl Davranacağımı Biliyorum!</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052790403</t>
+          <t>9786052790496</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Define Avı - Rafadan Tayfa 3</t>
+          <t>Kuzucuk - Hangi Sporu Yapacağımı Biliyorum!</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053499718</t>
+          <t>9786052790410</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernitede Denge Sultan 2. Abdulhamit</t>
+          <t>Eşsiz Koleksiyon - Rafadan Tayfa 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755017839</t>
+          <t>9786052790397</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çizelim - Parmak Boyası İle Sanat Etkinlikleri</t>
+          <t>Kendini Onun yerine Koy - Rafadan Tayfa 2</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052790434</t>
+          <t>9786052790403</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Muhafızları - Rafadan Tayfa Eğleniyor</t>
+          <t>Define Avı - Rafadan Tayfa 3</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755017730</t>
+          <t>9786053499718</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Dünyam</t>
+          <t>Gelenek ve Modernitede Denge Sultan 2. Abdulhamit</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052790380</t>
+          <t>9789755017839</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hoppa ve Pumba'yla Cetvelsiz Sorular</t>
+          <t>Çizelim - Parmak Boyası İle Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>45</v>
+        <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053499381</t>
+          <t>9786052790434</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çöl Develeri</t>
+          <t>Sağlık Muhafızları - Rafadan Tayfa Eğleniyor</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755016788</t>
+          <t>9789755017730</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuk Ulya Topkapı Sarayı'nda</t>
+          <t>Çizgi Dünyam</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053490180</t>
+          <t>9786052790380</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler 1 - Sihirli Öpücük</t>
+          <t>Hoppa ve Pumba'yla Cetvelsiz Sorular</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>7.41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755018423</t>
+          <t>9786053499381</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorler</t>
+          <t>Mavi Çöl Develeri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>90</v>
+        <v>27</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755011301</t>
+          <t>9789755016788</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yüz Akı</t>
+          <t>Uzaylı Çocuk Ulya Topkapı Sarayı'nda</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>6.48</v>
+        <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755019499</t>
+          <t>9786053490180</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Güzel Öyküler 1 - Sihirli Öpücük</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>30</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755011318</t>
+          <t>9789755018423</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Üç Silahşorler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>6.48</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755013336</t>
+          <t>9789755011301</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Yüz Akı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>2.55</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755017426</t>
+          <t>9789755019499</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri - Vatan Yahut Silistre</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755071176</t>
+          <t>9789755011318</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler Kralın Hizmetinde</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>2.08</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755013145</t>
+          <t>9789755013336</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda Bir Ülke</t>
+          <t>Venedik Taciri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>32</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755010274</t>
+          <t>9789755017426</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uğurlu Çocuk</t>
+          <t>İlk Gençlik Klasikleri - Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>7</v>
+        <v>60</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755014074</t>
+          <t>9789755071176</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçtu Şiir Uçtu</t>
+          <t>Üç Silahşörler Kralın Hizmetinde</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>7.41</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755011332</t>
+          <t>9789755013145</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Uçan Prens Hint Masalları</t>
+          <t>Uzaklarda Bir Ülke</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>2.55</v>
+        <v>32</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755011257</t>
+          <t>9789755010274</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kısrak Arap Masalları</t>
+          <t>Uğurlu Çocuk</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755019512</t>
+          <t>9789755014074</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Uçtu Uçtu Şiir Uçtu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>30</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755017976</t>
+          <t>9789755011332</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tıpkı Nasrettin Hoca Gibi</t>
+          <t>Uçan Prens Hint Masalları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>8.8</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755011240</t>
+          <t>9789755011257</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tavus Prenses Çin Masalları</t>
+          <t>Uçan Kısrak Arap Masalları</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755010281</t>
+          <t>9789755019512</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şehir Çocuğu</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755019482</t>
+          <t>9789755017976</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Tıpkı Nasrettin Hoca Gibi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>30</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755011660</t>
+          <t>9789755011240</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye’de Bayram Sabahı - Yahya Kemal Beyatlı'nın Hayatı ve Eserlerinden Seçmeler</t>
+          <t>Tavus Prenses Çin Masalları</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755016757</t>
+          <t>9789755010281</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 5</t>
+          <t>Şehir Çocuğu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>16.67</v>
+        <v>7</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755016740</t>
+          <t>9789755019482</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 4</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755016764</t>
+          <t>9789755011660</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 3</t>
+          <t>Süleymaniye’de Bayram Sabahı - Yahya Kemal Beyatlı'nın Hayatı ve Eserlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>14.81</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755016771</t>
+          <t>9789755016757</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası 2</t>
+          <t>Soru Bankası 5</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755010298</t>
+          <t>9789755016740</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Son Çocuk</t>
+          <t>Soru Bankası 4</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>7</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755010717</t>
+          <t>9789755016764</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Soru Bankası 3</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>2.55</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755013268</t>
+          <t>9789755016771</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Sihirli Yüzük</t>
+          <t>Soru Bankası 2</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>16</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755014098</t>
+          <t>9789755010298</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Ne Renk Ayakkabı Giyer?</t>
+          <t>Son Çocuk</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755011028</t>
+          <t>9789755010717</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Elma Lübnan Masalları</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755013831</t>
+          <t>9789755013268</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Annelerim</t>
+          <t>Sarı Papatya Dizisi - Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755013695</t>
+          <t>9789755014098</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sesimi Duyuyor Musun?</t>
+          <t>Uzaylılar Ne Renk Ayakkabı Giyer?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>32</v>
+        <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755017181</t>
+          <t>9789755011028</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sayı Bahçesi</t>
+          <t>Sihirli Elma Lübnan Masalları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755013909</t>
+          <t>9789755013831</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Eğitim Üzerine</t>
+          <t>Sevgili Annelerim</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755018638</t>
+          <t>9789755013695</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu’ndaki Karagöz İle Hacivat</t>
+          <t>Sesimi Duyuyor Musun?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>3.24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755010304</t>
+          <t>9789755017181</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sakat Çocuk</t>
+          <t>Sayı Bahçesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755013305</t>
+          <t>9789755013909</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sabır Taşı</t>
+          <t>Sanat ve Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755018478</t>
+          <t>9789755018638</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Samanyolu’ndaki Karagöz İle Hacivat</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755012964</t>
+          <t>9789755010304</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan Kara Kanca’ya Karşı</t>
+          <t>Sakat Çocuk</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755012957</t>
+          <t>9789755013305</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Papatya Dizisi 22 - Peter Pan Düşler Adası’nda</t>
+          <t>Sabır Taşı</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755018430</t>
+          <t>9789755018478</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755011325</t>
+          <t>9789755012964</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Peter Pan Kara Kanca’ya Karşı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>6.48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755019468</t>
+          <t>9789755012957</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Papatya Dizisi 22 - Peter Pan Düşler Adası’nda</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755019505</t>
+          <t>9789755018430</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755016221</t>
+          <t>9789755011325</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Papatya Dizisi ( 30 Kitap Takım)</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>500</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755012261</t>
+          <t>9789755019468</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Papağanın Hikayeleri - Tuti-name</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>2.55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755012889</t>
+          <t>9789755019505</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755018416</t>
+          <t>9789755016221</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer ( +12 )</t>
+          <t>Papatya Dizisi ( 30 Kitap Takım)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755010786</t>
+          <t>9789755012261</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Örnek Kompozisyonlu Atasözleri Sözlüğü</t>
+          <t>Papağanın Hikayeleri - Tuti-name</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>4.63</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755016313</t>
+          <t>9789755012889</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Külliyatı (10 Kitap Takım)</t>
+          <t>Beyaz Papatya Dizisi - Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>64.81</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755014799</t>
+          <t>9789755018416</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Matematik 5</t>
+          <t>Tom Sawyer ( +12 )</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>13.43</v>
+        <v>90</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755014780</t>
+          <t>9789755010786</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Matematik 4</t>
+          <t>Örnek Kompozisyonlu Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>13.43</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755017662</t>
+          <t>9789755016313</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Renk Şekil ve Kavram Etkinlikleri</t>
+          <t>Ömer Seyfettin Külliyatı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>25</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755017648</t>
+          <t>9789755014799</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Nur Ana Büyük Ada’da Macera</t>
+          <t>Öğreten Matematik 5</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>35</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755014050</t>
+          <t>9789755014780</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Nur Ana</t>
+          <t>Öğreten Matematik 4</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>12</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789755010311</t>
+          <t>9789755017662</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ninelerin Ninesi</t>
+          <t>Okul Öncesi Renk Şekil ve Kavram Etkinlikleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789755013923</t>
+          <t>9789755017648</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Rüya İlköğretim Okulları İçin Piyes</t>
+          <t>Nur Ana Büyük Ada’da Macera</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>5.56</v>
+        <v>35</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789755013763</t>
+          <t>9789755014050</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kız</t>
+          <t>Nur Ana</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789755010496</t>
+          <t>9789755010311</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Robinson Kruso</t>
+          <t>Ninelerin Ninesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755012940</t>
+          <t>9789755013923</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Uzaydan Gelen Rüya İlköğretim Okulları İçin Piyes</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>25</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000024645</t>
+          <t>9789755013763</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Küçük Endişeler Dizisi (7 Kitap Takım)</t>
+          <t>Rüya Kız</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>45.37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053490319</t>
+          <t>9789755010496</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çocuklar Okul Öncesi Eğitim Seti (16 Kitap)</t>
+          <t>Robinson Kruso</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120.37</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053491224</t>
+          <t>9789755012940</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yorgan Gitti Kavga Bitti</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>0.69</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053491231</t>
+          <t>3990000024645</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çömlek Hesabı</t>
+          <t>Küçük Endişeler Dizisi (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>0.69</v>
+        <v>45.37</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053491118</t>
+          <t>9786053490319</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ben Sağken</t>
+          <t>Neşeli Çocuklar Okul Öncesi Eğitim Seti (16 Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>0.69</v>
+        <v>120.37</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053491125</t>
+          <t>9786053491224</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İnanmazsan Say</t>
+          <t>Yorgan Gitti Kavga Bitti</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053491156</t>
+          <t>9786053491231</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Peşin Para</t>
+          <t>Çömlek Hesabı</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053491163</t>
+          <t>9786053491118</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Suyunun Suyu</t>
+          <t>Ben Sağken</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053491200</t>
+          <t>9786053491125</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ye Kürküm Ye</t>
+          <t>İnanmazsan Say</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053490876</t>
+          <t>9786053491156</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Et Mi Kedi Mi ?</t>
+          <t>Peşin Para</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053491088</t>
+          <t>9786053491163</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Doğuran Kazan</t>
+          <t>Suyunun Suyu</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>8680628430247</t>
+          <t>9786053491200</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'dan Seçmeler (10 Kİtap Takım)</t>
+          <t>Ye Kürküm Ye</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>20</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053490920</t>
+          <t>9786053490876</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kandil ve Kazan</t>
+          <t>Et Mi Kedi Mi ?</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755010328</t>
+          <t>9786053491088</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mine’nin Arkadaşı</t>
+          <t>Doğuran Kazan</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>7</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755012902</t>
+          <t>8680628430247</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler Üç Balık</t>
+          <t>Nasrettin Hoca'dan Seçmeler (10 Kİtap Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755010342</t>
+          <t>9786053490920</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mercan Kolye</t>
+          <t>Kandil ve Kazan</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>7</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755013138</t>
+          <t>9789755010328</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tüllü Balerinler</t>
+          <t>Mine’nin Arkadaşı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755017198</t>
+          <t>9789755012902</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Matematik Bahçesi</t>
+          <t>Mesnevi’den Seçmeler Üç Balık</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755016603</t>
+          <t>9789755010342</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 9 Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
+          <t>Mercan Kolye</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>6.94</v>
+        <v>7</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755016566</t>
+          <t>9789755013138</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 8 Tik Tak Tik Tak Ağaçkakan Susi'ye Bak</t>
+          <t>Mavi Tüllü Balerinler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>6.94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755016535</t>
+          <t>9789755017198</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 7 Pazartesi Salı Şişman Bir Arı</t>
+          <t>Matematik Bahçesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>6.94</v>
+        <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755016528</t>
+          <t>9789755016603</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 6 Altı Yedi Sarı Kedi</t>
+          <t>Masallı Eğitim Seti 9 Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755016511</t>
+          <t>9789755016566</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 5 Fare Mumu ve Beş Duyu</t>
+          <t>Masallı Eğitim Seti 8 Tik Tak Tik Tak Ağaçkakan Susi'ye Bak</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755016573</t>
+          <t>9789755016535</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 4 Kalın-İnce Düz-Eğri Sizce Ne Yapmalı Kirpi Kiki?</t>
+          <t>Masallı Eğitim Seti 7 Pazartesi Salı Şişman Bir Arı</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755016597</t>
+          <t>9789755016528</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 3 Sarı Kırmızı Mavi Üzgün Palyaço Titi</t>
+          <t>Masallı Eğitim Seti 6 Altı Yedi Sarı Kedi</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755016580</t>
+          <t>9789755016511</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 2 Pituki ve Bulut Bubi</t>
+          <t>Masallı Eğitim Seti 5 Fare Mumu ve Beş Duyu</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755016559</t>
+          <t>9789755016573</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 10 Uykucu Pepe ve Abece</t>
+          <t>Masallı Eğitim Seti 4 Kalın-İnce Düz-Eğri Sizce Ne Yapmalı Kirpi Kiki?</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755016023</t>
+          <t>9789755016597</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Masal Uçağı</t>
+          <t>Masallı Eğitim Seti 3 Sarı Kırmızı Mavi Üzgün Palyaço Titi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>22</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755013947</t>
+          <t>9789755016580</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Masal Sokağı</t>
+          <t>Masallı Eğitim Seti 2 Pituki ve Bulut Bubi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>60</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755013961</t>
+          <t>9789755016559</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Masal Ormanı</t>
+          <t>Masallı Eğitim Seti 10 Uykucu Pepe ve Abece</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755016283</t>
+          <t>9789755016023</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Masal Klasikleri Dizisi (20 Kitap Takım)</t>
+          <t>Masal Uçağı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>50.93</v>
+        <v>22</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755016610</t>
+          <t>9789755013947</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 6 - Masal Dükkanı</t>
+          <t>Masal Sokağı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755013954</t>
+          <t>9789755013961</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizi</t>
+          <t>Masal Ormanı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>22</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755016627</t>
+          <t>9789755016283</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 7 - Masal Anne</t>
+          <t>Masal Klasikleri Dizisi (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>75</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755018515</t>
+          <t>9789755016610</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Lassie</t>
+          <t>Masal Zamanı Dizisi 6 - Masal Dükkanı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789755012056</t>
+          <t>9789755013954</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları</t>
+          <t>Masal Denizi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>2.55</v>
+        <v>22</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755013244</t>
+          <t>9789755016627</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Masal Zamanı Dizisi 7 - Masal Anne</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755013237</t>
+          <t>9789755018515</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-Küçük Deniz Kızı</t>
+          <t>Lassie</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>16</v>
+        <v>110</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755013992</t>
+          <t>9789755012056</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Koşanlar</t>
+          <t>La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>55</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755016368</t>
+          <t>9789755013244</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Hikayeleri</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755010359</t>
+          <t>9789755013237</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kolsuz Bebek</t>
+          <t>Sarı Papatya Dizisi-Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755015408</t>
+          <t>9789755013992</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma Alışkanlığı Kazandırma Projesi</t>
+          <t>Kurtuluşa Koşanlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>7.41</v>
+        <v>55</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755012872</t>
+          <t>9789755016368</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Şapkalı Kız Perrault Masalları</t>
+          <t>Kurtuluş Savaşı Hikayeleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755013251</t>
+          <t>9789755010359</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Papuçlar</t>
+          <t>Kolsuz Bebek</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789755013701</t>
+          <t>9789755015408</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Boncuklar</t>
+          <t>Kitap Okuma Alışkanlığı Kazandırma Projesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>32</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755016290</t>
+          <t>9789755012872</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kemalettin Tuğcu’dan Seçmeler 20 Kitap Takım</t>
+          <t>Kırmızı Şapkalı Kız Perrault Masalları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755010977</t>
+          <t>9789755013251</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Kırk Haramiler</t>
+          <t>Kırmızı Papuçlar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>2.55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755019475</t>
+          <t>9789755013701</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Kırmızı Boncuklar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755013756</t>
+          <t>9789755016290</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kakara Kikiri Fıkralar</t>
+          <t>Kemalettin Tuğcu’dan Seçmeler 20 Kitap Takım</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>25</v>
+        <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755011035</t>
+          <t>9789755010977</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalpli Kız Anadolu Masalları 2</t>
+          <t>Keloğlan ile Kırk Haramiler</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>3990000010912</t>
+          <t>9789755019475</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İlk Yazı Kitabım 4</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755014535</t>
+          <t>9789755013756</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İlk Yazı Kitabım 1</t>
+          <t>Kakara Kikiri Fıkralar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755012933</t>
+          <t>9789755011035</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-İki İnatçı Keçi</t>
+          <t>İyi Kalpli Kız Anadolu Masalları 2</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>16</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755010366</t>
+          <t>3990000010912</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İçler Acısı</t>
+          <t>İlk Yazı Kitabım 4</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755010335</t>
+          <t>9789755014535</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hırdavatçı Dede</t>
+          <t>İlk Yazı Kitabım 1</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755012988</t>
+          <t>9789755012933</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Heidi</t>
+          <t>Sarı Papatya Dizisi-İki İnatçı Keçi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755011127</t>
+          <t>9789755010366</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>İçler Acısı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755014081</t>
+          <t>9789755010335</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Güneşle Ay Duymasın</t>
+          <t>Hırdavatçı Dede</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>4.63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755011691</t>
+          <t>9789755012988</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğusu Ay Batısı İskandinav Masalları</t>
+          <t>Beyaz Papatya Dizisi - Heidi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>2.55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755011011</t>
+          <t>9789755011127</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Tavşan İran Masalları</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>2.55</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755017464</t>
+          <t>9789755014081</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 12 - Güliver’in Gezileri</t>
+          <t>Güneşle Ay Duymasın</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>75</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755011592</t>
+          <t>9789755011691</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gülçin Abla</t>
+          <t>Gün Doğusu Ay Batısı İskandinav Masalları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>7</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000006480</t>
+          <t>9789755011011</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları: Gül Perisi</t>
+          <t>Gümüş Tavşan İran Masalları</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755011141</t>
+          <t>9789755017464</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>İlk Gençlik Klasikleri 12 - Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>6.48</v>
+        <v>75</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755010984</t>
+          <t>9789755011592</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Gemici Sinbad’ın Serüvenleri Binbir Gece Masalları 1</t>
+          <t>Gülçin Abla</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755011585</t>
+          <t>3990000006480</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşları</t>
+          <t>Andersen Masalları: Gül Perisi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>7</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755013787</t>
+          <t>9789755011141</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Fili Fili Kuş Dili Bilmeceler</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>25</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755013817</t>
+          <t>9789755010984</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Fener Adası Çocukları</t>
+          <t>Gemici Sinbad’ın Serüvenleri Binbir Gece Masalları 1</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>32</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755017204</t>
+          <t>9789755011585</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Doğa Bahçesi</t>
+          <t>Gece Kuşları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>27.78</v>
+        <v>7</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755011578</t>
+          <t>9789755013787</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Masal</t>
+          <t>Fili Fili Kuş Dili Bilmeceler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>3990000014506</t>
+          <t>9789755013817</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Erdem Eğitici Boyama 8 Kitap Takım</t>
+          <t>Fener Adası Çocukları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>12.96</v>
+        <v>32</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755010779</t>
+          <t>9789755017204</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Türk Masalları</t>
+          <t>Fen ve Doğa Bahçesi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>2.55</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>8680628430032</t>
+          <t>9789755011578</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bitişik Eğik Yazılı Dünya Masalları 2 (10 Kitap Takım)</t>
+          <t>Eski Bir Masal</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>15.74</v>
+        <v>7</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755011295</t>
+          <t>3990000014506</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Erdem Eğitici Boyama 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>6.48</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755019444</t>
+          <t>9789755010779</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>En Güzel Türk Masalları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>30</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755010014</t>
+          <t>8680628430032</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Bitişik Eğik Yazılı Dünya Masalları 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>1.85</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755017228</t>
+          <t>9789755011295</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Görsel Algı ve Düşünme Becerileri 2</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>34.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755010144</t>
+          <t>9789755019444</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Denizde Kaybolan Yıldız</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>2.55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755011561</t>
+          <t>9789755010014</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>7</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755018409</t>
+          <t>9789755017228</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 10 - Denizaltında 20.000 Fersah</t>
+          <t>Dikkat Görsel Algı ve Düşünme Becerileri 2</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>140</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755018508</t>
+          <t>9789755010144</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları</t>
+          <t>Denizde Kaybolan Yıldız</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755018546</t>
+          <t>9789755011561</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 27 - Define Adası</t>
+          <t>Deniz Kızı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>110</v>
+        <v>7</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755012841</t>
+          <t>9789755018409</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Masalları 10 Masal (Ciltli)</t>
+          <t>İlk Gençlik Klasikleri 10 - Denizaltında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>10.19</v>
+        <v>140</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755011554</t>
+          <t>9789755018508</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Dede ile Torun</t>
+          <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>7</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755011547</t>
+          <t>9789755018546</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hırsızları</t>
+          <t>İlk Gençlik Klasikleri 27 - Define Adası</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>7</v>
+        <v>110</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755013855</t>
+          <t>9789755012841</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Uyku Problemini Gidermek İçin 55 Öneri</t>
+          <t>Dede Korkut Masalları 10 Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>15</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755013862</t>
+          <t>9789755011554</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Öfkesini Gidermek İçin 55 Öneri</t>
+          <t>Dede ile Torun</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>9.26</v>
+        <v>7</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755013886</t>
+          <t>9789755011547</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Korku Problemini Gidermek İçin 55 Öneri</t>
+          <t>Çocuk Hırsızları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755013893</t>
+          <t>9789755013855</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Sakinleştirmek İçin 55 Öneri</t>
+          <t>Çocuğunuzun Uyku Problemini Gidermek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755013879</t>
+          <t>9789755013862</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Kavgacı Tutumundan Uzaklaştırmak İçin 55 Öneri</t>
+          <t>Çocuğunuzun Öfkesini Gidermek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>24</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755013794</t>
+          <t>9789755013886</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-Çizmeli Kedi</t>
+          <t>Çocuğunuzun Korku Problemini Gidermek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755017235</t>
+          <t>9789755013893</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Bahçesi</t>
+          <t>Çocuğunuzu Sakinleştirmek İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755011530</t>
+          <t>9789755013879</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çingene Kızı</t>
+          <t>Çocuğunuzu Kavgacı Tutumundan Uzaklaştırmak İçin 55 Öneri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755011066</t>
+          <t>9789755013794</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çin Dağı Çin Çin Dağı Anadolu Masalları 1</t>
+          <t>Sarı Papatya Dizisi-Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>2.55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755011523</t>
+          <t>9789755017235</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çifte Kumrular</t>
+          <t>Çizgi Bahçesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755014005</t>
+          <t>9789755011530</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’nin İsimsiz Kahramanları</t>
+          <t>Çingene Kızı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>45</v>
+        <v>7</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755014234</t>
+          <t>9789755011066</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İçinde Vurdular Beni</t>
+          <t>Çin Dağı Çin Çin Dağı Anadolu Masalları 1</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>55</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755011516</t>
+          <t>9789755011523</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ceylanlı Bahçe</t>
+          <t>Çifte Kumrular</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755016832</t>
+          <t>9789755014005</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Candaranın Hediyesi  Taşlar Krallığı Üçlemesi 1</t>
+          <t>Çanakkale’nin İsimsiz Kahramanları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>16.67</v>
+        <v>45</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755013480</t>
+          <t>9789755014234</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Can Dostum</t>
+          <t>Çanakkale İçinde Vurdular Beni</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>32</v>
+        <v>55</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755011097</t>
+          <t>9789755011516</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Ceylanlı Bahçe</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755011110</t>
+          <t>9789755016832</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bomba</t>
+          <t>Candaranın Hediyesi  Taşlar Krallığı Üçlemesi 1</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755010748</t>
+          <t>9789755013480</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı ile Yunus Balığı İspanyol Masalları</t>
+          <t>Can Dostum</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>2.55</v>
+        <v>32</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755013718</t>
+          <t>9789755011097</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Avucumda Bir Kuş Var</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>32</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755011509</t>
+          <t>9789755011110</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ana Hakkı</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755013275</t>
+          <t>9789755010748</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Altın Tüy</t>
+          <t>Balıkçı ile Yunus Balığı İspanyol Masalları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755011073</t>
+          <t>9789755013718</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Altın Heybe Keloğlan Masalları 3</t>
+          <t>Avucumda Bir Kuş Var</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>2.55</v>
+        <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755010960</t>
+          <t>9789755011509</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ali Cengiz Oyunu Keloğlan Masalları 1</t>
+          <t>Ana Hakkı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>2.55</v>
+        <v>7</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755010946</t>
+          <t>9789755013275</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ile Kırk Haramiler</t>
+          <t>Altın Tüy</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>2.55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755010939</t>
+          <t>9789755011073</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası Binbir Gece Masalları 2</t>
+          <t>Altın Heybe Keloğlan Masalları 3</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755013121</t>
+          <t>9789755010960</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ah Bir Martı Olsam!</t>
+          <t>Ali Cengiz Oyunu Keloğlan Masalları 1</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>32</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755016726</t>
+          <t>9789755010946</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Tatil Kampında</t>
+          <t>Ali Baba ile Kırk Haramiler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>14</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755016658</t>
+          <t>9789755010939</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Okulda</t>
+          <t>Alaaddin’in Sihirli Lambası Binbir Gece Masalları 2</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>14</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755016696</t>
+          <t>9789755013121</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Midilli Kulübünde</t>
+          <t>Ah Bir Martı Olsam!</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>14</v>
+        <v>32</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755016702</t>
+          <t>9789755016726</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Hayvanat Bahçesinde</t>
+          <t>Afacan Dedektifler Tatil Kampında</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755016689</t>
+          <t>9789755016658</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Hayalet Adasında</t>
+          <t>Afacan Dedektifler Okulda</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755016719</t>
+          <t>9789755016696</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Harabe Kalede</t>
+          <t>Afacan Dedektifler Midilli Kulübünde</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755011004</t>
+          <t>9789755016702</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Afacan Dedektifler Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>2.55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755014210</t>
+          <t>9789755016689</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Biz Savaş Çocuklarıydık</t>
+          <t>Afacan Dedektifler Hayalet Adasında</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>3990000011934</t>
+          <t>9789755016719</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Lale</t>
+          <t>Afacan Dedektifler Harabe Kalede</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755013824</t>
+          <t>9789755011004</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Benim Pembe Pabuçlarım</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>32</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755016047</t>
+          <t>9789755014210</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Benim Kırmızı Pabuçlarım</t>
+          <t>Biz Savaş Çocuklarıydık</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755016382</t>
+          <t>3990000011934</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Belirli Günler ve Haftalar</t>
+          <t>Beyaz Lale</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755013800</t>
+          <t>9789755013824</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Açıl Susam Açıl</t>
+          <t>Benim Pembe Pabuçlarım</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755010724</t>
+          <t>9789755016047</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Örnekli Deyimler Sözlüğü</t>
+          <t>Benim Kırmızı Pabuçlarım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>4.63</v>
+        <v>14</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755016542</t>
+          <t>9789755016382</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Masallı Eğitim Seti 1 Kaplumbağa Rafi ve Arkadaşlarının Sesi</t>
+          <t>Belirli Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>6.94</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755016665</t>
+          <t>9789755013800</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Futbol Kulübünde</t>
+          <t>Açıl Susam Açıl</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755016634</t>
+          <t>9789755010724</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Deniz Fenerinde</t>
+          <t>Açıklamalı Örnekli Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>14</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755016672</t>
+          <t>9789755016542</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler At Çiftliğinde</t>
+          <t>Masallı Eğitim Seti 1 Kaplumbağa Rafi ve Arkadaşlarının Sesi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>14</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755016641</t>
+          <t>9789755016665</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler Ağaç Evde</t>
+          <t>Afacan Dedektifler Futbol Kulübünde</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755014166</t>
+          <t>9789755016634</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Masal Yıldızı</t>
+          <t>Afacan Dedektifler Deniz Fenerinde</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>14</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755012919</t>
+          <t>9789755016672</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi-Nasrettin Hoca Kaybolan Heybe</t>
+          <t>Afacan Dedektifler At Çiftliğinde</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755011134</t>
+          <t>9789755016641</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Afacan Dedektifler Ağaç Evde</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755013930</t>
+          <t>9789755014166</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kargalar ve Bezelyeler</t>
+          <t>Masal Yıldızı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>5.56</v>
+        <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755013299</t>
+          <t>9789755012919</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Karakuş Geç Kalınca</t>
+          <t>Sarı Papatya Dizisi-Nasrettin Hoca Kaybolan Heybe</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>8680628430834</t>
+          <t>9789755011134</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İstersem Yaparım (10 Kitap Takım)</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>175</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053490326</t>
+          <t>9789755013930</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Rehberlik Çalışmalarım</t>
+          <t>Kargalar ve Bezelyeler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>18</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755013916</t>
+          <t>9789755013299</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Hani Dünya Kocamandı Çocukların Güneşini Çalan Savaş Ve...</t>
+          <t>Karakuş Geç Kalınca</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>12.5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052790236</t>
+          <t>8680628430834</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İbi'nin Keşif Günlüğü (Ciltli)</t>
+          <t>İstersem Yaparım (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>45</v>
+        <v>175</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>8680628430896</t>
+          <t>9786053490326</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yeter Ki İste Set (5 Kitap)</t>
+          <t>Okul Öncesi Rehberlik Çalışmalarım</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>45</v>
+        <v>18</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052790304</t>
+          <t>9789755013916</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sebzeli Meyveli - Elif'in Düşleri</t>
+          <t>Hani Dünya Kocamandı Çocukların Güneşini Çalan Savaş Ve...</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>45</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>8680628430650</t>
+          <t>9786052790236</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa Dizisi 5 Kitap Takım</t>
+          <t>İbi'nin Keşif Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>8680628430810</t>
+          <t>8680628430896</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Düz Yazılı Dünya Masalları (10 Kitap Takım)</t>
+          <t>Yeter Ki İste Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053490333</t>
+          <t>9786052790304</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Can ile Cansu Matematik Öğreniyor</t>
+          <t>Sebzeli Meyveli - Elif'in Düşleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755018973</t>
+          <t>8680628430650</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Matematik Becerileri 2</t>
+          <t>Rafadan Tayfa Dizisi 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053499930</t>
+          <t>8680628430810</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Düz Yazılı Dünya Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053499855</t>
+          <t>9786053490333</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Can ile Cansu Matematik Öğreniyor</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053499824</t>
+          <t>9789755018973</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Matematik Becerileri 2</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053499886</t>
+          <t>9786053499930</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755018966</t>
+          <t>9786053499855</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Matematik Becerileri 1</t>
+          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>31.48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053491545</t>
+          <t>9786053499824</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Görsel Algı ve Düşünme Becerileri 1</t>
+          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>34.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053498902</t>
+          <t>9786053499886</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Variller</t>
+          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>27</v>
+        <v>50</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053498896</t>
+          <t>9789755018966</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Maceralı Tatil</t>
+          <t>Matematik Becerileri 1</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>14</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053498926</t>
+          <t>9786053491545</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Göl Canavarı</t>
+          <t>Dikkat Görsel Algı ve Düşünme Becerileri 1</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>27</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053498919</t>
+          <t>9786053498902</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Mağara</t>
+          <t>Zehirli Variller</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053498957</t>
+          <t>9786053498896</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe'nun İzinden</t>
+          <t>Maceralı Tatil</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053498964</t>
+          <t>9786053498926</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Amazon Macerası</t>
+          <t>Göl Canavarı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>45</v>
+        <v>27</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053498933</t>
+          <t>9786053498919</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Köpek</t>
+          <t>Esrarengiz Mağara</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053497615</t>
+          <t>9786053498957</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 1: Uyuz İnek Nasıl Boğa Olur?</t>
+          <t>Robinson Crusoe'nun İzinden</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052790205</t>
+          <t>9786053498964</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Dehliz Macerası</t>
+          <t>Amazon Macerası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053498940</t>
+          <t>9786053498933</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kitaplar</t>
+          <t>Kaçırılan Köpek</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>27</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053491477</t>
+          <t>9786053497615</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Zafer Getiren Mayınlar - Çanakkale'nin Kahramanları 1</t>
+          <t>Küçük Ok 1: Uyuz İnek Nasıl Boğa Olur?</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053498872</t>
+          <t>9786052790205</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Hafiyelik Peşinde</t>
+          <t>Rafadan Tayfa - Dehliz Macerası</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053498889</t>
+          <t>9786053498940</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Arkadaştan da Öte</t>
+          <t>Korsan Kitaplar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053495123</t>
+          <t>9786053491477</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hakları İçin Öyküler - Kuşlar Adası</t>
+          <t>Zafer Getiren Mayınlar - Çanakkale'nin Kahramanları 1</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053494713</t>
+          <t>9786053498872</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Hayat 7 - Fostin'in Günlüğü</t>
+          <t>Rafadan Tayfa - Hafiyelik Peşinde</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>6.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053494836</t>
+          <t>9786053498889</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bobo ve Tırtıl Arkadaşı</t>
+          <t>Rafadan Tayfa - Arkadaştan da Öte</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>8680628430407</t>
+          <t>9786053495123</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Hayat (8 Kitap Takım)</t>
+          <t>Çocuk Hakları İçin Öyküler - Kuşlar Adası</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053498995</t>
+          <t>9786053494713</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Uzay Yolculuğu</t>
+          <t>Merhaba Hayat 7 - Fostin'in Günlüğü</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>27</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053499008</t>
+          <t>9786053494836</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Korsanın Hazinesi</t>
+          <t>Bobo ve Tırtıl Arkadaşı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053498988</t>
+          <t>8680628430407</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 2</t>
+          <t>Merhaba Hayat (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053498971</t>
+          <t>9786053498995</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 1</t>
+          <t>Müthiş Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053497523</t>
+          <t>9786053499008</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sürprizli Şubat Tatili</t>
+          <t>Kaptan Korsanın Hazinesi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053497509</t>
+          <t>9786053498988</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklayan Proje</t>
+          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 2</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053497493</t>
+          <t>9786053498971</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Meslek Emeklilik</t>
+          <t>Çubuklu Dondurma Cumhuriyetini Kurtarma 1</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053497486</t>
+          <t>9786053497523</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bana Neler Oluyor?</t>
+          <t>Sürprizli Şubat Tatili</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053497479</t>
+          <t>9786053497509</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Atarlanan Asansör</t>
+          <t>Gıdıklayan Proje</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>8680628430612</t>
+          <t>9786053497493</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şehzade (8 Kitap)</t>
+          <t>En Güzel Meslek Emeklilik</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053498797</t>
+          <t>9786053497486</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Düş Denizi'nin Sırrı</t>
+          <t>Bana Neler Oluyor?</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053498780</t>
+          <t>9786053497479</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Düş Bahçesi</t>
+          <t>Atarlanan Asansör</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>14</v>
+        <v>35</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>8680628430438</t>
+          <t>8680628430612</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ejderha (10 Kitap Takım)</t>
+          <t>Küçük Şehzade (8 Kitap)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053499275</t>
+          <t>9786053498797</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Prensi</t>
+          <t>Düş Denizi'nin Sırrı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053497578</t>
+          <t>9786053498780</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Tutankamon’un Kolyesi</t>
+          <t>Düş Bahçesi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053497592</t>
+          <t>8680628430438</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Çalınan Tacı</t>
+          <t>Küçük Ejderha (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>22</v>
+        <v>80</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053497585</t>
+          <t>9786053499275</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tüy</t>
+          <t>İlkbahar Prensi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>8680628430476</t>
+          <t>9786053497578</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor (8 Kitap Set)</t>
+          <t>Tutankamon’un Kolyesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>720</v>
+        <v>22</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053496717</t>
+          <t>9786053497592</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Uçakta</t>
+          <t>Padişahın Çalınan Tacı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>60</v>
+        <v>22</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053496700</t>
+          <t>9786053497585</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Piknikte</t>
+          <t>Kızıl Tüy</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053496663</t>
+          <t>8680628430476</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Parkta</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor (8 Kitap Set)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>60</v>
+        <v>720</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053496649</t>
+          <t>9786053496717</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Misafirlikte</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Uçakta</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053496694</t>
+          <t>9786053496700</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Meslekler</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Piknikte</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053496656</t>
+          <t>9786053496663</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Evde</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Parkta</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053496687</t>
+          <t>9786053496649</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Doktorda</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Misafirlikte</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053496670</t>
+          <t>9786053496694</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Ece Büyüyor Öğreniyor: Bayramlaşma</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Meslekler</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>8680628430391</t>
+          <t>9786053496656</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bobo Masal Seti (10 Kitap Takım)</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Evde</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053496502</t>
+          <t>9786053496687</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Turistik Gezegen</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Doktorda</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053496458</t>
+          <t>9786053496670</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>GDO Gezegeni</t>
+          <t>Efe ile Ece Büyüyor Öğreniyor: Bayramlaşma</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053496489</t>
+          <t>8680628430391</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Su Gezegeni</t>
+          <t>Bobo Masal Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053496441</t>
+          <t>9786053496502</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Arabalar Gezegeni</t>
+          <t>Turistik Gezegen</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053496472</t>
+          <t>9786053496458</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Pis Kokan Gezegen</t>
+          <t>GDO Gezegeni</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>8680628430292</t>
+          <t>9786053496489</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Kahramanları - 2 (5 Kitap Takım)</t>
+          <t>Su Gezegeni</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053498858</t>
+          <t>9786053496441</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Vantrilok Kamil</t>
+          <t>Arabalar Gezegeni</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053498841</t>
+          <t>9786053496472</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Eyvah! Macera Peşimizde</t>
+          <t>Pis Kokan Gezegen</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053498865</t>
+          <t>8680628430292</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa - Bilim Kahramanları</t>
+          <t>Çanakkale'nin Kahramanları - 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053492962</t>
+          <t>9786053498858</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları 1: Çölde Bir Gece</t>
+          <t>Rafadan Tayfa - Vantrilok Kamil</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053492955</t>
+          <t>9786053498841</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları 2 : Çekirge İstilası</t>
+          <t>Rafadan Tayfa - Eyvah! Macera Peşimizde</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053492948</t>
+          <t>9786053498865</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları 3: Büyük Tuzak</t>
+          <t>Rafadan Tayfa - Bilim Kahramanları</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>8680628430414</t>
+          <t>9786053492962</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Maceraları (3 Kitap Takım)</t>
+          <t>Defne'nin Maceraları 1: Çölde Bir Gece</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053491743</t>
+          <t>9786053492955</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Renkler</t>
+          <t>Defne'nin Maceraları 2 : Çekirge İstilası</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053491538</t>
+          <t>9786053492948</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Gezegeni</t>
+          <t>Defne'nin Maceraları 3: Büyük Tuzak</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053490593</t>
+          <t>8680628430414</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Deve ile Fare</t>
+          <t>Defne'nin Maceraları (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>0.69</v>
+        <v>33</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053490951</t>
+          <t>9786053491743</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Aslanın Hastalığı</t>
+          <t>Kayıp Renkler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>0.69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053491095</t>
+          <t>9786053491538</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Tilki</t>
+          <t>Çizgi Gezegeni</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>0.69</v>
+        <v>25</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053491170</t>
+          <t>9786053490593</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Tuzağa Düşen Kuş</t>
+          <t>Deve ile Fare</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053490913</t>
+          <t>9786053490951</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Fil Yavruları</t>
+          <t>Aslanın Hastalığı</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053490586</t>
+          <t>9786053491095</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ayının Dostluğu</t>
+          <t>Yaralı Tilki</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053491071</t>
+          <t>9786053491170</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Aslan ve Yardımcıları</t>
+          <t>Tuzağa Düşen Kuş</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053491132</t>
+          <t>9786053490913</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Papağan ile Çakal</t>
+          <t>Fil Yavruları</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>8680628430230</t>
+          <t>9786053490586</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Masal Bahçesi 1. Sınıf (10 Takım Kitap)</t>
+          <t>Ayının Dostluğu</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>20</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789755019888</t>
+          <t>9786053491071</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Canım Ailem (6 Kitap Takım)</t>
+          <t>Aslan ve Yardımcıları</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>23.15</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053495222</t>
+          <t>9786053491132</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 1: Göçmen Kuş Operasyonu</t>
+          <t>Papağan ile Çakal</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>18</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053495246</t>
+          <t>8680628430230</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 3: Kantin Soygunu</t>
+          <t>Masal Bahçesi 1. Sınıf (10 Takım Kitap)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053495253</t>
+          <t>9789755019888</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 1: Pembe Şeker'in Sırrı</t>
+          <t>Canım Ailem (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>30</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053491323</t>
+          <t>9786053495222</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Kurbağa</t>
+          <t>Acar Dedektif Eda 1: Göçmen Kuş Operasyonu</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>0.69</v>
+        <v>18</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053491316</t>
+          <t>9786053495246</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Mirali'nin Aklı</t>
+          <t>Acar Dedektif Eda 3: Kantin Soygunu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>0.69</v>
+        <v>35</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053491330</t>
+          <t>9786053495253</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Sığırcık Kuşu</t>
+          <t>Acar Dedektif Eda 1: Pembe Şeker'in Sırrı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>0.69</v>
+        <v>30</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>8680628430223</t>
+          <t>9786053491323</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Bizim Masallarımız 1. Sınıf ( 10 Takım Kitap )</t>
+          <t>Mutsuz Kurbağa</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>13.89</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053491194</t>
+          <t>9786053491316</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Ejdarha</t>
+          <t>Mirali'nin Aklı</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053491101</t>
+          <t>9786053491330</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Adam (Ciltli)</t>
+          <t>Sığırcık Kuşu</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>8680628430025</t>
+          <t>8680628430223</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Bitişik Eğik Yazılı Dünya Masalları 1 (10 Kitap Takım)</t>
+          <t>Bizim Masallarımız 1. Sınıf ( 10 Takım Kitap )</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755014500</t>
+          <t>9786053491194</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Uyuyan Ejdarha</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>2.55</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053490166</t>
+          <t>9786053491101</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Adaçalı Tepesi</t>
+          <t>Meraklı Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>110</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755014494</t>
+          <t>8680628430025</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Bitişik Eğik Yazılı Dünya Masalları 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>2.55</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053490173</t>
+          <t>9789755014500</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Çöl Tilkisi</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>20</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755014593</t>
+          <t>9786053490166</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Safahat'tan Seçmeler</t>
+          <t>Adaçalı Tepesi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>2.55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755014586</t>
+          <t>9789755014494</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755018447</t>
+          <t>9786053490173</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 18 - Mutlu Prens</t>
+          <t>Çöl Tilkisi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755014302</t>
+          <t>9789755014593</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Safahat'tan Seçmeler</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755014371</t>
+          <t>9789755014586</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789755016016</t>
+          <t>9789755018447</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kuçular Köyü</t>
+          <t>İlk Gençlik Klasikleri 18 - Mutlu Prens</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>6.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755014517</t>
+          <t>9789755014302</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>2.55</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755013282</t>
+          <t>9789755014371</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Karagöz İle Hacivat</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789755017037</t>
+          <t>9789755016016</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Renk ve Şekil Dünyam</t>
+          <t>Kuçular Köyü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>27</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755017211</t>
+          <t>9789755014517</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kavram Dünyam</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>25</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053495239</t>
+          <t>9789755013282</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda 4 : Hayaletli Ev</t>
+          <t>Karagöz İle Hacivat</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053495215</t>
+          <t>9789755017037</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Okulda 2 : Efes Gezisi</t>
+          <t>Renk ve Şekil Dünyam</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053491750</t>
+          <t>9789755017211</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Ağır Yük</t>
+          <t>Kavram Dünyam</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053491408</t>
+          <t>9786053495239</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Dersini Kim Verdi</t>
+          <t>Acar Dedektif Eda Aramızda 4 : Hayaletli Ev</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>0.69</v>
+        <v>22</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053491392</t>
+          <t>9786053495215</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Çoban</t>
+          <t>Acar Dedektif Eda Okulda 2 : Efes Gezisi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>0.69</v>
+        <v>18</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053491361</t>
+          <t>9786053491750</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kadir'in Şansı</t>
+          <t>Sırtımdaki Ağır Yük</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>0.69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053491385</t>
+          <t>9786053491408</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Tüybaba</t>
+          <t>Hırsızın Dersini Kim Verdi</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053491378</t>
+          <t>9786053491392</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Göl</t>
+          <t>Çocuk Çoban</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053491354</t>
+          <t>9786053491361</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ne Daha Değerlidir (Ciltli)</t>
+          <t>Kadir'in Şansı</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053491347</t>
+          <t>9786053491385</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Tintin ile Tonton</t>
+          <t>Tüybaba</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>0.69</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053494959</t>
+          <t>9786053491378</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca ve Cimri Komşunun Hikayesi (Ciltli)</t>
+          <t>Sihirli Göl</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>70</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789755018980</t>
+          <t>9786053491354</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Aile Katılımlı - Kavramsal Etkinlikler Kitabı (60-72 Ay)</t>
+          <t>Ne Daha Değerlidir (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>18.52</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>8680628430452</t>
+          <t>9786053491347</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Arşi ve Zaman Saati (3 Kitap Takım)</t>
+          <t>Tintin ile Tonton</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>48</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053491460</t>
+          <t>9786053494959</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bedeli Çanakkale'de Ödenmiştir - Çanakkale'de Destan Yazanlar 5</t>
+          <t>Nasrettin Hoca ve Cimri Komşunun Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053494867</t>
+          <t>9789755018980</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Atlantis'ten Gelen Yardım</t>
+          <t>Aile Katılımlı - Kavramsal Etkinlikler Kitabı (60-72 Ay)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>100</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053490661</t>
+          <t>8680628430452</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Pilot - Çanakkale'nin Kahramanları 4</t>
+          <t>Arşi ve Zaman Saati (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053490647</t>
+          <t>9786053491460</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Düşmana Göğüs Gerenler - Çanakkale'nin Kahramanları 5</t>
+          <t>Bedeli Çanakkale'de Ödenmiştir - Çanakkale'de Destan Yazanlar 5</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053490654</t>
+          <t>9786053494867</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Cesur Hemşire - Çanakkale'de Destan Yazanlar 2</t>
+          <t>Atlantis'ten Gelen Yardım</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053491767</t>
+          <t>9786053490661</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Düş Avcısı</t>
+          <t>Korkusuz Pilot - Çanakkale'nin Kahramanları 4</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053491583</t>
+          <t>9786053490647</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+6 Yaş)</t>
+          <t>Düşmana Göğüs Gerenler - Çanakkale'nin Kahramanları 5</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>8.33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053491576</t>
+          <t>9786053490654</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+5 Yaş)</t>
+          <t>Cesur Hemşire - Çanakkale'de Destan Yazanlar 2</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>8.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053491569</t>
+          <t>9786053491767</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+4 Yaş)</t>
+          <t>Düş Avcısı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>8.33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053491552</t>
+          <t>9786053491583</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Konulu Boyama Kitabı (+3 Yaş)</t>
+          <t>Konulu Boyama Kitabı (+6 Yaş)</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789755018232</t>
+          <t>9786053491576</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Eşek - İyimserlik</t>
+          <t>Konulu Boyama Kitabı (+5 Yaş)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755018225</t>
+          <t>9786053491569</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ormana Ayılar Gelecek - Saygı</t>
+          <t>Konulu Boyama Kitabı (+4 Yaş)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789755018218</t>
+          <t>9786053491552</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaplanın Ödülü - Sorumluluk</t>
+          <t>Konulu Boyama Kitabı (+3 Yaş)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755018201</t>
+          <t>9789755018232</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağanın Suçu Ne? - Akıllı Davranmak</t>
+          <t>Mutlu Eşek - İyimserlik</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789755018195</t>
+          <t>9789755018225</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Çakal Nasıl Kurtulacak? - Dürüstlük</t>
+          <t>Eyvah Ormana Ayılar Gelecek - Saygı</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755018188</t>
+          <t>9789755018218</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Bilmeyen Şahin - Dostluk</t>
+          <t>Küçük Kaplanın Ödülü - Sorumluluk</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789755018171</t>
+          <t>9789755018201</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kapıdaki Peynir - Yardımseverlik</t>
+          <t>Kaplumbağanın Suçu Ne? - Akıllı Davranmak</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789755018256</t>
+          <t>9789755018195</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Erdem Neşeli Dostlar Dizisi (8 Takım Kitap)</t>
+          <t>Çakal Nasıl Kurtulacak? - Dürüstlük</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>23.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755019604</t>
+          <t>9789755018188</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Terzi Köstebek - Yardımlaşma, Sevgi</t>
+          <t>Uçmayı Bilmeyen Şahin - Dostluk</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789755019598</t>
+          <t>9789755018171</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Fil ile Fare - Azim, Çalışkanlık, Farklılıklara Saygı</t>
+          <t>Kapıdaki Peynir - Yardımseverlik</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755018164</t>
+          <t>9789755018256</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Süpürge Sakallı Kral</t>
+          <t>Erdem Neşeli Dostlar Dizisi (8 Takım Kitap)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>1.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789755018089</t>
+          <t>9789755019604</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Erdem Eğlenceli Dostlarım ( 8 Takım Kitap )</t>
+          <t>Terzi Köstebek - Yardımlaşma, Sevgi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>23.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789755018157</t>
+          <t>9789755019598</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Algül ile Akgül</t>
+          <t>Fil ile Fare - Azim, Çalışkanlık, Farklılıklara Saygı</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755018140</t>
+          <t>9789755018164</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Yedi Keçi Yavrusu</t>
+          <t>Süpürge Sakallı Kral</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755018133</t>
+          <t>9789755018089</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>Erdem Eğlenceli Dostlarım ( 8 Takım Kitap )</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>1.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755018126</t>
+          <t>9789755018157</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Algül ile Akgül</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755018119</t>
+          <t>9789755018140</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kralın Yeni Giysisi</t>
+          <t>Kurt ile Yedi Keçi Yavrusu</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755018102</t>
+          <t>9789755018133</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789755018096</t>
+          <t>9789755018126</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789755019628</t>
+          <t>9789755018119</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Bukalemunun Dileği - Kararlılık, Kendini Kabul</t>
+          <t>Kralın Yeni Giysisi</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789755019611</t>
+          <t>9789755018102</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Marangoz Ağaçkakan - Güven, Dürüstlük</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789755019581</t>
+          <t>9789755018096</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kral Kim Olacak? - Güven, Liderlik, Dürüstlük</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789755018263</t>
+          <t>9789755019628</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Erdem Dünya Masalları (8 Takım Kitap)</t>
+          <t>Bukalemunun Dileği - Kararlılık, Kendini Kabul</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>23.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789755018249</t>
+          <t>9789755019611</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Arsız Kurt - Paylaşmak</t>
+          <t>Marangoz Ağaçkakan - Güven, Dürüstlük</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789755019659</t>
+          <t>9789755019581</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çorbası - Misafirperverlik, Paylaşma, Farklılıklara Saygı</t>
+          <t>Kral Kim Olacak? - Güven, Liderlik, Dürüstlük</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789755019642</t>
+          <t>9789755018263</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Avukat Karga - Görev Bilinci, Adalet, Sorumluluk</t>
+          <t>Erdem Dünya Masalları (8 Takım Kitap)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>1.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789755019635</t>
+          <t>9789755018249</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus - Güven, Dürüstlük</t>
+          <t>Arsız Kurt - Paylaşmak</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053494669</t>
+          <t>9789755019659</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Kadın Kahramanlar</t>
+          <t>Sevgi Çorbası - Misafirperverlik, Paylaşma, Farklılıklara Saygı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>24</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>8680628430377</t>
+          <t>9789755019642</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de Destan Yazanlar (5 Kitap Kutulu Set)</t>
+          <t>Avukat Karga - Görev Bilinci, Adalet, Sorumluluk</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>200</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053491453</t>
+          <t>9789755019635</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Denizaltıyı Vuran Kahraman - Çanakkale'de Destan Yazanlar 4</t>
+          <t>Hokus Pokus - Güven, Dürüstlük</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>30</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053491446</t>
+          <t>9786053494669</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Destan Yazanlar - Çanakkale'de Destan Yazanlar 1</t>
+          <t>Milli Mücadele'de Kadın Kahramanlar</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053491422</t>
+          <t>8680628430377</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Düşmana Korku Salanlar - Çanakkale'nin Kahramanları 3</t>
+          <t>Çanakkale'de Destan Yazanlar (5 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053491439</t>
+          <t>9786053491453</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Sırtlayan Yiğitler - Çanakkale'nin Kahramanları 2</t>
+          <t>Denizaltıyı Vuran Kahraman - Çanakkale'de Destan Yazanlar 4</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053491415</t>
+          <t>9786053491446</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Esaretten Kurtulan Nefer - Çanakkale'de Destan Yazanlar 3</t>
+          <t>Destan Yazanlar - Çanakkale'de Destan Yazanlar 1</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789755010755</t>
+          <t>9786053491422</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları - Pamuk Prenses</t>
+          <t>Düşmana Korku Salanlar - Çanakkale'nin Kahramanları 3</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>2.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755010762</t>
+          <t>9786053491439</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dünya Masalları</t>
+          <t>Dünyayı Sırtlayan Yiğitler - Çanakkale'nin Kahramanları 2</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>2.55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053491514</t>
+          <t>9786053491415</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Üç Gümüş Top</t>
+          <t>Esaretten Kurtulan Nefer - Çanakkale'de Destan Yazanlar 3</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>8680628430643</t>
+          <t>9789755010755</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezgini Dizisi (8 Kitap Takım)</t>
+          <t>Grimm Masalları - Pamuk Prenses</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>350</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>8680628430278</t>
+          <t>9789755010762</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezgini 2 (8 Kitap Takım)</t>
+          <t>En Güzel Dünya Masalları</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>25.93</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755018492</t>
+          <t>9786053491514</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 21 - Pollyanna</t>
+          <t>Üç Gümüş Top</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>110</v>
+        <v>32</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755018393</t>
+          <t>8680628430643</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 7 - Türk Yazarlarından Seçme Hikayeler</t>
+          <t>Düş Gezgini Dizisi (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789755017396</t>
+          <t>8680628430278</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 1 - Dede Korkut Hikayeleri</t>
+          <t>Düş Gezgini 2 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>90</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789755018072</t>
+          <t>9789755018492</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca ile Gülüyorum, Dilimi Öğreniyorum Dizisi (8 Kitap)</t>
+          <t>İlk Gençlik Klasikleri 21 - Pollyanna</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>14.81</v>
+        <v>110</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789755017402</t>
+          <t>9789755018393</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 2 - Mesnevi'den Seçmeler</t>
+          <t>İlk Gençlik Klasikleri 7 - Türk Yazarlarından Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789755018560</t>
+          <t>9789755017396</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>ilk Gençlik Klasikleri 28 - Seksen Günde Dünya Gezisi</t>
+          <t>İlk Gençlik Klasikleri 1 - Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789755018287</t>
+          <t>9789755018072</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Bobo İle Okul Öncesi Eğitim Seti (60 Ay ve Üstü) (Ciltli)</t>
+          <t>Nasrettin Hoca ile Gülüyorum, Dilimi Öğreniyorum Dizisi (8 Kitap)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>277.78</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789755018812</t>
+          <t>9789755017402</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri (30 Kitap) (Ciltli)</t>
+          <t>İlk Gençlik Klasikleri 2 - Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789755014227</t>
+          <t>9789755018560</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İsimler Sözlüğü</t>
+          <t>ilk Gençlik Klasikleri 28 - Seksen Günde Dünya Gezisi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>11.11</v>
+        <v>110</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789755019406</t>
+          <t>9789755018287</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Davranışlar Dizisi ( 10 Adet Kitap )</t>
+          <t>Bobo İle Okul Öncesi Eğitim Seti (60 Ay ve Üstü) (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>55.56</v>
+        <v>277.78</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053490272</t>
+          <t>9789755018812</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 10 - Çamurdan Bebekler</t>
+          <t>İlk Gençlik Klasikleri (30 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>7.41</v>
+        <v>380</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053490265</t>
+          <t>9789755014227</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 9 - Tuhaf Görünüşlü Doktor</t>
+          <t>İsimler Sözlüğü</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053490258</t>
+          <t>9789755019406</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 8 - Koza</t>
+          <t>Erdemli Davranışlar Dizisi ( 10 Adet Kitap )</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>7.41</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053490241</t>
+          <t>9786053490272</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 7 - Gezgin Tohum</t>
+          <t>Güzel Öyküler: 10 - Çamurdan Bebekler</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786053490234</t>
+          <t>9786053490265</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 6 - Büyükbabamın Eşeği</t>
+          <t>Güzel Öyküler: 9 - Tuhaf Görünüşlü Doktor</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053490203</t>
+          <t>9786053490258</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 5 - Küçük Kız</t>
+          <t>Güzel Öyküler: 8 - Koza</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789755019529</t>
+          <t>9786053490241</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Futbolsever Aİlenin Maceraları 1 - Büyük Ziyaret</t>
+          <t>Güzel Öyküler: 7 - Gezgin Tohum</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789755018706</t>
+          <t>9786053490234</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezgini Dizisi (Kutulu, 15 Kitap Takım)</t>
+          <t>Güzel Öyküler: 6 - Büyükbabamın Eşeği</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>31.25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789755014401</t>
+          <t>9786053490203</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kapanı</t>
+          <t>Güzel Öyküler: 5 - Küçük Kız</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>32</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789755014418</t>
+          <t>9789755019529</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Eğlence Köyü</t>
+          <t>Futbolsever Aİlenin Maceraları 1 - Büyük Ziyaret</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>32</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789755018669</t>
+          <t>9789755018706</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşu</t>
+          <t>Düş Gezgini Dizisi (Kutulu, 15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>32</v>
+        <v>31.25</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789755014425</t>
+          <t>9789755014401</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Mevlana İnternette</t>
+          <t>Rüya Kapanı</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789755019567</t>
+          <t>9789755014418</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Futbolsever Ailenin Maceraları 5 - Sahada Köpek Var</t>
+          <t>Nasrettin Hoca Eğlence Köyü</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>4.63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789755014357</t>
+          <t>9789755018669</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya'nın Sırları</t>
+          <t>Masal Kuşu</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>3.24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789755019574</t>
+          <t>9789755014425</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Futbolsever Ailenin Maceraları 6 - Kardan Kaleci</t>
+          <t>Mevlana İnternette</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>4.63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789755019109</t>
+          <t>9789755019567</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Madalyası / Değerler Eğitimi 12</t>
+          <t>Futbolsever Ailenin Maceraları 5 - Sahada Köpek Var</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>23</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789755019116</t>
+          <t>9789755014357</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Oya / Değerler Eğitimi 13</t>
+          <t>Kapadokya'nın Sırları</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>23</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789755015996</t>
+          <t>9789755019574</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Al Yanaklı Elma Kuşu</t>
+          <t>Futbolsever Ailenin Maceraları 6 - Kardan Kaleci</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>6.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789755019123</t>
+          <t>9789755019109</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Annem İçin / Değerler Eğitimi 14</t>
+          <t>Dedemin Madalyası / Değerler Eğitimi 12</t>
         </is>
       </c>
       <c r="C450" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789755014364</t>
+          <t>9789755019116</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çadırı</t>
+          <t>Hoş Geldin Oya / Değerler Eğitimi 13</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789755017310</t>
+          <t>9789755015996</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yağmuru</t>
+          <t>Al Yanaklı Elma Kuşu</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>3.24</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755018652</t>
+          <t>9789755019123</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Şehzade</t>
+          <t>Annem İçin / Değerler Eğitimi 14</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>3.24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789755018645</t>
+          <t>9789755014364</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Nasıl Horoz Olmuş?</t>
+          <t>Zaman Çadırı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>3.24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789755018621</t>
+          <t>9789755017310</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanelerinin Dansı</t>
+          <t>Yıldız Yağmuru</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>3.24</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789755014388</t>
+          <t>9789755018652</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Tsunami Sandığı</t>
+          <t>Bahtsız Şehzade</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>32</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789755014395</t>
+          <t>9789755018645</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Nevruz Şenliği</t>
+          <t>Nasrettin Hoca Nasıl Horoz Olmuş?</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>32</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789755015941</t>
+          <t>9789755018621</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Yutan Oğlan</t>
+          <t>Kar Tanelerinin Dansı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>6.5</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789755015934</t>
+          <t>9789755014388</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Dino ile Pino</t>
+          <t>Tsunami Sandığı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>6.5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789755015927</t>
+          <t>9789755014395</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Ayda Pişen Ay Çöreği</t>
+          <t>Nevruz Şenliği</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>6.5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789755019918</t>
+          <t>9789755015941</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım</t>
+          <t>Güneşi Yutan Oğlan</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>4.63</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789755015989</t>
+          <t>9789755015934</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Sincap</t>
+          <t>Dino ile Pino</t>
         </is>
       </c>
       <c r="C462" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789755015972</t>
+          <t>9789755015927</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşlar 6 - Şakacı Mırnav</t>
+          <t>Ayda Pişen Ay Çöreği</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789755015965</t>
+          <t>9789755019918</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Hop Hop Tavşan</t>
+          <t>En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>6.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789755015958</t>
+          <t>9789755015989</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Tık Tık Civciv İle Çık Çık Civciv</t>
+          <t>Yalnız Sincap</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789755016009</t>
+          <t>9789755015972</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman Tavşanı</t>
+          <t>Sevimli Arkadaşlar 6 - Şakacı Mırnav</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053490517</t>
+          <t>9789755015965</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Orman Kibarları Yarışta</t>
+          <t>Hop Hop Tavşan</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789755017938</t>
+          <t>9789755015958</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Herkes Tartışıyor - Küçük Endişeler Dizisi</t>
+          <t>Tık Tık Civciv İle Çık Çık Civciv</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>15</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789755019130</t>
+          <t>9789755016009</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Islak Pati (Empati İylik)</t>
+          <t>Mavi Orman Tavşanı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>23</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789755018591</t>
+          <t>9786053490517</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Arkadaşım Bilgisayar Bağımlısı - Küçük Endişeler Dizisi</t>
+          <t>Orman Kibarları Yarışta</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>9.26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789755019284</t>
+          <t>9789755017938</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın! Davet Veriyorum - Küçük Endişeler Dizisi</t>
+          <t>Eyvah, Herkes Tartışıyor - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789755018836</t>
+          <t>9789755019130</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Farklı Arkadaşım - Küçük Endişeler Dizisi</t>
+          <t>Islak Pati (Empati İylik)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>9.26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053490463</t>
+          <t>9789755018591</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Alo, Süper Kahraman mı?</t>
+          <t>Eyvah, Arkadaşım Bilgisayar Bağımlısı - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>6</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789755019147</t>
+          <t>9789755019284</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Şenliği (Güven Engellilik )</t>
+          <t>Yaşasın! Davet Veriyorum - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789755017983</t>
+          <t>9789755018836</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Şapkasını Kaybetti</t>
+          <t>Farklı Arkadaşım - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053490456</t>
+          <t>9786053490463</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Köprü Altındaki Adam</t>
+          <t>Alo, Süper Kahraman mı?</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789755019031</t>
+          <t>9789755019147</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Zıp Zıp Kurbağa</t>
+          <t>Uçurtma Şenliği (Güven Engellilik )</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053490449</t>
+          <t>9789755017983</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Maceram</t>
+          <t>Sihirbaz Şapkasını Kaybetti</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>6</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789755019024</t>
+          <t>9786053490456</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Yolculuk</t>
+          <t>Köprü Altındaki Adam</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789755019017</t>
+          <t>9789755019031</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Saklanın Mandarin Geliyor</t>
+          <t>Zıp Zıp Kurbağa</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789755011103</t>
+          <t>9786053490449</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Yeraltı Maceram</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>6.48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789755019000</t>
+          <t>9789755019024</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Sobe (Sevgi)</t>
+          <t>Uzaya Yolculuk</t>
         </is>
       </c>
       <c r="C482" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053490425</t>
+          <t>9789755019017</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İyileşeceksin Arkadaşım</t>
+          <t>Saklanın Mandarin Geliyor</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789755014456</t>
+          <t>9789755011103</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>3.24</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789755019451</t>
+          <t>9789755019000</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Ant (4. ve 5. Sınıflar İçin)</t>
+          <t>Sağım Solum Sobe (Sevgi)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789755019970</t>
+          <t>9786053490425</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Komik Hikaye</t>
+          <t>İyileşeceksin Arkadaşım</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053490494</t>
+          <t>9789755014456</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Egzotik Hayvan Satıcısı</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>6</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789755019062</t>
+          <t>9789755019451</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Öğüdü (Başarı Çalışkanlık)</t>
+          <t>Ant (4. ve 5. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789755019925</t>
+          <t>9789755019970</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Koşamayan Kızıldereli</t>
+          <t>Komik Hikaye</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789755019956</t>
+          <t>9786053490494</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Karşıdaki Ev</t>
+          <t>Egzotik Hayvan Satıcısı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>4.63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789755019055</t>
+          <t>9789755019062</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Penguenlerin Oyunu</t>
+          <t>Karıncanın Öğüdü (Başarı Çalışkanlık)</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789755019048</t>
+          <t>9789755019925</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Beni Dinleyin (Saygı)</t>
+          <t>Koşamayan Kızıldereli</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053490500</t>
+          <t>9789755019956</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Evde Fırtına</t>
+          <t>Karşıdaki Ev</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>6</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789755019543</t>
+          <t>9789755019055</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Takım Sorunları</t>
+          <t>Penguenlerin Oyunu</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>4.63</v>
+        <v>23</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789755019536</t>
+          <t>9789755019048</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Maçın Adamı</t>
+          <t>Lütfen Beni Dinleyin (Saygı)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>4.63</v>
+        <v>23</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789755018522</t>
+          <t>9786053490500</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Prens ve Dilenci</t>
+          <t>Evde Fırtına</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>110</v>
+        <v>6</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789755019994</t>
+          <t>9789755019543</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Çocuk</t>
+          <t>Takım Sorunları</t>
         </is>
       </c>
       <c r="C497" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789755019949</t>
+          <t>9789755019536</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Takıma Alınmayan Çocuk</t>
+          <t>Maçın Adamı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>30</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789755019703</t>
+          <t>9789755018522</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Görmek (Sevgi) 1. Sınıflar İçin</t>
+          <t>Prens ve Dilenci</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>12.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053490432</t>
+          <t>9789755019994</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Çile Hanım ile Aslankoyun</t>
+          <t>Çatıdaki Çocuk</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>6</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789755017921</t>
+          <t>9789755019949</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Ela'nın Babası İşsiz Kaldı - Küçük Endişeler Dizisi</t>
+          <t>Takıma Alınmayan Çocuk</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789755018324</t>
+          <t>9789755019703</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İzinde - İstanbul'un Sırrı</t>
+          <t>Sevgiyi Görmek (Sevgi) 1. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>6.48</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053490302</t>
+          <t>9786053490432</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuk Ulya İstanbul Tılsımlarının Peşinde</t>
+          <t>Çile Hanım ile Aslankoyun</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789755016733</t>
+          <t>9789755017921</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Büyük Vatan Savunması Çanakkale</t>
+          <t>Eyvah, Ela'nın Babası İşsiz Kaldı - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789755019895</t>
+          <t>9789755018324</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Tekir'in Maceraları</t>
+          <t>Tarihin İzinde - İstanbul'un Sırrı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>12</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053490159</t>
+          <t>9786053490302</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Saklı İzler Kulübü 1 - Gizemli Kız Samira</t>
+          <t>Uzaylı Çocuk Ulya İstanbul Tılsımlarının Peşinde</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789755017914</t>
+          <t>9789755016733</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Kayboldu - Küçük Endişeler Dizisi</t>
+          <t>Büyük Vatan Savunması Çanakkale</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789755016948</t>
+          <t>9789755019895</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dedektifler (10 Kitap)</t>
+          <t>Tekir'in Maceraları</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>140</v>
+        <v>12</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789755016375</t>
+          <t>9786053490159</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizi Yazanlar</t>
+          <t>Saklı İzler Kulübü 1 - Gizemli Kız Samira</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789755017907</t>
+          <t>9789755017914</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Fred'in Okul Telaşı - Küçük Endişeler Dizisi</t>
+          <t>Köpeğim Kayboldu - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789755017174</t>
+          <t>9789755016948</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Nasrettin Hoca</t>
+          <t>Afacan Dedektifler (10 Kitap)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>5.56</v>
+        <v>140</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053490005</t>
+          <t>9789755016375</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum 1 (10 Kitap Takım)</t>
+          <t>Tarihimizi Yazanlar</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>44.44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789755018614</t>
+          <t>9789755017907</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 9 Kitap Takım</t>
+          <t>Fred'in Okul Telaşı - Küçük Endişeler Dizisi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789755018454</t>
+          <t>9789755017174</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov Hikayeler</t>
+          <t>Şiirlerle Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>90</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789755018485</t>
+          <t>9786053490005</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Okumayı Seviyorum 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>65</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789755017372</t>
+          <t>9789755018614</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları (6-7-8. Sınıflar İçin)</t>
+          <t>Masal Zamanı Dizisi 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789755016429</t>
+          <t>9789755018454</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Anton Çehov Hikayeler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>2.55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789755019901</t>
+          <t>9789755018485</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Sınav Korkusu</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>30</v>
+        <v>65</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>8680628430216</t>
+          <t>9789755017372</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda (4 Kitap Takım)</t>
+          <t>Anadolu Masalları (6-7-8. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>72</v>
+        <v>80</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789755018539</t>
+          <t>9789755016429</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Robınson Crusoe: (6-7-8. Sınıflar İçin)</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>100</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>8680628430620</t>
+          <t>9789755019901</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Saklı İzler Kulübü (3 Kitap Takım)</t>
+          <t>Sınav Korkusu</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>54</v>
+        <v>30</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789755019932</t>
+          <t>8680628430216</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Üç Gün Yetmez</t>
+          <t>Acar Dedektif Eda Aramızda (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>4.63</v>
+        <v>72</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789755019963</t>
+          <t>9789755018539</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Robınson Crusoe: (6-7-8. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789755018676</t>
+          <t>8680628430620</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Saklı İzler Kulübü (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>90</v>
+        <v>54</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053490197</t>
+          <t>9789755019932</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 4 - Zürafa Zarife</t>
+          <t>Üç Gün Yetmez</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789755018584</t>
+          <t>9789755019963</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053490470</t>
+          <t>9789755018676</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>6</v>
+        <v>90</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789755018577</t>
+          <t>9786053490197</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Güzel Öyküler: 4 - Zürafa Zarife</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053490227</t>
+          <t>9789755018584</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler: 3 - Benim Dünyam (Ciltli)</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>7.41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053490210</t>
+          <t>9786053490470</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler 2 - Dans Eden Harfler</t>
+          <t>Büyük Yarış</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>7.41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789755019987</t>
+          <t>9789755018577</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Pi'nin Hazinesi</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789755014449</t>
+          <t>9786053490227</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Serdar'ın Zaman Yolculuğu</t>
+          <t>Güzel Öyküler: 3 - Benim Dünyam (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>3.24</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053490487</t>
+          <t>9786053490210</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Canım Ninem</t>
+          <t>Güzel Öyküler 2 - Dans Eden Harfler</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>6</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789755019550</t>
+          <t>9789755019987</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Yelkenler Fora</t>
+          <t>Pi'nin Hazinesi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>4.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789755018997</t>
+          <t>9789755014449</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 1 - Sevgiyi Görmek</t>
+          <t>Serdar'ın Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>20</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053491590</t>
+          <t>9786053490487</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>İlk Bilim Kitabım</t>
+          <t>Canım Ninem</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053490098</t>
+          <t>9789755019550</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Benim Müzikli Dünyam</t>
+          <t>Yelkenler Fora</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>22.22</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>8680628430018</t>
+          <t>9789755018997</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler (10 Öykü+1 Etkinlik Kitabı)</t>
+          <t>Değerler Eğitimi 1 - Sevgiyi Görmek</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>64.81</v>
+        <v>20</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053490289</t>
+          <t>9786053491590</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Güzel Öyküler Etkinlik Kitabı</t>
+          <t>İlk Bilim Kitabım</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>5.56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789755017471</t>
+          <t>9786053490098</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Benim Müzikli Dünyam</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>120</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789755018461</t>
+          <t>8680628430018</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Güzel Öyküler (10 Öykü+1 Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>90</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789755017433</t>
+          <t>9786053490289</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Safahat'tan Seçmeler</t>
+          <t>Güzel Öyküler Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>95</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789755017457</t>
+          <t>9789755017471</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789755017440</t>
+          <t>9789755018461</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789755017419</t>
+          <t>9789755017433</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik Klasikleri 3  Karagöz ile Hacivat</t>
+          <t>Safahat'tan Seçmeler</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>3990000017674</t>
+          <t>9789755017457</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>2.55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789755010571</t>
+          <t>9789755017440</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>2.36</v>
+        <v>100</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789755019154</t>
+          <t>9789755017419</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Değerler Eğitimi Hikaye Seti (16 Kitap)</t>
+          <t>İlk Gençlik Klasikleri 3  Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>370</v>
+        <v>90</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>8680628430209</t>
+          <t>3990000017674</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Okulda (4 Kitap Takım)</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>72</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053490555</t>
+          <t>9789755010571</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Masal Zamanı Dizisi 9 - Masal Rüzgarı</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>22</v>
+        <v>2.36</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789755017389</t>
+          <t>9789755019154</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Masal Perisi</t>
+          <t>Okul Öncesi Değerler Eğitimi Hikaye Seti (16 Kitap)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789755017853</t>
+          <t>8680628430209</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Boyama Meslekler</t>
+          <t>Acar Dedektif Eda Okulda (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>1.85</v>
+        <v>72</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789755017945</t>
+          <t>9786053490555</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabım – Meyveler ve Sebzeler</t>
+          <t>Masal Zamanı Dizisi 9 - Masal Rüzgarı</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>40</v>
+        <v>22</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789755017860</t>
+          <t>9789755017389</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Boyama-Eşyalar</t>
+          <t>Masal Perisi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>1.85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789755017877</t>
+          <t>9789755017853</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Boyama-Hayvanlar</t>
+          <t>Boyama Meslekler</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>1.85</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789755017884</t>
+          <t>9789755017945</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Boyama-Meyveler</t>
+          <t>Boyama Kitabım – Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>1.85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789755019291</t>
+          <t>9789755017860</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Taşlar Krallığı Üçlemesi 2 - Gümüş Kuyu</t>
+          <t>Boyama-Eşyalar</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>22</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789755012995</t>
+          <t>9789755017877</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Balık Prens</t>
+          <t>Boyama-Hayvanlar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>25</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>8680628430186</t>
+          <t>9789755017884</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi ( 10 Kitap )</t>
+          <t>Boyama-Meyveler</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>170</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789755012896</t>
+          <t>9789755019291</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Kurt ile Keçi Yavruları</t>
+          <t>Taşlar Krallığı Üçlemesi 2 - Gümüş Kuyu</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789755016269</t>
+          <t>9789755012995</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eser (40 Kitap Takım)</t>
+          <t>Beyaz Papatya Dizisi - Balık Prens</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>101.85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789755012926</t>
+          <t>8680628430186</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Parmak Kız</t>
+          <t>Sarı Papatya Dizisi ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>16</v>
+        <v>170</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789755019093</t>
+          <t>9789755012896</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 11 - Kış Pastası</t>
+          <t>Sarı Papatya Dizisi - Kurt ile Keçi Yavruları</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789755019086</t>
+          <t>9789755016269</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 10 - Yağız'ın Doğum Günü</t>
+          <t>100 Temel Eser (40 Kitap Takım)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>23</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789755019079</t>
+          <t>9789755012926</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi 9 - Bal Partisi</t>
+          <t>Sarı Papatya Dizisi - Parmak Kız</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789755012971</t>
+          <t>9789755019093</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Sarı Papatya Dizisi</t>
+          <t>Değerler Eğitimi 11 - Kış Pastası</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>8680628430193</t>
+          <t>9789755019086</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi (10 Kitap Takım)</t>
+          <t>Değerler Eğitimi 10 - Yağız'ın Doğum Günü</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>400</v>
+        <v>23</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789755013015</t>
+          <t>9789755019079</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatya Dizisi - Keloğlan'ın Değirmeni</t>
+          <t>Değerler Eğitimi 9 - Bal Partisi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789755016436</t>
+          <t>9789755012971</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşlar Dizisi (10 Kitap Takım)</t>
+          <t>Pinokyo - Sarı Papatya Dizisi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>65</v>
+        <v>16</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789755019369</t>
+          <t>8680628430193</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Bana Özürlü Deme</t>
+          <t>Beyaz Papatya Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>6.94</v>
+        <v>400</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789755019390</t>
+          <t>9789755013015</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Seni Özlüyorum</t>
+          <t>Sarı Papatya Dizisi - Keloğlan'ın Değirmeni</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>6.94</v>
+        <v>16</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789755019321</t>
+          <t>9789755016436</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kavga Etmek İstemiyorum</t>
+          <t>Sevimli Arkadaşlar Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>6.94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789755019338</t>
+          <t>9789755019369</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Ben Yapabilirim</t>
+          <t>Bana Özürlü Deme</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789755019352</t>
+          <t>9789755019390</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Diş Doktoruna Gitmek Zorunda mıyım?</t>
+          <t>Seni Özlüyorum</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789755019376</t>
+          <t>9789755019321</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Herkes Önemlidir</t>
+          <t>Kavga Etmek İstemiyorum</t>
         </is>
       </c>
       <c r="C575" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789755019345</t>
+          <t>9789755019338</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ben de Cesurum</t>
+          <t>Ben Yapabilirim</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789755019314</t>
+          <t>9789755019352</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Saygılı Davranıyorum</t>
+          <t>Diş Doktoruna Gitmek Zorunda mıyım?</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789755019307</t>
+          <t>9789755019376</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Doğruyu Söylüyorum</t>
+          <t>Herkes Önemlidir</t>
         </is>
       </c>
       <c r="C578" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789755019383</t>
+          <t>9789755019345</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olmak Zor mu?</t>
+          <t>Ben de Cesurum</t>
         </is>
       </c>
       <c r="C579" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053496090</t>
+          <t>9789755019314</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Genç Beyinlere Zeka Soruları 1</t>
+          <t>Saygılı Davranıyorum</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789755017785</t>
+          <t>9789755019307</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuk Ulya Mardin'de</t>
+          <t>Doğruyu Söylüyorum</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>8.33</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789755016931</t>
+          <t>9789755019383</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Masallı Eğitim Seti ( 10 Kitap )</t>
+          <t>Örnek Olmak Zor mu?</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>69.44</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789755013770</t>
+          <t>9786053496090</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Papatya Dizisi - Sihirli Bahçe</t>
+          <t>Genç Beyinlere Zeka Soruları 1</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789944170260</t>
+          <t>9789755017785</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Erdem İngilizce Öyküler Level 2 - 5. Sınıf (5 Kitap Takım)</t>
+          <t>Uzaylı Çocuk Ulya Mardin'de</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>24</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789755013022</t>
+          <t>9789755016931</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Yakut Bebek</t>
+          <t>Okul Öncesi Masallı Eğitim Seti ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>25</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789755013008</t>
+          <t>9789755013770</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Papatya Dizisi - Ay Çeşmesi</t>
+          <t>Papatya Dizisi - Sihirli Bahçe</t>
         </is>
       </c>
       <c r="C586" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>8680628430162</t>
+          <t>9789944170260</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum 2 (10 Kitap Takım)</t>
+          <t>Erdem İngilizce Öyküler Level 2 - 5. Sınıf (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>70</v>
+        <v>24</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>8680628430254</t>
+          <t>9789755013022</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Kahramanları 1 (5 Kitap Takım)</t>
+          <t>Beyaz Papatya Dizisi - Yakut Bebek</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>8680628431237</t>
+          <t>9789755013008</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga - Boyama ve Sanat Etkinlikleri (4 Kitap Takım)</t>
+          <t>Beyaz Papatya Dizisi - Ay Çeşmesi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>8680628431244</t>
+          <t>8680628430162</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga - Etkinlik Kitabım (4 Kitap Takım)</t>
+          <t>Okumayı Seviyorum 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>8680628431251</t>
+          <t>8680628430254</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga 1. Sınıflar için Okuma Seti (10 Kitap Takım)</t>
+          <t>Çanakkale'nin Kahramanları 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>8680628431183</t>
+          <t>8680628431237</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuş ve Görgü Kuralları (8 Kitap Takım)</t>
+          <t>Ege ile Gaga - Boyama ve Sanat Etkinlikleri (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C592" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052790618</t>
+          <t>8680628431244</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Geçmeyen Hıçkırık - Rafadan Tayfa İle Okuyorum 1</t>
+          <t>Ege ile Gaga - Etkinlik Kitabım (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052790625</t>
+          <t>8680628431251</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kar Geliyor - Rafadan Tayfa İle Okuyorum 2</t>
+          <t>Ege ile Gaga 1. Sınıflar için Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052790632</t>
+          <t>8680628431183</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Oyunbozan - Rafadan Tayfa İle Okuyorum 3</t>
+          <t>Minik Kuş ve Görgü Kuralları (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052790649</t>
+          <t>9786052790618</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Su Hayattır - Rafadan Tayfa İle Okuyorum 5</t>
+          <t>Geçmeyen Hıçkırık - Rafadan Tayfa İle Okuyorum 1</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>27</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052791400</t>
+          <t>9786052790625</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 1</t>
+          <t>Kar Geliyor - Rafadan Tayfa İle Okuyorum 2</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052791417</t>
+          <t>9786052790632</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 2</t>
+          <t>Oyunbozan - Rafadan Tayfa İle Okuyorum 3</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052791424</t>
+          <t>9786052790649</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dİkkat ve Zeka Etkinlikleri 3</t>
+          <t>Su Hayattır - Rafadan Tayfa İle Okuyorum 5</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052791431</t>
+          <t>9786052791400</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 4</t>
+          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 1</t>
         </is>
       </c>
       <c r="C600" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052790656</t>
+          <t>9786052791417</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Anlama - Rafadan Tayfa İle Okuyorum 4</t>
+          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 2</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>8680628431121</t>
+          <t>9786052791424</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kare ile Kavramları Öğreniyorum (5 kitap Takım)</t>
+          <t>Rafadan Tayfa İle Dİkkat ve Zeka Etkinlikleri 3</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>8680628431169</t>
+          <t>9786052791431</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İbi Öykülü Boyama Dizisi (5 Kitap Takım)</t>
+          <t>Rafadan Tayfa İle Dikkat ve Zeka Etkinlikleri 4</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>8680628431176</t>
+          <t>9786052790656</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa ile Dikkat ve Zeka Etkinlikleri (4 Kitap Takım)</t>
+          <t>Yanlış Anlama - Rafadan Tayfa İle Okuyorum 4</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>60</v>
+        <v>27</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053495260</t>
+          <t>8680628431121</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 2: Telefon Hırsızları</t>
+          <t>Kare ile Kavramları Öğreniyorum (5 kitap Takım)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>18</v>
+        <v>100</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053495208</t>
+          <t>8680628431169</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda 4 - Dershanede Olay</t>
+          <t>İbi Öykülü Boyama Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>18</v>
+        <v>70</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053495192</t>
+          <t>8680628431176</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 3: Dayımın Yeni İşi</t>
+          <t>Rafadan Tayfa ile Dikkat ve Zeka Etkinlikleri (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052791226</t>
+          <t>9786053495260</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 5</t>
+          <t>Acar Dedektif Eda 2: Telefon Hırsızları</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052791110</t>
+          <t>9786053495208</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 2</t>
+          <t>Acar Dedektif Eda Aramızda 4 - Dershanede Olay</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052791103</t>
+          <t>9786053495192</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 3</t>
+          <t>Acar Dedektif Eda 3: Dayımın Yeni İşi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052791219</t>
+          <t>9786052791226</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 4</t>
+          <t>Kare İle Kavramları Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C611" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052791127</t>
+          <t>9786052791110</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kare İle Kavramları Öğreniyorum 1</t>
+          <t>Kare İle Kavramları Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052791264</t>
+          <t>9786052791103</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Mekke ve Medine’nin Hizmetkarı Yavuz Sultan Selim</t>
+          <t>Kare İle Kavramları Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052791158</t>
+          <t>9786052791219</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Kare - Boyama Kitabı</t>
+          <t>Kare İle Kavramları Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052791066</t>
+          <t>9786052791127</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Kalemtıraş Kumbarası</t>
+          <t>Kare İle Kavramları Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>8680628431084</t>
+          <t>9786052791264</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo (5 Kitap Takım)</t>
+          <t>Mekke ve Medine’nin Hizmetkarı Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052790915</t>
+          <t>9786052791158</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Kayıp Kaykay</t>
+          <t>Kare - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052790908</t>
+          <t>9786052791066</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Tuhaf Çiçek</t>
+          <t>Aslan - Kalemtıraş Kumbarası</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>50</v>
+        <v>38</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052790885</t>
+          <t>8680628431084</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Tako’nun Dişleri</t>
+          <t>Akıllı Tavşan Momo (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052790892</t>
+          <t>9786052790915</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Şıp ve Tıp Nerede ?</t>
+          <t>Akıllı Tavşan Momo – Kayıp Kaykay</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052790984</t>
+          <t>9786052790908</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Havucu Kim Yedi ?</t>
+          <t>Akıllı Tavşan Momo – Tuhaf Çiçek</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>38</v>
+        <v>50</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>8680628431091</t>
+          <t>9786052790885</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga (5 Kitap)</t>
+          <t>Akıllı Tavşan Momo – Tako’nun Dişleri</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>190</v>
+        <v>50</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052790977</t>
+          <t>9786052790892</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Çekirdekler Nerede ?</t>
+          <t>Akıllı Tavşan Momo – Şıp ve Tıp Nerede ?</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>38</v>
+        <v>50</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052790960</t>
+          <t>9786052790984</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Boncuklar Nereye Gitti ?</t>
+          <t>Ege ile Gaga – Havucu Kim Yedi ?</t>
         </is>
       </c>
       <c r="C624" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052790991</t>
+          <t>8680628431091</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Tohumlar Nasıl Yayılır ?</t>
+          <t>Ege ile Gaga (5 Kitap)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>38</v>
+        <v>190</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052790878</t>
+          <t>9786052790977</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo – Teşekkürler Momo</t>
+          <t>Ege ile Gaga – Çekirdekler Nerede ?</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>60</v>
+        <v>38</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052790953</t>
+          <t>9786052790960</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Gaga – Kayıp Tavuk Nerede?</t>
+          <t>Ege ile Gaga – Boncuklar Nereye Gitti ?</t>
         </is>
       </c>
       <c r="C627" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052790533</t>
+          <t>9786052790991</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kunkun Köyü - İbi Öykülü Boyama Dizisi</t>
+          <t>Ege ile Gaga – Tohumlar Nasıl Yayılır ?</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052790540</t>
+          <t>9786052790878</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Baldiyar Üçgeni - İbi Öykülü Boyama Serisi</t>
+          <t>Akıllı Tavşan Momo – Teşekkürler Momo</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>14</v>
+        <v>60</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052790519</t>
+          <t>9786052790953</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Serüven Başlıyor - İbi Öykülü Boyama Dizisi</t>
+          <t>Ege ile Gaga – Kayıp Tavuk Nerede?</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>14</v>
+        <v>38</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>8680628431114</t>
+          <t>9786052790533</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa Boyama Seti (5 Kitap Takım)</t>
+          <t>Kunkun Köyü - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>75</v>
+        <v>14</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786053499626</t>
+          <t>9786052790540</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Boyama 5 - Rafadan Tayfa</t>
+          <t>Baldiyar Üçgeni - İbi Öykülü Boyama Serisi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786053499596</t>
+          <t>9786052790519</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Boyama 2 - Rafadan Tayfa</t>
+          <t>Serüven Başlıyor - İbi Öykülü Boyama Dizisi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786053499619</t>
+          <t>8680628431114</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Boyama 4 - Rafadan Tayfa</t>
+          <t>Rafadan Tayfa Boyama Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053499602</t>
+          <t>9786053499626</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 - Rafadan Tayfa</t>
+          <t>Boyama 5 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C635" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786053499589</t>
+          <t>9786053499596</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Boyama 1 - Rafadan Tayfa</t>
+          <t>Boyama 2 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C636" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052790311</t>
+          <t>9786053499619</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Bol Vitaminli - Elif'in Düşleri</t>
+          <t>Boyama 4 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052791349</t>
+          <t>9786053499602</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Momo Akıllı Tavşan İle Kodlama</t>
+          <t>Boyama 3 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>8680628431213</t>
+          <t>9786053499589</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kazanan Kim? (5 kitap)</t>
+          <t>Boyama 1 - Rafadan Tayfa</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052791165</t>
+          <t>9786052790311</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Momo - Akıllı Tavşan Boyama Sayılar Kavramlar</t>
+          <t>Bol Vitaminli - Elif'in Düşleri</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>8680628431077</t>
+          <t>9786052791349</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Rafadan Tayfa ile Okuyorum Seti (5 Kitap Takım)</t>
+          <t>Momo Akıllı Tavşan İle Kodlama</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789755018874</t>
+          <t>8680628431213</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Şehri</t>
+          <t>Kazanan Kim? (5 kitap)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>19</v>
+        <v>400</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789755018881</t>
+          <t>9786052791165</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Tavşan İle Eşek</t>
+          <t>Momo - Akıllı Tavşan Boyama Sayılar Kavramlar</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789755018867</t>
+          <t>8680628431077</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Hacıyatmaz</t>
+          <t>Rafadan Tayfa ile Okuyorum Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>19</v>
+        <v>55</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789755018850</t>
+          <t>9789755018874</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Taşlar</t>
+          <t>Kütüphane Şehri</t>
         </is>
       </c>
       <c r="C645" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052791172</t>
+          <t>9789755018881</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan Momo Boyama</t>
+          <t>Tavşan İle Eşek</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052791295</t>
+          <t>9789755018867</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Komutan Fatih</t>
+          <t>Hacıyatmaz</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>180</v>
+        <v>19</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052791370</t>
+          <t>9789755018850</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gezegen Dünya (Ciltli)</t>
+          <t>Konuşan Taşlar</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>150</v>
+        <v>19</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052791387</t>
+          <t>9786052791172</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bilim İnsanları (Ciltli)</t>
+          <t>Akıllı Tavşan Momo Boyama</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052791332</t>
+          <t>9786052791295</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kare ile Etkinlik Zamanı</t>
+          <t>Muhteşem Komutan Fatih</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789755018553</t>
+          <t>9786052791370</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Aile Katılımlı Kavramsal Etkinlikler kitabı - 5 Yaş</t>
+          <t>Muhteşem Gezegen Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>13.52</v>
+        <v>150</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052791189</t>
+          <t>9786052791387</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Yumurtadan Ne Çıktı?</t>
+          <t>Muhteşem Bilim İnsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>140</v>
+        <v>115</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052790427</t>
+          <t>9786052791332</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Turnuva - Rafadan Tayfa Eğleniyor</t>
+          <t>Kare ile Etkinlik Zamanı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>8680628431107</t>
+          <t>9789755018553</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Aslan Serisi (5 Kitap Takım)</t>
+          <t>Aile Katılımlı Kavramsal Etkinlikler kitabı - 5 Yaş</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>350</v>
+        <v>13.52</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052791073</t>
+          <t>9786052791189</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Labirent Kaşifleri</t>
+          <t>Yumurtadan Ne Çıktı?</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>38</v>
+        <v>140</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052791059</t>
+          <t>9786052790427</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Kuş Gözlemevi</t>
+          <t>Turnuva - Rafadan Tayfa Eğleniyor</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>38</v>
+        <v>19</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052791042</t>
+          <t>8680628431107</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Korkuluk</t>
+          <t>Aslan Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>38</v>
+        <v>350</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052791035</t>
+          <t>9786052791073</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Empati Odası</t>
+          <t>Aslan - Labirent Kaşifleri</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786053494737</t>
+          <t>9786052791059</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Aday - Merhaba Hayat 1</t>
+          <t>Aslan - Kuş Gözlemevi</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>6.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786053494751</t>
+          <t>9786052791042</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Kırılma - Merhaba Hayat 2</t>
+          <t>Aslan - Korkuluk</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>6.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053494690</t>
+          <t>9786052791035</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Ayı Dişi - Merhaba Hayat 3</t>
+          <t>Aslan - Empati Odası</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>6.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786053494683</t>
+          <t>9786053494737</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam Olmasa - Merhaba Hayat 4</t>
+          <t>Sürpriz Aday - Merhaba Hayat 1</t>
         </is>
       </c>
       <c r="C662" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786053494744</t>
+          <t>9786053494751</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Takayu'nun Zaferi - Merhaba Hayat 5</t>
+          <t>Zamanda Kırılma - Merhaba Hayat 2</t>
         </is>
       </c>
       <c r="C663" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786053494706</t>
+          <t>9786053494690</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu Değil Ya - Merhaba Hayat 6</t>
+          <t>Ayı Dişi - Merhaba Hayat 3</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786053494720</t>
+          <t>9786053494683</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Labirent Şehir - Merhaba Hayat 8</t>
+          <t>Annem Babam Olmasa - Merhaba Hayat 4</t>
         </is>
       </c>
       <c r="C665" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052790946</t>
+          <t>9786053494744</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Süper Kart</t>
+          <t>Takayu'nun Zaferi - Merhaba Hayat 5</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>60</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052793190</t>
+          <t>9786053494706</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Aslan – Hürkuş Kayıp Elmas</t>
+          <t>Dünyanın Sonu Değil Ya - Merhaba Hayat 6</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>130</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052793459</t>
+          <t>9786053494720</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Aslan’ın İcat Günlüğü</t>
+          <t>Labirent Şehir - Merhaba Hayat 8</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>160</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786053499893</t>
+          <t>9786052790946</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Süper Kart</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052790588</t>
+          <t>9786052793190</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin İkinci Kurucusu Çelebi Mehmet</t>
+          <t>Aslan – Hürkuş Kayıp Elmas</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052797754</t>
+          <t>9786052793459</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Evimiz</t>
+          <t>Aslan’ın İcat Günlüğü</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052797716</t>
+          <t>9786053499893</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Büyük Haritacı ve Denizci: Piri Reis</t>
+          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786053499329</t>
+          <t>9786052790588</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Ormanın En Sıradan Ağacı</t>
+          <t>Osmanlı Devleti'nin İkinci Kurucusu Çelebi Mehmet</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053494935</t>
+          <t>9786052797754</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Şaşkınlar Ülkesinde</t>
+          <t>Evrendeki Evimiz</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052796719</t>
+          <t>9786052797716</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>İyilik Ne Renktir?</t>
+          <t>Büyük Haritacı ve Denizci: Piri Reis</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>8680628431558</t>
+          <t>9786053499329</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri - 3 (5 Kitap)</t>
+          <t>Ormanın En Sıradan Ağacı</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>8680628431497</t>
+          <t>9786053494935</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi (10 Kitap Set)</t>
+          <t>Keloğlan Şaşkınlar Ülkesinde</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052792766</t>
+          <t>9786052796719</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Benim Çılgın Arkadaşım - Yerimde Olsan</t>
+          <t>İyilik Ne Renktir?</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786053499107</t>
+          <t>8680628431558</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Masal Kaçkını</t>
+          <t>Bilimin Öncüleri - 3 (5 Kitap)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>8680628430803</t>
+          <t>8680628431497</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları (20 Kitap Takım)</t>
+          <t>Üç Kuzen Dedektiflik Merkezi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>490</v>
+        <v>950</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052791639</t>
+          <t>9786052792766</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Emanetdar Ayasofya Dehlizlerinde</t>
+          <t>Benim Çılgın Arkadaşım - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052797709</t>
+          <t>9786053499107</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Ses Bakkalı Geri Döndü</t>
+          <t>Masal Kaçkını</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052797730</t>
+          <t>8680628430803</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Vızır Vızır Arılar - Arılar Hakkında Her Şey</t>
+          <t>Dünya Masalları (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052797723</t>
+          <t>9786052791639</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayağım Doğada Serisi - Evde ve Okulda Bostan Sanatı</t>
+          <t>Emanetdar Ayasofya Dehlizlerinde</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052797693</t>
+          <t>9786052797709</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - İlk Türk Kadın Romancı Fatma Aliye</t>
+          <t>Ses Bakkalı Geri Döndü</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052797662</t>
+          <t>9786052797730</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kafa Dengi Tarih - Sarayda Tezahürat Sesleri</t>
+          <t>Vızır Vızır Arılar - Arılar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052797679</t>
+          <t>9786052797723</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kafa Dengi Tarih - Sarayda Çiçek Yarışmaları</t>
+          <t>Bir Ayağım Doğada Serisi - Evde ve Okulda Bostan Sanatı</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052797686</t>
+          <t>9786052797693</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kafa Dengi Tarih - Sarayda Düğün Dernek</t>
+          <t>Ben Kimim? - İlk Türk Kadın Romancı Fatma Aliye</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052797532</t>
+          <t>9786052797662</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Yürüyüş</t>
+          <t>Kafa Dengi Tarih - Sarayda Tezahürat Sesleri</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>8680628430902</t>
+          <t>9786052797679</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum 1 (8 Kitap Takım)</t>
+          <t>Kafa Dengi Tarih - Sarayda Çiçek Yarışmaları</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786053498193</t>
+          <t>9786052797686</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Haritadaki Efsanenin İzinde- Zerzevan’ın Kayıp Yıldızları</t>
+          <t>Kafa Dengi Tarih - Sarayda Düğün Dernek</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052797631</t>
+          <t>9786052797532</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Kitap</t>
+          <t>Şehirde Yürüyüş</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052797648</t>
+          <t>8680628430902</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Annemin Pofuduk Ekmekleri</t>
+          <t>Okumayı Seviyorum 1 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052794845</t>
+          <t>9786053498193</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 3 - Gizli Kahraman</t>
+          <t>Haritadaki Efsanenin İzinde- Zerzevan’ın Kayıp Yıldızları</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052794852</t>
+          <t>9786052797631</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 4 - Söz Nakliyecisi</t>
+          <t>Utangaç Kitap</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052794906</t>
+          <t>9786052797648</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 7 - Uzaylı Paniği</t>
+          <t>Annemin Pofuduk Ekmekleri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052794838</t>
+          <t>9786052794845</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 1 - Gizemli Mektuplar</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 3 - Gizli Kahraman</t>
         </is>
       </c>
       <c r="C697" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052794821</t>
+          <t>9786052794852</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 2 - Olimpiyat Meşalesi</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 4 - Söz Nakliyecisi</t>
         </is>
       </c>
       <c r="C698" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052794876</t>
+          <t>9786052794906</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 5 - Talihsiz Fırtına</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 7 - Uzaylı Paniği</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052794869</t>
+          <t>9786052794838</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 6 - Kilitli Orman Macerası</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 1 - Gizemli Mektuplar</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052794890</t>
+          <t>9786052794821</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 9 - Tatil Köyü Kabusu</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 2 - Olimpiyat Meşalesi</t>
         </is>
       </c>
       <c r="C701" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052794913</t>
+          <t>9786052794876</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 10 - Tekno Tuzak</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 5 - Talihsiz Fırtına</t>
         </is>
       </c>
       <c r="C702" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052794883</t>
+          <t>9786052794869</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzen Dedektiflik Merkezi 8 - Tarihi Eser Kaçakçılığı</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 6 - Kilitli Orman Macerası</t>
         </is>
       </c>
       <c r="C703" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052790687</t>
+          <t>9786052794890</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Solmayan Laleler - Tezhip - Sanat Gezileri</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 9 - Tatil Köyü Kabusu</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052790694</t>
+          <t>9786052794913</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Şaheserler - Katı - Sanat Gezileri</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 10 - Tekno Tuzak</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052790700</t>
+          <t>9786052794883</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Resmi - Minyatür - Sanat Gezileri</t>
+          <t>Üç Kuzen Dedektiflik Merkezi 8 - Tarihi Eser Kaçakçılığı</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052790670</t>
+          <t>9786052790687</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Dünyası - Hat - Sanat Gezileri</t>
+          <t>Solmayan Laleler - Tezhip - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052790663</t>
+          <t>9786052790694</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ebru Diyarına Yolculuk - Ebru - Sanat Gezileri</t>
+          <t>Kağıttan Şaheserler - Katı - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C708" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052797563</t>
+          <t>9786052790700</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri- Sosyoloji İlminin Babası: İbni Haldun</t>
+          <t>Hayallerin Resmi - Minyatür - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052797570</t>
+          <t>9786052790670</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri- Bilimsel Gözlemin Öncüsü: Bîrûnî</t>
+          <t>Harflerin Dünyası - Hat - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052797587</t>
+          <t>9786052790663</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Cimri Komşunun Hikayesi</t>
+          <t>Ebru Diyarına Yolculuk - Ebru - Sanat Gezileri</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052797594</t>
+          <t>9786052797563</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Adı: Salata</t>
+          <t>Bilimin Öncüleri- Sosyoloji İlminin Babası: İbni Haldun</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052797549</t>
+          <t>9786052797570</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Bahçenin Sırrı</t>
+          <t>Bilimin Öncüleri- Bilimsel Gözlemin Öncüsü: Bîrûnî</t>
         </is>
       </c>
       <c r="C713" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052795736</t>
+          <t>9786052797587</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Tilki Rastık ile Karın Sesi</t>
+          <t>Nasrettin Hoca Cimri Komşunun Hikayesi</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052797556</t>
+          <t>9786052797594</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bir Öncünün Hikâyesi Martin Luther King</t>
+          <t>Oyunun Adı: Salata</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052797501</t>
+          <t>9786052797549</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Fısıltılar</t>
+          <t>Gizemli Bahçenin Sırrı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052797518</t>
+          <t>9786052795736</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Dalgalar</t>
+          <t>Tilki Rastık ile Karın Sesi</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052797495</t>
+          <t>9786052797556</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Haritadaki Efsanenin İzinde - İki Kule Bir Rüya</t>
+          <t>Ben Kimim? - Bir Öncünün Hikâyesi Martin Luther King</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052795743</t>
+          <t>9786052797501</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Ben Sadece</t>
+          <t>Kalbimdeki Fısıltılar</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052797433</t>
+          <t>9786052797518</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Taçsız Kral Metin Oktay</t>
+          <t>Kalbimdeki Dalgalar</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786053499954</t>
+          <t>9786052797495</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Haritadaki Efsanenin İzinde - İki Kule Bir Rüya</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786053499831</t>
+          <t>9786052795743</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Ben Sadece</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052793954</t>
+          <t>9786052797433</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Matematik</t>
+          <t>Ben Kimim? - Taçsız Kral Metin Oktay</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>8680628431596</t>
+          <t>9786053499954</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Şehreküstü Apartmanı (Set)</t>
+          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052797471</t>
+          <t>9786053499831</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>En İyi Seçenek - Şehreküstü Apartmanı - 4</t>
+          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052797464</t>
+          <t>9786052793954</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Büyümüşüm - Şehreküstü Apartmanı 3</t>
+          <t>Muhteşem Matematik</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052797457</t>
+          <t>8680628431596</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Fikir Ama! - Şehreküstü Apartmanı - 2</t>
+          <t>Şehreküstü Apartmanı (Set)</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052797440</t>
+          <t>9786052797471</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Değiştiği Gün - Şehreküstü Apartmanı - 1</t>
+          <t>En İyi Seçenek - Şehreküstü Apartmanı - 4</t>
         </is>
       </c>
       <c r="C728" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052797488</t>
+          <t>9786052797464</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Süper Zeynep - Şehreküstü Apartmanı - 5</t>
+          <t>İyi Ki Büyümüşüm - Şehreküstü Apartmanı 3</t>
         </is>
       </c>
       <c r="C729" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052797426</t>
+          <t>9786052797457</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Arı Zarife</t>
+          <t>Nasıl Fikir Ama! - Şehreküstü Apartmanı - 2</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052797419</t>
+          <t>9786052797440</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Kompost Yapma Sanatı</t>
+          <t>Her Şeyin Değiştiği Gün - Şehreküstü Apartmanı - 1</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>8680628431466</t>
+          <t>9786052797488</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Pırıl 1. Sınıf Okuma Seti</t>
+          <t>Süper Zeynep - Şehreküstü Apartmanı - 5</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052796986</t>
+          <t>9786052797426</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gezegen Dünya</t>
+          <t>Arı Zarife</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052797365</t>
+          <t>9786052797419</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Bir Ufo Gördüm Sanki</t>
+          <t>Kompost Yapma Sanatı</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052797358</t>
+          <t>8680628431466</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Kimsin Sen?</t>
+          <t>Pırıl 1. Sınıf Okuma Seti</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052797310</t>
+          <t>9786052796986</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Filistin Atlası</t>
+          <t>Muhteşem Gezegen Dünya</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052791288</t>
+          <t>9786052797365</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zafer Çanakkale (Ciltli)</t>
+          <t>Bir Ufo Gördüm Sanki</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052797327</t>
+          <t>9786052797358</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey ile Hiçbir Şey</t>
+          <t>Kimsin Sen?</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052797341</t>
+          <t>9786052797310</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Robi Kurtar Bizi</t>
+          <t>Filistin Atlası</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052797044</t>
+          <t>9786052791288</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Ejderha Sangal (1. Kitap)</t>
+          <t>Muhteşem Zafer Çanakkale (Ciltli)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052797068</t>
+          <t>9786052797327</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Yelbegen ve Zümrüdüanka (3. Kitap)</t>
+          <t>Bir Şey ile Hiçbir Şey</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052797075</t>
+          <t>9786052797341</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Salahana Kayalıkları (4. Kitap)</t>
+          <t>Robi Kurtar Bizi</t>
         </is>
       </c>
       <c r="C742" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052797051</t>
+          <t>9786052797044</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - Kayıp Tigin (2. Kitap)</t>
+          <t>Kutalmış - Ejderha Sangal (1. Kitap)</t>
         </is>
       </c>
       <c r="C743" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052797082</t>
+          <t>9786052797068</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış - İtbaraklar (5. Kitap)</t>
+          <t>Kutalmış - Yelbegen ve Zümrüdüanka (3. Kitap)</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052796931</t>
+          <t>9786052797075</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Bilim Serisi, Deprem</t>
+          <t>Kutalmış - Salahana Kayalıkları (4. Kitap)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052794012</t>
+          <t>9786052797051</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Efsane Tatilim</t>
+          <t>Kutalmış - Kayıp Tigin (2. Kitap)</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052797006</t>
+          <t>9786052797082</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Karınca Saldırısı - Sıra Dışı Doğa Parkı</t>
+          <t>Kutalmış - İtbaraklar (5. Kitap)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052797013</t>
+          <t>9786052796931</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Maymunlar - Sıra Dışı Doğa Parkı</t>
+          <t>Bilim Serisi, Deprem</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052797020</t>
+          <t>9786052794012</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Aslan Firarda - Sıra Dışı Doğa Parkı</t>
+          <t>Efsane Tatilim</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052797037</t>
+          <t>9786052797006</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Yavruyu Yakala - Sıra Dışı Doğa Parkı</t>
+          <t>Karınca Saldırısı - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C750" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052797297</t>
+          <t>9786052797013</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Ses Bakkalı</t>
+          <t>Haylaz Maymunlar - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052793077</t>
+          <t>9786052797020</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Aşçı</t>
+          <t>Aslan Firarda - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>8680628431060</t>
+          <t>9786052797037</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Sanat Gezileri Seti (5 Kitap)</t>
+          <t>Yavruyu Yakala - Sıra Dışı Doğa Parkı</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052796566</t>
+          <t>9786052797297</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>10’uncu Yumurta, Say Bakalım! (Ciltli)</t>
+          <t>Ses Bakkalı</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052796597</t>
+          <t>9786052793077</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Çok Değerlisin (Ciltli)</t>
+          <t>Muhteşem Aşçı</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052796580</t>
+          <t>8680628431060</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kaplan</t>
+          <t>Sanat Gezileri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052796573</t>
+          <t>9786052796566</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Annemin İzin Günü (Ciltli)</t>
+          <t>10’uncu Yumurta, Say Bakalım! (Ciltli)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052796979</t>
+          <t>9786052796597</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Yuvamı İstiyorum</t>
+          <t>Çok Değerlisin (Ciltli)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052796900</t>
+          <t>9786052796580</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Cabir B. Hayyan</t>
+          <t>Arkadaşım Kaplan</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052796887</t>
+          <t>9786052796573</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>YouTuber Sertaç Abi’yle Sorudan Soruya</t>
+          <t>Annemin İzin Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052796924</t>
+          <t>9786052796979</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Beyin</t>
+          <t>Yuvamı İstiyorum</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052796917</t>
+          <t>9786052796900</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Gökada Ekspresi</t>
+          <t>Cabir B. Hayyan</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052796948</t>
+          <t>9786052796887</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kral Robotik'in Yumurtası</t>
+          <t>YouTuber Sertaç Abi’yle Sorudan Soruya</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052793893</t>
+          <t>9786052796924</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Deniz Ülkesinde</t>
+          <t>Beyin</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052796894</t>
+          <t>9786052796917</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Biz Filistinliyiz</t>
+          <t>Gökada Ekspresi</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789755013732</t>
+          <t>9786052796948</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Piyesler (İlköğretim, Lise ve Dengi Okullarda)</t>
+          <t>Kral Robotik'in Yumurtası</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789755016085</t>
+          <t>9786052793893</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Gakgukların Maceraları (6 Takım Kitap)</t>
+          <t>Yüksek Deniz Ülkesinde</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789755014739</t>
+          <t>9786052796894</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Ses Yarışması</t>
+          <t>Biz Filistinliyiz</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789755014760</t>
+          <t>9789755013732</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Süslü Çikolata</t>
+          <t>Piyesler (İlköğretim, Lise ve Dengi Okullarda)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789755014746</t>
+          <t>9789755016085</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Karga</t>
+          <t>Gakgukların Maceraları (6 Takım Kitap)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789755014807</t>
+          <t>9789755014739</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gaki</t>
+          <t>Ses Yarışması</t>
         </is>
       </c>
       <c r="C771" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789755014722</t>
+          <t>9789755014760</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Gukki</t>
+          <t>Süslü Çikolata</t>
         </is>
       </c>
       <c r="C772" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789755014753</t>
+          <t>9789755014746</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Ay Nereye Kayboldu?</t>
+          <t>Pamuk Karga</t>
         </is>
       </c>
       <c r="C773" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052793084</t>
+          <t>9789755014807</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Gece ve Bisküvi Kutusu</t>
+          <t>Mavi Gaki</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052796795</t>
+          <t>9789755014722</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kemankeş Sırrının Peşinde</t>
+          <t>Şarkıcı Gukki</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052796863</t>
+          <t>9789755014753</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Orman Kahvesi</t>
+          <t>Ay Nereye Kayboldu?</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052796153</t>
+          <t>9786052793084</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunları: Hacivat ve Karagöz’ün Peşinde</t>
+          <t>Tavşan Gece ve Bisküvi Kutusu</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052796849</t>
+          <t>9786052796795</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Arkadaş</t>
+          <t>Kemankeş Sırrının Peşinde</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052796771</t>
+          <t>9786052796863</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kitabın Öyküsü</t>
+          <t>Orman Kahvesi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052796818</t>
+          <t>9786052796153</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Dedem Kodlama Öğreniyor</t>
+          <t>Gölge Oyunları: Hacivat ve Karagöz’ün Peşinde</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052796832</t>
+          <t>9786052796849</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Amasyalı Hekim Sabuncuoğlu Şerefeddin - Bilimin Öncüleri</t>
+          <t>Sonsuza Kadar Arkadaş</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052796801</t>
+          <t>9786052796771</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Cep Herkülü Naim Süleymanoğlu</t>
+          <t>Kitabın Öyküsü</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052794807</t>
+          <t>9786052796818</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Ellerim Minik Ama</t>
+          <t>Dedem Kodlama Öğreniyor</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052796511</t>
+          <t>9786052796832</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar -Kayıp Pavurya</t>
+          <t>Amasyalı Hekim Sabuncuoğlu Şerefeddin - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052796528</t>
+          <t>9786052796801</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar Üç Gün Kuralı</t>
+          <t>Ben Kimim? - Cep Herkülü Naim Süleymanoğlu</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052796504</t>
+          <t>9786052794807</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya Okula Hazırlık - Okuma Yazma Etkinlikleri</t>
+          <t>Ellerim Minik Ama</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052796498</t>
+          <t>9786052796511</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar - Kumlu Hastalanıyor</t>
+          <t>Mavi Dünya’dan Masallar -Kayıp Pavurya</t>
         </is>
       </c>
       <c r="C787" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052796474</t>
+          <t>9786052796528</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar- İnci Festivali</t>
+          <t>Mavi Dünya’dan Masallar Üç Gün Kuralı</t>
         </is>
       </c>
       <c r="C788" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052796825</t>
+          <t>9786052796504</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Aslan Hürkuş 3 - Anka Adası</t>
+          <t>Mavi Dünya Okula Hazırlık - Okuma Yazma Etkinlikleri</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052796467</t>
+          <t>9786052796498</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya ile Okula Hazırlık - Görsel Dikkat Etkinlikleri (Ciltli)</t>
+          <t>Mavi Dünya’dan Masallar - Kumlu Hastalanıyor</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052796481</t>
+          <t>9786052796474</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Masallar - Denize Atılan Çöpler</t>
+          <t>Mavi Dünya’dan Masallar- İnci Festivali</t>
         </is>
       </c>
       <c r="C791" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052796641</t>
+          <t>9786052796825</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bir Mucidin Öyküsü Steve Jobs</t>
+          <t>Aslan Hürkuş 3 - Anka Adası</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052796672</t>
+          <t>9786052796467</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?- Hikaye Fabrikatörü Roald Dahl</t>
+          <t>Mavi Dünya ile Okula Hazırlık - Görsel Dikkat Etkinlikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052796665</t>
+          <t>9786052796481</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bozkırın Tezenesi Neşet Ertaş</t>
+          <t>Mavi Dünya’dan Masallar - Denize Atılan Çöpler</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052796634</t>
+          <t>9786052796641</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Genetik</t>
+          <t>Ben Kimim? - Bir Mucidin Öyküsü Steve Jobs</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052796658</t>
+          <t>9786052796672</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Bir Halk Ozanı Aşık Veysel</t>
+          <t>Ben Kimim?- Hikaye Fabrikatörü Roald Dahl</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052796788</t>
+          <t>9786052796665</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Benim Evim</t>
+          <t>Ben Kimim? - Bozkırın Tezenesi Neşet Ertaş</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>8680628431527</t>
+          <t>9786052796634</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Tekin Serisi (10 kitap)</t>
+          <t>Genetik</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052796535</t>
+          <t>9786052796658</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Etkinlikli HikAyeler - İnci İz Peşinde</t>
+          <t>Ben Kimim? - Bir Halk Ozanı Aşık Veysel</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052796276</t>
+          <t>9786052796788</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Keşfi</t>
+          <t>Türkçe Benim Evim</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052796542</t>
+          <t>8680628431527</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Meslekler</t>
+          <t>Tekin Serisi (10 kitap)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052796283</t>
+          <t>9786052796535</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Unutkanlık Diyarı</t>
+          <t>Mavi Dünya’dan Etkinlikli HikAyeler - İnci İz Peşinde</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052796559</t>
+          <t>9786052796276</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Paylaşım Zamanı</t>
+          <t>Kütüphane Keşfi</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052796603</t>
+          <t>9786052796542</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey’in Örümcek Hikayesi</t>
+          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Meslekler</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052796306</t>
+          <t>9786052796283</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Otelde Gizem</t>
+          <t>Unutkanlık Diyarı</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052793961</t>
+          <t>9786052796559</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bilim İnsanları</t>
+          <t>Mavi Dünya’dan Etkinlikli Hikayeler - Paylaşım Zamanı</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052794791</t>
+          <t>9786052796603</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalem (Ciltli)</t>
+          <t>Tanburi Cemil Bey’in Örümcek Hikayesi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052792681</t>
+          <t>9786052796306</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğreten Sözlük (2 Cilt Takım) (Ciltli)</t>
+          <t>Muhteşem Otelde Gizem</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>3200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786053499237</t>
+          <t>9786052793961</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kesirler Hayat Kurtarır Mı?</t>
+          <t>Muhteşem Bilim İnsanları</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786053499251</t>
+          <t>9786052794791</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Şekiller Krallığı'na Yolculuk</t>
+          <t>Minik Kalem (Ciltli)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>8680628431473</t>
+          <t>9786052792681</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuş ve Görgü Kuralları - 10 Kitap</t>
+          <t>Türkçe Öğreten Sözlük (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>450</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052796078</t>
+          <t>9786053499237</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Aslan Çizgi Çalışmaları</t>
+          <t>Kesirler Hayat Kurtarır Mı?</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052796092</t>
+          <t>9786053499251</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Aslan Fen Etkinlikleri</t>
+          <t>Şekiller Krallığı'na Yolculuk</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052796108</t>
+          <t>8680628431473</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kavram Etkinlikleri</t>
+          <t>Minik Kuş ve Görgü Kuralları - 10 Kitap</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>8680628431480</t>
+          <t>9786052796078</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Bizim Takım (9 Kitap)</t>
+          <t>Aslan Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052793749</t>
+          <t>9786052796092</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Süper Takım - Bizim Takım</t>
+          <t>Aslan Fen Etkinlikleri</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052793787</t>
+          <t>9786052796108</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Futbol Kampı - Bizim Takım</t>
+          <t>Aslan Kavram Etkinlikleri</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052793763</t>
+          <t>8680628431480</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Ligin Gözdesi - Bizim Takım</t>
+          <t>Bizim Takım (9 Kitap)</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052793770</t>
+          <t>9786052793749</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Futbol Makinesi - Bizim Takım</t>
+          <t>Süper Takım - Bizim Takım</t>
         </is>
       </c>
       <c r="C819" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052793824</t>
+          <t>9786052793787</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kupası Kahramanları - Bizim Takım</t>
+          <t>Futbol Kampı - Bizim Takım</t>
         </is>
       </c>
       <c r="C820" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052793817</t>
+          <t>9786052793763</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Süperstarları - Bizim Takım</t>
+          <t>Ligin Gözdesi - Bizim Takım</t>
         </is>
       </c>
       <c r="C821" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052793800</t>
+          <t>9786052793770</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Futbol Kuralları - Bizim Takım</t>
+          <t>Futbol Makinesi - Bizim Takım</t>
         </is>
       </c>
       <c r="C822" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052793794</t>
+          <t>9786052793824</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Ustaları - Bizim Takım</t>
+          <t>Dünya Kupası Kahramanları - Bizim Takım</t>
         </is>
       </c>
       <c r="C823" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052793756</t>
+          <t>9786052793817</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Oyun Dışı Kalma - Bizim Takım</t>
+          <t>Futbolun Süperstarları - Bizim Takım</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052793978</t>
+          <t>9786052793800</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Bahadır: Sirius'un Seçimi</t>
+          <t>Futbol Kuralları - Bizim Takım</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052793732</t>
+          <t>9786052793794</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Temsili Kahraman</t>
+          <t>Futbolun Ustaları - Bizim Takım</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052793947</t>
+          <t>9786052793756</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Prensi</t>
+          <t>Oyun Dışı Kalma - Bizim Takım</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052793725</t>
+          <t>9786052793978</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Hayal Eden Kaşifler: Hezarfen ve Lagari</t>
+          <t>Bahadır: Sirius'un Seçimi</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052793985</t>
+          <t>9786052793732</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Aslan Hürkuş: Görevimiz Gökbey</t>
+          <t>Temsili Kahraman</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052793718</t>
+          <t>9786052793947</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çikolata Kutusu</t>
+          <t>İlkbahar Prensi</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052793701</t>
+          <t>9786052793725</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Yeni Saçlarım</t>
+          <t>Uçmayı Hayal Eden Kaşifler: Hezarfen ve Lagari</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052793862</t>
+          <t>9786052793985</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 9-12 Yaş</t>
+          <t>Aslan Hürkuş: Görevimiz Gökbey</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052793886</t>
+          <t>9786052793718</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 6-9 yaş</t>
+          <t>Kırmızı Çikolata Kutusu</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052793923</t>
+          <t>9786052793701</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 3-6 Yaş</t>
+          <t>Yeni Saçlarım</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052793909</t>
+          <t>9786052793862</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Evde Montessori 0-3 Yaş</t>
+          <t>Evde Montessori 9-12 Yaş</t>
         </is>
       </c>
       <c r="C835" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786053499244</t>
+          <t>9786052793886</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Zihnimdeki Hesap Makinesi</t>
+          <t>Evde Montessori 6-9 yaş</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052793398</t>
+          <t>9786052793923</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Evde Montessori 3-6 Yaş</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052793404</t>
+          <t>9786052793909</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Balonla 5 Hafta</t>
+          <t>Evde Montessori 0-3 Yaş</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>8680628431398</t>
+          <t>9786053499244</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Soru Küpü Suat (5 kitap)</t>
+          <t>Zihnimdeki Hesap Makinesi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052793381</t>
+          <t>9786052793398</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C840" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052793640</t>
+          <t>9786052793404</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Dijital Enfeksiyon</t>
+          <t>Balonla 5 Hafta</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052793619</t>
+          <t>8680628431398</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot Şehre Gelsin</t>
+          <t>Soru Küpü Suat (5 kitap)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052793336</t>
+          <t>9786052793381</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Kurtarma Operasyonu - Robot Arkadaşım 2</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052793343</t>
+          <t>9786052793640</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Çin’de Kurtarma Operasyonu - Robot Arkadaşım 1</t>
+          <t>Dijital Enfeksiyon</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052793350</t>
+          <t>9786052793619</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Hıçkırık’ı Kurtarma Operasyonu - Robot Arkadaşım 4</t>
+          <t>Don Kişot Şehre Gelsin</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052793329</t>
+          <t>9786052793336</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Uydu Kurtarma Operasyonu - Robot Arkadaşım 3</t>
+          <t>Hafıza Kurtarma Operasyonu - Robot Arkadaşım 2</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052793299</t>
+          <t>9786052793343</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Masalistanbul 3 - Kardeş Şehirler Kapısı</t>
+          <t>Çin’de Kurtarma Operasyonu - Robot Arkadaşım 1</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052793138</t>
+          <t>9786052793350</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Mavi Döngünün Gizemli Kitabı</t>
+          <t>Hıçkırık’ı Kurtarma Operasyonu - Robot Arkadaşım 4</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052793237</t>
+          <t>9786052793329</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>18+2 Ağaçkakan</t>
+          <t>Uydu Kurtarma Operasyonu - Robot Arkadaşım 3</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052793220</t>
+          <t>9786052793299</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Kara Karga Seyahate Çıkıyor</t>
+          <t>Masalistanbul 3 - Kardeş Şehirler Kapısı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052792957</t>
+          <t>9786052793138</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirmede Oyun Mucizesi</t>
+          <t>Mavi Döngünün Gizemli Kitabı</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052793152</t>
+          <t>9786052793237</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bilimsel Fikirler</t>
+          <t>18+2 Ağaçkakan</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052793206</t>
+          <t>9786052793220</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Şeylerin Sıra Dışı Yolculuğu</t>
+          <t>Kara Karga Seyahate Çıkıyor</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052793275</t>
+          <t>9786052792957</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Siber Kahramanlar</t>
+          <t>Çocuk Yetiştirmede Oyun Mucizesi</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052793411</t>
+          <t>9786052793152</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000</t>
+          <t>Büyük Bilimsel Fikirler</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052793428</t>
+          <t>9786052793206</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Merkezine Yolculuk</t>
+          <t>Sıradan Şeylerin Sıra Dışı Yolculuğu</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052793435</t>
+          <t>9786052793275</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Fatih Robur</t>
+          <t>Siber Kahramanlar</t>
         </is>
       </c>
       <c r="C857" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052793442</t>
+          <t>9786052793411</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Robinsonlar Okulu</t>
+          <t>Denizler Altında 20.000</t>
         </is>
       </c>
       <c r="C858" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052793657</t>
+          <t>9786052793428</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Pervaneli Hafiye</t>
+          <t>Dünya’nın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052793633</t>
+          <t>9786052793435</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Böcekistan Krallığı</t>
+          <t>Fatih Robur</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052793626</t>
+          <t>9786052793442</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Hallet, Göreyim Seni</t>
+          <t>Robinsonlar Okulu</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052793312</t>
+          <t>9786052793657</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Hayal Oyunu</t>
+          <t>Pervaneli Hafiye</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052793367</t>
+          <t>9786052793633</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Yalnız Balinası</t>
+          <t>Böcekistan Krallığı</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052793695</t>
+          <t>9786052793626</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun Bubu'yu Gördün mü?</t>
+          <t>Hallet, Göreyim Seni</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052793374</t>
+          <t>9786052793312</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Robi Çıldırdı</t>
+          <t>Hayal Oyunu</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052793466</t>
+          <t>9786052793367</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunları 2</t>
+          <t>Dünyanın En Yalnız Balinası</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052792797</t>
+          <t>9786052793695</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Lütfen Demeyi Nasıl Öğretirsin?</t>
+          <t>Bukalemun Bubu'yu Gördün mü?</t>
         </is>
       </c>
       <c r="C867" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052792827</t>
+          <t>9786052793374</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Teşekkür Ederim Demeyi Nasıl Öğretirsin?</t>
+          <t>Robi Çıldırdı</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052792810</t>
+          <t>9786052793466</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Özür Dilerim Demeyi Nasıl Öğretirsin?</t>
+          <t>Gölge Oyunları 2</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052792803</t>
+          <t>9786052792797</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Ejderhana Merhaba Demeyi Nasıl Öğretirsin?</t>
+          <t>Ejderhana Lütfen Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052793282</t>
+          <t>9786052792827</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Penguen Fu</t>
+          <t>Ejderhana Teşekkür Ederim Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052793107</t>
+          <t>9786052792810</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Bir Tohum Masalı</t>
+          <t>Ejderhana Özür Dilerim Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052793244</t>
+          <t>9786052792803</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Kedisini Arayan Yazar</t>
+          <t>Ejderhana Merhaba Demeyi Nasıl Öğretirsin?</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052793213</t>
+          <t>9786052793282</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Nar Kızı</t>
+          <t>Penguen Fu</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052793121</t>
+          <t>9786052793107</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Bilimler Tarihçisi Fuat Sezgin</t>
+          <t>Bir Tohum Masalı</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052793169</t>
+          <t>9786052793244</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’ın En Büyük Mucidi Cezeri</t>
+          <t>Kedisini Arayan Yazar</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>8680628431312</t>
+          <t>9786052793213</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Muhafızları Dizisi 5 Kitap</t>
+          <t>Nar Kızı</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>620</v>
+        <v>200</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052792728</t>
+          <t>9786052793121</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Tuzak - Yerimde Olsan</t>
+          <t>Bilimler Tarihçisi Fuat Sezgin</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052793008</t>
+          <t>9786052793169</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Dünya - Yerimde Olsan</t>
+          <t>Orta Çağ’ın En Büyük Mucidi Cezeri</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052792773</t>
+          <t>8680628431312</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bulduğum Gün - Yerimde Olsan</t>
+          <t>Türkçenin Muhafızları Dizisi 5 Kitap</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>100</v>
+        <v>620</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052793015</t>
+          <t>9786052792728</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Diyetler! - Yerimde Olsan</t>
+          <t>Ormandaki Tuzak - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C881" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052792780</t>
+          <t>9786052793008</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmem Hakkında Her Şey - Yerimde Olsan</t>
+          <t>Kalbimdeki Dünya - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C882" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052792742</t>
+          <t>9786052792773</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraflarda Kalan Ailem - Yerimde Olsan</t>
+          <t>Annemi Bulduğum Gün - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C883" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052792735</t>
+          <t>9786052793015</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Ninem Bir Uzaylı - Yerimde Olsan</t>
+          <t>Ah Şu Diyetler! - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C884" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052792711</t>
+          <t>9786052792780</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Ülkemde Çiçekler Açtığında - Yerimde Olsan</t>
+          <t>Öğrenmem Hakkında Her Şey - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C885" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>8680628431305</t>
+          <t>9786052792742</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Yerimde Olsan Dizisi ( 10 Kitap )</t>
+          <t>Fotoğraflarda Kalan Ailem - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>950</v>
+        <v>100</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052792759</t>
+          <t>9786052792735</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Bizi Bekleyen Elmalar - Yerimde Olsan</t>
+          <t>Ninem Bir Uzaylı - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C887" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052793114</t>
+          <t>9786052792711</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Hocası - Türkçenin Muhafızları 5</t>
+          <t>Ülkemde Çiçekler Açtığında - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052792971</t>
+          <t>8680628431305</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 1 - Uyuz İnek Nasıl Boğa Olur?</t>
+          <t>Yerimde Olsan Dizisi ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>160</v>
+        <v>950</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052792995</t>
+          <t>9786052792759</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 3 - Kuyruksuz At</t>
+          <t>Bizi Bekleyen Elmalar - Yerimde Olsan</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052792988</t>
+          <t>9786052793114</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ok 2 - Tepik Oyunu</t>
+          <t>Gönüllerin Hocası - Türkçenin Muhafızları 5</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052792940</t>
+          <t>9786052792971</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Musa Kardeşler - Bilimin Üç Kardeşi</t>
+          <t>Küçük Ok 1 - Uyuz İnek Nasıl Boğa Olur?</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052792919</t>
+          <t>9786052792995</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirebilirsin</t>
+          <t>Küçük Ok 3 - Kuyruksuz At</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052792841</t>
+          <t>9786052792988</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Küçük Ok 2 - Tepik Oyunu</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052792834</t>
+          <t>9786052792940</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Ayı Ze - Akıntıdaki Yapraklar</t>
+          <t>Musa Kardeşler - Bilimin Üç Kardeşi</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052792926</t>
+          <t>9786052792919</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar, Bulut ve Kızılkuyruk 3</t>
+          <t>Dünyayı Değiştirebilirsin</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052792933</t>
+          <t>9786052792841</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Adalet Savaşçısı Aliya</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>8680628431190</t>
+          <t>9786052792834</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü Kek Çetesi Seti (5 Kitap Takım)</t>
+          <t>Ayı Ze - Akıntıdaki Yapraklar</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052791578</t>
+          <t>9786052792926</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Hani Derler Ya... - Burada Türkçe Konuşuyoruz 5</t>
+          <t>Rüzgar, Bulut ve Kızılkuyruk 3</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052791585</t>
+          <t>9786052792933</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Sizin Orada Ne Diyorlar? - Burada Türkçe Konuşuyoruz 4</t>
+          <t>Özgürlük ve Adalet Savaşçısı Aliya</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052791592</t>
+          <t>8680628431190</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Cool Olma Kendin Ol! - Burada Türkçe Konuşuyoruz 3</t>
+          <t>Üzümlü Kek Çetesi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>8680628431152</t>
+          <t>9786052791578</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Burada Türkçe Konuşuyoruz (5 Kitap Takım)</t>
+          <t>Hani Derler Ya... - Burada Türkçe Konuşuyoruz 5</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052791608</t>
+          <t>9786052791585</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Siz Var Ne Demek? - Burada Türkçe Konuşuyoruz 2</t>
+          <t>Sizin Orada Ne Diyorlar? - Burada Türkçe Konuşuyoruz 4</t>
         </is>
       </c>
       <c r="C903" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052791615</t>
+          <t>9786052791592</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Hatalıysam Söyle! - Burada Türkçe Konuşuyoruz 1</t>
+          <t>Cool Olma Kendin Ol! - Burada Türkçe Konuşuyoruz 3</t>
         </is>
       </c>
       <c r="C904" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052791929</t>
+          <t>8680628431152</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Bilime Bir Katkımız Olsun – Uçuk Kaçık Ayşe ile Bilim 4</t>
+          <t>Burada Türkçe Konuşuyoruz (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052791912</t>
+          <t>9786052791608</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Atomun Bundan Haberi Var mı? - Uçuk Kaçık Ayşe ile Bilim 3</t>
+          <t>Siz Var Ne Demek? - Burada Türkçe Konuşuyoruz 2</t>
         </is>
       </c>
       <c r="C906" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052791660</t>
+          <t>9786052791615</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Gümbürtüye Gittim – Uçuk Kaçık Ayşe ile Bilim 2</t>
+          <t>Hatalıysam Söyle! - Burada Türkçe Konuşuyoruz 1</t>
         </is>
       </c>
       <c r="C907" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052791653</t>
+          <t>9786052791929</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ne Güzel Şey – Uçuk Kaçık Ayşe ile Bilim 1</t>
+          <t>Bilime Bir Katkımız Olsun – Uçuk Kaçık Ayşe ile Bilim 4</t>
         </is>
       </c>
       <c r="C908" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>8680628431220</t>
+          <t>9786052791912</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Ayşe ile Bilim (5 kitap Takım)</t>
+          <t>Atomun Bundan Haberi Var mı? - Uçuk Kaçık Ayşe ile Bilim 3</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052791936</t>
+          <t>9786052791660</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Komedi Bizi Kurtaracak - Uçuk Kaçık Ayşe ile Bilim 5</t>
+          <t>Gümbürtüye Gittim – Uçuk Kaçık Ayşe ile Bilim 2</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>8680628431206</t>
+          <t>9786052791653</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri 2 (5 Kitap Takım)</t>
+          <t>Bilim Ne Güzel Şey – Uçuk Kaçık Ayşe ile Bilim 1</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052791455</t>
+          <t>8680628431220</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Komutları Nasıl Takip Eder? – Küçük Yazılımcılar İçin Rehber</t>
+          <t>Uçuk Kaçık Ayşe ile Bilim (5 kitap Takım)</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052791905</t>
+          <t>9786052791936</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Tahterevalliler Nasıl Hareket Eder? – Küçük Mühendisler için Rehber</t>
+          <t>Komedi Bizi Kurtaracak - Uçuk Kaçık Ayşe ile Bilim 5</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052791646</t>
+          <t>8680628431206</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Kodlama</t>
+          <t>Bilimin Öncüleri 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052791462</t>
+          <t>9786052791455</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Bir Pizza Dilimini Nasıl Ölçersin? - Küçük Matematikçiler İçin Rehber</t>
+          <t>Bilgisayar Komutları Nasıl Takip Eder? – Küçük Yazılımcılar İçin Rehber</t>
         </is>
       </c>
       <c r="C915" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052791899</t>
+          <t>9786052791905</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Moleküller Nasıl Bir Arada Kalır? – Küçük Kimyagerler İçin Rehber</t>
+          <t>Tahterevalliler Nasıl Hareket Eder? – Küçük Mühendisler için Rehber</t>
         </is>
       </c>
       <c r="C916" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052791448</t>
+          <t>9786052791646</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Köprüler Neden Düşmez? - Küçük Mimarlar ve Müühendisler İçin Rehber</t>
+          <t>Hikayelerle Kodlama</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052791691</t>
+          <t>9786052791462</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Adam Efsanesi - Üzümlü Kek Çetesi 2</t>
+          <t>Bir Pizza Dilimini Nasıl Ölçersin? - Küçük Matematikçiler İçin Rehber</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052791844</t>
+          <t>9786052791899</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Hırsız mı Kahraman mı? - Üzümlü Kek Çetesi 4</t>
+          <t>Moleküller Nasıl Bir Arada Kalır? – Küçük Kimyagerler İçin Rehber</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052791684</t>
+          <t>9786052791448</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Ekip Kuruluyor - Üzümlü Kek Çetesi 1</t>
+          <t>Köprüler Neden Düşmez? - Küçük Mimarlar ve Müühendisler İçin Rehber</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052791707</t>
+          <t>9786052791691</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Sivrisineklere Karşı - Üzümlü Kek Çetesi 3</t>
+          <t>Kırmızı Adam Efsanesi - Üzümlü Kek Çetesi 2</t>
         </is>
       </c>
       <c r="C921" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052791851</t>
+          <t>9786052791844</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Pembeli Teyzeyi Takip - Üzümlü Kek Çetesi 5</t>
+          <t>Hırsız mı Kahraman mı? - Üzümlü Kek Çetesi 4</t>
         </is>
       </c>
       <c r="C922" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>8680628430889</t>
+          <t>9786052791684</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri 2 (10 Kitap)</t>
+          <t>Ekip Kuruluyor - Üzümlü Kek Çetesi 1</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>950</v>
+        <v>140</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>8680628430872</t>
+          <t>9786052791707</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri 1 (10 Kitap)</t>
+          <t>Sivrisineklere Karşı - Üzümlü Kek Çetesi 3</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>950</v>
+        <v>140</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>8680628430865</t>
+          <t>9786052791851</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerimiz Dizisi 2 (10 Kitap)</t>
+          <t>Pembeli Teyzeyi Takip - Üzümlü Kek Çetesi 5</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>950</v>
+        <v>140</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>8680628430858</t>
+          <t>8680628430889</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerimiz Dizisi 1 (10 Kitap)</t>
+          <t>Dünya Klasikleri 2 (10 Kitap)</t>
         </is>
       </c>
       <c r="C926" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789755010854</t>
+          <t>8680628430872</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Erdem Çocuk Klasikleri - Karagöz ile Hacivat</t>
+          <t>Dünya Çocuk Klasikleri 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789755010502</t>
+          <t>8680628430865</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri - Define Adası</t>
+          <t>Klasiklerimiz Dizisi 2 (10 Kitap)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052791622</t>
+          <t>8680628430858</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Demirden Kale - Masal İstanbul 2</t>
+          <t>Klasiklerimiz Dizisi 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>240</v>
+        <v>950</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052791356</t>
+          <t>9789755010854</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>İbrahim İle Kartopu</t>
+          <t>Erdem Çocuk Klasikleri - Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>8680628431008</t>
+          <t>9789755010502</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri Set (5 Kitap Takım)</t>
+          <t>Dünya Çocuk Klasikleri - Define Adası</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052791561</t>
+          <t>9786052791622</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Kurtubalı Lübna: Endülüs’ün Büyük Bilim Kadını - Bilimin Öncüleri</t>
+          <t>Demirden Kale - Masal İstanbul 2</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>8680628431145</t>
+          <t>9786052791356</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Mavi Öyküler Set (5 Kitap Takım)</t>
+          <t>İbrahim İle Kartopu</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052791318</t>
+          <t>8680628431008</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>İbni Battuta</t>
+          <t>Bilimin Öncüleri Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052791301</t>
+          <t>9786052791561</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Meryem Usturlabi</t>
+          <t>Kurtubalı Lübna: Endülüs’ün Büyük Bilim Kadını - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C935" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052791325</t>
+          <t>8680628431145</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Filanca Operasyon</t>
+          <t>Mavi Öyküler Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786053499633</t>
+          <t>9786052791318</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Cebrin Babası Harizmi - Bilimin Öncüleri</t>
+          <t>İbni Battuta</t>
         </is>
       </c>
       <c r="C937" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052791233</t>
+          <t>9786052791301</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>21 Yaşında Çağ Açıp Çağ Kapayan Fatih Sultan Mehmet</t>
+          <t>Meryem Usturlabi</t>
         </is>
       </c>
       <c r="C938" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052791271</t>
+          <t>9786052791325</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıtanın ve Üç Denizin Hakimi Kanuni Sultan Süleyman</t>
+          <t>Filanca Operasyon</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052791240</t>
+          <t>9786053499633</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Balkan Fatihi Sultan 2. Murat</t>
+          <t>Cebrin Babası Harizmi - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C940" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052791257</t>
+          <t>9786052791233</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Barış ve İmarı Seven Padişah 2. Beyazıt</t>
+          <t>21 Yaşında Çağ Açıp Çağ Kapayan Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C941" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052791080</t>
+          <t>9786052791271</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Seslerden Müziğe Yolculuk</t>
+          <t>Üç Kıtanın ve Üç Denizin Hakimi Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052791196</t>
+          <t>9786052791240</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Okyanustaki Dostlarımız</t>
+          <t>Balkan Fatihi Sultan 2. Murat</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052791202</t>
+          <t>9786052791257</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Hangi Mevsim?</t>
+          <t>Barış ve İmarı Seven Padişah 2. Beyazıt</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052791134</t>
+          <t>9786052791080</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yaprağın Peşinde</t>
+          <t>Seslerden Müziğe Yolculuk</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052790571</t>
+          <t>9786052791196</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Anadolu ve Balkanlara Vurulan Mühür Yıldırım Beyazıd</t>
+          <t>Okyanustaki Dostlarımız</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052790564</t>
+          <t>9786052791202</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Devletten İmparatorluğa Sultan I. Murad</t>
+          <t>Hangi Mevsim?</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052790939</t>
+          <t>9786052791134</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Çınar ile Sincap</t>
+          <t>Gizemli Yaprağın Peşinde</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052790557</t>
+          <t>9786052790571</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Bulut ve Yağmur</t>
+          <t>Anadolu ve Balkanlara Vurulan Mühür Yıldırım Beyazıd</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052790601</t>
+          <t>9786052790564</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Mühürdar - Harita Koruyucuları</t>
+          <t>Devletten İmparatorluğa Sultan I. Murad</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052790595</t>
+          <t>9786052790939</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Zaman Misafirleri - Harita Koruyucuları</t>
+          <t>Çınar ile Sincap</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052790717</t>
+          <t>9786052790557</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Muhafızları 4 - Kelimelerin Işığı</t>
+          <t>Rüzgar Bulut ve Yağmur</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052790298</t>
+          <t>9786052790601</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen - Harita Koruyucuları</t>
+          <t>Mühürdar - Harita Koruyucuları</t>
         </is>
       </c>
       <c r="C953" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052790830</t>
+          <t>9786052790595</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Eski Köşkün Gizemi</t>
+          <t>Zaman Misafirleri - Harita Koruyucuları</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052790755</t>
+          <t>9786052790717</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot (B1 Türkish Graded Readers)</t>
+          <t>Türkçenin Muhafızları 4 - Kelimelerin Işığı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052790779</t>
+          <t>9786052790298</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Leyla İle Mecnun - (B1 Turkish Graded Readers)</t>
+          <t>Geçmişten Gelen - Harita Koruyucuları</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052790809</t>
+          <t>9786052790830</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Tavuklar Şapka Takar mı?</t>
+          <t>Eski Köşkün Gizemi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052790793</t>
+          <t>9786052790755</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Kaşifi İbni Baytar - Bilimin Öncüleri</t>
+          <t>Don Kişot (B1 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052790786</t>
+          <t>9786052790779</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Astronominin Kurucusu Ali Kuşçu - Bilimin Öncüleri</t>
+          <t>Leyla İle Mecnun - (B1 Turkish Graded Readers)</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052790458</t>
+          <t>9786052790809</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Selçuklunun Ulu Sultanı - Alaeddin Keykubad</t>
+          <t>Tavuklar Şapka Takar mı?</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052793183</t>
+          <t>9786052790793</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Akif</t>
+          <t>Bitkilerin Kaşifi İbni Baytar - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052790281</t>
+          <t>9786052790786</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Timsah Temsi'nin Su Yarışı</t>
+          <t>Osmanlı’da Astronominin Kurucusu Ali Kuşçu - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052790267</t>
+          <t>9786052790458</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Timsah Temsi'nin Can Sıkıntısı</t>
+          <t>Selçuklunun Ulu Sultanı - Alaeddin Keykubad</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052790274</t>
+          <t>9786052793183</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Timsah Temsi'nin Diş Ağrısı</t>
+          <t>Akif</t>
         </is>
       </c>
       <c r="C964" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052790335</t>
+          <t>9786052790281</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Beylikten Devlete Orhan Gazi</t>
+          <t>Timsah Temsi'nin Su Yarışı</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052790342</t>
+          <t>9786052790267</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Aşiretten Beyliğe Osman Gazi</t>
+          <t>Timsah Temsi'nin Can Sıkıntısı</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786053499725</t>
+          <t>9786052790274</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Yeni Okul Yeni Macera - Acar Dedektif Eda 1</t>
+          <t>Timsah Temsi'nin Diş Ağrısı</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>8680628431015</t>
+          <t>9786052790335</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Tuz Dedektifleri (5 Kitap Takım)</t>
+          <t>Beylikten Devlete Orhan Gazi</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>490</v>
+        <v>130</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052790212</t>
+          <t>9786052790342</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Şiir Defteri Nerede? - Tuz Dedektifleri</t>
+          <t>Aşiretten Beyliğe Osman Gazi</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052790175</t>
+          <t>9786053499725</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Görünenin Ardındaki Gerçek - Tuz Dedektifleri</t>
+          <t>Yeni Okul Yeni Macera - Acar Dedektif Eda 1</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052790199</t>
+          <t>8680628431015</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dede - Tuz Dedektifleri</t>
+          <t>Tuz Dedektifleri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052790168</t>
+          <t>9786052790212</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Mektup Kimin? - Tuz Dedektifleri</t>
+          <t>Şiir Defteri Nerede? - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C972" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052790182</t>
+          <t>9786052790175</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Kim? - Tuz Dedektifleri</t>
+          <t>Görünenin Ardındaki Gerçek - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C973" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052790106</t>
+          <t>9786052790199</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina - Bütün Dünyaya Hakim</t>
+          <t>Kayıp Dede - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052790144</t>
+          <t>9786052790168</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Razi - Kimyanın Dehası</t>
+          <t>Esrarengiz Mektup Kimin? - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052790090</t>
+          <t>9786052790182</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey - Gök Bilimin Sultanı</t>
+          <t>Hırsız Kim? - Tuz Dedektifleri</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052790120</t>
+          <t>9786052790106</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>İbni Heysem - Işığın Efendisi</t>
+          <t>İbni Sina - Bütün Dünyaya Hakim</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786052790137</t>
+          <t>9786052790144</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Farabi - Bilimin İkinci Öğretmeni</t>
+          <t>Razi - Kimyanın Dehası</t>
         </is>
       </c>
       <c r="C978" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786052790113</t>
+          <t>9786052790090</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Onaran Adam</t>
+          <t>Uluğ Bey - Gök Bilimin Sultanı</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052790014</t>
+          <t>9786052790120</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Kutuplar - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>İbni Heysem - Işığın Efendisi</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786053499985</t>
+          <t>9786052790137</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Çöller - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Farabi - Bilimin İkinci Öğretmeni</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053499992</t>
+          <t>9786052790113</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Tropikal İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Her Şeyi Onaran Adam</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052790007</t>
+          <t>9786052790014</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz İklimi - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Kutuplar - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C983" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052790021</t>
+          <t>9786053499985</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Ilıman İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
+          <t>Çöller - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C984" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786053499947</t>
+          <t>9786053499992</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklar Ne İşe Yarar?</t>
+          <t>Tropikal İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786053499817</t>
+          <t>9786052790007</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Can Dostumuz Ağaçlar</t>
+          <t>Akdeniz İklimi - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786053499961</t>
+          <t>9786052790021</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Suyun Döngüsü</t>
+          <t>Ilıman İklim - Çocuklar İçin Yaratıcı Etkinliklerle Ekoloji</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786053499879</t>
+          <t>9786053499947</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Kuyruklar Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786053499862</t>
+          <t>9786053499817</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
+          <t>Can Dostumuz Ağaçlar</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786053499848</t>
+          <t>9786053499961</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
+          <t>Suyun Döngüsü</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786053499923</t>
+          <t>9786053499879</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C991" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786053499916</t>
+          <t>9786053499862</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
+          <t>Hayata Hazırlanıyorum - Öğrenmeye İlk Adım (4 Yaş)</t>
         </is>
       </c>
       <c r="C992" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>8680628430827</t>
+          <t>9786053499848</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Öyküler - 10 Kitap Takım</t>
+          <t>Düşünüyorum, Öğreniyorum - Öğrenmeye İlk Adım (5 Yaş)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>570</v>
+        <v>220</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786053499794</t>
+          <t>9786053499923</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ve Bulut</t>
+          <t>Dikkat Ediyorum, Düşünüyorum, Çözüyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786053499787</t>
+          <t>9786053499916</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Zuvata</t>
+          <t>Matematikle Tanışıyorum - Öğrenmeye İlk Adım (3 Yaş)</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786053499503</t>
+          <t>8680628430827</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Süper Numaralar Uzmanı Maytap ve Profesör Gibi</t>
+          <t>Yıldızlı Öyküler - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>125</v>
+        <v>570</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053499282</t>
+          <t>9786053499794</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Çay Süzgecine</t>
+          <t>Rüzgar ve Bulut</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053499459</t>
+          <t>9786053499787</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Muhafızları 3 - Mutluluk Bilgisi</t>
+          <t>Zuvata</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053499367</t>
+          <t>9786053499503</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Sen Yazarsın!</t>
+          <t>Süper Numaralar Uzmanı Maytap ve Profesör Gibi</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>270</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>8680628430469</t>
+          <t>9786053499282</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Öyküler (10 Kitap Takım)</t>
+          <t>Bak Şu Çay Süzgecine</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>570</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053499121</t>
+          <t>9786053499459</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutar Bizi!</t>
+          <t>Türkçenin Muhafızları 3 - Mutluluk Bilgisi</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786053494911</t>
+          <t>9786053499367</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Suskunlar Ülkesinde (Ciltli)</t>
+          <t>Sen Yazarsın!</t>
         </is>
       </c>
       <c r="C1002" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053497691</t>
+          <t>8680628430469</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Bir Kelime Seyyahı</t>
+          <t>Turuncu Öyküler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>125</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053498834</t>
+          <t>9786053499121</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Zamanlar Arası Geçiş</t>
+          <t>Kim Tutar Bizi!</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786053498803</t>
+          <t>9786053494911</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Temmuz Elması</t>
+          <t>Keloğlan Suskunlar Ülkesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053498827</t>
+          <t>9786053497691</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Bir Kelime Seyyahı</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053497721</t>
+          <t>9786053498834</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çizgi</t>
+          <t>Zamanlar Arası Geçiş</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>8680628430636</t>
+          <t>9786053498803</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Apartman Çocuğu (5 Kitap Takım)</t>
+          <t>Temmuz Elması</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786053497707</t>
+          <t>9786053498827</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Simurg'a Yolculuk</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786053497608</t>
+          <t>9786053497721</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey Enstrümanları Anlatıyor</t>
+          <t>Kırmızı Çizgi</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786053497356</t>
+          <t>8680628430636</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İsimler Krallığı 3</t>
+          <t>Apartman Çocuğu (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053497349</t>
+          <t>9786053497707</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İsimler Krallığı 2</t>
+          <t>Simurg'a Yolculuk</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786053490401</t>
+          <t>9786053497608</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım: Düşünme Becerileri Kavram / Renk</t>
+          <t>Tanburi Cemil Bey Enstrümanları Anlatıyor</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786053490395</t>
+          <t>9786053497356</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım: Dil Becerileri</t>
+          <t>Kayıp İsimler Krallığı 3</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>8680628430483</t>
+          <t>9786053497349</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Benim Gezegenim (5 Kitap Set)</t>
+          <t>Kayıp İsimler Krallığı 2</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>590</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>8680628430445</t>
+          <t>9786053490401</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Taş Masalları (6 Kitap Takım)</t>
+          <t>İlk Etkinlik Kitabım: Düşünme Becerileri Kavram / Renk</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>8680628430315</t>
+          <t>9786053490395</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Göl Masalları (10 Kitap Takım)</t>
+          <t>İlk Etkinlik Kitabım: Dil Becerileri</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786053494874</t>
+          <t>8680628430483</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Üç Korkusuz Arkadaş</t>
+          <t>Benim Gezegenim (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>200</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789755013374</t>
+          <t>8680628430445</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları</t>
+          <t>Taş Masalları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789755016337</t>
+          <t>8680628430315</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerimiz (25 Kitap)</t>
+          <t>Gümüş Göl Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>2400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789755010526</t>
+          <t>9786053494874</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Güliver'in Gezileri</t>
+          <t>Üç Korkusuz Arkadaş</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789755011080</t>
+          <t>9789755013374</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C1022" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789755010670</t>
+          <t>9789755016337</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Klasiklerimiz (25 Kitap)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>100</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789755013343</t>
+          <t>9789755010526</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Güliver'in Gezileri</t>
         </is>
       </c>
       <c r="C1024" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789755013367</t>
+          <t>9789755011080</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Lassie</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C1025" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786053491521</t>
+          <t>9789755010670</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Simit Adası</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789755010700</t>
+          <t>9789755013343</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında Yirmibin Fersah</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C1027" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786053490609</t>
+          <t>9789755013367</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>İşe Yarar Şeyler Dükkanı</t>
+          <t>Lassie</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789755010458</t>
+          <t>9786053491521</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı Yazılıyor</t>
+          <t>Simit Adası</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789755011349</t>
+          <t>9789755010700</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi Destanı</t>
+          <t>Deniz Altında Yirmibin Fersah</t>
         </is>
       </c>
       <c r="C1030" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789755011158</t>
+          <t>9786053490609</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>İşe Yarar Şeyler Dükkanı</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789755014012</t>
+          <t>9789755010458</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’ın Çocukları</t>
+          <t>İstiklal Marşı Yazılıyor</t>
         </is>
       </c>
       <c r="C1032" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789755010823</t>
+          <t>9789755011349</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Su Küpü - Müzekki'n-Nüfus’tan Hikayeler</t>
+          <t>Battal Gazi Destanı</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789755011356</t>
+          <t>9789755011158</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C1034" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786053490296</t>
+          <t>9789755014012</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Masalistanbul</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789755016245</t>
+          <t>9789755010823</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Olsun Dizisi (10 Kitap Takım )</t>
+          <t>Su Küpü - Müzekki'n-Nüfus’tan Hikayeler</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>690</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789755019864</t>
+          <t>9789755011356</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıflar İçin Değerler Eğitimi (15 Hikaye Etkinlik Kitabı)</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>540</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789755011189</t>
+          <t>9786053490296</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler Kraliçenin Hizmetinde</t>
+          <t>Masalistanbul</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789755011042</t>
+          <t>9789755016245</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo</t>
+          <t>Sağlık Olsun Dizisi (10 Kitap Takım )</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>100</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789755010533</t>
+          <t>9789755019864</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>1. Sınıflar İçin Değerler Eğitimi (15 Hikaye Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>100</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789755010649</t>
+          <t>9789755011189</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Hazine Mesnevi’den Hikayeler-2</t>
+          <t>Üç Silahşörler Kraliçenin Hizmetinde</t>
         </is>
       </c>
       <c r="C1041" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789755013114</t>
+          <t>9789755011042</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kemancı</t>
+          <t>Monte Kristo</t>
         </is>
       </c>
       <c r="C1042" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789755011370</t>
+          <t>9789755010533</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789755010663</t>
+          <t>9789755010649</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dilinden Hikayeler (Mantıku't-Tayr'dan Hikayeler)</t>
+          <t>Mezarlıktaki Hazine Mesnevi’den Hikayeler-2</t>
         </is>
       </c>
       <c r="C1044" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789755018959</t>
+          <t>9789755013114</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Doğa Öyküleri (10 Kitap Takım)</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>570</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>8680628430797</t>
+          <t>9789755011370</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Petek Kitaplarım (15 Kitap )</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>540</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789755010687</t>
+          <t>9789755010663</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Gezisi</t>
+          <t>Kuşların Dilinden Hikayeler (Mantıku't-Tayr'dan Hikayeler)</t>
         </is>
       </c>
       <c r="C1047" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789755010694</t>
+          <t>9789755018959</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Sefiller - Kozet</t>
+          <t>Doğa Öyküleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>100</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789755011172</t>
+          <t>8680628430797</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorler Kralın Hizmetinde</t>
+          <t>Petek Kitaplarım (15 Kitap )</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>100</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786053490142</t>
+          <t>9789755010687</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Öncesi Yazarlardan Hikayeler: Altın Nine</t>
+          <t>Seksen Günde Dünya Gezisi</t>
         </is>
       </c>
       <c r="C1050" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789755010564</t>
+          <t>9789755010694</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Alis Aynalar Ülkesinde</t>
+          <t>Sefiller - Kozet</t>
         </is>
       </c>
       <c r="C1051" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789755010588</t>
+          <t>9789755011172</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Ala Geyik</t>
+          <t>Üç Silahşorler Kralın Hizmetinde</t>
         </is>
       </c>
       <c r="C1052" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789755010625</t>
+          <t>9786053490142</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Tilki</t>
+          <t>Cumhuriyet Öncesi Yazarlardan Hikayeler: Altın Nine</t>
         </is>
       </c>
       <c r="C1053" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789755014159</t>
+          <t>9789755010564</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu</t>
+          <t>Alis Aynalar Ülkesinde</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789755010519</t>
+          <t>9789755010588</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Ala Geyik</t>
         </is>
       </c>
       <c r="C1055" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789755010113</t>
+          <t>9789755010625</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Taş Bebek - Anadolu Efsaneleri</t>
+          <t>Aslan ile Tilki</t>
         </is>
       </c>
       <c r="C1056" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789755010441</t>
+          <t>9789755014159</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Sordum Sarı Çiçeğe</t>
+          <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789755010830</t>
+          <t>9789755010519</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Nar - Şahmeran Hikayeleri</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C1058" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789755010472</t>
+          <t>9789755010113</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Taş Bebek - Anadolu Efsaneleri</t>
         </is>
       </c>
       <c r="C1059" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789755011165</t>
+          <t>9789755010441</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Yunus Emre - Sordum Sarı Çiçeğe</t>
         </is>
       </c>
       <c r="C1060" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789755016306</t>
+          <t>9789755010830</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ömer Seyfettin'den Seçmeler (8 Kitap Takım)</t>
+          <t>Sihirli Nar - Şahmeran Hikayeleri</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789755010809</t>
+          <t>9789755010472</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Otuz İki Diş Seyahatname’den Seçmeler</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789755015910</t>
+          <t>9789755011165</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>On Beş Yaşında Bir Kaptan</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C1063" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789755011059</t>
+          <t>9789755016306</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Çocuklar İçin Ömer Seyfettin'den Seçmeler (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789755010427</t>
+          <t>9789755010809</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan Destanı</t>
+          <t>Evliya Çelebi - Otuz İki Diş Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C1065" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789755010847</t>
+          <t>9789755015910</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>On Beş Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C1066" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789755011653</t>
+          <t>9789755011059</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C1067" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789755018843</t>
+          <t>9789755010427</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Kır Öyküleri (10 Kitap Takım)</t>
+          <t>Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>570</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789755010656</t>
+          <t>9789755010847</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Kel Papağan Mesnevi’den Hikayeler 1</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C1069" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789755010595</t>
+          <t>9789755011653</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C1070" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789755013350</t>
+          <t>9789755018843</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ülkesinin Kralı</t>
+          <t>Kır Öyküleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>100</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789755016276</t>
+          <t>9789755010656</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri (25 Kitap Takım)</t>
+          <t>Kel Papağan Mesnevi’den Hikayeler 1</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>2400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789755011196</t>
+          <t>9789755010595</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C1073" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789755010434</t>
+          <t>9789755013350</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Doğuran Kazan</t>
+          <t>Düşler Ülkesinin Kralı</t>
         </is>
       </c>
       <c r="C1074" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789755010410</t>
+          <t>9789755016276</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul Dede Korkut Hikayeleri 2</t>
+          <t>Dünya Çocuk Klasikleri (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>100</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789758739004</t>
+          <t>9789755011196</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Duası</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C1076" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789755010816</t>
+          <t>9789755010434</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Buz Adaları Seyahatname’den Seçmeler 2</t>
+          <t>Doğuran Kazan</t>
         </is>
       </c>
       <c r="C1077" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789755010632</t>
+          <t>9789755010410</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Bostan ile Gülistan'dan Seçmeler</t>
+          <t>Deli Dumrul Dede Korkut Hikayeleri 2</t>
         </is>
       </c>
       <c r="C1078" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789755010403</t>
+          <t>9789758739004</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han - Dede Korkut Hikayeleri 1</t>
+          <t>Çocuğun Duası</t>
         </is>
       </c>
       <c r="C1079" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786053490418</t>
+          <t>9789755010816</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım: Matematik Becerileri Çizgi - Şekil</t>
+          <t>Evliya Çelebi - Buz Adaları Seyahatname’den Seçmeler 2</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
+          <t>9789755010632</t>
+        </is>
+      </c>
+      <c r="B1081" s="1" t="inlineStr">
+        <is>
+          <t>Bostan ile Gülistan'dan Seçmeler</t>
+        </is>
+      </c>
+      <c r="C1081" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:3">
+      <c r="A1082" s="1" t="inlineStr">
+        <is>
+          <t>9789755010403</t>
+        </is>
+      </c>
+      <c r="B1082" s="1" t="inlineStr">
+        <is>
+          <t>Boğaç Han - Dede Korkut Hikayeleri 1</t>
+        </is>
+      </c>
+      <c r="C1082" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:3">
+      <c r="A1083" s="1" t="inlineStr">
+        <is>
+          <t>9786053490418</t>
+        </is>
+      </c>
+      <c r="B1083" s="1" t="inlineStr">
+        <is>
+          <t>İlk Etkinlik Kitabım: Matematik Becerileri Çizgi - Şekil</t>
+        </is>
+      </c>
+      <c r="C1083" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:3">
+      <c r="A1084" s="1" t="inlineStr">
+        <is>
           <t>9786053490371</t>
         </is>
       </c>
-      <c r="B1081" s="1" t="inlineStr">
+      <c r="B1084" s="1" t="inlineStr">
         <is>
           <t>Kayıp İsimler Krallığı 1: Yön-İz</t>
         </is>
       </c>
-      <c r="C1081" s="1">
+      <c r="C1084" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>