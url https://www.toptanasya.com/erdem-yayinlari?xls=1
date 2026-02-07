--- v0 (2025-10-26)
+++ v1 (2026-02-07)
@@ -889,1051 +889,1051 @@
         <is>
           <t>9786052797761</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Modern Meteoroloji Perspektifinden Kur’an Ayetlerine Bakış</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786052796993</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Muhteşem Zafer Çanakkale</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786053499312</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Mülteci Parfümü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786052797334</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Emanetdar Ayasofya’da</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786053499336</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Sağ Yanımda Aşk</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786053497684</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Yekpare Demokrasi</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786052791882</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Adalet, Dürüstlük ve Bereketin Temsilcisi Ahiler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786052790083</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>İnsanlığın Sığınağı Alp Arslan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786052796870</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Filistin Hikayeleri, Denizden Nehre Kadar Özgür Filistin</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786052796856</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Çocuklarımızı Hapseden Ekranlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786052796627</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Hayata Koşmak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786052796290</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Bölünmüş Zihinler Dissosiyatif Kimlik Bozukluğunun (DKB) Tanı ve Tedavi El Kitabı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786052796207</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Çocuk Edebiyatı İncelemeleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786052796610</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Sertaç Abi’yle Dijital Dünya Rehberi Anne-Baba Onaylı Tek YouTuber</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786052796061</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Mikroplar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786052794814</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Terapistin Bir Günü, Bölünmüş Zihinlerle</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786052794784</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Mutlu Evliliklerin 7 Özelliği</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786052793916</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Çocuğum Kitap Okumayı Nasıl Sevdi?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786052793831</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Veli Sultan Abdülkerim Satuk Buğra Han</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786052793848</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Vezirü'l Kebir İshak Paşa</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786052793855</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>İşgalden İhtidaya Giden Yolda Gazan Han</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786052794081</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Çocuk Edebiyatında Mekan, Doğa ve Şehir</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786052793688</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Kütüphaneye Oyunla Merhaba</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786052793596</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Rahatla, Oyna, Büyü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786052793671</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Bebeğin Dilinden Oyunlar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786052793602</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Cağaloğlu'nda Bir Yayıncı Portresi - Ebubekir Erdem</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786052793305</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Çocukları ve Gençleri Anlamak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786052793268</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>68 Kuşağı Bir İTÜ’lü Mühendis Portresi: Selçuk Güven</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786052793251</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Çocuk Edebiyatı Okumaları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786052793091</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Metinlerarasılık, Yeniden Yazım ve Adaptasyon</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786052793176</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Duyguların Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786052792964</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Bu Efsane Hikayeler'den Neden Haberim Yok!</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786052791394</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Bahaeddin Nakşibend - Sufilerin Şahı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786052791097</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>İyi Anne Baba Olma Kılavuzu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786052791141</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Her Yerde Oyun</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786052791011</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Fethin Babası Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786052790922</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Nureddin Zengi - Haçlıların Kabusu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786052790861</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Çocuk Yetiştirirken - Travmatik Yanlışlar, Geliştiren Doğrular</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786052790823</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Celaleddin Harezmşah</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786052790762</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Deniz Altında 20.000 Fersah (C1 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786052790748</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Demir Yolu Çocukları (B2 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786052790847</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Karagöz ile Hacivat Sultanahmet'e Gidiyor (Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786052790724</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Çocuk Kalbi - (B2 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786052790731</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Küçük Kadınlar (C1 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786052790854</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Bostan İle Gülistan'dan Seçmeler (A2 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786052790250</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Köprülü Mehmed Paşa - Sultan'a Hükmeden Sadrazam</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786052790359</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Hacı Bektaş-ı Veli - Hikmet Kapısı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786052790151</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Çocuk Edebiyatına Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786052790045</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>İnsanların ve Cinlerin Müftüsü: İbn Kemal</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786052790076</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Celaleddin Karatay - Siyasetin Dengesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786052790038</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>İlim Yolunda: Taşköprülüzade</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786053499770</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Selçuklunun Öncü Veziri Amidülmülk Kündüri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786053499084</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Ahmed Midhad Efendi ve Yeryüzünde bir Melek Romanına Yönelik Eleştiriler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786053499572</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Nizamül Mülk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786053499565</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Babür Şah</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786053499541</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Deryadaki Ateş: Barbaros Hayreddin</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9786053499374</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Lütfü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9786053499350</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Zati Divanı’na Göre 16.Yüzyılda Sosyal Hayat</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9786053499015</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Milli Mücadele’nin Cesur ve Kayıp Kadınları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9786053497363</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Okçular Tepesi (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9786053497646</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Benden Öte</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9786053496120</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Lübyana’ya Bir Bilet</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9786053495369</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Mutfakta Dünya Turu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9786053495352</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Accabadora</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9786053495130</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Bi Ters Bi Düz</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9786053494898</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Benim Şarkım</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9786053494881</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Nazarzede Kliniği</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9786053496250</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Hiç</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9789755019697</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Çocuk ve Gençlik Edebiyatı Yazıları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>