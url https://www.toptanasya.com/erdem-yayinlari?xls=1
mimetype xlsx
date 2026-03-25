--- v1 (2026-02-07)
+++ v2 (2026-03-25)
@@ -85,1855 +85,1870 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052797792</t>
+          <t>9786052797808</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şeyh-i Ekber'in Yolunda</t>
+          <t>Hikmetin Marifeti</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052797785</t>
+          <t>9786052797792</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eşim Tehlikeli mi?</t>
+          <t>Şeyh-i Ekber'in Yolunda</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789755018829</t>
+          <t>9786052797785</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aile Destekli Davranış Eğitimi</t>
+          <t>Eşim Tehlikeli mi?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>17</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755018386</t>
+          <t>9789755018829</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuzucuklar Okul Öncesi Eğitim Seti (7 Kitap)</t>
+          <t>Aile Destekli Davranış Eğitimi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>74.07</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053499091</t>
+          <t>9789755018386</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Şehir Mektupları</t>
+          <t>Minik Kuzucuklar Okul Öncesi Eğitim Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>74.07</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052790816</t>
+          <t>9786053499091</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Molla Fenari - Bir Osmanlı Entelektüeli</t>
+          <t>İstanbul Şehir Mektupları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052790052</t>
+          <t>9786052790816</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Öyküleri</t>
+          <t>Molla Fenari - Bir Osmanlı Entelektüeli</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053499305</t>
+          <t>9786052790052</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İran Öyküleri</t>
+          <t>İngiliz Öyküleri</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755017280</t>
+          <t>9786053499305</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sophie ve Beyaz Deve</t>
+          <t>İran Öyküleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>5</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053497653</t>
+          <t>9789755017280</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Cam Hapishane</t>
+          <t>Sophie ve Beyaz Deve</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>72</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053497660</t>
+          <t>9786053497653</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kuyu</t>
+          <t>Cam Hapishane</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053497677</t>
+          <t>9786053497660</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Candara'nın hediyesi</t>
+          <t>Gümüş Kuyu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>27</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052790229</t>
+          <t>9786053497677</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Jeopolitik</t>
+          <t>Candara'nın hediyesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>50</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052790366</t>
+          <t>9786052790229</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis'in Haritası</t>
+          <t>Herkes İçin Jeopolitik</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052791875</t>
+          <t>9786052790366</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Milletin Ortak Sözü: İstiklal Marşı</t>
+          <t>Piri Reis'in Haritası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053499268</t>
+          <t>9786052791875</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Asuman</t>
+          <t>Milletin Ortak Sözü: İstiklal Marşı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053497547</t>
+          <t>9786053499268</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Atları Yaman Ölür</t>
+          <t>Asuman</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>45</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053496724</t>
+          <t>9786053497547</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mutfağından Tarifler</t>
+          <t>Bozkırın Atları Yaman Ölür</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053499343</t>
+          <t>9786053496724</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mesnevihan</t>
+          <t>Mutfağından Tarifler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053499299</t>
+          <t>9786053499343</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ritmi</t>
+          <t>Mesnevihan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053498810</t>
+          <t>9786053499299</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Hayatın Ritmi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053498773</t>
+          <t>9786053498810</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Çocuk Olcam</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053495154</t>
+          <t>9786053498773</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Küfür Fedaisi</t>
+          <t>Büyüyünce Çocuk Olcam</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053497530</t>
+          <t>9786053495154</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Kralın Sürgünü</t>
+          <t>Küfür Fedaisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053497561</t>
+          <t>9786053497530</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>Yaşlı Kralın Sürgünü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053499534</t>
+          <t>9786053497561</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cihadın Adil Kılıcı: Selahaddin Eyyubi</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>90</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053499558</t>
+          <t>9786053499534</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Atası: Oguz Kagan</t>
+          <t>Cihadın Adil Kılıcı: Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053499527</t>
+          <t>9786053499558</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve İrade Kapısı: İmam Maturidi</t>
+          <t>Türk'ün Atası: Oguz Kagan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053497554</t>
+          <t>9786053499527</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dedektifi</t>
+          <t>Akıl ve İrade Kapısı: İmam Maturidi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>14</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053497516</t>
+          <t>9786053497554</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kendine Bakan Edebiyat</t>
+          <t>Rüya Dedektifi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>90</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053497462</t>
+          <t>9786053497516</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ela</t>
+          <t>Kendine Bakan Edebiyat</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>25</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053496113</t>
+          <t>9786053497462</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sohbet Medeniyeti</t>
+          <t>Ela</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053497332</t>
+          <t>9786053496113</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Okçular Tepesi</t>
+          <t>Sohbet Medeniyeti</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>30</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053497325</t>
+          <t>9786053497332</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küfür Fedaisi</t>
+          <t>Okçular Tepesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053494652</t>
+          <t>9786053497325</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kim Güldüye Gittim, Gelecem</t>
+          <t>Küfür Fedaisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053495147</t>
+          <t>9786053494652</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Asuman</t>
+          <t>Kim Güldüye Gittim, Gelecem</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053496137</t>
+          <t>9786053495147</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Cüda</t>
+          <t>Asuman</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>26</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053496274</t>
+          <t>9786053496137</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çıkmazdaki Edebiyat</t>
+          <t>Cüda</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053494904</t>
+          <t>9786053496274</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dağı</t>
+          <t>Çıkmazdaki Edebiyat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053499510</t>
+          <t>9786053494904</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde İyilik - Zamansız İyilik Ajandası</t>
+          <t>Gönül Dağı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>37</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755018898</t>
+          <t>9786053499510</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Pamuk</t>
+          <t>Her Yerde İyilik - Zamansız İyilik Ajandası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>19</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755018904</t>
+          <t>9789755018898</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Gömlek</t>
+          <t>Meraklı Pamuk</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755018911</t>
+          <t>9789755018904</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Öğütücü Karınca</t>
+          <t>Çizgili Gömlek</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755018928</t>
+          <t>9789755018911</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yükselme Yarışı</t>
+          <t>Öğütücü Karınca</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755018935</t>
+          <t>9789755018928</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Eski Ayakkabılar</t>
+          <t>Yükselme Yarışı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755018942</t>
+          <t>9789755018935</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Alaca</t>
+          <t>Eski Ayakkabılar</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052791004</t>
+          <t>9789755018942</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal’le</t>
+          <t>Kahraman Alaca</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000022333</t>
+          <t>9786052791004</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama 4 - Mevsimler</t>
+          <t>Yahya Kemal’le</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755018270</t>
+          <t>3990000022333</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aile Katılım Kitabı</t>
+          <t>Süper Boyama 4 - Mevsimler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052790069</t>
+          <t>9789755018270</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Efendisi Gazi Umur Bey</t>
+          <t>Aile Katılım Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052790373</t>
+          <t>9786052790069</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türk Okçuluğu</t>
+          <t>Denizlerin Efendisi Gazi Umur Bey</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052797747</t>
+          <t>9786052790373</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kim, Kimle Evlenirse Mutlu Olur?</t>
+          <t>Türk Okçuluğu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052797761</t>
+          <t>9786052797747</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Modern Meteoroloji Perspektifinden Kur’an Ayetlerine Bakış</t>
+          <t>Kim, Kimle Evlenirse Mutlu Olur?</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052796993</t>
+          <t>9786052797761</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zafer Çanakkale</t>
+          <t>Modern Meteoroloji Perspektifinden Kur’an Ayetlerine Bakış</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053499312</t>
+          <t>9786052796993</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Parfümü</t>
+          <t>Muhteşem Zafer Çanakkale</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052797334</t>
+          <t>9786053499312</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Emanetdar Ayasofya’da</t>
+          <t>Mülteci Parfümü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053499336</t>
+          <t>9786052797334</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sağ Yanımda Aşk</t>
+          <t>Emanetdar Ayasofya’da</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053497684</t>
+          <t>9786053499336</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yekpare Demokrasi</t>
+          <t>Sağ Yanımda Aşk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052791882</t>
+          <t>9786053497684</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Adalet, Dürüstlük ve Bereketin Temsilcisi Ahiler</t>
+          <t>Yekpare Demokrasi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052790083</t>
+          <t>9786052791882</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Sığınağı Alp Arslan</t>
+          <t>Adalet, Dürüstlük ve Bereketin Temsilcisi Ahiler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052796870</t>
+          <t>9786052790083</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Filistin Hikayeleri, Denizden Nehre Kadar Özgür Filistin</t>
+          <t>İnsanlığın Sığınağı Alp Arslan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052796856</t>
+          <t>9786052796870</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızı Hapseden Ekranlar</t>
+          <t>Filistin Hikayeleri, Denizden Nehre Kadar Özgür Filistin</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052796627</t>
+          <t>9786052796856</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hayata Koşmak</t>
+          <t>Çocuklarımızı Hapseden Ekranlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052796290</t>
+          <t>9786052796627</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Zihinler Dissosiyatif Kimlik Bozukluğunun (DKB) Tanı ve Tedavi El Kitabı</t>
+          <t>Hayata Koşmak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052796207</t>
+          <t>9786052796290</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı İncelemeleri</t>
+          <t>Bölünmüş Zihinler Dissosiyatif Kimlik Bozukluğunun (DKB) Tanı ve Tedavi El Kitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052796610</t>
+          <t>9786052796207</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sertaç Abi’yle Dijital Dünya Rehberi Anne-Baba Onaylı Tek YouTuber</t>
+          <t>Çocuk Edebiyatı İncelemeleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052796061</t>
+          <t>9786052796610</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mikroplar</t>
+          <t>Sertaç Abi’yle Dijital Dünya Rehberi Anne-Baba Onaylı Tek YouTuber</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052794814</t>
+          <t>9786052796061</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Terapistin Bir Günü, Bölünmüş Zihinlerle</t>
+          <t>Mikroplar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052794784</t>
+          <t>9786052794814</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evliliklerin 7 Özelliği</t>
+          <t>Terapistin Bir Günü, Bölünmüş Zihinlerle</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052793916</t>
+          <t>9786052794784</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Kitap Okumayı Nasıl Sevdi?</t>
+          <t>Mutlu Evliliklerin 7 Özelliği</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052793831</t>
+          <t>9786052793916</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Veli Sultan Abdülkerim Satuk Buğra Han</t>
+          <t>Çocuğum Kitap Okumayı Nasıl Sevdi?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052793848</t>
+          <t>9786052793831</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Vezirü'l Kebir İshak Paşa</t>
+          <t>Veli Sultan Abdülkerim Satuk Buğra Han</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052793855</t>
+          <t>9786052793848</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İşgalden İhtidaya Giden Yolda Gazan Han</t>
+          <t>Vezirü'l Kebir İshak Paşa</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052794081</t>
+          <t>9786052793855</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatında Mekan, Doğa ve Şehir</t>
+          <t>İşgalden İhtidaya Giden Yolda Gazan Han</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052793688</t>
+          <t>9786052794081</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneye Oyunla Merhaba</t>
+          <t>Çocuk Edebiyatında Mekan, Doğa ve Şehir</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052793596</t>
+          <t>9786052793688</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Rahatla, Oyna, Büyü</t>
+          <t>Kütüphaneye Oyunla Merhaba</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052793671</t>
+          <t>9786052793596</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Dilinden Oyunlar</t>
+          <t>Rahatla, Oyna, Büyü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052793602</t>
+          <t>9786052793671</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Cağaloğlu'nda Bir Yayıncı Portresi - Ebubekir Erdem</t>
+          <t>Bebeğin Dilinden Oyunlar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052793305</t>
+          <t>9786052793602</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çocukları ve Gençleri Anlamak</t>
+          <t>Cağaloğlu'nda Bir Yayıncı Portresi - Ebubekir Erdem</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052793268</t>
+          <t>9786052793305</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>68 Kuşağı Bir İTÜ’lü Mühendis Portresi: Selçuk Güven</t>
+          <t>Çocukları ve Gençleri Anlamak</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052793251</t>
+          <t>9786052793268</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı Okumaları</t>
+          <t>68 Kuşağı Bir İTÜ’lü Mühendis Portresi: Selçuk Güven</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052793091</t>
+          <t>9786052793251</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Metinlerarasılık, Yeniden Yazım ve Adaptasyon</t>
+          <t>Çocuk Edebiyatı Okumaları</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052793176</t>
+          <t>9786052793091</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Kalbine Yolculuk</t>
+          <t>Metinlerarasılık, Yeniden Yazım ve Adaptasyon</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052792964</t>
+          <t>9786052793176</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bu Efsane Hikayeler'den Neden Haberim Yok!</t>
+          <t>Duyguların Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052791394</t>
+          <t>9786052792964</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bahaeddin Nakşibend - Sufilerin Şahı</t>
+          <t>Bu Efsane Hikayeler'den Neden Haberim Yok!</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052791097</t>
+          <t>9786052791394</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İyi Anne Baba Olma Kılavuzu</t>
+          <t>Bahaeddin Nakşibend - Sufilerin Şahı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052791141</t>
+          <t>9786052791097</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Oyun</t>
+          <t>İyi Anne Baba Olma Kılavuzu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052791011</t>
+          <t>9786052791141</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Fethin Babası Fatih Sultan Mehmed</t>
+          <t>Her Yerde Oyun</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052790922</t>
+          <t>9786052791011</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Zengi - Haçlıların Kabusu</t>
+          <t>Fethin Babası Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052790861</t>
+          <t>9786052790922</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirirken - Travmatik Yanlışlar, Geliştiren Doğrular</t>
+          <t>Nureddin Zengi - Haçlıların Kabusu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052790823</t>
+          <t>9786052790861</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Harezmşah</t>
+          <t>Çocuk Yetiştirirken - Travmatik Yanlışlar, Geliştiren Doğrular</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052790762</t>
+          <t>9786052790823</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında 20.000 Fersah (C1 Türkish Graded Readers)</t>
+          <t>Celaleddin Harezmşah</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052790748</t>
+          <t>9786052790762</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları (B2 Türkish Graded Readers)</t>
+          <t>Deniz Altında 20.000 Fersah (C1 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052790847</t>
+          <t>9786052790748</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat Sultanahmet'e Gidiyor (Türkish Graded Readers)</t>
+          <t>Demir Yolu Çocukları (B2 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052790724</t>
+          <t>9786052790847</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi - (B2 Türkish Graded Readers)</t>
+          <t>Karagöz ile Hacivat Sultanahmet'e Gidiyor (Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052790731</t>
+          <t>9786052790724</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar (C1 Türkish Graded Readers)</t>
+          <t>Çocuk Kalbi - (B2 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052790854</t>
+          <t>9786052790731</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bostan İle Gülistan'dan Seçmeler (A2 Türkish Graded Readers)</t>
+          <t>Küçük Kadınlar (C1 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052790250</t>
+          <t>9786052790854</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Köprülü Mehmed Paşa - Sultan'a Hükmeden Sadrazam</t>
+          <t>Bostan İle Gülistan'dan Seçmeler (A2 Türkish Graded Readers)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052790359</t>
+          <t>9786052790250</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli - Hikmet Kapısı</t>
+          <t>Köprülü Mehmed Paşa - Sultan'a Hükmeden Sadrazam</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052790151</t>
+          <t>9786052790359</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatına Eleştirel Bir Bakış</t>
+          <t>Hacı Bektaş-ı Veli - Hikmet Kapısı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052790045</t>
+          <t>9786052790151</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnsanların ve Cinlerin Müftüsü: İbn Kemal</t>
+          <t>Çocuk Edebiyatına Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052790076</t>
+          <t>9786052790045</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Karatay - Siyasetin Dengesi</t>
+          <t>İnsanların ve Cinlerin Müftüsü: İbn Kemal</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052790038</t>
+          <t>9786052790076</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İlim Yolunda: Taşköprülüzade</t>
+          <t>Celaleddin Karatay - Siyasetin Dengesi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053499770</t>
+          <t>9786052790038</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Selçuklunun Öncü Veziri Amidülmülk Kündüri</t>
+          <t>İlim Yolunda: Taşköprülüzade</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053499084</t>
+          <t>9786053499770</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Midhad Efendi ve Yeryüzünde bir Melek Romanına Yönelik Eleştiriler</t>
+          <t>Selçuklunun Öncü Veziri Amidülmülk Kündüri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053499572</t>
+          <t>9786053499084</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nizamül Mülk</t>
+          <t>Ahmed Midhad Efendi ve Yeryüzünde bir Melek Romanına Yönelik Eleştiriler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053499565</t>
+          <t>9786053499572</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Babür Şah</t>
+          <t>Nizamül Mülk</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053499541</t>
+          <t>9786053499565</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Deryadaki Ateş: Barbaros Hayreddin</t>
+          <t>Babür Şah</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053499374</t>
+          <t>9786053499541</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Lütfü</t>
+          <t>Deryadaki Ateş: Barbaros Hayreddin</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053499350</t>
+          <t>9786053499374</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zati Divanı’na Göre 16.Yüzyılda Sosyal Hayat</t>
+          <t>Lütfü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053499015</t>
+          <t>9786053499350</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’nin Cesur ve Kayıp Kadınları</t>
+          <t>Zati Divanı’na Göre 16.Yüzyılda Sosyal Hayat</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053497363</t>
+          <t>9786053499015</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Okçular Tepesi (Ciltli)</t>
+          <t>Milli Mücadele’nin Cesur ve Kayıp Kadınları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053497646</t>
+          <t>9786053497363</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Benden Öte</t>
+          <t>Okçular Tepesi (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053496120</t>
+          <t>9786053497646</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Lübyana’ya Bir Bilet</t>
+          <t>Benden Öte</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053495369</t>
+          <t>9786053496120</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mutfakta Dünya Turu</t>
+          <t>Lübyana’ya Bir Bilet</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053495352</t>
+          <t>9786053495369</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Accabadora</t>
+          <t>Mutfakta Dünya Turu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053495130</t>
+          <t>9786053495352</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bi Ters Bi Düz</t>
+          <t>Accabadora</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053494898</t>
+          <t>9786053495130</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Benim Şarkım</t>
+          <t>Bi Ters Bi Düz</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053494881</t>
+          <t>9786053494898</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Nazarzede Kliniği</t>
+          <t>Benim Şarkım</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053496250</t>
+          <t>9786053494881</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Nazarzede Kliniği</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
+          <t>9786053496250</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Hiç</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
           <t>9789755019697</t>
         </is>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Çocuk ve Gençlik Edebiyatı Yazıları</t>
         </is>
       </c>
-      <c r="C122" s="1">
+      <c r="C123" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>