--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,1870 +85,1915 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059634960</t>
+          <t>9786259369600</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Keşke Çocuk Olsam</t>
+          <t>Milas'ta 20. Yüzyıla Sarkan Lâkaplar ve Öyküleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059634984</t>
+          <t>9786259369617</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimle Koşuyorum</t>
+          <t>Çağdaş İtikadi Kavramlara Kur’ani Bakışlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059634953</t>
+          <t>9786259395210</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürden Sayfalar</t>
+          <t>İlanihaye (Sonsuza Kadar)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059634946</t>
+          <t>9786059634960</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gönlümde Saklı Mısralar</t>
+          <t>Keşke Çocuk Olsam</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059634168</t>
+          <t>9786059634984</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Babam Ali Ulvi Kurucu</t>
+          <t>Yüreğimle Koşuyorum</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756335025</t>
+          <t>9786059634953</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aynası İştir Kişinin Lafa Bakılır</t>
+          <t>Bir Ömürden Sayfalar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059634854</t>
+          <t>9786059634946</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>II. Millî Sinema Açık Oturumları</t>
+          <t>Gönlümde Saklı Mısralar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756335076</t>
+          <t>9786059634168</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Heybe Şiir</t>
+          <t>Babam Ali Ulvi Kurucu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756335084</t>
+          <t>9789756335025</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ercişli Emrah ile Selbihan Hikayesi</t>
+          <t>Aynası İştir Kişinin Lafa Bakılır</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059834861</t>
+          <t>9786059634854</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasının Bilgesi Mehmet Doğan</t>
+          <t>II. Millî Sinema Açık Oturumları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059634939</t>
+          <t>9789756335076</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Örkenez Bağkonak</t>
+          <t>Bir Heybe Şiir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059634571</t>
+          <t>9789756335084</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarımdaki Dr. Hayreddin Bulut</t>
+          <t>Ercişli Emrah ile Selbihan Hikayesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756335710</t>
+          <t>9786059834861</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mağarada Mum</t>
+          <t>Türk Dünyasının Bilgesi Mehmet Doğan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059634489</t>
+          <t>9786059634939</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendimin Karanlık Gecesi</t>
+          <t>Örkenez Bağkonak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059634908</t>
+          <t>9786059634571</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ege'nin Dişi Kaplanları</t>
+          <t>Hatıralarımdaki Dr. Hayreddin Bulut</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059634915</t>
+          <t>9789756335710</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çilimli</t>
+          <t>Mağarada Mum</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756335826</t>
+          <t>9786059634489</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ve Eylül Bir Ayın Adıdır Aslında</t>
+          <t>Ben Kendimin Karanlık Gecesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059634656</t>
+          <t>9786059634908</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Dostları</t>
+          <t>Ege'nin Dişi Kaplanları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059634878</t>
+          <t>9786059634915</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Cephe'den Sürgüne CHP ve Kürtler</t>
+          <t>Çilimli</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756335017</t>
+          <t>9789756335826</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Enformel Sektör İşportacılar - Eminönü İlçesinde Bir Alan Araştırması</t>
+          <t>Ve Eylül Bir Ayın Adıdır Aslında</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756335796</t>
+          <t>9786059634656</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çoban Çeşme</t>
+          <t>Kediler ve Dostları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059634847</t>
+          <t>9786059634878</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür</t>
+          <t>Cephe'den Sürgüne CHP ve Kürtler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756335956</t>
+          <t>9789756335017</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Baba Yüreğin Nerede</t>
+          <t>İstanbul'da Enformel Sektör İşportacılar - Eminönü İlçesinde Bir Alan Araştırması</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059634113</t>
+          <t>9789756335796</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çözülme</t>
+          <t>Çoban Çeşme</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059634823</t>
+          <t>9786059634847</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Doğal Arıcılık</t>
+          <t>Tefekkür</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059634816</t>
+          <t>9789756335956</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Baba Yüreğin Nerede</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059634809</t>
+          <t>9786059634113</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Soluk Soluğa</t>
+          <t>Çözülme</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059634793</t>
+          <t>9786059634823</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Peygamberi Hazreti Muhammed</t>
+          <t>Yeni Nesil Doğal Arıcılık</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059634786</t>
+          <t>9786059634816</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dua, Bir Yükseliştir</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059634762</t>
+          <t>9786059634809</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tebrizli Nazir’in Türkçe Şiirleri</t>
+          <t>Soluk Soluğa</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059634779</t>
+          <t>9786059634793</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yelpazenin Açılmayan Katı</t>
+          <t>Özgürlük Peygamberi Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756335499</t>
+          <t>9786059634786</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kamu Yönetimi Çağında Türkiye’de Girişimci Bürokrasi ve Girişimci Bürokratlar</t>
+          <t>Dua, Bir Yükseliştir</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756335703</t>
+          <t>9786059634762</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Elif Düştü</t>
+          <t>Tebrizli Nazir’in Türkçe Şiirleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059634632</t>
+          <t>9786059634779</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler ve Miras Eğitmenleri İçin Trame Rehberi</t>
+          <t>Yelpazenin Açılmayan Katı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059634748</t>
+          <t>9789756335499</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Vicdan</t>
+          <t>Yeni Kamu Yönetimi Çağında Türkiye’de Girişimci Bürokrasi ve Girişimci Bürokratlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059634731</t>
+          <t>9789756335703</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Nereye Gidiyor</t>
+          <t>Yüreğime Elif Düştü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789759634458</t>
+          <t>9786059634632</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Dünümüzü Hatırlatma Sözlüğü (Ciltli)</t>
+          <t>Öğretmenler ve Miras Eğitmenleri İçin Trame Rehberi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059634724</t>
+          <t>9786059634748</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Adapazarı Yunan Mezalimi 1922</t>
+          <t>Vicdan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059634717</t>
+          <t>9786059634731</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Müstakil Bolu Sancağı Rumi - Mali 1334 Senesi Salnamesine Göre Devrek</t>
+          <t>İnsanlık Nereye Gidiyor</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059634687</t>
+          <t>9789759634458</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>18-23 Ekim 1915 Çanakkale Cephesinde Duyup Düşündüklerim</t>
+          <t>Türkçede Dünümüzü Hatırlatma Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>70</v>
+        <v>950</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059634670</t>
+          <t>9786059634724</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bağkonak Köyünde Bademlikte Vurdular Bir Şahini</t>
+          <t>Adapazarı Yunan Mezalimi 1922</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059634625</t>
+          <t>9786059634717</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hasret Mutlaka Bir Gün Bitecek</t>
+          <t>Müstakil Bolu Sancağı Rumi - Mali 1334 Senesi Salnamesine Göre Devrek</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059634595</t>
+          <t>9786059634687</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>36 Yıl ve Ben</t>
+          <t>18-23 Ekim 1915 Çanakkale Cephesinde Duyup Düşündüklerim</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059634618</t>
+          <t>9786059634670</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Dostları</t>
+          <t>Bağkonak Köyünde Bademlikte Vurdular Bir Şahini</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059634564</t>
+          <t>9786059634625</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliği</t>
+          <t>Hasret Mutlaka Bir Gün Bitecek</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059634410</t>
+          <t>9786059634977</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yedi Deliler</t>
+          <t>36 Yıl ve Ben</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059634533</t>
+          <t>9786059634618</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
+          <t>Kediler ve Dostları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059634557</t>
+          <t>9786059634564</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mühim Meseleler</t>
+          <t>Türk Kimliği</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059634540</t>
+          <t>9786059634410</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Manisa'ya Değer Katanlar</t>
+          <t>Yedi Deliler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756335345</t>
+          <t>9786059634533</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şehid Metin Yüksel - Kardelenlerin Kan Kırmızı Açtığı Gün</t>
+          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756335512</t>
+          <t>9786059634557</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hüzünbaz Sevgiliye Mektuplar</t>
+          <t>Mühim Meseleler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756335857</t>
+          <t>9786059634540</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hazan</t>
+          <t>Manisa'ya Değer Katanlar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756335239</t>
+          <t>9789756335345</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Pi Çare</t>
+          <t>Şehid Metin Yüksel - Kardelenlerin Kan Kırmızı Açtığı Gün</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059634526</t>
+          <t>9789756335512</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medeniyet</t>
+          <t>Hüzünbaz Sevgiliye Mektuplar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059634472</t>
+          <t>9789756335857</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna</t>
+          <t>Hazan</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059634465</t>
+          <t>9789756335239</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Kısa Sureler ve Seçilmiş Ayetler</t>
+          <t>Pi Çare</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756335949</t>
+          <t>9786059634526</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yokuşlarda Susamak</t>
+          <t>Dijital Medeniyet</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756335441</t>
+          <t>9786059634472</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tabip Gözüyle İbadetler</t>
+          <t>Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059634601</t>
+          <t>9786059634465</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Okul Müdürünün Günlüğünden Yaşanmış İbretli Anılar</t>
+          <t>Şiirlerle Kısa Sureler ve Seçilmiş Ayetler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756335543</t>
+          <t>9789756335949</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Akifname</t>
+          <t>Yokuşlarda Susamak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059634427</t>
+          <t>9789756335441</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
+          <t>Tabip Gözüyle İbadetler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059634403</t>
+          <t>9786059634601</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Turna</t>
+          <t>Okul Müdürünün Günlüğünden Yaşanmış İbretli Anılar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059634397</t>
+          <t>9789756335543</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Nesli’nden Eğitime Adanmış Bir Ömür</t>
+          <t>Akifname</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059634373</t>
+          <t>9786059634427</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Yarım Kalan Koşularla Geçti</t>
+          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059634380</t>
+          <t>9786059634403</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Benim Gözümden Almanya</t>
+          <t>Turna</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059634298</t>
+          <t>9786059634397</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gurbette Mehmed Akif’le Yaşamak ve Sohbetler Makaleler</t>
+          <t>İmam Hatip Nesli’nden Eğitime Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059634328</t>
+          <t>9786059634373</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin Dili</t>
+          <t>Ömrüm Yarım Kalan Koşularla Geçti</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059634335</t>
+          <t>9786059634380</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kuran Kadınlar</t>
+          <t>Benim Gözümden Almanya</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059634342</t>
+          <t>9786059634298</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Safahat’ın Penceresinden</t>
+          <t>Gurbette Mehmed Akif’le Yaşamak ve Sohbetler Makaleler</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059634021</t>
+          <t>9786059634328</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı ve Zulme Karşı Tavrımız</t>
+          <t>Deyimlerin Dili</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059634311</t>
+          <t>9786059634335</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hayatla Uğraşma Hayatla Uzlaş</t>
+          <t>Geleceği Kuran Kadınlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059634588</t>
+          <t>9786059634342</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Asiye'nin Gözyaşı</t>
+          <t>Safahat’ın Penceresinden</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059634052</t>
+          <t>9786059634021</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tatil - Bilig Çocuk</t>
+          <t>İslam Ahlakı ve Zulme Karşı Tavrımız</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059634069</t>
+          <t>9786059634311</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kurt - Bilig Çocuk</t>
+          <t>Hayatla Uğraşma Hayatla Uzlaş</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059634076</t>
+          <t>9786059634588</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz</t>
+          <t>Asiye'nin Gözyaşı</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059634267</t>
+          <t>9786059634052</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tarihiyle İslambol Şiirleri</t>
+          <t>Tatil - Bilig Çocuk</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059634250</t>
+          <t>9786059634069</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Kuralları</t>
+          <t>Mavi Kurt - Bilig Çocuk</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059634205</t>
+          <t>9786059634076</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çimpe Hisarı</t>
+          <t>15 Temmuz</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059634212</t>
+          <t>9786059634267</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Küyük</t>
+          <t>Kadim Tarihiyle İslambol Şiirleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059634199</t>
+          <t>9786059634250</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Ali'de Gün Batımı</t>
+          <t>Oyunun Kuralları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059634175</t>
+          <t>9786059634205</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Siyasal İletişim</t>
+          <t>Çimpe Hisarı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059634120</t>
+          <t>9786059634212</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dini Kur'an İslamı Kur'an Nizamı</t>
+          <t>Küyük</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059634137</t>
+          <t>9786059634199</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutamak</t>
+          <t>Bab-ı Ali'de Gün Batımı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059634106</t>
+          <t>9786059634175</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kar Çiçeği</t>
+          <t>Sosyal Medyada Siyasal İletişim</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059634083</t>
+          <t>9786059634120</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplarla Mevzuat</t>
+          <t>Kur'an Dini Kur'an İslamı Kur'an Nizamı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756335840</t>
+          <t>9786059634137</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Projesi</t>
+          <t>Bir Tutamak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059634007</t>
+          <t>9786059634106</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Dünyada Türkiye'nin Yeri</t>
+          <t>Kar Çiçeği</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756335987</t>
+          <t>9786059634083</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam Ebu Hanife</t>
+          <t>Sorular ve Cevaplarla Mevzuat</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756335963</t>
+          <t>9789756335840</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Deşerken</t>
+          <t>Sivil Toplum Projesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059634045</t>
+          <t>9786059634007</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir İşletme İçin Yeni Girişimcilik</t>
+          <t>Yarınki Dünyada Türkiye'nin Yeri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756335918</t>
+          <t>9789756335987</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Paramiliter Edebiyat</t>
+          <t>İmam-ı Azam Ebu Hanife</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756335819</t>
+          <t>9789756335963</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gelin</t>
+          <t>Karanlığı Deşerken</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789756335932</t>
+          <t>9786059634045</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihi Boyu Devlet, Siyaset Medeniyet</t>
+          <t>Başarılı Bir İşletme İçin Yeni Girişimcilik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756335925</t>
+          <t>9789756335918</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Kemalizm</t>
+          <t>Paramiliter Edebiyat</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756335666</t>
+          <t>9789756335819</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yoruldum Gönül</t>
+          <t>Sarı Gelin</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756335444</t>
+          <t>9789756335932</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Vamık İle Azra</t>
+          <t>İnsanlık Tarihi Boyu Devlet, Siyaset Medeniyet</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000016151</t>
+          <t>9789756335925</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Üstad Sayfaları</t>
+          <t>Aynadaki Kemalizm</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756335062</t>
+          <t>9789756335666</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Hüzün</t>
+          <t>Yoruldum Gönül</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756335598</t>
+          <t>9789756335444</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İsrail</t>
+          <t>Vamık İle Azra</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756335741</t>
+          <t>3990000016151</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tijbazı</t>
+          <t>Üstad Sayfaları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756335475</t>
+          <t>9789756335062</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şiir Biraz Çok Hüzün</t>
+          <t>Uzun Bir Hüzün</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756335291</t>
+          <t>9789756335598</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Şair Milletvekilleri 1920-2005</t>
+          <t>Türkiye İsrail</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756335505</t>
+          <t>9789756335741</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Suskunluk Şiirleri</t>
+          <t>Tijbazı</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756335123</t>
+          <t>9789756335475</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sorunlarıyla ve Çözümleriyle Türk Tarımı</t>
+          <t>Şiir Biraz Çok Hüzün</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789786335680</t>
+          <t>9789756335291</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Solmayan Gül</t>
+          <t>Şair Milletvekilleri 1920-2005</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756335116</t>
+          <t>9789756335505</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Reconquista Türk Milleti’nin Mukadderatı</t>
+          <t>Suskunluk Şiirleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756335758</t>
+          <t>9789756335123</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetin Temelleri</t>
+          <t>Sorunlarıyla ve Çözümleriyle Türk Tarımı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756335154</t>
+          <t>9789786335680</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kütlelerin İsyanı</t>
+          <t>Solmayan Gül</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756335055</t>
+          <t>9789756335116</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kalbim, Ey Divane</t>
+          <t>Reconquista Türk Milleti’nin Mukadderatı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756335246</t>
+          <t>9789756335758</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Amine</t>
+          <t>Medeniyetin Temelleri</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756335642</t>
+          <t>9789756335154</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Günlüğümü Elerken</t>
+          <t>Kütlelerin İsyanı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756335048</t>
+          <t>9789756335055</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gece Sağanakları - Bütün Şiirleri</t>
+          <t>Kalbim, Ey Divane</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756335352</t>
+          <t>9789756335246</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Cennete Koşanlar ve Ashab-ı Bedir</t>
+          <t>Hazreti Amine</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756335093</t>
+          <t>9789756335642</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Buraşeyler</t>
+          <t>Günlüğümü Elerken</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756335031</t>
+          <t>9789756335048</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Ben Yar Seni</t>
+          <t>Gece Sağanakları - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756335284</t>
+          <t>9789756335352</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bir İman Güneşi Said Nursi</t>
+          <t>Cennete Koşanlar ve Ashab-ı Bedir</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756335734</t>
+          <t>9789756335093</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Yolcusu Nurettin Durman</t>
+          <t>Buraşeyler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756335765</t>
+          <t>9789756335031</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bir Dakika</t>
+          <t>Bulurum Ben Yar Seni</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756335482</t>
+          <t>9789756335284</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Proje Yönetimi</t>
+          <t>Bir İman Güneşi Said Nursi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756335215</t>
+          <t>9789756335734</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Barışı Arayan Dünya</t>
+          <t>Bir Düş Yolcusu Nurettin Durman</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756335321</t>
+          <t>9789756335765</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>47 Yıldır Mezar Yeri Tartışılan Nur Üstad</t>
+          <t>Bir Dakika</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
+          <t>9789756335482</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Belediyelerde Proje Yönetimi</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789756335215</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Barışı Arayan Dünya</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789756335321</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>47 Yıldır Mezar Yeri Tartışılan Nur Üstad</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
           <t>9789756335468</t>
         </is>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Kayıp İmge</t>
         </is>
       </c>
-      <c r="C123" s="1">
+      <c r="C126" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>