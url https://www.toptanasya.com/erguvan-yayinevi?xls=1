--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,1915 +85,1930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259369600</t>
+          <t>9786259369631</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Milas'ta 20. Yüzyıla Sarkan Lâkaplar ve Öyküleri</t>
+          <t>Binbaşı Şevket Turgut Bey'in Not Defteri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259369617</t>
+          <t>9786259369600</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İtikadi Kavramlara Kur’ani Bakışlar</t>
+          <t>Milas'ta 20. Yüzyıla Sarkan Lâkaplar ve Öyküleri</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259395210</t>
+          <t>9786259369617</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İlanihaye (Sonsuza Kadar)</t>
+          <t>Çağdaş İtikadi Kavramlara Kur’ani Bakışlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059634960</t>
+          <t>9786259395210</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Keşke Çocuk Olsam</t>
+          <t>İlanihaye (Sonsuza Kadar)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059634984</t>
+          <t>9786059634960</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimle Koşuyorum</t>
+          <t>Keşke Çocuk Olsam</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059634953</t>
+          <t>9786059634984</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürden Sayfalar</t>
+          <t>Yüreğimle Koşuyorum</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059634946</t>
+          <t>9786059634953</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gönlümde Saklı Mısralar</t>
+          <t>Bir Ömürden Sayfalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059634168</t>
+          <t>9786059634946</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Babam Ali Ulvi Kurucu</t>
+          <t>Gönlümde Saklı Mısralar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756335025</t>
+          <t>9786059634168</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aynası İştir Kişinin Lafa Bakılır</t>
+          <t>Babam Ali Ulvi Kurucu</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059634854</t>
+          <t>9789756335025</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>II. Millî Sinema Açık Oturumları</t>
+          <t>Aynası İştir Kişinin Lafa Bakılır</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756335076</t>
+          <t>9786059634854</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Heybe Şiir</t>
+          <t>II. Millî Sinema Açık Oturumları</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756335084</t>
+          <t>9789756335076</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ercişli Emrah ile Selbihan Hikayesi</t>
+          <t>Bir Heybe Şiir</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059834861</t>
+          <t>9789756335084</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasının Bilgesi Mehmet Doğan</t>
+          <t>Ercişli Emrah ile Selbihan Hikayesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059634939</t>
+          <t>9786059834861</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Örkenez Bağkonak</t>
+          <t>Türk Dünyasının Bilgesi Mehmet Doğan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059634571</t>
+          <t>9786059634939</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarımdaki Dr. Hayreddin Bulut</t>
+          <t>Örkenez Bağkonak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756335710</t>
+          <t>9786059634571</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mağarada Mum</t>
+          <t>Hatıralarımdaki Dr. Hayreddin Bulut</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059634489</t>
+          <t>9789756335710</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendimin Karanlık Gecesi</t>
+          <t>Mağarada Mum</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059634908</t>
+          <t>9786059634489</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ege'nin Dişi Kaplanları</t>
+          <t>Ben Kendimin Karanlık Gecesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059634915</t>
+          <t>9786059634908</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çilimli</t>
+          <t>Ege'nin Dişi Kaplanları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756335826</t>
+          <t>9786059634915</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ve Eylül Bir Ayın Adıdır Aslında</t>
+          <t>Çilimli</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059634656</t>
+          <t>9789756335826</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Dostları</t>
+          <t>Ve Eylül Bir Ayın Adıdır Aslında</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059634878</t>
+          <t>9786059634656</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cephe'den Sürgüne CHP ve Kürtler</t>
+          <t>Kediler ve Dostları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756335017</t>
+          <t>9786059634878</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Enformel Sektör İşportacılar - Eminönü İlçesinde Bir Alan Araştırması</t>
+          <t>Cephe'den Sürgüne CHP ve Kürtler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756335796</t>
+          <t>9789756335017</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çoban Çeşme</t>
+          <t>İstanbul'da Enformel Sektör İşportacılar - Eminönü İlçesinde Bir Alan Araştırması</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059634847</t>
+          <t>9789756335796</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür</t>
+          <t>Çoban Çeşme</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756335956</t>
+          <t>9786059634847</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Baba Yüreğin Nerede</t>
+          <t>Tefekkür</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059634113</t>
+          <t>9789756335956</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çözülme</t>
+          <t>Baba Yüreğin Nerede</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059634823</t>
+          <t>9786059634113</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Doğal Arıcılık</t>
+          <t>Çözülme</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059634816</t>
+          <t>9786059634823</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Yeni Nesil Doğal Arıcılık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059634809</t>
+          <t>9786059634816</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Soluk Soluğa</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059634793</t>
+          <t>9786059634809</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Peygamberi Hazreti Muhammed</t>
+          <t>Soluk Soluğa</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059634786</t>
+          <t>9786059634793</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dua, Bir Yükseliştir</t>
+          <t>Özgürlük Peygamberi Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059634762</t>
+          <t>9786059634786</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tebrizli Nazir’in Türkçe Şiirleri</t>
+          <t>Dua, Bir Yükseliştir</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059634779</t>
+          <t>9786059634762</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yelpazenin Açılmayan Katı</t>
+          <t>Tebrizli Nazir’in Türkçe Şiirleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756335499</t>
+          <t>9786059634779</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kamu Yönetimi Çağında Türkiye’de Girişimci Bürokrasi ve Girişimci Bürokratlar</t>
+          <t>Yelpazenin Açılmayan Katı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756335703</t>
+          <t>9789756335499</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Elif Düştü</t>
+          <t>Yeni Kamu Yönetimi Çağında Türkiye’de Girişimci Bürokrasi ve Girişimci Bürokratlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059634632</t>
+          <t>9789756335703</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler ve Miras Eğitmenleri İçin Trame Rehberi</t>
+          <t>Yüreğime Elif Düştü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059634748</t>
+          <t>9786059634632</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Vicdan</t>
+          <t>Öğretmenler ve Miras Eğitmenleri İçin Trame Rehberi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059634731</t>
+          <t>9786059634748</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Nereye Gidiyor</t>
+          <t>Vicdan</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789759634458</t>
+          <t>9786059634731</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Dünümüzü Hatırlatma Sözlüğü (Ciltli)</t>
+          <t>İnsanlık Nereye Gidiyor</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>950</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059634724</t>
+          <t>9789759634458</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Adapazarı Yunan Mezalimi 1922</t>
+          <t>Türkçede Dünümüzü Hatırlatma Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059634717</t>
+          <t>9786059634724</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Müstakil Bolu Sancağı Rumi - Mali 1334 Senesi Salnamesine Göre Devrek</t>
+          <t>Adapazarı Yunan Mezalimi 1922</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059634687</t>
+          <t>9786059634717</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>18-23 Ekim 1915 Çanakkale Cephesinde Duyup Düşündüklerim</t>
+          <t>Müstakil Bolu Sancağı Rumi - Mali 1334 Senesi Salnamesine Göre Devrek</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059634670</t>
+          <t>9786059634687</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bağkonak Köyünde Bademlikte Vurdular Bir Şahini</t>
+          <t>18-23 Ekim 1915 Çanakkale Cephesinde Duyup Düşündüklerim</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059634625</t>
+          <t>9786059634670</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hasret Mutlaka Bir Gün Bitecek</t>
+          <t>Bağkonak Köyünde Bademlikte Vurdular Bir Şahini</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059634977</t>
+          <t>9786059634625</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>36 Yıl ve Ben</t>
+          <t>Hasret Mutlaka Bir Gün Bitecek</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059634618</t>
+          <t>9786059634977</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Dostları</t>
+          <t>36 Yıl ve Ben</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059634564</t>
+          <t>9786059634618</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliği</t>
+          <t>Kediler ve Dostları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059634410</t>
+          <t>9786059634564</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yedi Deliler</t>
+          <t>Türk Kimliği</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059634533</t>
+          <t>9786059634410</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
+          <t>Yedi Deliler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059634557</t>
+          <t>9786059634533</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mühim Meseleler</t>
+          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059634540</t>
+          <t>9786059634557</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Manisa'ya Değer Katanlar</t>
+          <t>Mühim Meseleler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756335345</t>
+          <t>9786059634540</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şehid Metin Yüksel - Kardelenlerin Kan Kırmızı Açtığı Gün</t>
+          <t>Manisa'ya Değer Katanlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756335512</t>
+          <t>9789756335345</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hüzünbaz Sevgiliye Mektuplar</t>
+          <t>Şehid Metin Yüksel - Kardelenlerin Kan Kırmızı Açtığı Gün</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756335857</t>
+          <t>9789756335512</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hazan</t>
+          <t>Hüzünbaz Sevgiliye Mektuplar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756335239</t>
+          <t>9789756335857</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Pi Çare</t>
+          <t>Hazan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059634526</t>
+          <t>9789756335239</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medeniyet</t>
+          <t>Pi Çare</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059634472</t>
+          <t>9786059634526</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna</t>
+          <t>Dijital Medeniyet</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059634465</t>
+          <t>9786059634472</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Kısa Sureler ve Seçilmiş Ayetler</t>
+          <t>Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>800</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756335949</t>
+          <t>9786059634465</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yokuşlarda Susamak</t>
+          <t>Şiirlerle Kısa Sureler ve Seçilmiş Ayetler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756335441</t>
+          <t>9789756335949</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tabip Gözüyle İbadetler</t>
+          <t>Yokuşlarda Susamak</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059634601</t>
+          <t>9789756335441</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Okul Müdürünün Günlüğünden Yaşanmış İbretli Anılar</t>
+          <t>Tabip Gözüyle İbadetler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756335543</t>
+          <t>9786059634601</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Akifname</t>
+          <t>Okul Müdürünün Günlüğünden Yaşanmış İbretli Anılar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059634427</t>
+          <t>9789756335543</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
+          <t>Akifname</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059634403</t>
+          <t>9786059634427</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Turna</t>
+          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059634397</t>
+          <t>9786059634403</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Nesli’nden Eğitime Adanmış Bir Ömür</t>
+          <t>Turna</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059634373</t>
+          <t>9786059634397</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Yarım Kalan Koşularla Geçti</t>
+          <t>İmam Hatip Nesli’nden Eğitime Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059634380</t>
+          <t>9786059634373</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Benim Gözümden Almanya</t>
+          <t>Ömrüm Yarım Kalan Koşularla Geçti</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059634298</t>
+          <t>9786059634380</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gurbette Mehmed Akif’le Yaşamak ve Sohbetler Makaleler</t>
+          <t>Benim Gözümden Almanya</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059634328</t>
+          <t>9786059634298</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin Dili</t>
+          <t>Gurbette Mehmed Akif’le Yaşamak ve Sohbetler Makaleler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059634335</t>
+          <t>9786059634328</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kuran Kadınlar</t>
+          <t>Deyimlerin Dili</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059634342</t>
+          <t>9786059634335</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Safahat’ın Penceresinden</t>
+          <t>Geleceği Kuran Kadınlar</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059634021</t>
+          <t>9786059634342</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı ve Zulme Karşı Tavrımız</t>
+          <t>Safahat’ın Penceresinden</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059634311</t>
+          <t>9786059634021</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hayatla Uğraşma Hayatla Uzlaş</t>
+          <t>İslam Ahlakı ve Zulme Karşı Tavrımız</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059634588</t>
+          <t>9786059634311</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Asiye'nin Gözyaşı</t>
+          <t>Hayatla Uğraşma Hayatla Uzlaş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059634052</t>
+          <t>9786059634588</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tatil - Bilig Çocuk</t>
+          <t>Asiye'nin Gözyaşı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059634069</t>
+          <t>9786059634052</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kurt - Bilig Çocuk</t>
+          <t>Tatil - Bilig Çocuk</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059634076</t>
+          <t>9786059634069</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz</t>
+          <t>Mavi Kurt - Bilig Çocuk</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059634267</t>
+          <t>9786059634076</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tarihiyle İslambol Şiirleri</t>
+          <t>15 Temmuz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059634250</t>
+          <t>9786059634267</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Kuralları</t>
+          <t>Kadim Tarihiyle İslambol Şiirleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059634205</t>
+          <t>9786059634250</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çimpe Hisarı</t>
+          <t>Oyunun Kuralları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059634212</t>
+          <t>9786059634205</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Küyük</t>
+          <t>Çimpe Hisarı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059634199</t>
+          <t>9786059634212</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Ali'de Gün Batımı</t>
+          <t>Küyük</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059634175</t>
+          <t>9786059634199</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Siyasal İletişim</t>
+          <t>Bab-ı Ali'de Gün Batımı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059634120</t>
+          <t>9786059634175</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dini Kur'an İslamı Kur'an Nizamı</t>
+          <t>Sosyal Medyada Siyasal İletişim</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059634137</t>
+          <t>9786059634120</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutamak</t>
+          <t>Kur'an Dini Kur'an İslamı Kur'an Nizamı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059634106</t>
+          <t>9786059634137</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kar Çiçeği</t>
+          <t>Bir Tutamak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059634083</t>
+          <t>9786059634106</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplarla Mevzuat</t>
+          <t>Kar Çiçeği</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756335840</t>
+          <t>9786059634083</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Projesi</t>
+          <t>Sorular ve Cevaplarla Mevzuat</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059634007</t>
+          <t>9789756335840</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Dünyada Türkiye'nin Yeri</t>
+          <t>Sivil Toplum Projesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756335987</t>
+          <t>9786059634007</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam Ebu Hanife</t>
+          <t>Yarınki Dünyada Türkiye'nin Yeri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756335963</t>
+          <t>9789756335987</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Deşerken</t>
+          <t>İmam-ı Azam Ebu Hanife</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059634045</t>
+          <t>9789756335963</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir İşletme İçin Yeni Girişimcilik</t>
+          <t>Karanlığı Deşerken</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756335918</t>
+          <t>9786059634045</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Paramiliter Edebiyat</t>
+          <t>Başarılı Bir İşletme İçin Yeni Girişimcilik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756335819</t>
+          <t>9789756335918</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gelin</t>
+          <t>Paramiliter Edebiyat</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756335932</t>
+          <t>9789756335819</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihi Boyu Devlet, Siyaset Medeniyet</t>
+          <t>Sarı Gelin</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756335925</t>
+          <t>9789756335932</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Kemalizm</t>
+          <t>İnsanlık Tarihi Boyu Devlet, Siyaset Medeniyet</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756335666</t>
+          <t>9789756335925</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yoruldum Gönül</t>
+          <t>Aynadaki Kemalizm</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756335444</t>
+          <t>9789756335666</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Vamık İle Azra</t>
+          <t>Yoruldum Gönül</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>3990000016151</t>
+          <t>9789756335444</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Üstad Sayfaları</t>
+          <t>Vamık İle Azra</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756335062</t>
+          <t>3990000016151</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Hüzün</t>
+          <t>Üstad Sayfaları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756335598</t>
+          <t>9789756335062</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İsrail</t>
+          <t>Uzun Bir Hüzün</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756335741</t>
+          <t>9789756335598</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tijbazı</t>
+          <t>Türkiye İsrail</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756335475</t>
+          <t>9789756335741</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Şiir Biraz Çok Hüzün</t>
+          <t>Tijbazı</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756335291</t>
+          <t>9789756335475</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şair Milletvekilleri 1920-2005</t>
+          <t>Şiir Biraz Çok Hüzün</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756335505</t>
+          <t>9789756335291</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Suskunluk Şiirleri</t>
+          <t>Şair Milletvekilleri 1920-2005</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756335123</t>
+          <t>9789756335505</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sorunlarıyla ve Çözümleriyle Türk Tarımı</t>
+          <t>Suskunluk Şiirleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789786335680</t>
+          <t>9789756335123</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Solmayan Gül</t>
+          <t>Sorunlarıyla ve Çözümleriyle Türk Tarımı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756335116</t>
+          <t>9789786335680</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Reconquista Türk Milleti’nin Mukadderatı</t>
+          <t>Solmayan Gül</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756335758</t>
+          <t>9789756335116</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetin Temelleri</t>
+          <t>Reconquista Türk Milleti’nin Mukadderatı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756335154</t>
+          <t>9789756335758</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kütlelerin İsyanı</t>
+          <t>Medeniyetin Temelleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756335055</t>
+          <t>9789756335154</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kalbim, Ey Divane</t>
+          <t>Kütlelerin İsyanı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756335246</t>
+          <t>9789756335055</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Amine</t>
+          <t>Kalbim, Ey Divane</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756335642</t>
+          <t>9789756335246</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Günlüğümü Elerken</t>
+          <t>Hazreti Amine</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756335048</t>
+          <t>9789756335642</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gece Sağanakları - Bütün Şiirleri</t>
+          <t>Günlüğümü Elerken</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756335352</t>
+          <t>9789756335048</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Cennete Koşanlar ve Ashab-ı Bedir</t>
+          <t>Gece Sağanakları - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756335093</t>
+          <t>9789756335352</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Buraşeyler</t>
+          <t>Cennete Koşanlar ve Ashab-ı Bedir</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756335031</t>
+          <t>9789756335093</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Ben Yar Seni</t>
+          <t>Buraşeyler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756335284</t>
+          <t>9789756335031</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir İman Güneşi Said Nursi</t>
+          <t>Bulurum Ben Yar Seni</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756335734</t>
+          <t>9789756335284</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Yolcusu Nurettin Durman</t>
+          <t>Bir İman Güneşi Said Nursi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756335765</t>
+          <t>9789756335734</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Dakika</t>
+          <t>Bir Düş Yolcusu Nurettin Durman</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756335482</t>
+          <t>9789756335765</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Proje Yönetimi</t>
+          <t>Bir Dakika</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756335215</t>
+          <t>9789756335482</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Barışı Arayan Dünya</t>
+          <t>Belediyelerde Proje Yönetimi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756335321</t>
+          <t>9789756335215</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>47 Yıldır Mezar Yeri Tartışılan Nur Üstad</t>
+          <t>Barışı Arayan Dünya</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
+          <t>9789756335321</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>47 Yıldır Mezar Yeri Tartışılan Nur Üstad</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
           <t>9789756335468</t>
         </is>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Kayıp İmge</t>
         </is>
       </c>
-      <c r="C126" s="1">
-        <v>50</v>
+      <c r="C127" s="1">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>