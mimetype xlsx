--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,1930 +85,2320 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259369631</t>
+          <t>9786259369679</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Binbaşı Şevket Turgut Bey'in Not Defteri</t>
+          <t>Devrek Tarih Yazıları ve Adatepe Kadınlar İsyanı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259369600</t>
+          <t>9786059634991</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Milas'ta 20. Yüzyıla Sarkan Lâkaplar ve Öyküleri</t>
+          <t>Çağdaş İtikadi Kavramlara Kur’ani Bakışlar</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259369617</t>
+          <t>9786059634519</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İtikadi Kavramlara Kur’ani Bakışlar</t>
+          <t>Kidef Arapça</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259395210</t>
+          <t>9786059634247</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İlanihaye (Sonsuza Kadar)</t>
+          <t>Muhammed Ali Es-Sabuni</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059634960</t>
+          <t>9786059634038</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Keşke Çocuk Olsam</t>
+          <t>Erdoğanname</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059634984</t>
+          <t>9789756335536</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimle Koşuyorum</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059634953</t>
+          <t>9786059634243</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürden Sayfalar</t>
+          <t>Geleceğin İnşasında Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059634946</t>
+          <t>9786059634236</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gönlümde Saklı Mısralar</t>
+          <t>Dağlık Frigya - Geçmişin Gizemli Diyarı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059634168</t>
+          <t>9789756335970</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Babam Ali Ulvi Kurucu</t>
+          <t>Yerel Yönetimlerde Sosyal Medya Planlaması ve Uygulama Stratejileri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756335025</t>
+          <t>9789756335161</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aynası İştir Kişinin Lafa Bakılır</t>
+          <t>Hüzün Tohumları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059634854</t>
+          <t>9786059634090</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>II. Millî Sinema Açık Oturumları</t>
+          <t>Anılara Dönüş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756335076</t>
+          <t>9786058401600</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Heybe Şiir</t>
+          <t>Zindanda Çocuk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756335084</t>
+          <t>9789756335338</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ercişli Emrah ile Selbihan Hikayesi</t>
+          <t>Sonsuz Mutluluğun Sırları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059834861</t>
+          <t>9789756335581</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasının Bilgesi Mehmet Doğan</t>
+          <t>Seyyah-ı Beyaban Mehmet Akif</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059634939</t>
+          <t>9789756335695</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Örkenez Bağkonak</t>
+          <t>Sevgi Peygamberi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059634571</t>
+          <t>9789756335611</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarımdaki Dr. Hayreddin Bulut</t>
+          <t>Sefertası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756335710</t>
+          <t>9789756335451</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mağarada Mum</t>
+          <t>Mem İle Zin - Kırık Kanatlı Kırgın Kelebekler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059634489</t>
+          <t>9789756335635</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendimin Karanlık Gecesi</t>
+          <t>Sevgi En Güzel Hediye</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059634908</t>
+          <t>9789756335727</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ege'nin Dişi Kaplanları</t>
+          <t>Köylü’nün Notları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059634915</t>
+          <t>9789756335222</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çilimli</t>
+          <t>Hz. Peygamber ve Zamanı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756335826</t>
+          <t>9789756335130</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ve Eylül Bir Ayın Adıdır Aslında</t>
+          <t>Frig Vadisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059634656</t>
+          <t>9789756335574</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Dostları</t>
+          <t>Derbesiye Günleri 1. Kitap</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059634878</t>
+          <t>9789756335994</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cephe'den Sürgüne CHP ve Kürtler</t>
+          <t>Tuhfe-i Se-Zeban (İnceleme -Tenkitli Metin - Tıpkıbasım - Sözlük)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756335017</t>
+          <t>9786059634359</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Enformel Sektör İşportacılar - Eminönü İlçesinde Bir Alan Araştırması</t>
+          <t>Ustaların İzinde</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756335796</t>
+          <t>9786059634229</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çoban Çeşme</t>
+          <t>Şiirlerle 15 Temmuz</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059634847</t>
+          <t>9786059634182</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür</t>
+          <t>Bay Protokol Bayan Nezaket</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756335956</t>
+          <t>9786259369631</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Baba Yüreğin Nerede</t>
+          <t>Binbaşı Şevket Turgut Bey'in Not Defteri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059634113</t>
+          <t>9786259369600</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çözülme</t>
+          <t>Milas'ta 20. Yüzyıla Sarkan Lâkaplar ve Öyküleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059634823</t>
+          <t>9786259369617</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Doğal Arıcılık</t>
+          <t>Çağdaş İtikadi Kavramlara Kur’ani Bakışlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059634816</t>
+          <t>9786259395210</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>İlanihaye (Sonsuza Kadar)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059634809</t>
+          <t>9786059634960</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Soluk Soluğa</t>
+          <t>Keşke Çocuk Olsam</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059634793</t>
+          <t>9786059634984</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Peygamberi Hazreti Muhammed</t>
+          <t>Yüreğimle Koşuyorum</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059634786</t>
+          <t>9786059634953</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dua, Bir Yükseliştir</t>
+          <t>Bir Ömürden Sayfalar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059634762</t>
+          <t>9786059634946</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tebrizli Nazir’in Türkçe Şiirleri</t>
+          <t>Gönlümde Saklı Mısralar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059634779</t>
+          <t>9786059634168</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yelpazenin Açılmayan Katı</t>
+          <t>Babam Ali Ulvi Kurucu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756335499</t>
+          <t>9789756335025</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kamu Yönetimi Çağında Türkiye’de Girişimci Bürokrasi ve Girişimci Bürokratlar</t>
+          <t>Aynası İştir Kişinin Lafa Bakılır</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756335703</t>
+          <t>9786059634854</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Elif Düştü</t>
+          <t>II. Millî Sinema Açık Oturumları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059634632</t>
+          <t>9789756335076</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler ve Miras Eğitmenleri İçin Trame Rehberi</t>
+          <t>Bir Heybe Şiir</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059634748</t>
+          <t>9789756335084</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Vicdan</t>
+          <t>Ercişli Emrah ile Selbihan Hikayesi</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059634731</t>
+          <t>9786059834861</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Nereye Gidiyor</t>
+          <t>Türk Dünyasının Bilgesi Mehmet Doğan</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759634458</t>
+          <t>9786059634939</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Dünümüzü Hatırlatma Sözlüğü (Ciltli)</t>
+          <t>Örkenez Bağkonak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>950</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059634724</t>
+          <t>9786059634571</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Adapazarı Yunan Mezalimi 1922</t>
+          <t>Hatıralarımdaki Dr. Hayreddin Bulut</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059634717</t>
+          <t>9789756335710</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Müstakil Bolu Sancağı Rumi - Mali 1334 Senesi Salnamesine Göre Devrek</t>
+          <t>Mağarada Mum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059634687</t>
+          <t>9786059634489</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>18-23 Ekim 1915 Çanakkale Cephesinde Duyup Düşündüklerim</t>
+          <t>Ben Kendimin Karanlık Gecesi</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059634670</t>
+          <t>9786059634908</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bağkonak Köyünde Bademlikte Vurdular Bir Şahini</t>
+          <t>Ege'nin Dişi Kaplanları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059634625</t>
+          <t>9786059634915</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hasret Mutlaka Bir Gün Bitecek</t>
+          <t>Çilimli</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059634977</t>
+          <t>9789756335826</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>36 Yıl ve Ben</t>
+          <t>Ve Eylül Bir Ayın Adıdır Aslında</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059634618</t>
+          <t>9786059634656</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Kediler ve Dostları</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059634564</t>
+          <t>9786059634878</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliği</t>
+          <t>Cephe'den Sürgüne CHP ve Kürtler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059634410</t>
+          <t>9789756335017</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yedi Deliler</t>
+          <t>İstanbul'da Enformel Sektör İşportacılar - Eminönü İlçesinde Bir Alan Araştırması</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059634533</t>
+          <t>9789756335796</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
+          <t>Çoban Çeşme</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059634557</t>
+          <t>9786059634847</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mühim Meseleler</t>
+          <t>Tefekkür</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059634540</t>
+          <t>9789756335956</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Manisa'ya Değer Katanlar</t>
+          <t>Baba Yüreğin Nerede</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756335345</t>
+          <t>9786059634113</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şehid Metin Yüksel - Kardelenlerin Kan Kırmızı Açtığı Gün</t>
+          <t>Çözülme</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756335512</t>
+          <t>9786059634823</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hüzünbaz Sevgiliye Mektuplar</t>
+          <t>Yeni Nesil Doğal Arıcılık</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756335857</t>
+          <t>9786059634816</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hazan</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756335239</t>
+          <t>9786059634809</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Pi Çare</t>
+          <t>Soluk Soluğa</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059634526</t>
+          <t>9786059634793</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medeniyet</t>
+          <t>Özgürlük Peygamberi Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059634472</t>
+          <t>9786059634786</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna</t>
+          <t>Dua, Bir Yükseliştir</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059634465</t>
+          <t>9786059634762</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Kısa Sureler ve Seçilmiş Ayetler</t>
+          <t>Tebrizli Nazir’in Türkçe Şiirleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756335949</t>
+          <t>9786059634779</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yokuşlarda Susamak</t>
+          <t>Yelpazenin Açılmayan Katı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789756335441</t>
+          <t>9789756335499</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tabip Gözüyle İbadetler</t>
+          <t>Yeni Kamu Yönetimi Çağında Türkiye’de Girişimci Bürokrasi ve Girişimci Bürokratlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059634601</t>
+          <t>9789756335703</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Okul Müdürünün Günlüğünden Yaşanmış İbretli Anılar</t>
+          <t>Yüreğime Elif Düştü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789756335543</t>
+          <t>9786059634632</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Akifname</t>
+          <t>Öğretmenler ve Miras Eğitmenleri İçin Trame Rehberi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059634427</t>
+          <t>9786059634748</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
+          <t>Vicdan</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059634403</t>
+          <t>9786059634731</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Turna</t>
+          <t>İnsanlık Nereye Gidiyor</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059634397</t>
+          <t>9789759634458</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Nesli’nden Eğitime Adanmış Bir Ömür</t>
+          <t>Türkçede Dünümüzü Hatırlatma Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059634373</t>
+          <t>9786059634724</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Yarım Kalan Koşularla Geçti</t>
+          <t>Adapazarı Yunan Mezalimi 1922</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059634380</t>
+          <t>9786059634717</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Benim Gözümden Almanya</t>
+          <t>Müstakil Bolu Sancağı Rumi - Mali 1334 Senesi Salnamesine Göre Devrek</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059634298</t>
+          <t>9786059634687</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gurbette Mehmed Akif’le Yaşamak ve Sohbetler Makaleler</t>
+          <t>18-23 Ekim 1915 Çanakkale Cephesinde Duyup Düşündüklerim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059634328</t>
+          <t>9786059634670</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin Dili</t>
+          <t>Bağkonak Köyünde Bademlikte Vurdular Bir Şahini</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059634335</t>
+          <t>9786059634625</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kuran Kadınlar</t>
+          <t>Hasret Mutlaka Bir Gün Bitecek</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059634342</t>
+          <t>9786059634977</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Safahat’ın Penceresinden</t>
+          <t>36 Yıl ve Ben</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059634021</t>
+          <t>9786059634618</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı ve Zulme Karşı Tavrımız</t>
+          <t>Kediler ve Dostları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059634311</t>
+          <t>9786059634564</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hayatla Uğraşma Hayatla Uzlaş</t>
+          <t>Türk Kimliği</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059634588</t>
+          <t>9786059634410</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Asiye'nin Gözyaşı</t>
+          <t>Yedi Deliler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059634052</t>
+          <t>9786059634533</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tatil - Bilig Çocuk</t>
+          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059634069</t>
+          <t>9786059634557</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kurt - Bilig Çocuk</t>
+          <t>Mühim Meseleler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059634076</t>
+          <t>9786059634540</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz</t>
+          <t>Manisa'ya Değer Katanlar</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059634267</t>
+          <t>9789756335345</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tarihiyle İslambol Şiirleri</t>
+          <t>Şehid Metin Yüksel - Kardelenlerin Kan Kırmızı Açtığı Gün</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059634250</t>
+          <t>9789756335512</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Kuralları</t>
+          <t>Hüzünbaz Sevgiliye Mektuplar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059634205</t>
+          <t>9789756335857</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çimpe Hisarı</t>
+          <t>Hazan</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059634212</t>
+          <t>9789756335239</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Küyük</t>
+          <t>Pi Çare</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059634199</t>
+          <t>9786059634526</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Ali'de Gün Batımı</t>
+          <t>Dijital Medeniyet</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059634175</t>
+          <t>9786059634472</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Siyasal İletişim</t>
+          <t>Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059634120</t>
+          <t>9786059634465</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dini Kur'an İslamı Kur'an Nizamı</t>
+          <t>Şiirlerle Kısa Sureler ve Seçilmiş Ayetler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059634137</t>
+          <t>9789756335949</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutamak</t>
+          <t>Yokuşlarda Susamak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059634106</t>
+          <t>9789756335441</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kar Çiçeği</t>
+          <t>Tabip Gözüyle İbadetler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059634083</t>
+          <t>9786059634601</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplarla Mevzuat</t>
+          <t>Okul Müdürünün Günlüğünden Yaşanmış İbretli Anılar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756335840</t>
+          <t>9789756335543</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Projesi</t>
+          <t>Akifname</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059634007</t>
+          <t>9786059634427</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Dünyada Türkiye'nin Yeri</t>
+          <t>Telafisi Mümkün Olmayan Pişmanlıklar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756335987</t>
+          <t>9786059634403</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam Ebu Hanife</t>
+          <t>Turna</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789756335963</t>
+          <t>9786059634397</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Deşerken</t>
+          <t>İmam Hatip Nesli’nden Eğitime Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059634045</t>
+          <t>9786059634373</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir İşletme İçin Yeni Girişimcilik</t>
+          <t>Ömrüm Yarım Kalan Koşularla Geçti</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756335918</t>
+          <t>9786059634380</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Paramiliter Edebiyat</t>
+          <t>Benim Gözümden Almanya</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756335819</t>
+          <t>9786059634298</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gelin</t>
+          <t>Gurbette Mehmed Akif’le Yaşamak ve Sohbetler Makaleler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756335932</t>
+          <t>9786059634328</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihi Boyu Devlet, Siyaset Medeniyet</t>
+          <t>Deyimlerin Dili</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756335925</t>
+          <t>9786059634335</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Kemalizm</t>
+          <t>Geleceği Kuran Kadınlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756335666</t>
+          <t>9786059634342</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yoruldum Gönül</t>
+          <t>Safahat’ın Penceresinden</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756335444</t>
+          <t>9786059634021</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Vamık İle Azra</t>
+          <t>İslam Ahlakı ve Zulme Karşı Tavrımız</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>3990000016151</t>
+          <t>9786059634311</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Üstad Sayfaları</t>
+          <t>Hayatla Uğraşma Hayatla Uzlaş</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756335062</t>
+          <t>9786059634588</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Hüzün</t>
+          <t>Asiye'nin Gözyaşı</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756335598</t>
+          <t>9786059634052</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İsrail</t>
+          <t>Tatil - Bilig Çocuk</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756335741</t>
+          <t>9786059634069</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tijbazı</t>
+          <t>Mavi Kurt - Bilig Çocuk</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756335475</t>
+          <t>9786059634076</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şiir Biraz Çok Hüzün</t>
+          <t>15 Temmuz</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756335291</t>
+          <t>9786059634267</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şair Milletvekilleri 1920-2005</t>
+          <t>Kadim Tarihiyle İslambol Şiirleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756335505</t>
+          <t>9786059634250</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Suskunluk Şiirleri</t>
+          <t>Oyunun Kuralları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756335123</t>
+          <t>9786059634205</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sorunlarıyla ve Çözümleriyle Türk Tarımı</t>
+          <t>Çimpe Hisarı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789786335680</t>
+          <t>9786059634212</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Solmayan Gül</t>
+          <t>Küyük</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756335116</t>
+          <t>9786059634199</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Reconquista Türk Milleti’nin Mukadderatı</t>
+          <t>Bab-ı Ali'de Gün Batımı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756335758</t>
+          <t>9786059634175</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetin Temelleri</t>
+          <t>Sosyal Medyada Siyasal İletişim</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756335154</t>
+          <t>9786059634120</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kütlelerin İsyanı</t>
+          <t>Kur'an Dini Kur'an İslamı Kur'an Nizamı</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756335055</t>
+          <t>9786059634137</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kalbim, Ey Divane</t>
+          <t>Bir Tutamak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756335246</t>
+          <t>9786059634106</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Amine</t>
+          <t>Kar Çiçeği</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756335642</t>
+          <t>9786059634083</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Günlüğümü Elerken</t>
+          <t>Sorular ve Cevaplarla Mevzuat</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756335048</t>
+          <t>9789756335840</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gece Sağanakları - Bütün Şiirleri</t>
+          <t>Sivil Toplum Projesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756335352</t>
+          <t>9786059634007</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Cennete Koşanlar ve Ashab-ı Bedir</t>
+          <t>Yarınki Dünyada Türkiye'nin Yeri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756335093</t>
+          <t>9789756335987</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Buraşeyler</t>
+          <t>İmam-ı Azam Ebu Hanife</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756335031</t>
+          <t>9789756335963</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Ben Yar Seni</t>
+          <t>Karanlığı Deşerken</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756335284</t>
+          <t>9786059634045</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bir İman Güneşi Said Nursi</t>
+          <t>Başarılı Bir İşletme İçin Yeni Girişimcilik</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756335734</t>
+          <t>9789756335918</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Yolcusu Nurettin Durman</t>
+          <t>Paramiliter Edebiyat</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756335765</t>
+          <t>9789756335819</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Dakika</t>
+          <t>Sarı Gelin</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756335482</t>
+          <t>9789756335932</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Proje Yönetimi</t>
+          <t>İnsanlık Tarihi Boyu Devlet, Siyaset Medeniyet</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756335215</t>
+          <t>9789756335925</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Barışı Arayan Dünya</t>
+          <t>Aynadaki Kemalizm</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756335321</t>
+          <t>9789756335666</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>47 Yıldır Mezar Yeri Tartışılan Nur Üstad</t>
+          <t>Yoruldum Gönül</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
+          <t>9789756335444</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Vamık İle Azra</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>3990000016151</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Üstad Sayfaları</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789756335062</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Bir Hüzün</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789756335598</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye İsrail</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789756335741</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Tijbazı</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789756335475</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Biraz Çok Hüzün</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789756335291</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Şair Milletvekilleri 1920-2005</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789756335505</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Suskunluk Şiirleri</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789756335123</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Sorunlarıyla ve Çözümleriyle Türk Tarımı</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789786335680</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Solmayan Gül</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789756335116</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Reconquista Türk Milleti’nin Mukadderatı</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789756335758</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyetin Temelleri</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789756335154</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Kütlelerin İsyanı</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789756335055</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Kalbim, Ey Divane</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789756335246</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Amine</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789756335642</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Günlüğümü Elerken</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789756335048</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Gece Sağanakları - Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789756335352</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Cennete Koşanlar ve Ashab-ı Bedir</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789756335093</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Buraşeyler</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789756335031</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Bulurum Ben Yar Seni</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789756335284</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Bir İman Güneşi Said Nursi</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789756335734</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Bir Düş Yolcusu Nurettin Durman</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789756335765</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dakika</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789756335482</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Belediyelerde Proje Yönetimi</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789756335215</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Barışı Arayan Dünya</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789756335321</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>47 Yıldır Mezar Yeri Tartışılan Nur Üstad</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
           <t>9789756335468</t>
         </is>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Kayıp İmge</t>
         </is>
       </c>
-      <c r="C127" s="1">
+      <c r="C153" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>