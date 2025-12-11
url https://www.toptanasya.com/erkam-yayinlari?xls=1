--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,7285 +85,7375 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254407109</t>
+          <t>9789756247556</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan'dan Yasin Suresi Meal ve Tefsiri</t>
+          <t>Hazret-i Muhammed Mustafa 1 Mekke Devri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>265</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053020646</t>
+          <t>9786255686374</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 23. Cilt (Ciltli)</t>
+          <t>Rasulullah Aleyhi̇sselam'ın Babası ve Annesi̇</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>950</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944831451</t>
+          <t>9786255686237</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 13. Cilt (Ciltli)</t>
+          <t>Evlen Mutlu Ol</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>950</v>
+        <v>325</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944381673</t>
+          <t>9786255686329</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf</t>
+          <t>Günümüz Fıkıh Problemleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254407086</t>
+          <t>9786255686282</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan'dan Fetih Suresi Meal ve Tefsiri</t>
+          <t>İslam'da Kadının Çalışması ve Sosyal Güvenliği</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254409790</t>
+          <t>9786255686299</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tabakatü'l Kübra</t>
+          <t>İslam'da Zenginlik ve Fakirlik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>2750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789756247464</t>
+          <t>9786254407109</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 1. Cilt (Ciltli)</t>
+          <t>Ruhul Beyan'dan Yasin Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>950</v>
+        <v>265</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944830331</t>
+          <t>9786053020646</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 3</t>
+          <t>Ruhu'l Beyan Tefsiri - 23. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254409639</t>
+          <t>9789944831451</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Rehberi</t>
+          <t>Ruhu'l Beyan Tefsiri - 13. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254409783</t>
+          <t>9789944381673</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Örnek Aileleri - 2</t>
+          <t>Hz. Yusuf</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944831871</t>
+          <t>9786254407086</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'den 111 Hatıra</t>
+          <t>Ruhul Beyan'dan Fetih Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254409608</t>
+          <t>9786254409790</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Afetler ve İmtihan Gerçeği</t>
+          <t>Tabakatü'l Kübra</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254409615</t>
+          <t>9789756247464</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Reyhane Annemiz</t>
+          <t>Ruhu'l Beyan Tefsiri - 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>950</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254409622</t>
+          <t>9789944830331</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Mariye Annemiz</t>
+          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 3</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254409530</t>
+          <t>9786254409639</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Vehb Bin Münebbih ve Rivayetleri</t>
+          <t>Kudüs Rehberi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254409592</t>
+          <t>9786254409783</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler</t>
+          <t>İslam'ın Örnek Aileleri - 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254407116</t>
+          <t>9789944831871</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan'dan Kehf Suresi Meal ve Tefsiri</t>
+          <t>Hz. Ali'den 111 Hatıra</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058649385</t>
+          <t>9786254409608</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
+          <t>Afetler ve İmtihan Gerçeği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058649330</t>
+          <t>9786254409615</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
+          <t>Hazreti Reyhane Annemiz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058649323</t>
+          <t>9786254409622</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler</t>
+          <t>Hazreti Mariye Annemiz</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254403415</t>
+          <t>9786254409530</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet</t>
+          <t>Vehb Bin Münebbih ve Rivayetleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>125</v>
+        <v>550</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058547025</t>
+          <t>9786254409592</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dergahından Mektuplar</t>
+          <t>Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053025160</t>
+          <t>9786254407116</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 1. Dönem (Öğrenci Kitabı)</t>
+          <t>Ruhul Beyan'dan Kehf Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254403521</t>
+          <t>9786058649385</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Nasreddin Hoca</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053029366</t>
+          <t>9786058649330</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şahidi</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053025214</t>
+          <t>9786058649323</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Hayata</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254400841</t>
+          <t>9786254403415</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Nefsine Bir Söz Söyle</t>
+          <t>Muhabbet</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053026235</t>
+          <t>9786058547025</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Meymune Annemiz</t>
+          <t>Gönül Dergahından Mektuplar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254404030</t>
+          <t>9786053025160</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sevilen Bir Eğitimcinin Vasıfları</t>
+          <t>Rehberim - 1. Dönem (Öğrenci Kitabı)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254403606</t>
+          <t>9786254403521</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kulu Allah'a Yaklaştıran Namaz</t>
+          <t>Anadolu'nun Kandilleri - Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254403651</t>
+          <t>9786053029366</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kullarıma Söyle</t>
+          <t>Aşkın Şahidi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254403408</t>
+          <t>9786053025214</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İmanı Aşk ile Yaşamak</t>
+          <t>Kalpten Hayata</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254403378</t>
+          <t>9786254400841</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kul Hakkı Hassasiyeti</t>
+          <t>Nefsine Bir Söz Söyle</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254403392</t>
+          <t>9786053026235</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İlla Edep</t>
+          <t>Hazret-i Meymune Annemiz</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053024613</t>
+          <t>9786254404030</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Hadisleri</t>
+          <t>Sevilen Bir Eğitimcinin Vasıfları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053025221</t>
+          <t>9786254403606</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Diriliş Vakti</t>
+          <t>Kulu Allah'a Yaklaştıran Namaz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053021803</t>
+          <t>9786254403651</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bahar Gelince</t>
+          <t>Kullarıma Söyle</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053025191</t>
+          <t>9786254403408</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aziz Ümmete Doğru</t>
+          <t>İmanı Aşk ile Yaşamak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944830164</t>
+          <t>9786254403378</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denilen Muamma</t>
+          <t>Kul Hakkı Hassasiyeti</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944832403</t>
+          <t>9786254403392</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle İslam Akaidi (Ciltli)</t>
+          <t>İlla Edep</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9799756247364</t>
+          <t>9786053024613</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Güller Gülü Efendimiz</t>
+          <t>Peygamberimin Hadisleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756736135</t>
+          <t>9786053025221</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Aile İlmihali (Ciltli)</t>
+          <t>Kişiliğin Diriliş Vakti</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944836890</t>
+          <t>9786053021803</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şeriflerden Dualar</t>
+          <t>Bahar Gelince</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944833103</t>
+          <t>9786053025191</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>1001 Hadis (Kenzü'l İrfan) (Ciltli)</t>
+          <t>Aziz Ümmete Doğru</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944835961</t>
+          <t>9789944830164</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Delail-i Hayrat ve Tercümesi (Ciltli)</t>
+          <t>İnsan Denilen Muamma</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944381215</t>
+          <t>9789944832403</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler (Ciltli)</t>
+          <t>Delilleriyle İslam Akaidi (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799756247210</t>
+          <t>9799756247364</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprağın İmanı</t>
+          <t>Güller Gülü Efendimiz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944831796</t>
+          <t>9789756736135</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bir Nasihat Binbir ibret</t>
+          <t>Delilleriyle Aile İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>275</v>
+        <v>750</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944835749</t>
+          <t>9789944836890</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şeriflerden Dualar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944381055</t>
+          <t>9789944833103</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Üsve-i Hasene 1 (Ciltli)</t>
+          <t>1001 Hadis (Kenzü'l İrfan) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944834148</t>
+          <t>9789944835961</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Değerler Eğitimi ve Faaliyet Örnekleri</t>
+          <t>Delail-i Hayrat ve Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053021780</t>
+          <t>9789944381215</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Elit Delilleriyle Aile İlmihali (Ciltli)</t>
+          <t>Dualar ve Zikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944835824</t>
+          <t>9799756247210</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Organlarımız Konuşuyor Duyuyor Musunuz?</t>
+          <t>Bu Toprağın İmanı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053024194</t>
+          <t>9789944831796</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ebediyet Yolculuğu (Ciltli)</t>
+          <t>Bir Nasihat Binbir ibret</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053025207</t>
+          <t>9789944835749</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Huzur Bul Huzur Ver</t>
+          <t>Siyer Öğretimi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053024262</t>
+          <t>9789944381055</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlakın Basamakları 1</t>
+          <t>Üsve-i Hasene 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053026020</t>
+          <t>9789944834148</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hüznün En Güzeli</t>
+          <t>Okul Öncesi Değerler Eğitimi ve Faaliyet Örnekleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944831345</t>
+          <t>9786053021780</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed Mustafa - 2 (Medine Devri) (Ciltli)</t>
+          <t>Elit Delilleriyle Aile İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>550</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756247518</t>
+          <t>9789944835824</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Din Dili Kalb Dili</t>
+          <t>Organlarımız Konuşuyor Duyuyor Musunuz?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053026242</t>
+          <t>9786053024194</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Aklına Bir Söz Söyle</t>
+          <t>Ebediyet Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254409332</t>
+          <t>9786053025207</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi</t>
+          <t>Huzur Bul Huzur Ver</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254409424</t>
+          <t>9786053024262</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
+          <t>Güzel Ahlakın Basamakları 1</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254409325</t>
+          <t>9786053026020</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Peygamberlerin Evlatlarına Nasihatleri</t>
+          <t>Hüznün En Güzeli</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944830775</t>
+          <t>9789944831345</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hizmetçi</t>
+          <t>Hazret-i Muhammed Mustafa 2 Medine Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944830799</t>
+          <t>9789756247518</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Güller Gülü</t>
+          <t>Din Dili Kalb Dili</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254406485</t>
+          <t>9786053026242</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Açıklamalı Türkçe Meali (Ciltli)</t>
+          <t>Aklına Bir Söz Söyle</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053021216</t>
+          <t>9786254409332</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumid'd-Din Tercümesi Büyük Boy (8 Cilt Takım) (Ciltli)</t>
+          <t>Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>6000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254409318</t>
+          <t>9786254409424</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mü'minlerin Annelerinden 111 Hatıra</t>
+          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944833233</t>
+          <t>9786254409325</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Delail-i Hayrat (Ciltli)</t>
+          <t>Kur'an-ı Kerim'de Peygamberlerin Evlatlarına Nasihatleri</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944833370</t>
+          <t>9789944830775</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (3 Cilt Takım)</t>
+          <t>Küçük Hizmetçi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>2100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756736890</t>
+          <t>9789944830799</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 1</t>
+          <t>Güller Gülü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254409288</t>
+          <t>9786254406485</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Peygamberimiz</t>
+          <t>Kur'an-ı Kerim'in Açıklamalı Türkçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>650</v>
+        <v>950</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254409257</t>
+          <t>9786053021216</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Amentü/ Kur’anî ve İrfanî Açıdan</t>
+          <t>İhya-u Ulumid'd-Din Tercümesi Büyük Boy (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>285</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254408397</t>
+          <t>9786254409318</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Dehlevi</t>
+          <t>Mü'minlerin Annelerinden 111 Hatıra</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756247012</t>
+          <t>9789944833233</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi 1 - Soru Kitabı</t>
+          <t>Delail-i Hayrat (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254404405</t>
+          <t>9789944833370</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Din Bir (Oyunlarla Din Kültürü ve Ahlak Bilgisi Dersleri)</t>
+          <t>Marifetname (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>145</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254404450</t>
+          <t>9789756736890</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hacegan Yolu</t>
+          <t>Nebiler Silsilesi - 1</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944399999</t>
+          <t>9786254409288</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Leyla ve Gerçek</t>
+          <t>Ayet ve Hadislerle Peygamberimiz</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053025153</t>
+          <t>9786254409257</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Eczanesinden Maddi Manevi Şifreler ve Şifalar</t>
+          <t>Amentü/ Kur’anî ve İrfanî Açıdan</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254403552</t>
+          <t>9786254408397</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nereye Bu Gidiş?</t>
+          <t>Abdullah Dehlevi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254402922</t>
+          <t>9789756247012</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Uyandım</t>
+          <t>Nebiler Silsilesi 1 - Soru Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254400629</t>
+          <t>9786254404405</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Hadis-i Şerif Tercümesi Lüks, Sempatik Cep Boy - 8 Cilt (Ciltli)</t>
+          <t>Bir Din Bir (Oyunlarla Din Kültürü ve Ahlak Bilgisi Dersleri)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>2000</v>
+        <v>145</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053025139</t>
+          <t>9786254404450</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 3 (Ciltli)</t>
+          <t>Hacegan Yolu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053025122</t>
+          <t>9789944399999</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2 (Ciltli)</t>
+          <t>Aşk, Leyla ve Gerçek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053025115</t>
+          <t>9786053025153</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 1 (Ciltli)</t>
+          <t>Allah'ın Eczanesinden Maddi Manevi Şifreler ve Şifalar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944833455</t>
+          <t>9786254403552</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Marifetname - Translitere Baskı (Ciltli)</t>
+          <t>Nereye Bu Gidiş?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>1350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9799756247197</t>
+          <t>9786254402922</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kalabilme Davası - Gönül Gündemi 4</t>
+          <t>İslam’a Uyandım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944833561</t>
+          <t>9786254400629</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayat Mektebi</t>
+          <t>Riyazüs Salihin Hadis-i Şerif Tercümesi Lüks, Sempatik Cep Boy - 8 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>225</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756247563</t>
+          <t>9786053025139</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat Katreleri</t>
+          <t>Nebiler Silsilesi - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944838900</t>
+          <t>9786053025122</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Annelik ve Bebek Bakımı</t>
+          <t>Nebiler Silsilesi - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944381932</t>
+          <t>9786053025115</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Mucize Kur’an</t>
+          <t>Nebiler Silsilesi - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>60</v>
+        <v>550</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9799756247333</t>
+          <t>9789944833455</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 6</t>
+          <t>Marifetname - Translitere Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944832021</t>
+          <t>9799756247197</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Herşey Bizimle Ne Güzel Konuşuyor (Ciltli)</t>
+          <t>Müslüman Kalabilme Davası - Gönül Gündemi 4</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9799756736455</t>
+          <t>9789944833561</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erleri -1</t>
+          <t>Hayat Mektebi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053020073</t>
+          <t>9789756247563</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler (Ciltli)</t>
+          <t>Ab-ı Hayat Katreleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9799756247395</t>
+          <t>9789944838900</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hak Yolcusunun Düsturları</t>
+          <t>İslam Kültüründe Annelik ve Bebek Bakımı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944831444</t>
+          <t>9789944381932</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde 101 Adım</t>
+          <t>Eşsiz Mucize Kur’an</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756247587</t>
+          <t>9799756247333</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara 40 Hadis</t>
+          <t>Musahabe - 6</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756736180</t>
+          <t>9789944832021</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Sistem Tartışmaları</t>
+          <t>Herşey Bizimle Ne Güzel Konuşuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756247501</t>
+          <t>9799756736455</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Yokla Ey Dost</t>
+          <t>Gönül Erleri -1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053025849</t>
+          <t>9786053020073</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mektubat-ı İmam-ı Rabbani (5 Cilt) (Ciltli)</t>
+          <t>Dualar ve Zikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>6000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944831420</t>
+          <t>9799756247395</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Okulu</t>
+          <t>Hak Yolcusunun Düsturları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254403644</t>
+          <t>9789944831444</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Fakra Övgü</t>
+          <t>Eğitimde 101 Adım</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>155</v>
+        <v>60</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254403569</t>
+          <t>9789756247587</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an-ı Kerim Elifbesi</t>
+          <t>Çocuklara 40 Hadis</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944831338</t>
+          <t>9789756736180</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed Mustafa - 1 (Mekke Devri) (Ciltli)</t>
+          <t>Müslüman Sistem Tartışmaları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053028635</t>
+          <t>9789756247501</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Muaşeret</t>
+          <t>Yüreğini Yokla Ey Dost</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>380</v>
+        <v>80</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756736005</t>
+          <t>9786053025849</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin-Hadis-i Şerif Tercümesi (8 Cilt Takım) (Ciltli)</t>
+          <t>Mektubat-ı İmam-ı Rabbani (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>6250</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944381710</t>
+          <t>9789944831420</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yolculuk</t>
+          <t>Ramazan Okulu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9799756247012</t>
+          <t>9786254403644</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi Soru Kitapçığı - 1</t>
+          <t>Fakra Övgü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756247433</t>
+          <t>9786254403569</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İlim - Amel Seyr-u Süluk</t>
+          <t>Tecvidli Kur'an-ı Kerim Elifbesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756736739</t>
+          <t>9789944831338</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik Hıristiyanlık ve İslam</t>
+          <t>Hazret-i Muhammed Mustafa 1 Mekke Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944830386</t>
+          <t>9786053028635</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Esintileri</t>
+          <t>Adab-ı Muaşeret</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944832083</t>
+          <t>9789756736005</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>300 Soruda Tasavvufi Hayat</t>
+          <t>Riyazüs Salihin-Hadis-i Şerif Tercümesi (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>6250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756736548</t>
+          <t>9789944381710</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tezkiretü'l Evliya</t>
+          <t>Tarihe Yolculuk</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756736654</t>
+          <t>9799756247012</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bir Sultan Yaşardı Sultantepe'de</t>
+          <t>Nebiler Silsilesi Soru Kitapçığı - 1</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786254407093</t>
+          <t>9789756247433</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Rahman ve Mülk Sureleri Meâl ve Tefsirleri</t>
+          <t>İlim - Amel Seyr-u Süluk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9799756247180</t>
+          <t>9789756736739</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 3</t>
+          <t>Yahudilik Hıristiyanlık ve İslam</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756736982</t>
+          <t>9789944830386</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2</t>
+          <t>Rahmet Esintileri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786254408700</t>
+          <t>9789944832083</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Soruyor</t>
+          <t>300 Soruda Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>2770000024242</t>
+          <t>9789756736548</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri (23 Cilt Takım) (Ciltli)</t>
+          <t>Tezkiretü'l Evliya</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>21850</v>
+        <v>275</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944830010</t>
+          <t>9789756736654</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 9. Cilt (Ciltli)</t>
+          <t>Bir Sultan Yaşardı Sultantepe'de</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>950</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756247624</t>
+          <t>9786254407093</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 3. Cilt (Ciltli)</t>
+          <t>Rahman ve Mülk Sureleri Meâl ve Tefsirleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>950</v>
+        <v>235</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944836449</t>
+          <t>9799756247180</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 19. Cilt</t>
+          <t>Nebiler Silsilesi - 3</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>950</v>
+        <v>390</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944838573</t>
+          <t>9789756736982</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 22. Cilt (Ciltli)</t>
+          <t>Nebiler Silsilesi - 2</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>950</v>
+        <v>390</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944837415</t>
+          <t>9786254408700</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 20. Cilt (Ciltli)</t>
+          <t>Kur'an Soruyor</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944830744</t>
+          <t>2770000024242</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed Mustafa (s.a.v.) - Ders Kitabı (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri (23 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>800</v>
+        <v>21850</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254408175</t>
+          <t>9789944830010</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gençlik İlmihali</t>
+          <t>Ruhu'l Beyan Tefsiri - 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786254408564</t>
+          <t>9789756247624</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hüdayi Tefsiri Mecalis</t>
+          <t>Ruhu'l Beyan Tefsiri - 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786254408465</t>
+          <t>9789944836449</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dokunan Kitaplar</t>
+          <t>Ruhu'l Beyan Tefsiri - 19. Cilt</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756247280</t>
+          <t>9789944838573</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Helal Kazanç (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 22. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756247679</t>
+          <t>9789944837415</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 4. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 20. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053026532</t>
+          <t>9789944830744</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Hatırlatanlar-1</t>
+          <t>Hazreti Muhammed Mustafa (s.a.v.) - Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>800</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254404252</t>
+          <t>9786254408175</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hayatının Gayesi</t>
+          <t>Gençlik İlmihali</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786254404634</t>
+          <t>9786254408564</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tefsirü'l-Kur'ani'l-Azim</t>
+          <t>Hüdayi Tefsiri Mecalis</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254403101</t>
+          <t>9786254408465</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah Efendimiz'den Eğitim Düsturları</t>
+          <t>Kalbe Dokunan Kitaplar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254403422</t>
+          <t>9789756247280</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İncinme İncitme</t>
+          <t>Helal Kazanç (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254400797</t>
+          <t>9789756247679</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-i Zan ve Vefa</t>
+          <t>Ruhu'l Beyan Tefsiri - 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>125</v>
+        <v>950</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053029533</t>
+          <t>9786053026532</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Hatice-i Kübra Annemiz 2 Cilt Takım</t>
+          <t>Allah'ı Hatırlatanlar-1</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254400766</t>
+          <t>9786254404252</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hayırda Yarışmak</t>
+          <t>İnsan Hayatının Gayesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756247990</t>
+          <t>9786254404634</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Muhabbetteki Sır</t>
+          <t>Tefsirü'l-Kur'ani'l-Azim</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756247921</t>
+          <t>9786254403101</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mükerrem İnsan</t>
+          <t>Rasulullah Efendimiz'den Eğitim Düsturları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944834360</t>
+          <t>9786254403422</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile (Ciltli)</t>
+          <t>İncinme İncitme</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756247891</t>
+          <t>9786254400797</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Adab (Ciltli)</t>
+          <t>Hüsn-i Zan ve Vefa</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786254400773</t>
+          <t>9786053029533</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tevekkül ve Teslimiyet</t>
+          <t>Hazret-i Hatice-i Kübra Annemiz 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254400735</t>
+          <t>9786254400766</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İslam Tefekkür Ufku (Ciltli)</t>
+          <t>Hayırda Yarışmak</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254408120</t>
+          <t>9789756247990</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Duruş</t>
+          <t>Muhabbetteki Sır</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254404276</t>
+          <t>9789756247921</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Müfessirleri 11. - 11. - YY</t>
+          <t>Mükerrem İnsan</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254403538</t>
+          <t>9789944834360</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kandilleri - Şeyh Nasirüddin Mahmud (Ahi Evran)</t>
+          <t>Altın Silsile (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>110</v>
+        <v>750</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786254403484</t>
+          <t>9789756247891</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Akşemseddin</t>
+          <t>Adab (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786254403576</t>
+          <t>9786254400773</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile (Fotoğraflı) (Ciltli)</t>
+          <t>Tevekkül ve Teslimiyet</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254403668</t>
+          <t>9786254400735</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mekke-i Mükerreme'nin Faziletleri</t>
+          <t>İslam Tefekkür Ufku (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>70</v>
+        <v>750</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786254408144</t>
+          <t>9786254408120</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Şiirinde Nakşi Gelenek</t>
+          <t>Müslümanca Duruş</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254407765</t>
+          <t>9786254404276</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Haller ve Makamlar (Ciltli)</t>
+          <t>Selçuklu Müfessirleri 11. - 11. - YY</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254408168</t>
+          <t>9786254403538</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kıraat İlmi Açısından Ğayetü'l-İhtisar</t>
+          <t>Anadolu’nun Kandilleri - Şeyh Nasirüddin Mahmud (Ahi Evran)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254408137</t>
+          <t>9786254403484</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gülşeni Gelenekte Şairler, Eserler ve Kavramlar</t>
+          <t>Anadolu'nun Kandilleri - Akşemseddin</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254402913</t>
+          <t>9786254403576</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssaları</t>
+          <t>Altın Silsile (Fotoğraflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254400780</t>
+          <t>9786254403668</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Birlik ve Beraberlik</t>
+          <t>Mekke-i Mükerreme'nin Faziletleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>125</v>
+        <v>70</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944381017</t>
+          <t>9786254408144</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İmandan İhsana Tasavvuf</t>
+          <t>Türk Tasavvuf Şiirinde Nakşi Gelenek</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254402906</t>
+          <t>9786254407765</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tecvid İlmi</t>
+          <t>Tasavvufta Haller ve Makamlar (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254402937</t>
+          <t>9786254408168</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Metinleri</t>
+          <t>Kıraat İlmi Açısından Ğayetü'l-İhtisar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053024514</t>
+          <t>9786254408137</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Mevlana</t>
+          <t>Gülşeni Gelenekte Şairler, Eserler ve Kavramlar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254400810</t>
+          <t>9786254402913</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Zirvesi</t>
+          <t>Kur'an Kıssaları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254400155</t>
+          <t>9786254400780</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hakkın Sesi Mehmet Akif</t>
+          <t>Birlik ve Beraberlik</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756247983</t>
+          <t>9789944381017</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İslam İman İbadet</t>
+          <t>İmandan İhsana Tasavvuf</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756247440</t>
+          <t>9786254402906</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2</t>
+          <t>Tecvid İlmi</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756736258</t>
+          <t>9786254402937</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gül'ün Gülleri</t>
+          <t>Tefsir Metinleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756247471</t>
+          <t>9786053024514</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 2. Cilt (Ciltli)</t>
+          <t>Hazreti Mevlana</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944830621</t>
+          <t>9786254400810</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bir Testi Su</t>
+          <t>Ahlakın Zirvesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944830720</t>
+          <t>9786254400155</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mü'minlerin Anneleri</t>
+          <t>Hakkın Sesi Mehmet Akif</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944838917</t>
+          <t>9789756247983</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İrfan Sohbetleri</t>
+          <t>İslam İman İbadet</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756247006</t>
+          <t>9789756247440</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi Ders Kitabı - 1</t>
+          <t>Nebiler Silsilesi - 2</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944837804</t>
+          <t>9789756736258</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kalplere Şifa Salavat ve Dualar (Ciltli)</t>
+          <t>Gül'ün Gülleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944835008</t>
+          <t>9789756247471</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Ruhu'l Beyan Tefsiri - 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>225</v>
+        <v>950</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9799756247319</t>
+          <t>9789944830621</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 2</t>
+          <t>Bir Testi Su</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9799756247326</t>
+          <t>9789944830720</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 5</t>
+          <t>Mü'minlerin Anneleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944833875</t>
+          <t>9789944838917</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yolculuğu</t>
+          <t>İrfan Sohbetleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944837194</t>
+          <t>9789756247006</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Klasikleri</t>
+          <t>Nebiler Silsilesi Ders Kitabı - 1</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944381758</t>
+          <t>9789944837804</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hacc-ı Mebrur ve Umre</t>
+          <t>Kalplere Şifa Salavat ve Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944831390</t>
+          <t>9789944835008</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostlarının Örnek Ahlakından 1</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756247907</t>
+          <t>9799756247319</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Tefsiri</t>
+          <t>Musahabe - 2</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756247792</t>
+          <t>9799756247326</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Musahabe - 5</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789756247594</t>
+          <t>9789944833875</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Muhammed Mustafa 2 Medine Devri</t>
+          <t>Gönül Yolculuğu</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053026495</t>
+          <t>9789944837194</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Karanlık Tarihi ve Malcolm X</t>
+          <t>Tasavvuf Klasikleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786254407772</t>
+          <t>9789944381758</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlığın Medeniyete Hizmetleri - 1</t>
+          <t>Hacc-ı Mebrur ve Umre</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254407789</t>
+          <t>9789944831390</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlığın Medeniyete Hizmetleri - 2</t>
+          <t>Hak Dostlarının Örnek Ahlakından 1</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254404559</t>
+          <t>9789756247907</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Allahım Sorularım Bitmedi</t>
+          <t>Bakara Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786254407871</t>
+          <t>9789756247792</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tevbe Suresi Meal ve Tefsiri</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786254407833</t>
+          <t>9789756247594</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ra'd Suresi Meal ve Tefsiri</t>
+          <t>Hazret-i Muhammed Mustafa 2 Medine Devri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254407857</t>
+          <t>9786053026495</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İsra Suresi Meal ve Tefsiri</t>
+          <t>Amerika'nın Karanlık Tarihi ve Malcolm X</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254407840</t>
+          <t>9786254407772</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Enfal Suresi Meal ve Tefsiri</t>
+          <t>Müslümanlığın Medeniyete Hizmetleri - 1</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254407864</t>
+          <t>9786254407789</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ahzab Suresi Meal ve Tefsiri</t>
+          <t>Müslümanlığın Medeniyete Hizmetleri - 2</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786254405235</t>
+          <t>9786254404559</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Ehl-i Sünnet Akaidi</t>
+          <t>Allahım Sorularım Bitmedi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053025177</t>
+          <t>9786254407871</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 1. Dönem (Eğitimci Kitabı)</t>
+          <t>Tevbe Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789756247426</t>
+          <t>9786254407833</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2 Ders Kitabı</t>
+          <t>Ra'd Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254404320</t>
+          <t>9786254407857</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bostan Gülistan</t>
+          <t>İsra Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786254404269</t>
+          <t>9786254407840</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Şeref Kaynağımız</t>
+          <t>Enfal Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254404245</t>
+          <t>9786254407864</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Yönelişin Zirvesi</t>
+          <t>Ahzab Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254403613</t>
+          <t>9786254405235</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Hukuku</t>
+          <t>Delilleriyle Ehl-i Sünnet Akaidi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944836494</t>
+          <t>9786053025177</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yasin - Tebareke - Kısa Sureler</t>
+          <t>Rehberim - 1. Dönem (Eğitimci Kitabı)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254404184</t>
+          <t>9789756247426</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Feraiz Manzum (Şiirle)</t>
+          <t>Nebiler Silsilesi - 2 Ders Kitabı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254400469</t>
+          <t>9786254404320</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçesinden Dualar</t>
+          <t>Bostan Gülistan</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944381222</t>
+          <t>9786254404269</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yasin Cüzü</t>
+          <t>Kur’an Şeref Kaynağımız</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>20</v>
+        <v>275</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254403385</t>
+          <t>9786254404245</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Münacat</t>
+          <t>Allah’a Yönelişin Zirvesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254400827</t>
+          <t>9786254403613</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hak'ka Davet</t>
+          <t>Kur’an Hukuku</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254402203</t>
+          <t>9789944836494</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Allah Yolunda Fedakarlık</t>
+          <t>Yasin - Tebareke - Kısa Sureler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254402210</t>
+          <t>9786254404184</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Allah İçin Yardım Etmek</t>
+          <t>Feraiz Manzum (Şiirle)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254404153</t>
+          <t>9786254400469</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Büyük Buluşma</t>
+          <t>Gönül Bahçesinden Dualar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786058547032</t>
+          <t>9789944381222</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dünya İslam'a Koşuyor</t>
+          <t>Yasin Cüzü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053029854</t>
+          <t>9786254403385</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Akif'in Leylası Millet</t>
+          <t>Dua ve Münacat</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944833097</t>
+          <t>9786254400827</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 1</t>
+          <t>Hak'ka Davet</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9799756247418</t>
+          <t>9786254402203</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Zühd Açısından Dünya ve Nimetleri</t>
+          <t>Allah Yolunda Fedakarlık</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944833516</t>
+          <t>9786254402210</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 2</t>
+          <t>Allah İçin Yardım Etmek</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944834193</t>
+          <t>9786254404153</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 3</t>
+          <t>Büyük Buluşma</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>90</v>
+        <v>550</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254400612</t>
+          <t>9786058547032</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Çekme Sanatı</t>
+          <t>Dünya İslam'a Koşuyor</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254402258</t>
+          <t>9786053029854</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Notları</t>
+          <t>Akif'in Leylası Millet</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786058547001</t>
+          <t>9789944833097</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ben Müslümanım</t>
+          <t>Rehberim - 1</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786058649392</t>
+          <t>9799756247418</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Şafak Sökerken</t>
+          <t>Zühd Açısından Dünya ve Nimetleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254400438</t>
+          <t>9789944833516</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Milletin Sesi İstiklal Marşı</t>
+          <t>Rehberim - 2</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254400445</t>
+          <t>9789944834193</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Cümle Kapısından Kalbe Girmek (Öğütler ve Düşünceler)</t>
+          <t>Rehberim - 3</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254400452</t>
+          <t>9786254400612</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Cümle Kapısından Kalbe Girmek (Ölçüler ve Hikmetler)</t>
+          <t>Fotoğraf Çekme Sanatı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254403477</t>
+          <t>9786254402258</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kandilleri - Ahmet Yesevi</t>
+          <t>Hikmet Notları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254403507</t>
+          <t>9786058547001</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Hacı Bektaş Veli</t>
+          <t>Ben Müslümanım</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944831536</t>
+          <t>9786058649392</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İkinci İstişare</t>
+          <t>Şafak Sökerken</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254403491</t>
+          <t>9786254400438</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Aziz Mahmud Hüdayi</t>
+          <t>Milletin Sesi İstiklal Marşı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254403545</t>
+          <t>9786254400445</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Yunus Emre</t>
+          <t>Cümle Kapısından Kalbe Girmek (Öğütler ve Düşünceler)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254400391</t>
+          <t>9786254400452</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dilinden 5 Cilt Set</t>
+          <t>Cümle Kapısından Kalbe Girmek (Ölçüler ve Hikmetler)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053024590</t>
+          <t>9786254403477</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hayri Efendi'den Sohbetler</t>
+          <t>Anadolu’nun Kandilleri - Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254400759</t>
+          <t>9786254403507</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erleri</t>
+          <t>Anadolu'nun Kandilleri - Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254402722</t>
+          <t>9789944831536</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Açıdan Haram Kazanç ve Muamele Ahkamı</t>
+          <t>İkinci İstişare</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053024064</t>
+          <t>9786254403491</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Ciltli)</t>
+          <t>Anadolu'nun Kandilleri - Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>950</v>
+        <v>110</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254403248</t>
+          <t>9786254403545</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz’in Hanımları Tarafından Hısımları</t>
+          <t>Anadolu'nun Kandilleri - Yunus Emre</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944381789</t>
+          <t>9786254400391</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Ömer'den 111 Hatıra</t>
+          <t>Gönül Dilinden 5 Cilt Set</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>70</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053024767</t>
+          <t>9786053024590</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Oyster Kayıp Hazine</t>
+          <t>Hasan Hayri Efendi'den Sohbetler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789944830911</t>
+          <t>9786254400759</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Nurlu Medine'den Hatıralar</t>
+          <t>Gönül Erleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756247938</t>
+          <t>9786254402722</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Esadiyye ve Fatiha-i Şerife Tercümesi</t>
+          <t>Fıkhi Açıdan Haram Kazanç ve Muamele Ahkamı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053024972</t>
+          <t>9786053024064</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Namazla Diriliş</t>
+          <t>İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>130</v>
+        <v>950</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944831697</t>
+          <t>9786254403248</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Fikir Adamlarımız - 2</t>
+          <t>Peygamber Efendimiz’in Hanımları Tarafından Hısımları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053025184</t>
+          <t>9789944381789</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kalbine Bir Söz Söyle</t>
+          <t>Hazret-i Ömer'den 111 Hatıra</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>235</v>
+        <v>70</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254400803</t>
+          <t>9786053024767</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Emanet ve Ahde Vefa</t>
+          <t>Oyster Kayıp Hazine</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254400544</t>
+          <t>9789944830911</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes Endişesi</t>
+          <t>Nurlu Medine'den Hatıralar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786254400537</t>
+          <t>9789756247938</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Amelimiz - Kur’an ve İlim</t>
+          <t>Risale-i Esadiyye ve Fatiha-i Şerife Tercümesi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254400728</t>
+          <t>9786053024972</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Fihristi (Ciltli)</t>
+          <t>Namazla Diriliş</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254400100</t>
+          <t>9789944831697</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Dualar</t>
+          <t>Fikir Adamlarımız - 2</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944831277</t>
+          <t>9786053025184</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Yol Haritası İslam (Ciltli)</t>
+          <t>Kalbine Bir Söz Söyle</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>600</v>
+        <v>235</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789756736999</t>
+          <t>9786254400803</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Marifet Yolu</t>
+          <t>Emanet ve Ahde Vefa</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944833448</t>
+          <t>9786254400544</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Marifetname - Osmanlıca Orjinal Baskı (Ciltli)</t>
+          <t>Son Nefes Endişesi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944381543</t>
+          <t>9786254400537</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tevhide Giriş</t>
+          <t>Ahiret Amelimiz - Kur’an ve İlim</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>550</v>
+        <v>125</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053024989</t>
+          <t>9786254400728</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Mercan Avcıları</t>
+          <t>Kur'an Fihristi (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>185</v>
+        <v>750</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053024736</t>
+          <t>9786254400100</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 1 (Ciltli)</t>
+          <t>Kur'an-ı Kerim'den Dualar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>2350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944831529</t>
+          <t>9789944831277</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Birinci İstişare</t>
+          <t>Ebedi Yol Haritası İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944831628</t>
+          <t>9789756736999</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesilleri İnşa Eden Alimlerimiz - 2</t>
+          <t>Marifet Yolu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944381239</t>
+          <t>9789944833448</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Elifbası</t>
+          <t>Marifetname - Osmanlıca Orjinal Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>50</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789944831680</t>
+          <t>9789944381543</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesilleri İnşa Eden Fikir Adamlarımız - 1</t>
+          <t>Tevhide Giriş</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053020820</t>
+          <t>9786053024989</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Babanın Zenginliği Para Etmez</t>
+          <t>Mercan Avcıları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>80</v>
+        <v>185</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053023586</t>
+          <t>9786053024736</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Yolculuk</t>
+          <t>Altınoluk Sohbetleri - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944381796</t>
+          <t>9789944831529</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Kardeşlik Ruhu</t>
+          <t>Birinci İstişare</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053028864</t>
+          <t>9789944831628</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Avcı Kekliği</t>
+          <t>Yeni Nesilleri İnşa Eden Alimlerimiz - 2</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944839006</t>
+          <t>9789944381239</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir'in Kur'an'a Hizmetleri ve Tefsirdeki Yeri</t>
+          <t>Kur'an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>380</v>
+        <v>50</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944838993</t>
+          <t>9789944831680</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Hatırlatanlar - 3</t>
+          <t>Yeni Nesilleri İnşa Eden Fikir Adamlarımız - 1</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254400520</t>
+          <t>9786053020820</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>llah ve Rasulü’ne İtaat</t>
+          <t>Babanın Zenginliği Para Etmez</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789944831611</t>
+          <t>9786053023586</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Alimlerimiz - 1</t>
+          <t>Yıldızlara Yolculuk</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053029908</t>
+          <t>9789944381796</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-i Raşidin</t>
+          <t>İslam Kültüründe Kardeşlik Ruhu</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053024293</t>
+          <t>9786053028864</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ailede Değerler Eğitimi</t>
+          <t>Avcı Kekliği</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>285</v>
+        <v>140</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053025078</t>
+          <t>9789944839006</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ümmü Habibe Remle Annemiz</t>
+          <t>Hz. Ebu Bekir'in Kur'an'a Hizmetleri ve Tefsirdeki Yeri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053028642</t>
+          <t>9789944838993</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ahkamu'l Kur'an (10 Cilt Takım) (Ciltli)</t>
+          <t>Allah'ı Hatırlatanlar - 3</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>7000</v>
+        <v>280</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789944830133</t>
+          <t>9786254400520</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Afacan Bedir Serisi (10 Kitap Set)</t>
+          <t>llah ve Rasulü’ne İtaat</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944835770</t>
+          <t>9789944831611</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Güzel Söz Çağrısı</t>
+          <t>Alimlerimiz - 1</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789756247877</t>
+          <t>9786053029908</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar Geçidi</t>
+          <t>Hulefa-i Raşidin</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>85</v>
+        <v>240</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789944836333</t>
+          <t>9786053024293</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Başarılı Çocuk Yetiştirmek İçin Anne-Baba Rehberi Seti (3 Kitap Takım)</t>
+          <t>Ailede Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>600</v>
+        <v>285</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254403675</t>
+          <t>9786053025078</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Muhibbin İrşadı</t>
+          <t>Hazreti Ümmü Habibe Remle Annemiz</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254400407</t>
+          <t>9786053028642</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Gönül Devrimi</t>
+          <t>Ahkamu'l Kur'an (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254400353</t>
+          <t>9789944830133</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Şimdi İslam’ın Zamanı</t>
+          <t>Afacan Bedir Serisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254400360</t>
+          <t>9789944835770</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Mektebi</t>
+          <t>Güzel Söz Çağrısı</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254400384</t>
+          <t>9789756247877</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kimliği</t>
+          <t>Hatıralar Geçidi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254400377</t>
+          <t>9789944836333</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük Kapısı</t>
+          <t>Mutlu ve Başarılı Çocuk Yetiştirmek İçin Anne-Baba Rehberi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053022961</t>
+          <t>9786254403675</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Ümidi</t>
+          <t>Muhibbin İrşadı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053024651</t>
+          <t>9786254400407</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar 4</t>
+          <t>Gönül Devrimi</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944834834</t>
+          <t>9786254400353</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>40 Kudsi Hadis</t>
+          <t>Şimdi İslam’ın Zamanı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053027508</t>
+          <t>9786254400360</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Güzel Ahlakı 2</t>
+          <t>Peygamber Mektebi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944832090</t>
+          <t>9786254400384</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Peygamberim'in Güzel Ahlakı</t>
+          <t>Müslüman Kimliği</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053026518</t>
+          <t>9786254400377</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bir Okul ve Bir Ekol Hz. Musab</t>
+          <t>Ölümsüzlük Kapısı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053026549</t>
+          <t>9786053022961</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Hatırlatanlar-2</t>
+          <t>Rahmet Ümidi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053026501</t>
+          <t>9786053024651</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sohbet İster Kahve Bahane</t>
+          <t>Mahmud Sami Efendi'den Hatıralar 4</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053024682</t>
+          <t>9789944834834</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram ve Faziletleri</t>
+          <t>40 Kudsi Hadis</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053025726</t>
+          <t>9786053027508</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Tespitlerle Kur'an Aynasında İnsan (Ciltli)</t>
+          <t>Müslümanın Güzel Ahlakı 2</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053025801</t>
+          <t>9789944832090</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Safiyye Annemiz</t>
+          <t>Hikayelerle Peygamberim'in Güzel Ahlakı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053025979</t>
+          <t>9786053026518</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Üşüyor Anne</t>
+          <t>Bir Okul ve Bir Ekol Hz. Musab</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053026365</t>
+          <t>9786053026549</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Olmaz</t>
+          <t>Allah'ı Hatırlatanlar-2</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053026372</t>
+          <t>9786053026501</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Günün Kutlu Olsun Sevdiğim</t>
+          <t>Gönül Sohbet İster Kahve Bahane</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053026600</t>
+          <t>9786053024682</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Halimiz Budur</t>
+          <t>Ashab-ı Kiram ve Faziletleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053024378</t>
+          <t>9786053025726</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İstikamet</t>
+          <t>Psikolojik Tespitlerle Kur'an Aynasında İnsan (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053024965</t>
+          <t>9786053025801</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hoca Bahaeddin Nakşbend</t>
+          <t>Hazret-i Safiyye Annemiz</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053024644</t>
+          <t>9786053025979</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolcusu</t>
+          <t>Ruhum Üşüyor Anne</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053024941</t>
+          <t>9786053026365</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Esad Erbili (Ciltli)</t>
+          <t>Sensiz Olmaz</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944832038</t>
+          <t>9786053026372</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Şeyhi Ekber İbn Arabi'de İdris Peygamber</t>
+          <t>Ölüm Günün Kutlu Olsun Sevdiğim</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789944562365</t>
+          <t>9786053026600</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Afişlerle Hadis Hikayeleri</t>
+          <t>Halimiz Budur</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053026006</t>
+          <t>9786053024378</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>İstikamet</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053024200</t>
+          <t>9786053024965</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İnsan İlişkileri</t>
+          <t>Hoca Bahaeddin Nakşbend</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>385</v>
+        <v>85</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053021742</t>
+          <t>9786053024644</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>365 Kahramanlık Tablosu (Ciltli)</t>
+          <t>Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053025290</t>
+          <t>9786053024941</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Arabi Konuşuyor</t>
+          <t>Muhammed Esad Erbili (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053024217</t>
+          <t>9789944832038</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sevenlerin Dilinden Musa Efendi</t>
+          <t>Şeyhi Ekber İbn Arabi'de İdris Peygamber</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053024897</t>
+          <t>9789944562365</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Salat ü Selam (Ciltli)</t>
+          <t>Afişlerle Hadis Hikayeleri</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053024316</t>
+          <t>9786053026006</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kalbimiz Allah Dedikçe</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053024286</t>
+          <t>9786053024200</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlakın Basamakları - 2</t>
+          <t>İslam'da İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053024361</t>
+          <t>9786053021742</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Buhari'de Namaz</t>
+          <t>365 Kahramanlık Tablosu (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944837088</t>
+          <t>9786053025290</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ben Böyle Değildim</t>
+          <t>İbn-i Arabi Konuşuyor</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>80</v>
+        <v>550</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944830300</t>
+          <t>9786053024217</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kurban İbadeti</t>
+          <t>Sevenlerin Dilinden Musa Efendi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9799756247227</t>
+          <t>9786053024897</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Bizans'a Çağrı Yöneltmek - Gönül Gündemi 2</t>
+          <t>Salat ü Selam (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789756736197</t>
+          <t>9786053024316</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İnsan Krizi</t>
+          <t>Kalbimiz Allah Dedikçe</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789944830447</t>
+          <t>9786053024286</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Cennetin İlk Sözü - Kur'an Günlüğü 2</t>
+          <t>Güzel Ahlakın Basamakları - 2</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789944381178</t>
+          <t>9786053024361</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile</t>
+          <t>Buhari'de Namaz</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789756736159</t>
+          <t>9789944837088</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Ticaret ve İktisat İlmihali</t>
+          <t>Ben Böyle Değildim</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>875</v>
+        <v>80</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789756736463</t>
+          <t>9789944830300</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Ve Marifetullah</t>
+          <t>Kurban İbadeti</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944834124</t>
+          <t>9799756247227</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kalp Coğrafyamızı Korumak</t>
+          <t>Bizans'a Çağrı Yöneltmek - Gönül Gündemi 2</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789944835084</t>
+          <t>9789756736197</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sohbet-i Arifan (Büyüklerin Sohbetleri)</t>
+          <t>İnsan Krizi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944839501</t>
+          <t>9789944830447</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Güzel Ahlakı - 1</t>
+          <t>Cennetin İlk Sözü - Kur'an Günlüğü 2</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944831703</t>
+          <t>9789944381178</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Çağın Karanlığından Kurtulup İslam'la Hayat Bulanlar</t>
+          <t>Altın Silsile</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>185</v>
+        <v>285</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789944381130</t>
+          <t>9789756736159</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Rahmet Toplumu</t>
+          <t>Delilleriyle Ticaret ve İktisat İlmihali</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>175</v>
+        <v>875</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944831093</t>
+          <t>9789756736463</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Hz.Halid Bin Velid</t>
+          <t>Tasavvuf Ve Marifetullah</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944381666</t>
+          <t>9789944834124</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Hz.İbrahim (a.s)</t>
+          <t>Kalp Coğrafyamızı Korumak</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944830966</t>
+          <t>9789944835084</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Toplumu</t>
+          <t>Sohbet-i Arifan (Büyüklerin Sohbetleri)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944381031</t>
+          <t>9789944839501</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Üç Sevgili</t>
+          <t>Müslümanın Güzel Ahlakı - 1</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789944834322</t>
+          <t>9789944831703</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Derviş Keşkülü</t>
+          <t>Çağın Karanlığından Kurtulup İslam'la Hayat Bulanlar</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944381512</t>
+          <t>9789944381130</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Allah Yolunda Adım Adım</t>
+          <t>İslam ve Rahmet Toplumu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944834568</t>
+          <t>9789944831093</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Arayışları</t>
+          <t>Hz.Halid Bin Velid</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789756736203</t>
+          <t>9789944381666</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Hüve'l Baki</t>
+          <t>Hz.İbrahim (a.s)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789756247525</t>
+          <t>9789944830966</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İslamı Aşkla Yaşamak</t>
+          <t>Sevgi Toplumu</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944381161</t>
+          <t>9789944381031</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Altın Ögütler (Ciltli)</t>
+          <t>Üç Sevgili</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944831437</t>
+          <t>9789944834322</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Hazine Ramazan</t>
+          <t>Derviş Keşkülü</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9799756247265</t>
+          <t>9789944381512</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>Allah Yolunda Adım Adım</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9799756247272</t>
+          <t>9789944834568</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Niceleri Benim Sandı</t>
+          <t>Hikmet Arayışları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944831017</t>
+          <t>9789756736203</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İmameyi Yaktı Ateş</t>
+          <t>Hüve'l Baki</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9799756247302</t>
+          <t>9789756247525</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 1</t>
+          <t>İslamı Aşkla Yaşamak</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9799756247388</t>
+          <t>9789944381161</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 3</t>
+          <t>Altın Ögütler (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789756247037</t>
+          <t>9789944831437</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Aç Gülzar Yap</t>
+          <t>Kutsal Hazine Ramazan</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944381581</t>
+          <t>9799756247265</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Çocukla İletişim</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944381888</t>
+          <t>9799756247272</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yaratılana Şefkat ve Merhamet</t>
+          <t>Niceleri Benim Sandı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944830942</t>
+          <t>9789944831017</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Erdemin Dili Affedicilik</t>
+          <t>İmameyi Yaktı Ateş</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789756247884</t>
+          <t>9799756247302</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Haydin Felaha</t>
+          <t>Musahabe - 1</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>115</v>
+        <v>220</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944830935</t>
+          <t>9799756247388</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Miras</t>
+          <t>Musahabe - 3</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944835442</t>
+          <t>9789756247037</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Ramazanoğlu Külliyatı (7 Kitap Takım) (Ciltli)</t>
+          <t>İstanbul'u Aç Gülzar Yap</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>3300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944832120</t>
+          <t>9789944381581</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Fatımatü'z Zehra'dır (Ciltli)</t>
+          <t>Çocukla İletişim</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789944837828</t>
+          <t>9789944381888</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Zekaya Uygun Etkinliklerle Peygamberim'e Uçuyorum (Ciltli)</t>
+          <t>Yaratılana Şefkat ve Merhamet</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789944835725</t>
+          <t>9789944830942</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 18. Cilt (Ciltli)</t>
+          <t>Erdemin Dili Affedicilik</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944839051</t>
+          <t>9789756247884</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Mü'minde Ruhi Disiplin</t>
+          <t>Haydin Felaha</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789756736265</t>
+          <t>9789944830935</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı (Ciltli)</t>
+          <t>En Güzel Miras</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>950</v>
+        <v>245</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944838016</t>
+          <t>9789944835442</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 21. Cilt (Ciltli)</t>
+          <t>Mahmud Sami Ramazanoğlu Külliyatı (7 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>950</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789944381277</t>
+          <t>9789944832120</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Hac ve Umre (Ciltli)</t>
+          <t>Fatımatü'z Zehra'dır (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789944836166</t>
+          <t>9789944837828</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Öğretmen Hz. Muhammed Mustafa</t>
+          <t>Çoklu Zekaya Uygun Etkinliklerle Peygamberim'e Uçuyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789944831055</t>
+          <t>9789944835725</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Tebük Gazvesi</t>
+          <t>Ruhu'l Beyan Tefsiri - 18. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053020080</t>
+          <t>9789944839051</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Aile Yuvası (Davetiye Formatıyla) (Ciltli)</t>
+          <t>Mü'minde Ruhi Disiplin</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789944830836</t>
+          <t>9789756736265</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 12. Cilt (Ciltli)</t>
+          <t>Osmanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944830324</t>
+          <t>9789944838016</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızla Neler Yapabiliriz?</t>
+          <t>Ruhu'l Beyan Tefsiri - 21. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9799756247357</t>
+          <t>9789944381277</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 6</t>
+          <t>Delilleriyle Hac ve Umre (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789944832984</t>
+          <t>9789944836166</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostlarının Örnek Ahlakından 2</t>
+          <t>En Güzel Öğretmen Hz. Muhammed Mustafa</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944381840</t>
+          <t>9789944831055</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Evimizin Süsü Çocuklarımız</t>
+          <t>Tebük Gazvesi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789944833721</t>
+          <t>9786053020080</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>40 Soru 40 Cevap (Ciltli)</t>
+          <t>Huzurlu Aile Yuvası (Davetiye Formatıyla) (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944830201</t>
+          <t>9789944830836</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Rahmet Ki</t>
+          <t>Ruhu'l Beyan Tefsiri - 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789756247686</t>
+          <t>9789944830324</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Saadet Damlaları</t>
+          <t>Çocuklarımızla Neler Yapabiliriz?</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789756736753</t>
+          <t>9799756247357</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>Altınoluk Sohbetleri - 6</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944830638</t>
+          <t>9789944832984</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Çağrısı</t>
+          <t>Hak Dostlarının Örnek Ahlakından 2</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789756736210</t>
+          <t>9789944381840</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Ruhani Hayat</t>
+          <t>Evimizin Süsü Çocuklarımız</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789944381185</t>
+          <t>9789944833721</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Meseleleri</t>
+          <t>40 Soru 40 Cevap (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944834117</t>
+          <t>9789944830201</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Nereye</t>
+          <t>Öyle Bir Rahmet Ki</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789944381123</t>
+          <t>9789756247686</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Biat</t>
+          <t>Saadet Damlaları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944381048</t>
+          <t>9789756736753</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Örnek Nesil (Ciltli)</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944381062</t>
+          <t>9789944830638</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Üsve-i Hasene 2 (Ciltli)</t>
+          <t>Mevlana Çağrısı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>700</v>
+        <v>225</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9799756247371</t>
+          <t>9789756736210</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 4</t>
+          <t>Ruhani Hayat</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9799756247340</t>
+          <t>9789944381185</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bayram Sohbetleri</t>
+          <t>Tasavvuf Meseleleri</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>50</v>
+        <v>225</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789944831048</t>
+          <t>9789944834117</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bedir Gazvesi ve Enfal Suresi Tefsiri</t>
+          <t>Yolculuk Nereye</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944834513</t>
+          <t>9789944381123</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Seyr u Süluk</t>
+          <t>Sonsuz Biat</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789756736852</t>
+          <t>9789944381048</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebu Bekir Sıddik</t>
+          <t>Örnek Nesil (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789756736869</t>
+          <t>9789944381062</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer'ül Faruk</t>
+          <t>Üsve-i Hasene 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944381499</t>
+          <t>9799756247371</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İslami Açıdan Kadın</t>
+          <t>Musahabe - 4</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789756736838</t>
+          <t>9799756247340</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman Zinnureyn</t>
+          <t>Bayram Sohbetleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944381000</t>
+          <t>9789944831048</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimleri Sever</t>
+          <t>Bedir Gazvesi ve Enfal Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789756736845</t>
+          <t>9789944834513</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Aliyy'ül Murteza</t>
+          <t>Kur'an-ı Kerim'de Seyr u Süluk</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944834421</t>
+          <t>9789756736852</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimleri Sevmez</t>
+          <t>Hazreti Ebu Bekir Sıddik</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944381994</t>
+          <t>9789756736869</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Gençlere Hikayeler ve Sorular-1</t>
+          <t>Hazreti Ömer'ül Faruk</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944837071</t>
+          <t>9789944381499</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İrfan Bahçesi</t>
+          <t>İslami Açıdan Kadın</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789944830379</t>
+          <t>9789756736838</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sahibül Vefa Musa Topbaş (Ciltli)</t>
+          <t>Hazreti Osman Zinnureyn</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789944837163</t>
+          <t>9789944381000</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Zikir</t>
+          <t>Allah Kimleri Sever</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053021179</t>
+          <t>9789756736845</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçekleri</t>
+          <t>Hazreti Aliyy'ül Murteza</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944838597</t>
+          <t>9789944834421</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Buhari'de Temizlik</t>
+          <t>Allah Kimleri Sevmez</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944838351</t>
+          <t>9789944381994</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Buhari'de İman ve İlim</t>
+          <t>Mevlana’dan Gençlere Hikayeler ve Sorular-1</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789756736722</t>
+          <t>9789944837071</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Bakış</t>
+          <t>İrfan Bahçesi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944835985</t>
+          <t>9789944830379</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İlk Heyecan</t>
+          <t>Sahibül Vefa Musa Topbaş (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789944836067</t>
+          <t>9789944837163</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar-3</t>
+          <t>Zikir</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053020639</t>
+          <t>9786053021179</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Vefa Sultanı Hz. Muhammed</t>
+          <t>Sevgi Çiçekleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789756736357</t>
+          <t>9789944838597</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları - 3</t>
+          <t>Buhari'de Temizlik</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944838566</t>
+          <t>9789944838351</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh - Ders Kitabı</t>
+          <t>Buhari'de İman ve İlim</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789756247778</t>
+          <t>9789756736722</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
+          <t>Tasavvufi Bakış</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789756736371</t>
+          <t>9789944835985</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 1</t>
+          <t>Eğitimde İlk Heyecan</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789756736388</t>
+          <t>9789944836067</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 2</t>
+          <t>Mahmud Sami Efendi'den Hatıralar-3</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789944381987</t>
+          <t>9786053020639</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Gençlere Hikayeler ve Sorular 2</t>
+          <t>Vefa Sultanı Hz. Muhammed</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789756736401</t>
+          <t>9789756736357</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 4</t>
+          <t>İslam Kahramanları - 3</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053021797</t>
+          <t>9789944838566</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Mesela Hayat</t>
+          <t>Fıkıh - Ders Kitabı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789756736395</t>
+          <t>9789756247778</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri -3</t>
+          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789944830669</t>
+          <t>9789756736371</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram 1</t>
+          <t>Altınoluk Sohbetleri - 1</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053022275</t>
+          <t>9789756736388</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani'nin İzinde Manevi Yolculuk</t>
+          <t>Altınoluk Sohbetleri - 2</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789756736418</t>
+          <t>9789944381987</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 5</t>
+          <t>Mevlana'dan Gençlere Hikayeler ve Sorular 2</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789944830676</t>
+          <t>9789756736401</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram 2</t>
+          <t>Altınoluk Sohbetleri - 4</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944837224</t>
+          <t>9786053021797</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Marifetname'den İrfan Damlaları (Set)</t>
+          <t>Mesela Hayat</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789944834094</t>
+          <t>9789756736395</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Bağlı Bir Hayat</t>
+          <t>Altınoluk Sohbetleri -3</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789944831895</t>
+          <t>9789944830669</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Marifetullah O'nu Bilmek ve Tanımak</t>
+          <t>Ashab-ı Kiram 1</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789944381635</t>
+          <t>9786053022275</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Edebi</t>
+          <t>İmam-ı Rabbani'nin İzinde Manevi Yolculuk</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789944381918</t>
+          <t>9789756736418</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Nil Ü Fer</t>
+          <t>Altınoluk Sohbetleri - 5</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944381857</t>
+          <t>9789944830676</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 8. Cilt (Ciltli)</t>
+          <t>Ashab-ı Kiram 2</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>950</v>
+        <v>245</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9799756736592</t>
+          <t>9789944837224</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erleri -2</t>
+          <t>Marifetname'den İrfan Damlaları (Set)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789756736876</t>
+          <t>9789944834094</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Cana Can Atmak</t>
+          <t>Allah'a Bağlı Bir Hayat</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789756247785</t>
+          <t>9789944831895</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Gönül Penceresinden</t>
+          <t>Marifetullah O'nu Bilmek ve Tanımak</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944830225</t>
+          <t>9789944381635</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 10. Cilt (Ciltli)</t>
+          <t>Dervişin Edebi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>950</v>
+        <v>85</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944381864</t>
+          <t>9789944381918</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İslami Bilgiler Ansiklopedisi</t>
+          <t>Nil Ü Fer</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944830577</t>
+          <t>9789944381857</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 11. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789944835503</t>
+          <t>9799756736592</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostlarından Hikmetler</t>
+          <t>Gönül Erleri -2</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789944381734</t>
+          <t>9789756736876</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 7. Cilt (Ciltli)</t>
+          <t>Cana Can Atmak</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>950</v>
+        <v>120</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944831642</t>
+          <t>9789756247785</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ben O'nu Sevmeye Muhtacım</t>
+          <t>Gönül Penceresinden</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789944381550</t>
+          <t>9789944830225</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Nakşibend Hazretlerinin Sohbetleri</t>
+          <t>Ruhu'l Beyan Tefsiri - 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944839631</t>
+          <t>9789944381864</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Azizan</t>
+          <t>İslami Bilgiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789944830034</t>
+          <t>9789944830577</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Faziletler Medeniyeti - 2 (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>750</v>
+        <v>950</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789756247747</t>
+          <t>9789944835503</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 5. Cilt (Ciltli)</t>
+          <t>Hak Dostlarından Hikmetler</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789756247846</t>
+          <t>9789944381734</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 6. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789944833554</t>
+          <t>9789944831642</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bir Vefa Öyküsü</t>
+          <t>Ben O'nu Sevmeye Muhtacım</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9799756247203</t>
+          <t>9789944381550</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'a Kardeş Olmak</t>
+          <t>Şah-ı Nakşibend Hazretlerinin Sohbetleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789756736128</t>
+          <t>9789944839631</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostunun Dünyasından</t>
+          <t>Azizan</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789944381611</t>
+          <t>9789944830034</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Hizmet İnsanı</t>
+          <t>Faziletler Medeniyeti - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>70</v>
+        <v>750</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944832144</t>
+          <t>9789756247747</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 14. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789944830614</t>
+          <t>9789756247846</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Dinle Neyden</t>
+          <t>Ruhu'l Beyan Tefsiri - 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944833110</t>
+          <t>9789944833554</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 15. Cilt (Ciltli)</t>
+          <t>Bir Vefa Öyküsü</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>950</v>
+        <v>245</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789944835510</t>
+          <t>9799756247203</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Takva Yolculuğu Umre</t>
+          <t>Rasulullah'a Kardeş Olmak</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789944831635</t>
+          <t>9789756736128</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde</t>
+          <t>Allah Dostunun Dünyasından</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789944834797</t>
+          <t>9789944381611</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 17. Cilt (Ciltli)</t>
+          <t>Hizmet İnsanı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>950</v>
+        <v>70</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789944381567</t>
+          <t>9789944832144</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Es'ad (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 14. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789944831031</t>
+          <t>9789944830614</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yunus ve Hud Sureleri Tefsiri</t>
+          <t>Dinle Neyden</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789944833929</t>
+          <t>9789944833110</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 16. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 15. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789756736333</t>
+          <t>9789944835510</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları - 1</t>
+          <t>Takva Yolculuğu Umre</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789756736340</t>
+          <t>9789944831635</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları - 2</t>
+          <t>Kaside-i Bürde</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053021759</t>
+          <t>9789944834797</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Elit Osmanlı Ahşap Kutulu (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 17. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>1500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789756736241</t>
+          <t>9789944381567</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hanımları</t>
+          <t>Divan-ı Es'ad (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789944381529</t>
+          <t>9789944831031</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Beş Mevsimi</t>
+          <t>Yunus ve Hud Sureleri Tefsiri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944836418</t>
+          <t>9789944833929</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Demeden</t>
+          <t>Ruhu'l Beyan Tefsiri - 16. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789944830980</t>
+          <t>9789756736333</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar 1</t>
+          <t>İslam Kahramanları - 1</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789944837446</t>
+          <t>9789756736340</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Hızır'la Sohbet</t>
+          <t>İslam Kahramanları - 2</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944831987</t>
+          <t>9786053021759</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar 2</t>
+          <t>Elit Osmanlı Ahşap Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>220</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789756736586</t>
+          <t>9789756736241</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Düsuki'den Öğütler</t>
+          <t>Peygamberimizin Hanımları</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789944381741</t>
+          <t>9789944381529</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sufi Gözüyle Hac ve Umre</t>
+          <t>Ömrüm Beş Mevsimi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053021162</t>
+          <t>9789944836418</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şuura</t>
+          <t>Eyvah Demeden</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789944831857</t>
+          <t>9789944830980</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Kurtuluş Yolu</t>
+          <t>Mahmud Sami Efendi'den Hatıralar 1</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789944832151</t>
+          <t>9789944837446</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Uhud Gazvesi</t>
+          <t>Hızır'la Sohbet</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789756247976</t>
+          <t>9789944831987</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İbret Işıkları</t>
+          <t>Mahmud Sami Efendi'den Hatıralar 2</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789944381925</t>
+          <t>9789756736586</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadını</t>
+          <t>İbrahim Düsuki'den Öğütler</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789944837682</t>
+          <t>9789944381741</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dergahından Hakikat İncileri (Ciltli)</t>
+          <t>Sufi Gözüyle Hac ve Umre</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>500</v>
+        <v>185</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789756736517</t>
+          <t>9786053021162</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Ramazanoğlu</t>
+          <t>Şiirden Şuura</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789944830843</t>
+          <t>9789944831857</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>İslam Nimeti</t>
+          <t>Ebedi Kurtuluş Yolu</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789944830850</t>
+          <t>9789944832151</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Huzur ve Sükunet Limanı Ailemiz</t>
+          <t>Uhud Gazvesi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789944381628</t>
+          <t>9789756247976</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Hazırlığı</t>
+          <t>İbret Işıkları</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789756247723</t>
+          <t>9789944381925</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yolcusuna Ahiret Azığı 2</t>
+          <t>Müslüman Kadını</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789756247730</t>
+          <t>9789944837682</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yolcusuna Ahiret Azığı 1</t>
+          <t>Gönül Dergahından Hakikat İncileri (Ciltli)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789944381505</t>
+          <t>9789756736517</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Sohbet Meclisleri</t>
+          <t>Mahmud Sami Ramazanoğlu</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789756247860</t>
+          <t>9789944830843</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Aile Saadeti</t>
+          <t>İslam Nimeti</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789944835398</t>
+          <t>9789944830850</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Hizmette 101 Esas</t>
+          <t>Huzur ve Sükunet Limanı Ailemiz</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789756736579</t>
+          <t>9789944381628</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Kızları ve Kız Torunları</t>
+          <t>Ahiret Hazırlığı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789944838542</t>
+          <t>9789756247723</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çağlayanı</t>
+          <t>Dünya Yolcusuna Ahiret Azığı 2</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789944838153</t>
+          <t>9789756247730</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Gaziköy'ün Zaferi</t>
+          <t>Dünya Yolcusuna Ahiret Azığı 1</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053021186</t>
+          <t>9789944381505</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ayrıldıkça Kavuşanlar</t>
+          <t>Sohbet Meclisleri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789944833868</t>
+          <t>9789756247860</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Veliler Serdarı Hasan Basri</t>
+          <t>Aile Saadeti</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789756736173</t>
+          <t>9789944835398</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru Namaz</t>
+          <t>Hizmette 101 Esas</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789944838948</t>
+          <t>9789756736579</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Hocamız Selçuk Eraydın</t>
+          <t>Peygamberimizin Kızları ve Kız Torunları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789944831659</t>
+          <t>9789944838542</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Dostun Divanına</t>
+          <t>Sevda Çağlayanı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789944835473</t>
+          <t>9789944838153</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gidiyoruz</t>
+          <t>Gaziköy'ün Zaferi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789756247839</t>
+          <t>9786053021186</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Günlük Dualar Ve Sureler</t>
+          <t>Ayrıldıkça Kavuşanlar</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789944833769</t>
+          <t>9789944833868</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Gün ve Gecelerde Okunacak Dualar</t>
+          <t>Veliler Serdarı Hasan Basri</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789944830317</t>
+          <t>9789756736173</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 4</t>
+          <t>Gözümün Nuru Namaz</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9799756247401</t>
+          <t>9789944838948</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Nazenin Güller</t>
+          <t>Hocamız Selçuk Eraydın</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789944381819</t>
+          <t>9789944831659</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Aşk İncileri</t>
+          <t>Dostun Divanına</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789944381024</t>
+          <t>9789944835473</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Müslümanım, Muhacirim, Mücahidim Hz. İkrime (r.a)</t>
+          <t>Nereye Gidiyoruz</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789944833523</t>
+          <t>9789756247839</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dersleri - Kırk Bohça</t>
+          <t>Günlük Dualar Ve Sureler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789944835466</t>
+          <t>9789944833769</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kursların En Güzeli</t>
+          <t>Mübarek Gün ve Gecelerde Okunacak Dualar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>135</v>
+        <v>30</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789756736234</t>
+          <t>9789944830317</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Darağacındaki Kur'an Şehitleri</t>
+          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 4</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789944837590</t>
+          <t>9799756247401</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslüman Çocuk Hazret-i Ali (r.a)</t>
+          <t>Nazenin Güller</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789756736425</t>
+          <t>9789944381819</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Gülyüze Hasret</t>
+          <t>Mevlana'dan Aşk İncileri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789944835800</t>
+          <t>9789944381024</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>365 Sahabe Ölçüsü (Ciltli)</t>
+          <t>Müslümanım, Muhacirim, Mücahidim Hz. İkrime (r.a)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
+          <t>9789944833523</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Dersleri - Kırk Bohça</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9789944835466</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Kursların En Güzeli</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9789756736234</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Darağacındaki Kur'an Şehitleri</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9789944837590</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>İlk Müslüman Çocuk Hazret-i Ali (r.a)</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9789756736425</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Gülyüze Hasret</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9789944835800</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>365 Sahabe Ölçüsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
           <t>9789944836135</t>
         </is>
       </c>
-      <c r="B484" s="1" t="inlineStr">
+      <c r="B490" s="1" t="inlineStr">
         <is>
           <t>İslam Dinimi Seviyorum 1</t>
         </is>
       </c>
-      <c r="C484" s="1">
+      <c r="C490" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>