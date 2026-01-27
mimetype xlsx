--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,7375 +85,7420 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789756247556</t>
+          <t>9786255686411</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Muhammed Mustafa 1 Mekke Devri</t>
+          <t>Sabır ve Sebat</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255686374</t>
+          <t>9786255686398</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah Aleyhi̇sselam'ın Babası ve Annesi̇</t>
+          <t>Muhabbetle Eğitim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255686237</t>
+          <t>9786255686558</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Evlen Mutlu Ol</t>
+          <t>Kur’an’da Ticaret</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255686329</t>
+          <t>9789756247556</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Fıkıh Problemleri</t>
+          <t>Hazret-i Muhammed Mustafa 1 Mekke Devri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255686282</t>
+          <t>9786255686374</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kadının Çalışması ve Sosyal Güvenliği</t>
+          <t>Rasulullah Aleyhi̇sselam'ın Babası ve Annesi̇</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255686299</t>
+          <t>9786255686237</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Zenginlik ve Fakirlik</t>
+          <t>Evlen Mutlu Ol</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254407109</t>
+          <t>9786255686329</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan'dan Yasin Suresi Meal ve Tefsiri</t>
+          <t>Günümüz Fıkıh Problemleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053020646</t>
+          <t>9786255686282</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 23. Cilt (Ciltli)</t>
+          <t>İslam'da Kadının Çalışması ve Sosyal Güvenliği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>950</v>
+        <v>290</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944831451</t>
+          <t>9786255686299</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 13. Cilt (Ciltli)</t>
+          <t>İslam'da Zenginlik ve Fakirlik</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>950</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944381673</t>
+          <t>9786254407109</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf</t>
+          <t>Ruhul Beyan'dan Yasin Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254407086</t>
+          <t>9786053020646</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan'dan Fetih Suresi Meal ve Tefsiri</t>
+          <t>Ruhu'l Beyan Tefsiri - 23. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254409790</t>
+          <t>9789944831451</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tabakatü'l Kübra</t>
+          <t>Ruhu'l Beyan Tefsiri - 13. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>2750</v>
+        <v>950</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756247464</t>
+          <t>9789944381673</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 1. Cilt (Ciltli)</t>
+          <t>Hz. Yusuf</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944830331</t>
+          <t>9786254407086</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 3</t>
+          <t>Ruhul Beyan'dan Fetih Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254409639</t>
+          <t>9786254409790</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Rehberi</t>
+          <t>Tabakatü'l Kübra</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254409783</t>
+          <t>9789756247464</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Örnek Aileleri - 2</t>
+          <t>Ruhu'l Beyan Tefsiri - 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944831871</t>
+          <t>9789944830331</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'den 111 Hatıra</t>
+          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 3</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254409608</t>
+          <t>9786254409639</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Afetler ve İmtihan Gerçeği</t>
+          <t>Kudüs Rehberi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254409615</t>
+          <t>9786254409783</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Reyhane Annemiz</t>
+          <t>İslam'ın Örnek Aileleri - 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>175</v>
+        <v>600</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254409622</t>
+          <t>9789944831871</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Mariye Annemiz</t>
+          <t>Hz. Ali'den 111 Hatıra</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254409530</t>
+          <t>9786254409608</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Vehb Bin Münebbih ve Rivayetleri</t>
+          <t>Afetler ve İmtihan Gerçeği</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254409592</t>
+          <t>9786254409615</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler</t>
+          <t>Hazreti Reyhane Annemiz</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254407116</t>
+          <t>9786254409622</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan'dan Kehf Suresi Meal ve Tefsiri</t>
+          <t>Hazreti Mariye Annemiz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058649385</t>
+          <t>9786254409530</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
+          <t>Vehb Bin Münebbih ve Rivayetleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>175</v>
+        <v>550</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058649330</t>
+          <t>9786254409592</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
+          <t>Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058649323</t>
+          <t>9786254407116</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler</t>
+          <t>Ruhul Beyan'dan Kehf Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254403415</t>
+          <t>9786058649385</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058547025</t>
+          <t>9786058649330</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dergahından Mektuplar</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053025160</t>
+          <t>9786058649323</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 1. Dönem (Öğrenci Kitabı)</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254403521</t>
+          <t>9786254403415</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Nasreddin Hoca</t>
+          <t>Muhabbet</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053029366</t>
+          <t>9786058547025</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şahidi</t>
+          <t>Gönül Dergahından Mektuplar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053025214</t>
+          <t>9786053025160</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Hayata</t>
+          <t>Rehberim - 1. Dönem (Öğrenci Kitabı)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254400841</t>
+          <t>9786254403521</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Nefsine Bir Söz Söyle</t>
+          <t>Anadolu'nun Kandilleri - Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053026235</t>
+          <t>9786053029366</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Meymune Annemiz</t>
+          <t>Aşkın Şahidi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254404030</t>
+          <t>9786053025214</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sevilen Bir Eğitimcinin Vasıfları</t>
+          <t>Kalpten Hayata</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254403606</t>
+          <t>9786254400841</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kulu Allah'a Yaklaştıran Namaz</t>
+          <t>Nefsine Bir Söz Söyle</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254403651</t>
+          <t>9786053026235</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kullarıma Söyle</t>
+          <t>Hazret-i Meymune Annemiz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254403408</t>
+          <t>9786254404030</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İmanı Aşk ile Yaşamak</t>
+          <t>Sevilen Bir Eğitimcinin Vasıfları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254403378</t>
+          <t>9786254403606</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kul Hakkı Hassasiyeti</t>
+          <t>Kulu Allah'a Yaklaştıran Namaz</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254403392</t>
+          <t>9786254403651</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İlla Edep</t>
+          <t>Kullarıma Söyle</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053024613</t>
+          <t>9786254403408</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Hadisleri</t>
+          <t>İmanı Aşk ile Yaşamak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053025221</t>
+          <t>9786254403378</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Diriliş Vakti</t>
+          <t>Kul Hakkı Hassasiyeti</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053021803</t>
+          <t>9786254403392</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bahar Gelince</t>
+          <t>İlla Edep</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053025191</t>
+          <t>9786053024613</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aziz Ümmete Doğru</t>
+          <t>Peygamberimin Hadisleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944830164</t>
+          <t>9786053025221</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denilen Muamma</t>
+          <t>Kişiliğin Diriliş Vakti</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944832403</t>
+          <t>9786053021803</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle İslam Akaidi (Ciltli)</t>
+          <t>Bahar Gelince</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>750</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799756247364</t>
+          <t>9786053025191</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Güller Gülü Efendimiz</t>
+          <t>Aziz Ümmete Doğru</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756736135</t>
+          <t>9789944830164</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Aile İlmihali (Ciltli)</t>
+          <t>İnsan Denilen Muamma</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944836890</t>
+          <t>9789944832403</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şeriflerden Dualar</t>
+          <t>Delilleriyle İslam Akaidi (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944833103</t>
+          <t>9799756247364</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>1001 Hadis (Kenzü'l İrfan) (Ciltli)</t>
+          <t>Güller Gülü Efendimiz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944835961</t>
+          <t>9789756736135</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Delail-i Hayrat ve Tercümesi (Ciltli)</t>
+          <t>Delilleriyle Aile İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>275</v>
+        <v>750</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944381215</t>
+          <t>9789944836890</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şeriflerden Dualar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9799756247210</t>
+          <t>9789944833103</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprağın İmanı</t>
+          <t>1001 Hadis (Kenzü'l İrfan) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944831796</t>
+          <t>9789944835961</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Nasihat Binbir ibret</t>
+          <t>Delail-i Hayrat ve Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944835749</t>
+          <t>9789944381215</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi</t>
+          <t>Dualar ve Zikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944381055</t>
+          <t>9799756247210</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Üsve-i Hasene 1 (Ciltli)</t>
+          <t>Bu Toprağın İmanı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>700</v>
+        <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944834148</t>
+          <t>9789944831796</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Değerler Eğitimi ve Faaliyet Örnekleri</t>
+          <t>Bir Nasihat Binbir ibret</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053021780</t>
+          <t>9789944835749</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Elit Delilleriyle Aile İlmihali (Ciltli)</t>
+          <t>Siyer Öğretimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944835824</t>
+          <t>9789944381055</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Organlarımız Konuşuyor Duyuyor Musunuz?</t>
+          <t>Üsve-i Hasene 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053024194</t>
+          <t>9789944834148</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ebediyet Yolculuğu (Ciltli)</t>
+          <t>Okul Öncesi Değerler Eğitimi ve Faaliyet Örnekleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>600</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053025207</t>
+          <t>9786053021780</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Huzur Bul Huzur Ver</t>
+          <t>Elit Delilleriyle Aile İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053024262</t>
+          <t>9789944835824</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlakın Basamakları 1</t>
+          <t>Organlarımız Konuşuyor Duyuyor Musunuz?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053026020</t>
+          <t>9786053024194</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hüznün En Güzeli</t>
+          <t>Ebediyet Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>175</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944831345</t>
+          <t>9786053025207</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Muhammed Mustafa 2 Medine Devri (Ciltli)</t>
+          <t>Huzur Bul Huzur Ver</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756247518</t>
+          <t>9786053024262</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Din Dili Kalb Dili</t>
+          <t>Güzel Ahlakın Basamakları 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053026242</t>
+          <t>9786053026020</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aklına Bir Söz Söyle</t>
+          <t>Hüznün En Güzeli</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254409332</t>
+          <t>9789944831345</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi</t>
+          <t>Hazret-i Muhammed Mustafa 2 Medine Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254409424</t>
+          <t>9789756247518</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
+          <t>Din Dili Kalb Dili</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>700</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254409325</t>
+          <t>9786053026242</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Peygamberlerin Evlatlarına Nasihatleri</t>
+          <t>Aklına Bir Söz Söyle</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944830775</t>
+          <t>9786254409332</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hizmetçi</t>
+          <t>Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944830799</t>
+          <t>9786254409424</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Güller Gülü</t>
+          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>210</v>
+        <v>700</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254406485</t>
+          <t>9786254409325</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Açıklamalı Türkçe Meali (Ciltli)</t>
+          <t>Kur'an-ı Kerim'de Peygamberlerin Evlatlarına Nasihatleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>950</v>
+        <v>225</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053021216</t>
+          <t>9789944830775</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumid'd-Din Tercümesi Büyük Boy (8 Cilt Takım) (Ciltli)</t>
+          <t>Küçük Hizmetçi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>6000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254409318</t>
+          <t>9789944830799</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mü'minlerin Annelerinden 111 Hatıra</t>
+          <t>Güller Gülü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944833233</t>
+          <t>9786254406485</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Delail-i Hayrat (Ciltli)</t>
+          <t>Kur'an-ı Kerim'in Açıklamalı Türkçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>225</v>
+        <v>950</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944833370</t>
+          <t>9786053021216</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (3 Cilt Takım)</t>
+          <t>İhya-u Ulumid'd-Din Tercümesi Büyük Boy (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>2100</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756736890</t>
+          <t>9786254409318</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 1</t>
+          <t>Mü'minlerin Annelerinden 111 Hatıra</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254409288</t>
+          <t>9789944833233</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Peygamberimiz</t>
+          <t>Delail-i Hayrat (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254409257</t>
+          <t>9789944833370</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Amentü/ Kur’anî ve İrfanî Açıdan</t>
+          <t>Marifetname (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>285</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254408397</t>
+          <t>9789756736890</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Dehlevi</t>
+          <t>Nebiler Silsilesi - 1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756247012</t>
+          <t>9786254409288</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi 1 - Soru Kitabı</t>
+          <t>Ayet ve Hadislerle Peygamberimiz</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254404405</t>
+          <t>9786254409257</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Din Bir (Oyunlarla Din Kültürü ve Ahlak Bilgisi Dersleri)</t>
+          <t>Amentü/ Kur’anî ve İrfanî Açıdan</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>145</v>
+        <v>285</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254404450</t>
+          <t>9786254408397</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hacegan Yolu</t>
+          <t>Abdullah Dehlevi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944399999</t>
+          <t>9789756247012</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Leyla ve Gerçek</t>
+          <t>Nebiler Silsilesi 1 - Soru Kitabı</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053025153</t>
+          <t>9786254404405</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Eczanesinden Maddi Manevi Şifreler ve Şifalar</t>
+          <t>Bir Din Bir (Oyunlarla Din Kültürü ve Ahlak Bilgisi Dersleri)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254403552</t>
+          <t>9786254404450</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nereye Bu Gidiş?</t>
+          <t>Hacegan Yolu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254402922</t>
+          <t>9789944399999</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Uyandım</t>
+          <t>Aşk, Leyla ve Gerçek</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254400629</t>
+          <t>9786053025153</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Hadis-i Şerif Tercümesi Lüks, Sempatik Cep Boy - 8 Cilt (Ciltli)</t>
+          <t>Allah'ın Eczanesinden Maddi Manevi Şifreler ve Şifalar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>2000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053025139</t>
+          <t>9786254403552</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 3 (Ciltli)</t>
+          <t>Nereye Bu Gidiş?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053025122</t>
+          <t>9786254402922</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2 (Ciltli)</t>
+          <t>İslam’a Uyandım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>550</v>
+        <v>135</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053025115</t>
+          <t>9786254400629</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 1 (Ciltli)</t>
+          <t>Riyazüs Salihin Hadis-i Şerif Tercümesi Lüks, Sempatik Cep Boy - 8 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>550</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944833455</t>
+          <t>9786053025139</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Marifetname - Translitere Baskı (Ciltli)</t>
+          <t>Nebiler Silsilesi - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9799756247197</t>
+          <t>9786053025122</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kalabilme Davası - Gönül Gündemi 4</t>
+          <t>Nebiler Silsilesi - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944833561</t>
+          <t>9786053025115</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hayat Mektebi</t>
+          <t>Nebiler Silsilesi - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756247563</t>
+          <t>9789944833455</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat Katreleri</t>
+          <t>Marifetname - Translitere Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944838900</t>
+          <t>9799756247197</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Annelik ve Bebek Bakımı</t>
+          <t>Müslüman Kalabilme Davası - Gönül Gündemi 4</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944381932</t>
+          <t>9789944833561</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Mucize Kur’an</t>
+          <t>Hayat Mektebi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9799756247333</t>
+          <t>9789756247563</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 6</t>
+          <t>Ab-ı Hayat Katreleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944832021</t>
+          <t>9789944838900</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Herşey Bizimle Ne Güzel Konuşuyor (Ciltli)</t>
+          <t>İslam Kültüründe Annelik ve Bebek Bakımı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9799756736455</t>
+          <t>9789944381932</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erleri -1</t>
+          <t>Eşsiz Mucize Kur’an</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053020073</t>
+          <t>9799756247333</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler (Ciltli)</t>
+          <t>Musahabe - 6</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9799756247395</t>
+          <t>9789944832021</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hak Yolcusunun Düsturları</t>
+          <t>Herşey Bizimle Ne Güzel Konuşuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944831444</t>
+          <t>9799756736455</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde 101 Adım</t>
+          <t>Gönül Erleri -1</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756247587</t>
+          <t>9786053020073</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara 40 Hadis</t>
+          <t>Dualar ve Zikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756736180</t>
+          <t>9799756247395</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Sistem Tartışmaları</t>
+          <t>Hak Yolcusunun Düsturları</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756247501</t>
+          <t>9789944831444</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Yokla Ey Dost</t>
+          <t>Eğitimde 101 Adım</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053025849</t>
+          <t>9789756247587</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mektubat-ı İmam-ı Rabbani (5 Cilt) (Ciltli)</t>
+          <t>Çocuklara 40 Hadis</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>6000</v>
+        <v>80</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944831420</t>
+          <t>9789756736180</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Okulu</t>
+          <t>Müslüman Sistem Tartışmaları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254403644</t>
+          <t>9789756247501</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Fakra Övgü</t>
+          <t>Yüreğini Yokla Ey Dost</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>155</v>
+        <v>80</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254403569</t>
+          <t>9786053025849</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an-ı Kerim Elifbesi</t>
+          <t>Mektubat-ı İmam-ı Rabbani (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>90</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944831338</t>
+          <t>9789944831420</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Muhammed Mustafa 1 Mekke Devri (Ciltli)</t>
+          <t>Ramazan Okulu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053028635</t>
+          <t>9786254403644</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Muaşeret</t>
+          <t>Fakra Övgü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>380</v>
+        <v>155</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756736005</t>
+          <t>9786254403569</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin-Hadis-i Şerif Tercümesi (8 Cilt Takım) (Ciltli)</t>
+          <t>Tecvidli Kur'an-ı Kerim Elifbesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>6250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944381710</t>
+          <t>9789944831338</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yolculuk</t>
+          <t>Hazret-i Muhammed Mustafa 1 Mekke Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9799756247012</t>
+          <t>9786053028635</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi Soru Kitapçığı - 1</t>
+          <t>Adab-ı Muaşeret</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756247433</t>
+          <t>9789756736005</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İlim - Amel Seyr-u Süluk</t>
+          <t>Riyazüs Salihin-Hadis-i Şerif Tercümesi (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>6250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756736739</t>
+          <t>9789944381710</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik Hıristiyanlık ve İslam</t>
+          <t>Tarihe Yolculuk</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944830386</t>
+          <t>9799756247012</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Esintileri</t>
+          <t>Nebiler Silsilesi Soru Kitapçığı - 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944832083</t>
+          <t>9789756247433</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>300 Soruda Tasavvufi Hayat</t>
+          <t>İlim - Amel Seyr-u Süluk</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756736548</t>
+          <t>9789756736739</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tezkiretü'l Evliya</t>
+          <t>Yahudilik Hıristiyanlık ve İslam</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756736654</t>
+          <t>9789944830386</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Sultan Yaşardı Sultantepe'de</t>
+          <t>Rahmet Esintileri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254407093</t>
+          <t>9789944832083</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Rahman ve Mülk Sureleri Meâl ve Tefsirleri</t>
+          <t>300 Soruda Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9799756247180</t>
+          <t>9789756736548</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 3</t>
+          <t>Tezkiretü'l Evliya</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756736982</t>
+          <t>9789756736654</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2</t>
+          <t>Bir Sultan Yaşardı Sultantepe'de</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254408700</t>
+          <t>9786254407093</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Soruyor</t>
+          <t>Rahman ve Mülk Sureleri Meâl ve Tefsirleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>235</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>2770000024242</t>
+          <t>9799756247180</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri (23 Cilt Takım) (Ciltli)</t>
+          <t>Nebiler Silsilesi - 3</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>21850</v>
+        <v>390</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944830010</t>
+          <t>9789756736982</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 9. Cilt (Ciltli)</t>
+          <t>Nebiler Silsilesi - 2</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>950</v>
+        <v>390</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756247624</t>
+          <t>9786254408700</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 3. Cilt (Ciltli)</t>
+          <t>Kur'an Soruyor</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944836449</t>
+          <t>2770000024242</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 19. Cilt</t>
+          <t>Ruhu'l Beyan Tefsiri (23 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>950</v>
+        <v>21850</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944838573</t>
+          <t>9789944830010</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 22. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944837415</t>
+          <t>9789756247624</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 20. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944830744</t>
+          <t>9789944836449</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed Mustafa (s.a.v.) - Ders Kitabı (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 19. Cilt</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>800</v>
+        <v>950</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254408175</t>
+          <t>9789944838573</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gençlik İlmihali</t>
+          <t>Ruhu'l Beyan Tefsiri - 22. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786254408564</t>
+          <t>9789944837415</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hüdayi Tefsiri Mecalis</t>
+          <t>Ruhu'l Beyan Tefsiri - 20. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254408465</t>
+          <t>9789944830744</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dokunan Kitaplar</t>
+          <t>Hazreti Muhammed Mustafa (s.a.v.) - Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756247280</t>
+          <t>9786254408175</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Helal Kazanç (Ciltli)</t>
+          <t>Gençlik İlmihali</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756247679</t>
+          <t>9786254408564</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 4. Cilt (Ciltli)</t>
+          <t>Hüdayi Tefsiri Mecalis</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053026532</t>
+          <t>9786254408465</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Hatırlatanlar-1</t>
+          <t>Kalbe Dokunan Kitaplar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254404252</t>
+          <t>9789756247280</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hayatının Gayesi</t>
+          <t>Helal Kazanç (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254404634</t>
+          <t>9789756247679</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tefsirü'l-Kur'ani'l-Azim</t>
+          <t>Ruhu'l Beyan Tefsiri - 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>550</v>
+        <v>950</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254403101</t>
+          <t>9786053026532</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah Efendimiz'den Eğitim Düsturları</t>
+          <t>Allah'ı Hatırlatanlar-1</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254403422</t>
+          <t>9786254404252</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İncinme İncitme</t>
+          <t>İnsan Hayatının Gayesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254400797</t>
+          <t>9786254404634</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-i Zan ve Vefa</t>
+          <t>Tefsirü'l-Kur'ani'l-Azim</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>125</v>
+        <v>550</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053029533</t>
+          <t>9786254403101</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Hatice-i Kübra Annemiz 2 Cilt Takım</t>
+          <t>Rasulullah Efendimiz'den Eğitim Düsturları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254400766</t>
+          <t>9786254403422</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hayırda Yarışmak</t>
+          <t>İncinme İncitme</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756247990</t>
+          <t>9786254400797</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Muhabbetteki Sır</t>
+          <t>Hüsn-i Zan ve Vefa</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756247921</t>
+          <t>9786053029533</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mükerrem İnsan</t>
+          <t>Hazret-i Hatice-i Kübra Annemiz 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944834360</t>
+          <t>9786254400766</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile (Ciltli)</t>
+          <t>Hayırda Yarışmak</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756247891</t>
+          <t>9789756247990</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Adab (Ciltli)</t>
+          <t>Muhabbetteki Sır</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786254400773</t>
+          <t>9789756247921</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Tevekkül ve Teslimiyet</t>
+          <t>Mükerrem İnsan</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254400735</t>
+          <t>9789944834360</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İslam Tefekkür Ufku (Ciltli)</t>
+          <t>Altın Silsile (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786254408120</t>
+          <t>9789756247891</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Duruş</t>
+          <t>Adab (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254404276</t>
+          <t>9786254400773</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Müfessirleri 11. - 11. - YY</t>
+          <t>Tevekkül ve Teslimiyet</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254403538</t>
+          <t>9786254400735</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kandilleri - Şeyh Nasirüddin Mahmud (Ahi Evran)</t>
+          <t>İslam Tefekkür Ufku (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>110</v>
+        <v>750</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254403484</t>
+          <t>9786254408120</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Akşemseddin</t>
+          <t>Müslümanca Duruş</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254403576</t>
+          <t>9786254404276</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile (Fotoğraflı) (Ciltli)</t>
+          <t>Selçuklu Müfessirleri 11. - 11. - YY</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254403668</t>
+          <t>9786254403538</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mekke-i Mükerreme'nin Faziletleri</t>
+          <t>Anadolu’nun Kandilleri - Şeyh Nasirüddin Mahmud (Ahi Evran)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254408144</t>
+          <t>9786254403484</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Şiirinde Nakşi Gelenek</t>
+          <t>Anadolu'nun Kandilleri - Akşemseddin</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254407765</t>
+          <t>9786254403576</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Haller ve Makamlar (Ciltli)</t>
+          <t>Altın Silsile (Fotoğraflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254408168</t>
+          <t>9786254403668</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kıraat İlmi Açısından Ğayetü'l-İhtisar</t>
+          <t>Mekke-i Mükerreme'nin Faziletleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254408137</t>
+          <t>9786254408144</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Gülşeni Gelenekte Şairler, Eserler ve Kavramlar</t>
+          <t>Türk Tasavvuf Şiirinde Nakşi Gelenek</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254402913</t>
+          <t>9786254407765</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssaları</t>
+          <t>Tasavvufta Haller ve Makamlar (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254400780</t>
+          <t>9786254408168</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Birlik ve Beraberlik</t>
+          <t>Kıraat İlmi Açısından Ğayetü'l-İhtisar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944381017</t>
+          <t>9786254408137</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İmandan İhsana Tasavvuf</t>
+          <t>Gülşeni Gelenekte Şairler, Eserler ve Kavramlar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254402906</t>
+          <t>9786254402913</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tecvid İlmi</t>
+          <t>Kur'an Kıssaları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254402937</t>
+          <t>9786254400780</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Metinleri</t>
+          <t>Birlik ve Beraberlik</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053024514</t>
+          <t>9789944381017</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Mevlana</t>
+          <t>İmandan İhsana Tasavvuf</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254400810</t>
+          <t>9786254402906</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Zirvesi</t>
+          <t>Tecvid İlmi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254400155</t>
+          <t>9786254402937</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hakkın Sesi Mehmet Akif</t>
+          <t>Tefsir Metinleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>185</v>
+        <v>375</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756247983</t>
+          <t>9786053024514</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İslam İman İbadet</t>
+          <t>Hazreti Mevlana</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756247440</t>
+          <t>9786254400810</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2</t>
+          <t>Ahlakın Zirvesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756736258</t>
+          <t>9786254400155</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gül'ün Gülleri</t>
+          <t>Hakkın Sesi Mehmet Akif</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756247471</t>
+          <t>9789756247983</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 2. Cilt (Ciltli)</t>
+          <t>İslam İman İbadet</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789944830621</t>
+          <t>9789756247440</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Testi Su</t>
+          <t>Nebiler Silsilesi - 2</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944830720</t>
+          <t>9789756736258</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mü'minlerin Anneleri</t>
+          <t>Gül'ün Gülleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944838917</t>
+          <t>9789756247471</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İrfan Sohbetleri</t>
+          <t>Ruhu'l Beyan Tefsiri - 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756247006</t>
+          <t>9789944830621</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi Ders Kitabı - 1</t>
+          <t>Bir Testi Su</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944837804</t>
+          <t>9789944830720</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kalplere Şifa Salavat ve Dualar (Ciltli)</t>
+          <t>Mü'minlerin Anneleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944835008</t>
+          <t>9789944838917</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>İrfan Sohbetleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9799756247319</t>
+          <t>9789756247006</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 2</t>
+          <t>Nebiler Silsilesi Ders Kitabı - 1</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9799756247326</t>
+          <t>9789944837804</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 5</t>
+          <t>Kalplere Şifa Salavat ve Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944833875</t>
+          <t>9789944835008</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yolculuğu</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944837194</t>
+          <t>9799756247319</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Klasikleri</t>
+          <t>Musahabe - 2</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944381758</t>
+          <t>9799756247326</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hacc-ı Mebrur ve Umre</t>
+          <t>Musahabe - 5</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944831390</t>
+          <t>9789944833875</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostlarının Örnek Ahlakından 1</t>
+          <t>Gönül Yolculuğu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789756247907</t>
+          <t>9789944837194</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Tefsiri</t>
+          <t>Tasavvuf Klasikleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789756247792</t>
+          <t>9789944381758</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Hacc-ı Mebrur ve Umre</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756247594</t>
+          <t>9789944831390</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Muhammed Mustafa 2 Medine Devri</t>
+          <t>Hak Dostlarının Örnek Ahlakından 1</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053026495</t>
+          <t>9789756247907</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Karanlık Tarihi ve Malcolm X</t>
+          <t>Bakara Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254407772</t>
+          <t>9789756247792</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlığın Medeniyete Hizmetleri - 1</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254407789</t>
+          <t>9789756247594</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlığın Medeniyete Hizmetleri - 2</t>
+          <t>Hazret-i Muhammed Mustafa 2 Medine Devri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786254404559</t>
+          <t>9786053026495</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Allahım Sorularım Bitmedi</t>
+          <t>Amerika'nın Karanlık Tarihi ve Malcolm X</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786254407871</t>
+          <t>9786254407772</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tevbe Suresi Meal ve Tefsiri</t>
+          <t>Müslümanlığın Medeniyete Hizmetleri - 1</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786254407833</t>
+          <t>9786254407789</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ra'd Suresi Meal ve Tefsiri</t>
+          <t>Müslümanlığın Medeniyete Hizmetleri - 2</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254407857</t>
+          <t>9786254404559</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İsra Suresi Meal ve Tefsiri</t>
+          <t>Allahım Sorularım Bitmedi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786254407840</t>
+          <t>9786254407871</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Enfal Suresi Meal ve Tefsiri</t>
+          <t>Tevbe Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254407864</t>
+          <t>9786254407833</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ahzab Suresi Meal ve Tefsiri</t>
+          <t>Ra'd Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254405235</t>
+          <t>9786254407857</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Ehl-i Sünnet Akaidi</t>
+          <t>İsra Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053025177</t>
+          <t>9786254407840</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 1. Dönem (Eğitimci Kitabı)</t>
+          <t>Enfal Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789756247426</t>
+          <t>9786254407864</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2 Ders Kitabı</t>
+          <t>Ahzab Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254404320</t>
+          <t>9786254405235</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bostan Gülistan</t>
+          <t>Delilleriyle Ehl-i Sünnet Akaidi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254404269</t>
+          <t>9786053025177</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Şeref Kaynağımız</t>
+          <t>Rehberim - 1. Dönem (Eğitimci Kitabı)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254404245</t>
+          <t>9789756247426</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Yönelişin Zirvesi</t>
+          <t>Nebiler Silsilesi - 2 Ders Kitabı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254403613</t>
+          <t>9786254404320</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Hukuku</t>
+          <t>Bostan Gülistan</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944836494</t>
+          <t>9786254404269</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yasin - Tebareke - Kısa Sureler</t>
+          <t>Kur’an Şeref Kaynağımız</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>60</v>
+        <v>275</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254404184</t>
+          <t>9786254404245</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Feraiz Manzum (Şiirle)</t>
+          <t>Allah’a Yönelişin Zirvesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254400469</t>
+          <t>9786254403613</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçesinden Dualar</t>
+          <t>Kur’an Hukuku</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944381222</t>
+          <t>9789944836494</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yasin Cüzü</t>
+          <t>Yasin - Tebareke - Kısa Sureler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254403385</t>
+          <t>9786254404184</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Münacat</t>
+          <t>Feraiz Manzum (Şiirle)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254400827</t>
+          <t>9786254400469</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hak'ka Davet</t>
+          <t>Gönül Bahçesinden Dualar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254402203</t>
+          <t>9789944381222</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Allah Yolunda Fedakarlık</t>
+          <t>Yasin Cüzü</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>125</v>
+        <v>20</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254402210</t>
+          <t>9786254403385</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Allah İçin Yardım Etmek</t>
+          <t>Dua ve Münacat</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254404153</t>
+          <t>9786254400827</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Büyük Buluşma</t>
+          <t>Hak'ka Davet</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>550</v>
+        <v>125</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786058547032</t>
+          <t>9786254402203</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dünya İslam'a Koşuyor</t>
+          <t>Allah Yolunda Fedakarlık</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053029854</t>
+          <t>9786254402210</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Akif'in Leylası Millet</t>
+          <t>Allah İçin Yardım Etmek</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944833097</t>
+          <t>9786254404153</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 1</t>
+          <t>Büyük Buluşma</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>90</v>
+        <v>550</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9799756247418</t>
+          <t>9786058547032</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Zühd Açısından Dünya ve Nimetleri</t>
+          <t>Dünya İslam'a Koşuyor</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944833516</t>
+          <t>9786053029854</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 2</t>
+          <t>Akif'in Leylası Millet</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944834193</t>
+          <t>9789944833097</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 3</t>
+          <t>Rehberim - 1</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254400612</t>
+          <t>9799756247418</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Çekme Sanatı</t>
+          <t>Zühd Açısından Dünya ve Nimetleri</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254402258</t>
+          <t>9789944833516</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Notları</t>
+          <t>Rehberim - 2</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786058547001</t>
+          <t>9789944834193</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ben Müslümanım</t>
+          <t>Rehberim - 3</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786058649392</t>
+          <t>9786254400612</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Şafak Sökerken</t>
+          <t>Fotoğraf Çekme Sanatı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254400438</t>
+          <t>9786254402258</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Milletin Sesi İstiklal Marşı</t>
+          <t>Hikmet Notları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254400445</t>
+          <t>9786058547001</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Cümle Kapısından Kalbe Girmek (Öğütler ve Düşünceler)</t>
+          <t>Ben Müslümanım</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254400452</t>
+          <t>9786058649392</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Cümle Kapısından Kalbe Girmek (Ölçüler ve Hikmetler)</t>
+          <t>Şafak Sökerken</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254403477</t>
+          <t>9786254400438</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kandilleri - Ahmet Yesevi</t>
+          <t>Milletin Sesi İstiklal Marşı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254403507</t>
+          <t>9786254400445</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Hacı Bektaş Veli</t>
+          <t>Cümle Kapısından Kalbe Girmek (Öğütler ve Düşünceler)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789944831536</t>
+          <t>9786254400452</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İkinci İstişare</t>
+          <t>Cümle Kapısından Kalbe Girmek (Ölçüler ve Hikmetler)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254403491</t>
+          <t>9786254403477</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Aziz Mahmud Hüdayi</t>
+          <t>Anadolu’nun Kandilleri - Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254403545</t>
+          <t>9786254403507</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Yunus Emre</t>
+          <t>Anadolu'nun Kandilleri - Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254400391</t>
+          <t>9789944831536</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dilinden 5 Cilt Set</t>
+          <t>İkinci İstişare</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053024590</t>
+          <t>9786254403491</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hayri Efendi'den Sohbetler</t>
+          <t>Anadolu'nun Kandilleri - Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254400759</t>
+          <t>9786254403545</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erleri</t>
+          <t>Anadolu'nun Kandilleri - Yunus Emre</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254402722</t>
+          <t>9786254400391</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Açıdan Haram Kazanç ve Muamele Ahkamı</t>
+          <t>Gönül Dilinden 5 Cilt Set</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053024064</t>
+          <t>9786053024590</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Ciltli)</t>
+          <t>Hasan Hayri Efendi'den Sohbetler</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254403248</t>
+          <t>9786254400759</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz’in Hanımları Tarafından Hısımları</t>
+          <t>Gönül Erleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944381789</t>
+          <t>9786254402722</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Ömer'den 111 Hatıra</t>
+          <t>Fıkhi Açıdan Haram Kazanç ve Muamele Ahkamı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053024767</t>
+          <t>9786053024064</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Oyster Kayıp Hazine</t>
+          <t>İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>170</v>
+        <v>950</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944830911</t>
+          <t>9786254403248</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Nurlu Medine'den Hatıralar</t>
+          <t>Peygamber Efendimiz’in Hanımları Tarafından Hısımları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756247938</t>
+          <t>9789944381789</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Esadiyye ve Fatiha-i Şerife Tercümesi</t>
+          <t>Hazret-i Ömer'den 111 Hatıra</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053024972</t>
+          <t>9786053024767</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Namazla Diriliş</t>
+          <t>Oyster Kayıp Hazine</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944831697</t>
+          <t>9789944830911</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Fikir Adamlarımız - 2</t>
+          <t>Nurlu Medine'den Hatıralar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053025184</t>
+          <t>9789756247938</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kalbine Bir Söz Söyle</t>
+          <t>Risale-i Esadiyye ve Fatiha-i Şerife Tercümesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>235</v>
+        <v>75</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254400803</t>
+          <t>9786053024972</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Emanet ve Ahde Vefa</t>
+          <t>Namazla Diriliş</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254400544</t>
+          <t>9789944831697</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes Endişesi</t>
+          <t>Fikir Adamlarımız - 2</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254400537</t>
+          <t>9786053025184</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Amelimiz - Kur’an ve İlim</t>
+          <t>Kalbine Bir Söz Söyle</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>125</v>
+        <v>235</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254400728</t>
+          <t>9786254400803</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Fihristi (Ciltli)</t>
+          <t>Emanet ve Ahde Vefa</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254400100</t>
+          <t>9786254400544</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Dualar</t>
+          <t>Son Nefes Endişesi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944831277</t>
+          <t>9786254400537</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Yol Haritası İslam (Ciltli)</t>
+          <t>Ahiret Amelimiz - Kur’an ve İlim</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789756736999</t>
+          <t>9786254400728</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Marifet Yolu</t>
+          <t>Kur'an Fihristi (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944833448</t>
+          <t>9786254400100</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Marifetname - Osmanlıca Orjinal Baskı (Ciltli)</t>
+          <t>Kur'an-ı Kerim'den Dualar</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>1350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789944381543</t>
+          <t>9789944831277</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tevhide Giriş</t>
+          <t>Ebedi Yol Haritası İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053024989</t>
+          <t>9789756736999</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Mercan Avcıları</t>
+          <t>Marifet Yolu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053024736</t>
+          <t>9789944833448</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 1 (Ciltli)</t>
+          <t>Marifetname - Osmanlıca Orjinal Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>2350</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944831529</t>
+          <t>9789944381543</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Birinci İstişare</t>
+          <t>Tevhide Giriş</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789944831628</t>
+          <t>9786053024989</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesilleri İnşa Eden Alimlerimiz - 2</t>
+          <t>Mercan Avcıları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944381239</t>
+          <t>9786053024736</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Elifbası</t>
+          <t>Altınoluk Sohbetleri - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>50</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944831680</t>
+          <t>9789944831529</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesilleri İnşa Eden Fikir Adamlarımız - 1</t>
+          <t>Birinci İstişare</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053020820</t>
+          <t>9789944831628</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Babanın Zenginliği Para Etmez</t>
+          <t>Yeni Nesilleri İnşa Eden Alimlerimiz - 2</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053023586</t>
+          <t>9789944381239</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Yolculuk</t>
+          <t>Kur'an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789944381796</t>
+          <t>9789944831680</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Kardeşlik Ruhu</t>
+          <t>Yeni Nesilleri İnşa Eden Fikir Adamlarımız - 1</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053028864</t>
+          <t>9786053020820</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Avcı Kekliği</t>
+          <t>Babanın Zenginliği Para Etmez</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789944839006</t>
+          <t>9786053023586</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir'in Kur'an'a Hizmetleri ve Tefsirdeki Yeri</t>
+          <t>Yıldızlara Yolculuk</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944838993</t>
+          <t>9789944381796</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Hatırlatanlar - 3</t>
+          <t>İslam Kültüründe Kardeşlik Ruhu</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254400520</t>
+          <t>9786053028864</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>llah ve Rasulü’ne İtaat</t>
+          <t>Avcı Kekliği</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944831611</t>
+          <t>9789944839006</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Alimlerimiz - 1</t>
+          <t>Hz. Ebu Bekir'in Kur'an'a Hizmetleri ve Tefsirdeki Yeri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053029908</t>
+          <t>9789944838993</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-i Raşidin</t>
+          <t>Allah'ı Hatırlatanlar - 3</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053024293</t>
+          <t>9786254400520</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ailede Değerler Eğitimi</t>
+          <t>llah ve Rasulü’ne İtaat</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>285</v>
+        <v>125</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053025078</t>
+          <t>9789944831611</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ümmü Habibe Remle Annemiz</t>
+          <t>Alimlerimiz - 1</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053028642</t>
+          <t>9786053029908</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ahkamu'l Kur'an (10 Cilt Takım) (Ciltli)</t>
+          <t>Hulefa-i Raşidin</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>7000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944830133</t>
+          <t>9786053024293</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Afacan Bedir Serisi (10 Kitap Set)</t>
+          <t>Ailede Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>600</v>
+        <v>285</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944835770</t>
+          <t>9786053025078</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Güzel Söz Çağrısı</t>
+          <t>Hazreti Ümmü Habibe Remle Annemiz</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789756247877</t>
+          <t>9786053028642</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar Geçidi</t>
+          <t>Ahkamu'l Kur'an (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>85</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789944836333</t>
+          <t>9789944830133</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Başarılı Çocuk Yetiştirmek İçin Anne-Baba Rehberi Seti (3 Kitap Takım)</t>
+          <t>Afacan Bedir Serisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254403675</t>
+          <t>9789944835770</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Muhibbin İrşadı</t>
+          <t>Güzel Söz Çağrısı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254400407</t>
+          <t>9789756247877</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Gönül Devrimi</t>
+          <t>Hatıralar Geçidi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254400353</t>
+          <t>9789944836333</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Şimdi İslam’ın Zamanı</t>
+          <t>Mutlu ve Başarılı Çocuk Yetiştirmek İçin Anne-Baba Rehberi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254400360</t>
+          <t>9786254403675</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Mektebi</t>
+          <t>Muhibbin İrşadı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254400384</t>
+          <t>9786254400407</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kimliği</t>
+          <t>Gönül Devrimi</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254400377</t>
+          <t>9786254400353</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük Kapısı</t>
+          <t>Şimdi İslam’ın Zamanı</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053022961</t>
+          <t>9786254400360</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Ümidi</t>
+          <t>Peygamber Mektebi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053024651</t>
+          <t>9786254400384</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar 4</t>
+          <t>Müslüman Kimliği</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944834834</t>
+          <t>9786254400377</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>40 Kudsi Hadis</t>
+          <t>Ölümsüzlük Kapısı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053027508</t>
+          <t>9786053022961</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Güzel Ahlakı 2</t>
+          <t>Rahmet Ümidi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944832090</t>
+          <t>9786053024651</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Peygamberim'in Güzel Ahlakı</t>
+          <t>Mahmud Sami Efendi'den Hatıralar 4</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053026518</t>
+          <t>9789944834834</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bir Okul ve Bir Ekol Hz. Musab</t>
+          <t>40 Kudsi Hadis</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>800</v>
+        <v>110</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053026549</t>
+          <t>9786053027508</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Hatırlatanlar-2</t>
+          <t>Müslümanın Güzel Ahlakı 2</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053026501</t>
+          <t>9789944832090</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sohbet İster Kahve Bahane</t>
+          <t>Hikayelerle Peygamberim'in Güzel Ahlakı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053024682</t>
+          <t>9786053026518</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram ve Faziletleri</t>
+          <t>Bir Okul ve Bir Ekol Hz. Musab</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053025726</t>
+          <t>9786053026549</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Tespitlerle Kur'an Aynasında İnsan (Ciltli)</t>
+          <t>Allah'ı Hatırlatanlar-2</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053025801</t>
+          <t>9786053026501</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Safiyye Annemiz</t>
+          <t>Gönül Sohbet İster Kahve Bahane</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053025979</t>
+          <t>9786053024682</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Üşüyor Anne</t>
+          <t>Ashab-ı Kiram ve Faziletleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053026365</t>
+          <t>9786053025726</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Olmaz</t>
+          <t>Psikolojik Tespitlerle Kur'an Aynasında İnsan (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053026372</t>
+          <t>9786053025801</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Günün Kutlu Olsun Sevdiğim</t>
+          <t>Hazret-i Safiyye Annemiz</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053026600</t>
+          <t>9786053025979</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Halimiz Budur</t>
+          <t>Ruhum Üşüyor Anne</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053024378</t>
+          <t>9786053026365</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İstikamet</t>
+          <t>Sensiz Olmaz</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053024965</t>
+          <t>9786053026372</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hoca Bahaeddin Nakşbend</t>
+          <t>Ölüm Günün Kutlu Olsun Sevdiğim</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053024644</t>
+          <t>9786053026600</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolcusu</t>
+          <t>Halimiz Budur</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053024941</t>
+          <t>9786053024378</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Esad Erbili (Ciltli)</t>
+          <t>İstikamet</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944832038</t>
+          <t>9786053024965</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Şeyhi Ekber İbn Arabi'de İdris Peygamber</t>
+          <t>Hoca Bahaeddin Nakşbend</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789944562365</t>
+          <t>9786053024644</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Afişlerle Hadis Hikayeleri</t>
+          <t>Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053026006</t>
+          <t>9786053024941</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Muhammed Esad Erbili (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053024200</t>
+          <t>9789944832038</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İnsan İlişkileri</t>
+          <t>Şeyhi Ekber İbn Arabi'de İdris Peygamber</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053021742</t>
+          <t>9789944562365</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>365 Kahramanlık Tablosu (Ciltli)</t>
+          <t>Afişlerle Hadis Hikayeleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053025290</t>
+          <t>9786053026006</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Arabi Konuşuyor</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053024217</t>
+          <t>9786053024200</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sevenlerin Dilinden Musa Efendi</t>
+          <t>İslam'da İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053024897</t>
+          <t>9786053021742</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Salat ü Selam (Ciltli)</t>
+          <t>365 Kahramanlık Tablosu (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053024316</t>
+          <t>9786053025290</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kalbimiz Allah Dedikçe</t>
+          <t>İbn-i Arabi Konuşuyor</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053024286</t>
+          <t>9786053024217</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlakın Basamakları - 2</t>
+          <t>Sevenlerin Dilinden Musa Efendi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053024361</t>
+          <t>9786053024897</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Buhari'de Namaz</t>
+          <t>Salat ü Selam (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944837088</t>
+          <t>9786053024316</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ben Böyle Değildim</t>
+          <t>Kalbimiz Allah Dedikçe</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789944830300</t>
+          <t>9786053024286</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kurban İbadeti</t>
+          <t>Güzel Ahlakın Basamakları - 2</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9799756247227</t>
+          <t>9786053024361</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bizans'a Çağrı Yöneltmek - Gönül Gündemi 2</t>
+          <t>Buhari'de Namaz</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789756736197</t>
+          <t>9789944837088</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İnsan Krizi</t>
+          <t>Ben Böyle Değildim</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944830447</t>
+          <t>9789944830300</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Cennetin İlk Sözü - Kur'an Günlüğü 2</t>
+          <t>Kurban İbadeti</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944381178</t>
+          <t>9799756247227</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile</t>
+          <t>Bizans'a Çağrı Yöneltmek - Gönül Gündemi 2</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>285</v>
+        <v>80</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789756736159</t>
+          <t>9789756736197</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Ticaret ve İktisat İlmihali</t>
+          <t>İnsan Krizi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>875</v>
+        <v>120</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789756736463</t>
+          <t>9789944830447</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Ve Marifetullah</t>
+          <t>Cennetin İlk Sözü - Kur'an Günlüğü 2</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944834124</t>
+          <t>9789944381178</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kalp Coğrafyamızı Korumak</t>
+          <t>Altın Silsile</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>160</v>
+        <v>285</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944835084</t>
+          <t>9789756736159</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sohbet-i Arifan (Büyüklerin Sohbetleri)</t>
+          <t>Delilleriyle Ticaret ve İktisat İlmihali</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>225</v>
+        <v>875</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944839501</t>
+          <t>9789756736463</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Güzel Ahlakı - 1</t>
+          <t>Tasavvuf Ve Marifetullah</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789944831703</t>
+          <t>9789944834124</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Çağın Karanlığından Kurtulup İslam'la Hayat Bulanlar</t>
+          <t>Kalp Coğrafyamızı Korumak</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944381130</t>
+          <t>9789944835084</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Rahmet Toplumu</t>
+          <t>Sohbet-i Arifan (Büyüklerin Sohbetleri)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944831093</t>
+          <t>9789944839501</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hz.Halid Bin Velid</t>
+          <t>Müslümanın Güzel Ahlakı - 1</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789944381666</t>
+          <t>9789944831703</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Hz.İbrahim (a.s)</t>
+          <t>Çağın Karanlığından Kurtulup İslam'la Hayat Bulanlar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944830966</t>
+          <t>9789944381130</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Toplumu</t>
+          <t>İslam ve Rahmet Toplumu</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944381031</t>
+          <t>9789944831093</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Üç Sevgili</t>
+          <t>Hz.Halid Bin Velid</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944834322</t>
+          <t>9789944381666</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Derviş Keşkülü</t>
+          <t>Hz.İbrahim (a.s)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944381512</t>
+          <t>9789944830966</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Allah Yolunda Adım Adım</t>
+          <t>Sevgi Toplumu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944834568</t>
+          <t>9789944381031</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Arayışları</t>
+          <t>Üç Sevgili</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789756736203</t>
+          <t>9789944834322</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Hüve'l Baki</t>
+          <t>Derviş Keşkülü</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789756247525</t>
+          <t>9789944381512</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İslamı Aşkla Yaşamak</t>
+          <t>Allah Yolunda Adım Adım</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944381161</t>
+          <t>9789944834568</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Altın Ögütler (Ciltli)</t>
+          <t>Hikmet Arayışları</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944831437</t>
+          <t>9789756736203</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Hazine Ramazan</t>
+          <t>Hüve'l Baki</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9799756247265</t>
+          <t>9789756247525</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>İslamı Aşkla Yaşamak</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9799756247272</t>
+          <t>9789944381161</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Niceleri Benim Sandı</t>
+          <t>Altın Ögütler (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944831017</t>
+          <t>9789944831437</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İmameyi Yaktı Ateş</t>
+          <t>Kutsal Hazine Ramazan</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>225</v>
+        <v>90</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9799756247302</t>
+          <t>9799756247265</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 1</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9799756247388</t>
+          <t>9799756247272</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 3</t>
+          <t>Niceleri Benim Sandı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789756247037</t>
+          <t>9789944831017</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Aç Gülzar Yap</t>
+          <t>İmameyi Yaktı Ateş</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944381581</t>
+          <t>9799756247302</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Çocukla İletişim</t>
+          <t>Musahabe - 1</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789944381888</t>
+          <t>9799756247388</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yaratılana Şefkat ve Merhamet</t>
+          <t>Musahabe - 3</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789944830942</t>
+          <t>9789756247037</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Erdemin Dili Affedicilik</t>
+          <t>İstanbul'u Aç Gülzar Yap</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789756247884</t>
+          <t>9789944381581</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Haydin Felaha</t>
+          <t>Çocukla İletişim</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944830935</t>
+          <t>9789944381888</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Miras</t>
+          <t>Yaratılana Şefkat ve Merhamet</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>245</v>
+        <v>130</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944835442</t>
+          <t>9789944830942</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Ramazanoğlu Külliyatı (7 Kitap Takım) (Ciltli)</t>
+          <t>Erdemin Dili Affedicilik</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>3300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789944832120</t>
+          <t>9789756247884</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Fatımatü'z Zehra'dır (Ciltli)</t>
+          <t>Haydin Felaha</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>400</v>
+        <v>115</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789944837828</t>
+          <t>9789944830935</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Zekaya Uygun Etkinliklerle Peygamberim'e Uçuyorum (Ciltli)</t>
+          <t>En Güzel Miras</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>750</v>
+        <v>245</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789944835725</t>
+          <t>9789944835442</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 18. Cilt (Ciltli)</t>
+          <t>Mahmud Sami Ramazanoğlu Külliyatı (7 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>950</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944839051</t>
+          <t>9789944832120</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Mü'minde Ruhi Disiplin</t>
+          <t>Fatımatü'z Zehra'dır (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789756736265</t>
+          <t>9789944837828</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı (Ciltli)</t>
+          <t>Çoklu Zekaya Uygun Etkinliklerle Peygamberim'e Uçuyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>950</v>
+        <v>750</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944838016</t>
+          <t>9789944835725</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 21. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 18. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789944381277</t>
+          <t>9789944839051</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Hac ve Umre (Ciltli)</t>
+          <t>Mü'minde Ruhi Disiplin</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789944836166</t>
+          <t>9789756736265</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Öğretmen Hz. Muhammed Mustafa</t>
+          <t>Osmanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>190</v>
+        <v>950</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944831055</t>
+          <t>9789944838016</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Tebük Gazvesi</t>
+          <t>Ruhu'l Beyan Tefsiri - 21. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053020080</t>
+          <t>9789944381277</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Aile Yuvası (Davetiye Formatıyla) (Ciltli)</t>
+          <t>Delilleriyle Hac ve Umre (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944830836</t>
+          <t>9789944836166</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 12. Cilt (Ciltli)</t>
+          <t>En Güzel Öğretmen Hz. Muhammed Mustafa</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>950</v>
+        <v>190</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944830324</t>
+          <t>9789944831055</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızla Neler Yapabiliriz?</t>
+          <t>Tebük Gazvesi</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9799756247357</t>
+          <t>9786053020080</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 6</t>
+          <t>Huzurlu Aile Yuvası (Davetiye Formatıyla) (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944832984</t>
+          <t>9789944830836</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostlarının Örnek Ahlakından 2</t>
+          <t>Ruhu'l Beyan Tefsiri - 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789944381840</t>
+          <t>9789944830324</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Evimizin Süsü Çocuklarımız</t>
+          <t>Çocuklarımızla Neler Yapabiliriz?</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789944833721</t>
+          <t>9799756247357</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>40 Soru 40 Cevap (Ciltli)</t>
+          <t>Altınoluk Sohbetleri - 6</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944830201</t>
+          <t>9789944832984</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Rahmet Ki</t>
+          <t>Hak Dostlarının Örnek Ahlakından 2</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789756247686</t>
+          <t>9789944381840</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Saadet Damlaları</t>
+          <t>Evimizin Süsü Çocuklarımız</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789756736753</t>
+          <t>9789944833721</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>40 Soru 40 Cevap (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944830638</t>
+          <t>9789944830201</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Çağrısı</t>
+          <t>Öyle Bir Rahmet Ki</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789756736210</t>
+          <t>9789756247686</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ruhani Hayat</t>
+          <t>Saadet Damlaları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789944381185</t>
+          <t>9789756736753</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Meseleleri</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789944834117</t>
+          <t>9789944830638</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Nereye</t>
+          <t>Mevlana Çağrısı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944381123</t>
+          <t>9789756736210</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Biat</t>
+          <t>Ruhani Hayat</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789944381048</t>
+          <t>9789944381185</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Örnek Nesil (Ciltli)</t>
+          <t>Tasavvuf Meseleleri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>600</v>
+        <v>225</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944381062</t>
+          <t>9789944834117</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Üsve-i Hasene 2 (Ciltli)</t>
+          <t>Yolculuk Nereye</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9799756247371</t>
+          <t>9789944381123</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 4</t>
+          <t>Sonsuz Biat</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9799756247340</t>
+          <t>9789944381048</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bayram Sohbetleri</t>
+          <t>Örnek Nesil (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944831048</t>
+          <t>9789944381062</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bedir Gazvesi ve Enfal Suresi Tefsiri</t>
+          <t>Üsve-i Hasene 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>225</v>
+        <v>700</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944834513</t>
+          <t>9799756247371</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Seyr u Süluk</t>
+          <t>Musahabe - 4</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789756736852</t>
+          <t>9799756247340</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebu Bekir Sıddik</t>
+          <t>Bayram Sohbetleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789756736869</t>
+          <t>9789944831048</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer'ül Faruk</t>
+          <t>Bedir Gazvesi ve Enfal Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944381499</t>
+          <t>9789944834513</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İslami Açıdan Kadın</t>
+          <t>Kur'an-ı Kerim'de Seyr u Süluk</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789756736838</t>
+          <t>9789756736852</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman Zinnureyn</t>
+          <t>Hazreti Ebu Bekir Sıddik</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789944381000</t>
+          <t>9789756736869</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimleri Sever</t>
+          <t>Hazreti Ömer'ül Faruk</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789756736845</t>
+          <t>9789944381499</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Aliyy'ül Murteza</t>
+          <t>İslami Açıdan Kadın</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944834421</t>
+          <t>9789756736838</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimleri Sevmez</t>
+          <t>Hazreti Osman Zinnureyn</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944381994</t>
+          <t>9789944381000</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Gençlere Hikayeler ve Sorular-1</t>
+          <t>Allah Kimleri Sever</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789944837071</t>
+          <t>9789756736845</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İrfan Bahçesi</t>
+          <t>Hazreti Aliyy'ül Murteza</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944830379</t>
+          <t>9789944834421</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sahibül Vefa Musa Topbaş (Ciltli)</t>
+          <t>Allah Kimleri Sevmez</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789944837163</t>
+          <t>9789944381994</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Zikir</t>
+          <t>Mevlana’dan Gençlere Hikayeler ve Sorular-1</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053021179</t>
+          <t>9789944837071</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçekleri</t>
+          <t>İrfan Bahçesi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789944838597</t>
+          <t>9789944830379</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Buhari'de Temizlik</t>
+          <t>Sahibül Vefa Musa Topbaş (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944838351</t>
+          <t>9789944837163</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Buhari'de İman ve İlim</t>
+          <t>Zikir</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789756736722</t>
+          <t>9786053021179</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Bakış</t>
+          <t>Sevgi Çiçekleri</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789944835985</t>
+          <t>9789944838597</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İlk Heyecan</t>
+          <t>Buhari'de Temizlik</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789944836067</t>
+          <t>9789944838351</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar-3</t>
+          <t>Buhari'de İman ve İlim</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053020639</t>
+          <t>9789756736722</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Vefa Sultanı Hz. Muhammed</t>
+          <t>Tasavvufi Bakış</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789756736357</t>
+          <t>9789944835985</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları - 3</t>
+          <t>Eğitimde İlk Heyecan</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944838566</t>
+          <t>9789944836067</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh - Ders Kitabı</t>
+          <t>Mahmud Sami Efendi'den Hatıralar-3</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789756247778</t>
+          <t>9786053020639</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
+          <t>Vefa Sultanı Hz. Muhammed</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789756736371</t>
+          <t>9789756736357</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 1</t>
+          <t>İslam Kahramanları - 3</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789756736388</t>
+          <t>9789944838566</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 2</t>
+          <t>Fıkıh - Ders Kitabı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944381987</t>
+          <t>9789756247778</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Gençlere Hikayeler ve Sorular 2</t>
+          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789756736401</t>
+          <t>9789756736371</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 4</t>
+          <t>Altınoluk Sohbetleri - 1</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053021797</t>
+          <t>9789756736388</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Mesela Hayat</t>
+          <t>Altınoluk Sohbetleri - 2</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789756736395</t>
+          <t>9789944381987</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri -3</t>
+          <t>Mevlana'dan Gençlere Hikayeler ve Sorular 2</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789944830669</t>
+          <t>9789756736401</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram 1</t>
+          <t>Altınoluk Sohbetleri - 4</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053022275</t>
+          <t>9786053021797</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani'nin İzinde Manevi Yolculuk</t>
+          <t>Mesela Hayat</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789756736418</t>
+          <t>9789756736395</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 5</t>
+          <t>Altınoluk Sohbetleri -3</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944830676</t>
+          <t>9789944830669</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram 2</t>
+          <t>Ashab-ı Kiram 1</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789944837224</t>
+          <t>9786053022275</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Marifetname'den İrfan Damlaları (Set)</t>
+          <t>İmam-ı Rabbani'nin İzinde Manevi Yolculuk</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789944834094</t>
+          <t>9789756736418</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Bağlı Bir Hayat</t>
+          <t>Altınoluk Sohbetleri - 5</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944831895</t>
+          <t>9789944830676</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Marifetullah O'nu Bilmek ve Tanımak</t>
+          <t>Ashab-ı Kiram 2</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944381635</t>
+          <t>9789944837224</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Edebi</t>
+          <t>Marifetname'den İrfan Damlaları (Set)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944381918</t>
+          <t>9789944834094</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Nil Ü Fer</t>
+          <t>Allah'a Bağlı Bir Hayat</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944381857</t>
+          <t>9789944831895</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 8. Cilt (Ciltli)</t>
+          <t>Marifetullah O'nu Bilmek ve Tanımak</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>950</v>
+        <v>225</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9799756736592</t>
+          <t>9789944381635</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erleri -2</t>
+          <t>Dervişin Edebi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789756736876</t>
+          <t>9789944381918</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Cana Can Atmak</t>
+          <t>Nil Ü Fer</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789756247785</t>
+          <t>9789944381857</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Gönül Penceresinden</t>
+          <t>Ruhu'l Beyan Tefsiri - 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789944830225</t>
+          <t>9799756736592</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 10. Cilt (Ciltli)</t>
+          <t>Gönül Erleri -2</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944381864</t>
+          <t>9789756736876</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İslami Bilgiler Ansiklopedisi</t>
+          <t>Cana Can Atmak</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789944830577</t>
+          <t>9789756247785</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 11. Cilt (Ciltli)</t>
+          <t>Gönül Penceresinden</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789944835503</t>
+          <t>9789944830225</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostlarından Hikmetler</t>
+          <t>Ruhu'l Beyan Tefsiri - 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789944381734</t>
+          <t>9789944381864</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 7. Cilt (Ciltli)</t>
+          <t>İslami Bilgiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789944831642</t>
+          <t>9789944830577</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Ben O'nu Sevmeye Muhtacım</t>
+          <t>Ruhu'l Beyan Tefsiri - 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944381550</t>
+          <t>9789944835503</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Nakşibend Hazretlerinin Sohbetleri</t>
+          <t>Hak Dostlarından Hikmetler</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944839631</t>
+          <t>9789944381734</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Azizan</t>
+          <t>Ruhu'l Beyan Tefsiri - 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789944830034</t>
+          <t>9789944831642</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Faziletler Medeniyeti - 2 (Ciltli)</t>
+          <t>Ben O'nu Sevmeye Muhtacım</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789756247747</t>
+          <t>9789944381550</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 5. Cilt (Ciltli)</t>
+          <t>Şah-ı Nakşibend Hazretlerinin Sohbetleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>950</v>
+        <v>100</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789756247846</t>
+          <t>9789944839631</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 6. Cilt (Ciltli)</t>
+          <t>Azizan</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944833554</t>
+          <t>9789944830034</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bir Vefa Öyküsü</t>
+          <t>Faziletler Medeniyeti - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>245</v>
+        <v>750</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9799756247203</t>
+          <t>9789756247747</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'a Kardeş Olmak</t>
+          <t>Ruhu'l Beyan Tefsiri - 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>60</v>
+        <v>950</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789756736128</t>
+          <t>9789756247846</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostunun Dünyasından</t>
+          <t>Ruhu'l Beyan Tefsiri - 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>220</v>
+        <v>950</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789944381611</t>
+          <t>9789944833554</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hizmet İnsanı</t>
+          <t>Bir Vefa Öyküsü</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>70</v>
+        <v>245</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789944832144</t>
+          <t>9799756247203</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 14. Cilt (Ciltli)</t>
+          <t>Rasulullah'a Kardeş Olmak</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>950</v>
+        <v>60</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789944830614</t>
+          <t>9789756736128</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Dinle Neyden</t>
+          <t>Allah Dostunun Dünyasından</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789944833110</t>
+          <t>9789944381611</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 15. Cilt (Ciltli)</t>
+          <t>Hizmet İnsanı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>950</v>
+        <v>70</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944835510</t>
+          <t>9789944832144</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Takva Yolculuğu Umre</t>
+          <t>Ruhu'l Beyan Tefsiri - 14. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789944831635</t>
+          <t>9789944830614</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde</t>
+          <t>Dinle Neyden</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789944834797</t>
+          <t>9789944833110</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 17. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 15. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789944381567</t>
+          <t>9789944835510</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Es'ad (Ciltli)</t>
+          <t>Takva Yolculuğu Umre</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789944831031</t>
+          <t>9789944831635</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yunus ve Hud Sureleri Tefsiri</t>
+          <t>Kaside-i Bürde</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944833929</t>
+          <t>9789944834797</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 16. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 17. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789756736333</t>
+          <t>9789944381567</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları - 1</t>
+          <t>Divan-ı Es'ad (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789756736340</t>
+          <t>9789944831031</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları - 2</t>
+          <t>Yunus ve Hud Sureleri Tefsiri</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053021759</t>
+          <t>9789944833929</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Elit Osmanlı Ahşap Kutulu (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 16. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>1500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789756736241</t>
+          <t>9789756736333</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hanımları</t>
+          <t>İslam Kahramanları - 1</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789944381529</t>
+          <t>9789756736340</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Beş Mevsimi</t>
+          <t>İslam Kahramanları - 2</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789944836418</t>
+          <t>9786053021759</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Demeden</t>
+          <t>Elit Osmanlı Ahşap Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789944830980</t>
+          <t>9789756736241</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar 1</t>
+          <t>Peygamberimizin Hanımları</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789944837446</t>
+          <t>9789944381529</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hızır'la Sohbet</t>
+          <t>Ömrüm Beş Mevsimi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789944831987</t>
+          <t>9789944836418</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar 2</t>
+          <t>Eyvah Demeden</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789756736586</t>
+          <t>9789944830980</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Düsuki'den Öğütler</t>
+          <t>Mahmud Sami Efendi'den Hatıralar 1</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789944381741</t>
+          <t>9789944837446</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sufi Gözüyle Hac ve Umre</t>
+          <t>Hızır'la Sohbet</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053021162</t>
+          <t>9789944831987</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şuura</t>
+          <t>Mahmud Sami Efendi'den Hatıralar 2</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789944831857</t>
+          <t>9789756736586</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Kurtuluş Yolu</t>
+          <t>İbrahim Düsuki'den Öğütler</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789944832151</t>
+          <t>9789944381741</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Uhud Gazvesi</t>
+          <t>Sufi Gözüyle Hac ve Umre</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789756247976</t>
+          <t>9786053021162</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İbret Işıkları</t>
+          <t>Şiirden Şuura</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789944381925</t>
+          <t>9789944831857</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadını</t>
+          <t>Ebedi Kurtuluş Yolu</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789944837682</t>
+          <t>9789944832151</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dergahından Hakikat İncileri (Ciltli)</t>
+          <t>Uhud Gazvesi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789756736517</t>
+          <t>9789756247976</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Ramazanoğlu</t>
+          <t>İbret Işıkları</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789944830843</t>
+          <t>9789944381925</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İslam Nimeti</t>
+          <t>Müslüman Kadını</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789944830850</t>
+          <t>9789944837682</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Huzur ve Sükunet Limanı Ailemiz</t>
+          <t>Gönül Dergahından Hakikat İncileri (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789944381628</t>
+          <t>9789756736517</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Hazırlığı</t>
+          <t>Mahmud Sami Ramazanoğlu</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789756247723</t>
+          <t>9789944830843</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yolcusuna Ahiret Azığı 2</t>
+          <t>İslam Nimeti</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789756247730</t>
+          <t>9789944830850</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yolcusuna Ahiret Azığı 1</t>
+          <t>Huzur ve Sükunet Limanı Ailemiz</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789944381505</t>
+          <t>9789944381628</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sohbet Meclisleri</t>
+          <t>Ahiret Hazırlığı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789756247860</t>
+          <t>9789756247723</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Aile Saadeti</t>
+          <t>Dünya Yolcusuna Ahiret Azığı 2</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789944835398</t>
+          <t>9789756247730</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Hizmette 101 Esas</t>
+          <t>Dünya Yolcusuna Ahiret Azığı 1</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789756736579</t>
+          <t>9789944381505</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Kızları ve Kız Torunları</t>
+          <t>Sohbet Meclisleri</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789944838542</t>
+          <t>9789756247860</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çağlayanı</t>
+          <t>Aile Saadeti</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789944838153</t>
+          <t>9789944835398</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Gaziköy'ün Zaferi</t>
+          <t>Hizmette 101 Esas</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053021186</t>
+          <t>9789756736579</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Ayrıldıkça Kavuşanlar</t>
+          <t>Peygamberimizin Kızları ve Kız Torunları</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789944833868</t>
+          <t>9789944838542</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Veliler Serdarı Hasan Basri</t>
+          <t>Sevda Çağlayanı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789756736173</t>
+          <t>9789944838153</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru Namaz</t>
+          <t>Gaziköy'ün Zaferi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789944838948</t>
+          <t>9786053021186</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Hocamız Selçuk Eraydın</t>
+          <t>Ayrıldıkça Kavuşanlar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789944831659</t>
+          <t>9789944833868</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Dostun Divanına</t>
+          <t>Veliler Serdarı Hasan Basri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789944835473</t>
+          <t>9789756736173</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gidiyoruz</t>
+          <t>Gözümün Nuru Namaz</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789756247839</t>
+          <t>9789944838948</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Günlük Dualar Ve Sureler</t>
+          <t>Hocamız Selçuk Eraydın</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>45</v>
+        <v>175</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789944833769</t>
+          <t>9789944831659</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Gün ve Gecelerde Okunacak Dualar</t>
+          <t>Dostun Divanına</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789944830317</t>
+          <t>9789944835473</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 4</t>
+          <t>Nereye Gidiyoruz</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9799756247401</t>
+          <t>9789756247839</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Nazenin Güller</t>
+          <t>Günlük Dualar Ve Sureler</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789944381819</t>
+          <t>9789944833769</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Aşk İncileri</t>
+          <t>Mübarek Gün ve Gecelerde Okunacak Dualar</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>175</v>
+        <v>30</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789944381024</t>
+          <t>9789944830317</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Müslümanım, Muhacirim, Mücahidim Hz. İkrime (r.a)</t>
+          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 4</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789944833523</t>
+          <t>9799756247401</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dersleri - Kırk Bohça</t>
+          <t>Nazenin Güller</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789944835466</t>
+          <t>9789944381819</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kursların En Güzeli</t>
+          <t>Mevlana'dan Aşk İncileri</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789756736234</t>
+          <t>9789944381024</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Darağacındaki Kur'an Şehitleri</t>
+          <t>Müslümanım, Muhacirim, Mücahidim Hz. İkrime (r.a)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789944837590</t>
+          <t>9789944833523</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslüman Çocuk Hazret-i Ali (r.a)</t>
+          <t>Hayat Dersleri - Kırk Bohça</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789756736425</t>
+          <t>9789944835466</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Gülyüze Hasret</t>
+          <t>Kursların En Güzeli</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789944835800</t>
+          <t>9789756736234</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>365 Sahabe Ölçüsü (Ciltli)</t>
+          <t>Darağacındaki Kur'an Şehitleri</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
+          <t>9789944837590</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>İlk Müslüman Çocuk Hazret-i Ali (r.a)</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9789756736425</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Gülyüze Hasret</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9789944835800</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>365 Sahabe Ölçüsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
           <t>9789944836135</t>
         </is>
       </c>
-      <c r="B490" s="1" t="inlineStr">
+      <c r="B493" s="1" t="inlineStr">
         <is>
           <t>İslam Dinimi Seviyorum 1</t>
         </is>
       </c>
-      <c r="C490" s="1">
+      <c r="C493" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>