--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,7420 +85,8110 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255686411</t>
+          <t>9786255686633</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sabır ve Sebat</t>
+          <t>Kur'an-ı Kerim Meali ve Muhtasar Tefsiri (4 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>330</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255686398</t>
+          <t>9786254408878</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Muhabbetle Eğitim</t>
+          <t>Sâlihlerden 1001 Hikmet (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>135</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255686558</t>
+          <t>4440000002843</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Ticaret</t>
+          <t>Altın Silsile (Termo Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>225</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789756247556</t>
+          <t>4440000002842</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Muhammed Mustafa 1 Mekke Devri</t>
+          <t>Altın Silsile (Termo) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255686374</t>
+          <t>9789944831710</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah Aleyhi̇sselam'ın Babası ve Annesi̇</t>
+          <t>Peygamber Ahlakını Referans Alan Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255686237</t>
+          <t>9789944837507</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Evlen Mutlu Ol</t>
+          <t>İslam Tarihi Küçük Boy (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255686329</t>
+          <t>9789944381598</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Fıkıh Problemleri</t>
+          <t>Saliha Kadın</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255686282</t>
+          <t>9789756736555</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kadının Çalışması ve Sosyal Güvenliği</t>
+          <t>Dini Bilgiler ve Namaz Hocası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255686299</t>
+          <t>9789944381253</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Zenginlik ve Fakirlik</t>
+          <t>Delaili Şerife (Ciltli, Cep Boy)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254407109</t>
+          <t>9789944830560</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan'dan Yasin Suresi Meal ve Tefsiri</t>
+          <t>Asr-ı Saadet Çocuklarından - Unutulmayan Hatıralar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>265</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053020646</t>
+          <t>9786053029786</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 23. Cilt (Ciltli)</t>
+          <t>İslami Düşünce ve İrfan Medeniyeti</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>950</v>
+        <v>265</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944831451</t>
+          <t>9789944830812</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 13. Cilt (Ciltli)</t>
+          <t>Aydınlanma Yolunda Tasavvuf</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>950</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789944381673</t>
+          <t>9789944831734</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf</t>
+          <t>Peygamber Efendimiz'e Mektuplar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254407086</t>
+          <t>9789944837705</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan'dan Fetih Suresi Meal ve Tefsiri</t>
+          <t>İslami İlimler Rehberi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254409790</t>
+          <t>9789944834100</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tabakatü'l Kübra</t>
+          <t>Güzel Müslüman Olmak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>2750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756247464</t>
+          <t>9789944833578</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 1. Cilt (Ciltli)</t>
+          <t>Dert Bende Ne Gezer Beyim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>950</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944830331</t>
+          <t>9789756736616</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 3</t>
+          <t>Vakıf İnfak Hizmet</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254409639</t>
+          <t>9789944381192</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Rehberi</t>
+          <t>İslam Tasavvufu (El - Lüma) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254409783</t>
+          <t>9789944836951</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Örnek Aileleri - 2</t>
+          <t>Lüks Baskı Riyazüs Salihin - Hadis-i Şerif Tercümesi ( 8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>9250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944831871</t>
+          <t>9789944837835</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'den 111 Hatıra</t>
+          <t>İslam Tarihi Büyük Boy (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254409608</t>
+          <t>9789944381383</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Afetler ve İmtihan Gerçeği</t>
+          <t>Elma Suyu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254409615</t>
+          <t>9789944830348</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Reyhane Annemiz</t>
+          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254409622</t>
+          <t>9789944830355</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Mariye Annemiz</t>
+          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 2</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254409530</t>
+          <t>9789944833189</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Vehb Bin Münebbih ve Rivayetleri</t>
+          <t>İlim Yolunda</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>550</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254409592</t>
+          <t>9789944381703</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler</t>
+          <t>Onsekizbin Alemin Mustafa'sı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254407116</t>
+          <t>9789756736142</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan'dan Kehf Suresi Meal ve Tefsiri</t>
+          <t>Delilleriyle İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058649385</t>
+          <t>9789756247914</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
+          <t>Mektubat (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>175</v>
+        <v>490</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058649330</t>
+          <t>9789944831321</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
+          <t>Faziletler Medeniyeti - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058649323</t>
+          <t>9789944833127</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler</t>
+          <t>Aşk Ummanı Mevlana</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254403415</t>
+          <t>9789944381765</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet</t>
+          <t>Üstün Yaratılış ve Davranışlarıyla Sevgili Peygamberimiz</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>125</v>
+        <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058547025</t>
+          <t>9789756247853</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dergahından Mektuplar</t>
+          <t>Hazret-i Ebu Bekir'den 111 Hatıra</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053025160</t>
+          <t>9789756736487</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 1. Dönem (Öğrenci Kitabı)</t>
+          <t>Canım Kurban Olsun Senin Yoluna</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254403521</t>
+          <t>9786053024927</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Nasreddin Hoca</t>
+          <t>Nokta-i Süveyda</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053029366</t>
+          <t>9789944834469</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şahidi</t>
+          <t>Hakk'ın Daveti Kur'an-ı Kerim Meali ve Tefsiri (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>185</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053025214</t>
+          <t>9789944830684</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Hayata</t>
+          <t>Sünen-i Ebi Davud ve Tercemesi (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254400841</t>
+          <t>9786053024705</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nefsine Bir Söz Söyle</t>
+          <t>Vakit Disiplini</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053026235</t>
+          <t>9780000104540</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Meymune Annemiz</t>
+          <t>Hadislerle Gerçekler 3</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>225</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254404030</t>
+          <t>9789000079919</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sevilen Bir Eğitimcinin Vasıfları</t>
+          <t>Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>7.02</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254403606</t>
+          <t>9789756736906</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kulu Allah'a Yaklaştıran Namaz</t>
+          <t>Adı Güzel Kendi Güzel Muhammed</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254403651</t>
+          <t>9789756736920</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kullarıma Söyle</t>
+          <t>İki Cihan Güneşi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254403408</t>
+          <t>9789756736296</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İmanı Aşk ile Yaşamak</t>
+          <t>Kırk Sahabi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>125</v>
+        <v>9.25</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254403378</t>
+          <t>9789944834315</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kul Hakkı Hassasiyeti</t>
+          <t>Peygamber Efendimiz'in 1001 Özelliği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254403392</t>
+          <t>9789944831512</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İlla Edep</t>
+          <t>Cennete Koşan Hanımlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053024613</t>
+          <t>9786255686800</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Hadisleri</t>
+          <t>Şii-İmamı Kaynaklarda Ebu Hureyre (r.a.)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053025221</t>
+          <t>9786255686879</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Diriliş Vakti</t>
+          <t>Özel Bireyler için Kolaylaştırılmış İlmihal</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053021803</t>
+          <t>9786255686886</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bahar Gelince</t>
+          <t>Harikulade Namaz Hocası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053025191</t>
+          <t>9786255686411</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aziz Ümmete Doğru</t>
+          <t>Sabır ve Sebat</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944830164</t>
+          <t>9786255686398</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denilen Muamma</t>
+          <t>Muhabbetle Eğitim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944832403</t>
+          <t>9786255686558</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle İslam Akaidi (Ciltli)</t>
+          <t>Kur’an’da Ticaret</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>750</v>
+        <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9799756247364</t>
+          <t>9789756247556</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Güller Gülü Efendimiz</t>
+          <t>Hazret-i Muhammed Mustafa 1 Mekke Devri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756736135</t>
+          <t>9786255686374</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Aile İlmihali (Ciltli)</t>
+          <t>Rasulullah Aleyhi̇sselam'ın Babası ve Annesi̇</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944836890</t>
+          <t>9786255686237</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şeriflerden Dualar</t>
+          <t>Evlen Mutlu Ol</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944833103</t>
+          <t>9786255686329</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>1001 Hadis (Kenzü'l İrfan) (Ciltli)</t>
+          <t>Günümüz Fıkıh Problemleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944835961</t>
+          <t>9786255686282</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Delail-i Hayrat ve Tercümesi (Ciltli)</t>
+          <t>İslam'da Kadının Çalışması ve Sosyal Güvenliği</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944381215</t>
+          <t>9786255686299</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler (Ciltli)</t>
+          <t>İslam'da Zenginlik ve Fakirlik</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9799756247210</t>
+          <t>9786254407109</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprağın İmanı</t>
+          <t>Ruhul Beyan'dan Yasin Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>265</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944831796</t>
+          <t>9786053020646</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Nasihat Binbir ibret</t>
+          <t>Ruhu'l Beyan Tefsiri - 23. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>950</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944835749</t>
+          <t>9789944831451</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi</t>
+          <t>Ruhu'l Beyan Tefsiri - 13. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944381055</t>
+          <t>9789944381673</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Üsve-i Hasene 1 (Ciltli)</t>
+          <t>Hz. Yusuf</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944834148</t>
+          <t>9786254407086</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Değerler Eğitimi ve Faaliyet Örnekleri</t>
+          <t>Ruhul Beyan'dan Fetih Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053021780</t>
+          <t>9786254409790</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Elit Delilleriyle Aile İlmihali (Ciltli)</t>
+          <t>Tabakatü'l Kübra</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1500</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944835824</t>
+          <t>9789756247464</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Organlarımız Konuşuyor Duyuyor Musunuz?</t>
+          <t>Ruhu'l Beyan Tefsiri - 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>170</v>
+        <v>950</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053024194</t>
+          <t>9789944830331</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ebediyet Yolculuğu (Ciltli)</t>
+          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 3</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053025207</t>
+          <t>9786254409639</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Huzur Bul Huzur Ver</t>
+          <t>Kudüs Rehberi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053024262</t>
+          <t>9786254409783</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlakın Basamakları 1</t>
+          <t>İslam'ın Örnek Aileleri - 2</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053026020</t>
+          <t>9789944831871</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hüznün En Güzeli</t>
+          <t>Hz. Ali'den 111 Hatıra</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944831345</t>
+          <t>9786254409608</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Muhammed Mustafa 2 Medine Devri (Ciltli)</t>
+          <t>Afetler ve İmtihan Gerçeği</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756247518</t>
+          <t>9786254409615</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Din Dili Kalb Dili</t>
+          <t>Hazreti Reyhane Annemiz</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053026242</t>
+          <t>9786254409622</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aklına Bir Söz Söyle</t>
+          <t>Hazreti Mariye Annemiz</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254409332</t>
+          <t>9786254409530</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi</t>
+          <t>Vehb Bin Münebbih ve Rivayetleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254409424</t>
+          <t>9786254409592</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
+          <t>Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254409325</t>
+          <t>9786254407116</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Peygamberlerin Evlatlarına Nasihatleri</t>
+          <t>Ruhul Beyan'dan Kehf Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944830775</t>
+          <t>9786058649385</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hizmetçi</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944830799</t>
+          <t>9786058649330</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güller Gülü</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254406485</t>
+          <t>9786058649323</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Açıklamalı Türkçe Meali (Ciltli)</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053021216</t>
+          <t>9786254403415</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumid'd-Din Tercümesi Büyük Boy (8 Cilt Takım) (Ciltli)</t>
+          <t>Muhabbet</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>6000</v>
+        <v>125</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254409318</t>
+          <t>9786058547025</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mü'minlerin Annelerinden 111 Hatıra</t>
+          <t>Gönül Dergahından Mektuplar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944833233</t>
+          <t>9786053025160</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Delail-i Hayrat (Ciltli)</t>
+          <t>Rehberim - 1. Dönem (Öğrenci Kitabı)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944833370</t>
+          <t>9786254403521</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (3 Cilt Takım)</t>
+          <t>Anadolu'nun Kandilleri - Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>2100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756736890</t>
+          <t>9786053029366</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 1</t>
+          <t>Aşkın Şahidi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>390</v>
+        <v>185</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254409288</t>
+          <t>9786053025214</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Peygamberimiz</t>
+          <t>Kalpten Hayata</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254409257</t>
+          <t>9786254400841</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Amentü/ Kur’anî ve İrfanî Açıdan</t>
+          <t>Nefsine Bir Söz Söyle</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254408397</t>
+          <t>9786053026235</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Dehlevi</t>
+          <t>Hazret-i Meymune Annemiz</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756247012</t>
+          <t>9786254404030</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi 1 - Soru Kitabı</t>
+          <t>Sevilen Bir Eğitimcinin Vasıfları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254404405</t>
+          <t>9786254403606</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Din Bir (Oyunlarla Din Kültürü ve Ahlak Bilgisi Dersleri)</t>
+          <t>Kulu Allah'a Yaklaştıran Namaz</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>145</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254404450</t>
+          <t>9786254403651</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hacegan Yolu</t>
+          <t>Kullarıma Söyle</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944399999</t>
+          <t>9786254403408</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Leyla ve Gerçek</t>
+          <t>İmanı Aşk ile Yaşamak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053025153</t>
+          <t>9786254403378</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Eczanesinden Maddi Manevi Şifreler ve Şifalar</t>
+          <t>Kul Hakkı Hassasiyeti</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254403552</t>
+          <t>9786254403392</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nereye Bu Gidiş?</t>
+          <t>İlla Edep</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254402922</t>
+          <t>9786053024613</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Uyandım</t>
+          <t>Peygamberimin Hadisleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254400629</t>
+          <t>9786053025221</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Hadis-i Şerif Tercümesi Lüks, Sempatik Cep Boy - 8 Cilt (Ciltli)</t>
+          <t>Kişiliğin Diriliş Vakti</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>2000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053025139</t>
+          <t>9786053021803</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 3 (Ciltli)</t>
+          <t>Bahar Gelince</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>550</v>
+        <v>185</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053025122</t>
+          <t>9786053025191</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2 (Ciltli)</t>
+          <t>Aziz Ümmete Doğru</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053025115</t>
+          <t>9789944830164</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 1 (Ciltli)</t>
+          <t>İnsan Denilen Muamma</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944833455</t>
+          <t>9789944832403</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Marifetname - Translitere Baskı (Ciltli)</t>
+          <t>Delilleriyle İslam Akaidi (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9799756247197</t>
+          <t>9799756247364</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kalabilme Davası - Gönül Gündemi 4</t>
+          <t>Güller Gülü Efendimiz</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944833561</t>
+          <t>9789756736135</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hayat Mektebi</t>
+          <t>Delilleriyle Aile İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756247563</t>
+          <t>9789944836890</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat Katreleri</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şeriflerden Dualar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944838900</t>
+          <t>9789944833103</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Annelik ve Bebek Bakımı</t>
+          <t>1001 Hadis (Kenzü'l İrfan) (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944381932</t>
+          <t>9789944835961</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Mucize Kur’an</t>
+          <t>Delail-i Hayrat ve Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>60</v>
+        <v>275</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9799756247333</t>
+          <t>9789944381215</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 6</t>
+          <t>Dualar ve Zikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944832021</t>
+          <t>9799756247210</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Herşey Bizimle Ne Güzel Konuşuyor (Ciltli)</t>
+          <t>Bu Toprağın İmanı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9799756736455</t>
+          <t>9789944831796</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erleri -1</t>
+          <t>Bir Nasihat Binbir ibret</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053020073</t>
+          <t>9789944835749</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler (Ciltli)</t>
+          <t>Siyer Öğretimi</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9799756247395</t>
+          <t>9789944381055</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hak Yolcusunun Düsturları</t>
+          <t>Üsve-i Hasene 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944831444</t>
+          <t>9789944834148</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde 101 Adım</t>
+          <t>Okul Öncesi Değerler Eğitimi ve Faaliyet Örnekleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756247587</t>
+          <t>9786053021780</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara 40 Hadis</t>
+          <t>Elit Delilleriyle Aile İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>80</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756736180</t>
+          <t>9789944835824</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Sistem Tartışmaları</t>
+          <t>Organlarımız Konuşuyor Duyuyor Musunuz?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756247501</t>
+          <t>9786053024194</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Yokla Ey Dost</t>
+          <t>Ebediyet Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053025849</t>
+          <t>9786053025207</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mektubat-ı İmam-ı Rabbani (5 Cilt) (Ciltli)</t>
+          <t>Huzur Bul Huzur Ver</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>6000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944831420</t>
+          <t>9786053024262</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Okulu</t>
+          <t>Güzel Ahlakın Basamakları 1</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254403644</t>
+          <t>9786053026020</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Fakra Övgü</t>
+          <t>Hüznün En Güzeli</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254403569</t>
+          <t>9789944831345</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an-ı Kerim Elifbesi</t>
+          <t>Hazret-i Muhammed Mustafa 2 Medine Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>90</v>
+        <v>650</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944831338</t>
+          <t>9789756247518</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Muhammed Mustafa 1 Mekke Devri (Ciltli)</t>
+          <t>Din Dili Kalb Dili</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>650</v>
+        <v>80</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053028635</t>
+          <t>9786053026242</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Muaşeret</t>
+          <t>Aklına Bir Söz Söyle</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756736005</t>
+          <t>9786254409332</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin-Hadis-i Şerif Tercümesi (8 Cilt Takım) (Ciltli)</t>
+          <t>Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>6250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944381710</t>
+          <t>9786254409424</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yolculuk</t>
+          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9799756247012</t>
+          <t>9786254409325</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi Soru Kitapçığı - 1</t>
+          <t>Kur'an-ı Kerim'de Peygamberlerin Evlatlarına Nasihatleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756247433</t>
+          <t>9789944830775</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İlim - Amel Seyr-u Süluk</t>
+          <t>Küçük Hizmetçi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756736739</t>
+          <t>9789944830799</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik Hıristiyanlık ve İslam</t>
+          <t>Güller Gülü</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944830386</t>
+          <t>9786254406485</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Esintileri</t>
+          <t>Kur'an-ı Kerim'in Açıklamalı Türkçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944832083</t>
+          <t>9786053021216</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>300 Soruda Tasavvufi Hayat</t>
+          <t>İhya-u Ulumid'd-Din Tercümesi Büyük Boy (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756736548</t>
+          <t>9786254409318</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tezkiretü'l Evliya</t>
+          <t>Mü'minlerin Annelerinden 111 Hatıra</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756736654</t>
+          <t>9789944833233</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Sultan Yaşardı Sultantepe'de</t>
+          <t>Delail-i Hayrat (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254407093</t>
+          <t>9789944833370</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Rahman ve Mülk Sureleri Meâl ve Tefsirleri</t>
+          <t>Marifetname (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>235</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9799756247180</t>
+          <t>9789756736890</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 3</t>
+          <t>Nebiler Silsilesi - 1</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756736982</t>
+          <t>9786254409288</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2</t>
+          <t>Ayet ve Hadislerle Peygamberimiz</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786254408700</t>
+          <t>9786254409257</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Soruyor</t>
+          <t>Amentü/ Kur’anî ve İrfanî Açıdan</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>2770000024242</t>
+          <t>9786254408397</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri (23 Cilt Takım) (Ciltli)</t>
+          <t>Abdullah Dehlevi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>21850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944830010</t>
+          <t>9789756247012</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 9. Cilt (Ciltli)</t>
+          <t>Nebiler Silsilesi 1 - Soru Kitabı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>950</v>
+        <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756247624</t>
+          <t>9786254404405</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 3. Cilt (Ciltli)</t>
+          <t>Bir Din Bir (Oyunlarla Din Kültürü ve Ahlak Bilgisi Dersleri)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>950</v>
+        <v>145</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944836449</t>
+          <t>9786254404450</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 19. Cilt</t>
+          <t>Hacegan Yolu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>950</v>
+        <v>450</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944838573</t>
+          <t>9789944399999</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 22. Cilt (Ciltli)</t>
+          <t>Aşk, Leyla ve Gerçek</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>950</v>
+        <v>120</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944837415</t>
+          <t>9786053025153</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 20. Cilt (Ciltli)</t>
+          <t>Allah'ın Eczanesinden Maddi Manevi Şifreler ve Şifalar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944830744</t>
+          <t>9786254403552</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed Mustafa (s.a.v.) - Ders Kitabı (Ciltli)</t>
+          <t>Nereye Bu Gidiş?</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254408175</t>
+          <t>9786254402922</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gençlik İlmihali</t>
+          <t>İslam’a Uyandım</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>500</v>
+        <v>135</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254408564</t>
+          <t>9786254400629</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hüdayi Tefsiri Mecalis</t>
+          <t>Riyazüs Salihin Hadis-i Şerif Tercümesi Lüks, Sempatik Cep Boy - 8 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254408465</t>
+          <t>9786053025139</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dokunan Kitaplar</t>
+          <t>Nebiler Silsilesi - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756247280</t>
+          <t>9786053025122</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Helal Kazanç (Ciltli)</t>
+          <t>Nebiler Silsilesi - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756247679</t>
+          <t>9786053025115</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 4. Cilt (Ciltli)</t>
+          <t>Nebiler Silsilesi - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>950</v>
+        <v>550</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053026532</t>
+          <t>9789944833455</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Hatırlatanlar-1</t>
+          <t>Marifetname - Translitere Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>280</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254404252</t>
+          <t>9799756247197</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hayatının Gayesi</t>
+          <t>Müslüman Kalabilme Davası - Gönül Gündemi 4</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254404634</t>
+          <t>9789944833561</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tefsirü'l-Kur'ani'l-Azim</t>
+          <t>Hayat Mektebi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>550</v>
+        <v>225</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786254403101</t>
+          <t>9789756247563</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah Efendimiz'den Eğitim Düsturları</t>
+          <t>Ab-ı Hayat Katreleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254403422</t>
+          <t>9789944838900</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İncinme İncitme</t>
+          <t>İslam Kültüründe Annelik ve Bebek Bakımı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254400797</t>
+          <t>9789944381932</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-i Zan ve Vefa</t>
+          <t>Eşsiz Mucize Kur’an</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053029533</t>
+          <t>9799756247333</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Hatice-i Kübra Annemiz 2 Cilt Takım</t>
+          <t>Musahabe - 6</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>600</v>
+        <v>285</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254400766</t>
+          <t>9789944832021</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hayırda Yarışmak</t>
+          <t>Herşey Bizimle Ne Güzel Konuşuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756247990</t>
+          <t>9799756736455</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Muhabbetteki Sır</t>
+          <t>Gönül Erleri -1</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756247921</t>
+          <t>9786053020073</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mükerrem İnsan</t>
+          <t>Dualar ve Zikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944834360</t>
+          <t>9799756247395</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile (Ciltli)</t>
+          <t>Hak Yolcusunun Düsturları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756247891</t>
+          <t>9789944831444</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Adab (Ciltli)</t>
+          <t>Eğitimde 101 Adım</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254400773</t>
+          <t>9789756247587</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tevekkül ve Teslimiyet</t>
+          <t>Çocuklara 40 Hadis</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254400735</t>
+          <t>9789756736180</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İslam Tefekkür Ufku (Ciltli)</t>
+          <t>Müslüman Sistem Tartışmaları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254408120</t>
+          <t>9789756247501</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Duruş</t>
+          <t>Yüreğini Yokla Ey Dost</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>325</v>
+        <v>80</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254404276</t>
+          <t>9786053025849</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Müfessirleri 11. - 11. - YY</t>
+          <t>Mektubat-ı İmam-ı Rabbani (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>600</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254403538</t>
+          <t>9789944831420</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kandilleri - Şeyh Nasirüddin Mahmud (Ahi Evran)</t>
+          <t>Ramazan Okulu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254403484</t>
+          <t>9786254403644</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Akşemseddin</t>
+          <t>Fakra Övgü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254403576</t>
+          <t>9786254403569</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile (Fotoğraflı) (Ciltli)</t>
+          <t>Tecvidli Kur'an-ı Kerim Elifbesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254403668</t>
+          <t>9789944831338</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mekke-i Mükerreme'nin Faziletleri</t>
+          <t>Hazret-i Muhammed Mustafa 1 Mekke Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>70</v>
+        <v>650</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254408144</t>
+          <t>9786053028635</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Şiirinde Nakşi Gelenek</t>
+          <t>Adab-ı Muaşeret</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254407765</t>
+          <t>9789756736005</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Haller ve Makamlar (Ciltli)</t>
+          <t>Riyazüs Salihin-Hadis-i Şerif Tercümesi (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>600</v>
+        <v>7250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254408168</t>
+          <t>9789944381710</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kıraat İlmi Açısından Ğayetü'l-İhtisar</t>
+          <t>Tarihe Yolculuk</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786254408137</t>
+          <t>9799756247012</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gülşeni Gelenekte Şairler, Eserler ve Kavramlar</t>
+          <t>Nebiler Silsilesi Soru Kitapçığı - 1</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254402913</t>
+          <t>9789756247433</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssaları</t>
+          <t>İlim - Amel Seyr-u Süluk</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254400780</t>
+          <t>9789756736739</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Birlik ve Beraberlik</t>
+          <t>Yahudilik Hıristiyanlık ve İslam</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789944381017</t>
+          <t>9789944830386</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İmandan İhsana Tasavvuf</t>
+          <t>Rahmet Esintileri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254402906</t>
+          <t>9789944832083</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tecvid İlmi</t>
+          <t>300 Soruda Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254402937</t>
+          <t>9789756736548</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Metinleri</t>
+          <t>Tezkiretü'l Evliya</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053024514</t>
+          <t>9789756736654</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Mevlana</t>
+          <t>Bir Sultan Yaşardı Sultantepe'de</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254400810</t>
+          <t>9786254407093</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Zirvesi</t>
+          <t>Rahman ve Mülk Sureleri Meâl ve Tefsirleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>125</v>
+        <v>235</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254400155</t>
+          <t>9799756247180</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hakkın Sesi Mehmet Akif</t>
+          <t>Nebiler Silsilesi - 3</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>185</v>
+        <v>390</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756247983</t>
+          <t>9789756736982</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İslam İman İbadet</t>
+          <t>Nebiler Silsilesi - 2</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756247440</t>
+          <t>9786254408700</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2</t>
+          <t>Kur'an Soruyor</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756736258</t>
+          <t>2770000024242</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gül'ün Gülleri</t>
+          <t>Ruhu'l Beyan Tefsiri (23 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>300</v>
+        <v>21850</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756247471</t>
+          <t>9789944830010</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 2. Cilt (Ciltli)</t>
+          <t>Ruhu'l Beyan Tefsiri - 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944830621</t>
+          <t>9789756247624</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bir Testi Su</t>
+          <t>Ruhu'l Beyan Tefsiri - 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944830720</t>
+          <t>9789944836449</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mü'minlerin Anneleri</t>
+          <t>Ruhu'l Beyan Tefsiri - 19. Cilt</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944838917</t>
+          <t>9789944838573</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İrfan Sohbetleri</t>
+          <t>Ruhu'l Beyan Tefsiri - 22. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756247006</t>
+          <t>9789944837415</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi Ders Kitabı - 1</t>
+          <t>Ruhu'l Beyan Tefsiri - 20. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944837804</t>
+          <t>9789944830744</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kalplere Şifa Salavat ve Dualar (Ciltli)</t>
+          <t>Hazreti Muhammed Mustafa (s.a.v.) - Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>325</v>
+        <v>800</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944835008</t>
+          <t>9786254408175</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Gençlik İlmihali</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9799756247319</t>
+          <t>9786254408564</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 2</t>
+          <t>Hüdayi Tefsiri Mecalis</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9799756247326</t>
+          <t>9786254408465</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 5</t>
+          <t>Kalbe Dokunan Kitaplar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944833875</t>
+          <t>9789756247280</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yolculuğu</t>
+          <t>Helal Kazanç (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944837194</t>
+          <t>9789756247679</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Klasikleri</t>
+          <t>Ruhu'l Beyan Tefsiri - 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944381758</t>
+          <t>9786053026532</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hacc-ı Mebrur ve Umre</t>
+          <t>Allah'ı Hatırlatanlar-1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944831390</t>
+          <t>9786254404252</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostlarının Örnek Ahlakından 1</t>
+          <t>İnsan Hayatının Gayesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756247907</t>
+          <t>9786254404634</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Tefsiri</t>
+          <t>Tefsirü'l-Kur'ani'l-Azim</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789756247792</t>
+          <t>9786254403101</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Rasulullah Efendimiz'den Eğitim Düsturları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789756247594</t>
+          <t>9786254403422</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Muhammed Mustafa 2 Medine Devri</t>
+          <t>İncinme İncitme</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053026495</t>
+          <t>9786254400797</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Karanlık Tarihi ve Malcolm X</t>
+          <t>Hüsn-i Zan ve Vefa</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786254407772</t>
+          <t>9786053029533</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlığın Medeniyete Hizmetleri - 1</t>
+          <t>Hazret-i Hatice-i Kübra Annemiz 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786254407789</t>
+          <t>9786254400766</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlığın Medeniyete Hizmetleri - 2</t>
+          <t>Hayırda Yarışmak</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254404559</t>
+          <t>9789756247990</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Allahım Sorularım Bitmedi</t>
+          <t>Muhabbetteki Sır</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786254407871</t>
+          <t>9789756247921</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tevbe Suresi Meal ve Tefsiri</t>
+          <t>Mükerrem İnsan</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254407833</t>
+          <t>9789944834360</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ra'd Suresi Meal ve Tefsiri</t>
+          <t>Altın Silsile (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254407857</t>
+          <t>9789756247891</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İsra Suresi Meal ve Tefsiri</t>
+          <t>Adab (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254407840</t>
+          <t>9786254400773</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Enfal Suresi Meal ve Tefsiri</t>
+          <t>Tevekkül ve Teslimiyet</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254407864</t>
+          <t>9786254400735</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ahzab Suresi Meal ve Tefsiri</t>
+          <t>İslam Tefekkür Ufku (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254405235</t>
+          <t>9786254408120</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Ehl-i Sünnet Akaidi</t>
+          <t>Müslümanca Duruş</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>750</v>
+        <v>325</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053025177</t>
+          <t>9786254404276</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 1. Dönem (Eğitimci Kitabı)</t>
+          <t>Selçuklu Müfessirleri 11. - 11. - YY</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756247426</t>
+          <t>9786254403538</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Silsilesi - 2 Ders Kitabı</t>
+          <t>Anadolu’nun Kandilleri - Şeyh Nasirüddin Mahmud (Ahi Evran)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254404320</t>
+          <t>9786254403484</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bostan Gülistan</t>
+          <t>Anadolu'nun Kandilleri - Akşemseddin</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>600</v>
+        <v>110</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254404269</t>
+          <t>9786254403576</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Şeref Kaynağımız</t>
+          <t>Altın Silsile (Fotoğraflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254404245</t>
+          <t>9786254403668</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Yönelişin Zirvesi</t>
+          <t>Mekke-i Mükerreme'nin Faziletleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254403613</t>
+          <t>9786254408144</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Hukuku</t>
+          <t>Türk Tasavvuf Şiirinde Nakşi Gelenek</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944836494</t>
+          <t>9786254407765</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yasin - Tebareke - Kısa Sureler</t>
+          <t>Tasavvufta Haller ve Makamlar (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254404184</t>
+          <t>9786254408168</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Feraiz Manzum (Şiirle)</t>
+          <t>Kıraat İlmi Açısından Ğayetü'l-İhtisar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254400469</t>
+          <t>9786254408137</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçesinden Dualar</t>
+          <t>Gülşeni Gelenekte Şairler, Eserler ve Kavramlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944381222</t>
+          <t>9786254402913</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yasin Cüzü</t>
+          <t>Kur'an Kıssaları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>20</v>
+        <v>750</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254403385</t>
+          <t>9786254400780</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Münacat</t>
+          <t>Birlik ve Beraberlik</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254400827</t>
+          <t>9789944381017</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hak'ka Davet</t>
+          <t>İmandan İhsana Tasavvuf</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>125</v>
+        <v>700</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254402203</t>
+          <t>9786254402906</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Allah Yolunda Fedakarlık</t>
+          <t>Tecvid İlmi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254402210</t>
+          <t>9786254402937</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Allah İçin Yardım Etmek</t>
+          <t>Tefsir Metinleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786254404153</t>
+          <t>9786053024514</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Büyük Buluşma</t>
+          <t>Hazreti Mevlana</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786058547032</t>
+          <t>9786254400810</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dünya İslam'a Koşuyor</t>
+          <t>Ahlakın Zirvesi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053029854</t>
+          <t>9786254400155</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Akif'in Leylası Millet</t>
+          <t>Hakkın Sesi Mehmet Akif</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944833097</t>
+          <t>9789756247983</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 1</t>
+          <t>İslam İman İbadet</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9799756247418</t>
+          <t>9789756247440</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Zühd Açısından Dünya ve Nimetleri</t>
+          <t>Nebiler Silsilesi - 2</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944833516</t>
+          <t>9789756736258</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 2</t>
+          <t>Gül'ün Gülleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789944834193</t>
+          <t>9789756247471</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Rehberim - 3</t>
+          <t>Ruhu'l Beyan Tefsiri - 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>90</v>
+        <v>950</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254400612</t>
+          <t>9789944830621</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Çekme Sanatı</t>
+          <t>Bir Testi Su</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254402258</t>
+          <t>9789944830720</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Notları</t>
+          <t>Mü'minlerin Anneleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786058547001</t>
+          <t>9789944838917</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ben Müslümanım</t>
+          <t>İrfan Sohbetleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786058649392</t>
+          <t>9789756247006</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Şafak Sökerken</t>
+          <t>Nebiler Silsilesi Ders Kitabı - 1</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254400438</t>
+          <t>9789944837804</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Milletin Sesi İstiklal Marşı</t>
+          <t>Kalplere Şifa Salavat ve Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254400445</t>
+          <t>9789944835008</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Cümle Kapısından Kalbe Girmek (Öğütler ve Düşünceler)</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254400452</t>
+          <t>9799756247319</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Cümle Kapısından Kalbe Girmek (Ölçüler ve Hikmetler)</t>
+          <t>Musahabe - 2</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254403477</t>
+          <t>9799756247326</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kandilleri - Ahmet Yesevi</t>
+          <t>Musahabe - 5</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254403507</t>
+          <t>9789944833875</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Hacı Bektaş Veli</t>
+          <t>Gönül Yolculuğu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944831536</t>
+          <t>9789944837194</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İkinci İstişare</t>
+          <t>Tasavvuf Klasikleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254403491</t>
+          <t>9789944381758</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Aziz Mahmud Hüdayi</t>
+          <t>Hacc-ı Mebrur ve Umre</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254403545</t>
+          <t>9789944831390</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kandilleri - Yunus Emre</t>
+          <t>Hak Dostlarının Örnek Ahlakından 1</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254400391</t>
+          <t>9789756247907</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dilinden 5 Cilt Set</t>
+          <t>Bakara Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>1000</v>
+        <v>390</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053024590</t>
+          <t>9789756247792</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hayri Efendi'den Sohbetler</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254400759</t>
+          <t>9789756247594</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erleri</t>
+          <t>Hazret-i Muhammed Mustafa 2 Medine Devri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786254402722</t>
+          <t>9786053026495</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Açıdan Haram Kazanç ve Muamele Ahkamı</t>
+          <t>Amerika'nın Karanlık Tarihi ve Malcolm X</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053024064</t>
+          <t>9786254407772</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Ciltli)</t>
+          <t>Müslümanlığın Medeniyete Hizmetleri - 1</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254403248</t>
+          <t>9786254407789</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz’in Hanımları Tarafından Hısımları</t>
+          <t>Müslümanlığın Medeniyete Hizmetleri - 2</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944381789</t>
+          <t>9786254404559</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Ömer'den 111 Hatıra</t>
+          <t>Allahım Sorularım Bitmedi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>70</v>
+        <v>375</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053024767</t>
+          <t>9786254407871</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Oyster Kayıp Hazine</t>
+          <t>Tevbe Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944830911</t>
+          <t>9786254407833</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Nurlu Medine'den Hatıralar</t>
+          <t>Ra'd Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789756247938</t>
+          <t>9786254407857</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Esadiyye ve Fatiha-i Şerife Tercümesi</t>
+          <t>İsra Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053024972</t>
+          <t>9786254407840</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Namazla Diriliş</t>
+          <t>Enfal Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944831697</t>
+          <t>9786254407864</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Fikir Adamlarımız - 2</t>
+          <t>Ahzab Suresi Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053025184</t>
+          <t>9786254405235</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kalbine Bir Söz Söyle</t>
+          <t>Delilleriyle Ehl-i Sünnet Akaidi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>235</v>
+        <v>750</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254400803</t>
+          <t>9786053025177</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Emanet ve Ahde Vefa</t>
+          <t>Rehberim - 1. Dönem (Eğitimci Kitabı)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254400544</t>
+          <t>9789756247426</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes Endişesi</t>
+          <t>Nebiler Silsilesi - 2 Ders Kitabı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254400537</t>
+          <t>9786254404320</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Amelimiz - Kur’an ve İlim</t>
+          <t>Bostan Gülistan</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254400728</t>
+          <t>9786254404269</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Fihristi (Ciltli)</t>
+          <t>Kur’an Şeref Kaynağımız</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254400100</t>
+          <t>9786254404245</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Dualar</t>
+          <t>Allah’a Yönelişin Zirvesi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789944831277</t>
+          <t>9786254403613</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Yol Haritası İslam (Ciltli)</t>
+          <t>Kur’an Hukuku</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789756736999</t>
+          <t>9789944836494</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Marifet Yolu</t>
+          <t>Yasin - Tebareke - Kısa Sureler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789944833448</t>
+          <t>9786254404184</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Marifetname - Osmanlıca Orjinal Baskı (Ciltli)</t>
+          <t>Feraiz Manzum (Şiirle)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944381543</t>
+          <t>9786254400469</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tevhide Giriş</t>
+          <t>Gönül Bahçesinden Dualar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053024989</t>
+          <t>9789944381222</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Mercan Avcıları</t>
+          <t>Yasin Cüzü</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>185</v>
+        <v>20</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053024736</t>
+          <t>9786254403385</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 1 (Ciltli)</t>
+          <t>Dua ve Münacat</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>2350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944831529</t>
+          <t>9786254400827</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Birinci İstişare</t>
+          <t>Hak'ka Davet</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944831628</t>
+          <t>9786254402203</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesilleri İnşa Eden Alimlerimiz - 2</t>
+          <t>Allah Yolunda Fedakarlık</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789944381239</t>
+          <t>9786254402210</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Elifbası</t>
+          <t>Allah İçin Yardım Etmek</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789944831680</t>
+          <t>9786254404153</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesilleri İnşa Eden Fikir Adamlarımız - 1</t>
+          <t>Büyük Buluşma</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053020820</t>
+          <t>9786058547032</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Babanın Zenginliği Para Etmez</t>
+          <t>Dünya İslam'a Koşuyor</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053023586</t>
+          <t>9786053029854</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Yolculuk</t>
+          <t>Akif'in Leylası Millet</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944381796</t>
+          <t>9789944833097</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Kardeşlik Ruhu</t>
+          <t>Rehberim - 1</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053028864</t>
+          <t>9799756247418</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Avcı Kekliği</t>
+          <t>Zühd Açısından Dünya ve Nimetleri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944839006</t>
+          <t>9789944833516</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir'in Kur'an'a Hizmetleri ve Tefsirdeki Yeri</t>
+          <t>Rehberim - 2</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944838993</t>
+          <t>9789944834193</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Hatırlatanlar - 3</t>
+          <t>Rehberim - 3</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254400520</t>
+          <t>9786254400612</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>llah ve Rasulü’ne İtaat</t>
+          <t>Fotoğraf Çekme Sanatı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944831611</t>
+          <t>9786254402258</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Alimlerimiz - 1</t>
+          <t>Hikmet Notları</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053029908</t>
+          <t>9786058547001</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-i Raşidin</t>
+          <t>Ben Müslümanım</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053024293</t>
+          <t>9786058649392</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ailede Değerler Eğitimi</t>
+          <t>Şafak Sökerken</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053025078</t>
+          <t>9786254400438</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ümmü Habibe Remle Annemiz</t>
+          <t>Milletin Sesi İstiklal Marşı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053028642</t>
+          <t>9786254400445</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ahkamu'l Kur'an (10 Cilt Takım) (Ciltli)</t>
+          <t>Cümle Kapısından Kalbe Girmek (Öğütler ve Düşünceler)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>7000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789944830133</t>
+          <t>9786254400452</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Afacan Bedir Serisi (10 Kitap Set)</t>
+          <t>Cümle Kapısından Kalbe Girmek (Ölçüler ve Hikmetler)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944835770</t>
+          <t>9786254403477</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Güzel Söz Çağrısı</t>
+          <t>Anadolu’nun Kandilleri - Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789756247877</t>
+          <t>9786254403507</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar Geçidi</t>
+          <t>Anadolu'nun Kandilleri - Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944836333</t>
+          <t>9789944831536</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Başarılı Çocuk Yetiştirmek İçin Anne-Baba Rehberi Seti (3 Kitap Takım)</t>
+          <t>İkinci İstişare</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254403675</t>
+          <t>9786254403491</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Muhibbin İrşadı</t>
+          <t>Anadolu'nun Kandilleri - Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254400407</t>
+          <t>9786254403545</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Gönül Devrimi</t>
+          <t>Anadolu'nun Kandilleri - Yunus Emre</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254400353</t>
+          <t>9786254400391</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Şimdi İslam’ın Zamanı</t>
+          <t>Gönül Dilinden 5 Cilt Set</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254400360</t>
+          <t>9786053024590</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Mektebi</t>
+          <t>Hasan Hayri Efendi'den Sohbetler</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254400384</t>
+          <t>9786254400759</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kimliği</t>
+          <t>Gönül Erleri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254400377</t>
+          <t>9786254402722</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük Kapısı</t>
+          <t>Fıkhi Açıdan Haram Kazanç ve Muamele Ahkamı</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053022961</t>
+          <t>9786053024064</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Ümidi</t>
+          <t>İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>190</v>
+        <v>950</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053024651</t>
+          <t>9786254403248</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar 4</t>
+          <t>Peygamber Efendimiz’in Hanımları Tarafından Hısımları</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944834834</t>
+          <t>9789944381789</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>40 Kudsi Hadis</t>
+          <t>Hazret-i Ömer'den 111 Hatıra</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053027508</t>
+          <t>9786053024767</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Güzel Ahlakı 2</t>
+          <t>Oyster Kayıp Hazine</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944832090</t>
+          <t>9789944830911</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Peygamberim'in Güzel Ahlakı</t>
+          <t>Nurlu Medine'den Hatıralar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053026518</t>
+          <t>9789756247938</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bir Okul ve Bir Ekol Hz. Musab</t>
+          <t>Risale-i Esadiyye ve Fatiha-i Şerife Tercümesi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>800</v>
+        <v>75</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053026549</t>
+          <t>9786053024972</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Hatırlatanlar-2</t>
+          <t>Namazla Diriliş</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053026501</t>
+          <t>9789944831697</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sohbet İster Kahve Bahane</t>
+          <t>Fikir Adamlarımız - 2</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053024682</t>
+          <t>9786053025184</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram ve Faziletleri</t>
+          <t>Kalbine Bir Söz Söyle</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053025726</t>
+          <t>9786254400803</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Tespitlerle Kur'an Aynasında İnsan (Ciltli)</t>
+          <t>Emanet ve Ahde Vefa</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>550</v>
+        <v>125</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053025801</t>
+          <t>9786254400544</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Safiyye Annemiz</t>
+          <t>Son Nefes Endişesi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053025979</t>
+          <t>9786254400537</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Üşüyor Anne</t>
+          <t>Ahiret Amelimiz - Kur’an ve İlim</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>270</v>
+        <v>125</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053026365</t>
+          <t>9786254400728</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Olmaz</t>
+          <t>Kur'an Fihristi (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>170</v>
+        <v>750</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053026372</t>
+          <t>9786254400100</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Günün Kutlu Olsun Sevdiğim</t>
+          <t>Kur'an-ı Kerim'den Dualar</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053026600</t>
+          <t>9789944831277</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Halimiz Budur</t>
+          <t>Ebedi Yol Haritası İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053024378</t>
+          <t>9789756736999</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İstikamet</t>
+          <t>Marifet Yolu</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053024965</t>
+          <t>9789944833448</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hoca Bahaeddin Nakşbend</t>
+          <t>Marifetname - Osmanlıca Orjinal Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>85</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053024644</t>
+          <t>9789944381543</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolcusu</t>
+          <t>Tevhide Giriş</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053024941</t>
+          <t>9786053024989</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Esad Erbili (Ciltli)</t>
+          <t>Mercan Avcıları</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>550</v>
+        <v>185</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944832038</t>
+          <t>9786053024736</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Şeyhi Ekber İbn Arabi'de İdris Peygamber</t>
+          <t>Altınoluk Sohbetleri - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>300</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944562365</t>
+          <t>9789944831529</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Afişlerle Hadis Hikayeleri</t>
+          <t>Birinci İstişare</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053026006</t>
+          <t>9789944831628</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Yeni Nesilleri İnşa Eden Alimlerimiz - 2</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053024200</t>
+          <t>9789944381239</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İnsan İlişkileri</t>
+          <t>Kur'an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>385</v>
+        <v>50</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053021742</t>
+          <t>9789944831680</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>365 Kahramanlık Tablosu (Ciltli)</t>
+          <t>Yeni Nesilleri İnşa Eden Fikir Adamlarımız - 1</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053025290</t>
+          <t>9786053020820</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Arabi Konuşuyor</t>
+          <t>Babanın Zenginliği Para Etmez</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>550</v>
+        <v>80</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053024217</t>
+          <t>9786053023586</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sevenlerin Dilinden Musa Efendi</t>
+          <t>Yıldızlara Yolculuk</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053024897</t>
+          <t>9789944381796</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Salat ü Selam (Ciltli)</t>
+          <t>İslam Kültüründe Kardeşlik Ruhu</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053024316</t>
+          <t>9786053028864</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kalbimiz Allah Dedikçe</t>
+          <t>Avcı Kekliği</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053024286</t>
+          <t>9789944839006</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlakın Basamakları - 2</t>
+          <t>Hz. Ebu Bekir'in Kur'an'a Hizmetleri ve Tefsirdeki Yeri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053024361</t>
+          <t>9789944838993</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Buhari'de Namaz</t>
+          <t>Allah'ı Hatırlatanlar - 3</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789944837088</t>
+          <t>9786254400520</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ben Böyle Değildim</t>
+          <t>llah ve Rasulü’ne İtaat</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944830300</t>
+          <t>9789944831611</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kurban İbadeti</t>
+          <t>Alimlerimiz - 1</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9799756247227</t>
+          <t>9786053029908</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bizans'a Çağrı Yöneltmek - Gönül Gündemi 2</t>
+          <t>Hulefa-i Raşidin</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789756736197</t>
+          <t>9786053024293</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İnsan Krizi</t>
+          <t>Ailede Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944830447</t>
+          <t>9786053025078</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Cennetin İlk Sözü - Kur'an Günlüğü 2</t>
+          <t>Hazreti Ümmü Habibe Remle Annemiz</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944381178</t>
+          <t>9786053028642</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile</t>
+          <t>Ahkamu'l Kur'an (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>285</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756736159</t>
+          <t>9789944830133</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Ticaret ve İktisat İlmihali</t>
+          <t>Afacan Bedir Serisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>875</v>
+        <v>600</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789756736463</t>
+          <t>9789944835770</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Ve Marifetullah</t>
+          <t>Güzel Söz Çağrısı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789944834124</t>
+          <t>9789756247877</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kalp Coğrafyamızı Korumak</t>
+          <t>Hatıralar Geçidi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944835084</t>
+          <t>9789944836333</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sohbet-i Arifan (Büyüklerin Sohbetleri)</t>
+          <t>Mutlu ve Başarılı Çocuk Yetiştirmek İçin Anne-Baba Rehberi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>225</v>
+        <v>600</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944839501</t>
+          <t>9786254403675</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Güzel Ahlakı - 1</t>
+          <t>Muhibbin İrşadı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789944831703</t>
+          <t>9786254400407</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Çağın Karanlığından Kurtulup İslam'la Hayat Bulanlar</t>
+          <t>Gönül Devrimi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944381130</t>
+          <t>9786254400353</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Rahmet Toplumu</t>
+          <t>Şimdi İslam’ın Zamanı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944831093</t>
+          <t>9786254400360</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Hz.Halid Bin Velid</t>
+          <t>Peygamber Mektebi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944381666</t>
+          <t>9786254400384</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Hz.İbrahim (a.s)</t>
+          <t>Müslüman Kimliği</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944830966</t>
+          <t>9786254400377</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Toplumu</t>
+          <t>Ölümsüzlük Kapısı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944381031</t>
+          <t>9786053022961</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Üç Sevgili</t>
+          <t>Rahmet Ümidi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944834322</t>
+          <t>9786053024651</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Derviş Keşkülü</t>
+          <t>Mahmud Sami Efendi'den Hatıralar 4</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944381512</t>
+          <t>9789944834834</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Allah Yolunda Adım Adım</t>
+          <t>40 Kudsi Hadis</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944834568</t>
+          <t>9786053027508</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Arayışları</t>
+          <t>Müslümanın Güzel Ahlakı 2</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789756736203</t>
+          <t>9789944832090</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Hüve'l Baki</t>
+          <t>Hikayelerle Peygamberim'in Güzel Ahlakı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789756247525</t>
+          <t>9786053026518</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İslamı Aşkla Yaşamak</t>
+          <t>Bir Okul ve Bir Ekol Hz. Musab</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944381161</t>
+          <t>9786053026549</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Altın Ögütler (Ciltli)</t>
+          <t>Allah'ı Hatırlatanlar-2</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>550</v>
+        <v>325</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944831437</t>
+          <t>9786053026501</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Hazine Ramazan</t>
+          <t>Gönül Sohbet İster Kahve Bahane</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9799756247265</t>
+          <t>9786053024682</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>Ashab-ı Kiram ve Faziletleri</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9799756247272</t>
+          <t>9786053025726</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Niceleri Benim Sandı</t>
+          <t>Psikolojik Tespitlerle Kur'an Aynasında İnsan (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944831017</t>
+          <t>9786053025801</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İmameyi Yaktı Ateş</t>
+          <t>Hazret-i Safiyye Annemiz</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9799756247302</t>
+          <t>9786053025979</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 1</t>
+          <t>Ruhum Üşüyor Anne</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9799756247388</t>
+          <t>9786053026365</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 3</t>
+          <t>Sensiz Olmaz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789756247037</t>
+          <t>9786053026372</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Aç Gülzar Yap</t>
+          <t>Ölüm Günün Kutlu Olsun Sevdiğim</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944381581</t>
+          <t>9786053026600</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Çocukla İletişim</t>
+          <t>Halimiz Budur</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944381888</t>
+          <t>9786053024378</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yaratılana Şefkat ve Merhamet</t>
+          <t>İstikamet</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944830942</t>
+          <t>9786053024965</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Erdemin Dili Affedicilik</t>
+          <t>Hoca Bahaeddin Nakşbend</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789756247884</t>
+          <t>9786053024644</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Haydin Felaha</t>
+          <t>Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>115</v>
+        <v>185</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789944830935</t>
+          <t>9786053024941</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Miras</t>
+          <t>Muhammed Esad Erbili (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>245</v>
+        <v>550</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789944835442</t>
+          <t>9789944832038</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Ramazanoğlu Külliyatı (7 Kitap Takım) (Ciltli)</t>
+          <t>Şeyhi Ekber İbn Arabi'de İdris Peygamber</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>3300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944832120</t>
+          <t>9789944562365</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Fatımatü'z Zehra'dır (Ciltli)</t>
+          <t>Afişlerle Hadis Hikayeleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789944837828</t>
+          <t>9786053026006</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Zekaya Uygun Etkinliklerle Peygamberim'e Uçuyorum (Ciltli)</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944835725</t>
+          <t>9786053024200</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 18. Cilt (Ciltli)</t>
+          <t>İslam'da İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>950</v>
+        <v>385</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789944839051</t>
+          <t>9786053021742</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Mü'minde Ruhi Disiplin</t>
+          <t>365 Kahramanlık Tablosu (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789756736265</t>
+          <t>9786053025290</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı (Ciltli)</t>
+          <t>İbn-i Arabi Konuşuyor</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>950</v>
+        <v>550</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944838016</t>
+          <t>9786053024217</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 21. Cilt (Ciltli)</t>
+          <t>Sevenlerin Dilinden Musa Efendi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789944381277</t>
+          <t>9786053024897</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Hac ve Umre (Ciltli)</t>
+          <t>Salat ü Selam (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944836166</t>
+          <t>9786053024316</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Öğretmen Hz. Muhammed Mustafa</t>
+          <t>Kalbimiz Allah Dedikçe</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944831055</t>
+          <t>9786053024286</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tebük Gazvesi</t>
+          <t>Güzel Ahlakın Basamakları - 2</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053020080</t>
+          <t>9786053024361</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Aile Yuvası (Davetiye Formatıyla) (Ciltli)</t>
+          <t>Buhari'de Namaz</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944830836</t>
+          <t>9789944837088</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 12. Cilt (Ciltli)</t>
+          <t>Ben Böyle Değildim</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>950</v>
+        <v>80</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789944830324</t>
+          <t>9789944830300</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızla Neler Yapabiliriz?</t>
+          <t>Kurban İbadeti</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9799756247357</t>
+          <t>9799756247227</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 6</t>
+          <t>Bizans'a Çağrı Yöneltmek - Gönül Gündemi 2</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944832984</t>
+          <t>9789756736197</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostlarının Örnek Ahlakından 2</t>
+          <t>İnsan Krizi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789944381840</t>
+          <t>9789944830447</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Evimizin Süsü Çocuklarımız</t>
+          <t>Cennetin İlk Sözü - Kur'an Günlüğü 2</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944833721</t>
+          <t>9789944381178</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>40 Soru 40 Cevap (Ciltli)</t>
+          <t>Altın Silsile</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>375</v>
+        <v>285</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944830201</t>
+          <t>9789756736159</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Rahmet Ki</t>
+          <t>Delilleriyle Ticaret ve İktisat İlmihali</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>400</v>
+        <v>875</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789756247686</t>
+          <t>9789756736463</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Saadet Damlaları</t>
+          <t>Tasavvuf Ve Marifetullah</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789756736753</t>
+          <t>9789944834124</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>Kalp Coğrafyamızı Korumak</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789944830638</t>
+          <t>9789944835084</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Çağrısı</t>
+          <t>Sohbet-i Arifan (Büyüklerin Sohbetleri)</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789756736210</t>
+          <t>9789944839501</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Ruhani Hayat</t>
+          <t>Müslümanın Güzel Ahlakı - 1</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789944381185</t>
+          <t>9789944831703</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Meseleleri</t>
+          <t>Çağın Karanlığından Kurtulup İslam'la Hayat Bulanlar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944834117</t>
+          <t>9789944381130</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Nereye</t>
+          <t>İslam ve Rahmet Toplumu</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944381123</t>
+          <t>9789944831093</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Biat</t>
+          <t>Hz.Halid Bin Velid</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789944381048</t>
+          <t>9789944381666</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Örnek Nesil (Ciltli)</t>
+          <t>Hz.İbrahim (a.s)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944381062</t>
+          <t>9789944830966</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Üsve-i Hasene 2 (Ciltli)</t>
+          <t>Sevgi Toplumu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9799756247371</t>
+          <t>9789944381031</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Musahabe - 4</t>
+          <t>Üç Sevgili</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9799756247340</t>
+          <t>9789944834322</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Bayram Sohbetleri</t>
+          <t>Derviş Keşkülü</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944831048</t>
+          <t>9789944381512</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bedir Gazvesi ve Enfal Suresi Tefsiri</t>
+          <t>Allah Yolunda Adım Adım</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944834513</t>
+          <t>9789944834568</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Seyr u Süluk</t>
+          <t>Hikmet Arayışları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789756736852</t>
+          <t>9789756736203</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebu Bekir Sıddik</t>
+          <t>Hüve'l Baki</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789756736869</t>
+          <t>9789756247525</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer'ül Faruk</t>
+          <t>İslamı Aşkla Yaşamak</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944381499</t>
+          <t>9789944381161</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İslami Açıdan Kadın</t>
+          <t>Altın Ögütler (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789756736838</t>
+          <t>9789944831437</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman Zinnureyn</t>
+          <t>Kutsal Hazine Ramazan</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944381000</t>
+          <t>9799756247265</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimleri Sever</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789756736845</t>
+          <t>9799756247272</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Aliyy'ül Murteza</t>
+          <t>Niceleri Benim Sandı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944834421</t>
+          <t>9789944831017</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimleri Sevmez</t>
+          <t>İmameyi Yaktı Ateş</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789944381994</t>
+          <t>9799756247302</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Gençlere Hikayeler ve Sorular-1</t>
+          <t>Musahabe - 1</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789944837071</t>
+          <t>9799756247388</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İrfan Bahçesi</t>
+          <t>Musahabe - 3</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789944830379</t>
+          <t>9789756247037</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sahibül Vefa Musa Topbaş (Ciltli)</t>
+          <t>İstanbul'u Aç Gülzar Yap</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944837163</t>
+          <t>9789944381581</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Zikir</t>
+          <t>Çocukla İletişim</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053021179</t>
+          <t>9789944381888</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçekleri</t>
+          <t>Yaratılana Şefkat ve Merhamet</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789944838597</t>
+          <t>9789944830942</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Buhari'de Temizlik</t>
+          <t>Erdemin Dili Affedicilik</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789944838351</t>
+          <t>9789756247884</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Buhari'de İman ve İlim</t>
+          <t>Haydin Felaha</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789756736722</t>
+          <t>9789944830935</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Bakış</t>
+          <t>En Güzel Miras</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789944835985</t>
+          <t>9789944835442</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İlk Heyecan</t>
+          <t>Mahmud Sami Ramazanoğlu Külliyatı (7 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944836067</t>
+          <t>9789944832120</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar-3</t>
+          <t>Fatımatü'z Zehra'dır (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053020639</t>
+          <t>9789944837828</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Vefa Sultanı Hz. Muhammed</t>
+          <t>Çoklu Zekaya Uygun Etkinliklerle Peygamberim'e Uçuyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789756736357</t>
+          <t>9789944835725</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları - 3</t>
+          <t>Ruhu'l Beyan Tefsiri - 18. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>220</v>
+        <v>950</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944838566</t>
+          <t>9789944839051</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh - Ders Kitabı</t>
+          <t>Mü'minde Ruhi Disiplin</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789756247778</t>
+          <t>9789756736265</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
+          <t>Osmanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>375</v>
+        <v>950</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789756736371</t>
+          <t>9789944838016</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 1</t>
+          <t>Ruhu'l Beyan Tefsiri - 21. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789756736388</t>
+          <t>9789944381277</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 2</t>
+          <t>Delilleriyle Hac ve Umre (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789944381987</t>
+          <t>9789944836166</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Gençlere Hikayeler ve Sorular 2</t>
+          <t>En Güzel Öğretmen Hz. Muhammed Mustafa</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789756736401</t>
+          <t>9789944831055</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 4</t>
+          <t>Tebük Gazvesi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053021797</t>
+          <t>9786053020080</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Mesela Hayat</t>
+          <t>Huzurlu Aile Yuvası (Davetiye Formatıyla) (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789756736395</t>
+          <t>9789944830836</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri -3</t>
+          <t>Ruhu'l Beyan Tefsiri - 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944830669</t>
+          <t>9789944830324</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram 1</t>
+          <t>Çocuklarımızla Neler Yapabiliriz?</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053022275</t>
+          <t>9799756247357</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani'nin İzinde Manevi Yolculuk</t>
+          <t>Altınoluk Sohbetleri - 6</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789756736418</t>
+          <t>9789944832984</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Altınoluk Sohbetleri - 5</t>
+          <t>Hak Dostlarının Örnek Ahlakından 2</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944830676</t>
+          <t>9789944381840</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram 2</t>
+          <t>Evimizin Süsü Çocuklarımız</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944837224</t>
+          <t>9789944833721</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Marifetname'den İrfan Damlaları (Set)</t>
+          <t>40 Soru 40 Cevap (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944834094</t>
+          <t>9789944830201</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Bağlı Bir Hayat</t>
+          <t>Öyle Bir Rahmet Ki</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944831895</t>
+          <t>9789756247686</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Marifetullah O'nu Bilmek ve Tanımak</t>
+          <t>Saadet Damlaları</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789944381635</t>
+          <t>9789756736753</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Edebi</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789944381918</t>
+          <t>9789944830638</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Nil Ü Fer</t>
+          <t>Mevlana Çağrısı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944381857</t>
+          <t>9789756736210</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 8. Cilt (Ciltli)</t>
+          <t>Ruhani Hayat</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9799756736592</t>
+          <t>9789944381185</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erleri -2</t>
+          <t>Tasavvuf Meseleleri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789756736876</t>
+          <t>9789944834117</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Cana Can Atmak</t>
+          <t>Yolculuk Nereye</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789756247785</t>
+          <t>9789944381123</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Gönül Penceresinden</t>
+          <t>Sonsuz Biat</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789944830225</t>
+          <t>9789944381048</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 10. Cilt (Ciltli)</t>
+          <t>Örnek Nesil (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>950</v>
+        <v>600</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789944381864</t>
+          <t>9789944381062</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İslami Bilgiler Ansiklopedisi</t>
+          <t>Üsve-i Hasene 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789944830577</t>
+          <t>9799756247371</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 11. Cilt (Ciltli)</t>
+          <t>Musahabe - 4</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>950</v>
+        <v>275</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944835503</t>
+          <t>9799756247340</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostlarından Hikmetler</t>
+          <t>Bayram Sohbetleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944381734</t>
+          <t>9789944831048</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 7. Cilt (Ciltli)</t>
+          <t>Bedir Gazvesi ve Enfal Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>950</v>
+        <v>225</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789944831642</t>
+          <t>9789944834513</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Ben O'nu Sevmeye Muhtacım</t>
+          <t>Kur'an-ı Kerim'de Seyr u Süluk</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944381550</t>
+          <t>9789756736852</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Nakşibend Hazretlerinin Sohbetleri</t>
+          <t>Hazreti Ebu Bekir Sıddik</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789944839631</t>
+          <t>9789756736869</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Azizan</t>
+          <t>Hazreti Ömer'ül Faruk</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944830034</t>
+          <t>9789944381499</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Faziletler Medeniyeti - 2 (Ciltli)</t>
+          <t>İslami Açıdan Kadın</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789756247747</t>
+          <t>9789756736838</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 5. Cilt (Ciltli)</t>
+          <t>Hazreti Osman Zinnureyn</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789756247846</t>
+          <t>9789944381000</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 6. Cilt (Ciltli)</t>
+          <t>Allah Kimleri Sever</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>950</v>
+        <v>275</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789944833554</t>
+          <t>9789756736845</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Bir Vefa Öyküsü</t>
+          <t>Hazreti Aliyy'ül Murteza</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9799756247203</t>
+          <t>9789944834421</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'a Kardeş Olmak</t>
+          <t>Allah Kimleri Sevmez</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789756736128</t>
+          <t>9789944381994</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostunun Dünyasından</t>
+          <t>Mevlana’dan Gençlere Hikayeler ve Sorular-1</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789944381611</t>
+          <t>9789944837071</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hizmet İnsanı</t>
+          <t>İrfan Bahçesi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944832144</t>
+          <t>9789944830379</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 14. Cilt (Ciltli)</t>
+          <t>Sahibül Vefa Musa Topbaş (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>950</v>
+        <v>500</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789944830614</t>
+          <t>9789944837163</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Dinle Neyden</t>
+          <t>Zikir</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789944833110</t>
+          <t>9786053021179</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 15. Cilt (Ciltli)</t>
+          <t>Sevgi Çiçekleri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>950</v>
+        <v>150</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789944835510</t>
+          <t>9789944838597</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Takva Yolculuğu Umre</t>
+          <t>Buhari'de Temizlik</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789944831635</t>
+          <t>9789944838351</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde</t>
+          <t>Buhari'de İman ve İlim</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944834797</t>
+          <t>9789756736722</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 17. Cilt (Ciltli)</t>
+          <t>Tasavvufi Bakış</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789944381567</t>
+          <t>9789944835985</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Es'ad (Ciltli)</t>
+          <t>Eğitimde İlk Heyecan</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789944831031</t>
+          <t>9789944836067</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yunus ve Hud Sureleri Tefsiri</t>
+          <t>Mahmud Sami Efendi'den Hatıralar-3</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944833929</t>
+          <t>9786053020639</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyan Tefsiri - 16. Cilt (Ciltli)</t>
+          <t>Vefa Sultanı Hz. Muhammed</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789756736333</t>
+          <t>9789756736357</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları - 1</t>
+          <t>İslam Kahramanları - 3</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789756736340</t>
+          <t>9789944838566</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları - 2</t>
+          <t>Fıkıh - Ders Kitabı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053021759</t>
+          <t>9789756247778</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Elit Osmanlı Ahşap Kutulu (Ciltli)</t>
+          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>1500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789756736241</t>
+          <t>9789756736371</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hanımları</t>
+          <t>Altınoluk Sohbetleri - 1</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789944381529</t>
+          <t>9789756736388</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Beş Mevsimi</t>
+          <t>Altınoluk Sohbetleri - 2</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789944836418</t>
+          <t>9789944381987</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Demeden</t>
+          <t>Mevlana'dan Gençlere Hikayeler ve Sorular 2</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789944830980</t>
+          <t>9789756736401</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar 1</t>
+          <t>Altınoluk Sohbetleri - 4</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789944837446</t>
+          <t>9786053021797</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Hızır'la Sohbet</t>
+          <t>Mesela Hayat</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789944831987</t>
+          <t>9789756736395</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Efendi'den Hatıralar 2</t>
+          <t>Altınoluk Sohbetleri -3</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789756736586</t>
+          <t>9789944830669</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Düsuki'den Öğütler</t>
+          <t>Ashab-ı Kiram 1</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>85</v>
+        <v>245</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789944381741</t>
+          <t>9786053022275</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Sufi Gözüyle Hac ve Umre</t>
+          <t>İmam-ı Rabbani'nin İzinde Manevi Yolculuk</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053021162</t>
+          <t>9789756736418</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şuura</t>
+          <t>Altınoluk Sohbetleri - 5</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789944831857</t>
+          <t>9789944830676</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Kurtuluş Yolu</t>
+          <t>Ashab-ı Kiram 2</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789944832151</t>
+          <t>9789944837224</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Uhud Gazvesi</t>
+          <t>Marifetname'den İrfan Damlaları (Set)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789756247976</t>
+          <t>9789944834094</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>İbret Işıkları</t>
+          <t>Allah'a Bağlı Bir Hayat</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789944381925</t>
+          <t>9789944831895</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadını</t>
+          <t>Marifetullah O'nu Bilmek ve Tanımak</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789944837682</t>
+          <t>9789944381635</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dergahından Hakikat İncileri (Ciltli)</t>
+          <t>Dervişin Edebi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>500</v>
+        <v>85</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789756736517</t>
+          <t>9789944381918</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sami Ramazanoğlu</t>
+          <t>Nil Ü Fer</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789944830843</t>
+          <t>9789944381857</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İslam Nimeti</t>
+          <t>Ruhu'l Beyan Tefsiri - 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789944830850</t>
+          <t>9799756736592</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Huzur ve Sükunet Limanı Ailemiz</t>
+          <t>Gönül Erleri -2</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789944381628</t>
+          <t>9789756736876</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Hazırlığı</t>
+          <t>Cana Can Atmak</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789756247723</t>
+          <t>9789756247785</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yolcusuna Ahiret Azığı 2</t>
+          <t>Gönül Penceresinden</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789756247730</t>
+          <t>9789944830225</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yolcusuna Ahiret Azığı 1</t>
+          <t>Ruhu'l Beyan Tefsiri - 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>175</v>
+        <v>950</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789944381505</t>
+          <t>9789944381864</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Sohbet Meclisleri</t>
+          <t>İslami Bilgiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789756247860</t>
+          <t>9789944830577</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Aile Saadeti</t>
+          <t>Ruhu'l Beyan Tefsiri - 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>70</v>
+        <v>950</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789944835398</t>
+          <t>9789944835503</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Hizmette 101 Esas</t>
+          <t>Hak Dostlarından Hikmetler</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789756736579</t>
+          <t>9789944381734</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Kızları ve Kız Torunları</t>
+          <t>Ruhu'l Beyan Tefsiri - 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789944838542</t>
+          <t>9789944831642</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çağlayanı</t>
+          <t>Ben O'nu Sevmeye Muhtacım</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789944838153</t>
+          <t>9789944381550</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Gaziköy'ün Zaferi</t>
+          <t>Şah-ı Nakşibend Hazretlerinin Sohbetleri</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053021186</t>
+          <t>9789944839631</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ayrıldıkça Kavuşanlar</t>
+          <t>Azizan</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789944833868</t>
+          <t>9789944830034</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Veliler Serdarı Hasan Basri</t>
+          <t>Faziletler Medeniyeti - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>170</v>
+        <v>750</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789756736173</t>
+          <t>9789756247747</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru Namaz</t>
+          <t>Ruhu'l Beyan Tefsiri - 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>320</v>
+        <v>950</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789944838948</t>
+          <t>9789756247846</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Hocamız Selçuk Eraydın</t>
+          <t>Ruhu'l Beyan Tefsiri - 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>175</v>
+        <v>950</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789944831659</t>
+          <t>9789944833554</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Dostun Divanına</t>
+          <t>Bir Vefa Öyküsü</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789944835473</t>
+          <t>9799756247203</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gidiyoruz</t>
+          <t>Rasulullah'a Kardeş Olmak</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789756247839</t>
+          <t>9789756736128</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Günlük Dualar Ve Sureler</t>
+          <t>Allah Dostunun Dünyasından</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789944833769</t>
+          <t>9789944381611</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Gün ve Gecelerde Okunacak Dualar</t>
+          <t>Hizmet İnsanı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789944830317</t>
+          <t>9789944832144</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 4</t>
+          <t>Ruhu'l Beyan Tefsiri - 14. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9799756247401</t>
+          <t>9789944830614</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Nazenin Güller</t>
+          <t>Dinle Neyden</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789944381819</t>
+          <t>9789944833110</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Aşk İncileri</t>
+          <t>Ruhu'l Beyan Tefsiri - 15. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>175</v>
+        <v>950</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789944381024</t>
+          <t>9789944835510</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Müslümanım, Muhacirim, Mücahidim Hz. İkrime (r.a)</t>
+          <t>Takva Yolculuğu Umre</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789944833523</t>
+          <t>9789944831635</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dersleri - Kırk Bohça</t>
+          <t>Kaside-i Bürde</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789944835466</t>
+          <t>9789944834797</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kursların En Güzeli</t>
+          <t>Ruhu'l Beyan Tefsiri - 17. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>135</v>
+        <v>950</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789756736234</t>
+          <t>9789944381567</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Darağacındaki Kur'an Şehitleri</t>
+          <t>Divan-ı Es'ad (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789944837590</t>
+          <t>9789944831031</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslüman Çocuk Hazret-i Ali (r.a)</t>
+          <t>Yunus ve Hud Sureleri Tefsiri</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789756736425</t>
+          <t>9789944833929</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gülyüze Hasret</t>
+          <t>Ruhu'l Beyan Tefsiri - 16. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>135</v>
+        <v>950</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789944835800</t>
+          <t>9789756736333</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>365 Sahabe Ölçüsü (Ciltli)</t>
+          <t>İslam Kahramanları - 1</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
+          <t>9789756736340</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kahramanları - 2</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786053021759</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Elit Osmanlı Ahşap Kutulu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9789756736241</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hanımları</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9789944381529</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Ömrüm Beş Mevsimi</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9789944836418</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah Demeden</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9789944830980</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Sami Efendi'den Hatıralar 1</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9789944837446</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Hızır'la Sohbet</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9789944831987</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Sami Efendi'den Hatıralar 2</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9789756736586</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>İbrahim Düsuki'den Öğütler</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9789944381741</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Sufi Gözüyle Hac ve Umre</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786053021162</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Şiirden Şuura</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9789944831857</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Ebedi Kurtuluş Yolu</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9789944832151</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Uhud Gazvesi</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9789756247976</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>İbret Işıkları</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9789944381925</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Kadını</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9789944837682</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Dergahından Hakikat İncileri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9789756736517</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Sami Ramazanoğlu</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9789944830843</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>İslam Nimeti</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9789944830850</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Huzur ve Sükunet Limanı Ailemiz</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9789944381628</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Ahiret Hazırlığı</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9789756247723</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Yolcusuna Ahiret Azığı 2</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9789756247730</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Yolcusuna Ahiret Azığı 1</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9789944381505</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Sohbet Meclisleri</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9789756247860</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Aile Saadeti</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9789944835398</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Hizmette 101 Esas</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9789756736579</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Kızları ve Kız Torunları</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9789944838542</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Çağlayanı</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9789944838153</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Gaziköy'ün Zaferi</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786053021186</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Ayrıldıkça Kavuşanlar</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9789944833868</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Veliler Serdarı Hasan Basri</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9789756736173</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Gözümün Nuru Namaz</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9789944838948</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Hocamız Selçuk Eraydın</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9789944831659</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Dostun Divanına</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9789944835473</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Nereye Gidiyoruz</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9789756247839</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Dualar Ve Sureler</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9789944833769</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Mübarek Gün ve Gecelerde Okunacak Dualar</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9789944830317</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Işığında Nebiler Silsilesi - 4</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9799756247401</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Nazenin Güller</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9789944381819</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana'dan Aşk İncileri</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9789944381024</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanım, Muhacirim, Mücahidim Hz. İkrime (r.a)</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9789944833523</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Dersleri - Kırk Bohça</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9789944835466</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Kursların En Güzeli</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9789756736234</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Darağacındaki Kur'an Şehitleri</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9789944837590</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>İlk Müslüman Çocuk Hazret-i Ali (r.a)</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9789756736425</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Gülyüze Hasret</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9789944835800</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>365 Sahabe Ölçüsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
           <t>9789944836135</t>
         </is>
       </c>
-      <c r="B493" s="1" t="inlineStr">
+      <c r="B539" s="1" t="inlineStr">
         <is>
           <t>İslam Dinimi Seviyorum 1</t>
         </is>
       </c>
-      <c r="C493" s="1">
+      <c r="C539" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>