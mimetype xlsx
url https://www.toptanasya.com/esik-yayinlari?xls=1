--- v0 (2026-02-07)
+++ v1 (2026-03-31)
@@ -85,1240 +85,1315 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057090973</t>
+          <t>9786259288413</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahalle</t>
+          <t>Her Şey ve Daha Fazlası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057090980</t>
+          <t>9783259288406</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Hüzün Yolcusu</t>
+          <t>Fatih’in Alpereni Ayvaz Dede</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>158</v>
+        <v>235</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057090997</t>
+          <t>9786054565085</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sokak Sesleri</t>
+          <t>Leyla İle Mecnun</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>370</v>
+        <v>292</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057090959</t>
+          <t>9786054491391</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Revandiz Müfrezesi</t>
+          <t>Bir Şafak Yürüyüşü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>228</v>
+        <v>393</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057090942</t>
+          <t>9786054214686</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Akşam Ağrısı</t>
+          <t>Şimdi Ağlamak Vakti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>257</v>
+        <v>318</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057090935</t>
+          <t>9786057090973</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Akışı Zehir</t>
+          <t>Bizim Mahalle</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>183</v>
+        <v>205</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057090928</t>
+          <t>9786057090980</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Miratı Muhabbet</t>
+          <t>Bir Hüzün Yolcusu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>118</v>
+        <v>158</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055455118</t>
+          <t>9786057090997</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Sokak Sesleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058060418</t>
+          <t>9786057090959</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Geçecek Hiçbiri Unutulmayacak</t>
+          <t>Revandiz Müfrezesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>228</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054214426</t>
+          <t>9786057090942</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulunda Çocuk Eğitimi</t>
+          <t>Akşam Ağrısı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>257</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051590332</t>
+          <t>9786057090935</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Derviş</t>
+          <t>Zamanın Akışı Zehir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>183</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051590615</t>
+          <t>9786057090928</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Konularına Göre Açıklamalı Atasözlerimiz</t>
+          <t>Miratı Muhabbet</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051591711</t>
+          <t>9786055455118</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Sayfalar</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051592404</t>
+          <t>9786058060418</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Düştüğün Yerden Kalk</t>
+          <t>Her Şey Geçecek Hiçbiri Unutulmayacak</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051592787</t>
+          <t>9786054214426</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Sessiz Siperler</t>
+          <t>Aile Okulunda Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051595108</t>
+          <t>9786051590332</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Göksultan (Ciltli)</t>
+          <t>Derviş</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051592794</t>
+          <t>9786051590615</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Operasyon 1915 (Karton Kapak)</t>
+          <t>Konularına Göre Açıklamalı Atasözlerimiz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057090911</t>
+          <t>9786051591711</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Başka Bahar</t>
+          <t>Tarihten Sayfalar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>153</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057090904</t>
+          <t>9786051592404</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Özelliği Olmayan Adamın Hikayesi</t>
+          <t>Düştüğün Yerden Kalk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051595054</t>
+          <t>9786051592787</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Uyan Behçet Rüya Görüyorsun</t>
+          <t>Çanakkale Sessiz Siperler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>153</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051592831</t>
+          <t>9786051595108</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Operasyon 1915 (Ciltli)</t>
+          <t>Göksultan (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>545</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055455262</t>
+          <t>9786051592794</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yol Hakkı</t>
+          <t>Operasyon 1915 (Karton Kapak)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055455491</t>
+          <t>9786057090911</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sınır Değildir Gökyüzü</t>
+          <t>Başka Bahar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>235</v>
+        <v>153</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055455286</t>
+          <t>9786057090904</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Hikayeler</t>
+          <t>Hiçbir Özelliği Olmayan Adamın Hikayesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054214884</t>
+          <t>9786051595054</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Altısında Bir Kalp Kırıldı</t>
+          <t>Uyan Behçet Rüya Görüyorsun</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>123</v>
+        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055455149</t>
+          <t>9786051592831</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Rüya Rüya İçinde</t>
+          <t>Operasyon 1915 (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>545</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054491759</t>
+          <t>9786055455262</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Olsun</t>
+          <t>Yol Hakkı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>203</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054214402</t>
+          <t>9786055455491</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kapıyı Kapat Dünyanın Tozu Giriyor</t>
+          <t>Sınır Değildir Gökyüzü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>153</v>
+        <v>235</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055455934</t>
+          <t>9786055455286</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Edep Geleneğimiz</t>
+          <t>Satır Arası Hikayeler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054565177</t>
+          <t>9786054214884</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aşktandır</t>
+          <t>Sabahın Altısında Bir Kalp Kırıldı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>123</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054214334</t>
+          <t>9786055455149</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Rüya Rüya İçinde</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054565153</t>
+          <t>9786054491759</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İmam Şamil’in Hatıratı</t>
+          <t>Muhabbet Olsun</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>272</v>
+        <v>203</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055455910</t>
+          <t>9786054214402</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hikmetleriyle Nasreddin Hoca Latifeleri</t>
+          <t>Kapıyı Kapat Dünyanın Tozu Giriyor</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>188</v>
+        <v>153</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051592381</t>
+          <t>9786055455934</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sokakbaşı</t>
+          <t>Dünden Bugüne Edep Geleneğimiz</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051592800</t>
+          <t>9786054565177</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ay Altında Bir Koşu</t>
+          <t>Aşktandır</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051591056</t>
+          <t>9786054214334</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yeniden Diriliş</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>238</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051592664</t>
+          <t>9786054565153</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ağır Tüy</t>
+          <t>İmam Şamil’in Hatıratı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>138</v>
+        <v>272</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054565191</t>
+          <t>9786055455910</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Göz Açıp Yummuş Gibi</t>
+          <t>Hikmetleriyle Nasreddin Hoca Latifeleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>168</v>
+        <v>188</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051592947</t>
+          <t>9786051592381</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şark Bir İzzet Cephesi</t>
+          <t>Sokakbaşı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>123</v>
+        <v>205</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051592879</t>
+          <t>9786051592800</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Düşen Sızı</t>
+          <t>Ay Altında Bir Koşu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>383</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051591841</t>
+          <t>9786051591056</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Belki de Senin Hikayendir</t>
+          <t>Çanakkale Yeniden Diriliş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>138</v>
+        <v>238</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051592374</t>
+          <t>9786051592664</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Evin Mahremi Olmak</t>
+          <t>Ağır Tüy</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>405</v>
+        <v>138</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051593883</t>
+          <t>9786054565191</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Kum</t>
+          <t>Bir Göz Açıp Yummuş Gibi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>415</v>
+        <v>168</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055207892</t>
+          <t>9786051592947</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Rehberi</t>
+          <t>Şark Bir İzzet Cephesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>198</v>
+        <v>123</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051594330</t>
+          <t>9786051592879</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Darbe 1878 (Ciltli)</t>
+          <t>Kalbe Düşen Sızı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>460</v>
+        <v>383</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055455743</t>
+          <t>9786051591841</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçlar Erken Göçtü</t>
+          <t>Belki de Senin Hikayendir</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>295</v>
+        <v>138</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051592688</t>
+          <t>9786051592374</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Tamircisi</t>
+          <t>Evin Mahremi Olmak</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>148</v>
+        <v>405</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051592671</t>
+          <t>9786051593883</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İhtilali</t>
+          <t>Kan ve Kum</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>213</v>
+        <v>415</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055078010</t>
+          <t>9786055207892</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tarih Aynasında Osmanlı</t>
+          <t>Ergenlik Rehberi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>235</v>
+        <v>198</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051592893</t>
+          <t>9786051594330</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Genç Osman</t>
+          <t>Darbe 1878 (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>183</v>
+        <v>460</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051594149</t>
+          <t>9786055455743</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Heymeymoro - Bir Umudun Uzun Yolculuğu</t>
+          <t>Kırlangıçlar Erken Göçtü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>460</v>
+        <v>295</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051593807</t>
+          <t>9786051592688</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım</t>
+          <t>Oyuncak Tamircisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>183</v>
+        <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051592145</t>
+          <t>9786051592671</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Elbise</t>
+          <t>Evvel Zaman İhtilali</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>183</v>
+        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051593791</t>
+          <t>9786055078010</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dar Bütçeli Bir Öykü</t>
+          <t>Tarih Aynasında Osmanlı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>183</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051592343</t>
+          <t>9786051592893</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İpek Mendil</t>
+          <t>Genç Osman</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>183</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055455767</t>
+          <t>9786051594149</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kar Kelebekleri</t>
+          <t>Heymeymoro - Bir Umudun Uzun Yolculuğu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>113</v>
+        <v>460</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051591049</t>
+          <t>9786051593807</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de Kefensiz Yatanlar</t>
+          <t>Adım Adım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>265</v>
+        <v>183</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051594163</t>
+          <t>9786051592145</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kan Portakalı ve Uçurtma</t>
+          <t>Çiçekli Elbise</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>138</v>
+        <v>183</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051595009</t>
+          <t>9786051593791</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kandillerini Yakmak</t>
+          <t>Dar Bütçeli Bir Öykü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>138</v>
+        <v>183</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051594019</t>
+          <t>9786051592343</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Son Kale</t>
+          <t>İpek Mendil</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058060487</t>
+          <t>9786055455767</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sondan Başlar - Aşkın Sirayeti</t>
+          <t>Kar Kelebekleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>368</v>
+        <v>113</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058060494</t>
+          <t>9786051591049</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uzak Hayallere Doğru</t>
+          <t>Çanakkale'de Kefensiz Yatanlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>370</v>
+        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058060456</t>
+          <t>9786051594163</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çırpınıp İçinde Döndüğüm Deniz</t>
+          <t>Kan Portakalı ve Uçurtma</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>235</v>
+        <v>138</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054214693</t>
+          <t>9786051595009</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Geçidi</t>
+          <t>Kalbin Kandillerini Yakmak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>340</v>
+        <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051594156</t>
+          <t>9786051594019</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hey Mey Moro (Ciltli)</t>
+          <t>Son Kale</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051592237</t>
+          <t>9786058060487</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uzayan Kuyrukların Yasası</t>
+          <t>Hayat Sondan Başlar - Aşkın Sirayeti</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>183</v>
+        <v>368</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058060425</t>
+          <t>9786058060494</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Metin Olma Durumu</t>
+          <t>Uzak Hayallere Doğru</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>155</v>
+        <v>370</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058060401</t>
+          <t>9786058060456</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kut'un Dört Delisi</t>
+          <t>Çırpınıp İçinde Döndüğüm Deniz</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>310</v>
+        <v>235</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058060470</t>
+          <t>9786054214693</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ben Kaybederken</t>
+          <t>Güvercin Geçidi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058060463</t>
+          <t>9786051594156</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Oruç Reis</t>
+          <t>Hey Mey Moro (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058060449</t>
+          <t>9786051592237</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Demircinin Çırağı</t>
+          <t>Uzayan Kuyrukların Yasası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>153</v>
+        <v>183</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058060432</t>
+          <t>9786058060425</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Ardından</t>
+          <t>Metin Olma Durumu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>428</v>
+        <v>155</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054491063</t>
+          <t>9786058060401</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kumsalı Olmayan Ada</t>
+          <t>Kut'un Dört Delisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051592855</t>
+          <t>9786058060470</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Dönüş Hızı</t>
+          <t>Ben Kaybederken</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>148</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051592732</t>
+          <t>9786058060463</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Kırılacak Hikaye</t>
+          <t>Oruç Reis</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>115</v>
+        <v>310</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051595092</t>
+          <t>9786058060449</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Göksultan</t>
+          <t>Demircinin Çırağı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>153</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051594323</t>
+          <t>9786058060432</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Darbe 1878</t>
+          <t>Rüzgarın Ardından</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>308</v>
+        <v>428</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051591292</t>
+          <t>9786054491063</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Veda Sözleri</t>
+          <t>Kumsalı Olmayan Ada</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051593081</t>
+          <t>9786051592855</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tuna'ya Doğru</t>
+          <t>Dünyanın Dönüş Hızı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>415</v>
+        <v>148</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
+          <t>9786051592732</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Kırılacak Hikaye</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786051595092</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Göksultan</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786051594323</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Darbe 1878</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786051591292</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Veda Sözleri</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786051593081</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Tuna'ya Doğru</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
           <t>9786051592657</t>
         </is>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Selanik İçinde Sala Okunur</t>
         </is>
       </c>
-      <c r="C81" s="1">
+      <c r="C86" s="1">
         <v>580</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>