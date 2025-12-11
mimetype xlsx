--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,445 +85,475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051621630</t>
+          <t>9786051314747</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmin İki Yüzü</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051830179</t>
+          <t>9786051314976</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Berlin Caddelerinden Necid Çöllerine Mehmed Akif</t>
+          <t>Gülistan (Özel Baskı)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051312187</t>
+          <t>9786051621630</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Seküler Bilimin Tanrıları</t>
+          <t>Kemalizmin İki Yüzü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752692725</t>
+          <t>9786051830179</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Batı Hikmetinin Bilinmeyen Tarihi</t>
+          <t>Berlin Caddelerinden Necid Çöllerine Mehmed Akif</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259726120</t>
+          <t>9786051312187</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Seküler Bilimin Tanrıları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>625</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259726113</t>
+          <t>9789752692725</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (Ciltli)</t>
+          <t>Batı Hikmetinin Bilinmeyen Tarihi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259726106</t>
+          <t>9786259726120</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Tarihi (Ciltli)</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>625</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051314310</t>
+          <t>9786259726113</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Düne Veda</t>
+          <t>Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051316215</t>
+          <t>9786259726106</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İletişim Dili</t>
+          <t>Osmanlı İmparatorluğu Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051316222</t>
+          <t>9786051314310</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Bütünlük Mucizesi</t>
+          <t>Düne Veda</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051628684</t>
+          <t>9786051316215</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İslamsız Kürdistan Hayali ve Ortadoğu</t>
+          <t>Kur'an'da İletişim Dili</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051314457</t>
+          <t>9786051316222</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Deyimler Sözlüğü - Türkmen Türkçesi Türkiye Türkçesi (Ciltli)</t>
+          <t>Kur'an'da Bütünlük Mucizesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051314549</t>
+          <t>9786051628684</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İsa</t>
+          <t>İslamsız Kürdistan Hayali ve Ortadoğu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051313931</t>
+          <t>9786051314457</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aydının Kısa Tarihi</t>
+          <t>Deyimler Sözlüğü - Türkmen Türkçesi Türkiye Türkçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051313542</t>
+          <t>9786051314549</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Kayıp İsa</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752697843</t>
+          <t>9786051313931</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Savaşları Değiştiren 50 Silah</t>
+          <t>Türkiye’de Aydının Kısa Tarihi</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051313894</t>
+          <t>9786051313542</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Politika Sözlüğü (Ciltli)</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051314518</t>
+          <t>9789752697843</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucuları - Said Nursi</t>
+          <t>Savaşları Değiştiren 50 Silah</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752694194</t>
+          <t>9786051313894</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yöneten Şirketler</t>
+          <t>Politika Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752699366</t>
+          <t>9786051314518</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dini Dünya İşlerine Karıştırmanın Faydaları</t>
+          <t>İslam Medeniyetinin Kurucuları - Said Nursi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051627892</t>
+          <t>9789752694194</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Hesaplaşmak</t>
+          <t>Dünyayı Yöneten Şirketler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051622903</t>
+          <t>9789752699366</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>En Önemli 50 Tarihçi</t>
+          <t>Dini Dünya İşlerine Karıştırmanın Faydaları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051629032</t>
+          <t>9786051627892</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Belde Mekke</t>
+          <t>Dış Politikada Hesaplaşmak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051623108</t>
+          <t>9786051622903</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Teolojisinde Gündelik Hayat</t>
+          <t>En Önemli 50 Tarihçi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752696617</t>
+          <t>9786051629032</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Portreler Galerisi - Küllenen İzler - 1</t>
+          <t>Mukaddes Belde Mekke</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051315416</t>
+          <t>9786051623108</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İyi Şeyler</t>
+          <t>Bediüzzaman Teolojisinde Gündelik Hayat</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
+          <t>9789752696617</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Portreler Galerisi - Küllenen İzler - 1</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786051315416</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>İyi Şeyler</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
           <t>9786051314839</t>
         </is>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Durduran 60. Gün</t>
         </is>
       </c>
-      <c r="C28" s="1">
+      <c r="C30" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>