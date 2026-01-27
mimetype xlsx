--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -124,436 +124,436 @@
         <is>
           <t>9786051314976</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Gülistan (Özel Baskı)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786051621630</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Kemalizmin İki Yüzü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786051830179</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Berlin Caddelerinden Necid Çöllerine Mehmed Akif</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786051312187</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Seküler Bilimin Tanrıları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789752692725</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Batı Hikmetinin Bilinmeyen Tarihi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786259726120</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>625</v>
+        <v>700</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786259726113</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786259726106</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Osmanlı İmparatorluğu Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786051314310</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Düne Veda</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786051316215</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Kur'an'da İletişim Dili</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786051316222</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Kur'an'da Bütünlük Mucizesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786051628684</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>İslamsız Kürdistan Hayali ve Ortadoğu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786051314457</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Deyimler Sözlüğü - Türkmen Türkçesi Türkiye Türkçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786051314549</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Kayıp İsa</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786051313931</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Türkiye’de Aydının Kısa Tarihi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786051313542</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789752697843</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Savaşları Değiştiren 50 Silah</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786051313894</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Politika Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786051314518</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>İslam Medeniyetinin Kurucuları - Said Nursi</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789752694194</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Yöneten Şirketler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789752699366</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Dini Dünya İşlerine Karıştırmanın Faydaları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786051627892</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Dış Politikada Hesaplaşmak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786051622903</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>En Önemli 50 Tarihçi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786051629032</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Mukaddes Belde Mekke</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786051623108</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Bediüzzaman Teolojisinde Gündelik Hayat</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789752696617</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Portreler Galerisi - Küllenen İzler - 1</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786051315416</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>İyi Şeyler</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786051314839</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Durduran 60. Gün</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>