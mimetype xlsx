--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,475 +85,2125 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051314747</t>
+          <t>9786051313115</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Milletler ve Milliyetçilikler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051314976</t>
+          <t>9789752693562</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gülistan (Özel Baskı)</t>
+          <t>İslam ve Hristiyanlık</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051621630</t>
+          <t>9786051626000</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmin İki Yüzü</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051830179</t>
+          <t>9786051623955</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Berlin Caddelerinden Necid Çöllerine Mehmed Akif</t>
+          <t>Arzulardan Allah’a Ulaşmak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051312187</t>
+          <t>9786051623139</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Seküler Bilimin Tanrıları</t>
+          <t>El-Cahız ve Belagat</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752692725</t>
+          <t>9786051620046</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Batı Hikmetinin Bilinmeyen Tarihi</t>
+          <t>Ahlak Felsefe ve Allah</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259726120</t>
+          <t>9786051315614</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>700</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259726113</t>
+          <t>9786051315096</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (Ciltli)</t>
+          <t>Osmanlı'dan Ortadoğu'ya Sosyolojik Savaş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>800</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259726106</t>
+          <t>9786051315003</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Tarihi (Ciltli)</t>
+          <t>Türkiye Dış Politikası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>750</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051314310</t>
+          <t>9786051627977</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Düne Veda</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051316215</t>
+          <t>9786051624327</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İletişim Dili</t>
+          <t>Tahrif-i Tedrisat</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051316222</t>
+          <t>9786051623832</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Bütünlük Mucizesi</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051628684</t>
+          <t>9786051315546</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İslamsız Kürdistan Hayali ve Ortadoğu</t>
+          <t>Akif'in Leylası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051314457</t>
+          <t>9786051315461</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Deyimler Sözlüğü - Türkmen Türkçesi Türkiye Türkçesi (Ciltli)</t>
+          <t>Seyahatname (Kenar Boyalı)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051314549</t>
+          <t>9786051314532</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İsa</t>
+          <t>Hadisler Ekseninde Çevre Ahlakı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051313931</t>
+          <t>9786051314945</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aydının Kısa Tarihi</t>
+          <t>Yunus Emre Şiirleri ve Açıklamaları (Özel Baskı)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051313542</t>
+          <t>9789752694439</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Varlığın Mertebeleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752697843</t>
+          <t>9789752693388</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Savaşları Değiştiren 50 Silah</t>
+          <t>Hıristiyan Fundamentalizmi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051313894</t>
+          <t>9789752694187</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Politika Sözlüğü (Ciltli)</t>
+          <t>Benlik ve Ruh</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051314518</t>
+          <t>9789752699250</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Kurucuları - Said Nursi</t>
+          <t>Wikileaks</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752694194</t>
+          <t>9789752691063</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yöneten Şirketler</t>
+          <t>Üç Yusuf Bir İslam</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752699366</t>
+          <t>9789752698604</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dini Dünya İşlerine Karıştırmanın Faydaları</t>
+          <t>Ulus Devletin Bunalımı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051627892</t>
+          <t>9786051312354</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Hesaplaşmak</t>
+          <t>Türkmen Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>190</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051622903</t>
+          <t>9786051313870</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>En Önemli 50 Tarihçi</t>
+          <t>Türkiye’nin Kimlikleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051629032</t>
+          <t>9789752691117</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Belde Mekke</t>
+          <t>Türkiye’nin Kayıp Halkası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051623108</t>
+          <t>9789752693746</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Teolojisinde Gündelik Hayat</t>
+          <t>Türk Düşüncesinde Sosyoloji</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752696617</t>
+          <t>9789752698277</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Portreler Galerisi - Küllenen İzler - 1</t>
+          <t>Tevhid Fuzuli</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051315416</t>
+          <t>9786051313979</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İyi Şeyler</t>
+          <t>Tevbe Risalesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
+          <t>9799752691932</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Boyunca İstanbul</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786051313900</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin Sultanı Baki</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9799752692342</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin Büyük Rüyası</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786051314006</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Sufi ile Terapist</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786051310473</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789752695092</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Sessizlik Diyarı</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789752694453</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Said Nursi ve Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789752696624</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Küllenen İzler 2</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786051313757</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Pendname</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789752697324</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’yı Müjdeleyen Mevlana</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789752697836</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Nur Estetiği</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9799752691581</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’ya Veda İmparatorluk Çökerken Osmanlı Halkları</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789752693722</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlılarda Bilim ve Teknoloji</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789752697119</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Cumhuriyet’e İktidar Oyunu</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789752691292</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Geriledi mi?</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789752693104</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Necip Fazıl Kısakürek Kendi Sesinin Yankısı</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789752698888</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Muş’ta Meryem Olmak</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9799752691758</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Laik Ama Kutsal</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9799752692328</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Yanılgılar</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789752697867</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Türk Şiirinde Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789752691124</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kılıç ve Ney</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789752694729</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Keşf-i Kadim</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789752692886</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları ve İslam</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786051311999</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>İmaj ve Hakikat</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789752693821</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Cennete Yolculuk</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789752697669</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Puslu Demokrasi</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789752691513</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Hayy Bin Yakzan</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789752699205</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Gayri Resmi Yakın Tarih</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9799752691956</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Fatima’nın Sırları</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9799752691642</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Düşüncenin Gökkuşağı Cemil Meriç</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789752697621</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştiren 50 Savaş</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789752694736</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Orta Yeri Sinema</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9799752691444</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın İncisi Endülüs Modeli</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789752691056</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Dua ve Yakarış</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789752698178</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Derin Ekonomi</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789752693739</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Daireye Dair</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789752692954</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Çöle İnen Faşizm</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9799752692588</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İlmi Tefsirde Vehmin Egemenliği</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786051313481</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin Demokrasiyle İmtihanı</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789752699601</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Medyada Ergenekon Haberciliği 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789752699595</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Medyada Ergenekon Haberciliği 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789752699243</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Bitişler Başlangıçlar</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9799752691826</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Birlikte Düşünmek: Diyalog</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9799752691543</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yusuf Bin Züleyha</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9799752692502</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Bir Mabed İşçisi Cemil Meriç</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9799752692311</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Bir Mabed Bekçisi: Cemil Meriç</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789752693906</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kur’an Şairi Mehmed Akif ve Kur’an Meali</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789752694644</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Bir Günde Ekonomist Nasıl Olunur?</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789752691414</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Bir Felsefe Geleneğimiz Var mı?</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789752692770</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Bir Evrensel Projemiz Var mı?</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786051313511</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Bilim, Din ve Ateizme Dair Modern Ezberlerin Sonu</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789752692763</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman’ın Gözüyle Küreselleşme ve Ahlak</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9799752692182</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman’a Göre Müslümanlık-Hıristiyanlık Münasebetleri</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789752691575</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Said Nursi</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786051310138</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Batılı Kadın Seyyahların Gözüyle Osmanlı Kadını</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789752695481</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Basılı Yakıt</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789752691100</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa’da İslam Damgası</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786051312309</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Sultanı</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789752694637</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Arasokakların Tarihi</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9799752692168</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Alim ve Düşünür Olarak Bediüzzaman</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9799752691727</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Hamdi Tanpınar Ebediyetin Huzurunda</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789752693340</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>2023 Türkiye Yol Haritası</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9799752692618</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>11 Eylül Öncesi ve Sonrası</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789752694897</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu’da Güç Savaşları Hedef Neden İran?</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786051314815</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre Şiirleri ve Açıklamaları</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786051314723</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Verip Sevdiğim</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786051314372</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786051314785</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi'den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786051314754</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>İyi Söz Akarsu Gibidir</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786051314761</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ve Dimne'den Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786051314907</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>İyi Söz Akarsu Gibidir (Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786051314969</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ve Dimne'den Seçme Hikayeler (Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786051314952</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi'den Seçmeler (Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786051314891</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Verip Sevdiğim (Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786051315027</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786051315010</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Aynada Gizlenen Güzel</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789752693333</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Fütuhu'l Gayb</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786051623122</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Siyah İnci</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786051623702</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Türk Saz Şairleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786051314488</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Gece Masalları</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786051315454</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Seyahatname</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789752693012</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Makalat</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786051314747</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786051314976</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan (Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786051621630</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Kemalizmin İki Yüzü</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786051830179</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Berlin Caddelerinden Necid Çöllerine Mehmed Akif</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786051312187</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Seküler Bilimin Tanrıları</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789752692725</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Batı Hikmetinin Bilinmeyen Tarihi</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786259726120</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Mukaddime (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786259726113</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786259726106</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı İmparatorluğu Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786051314310</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Düne Veda</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786051316215</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da İletişim Dili</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786051316222</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Bütünlük Mucizesi</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786051628684</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>İslamsız Kürdistan Hayali ve Ortadoğu</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786051314457</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler Sözlüğü - Türkmen Türkçesi Türkiye Türkçesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786051314549</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp İsa</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786051313931</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Aydının Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786051313542</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Sivil İtaatsizlik</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789752697843</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Savaşları Değiştiren 50 Silah</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786051313894</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Politika Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786051314518</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetinin Kurucuları - Said Nursi</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789752694194</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Yöneten Şirketler</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789752699366</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Dini Dünya İşlerine Karıştırmanın Faydaları</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786051627892</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Dış Politikada Hesaplaşmak</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786051622903</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>En Önemli 50 Tarihçi</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786051629032</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Mukaddes Belde Mekke</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786051623108</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Teolojisinde Gündelik Hayat</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789752696617</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Portreler Galerisi - Küllenen İzler - 1</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786051315416</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>İyi Şeyler</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
           <t>9786051314839</t>
         </is>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Durduran 60. Gün</t>
         </is>
       </c>
-      <c r="C30" s="1">
+      <c r="C140" s="1">
         <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>