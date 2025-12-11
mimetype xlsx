--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,880 +85,895 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253694678</t>
+          <t>9786253694579</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şen Çiftlik Orkestrası</t>
+          <t>Minik Yaratıkların Büyük Hayalleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253692308</t>
+          <t>9786253694678</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yorumla Nasreddin Hoca</t>
+          <t>Şen Çiftlik Orkestrası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253694432</t>
+          <t>9786253692308</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yedi̇ Başlıyken Tek Başına Kalan Bi̇zi̇m Ejderhanın Hari̇ka Maceraları - 2</t>
+          <t>Çağdaş Yorumla Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253694326</t>
+          <t>9786253694432</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kitap Tatilde</t>
+          <t>Yedi̇ Başlıyken Tek Başına Kalan Bi̇zi̇m Ejderhanın Hari̇ka Maceraları - 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253693350</t>
+          <t>9786253694326</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Huysuz’un Günlüğü 3</t>
+          <t>Geveze Kitap Tatilde</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253694364</t>
+          <t>9786253693350</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Kerem - Eğlence Başlasın!</t>
+          <t>Huysuz’un Günlüğü 3</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253694081</t>
+          <t>9786253694364</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yuki</t>
+          <t>Defne İle Kerem - Eğlence Başlasın!</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253693923</t>
+          <t>9786253694081</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’üm Düşümde</t>
+          <t>Yuki</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253693718</t>
+          <t>9786253693923</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Pip &amp; Zilver: Paris Macerası</t>
+          <t>Atatürk’üm Düşümde</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253693428</t>
+          <t>9786253693718</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şirinler Kayıp Köy</t>
+          <t>Pip &amp; Zilver: Paris Macerası</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253693404</t>
+          <t>9786253693428</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Püskül Kız’ın Günlüğü</t>
+          <t>Şirinler Kayıp Köy</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253693930</t>
+          <t>9786253693404</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hadi Bize Bir Masal</t>
+          <t>Püskül Kız’ın Günlüğü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253693169</t>
+          <t>9786253693930</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Huysuz’un Günlüğü 2</t>
+          <t>Hadi Bize Bir Masal</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253692940</t>
+          <t>9786253693169</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Işıgon'da</t>
+          <t>Huysuz’un Günlüğü 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253693039</t>
+          <t>9786253692940</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Fi Tarihinden Hikayeler</t>
+          <t>Mutluluk Işıgon'da</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253693008</t>
+          <t>9786253693039</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Alice Matematik Diyarında</t>
+          <t>Fi Tarihinden Hikayeler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>149</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253692551</t>
+          <t>9786253693008</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Balina</t>
+          <t>Alice Matematik Diyarında</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>149</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253692728</t>
+          <t>9786253692551</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ninem Papağanmış</t>
+          <t>Beyaz Balina</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253692445</t>
+          <t>9786253692728</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yedi Başlı Ejderhanın Başından Geçen Çok Acayip Şeyler</t>
+          <t>Ninem Papağanmış</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253692384</t>
+          <t>9786253692445</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Huysuz’un Günlüğü</t>
+          <t>Yedi Başlı Ejderhanın Başından Geçen Çok Acayip Şeyler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253692377</t>
+          <t>9786253692384</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mars Yeraltı Ülkesi</t>
+          <t>Huysuz’un Günlüğü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253692049</t>
+          <t>9786253692377</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Balık Çocuk</t>
+          <t>Mars Yeraltı Ülkesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253691721</t>
+          <t>9786253692049</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Amida Ana</t>
+          <t>Balık Çocuk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253691912</t>
+          <t>9786253691721</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ağaçgiller</t>
+          <t>Amida Ana</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>475</v>
+        <v>125</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253691578</t>
+          <t>9786253691912</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Alphabet dans la Foret</t>
+          <t>Ağaçgiller</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>145</v>
+        <v>475</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253691608</t>
+          <t>9786253691578</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Masalları Seti (24 Kitap)</t>
+          <t>Alphabet dans la Foret</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1800</v>
+        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253691400</t>
+          <t>9786253691608</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Küçük Domuz Robinson Masalı</t>
+          <t>Beatrix Potter Masalları Seti (24 Kitap)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253691417</t>
+          <t>9786253691400</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Hayvan Dostlara Şiirler 2</t>
+          <t>Beatrix Potter Küçük Domuz Robinson Masalı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253691424</t>
+          <t>9786253691417</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Johnny Şehirfaresi Masalı</t>
+          <t>Beatrix Potter Hayvan Dostlara Şiirler 2</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253691394</t>
+          <t>9786253691424</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Hayvan Dostlara Şiirler 1</t>
+          <t>Beatrix Potter Johnny Şehirfaresi Masalı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253691387</t>
+          <t>9786253691394</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Domuzcuk Bland Masalı</t>
+          <t>Beatrix Potter Hayvan Dostlara Şiirler 1</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253691370</t>
+          <t>9786253691387</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Bay Tod Masalı</t>
+          <t>Beatrix Potter Domuzcuk Bland Masalı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253691363</t>
+          <t>9786253691370</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Timmy Küçükparmak Masalı</t>
+          <t>Beatrix Potter Bay Tod Masalı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253691356</t>
+          <t>9786253691363</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Bayan Minifare Masalı</t>
+          <t>Beatrix Potter Timmy Küçükparmak Masalı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253691462</t>
+          <t>9786253691356</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Zencefil ve Turşu Masalı</t>
+          <t>Beatrix Potter Bayan Minifare Masalı</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253691349</t>
+          <t>9786253691462</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Yavru Pofuduklar Masalı</t>
+          <t>Beatrix Potter Zencefil ve Turşu Masalı</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253691325</t>
+          <t>9786253691349</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Samuel Telbıyık Masalı</t>
+          <t>Beatrix Potter Yavru Pofuduklar Masalı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253691318</t>
+          <t>9786253691325</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Jemima Paytakördek Masalı</t>
+          <t>Beatrix Potter Samuel Telbıyık Masalı</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253691479</t>
+          <t>9786253691318</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Kedicik Tom Masalı</t>
+          <t>Beatrix Potter Jemima Paytakördek Masalı</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786253691455</t>
+          <t>9786253691479</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Bayan Moppet Masalı</t>
+          <t>Beatrix Potter Kedicik Tom Masalı</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786253691301</t>
+          <t>9786253691455</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Yaramaz Tavşan Masalı</t>
+          <t>Beatrix Potter Bayan Moppet Masalı</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253691448</t>
+          <t>9786253691301</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Bay Balıkçı Jeremy Masalı</t>
+          <t>Beatrix Potter Yaramaz Tavşan Masalı</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253691295</t>
+          <t>9786253691448</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Turta ve Çörek Kalıbı Masalı</t>
+          <t>Beatrix Potter Bay Balıkçı Jeremy Masalı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253691288</t>
+          <t>9786253691295</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Bayan Hoşdiken Masalı</t>
+          <t>Beatrix Potter Turta ve Çörek Kalıbı Masalı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253691431</t>
+          <t>9786253691288</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter İki Şaşkın Fare Masalı</t>
+          <t>Beatrix Potter Bayan Hoşdiken Masalı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786253691271</t>
+          <t>9786253691431</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Tavşan Benjamin Masalı</t>
+          <t>Beatrix Potter İki Şaşkın Fare Masalı</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253691264</t>
+          <t>9786253691271</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Gloucester Terzisi Masalı</t>
+          <t>Beatrix Potter Tavşan Benjamin Masalı</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253691332</t>
+          <t>9786253691264</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Masallar İçin Notlar</t>
+          <t>Beatrix Potter Gloucester Terzisi Masalı</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786253691257</t>
+          <t>9786253691332</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Sincap Cevizkıran Masalı</t>
+          <t>Beatrix Potter Masallar İçin Notlar</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786253691240</t>
+          <t>9786253691257</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Tavşan Peter Masalı</t>
+          <t>Beatrix Potter Sincap Cevizkıran Masalı</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253691660</t>
+          <t>9786253691240</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sesler Kitabı</t>
+          <t>Beatrix Potter Tavşan Peter Masalı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>195</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253691585</t>
+          <t>9786253691660</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Genç Yönetmenin El Kitabı</t>
+          <t>Sesler Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253690960</t>
+          <t>9786253691585</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Uzun Kuyruk</t>
+          <t>Genç Yönetmenin El Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253690830</t>
+          <t>9786253690960</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Felsefe</t>
+          <t>Uzun Kuyruk</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253690724</t>
+          <t>9786253690830</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Pip ve Zilver Amerika’da (Ciltli)</t>
+          <t>Görevimiz Felsefe</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
+          <t>9786253690724</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Pip ve Zilver Amerika’da (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
           <t>9786253690953</t>
         </is>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Geveze Kitap</t>
         </is>
       </c>
-      <c r="C57" s="1">
+      <c r="C58" s="1">
         <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>