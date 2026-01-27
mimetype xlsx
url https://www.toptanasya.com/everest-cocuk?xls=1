--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -124,51 +124,51 @@
         <is>
           <t>9786253694678</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Şen Çiftlik Orkestrası</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786253692308</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Çağdaş Yorumla Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786253694432</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Yedi̇ Başlıyken Tek Başına Kalan Bi̇zi̇m Ejderhanın Hari̇ka Maceraları - 2</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786253694326</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
@@ -184,796 +184,796 @@
         <is>
           <t>9786253693350</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Huysuz’un Günlüğü 3</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786253694364</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Defne İle Kerem - Eğlence Başlasın!</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786253694081</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Yuki</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786253693923</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Atatürk’üm Düşümde</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786253693718</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Pip &amp; Zilver: Paris Macerası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786253693428</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Şirinler Kayıp Köy</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786253693404</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Püskül Kız’ın Günlüğü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786253693930</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Hadi Bize Bir Masal</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786253693169</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Huysuz’un Günlüğü 2</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786253692940</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Mutluluk Işıgon'da</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786253693039</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Fi Tarihinden Hikayeler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786253693008</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Alice Matematik Diyarında</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>149</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786253692551</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Beyaz Balina</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786253692728</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Ninem Papağanmış</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786253692445</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Yedi Başlı Ejderhanın Başından Geçen Çok Acayip Şeyler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786253692384</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Huysuz’un Günlüğü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786253692377</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Mars Yeraltı Ülkesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786253692049</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Balık Çocuk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786253691721</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Amida Ana</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786253691912</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Ağaçgiller</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>475</v>
+        <v>570</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786253691578</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Alphabet dans la Foret</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786253691608</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Masalları Seti (24 Kitap)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1800</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786253691400</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Küçük Domuz Robinson Masalı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786253691417</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Hayvan Dostlara Şiirler 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786253691424</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Johnny Şehirfaresi Masalı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786253691394</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Hayvan Dostlara Şiirler 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786253691387</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Domuzcuk Bland Masalı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786253691370</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Bay Tod Masalı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786253691363</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Timmy Küçükparmak Masalı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786253691356</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Bayan Minifare Masalı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786253691462</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Zencefil ve Turşu Masalı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786253691349</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Yavru Pofuduklar Masalı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786253691325</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Samuel Telbıyık Masalı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786253691318</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Jemima Paytakördek Masalı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786253691479</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Kedicik Tom Masalı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786253691455</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Bayan Moppet Masalı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786253691301</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Yaramaz Tavşan Masalı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786253691448</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Bay Balıkçı Jeremy Masalı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786253691295</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Turta ve Çörek Kalıbı Masalı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786253691288</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Bayan Hoşdiken Masalı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786253691431</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter İki Şaşkın Fare Masalı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786253691271</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Tavşan Benjamin Masalı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786253691264</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Gloucester Terzisi Masalı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786253691332</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Masallar İçin Notlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786253691257</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Sincap Cevizkıran Masalı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786253691240</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Beatrix Potter Tavşan Peter Masalı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786253691660</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Sesler Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786253691585</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Genç Yönetmenin El Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786253690960</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Uzun Kuyruk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786253690830</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Görevimiz Felsefe</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786253690724</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Pip ve Zilver Amerika’da (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786253690953</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Geveze Kitap</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>