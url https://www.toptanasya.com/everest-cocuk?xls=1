--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,895 +85,910 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253694579</t>
+          <t>9786253695637</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Minik Yaratıkların Büyük Hayalleri</t>
+          <t>Kahraman Güvercin Takatuni</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253694678</t>
+          <t>9786253694579</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şen Çiftlik Orkestrası</t>
+          <t>Minik Yaratıkların Büyük Hayalleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253692308</t>
+          <t>9786253694678</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yorumla Nasreddin Hoca</t>
+          <t>Şen Çiftlik Orkestrası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253694432</t>
+          <t>9786253692308</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yedi̇ Başlıyken Tek Başına Kalan Bi̇zi̇m Ejderhanın Hari̇ka Maceraları - 2</t>
+          <t>Çağdaş Yorumla Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253694326</t>
+          <t>9786253694432</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kitap Tatilde</t>
+          <t>Yedi̇ Başlıyken Tek Başına Kalan Bi̇zi̇m Ejderhanın Hari̇ka Maceraları - 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253693350</t>
+          <t>9786253694326</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Huysuz’un Günlüğü 3</t>
+          <t>Geveze Kitap Tatilde</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253694364</t>
+          <t>9786253693350</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Kerem - Eğlence Başlasın!</t>
+          <t>Huysuz’un Günlüğü 3</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253694081</t>
+          <t>9786253694364</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yuki</t>
+          <t>Defne İle Kerem - Eğlence Başlasın!</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253693923</t>
+          <t>9786253694081</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’üm Düşümde</t>
+          <t>Yuki</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253693718</t>
+          <t>9786253693923</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Pip &amp; Zilver: Paris Macerası</t>
+          <t>Atatürk’üm Düşümde</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253693428</t>
+          <t>9786253693718</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şirinler Kayıp Köy</t>
+          <t>Pip &amp; Zilver: Paris Macerası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253693404</t>
+          <t>9786253693428</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Püskül Kız’ın Günlüğü</t>
+          <t>Şirinler Kayıp Köy</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253693930</t>
+          <t>9786253693404</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hadi Bize Bir Masal</t>
+          <t>Püskül Kız’ın Günlüğü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253693169</t>
+          <t>9786253693930</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Huysuz’un Günlüğü 2</t>
+          <t>Hadi Bize Bir Masal</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253692940</t>
+          <t>9786253693169</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Işıgon'da</t>
+          <t>Huysuz’un Günlüğü 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253693039</t>
+          <t>9786253692940</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Fi Tarihinden Hikayeler</t>
+          <t>Mutluluk Işıgon'da</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253693008</t>
+          <t>9786253693039</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Alice Matematik Diyarında</t>
+          <t>Fi Tarihinden Hikayeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253692551</t>
+          <t>9786253693008</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Balina</t>
+          <t>Alice Matematik Diyarında</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253692728</t>
+          <t>9786253692551</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ninem Papağanmış</t>
+          <t>Beyaz Balina</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253692445</t>
+          <t>9786253692728</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yedi Başlı Ejderhanın Başından Geçen Çok Acayip Şeyler</t>
+          <t>Ninem Papağanmış</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253692384</t>
+          <t>9786253692445</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Huysuz’un Günlüğü</t>
+          <t>Yedi Başlı Ejderhanın Başından Geçen Çok Acayip Şeyler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>355</v>
+        <v>345</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253692377</t>
+          <t>9786253692384</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mars Yeraltı Ülkesi</t>
+          <t>Huysuz’un Günlüğü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>355</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253692049</t>
+          <t>9786253692377</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Balık Çocuk</t>
+          <t>Mars Yeraltı Ülkesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253691721</t>
+          <t>9786253692049</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Amida Ana</t>
+          <t>Balık Çocuk</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253691912</t>
+          <t>9786253691721</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ağaçgiller</t>
+          <t>Amida Ana</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>570</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253691578</t>
+          <t>9786253691912</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Alphabet dans la Foret</t>
+          <t>Ağaçgiller</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>175</v>
+        <v>595</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253691608</t>
+          <t>9786253691578</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Masalları Seti (24 Kitap)</t>
+          <t>Alphabet dans la Foret</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253691400</t>
+          <t>9786253691608</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Küçük Domuz Robinson Masalı</t>
+          <t>Beatrix Potter Masalları Seti (24 Kitap)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253691417</t>
+          <t>9786253691400</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Hayvan Dostlara Şiirler 2</t>
+          <t>Beatrix Potter Küçük Domuz Robinson Masalı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253691424</t>
+          <t>9786253691417</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Johnny Şehirfaresi Masalı</t>
+          <t>Beatrix Potter Hayvan Dostlara Şiirler 2</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253691394</t>
+          <t>9786253691424</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Hayvan Dostlara Şiirler 1</t>
+          <t>Beatrix Potter Johnny Şehirfaresi Masalı</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253691387</t>
+          <t>9786253691394</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Domuzcuk Bland Masalı</t>
+          <t>Beatrix Potter Hayvan Dostlara Şiirler 1</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253691370</t>
+          <t>9786253691387</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Bay Tod Masalı</t>
+          <t>Beatrix Potter Domuzcuk Bland Masalı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253691363</t>
+          <t>9786253691370</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Timmy Küçükparmak Masalı</t>
+          <t>Beatrix Potter Bay Tod Masalı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253691356</t>
+          <t>9786253691363</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Bayan Minifare Masalı</t>
+          <t>Beatrix Potter Timmy Küçükparmak Masalı</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253691462</t>
+          <t>9786253691356</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Zencefil ve Turşu Masalı</t>
+          <t>Beatrix Potter Bayan Minifare Masalı</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253691349</t>
+          <t>9786253691462</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Yavru Pofuduklar Masalı</t>
+          <t>Beatrix Potter Zencefil ve Turşu Masalı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253691325</t>
+          <t>9786253691349</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Samuel Telbıyık Masalı</t>
+          <t>Beatrix Potter Yavru Pofuduklar Masalı</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253691318</t>
+          <t>9786253691325</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Jemima Paytakördek Masalı</t>
+          <t>Beatrix Potter Samuel Telbıyık Masalı</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786253691479</t>
+          <t>9786253691318</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Kedicik Tom Masalı</t>
+          <t>Beatrix Potter Jemima Paytakördek Masalı</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786253691455</t>
+          <t>9786253691479</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Bayan Moppet Masalı</t>
+          <t>Beatrix Potter Kedicik Tom Masalı</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253691301</t>
+          <t>9786253691455</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Yaramaz Tavşan Masalı</t>
+          <t>Beatrix Potter Bayan Moppet Masalı</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253691448</t>
+          <t>9786253691301</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Bay Balıkçı Jeremy Masalı</t>
+          <t>Beatrix Potter Yaramaz Tavşan Masalı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253691295</t>
+          <t>9786253691448</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Turta ve Çörek Kalıbı Masalı</t>
+          <t>Beatrix Potter Bay Balıkçı Jeremy Masalı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253691288</t>
+          <t>9786253691295</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Bayan Hoşdiken Masalı</t>
+          <t>Beatrix Potter Turta ve Çörek Kalıbı Masalı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786253691431</t>
+          <t>9786253691288</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter İki Şaşkın Fare Masalı</t>
+          <t>Beatrix Potter Bayan Hoşdiken Masalı</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253691271</t>
+          <t>9786253691431</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Tavşan Benjamin Masalı</t>
+          <t>Beatrix Potter İki Şaşkın Fare Masalı</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253691264</t>
+          <t>9786253691271</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Gloucester Terzisi Masalı</t>
+          <t>Beatrix Potter Tavşan Benjamin Masalı</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786253691332</t>
+          <t>9786253691264</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Masallar İçin Notlar</t>
+          <t>Beatrix Potter Gloucester Terzisi Masalı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786253691257</t>
+          <t>9786253691332</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Sincap Cevizkıran Masalı</t>
+          <t>Beatrix Potter Masallar İçin Notlar</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253691240</t>
+          <t>9786253691257</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Tavşan Peter Masalı</t>
+          <t>Beatrix Potter Sincap Cevizkıran Masalı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253691660</t>
+          <t>9786253691240</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sesler Kitabı</t>
+          <t>Beatrix Potter Tavşan Peter Masalı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>235</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253691585</t>
+          <t>9786253691660</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Genç Yönetmenin El Kitabı</t>
+          <t>Sesler Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253690960</t>
+          <t>9786253691585</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uzun Kuyruk</t>
+          <t>Genç Yönetmenin El Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253690830</t>
+          <t>9786253690960</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Felsefe</t>
+          <t>Uzun Kuyruk</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>270</v>
+        <v>325</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786253690724</t>
+          <t>9786253690830</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Pip ve Zilver Amerika’da (Ciltli)</t>
+          <t>Görevimiz Felsefe</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
+          <t>9786253690724</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Pip ve Zilver Amerika’da (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
           <t>9786253690953</t>
         </is>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Geveze Kitap</t>
         </is>
       </c>
-      <c r="C58" s="1">
+      <c r="C59" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>