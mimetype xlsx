--- v0 (2025-12-08)
+++ v1 (2026-01-27)
@@ -85,460 +85,550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256392939</t>
+          <t>9786256392687</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sudoku</t>
+          <t>Evrensel İletişim Yayınları 2.Sınıf Bilsem Tablet 5'li Deneme</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>132</v>
+        <v>225</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256024007</t>
+          <t>9786057284044</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İlkokullar İçin Mandala Boyama Kitabı</t>
+          <t>3. Sınıf Bilsem Tablet Kıtabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052110782</t>
+          <t>9786057284037</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>2. Sınıf Bilsem Tablet Kitabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055247324</t>
+          <t>9786256392694</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Eş,Yakın ve Zıt Anlamlı Kelimeler Sözlüğü</t>
+          <t>3.SINIF BİLSEM TABLET 5 Lİ DENEME</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756970690</t>
+          <t>9786057284020</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şairler ve Yazarlar Sözlüğü</t>
+          <t>1. Sınıf Bilsem Tablet Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756970003</t>
+          <t>9786256392670</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Deyimler Sözlüğü</t>
+          <t>1.Sınıf Bilsem Tablet 5`li Deneme Evrensel İletişim Yayınları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789756970034</t>
+          <t>9786256392939</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri sözlüğü Evrensel İletişim Yayınları</t>
+          <t>Sudoku</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>132</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756970478</t>
+          <t>9786256024007</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Atasözleri Sözlüğü</t>
+          <t>İlkokullar İçin Mandala Boyama Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>165</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759155681</t>
+          <t>9786052110782</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>azım Kılavuzu Büyük Boy (LİSE ÜNİVERSİTE)</t>
+          <t>3. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756970058</t>
+          <t>9786055247324</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yazım Kılavuzu / İmla Kılavuzu</t>
+          <t>Eş,Yakın ve Zıt Anlamlı Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759155674</t>
+          <t>9789756970690</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Resimli İngilizce Sözlük(İLK ÖĞRETİM)</t>
+          <t>Şairler ve Yazarlar Sözlüğü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759155643</t>
+          <t>9789756970003</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atlas ( Karton kapak)</t>
+          <t>Açıklamalı Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055247027</t>
+          <t>9789756970034</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atlas ( Ciltli kapak )</t>
+          <t>Atasözleri sözlüğü Evrensel İletişim Yayınları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759155551</t>
+          <t>9789756970478</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tarih Atlası</t>
+          <t>Deyimler ve Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759155544</t>
+          <t>9789759155681</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Orta Atlas</t>
+          <t>azım Kılavuzu Büyük Boy (LİSE ÜNİVERSİTE)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759155605</t>
+          <t>9789756970058</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İlk Atlas</t>
+          <t>Yazım Kılavuzu / İmla Kılavuzu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052110898</t>
+          <t>9789759155674</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Konu Özetli Video Çözümlü Soru Bankası</t>
+          <t>Resimli İngilizce Sözlük(İLK ÖĞRETİM)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>165</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258050646</t>
+          <t>9789759155643</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Konu Özetli Soru Bankası Sayısal</t>
+          <t>Büyük Atlas ( Karton kapak)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>415</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258050653</t>
+          <t>9786055247027</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Konu Özetli Soru Bankası Eşit Ağırlık</t>
+          <t>Büyük Atlas ( Ciltli kapak )</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256392304</t>
+          <t>9789759155551</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>8.Sınıf Tüm Dersler Yeni Nesil Soru Bankası</t>
+          <t>Tarih Atlası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>520</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052110911</t>
+          <t>9789759155544</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler  Soru Bankası</t>
+          <t>Orta Atlas</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>435</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256024755</t>
+          <t>9789759155605</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Dersler Soru Bankası (Maarif Model)</t>
+          <t>İlk Atlas</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>495</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256024243</t>
+          <t>9786052110898</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Evrensel iletişim 5. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>TYT Tüm Dersler Konu Özetli Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057958327</t>
+          <t>9786258050646</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Konu Anlatıml</t>
+          <t>11. Sınıf Tüm Dersler Konu Özetli Soru Bankası Sayısal</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>415</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052110799</t>
+          <t>9786258050653</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>11. Sınıf Tüm Dersler Konu Özetli Soru Bankası Eşit Ağırlık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057958440</t>
+          <t>9786256392304</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>8.Sınıf Tüm Dersler Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>475</v>
+        <v>520</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256024748</t>
+          <t>9786052110911</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Soru Bankası (Maarif Model)</t>
+          <t>7. Sınıf Tüm Dersler  Soru Bankası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>435</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
+          <t>9786256024755</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Tüm Dersler Soru Bankası (Maarif Model)</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786256024243</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Evrensel iletişim 5. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786057958327</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Tüm Dersler Konu Anlatıml</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786052110799</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786057958440</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786256024748</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Tüm Dersler Soru Bankası (Maarif Model)</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
           <t>9786256024250</t>
         </is>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>1.Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
-      <c r="C29" s="1">
+      <c r="C35" s="1">
         <v>225</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>