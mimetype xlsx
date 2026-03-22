--- v1 (2026-01-27)
+++ v2 (2026-03-22)
@@ -85,550 +85,6925 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256392687</t>
+          <t>9786256024762</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Evrensel İletişim Yayınları 2.Sınıf Bilsem Tablet 5'li Deneme</t>
+          <t>2026 10. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057284044</t>
+          <t>9786256024724</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Tablet Kıtabı</t>
+          <t>Türkçe Sözlük İlkokul Ortaokul</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057284037</t>
+          <t>9786256024717</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Tablet Kitabı</t>
+          <t>Maskeli Boyama Kitabı 4 lü Set</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256392694</t>
+          <t>9786258050622</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>3.SINIF BİLSEM TABLET 5 Lİ DENEME</t>
+          <t>6. Sınıf Fen Bilimleri Konu Özetli Yaprak Test</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>225</v>
+        <v>59.09</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057284020</t>
+          <t>9786256024441</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tablet Kitabı</t>
+          <t>1.Sınıf Tüm Dersler Yaprak Test</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256392670</t>
+          <t>9786256024489</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>1.Sınıf Bilsem Tablet 5`li Deneme Evrensel İletişim Yayınları</t>
+          <t>1.Sınıf Matematik Mutlak Öğrenme Stratejisi Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256392939</t>
+          <t>9786256024311</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sudoku</t>
+          <t>LGS Tıpkıbasım Sayısal Bölüm A Kitapçık Türü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>132</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256024007</t>
+          <t>9786256024328</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İlkokullar İçin Mandala Boyama Kitabı</t>
+          <t>LGS Tıpkıbasım Sözel Bölüm A Kitapçık Türü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>80</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052110782</t>
+          <t>9786256024267</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055247324</t>
+          <t>9786256024274</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eş,Yakın ve Zıt Anlamlı Kelimeler Sözlüğü</t>
+          <t>TYT Çıkmış Sorular Video Çözümlü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756970690</t>
+          <t>9786256024281</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şairler ve Yazarlar Sözlüğü</t>
+          <t>2024 AYT Çıkmış Sorular Video Çözümlü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756970003</t>
+          <t>9786057958235</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Deyimler Sözlüğü</t>
+          <t>7. Sınıf Türkçe Konu Özetli Yaprak Test</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756970034</t>
+          <t>9786259840000</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri sözlüğü Evrensel İletişim Yayınları</t>
+          <t>Franz Kafka Seçme Eserler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756970478</t>
+          <t>9789756970935</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Atasözleri Sözlüğü</t>
+          <t>Behrengi Dizisi 10 Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>165</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759155681</t>
+          <t>9786256392922</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>azım Kılavuzu Büyük Boy (LİSE ÜNİVERSİTE)</t>
+          <t>Kitap Okuma Günlüğüm</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756970058</t>
+          <t>9786256392984</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yazım Kılavuzu / İmla Kılavuzu</t>
+          <t>Mandala Renk Renk Hayvanlar</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789759155674</t>
+          <t>9786256392977</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Resimli İngilizce Sözlük(İLK ÖĞRETİM)</t>
+          <t>Mandala Renk Renk Çiçekler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789759155643</t>
+          <t>9786256392991</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atlas ( Karton kapak)</t>
+          <t>Mandala Renk Renk Desenler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055247027</t>
+          <t>9789756970133</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atlas ( Ciltli kapak )</t>
+          <t>Ulduz Kız’ın Kargaları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759155551</t>
+          <t>9789756970140</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tarih Atlası</t>
+          <t>Ulduz ve Konuşan Bebek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789759155544</t>
+          <t>9789756970126</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Orta Atlas</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789759155605</t>
+          <t>9789756970119</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İlk Atlas</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052110898</t>
+          <t>9789756970102</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Konu Özetli Video Çözümlü Soru Bankası</t>
+          <t>Pancarcı Çocuk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>550</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258050646</t>
+          <t>9789756970072</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Konu Özetli Soru Bankası Sayısal</t>
+          <t>Kel Güvercinci</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>415</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258050653</t>
+          <t>9786256392847</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Konu Özetli Soru Bankası Eşit Ağırlık</t>
+          <t>Bu Gelen Köroğlu’dur</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>375</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256392304</t>
+          <t>9789756970065</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>8.Sınıf Tüm Dersler Yeni Nesil Soru Bankası</t>
+          <t>Ah Masalı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>520</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052110911</t>
+          <t>9789756970089</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler  Soru Bankası</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>435</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256024755</t>
+          <t>9786256392762</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Dersler Soru Bankası (Maarif Model)</t>
+          <t>KPSS Lise - Ön Lisans Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256024243</t>
+          <t>9789759155079</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Evrensel iletişim 5. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057958327</t>
+          <t>4440000003573</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Konu Anlatıml</t>
+          <t>İlkokul-Ortaokul Öğrencilerine Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052110799</t>
+          <t>9786057958211</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>7. Sınıf Matematik Konu Özetli Yaprak Test</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>425</v>
+        <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057958440</t>
+          <t>9786256392106</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>8. Sınıf LGS 1. Dönem 5 li Deneme</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256024748</t>
+          <t>9786258050677</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Soru Bankası (Maarif Model)</t>
+          <t>Evrensel 10. Sınıf Sarmal 4'lü Deneme</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
+          <t>9786257153737</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Exatlon Serisi Din Kültürü ve Ahlak Bilgisi Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786257153010</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Exatlon Serisi Sosyal Bilgiler Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786057958372</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Exatlon Serisi İngilizce Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786257153171</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Matador Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786257153348</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf 6'lı Sarmal Deneme</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786257153201</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Sosyal Bilgiler Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786057958143</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Fen Bilimleri Konu Özetli Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786257153744</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Exatlon Serisi Din Kültürü ve Ahlak Bilgisi Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786257153157</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Exatlon Serisi Sosyal Bilgiler Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786057958365</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Exatlon Serisi İngilizce Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786057958037</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Exatlon Serisi Fen Bilimleri Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786257153126</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Matador Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786052110997</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Exatlon Serisi Türkçe Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786057958464</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Sosyal Bilgiler Konu Özetli Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786057958204</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf İngilizce Konu Özetli Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786057958914</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Türkçe Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786257153751</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Exatlon Serisi Din Kültürü ve Ahlak Bilgisi Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786257153164</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Exatlon Serisi Sosyal Bilgiler Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786052110935</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Exatlon Serisi Fen Bilimleri Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786257153133</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Exatlon Serisi Türkçe Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786057958877</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS'ye Hazırlık Tüm Dersler Telafi Test Kitabı</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786257153867</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf İnfografik Serisi İngilizce IQ Defter</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786257153843</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf İnfografik Serisi T.C. İnkılap Tarihi ve Atatürkçülük IQ Defter</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786257153874</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf İnfografik Serisi Fen Bilimleri IQ Defter</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786257153836</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf İnfografik Serisi Türkçe IQ Defter</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786257153850</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf İnfografik Serisi Matematik IQ Defter</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786057958983</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Türkçe Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786057958785</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS Sayaç T.C. İnkılap Tarihi ve Atatürkçülük 20'li Deneme</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786057958778</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS Sayaç Matematik 20'li Deneme</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786057958860</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS Matematik 1. Dönem 15 Deneme</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786057958556</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS Matador Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786057958303</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Yeni Nesil LGS Yedili Deneme</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786057958884</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>LGS Hızlı Okuma Teknikleri İle Paragraf Uzmanı</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786257153140</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786057958976</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf İngilizce Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786057958686</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Paragraflarla T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786057958570</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Fen Bilimleri Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786057958969</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Sosyal Bilgiler Yeni Nesil Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786052110621</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Lise Önlisans 9'lu Deneme</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786257153430</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Hibrit Üçgenler Geometri Fasikülü</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786257153423</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>TYT Matematik Sayaç 10'lu Deneme</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786257153195</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>TYT AYT Geometri Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786257153188</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Fen Bilimleri Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786056192470</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Şifreli Yorum Kanat Yıldız Basamaklı Edebiyat Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786057958044</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf İngilizce Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786057958457</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Matematik Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786059344616</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Deyimler ve Atasözleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789759155841</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>İntibah</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789759155889</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey İle Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786257153027</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük Yeni Nesil Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786052110942</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Türkçe Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786057958518</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>AYT Matematik Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786057958945</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Matematik Yeni Nesil Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786057958266</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf İngilizce Konu Özetli Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786057958181</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Türkçe Konu Özetli Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786057958150</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf İngilizce Konu Özetli Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786057958020</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786057958938</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Matematik Yeni Nesil Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786257153003</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Fen Bilimleri Yeni Nesil Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786057958990</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Matador Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786057958952</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Matematik Yeni Nesil Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786055247560</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Matematik Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786057958389</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Matematik Mutlak Öğrenme Kitabı</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786057958662</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>TYT Fizik Kimya Biyoloji FKB Sayaç Video Çözümlü 20'li Deneme</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786052110706</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Matematik Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786055247379</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Kimya Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786057958907</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Türkçe Yeni Nesil Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786057958679</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS Türkçe Sayaç Video Çözümlü 20'li Deneme</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786057958921</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Matematik Yeni Nesil Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786057958310</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>LGS Matador Video Çözümlü 15'li Matematik Denemesi</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786052110744</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786057958136</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Türkçe Konu Özetli Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>15.28</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786057958105</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf İngilizce Konu Özetli Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786057958099</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Fen Bilimleri Konu Özetli Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786057958112</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Matematik Konu Özetli Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>12.22</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786052110713</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Fizik Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786052110393</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>2018 8. Sınıf LGS Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786052110430</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>2018 8. Sınıf LGS T.C.İnkılâp Tarihi Ve Atatürkçülük Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>28.7</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786052110416</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>2018 8. Sınıf LGS Fen Bilimleri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786059344883</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Robinson Cruose</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786057958280</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Limit - Türev - İntegral</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786052110737</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Biyoloji Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786052110652</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>YKS - TYT - KPSS - DGS - ALES Yedi Günde Yeni Nesil Problemler ve Çözüm Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789756970652</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Dünya Masalları (8 Kitap - Düz Yazılı)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786057958501</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>TYT KPSS DGS Yeni Nesil Zero Matematik</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786057958495</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Türkçe Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786057958341</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Tüm Dersler Yaprak Testler</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786057958334</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786057958358</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786059344104</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>LYS Matematik Fasikülleri Logaritma</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786059344111</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>LYS Matematik Fasikülleri Fonksiyonlar</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786052110928</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Tarih Konu Özetli Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786052110973</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786052110720</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Kimya Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786052110041</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>TYT Temel Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786052110560</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>AYT Video Çözümlü Kimya 30 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786052110553</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>AYT Video Çözümlü Fizik 30 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786052110546</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>AYT Video Çözümlü Biyoloji 30 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786059344746</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786052110386</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>2018 TYT 1. Oturum O6 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>31.5</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786052110102</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>YKS Temel Yeterlilik Türkçe-Temel Matematik Konu Özetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786052110645</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>YKS TYT KPSS DGS ALES Yedi Günde Zero Matematik</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786052110294</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS TYT 2. Oturum Felsefe Grubu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786052110263</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>YKS 2. Oturum Edebiyat Kolaydan Zora Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786052110362</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS TYT Temel Matematik Soru Bankası EA - Sözel</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786052110348</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>TYT 1. Oturum Coğrafya Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786052110355</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>YKS TYT Türkçe Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786056342035</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Şifreliyorum Hafıza Teknikleri ve Çağrışım Yöntemleriyle Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786052110300</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS 2. Oturum Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786052110232</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS TYT 1. Oturum Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786052110324</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS TYT 1. Oturum Tarih Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>30.5</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786052110195</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS 2. Oturum Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786052110270</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>TYT 1. Oturum Türkçe Kolaydan Zora Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786052110225</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>2018 TYT 1. Oturum Biyoloji Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>25.5</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786052110256</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS 2. Oturum Biyoloji Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786052110188</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS TYT 1. Oturum Tüm Dersler Konu Özetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>52.31</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786052110331</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS 2. Oturum Organik Kimya Konu Özetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>33.5</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786052110201</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS 2. Oturum Kimya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786052110218</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>YKS 2. Oturum Edebiyat Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786052110522</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>2018 TYT Türkçe Video Çözümlü 20’li Deneme Sınavı (1. Oturum)</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786059344913</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Türk Manilerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786059344890</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Siyah İnci</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786059344852</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786059344906</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Türk Atasözlerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786059344876</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Erkekler</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786052110881</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Türkçe Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786052110843</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786052110850</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Konu Özetli Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786052110591</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>AYT Branş Branş Video Çözümlü Türk Dili ve Edebiyatı 30 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786052110607</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>AYT Video Çözümlü Sayısal 10'lu Deneme</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786052110577</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>AYT Branş Branş Video Çözümlü Matematik 30 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786052110614</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>AYT Video Çözümlü Eşit Ağırlık 10'lu Deneme</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786052110584</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>AYT Branş Branş Video Çözümlü Coğrafya-1 Tarih-1 30 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>23.5</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786052110492</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS İleri Düzey Z Serisi Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786052110485</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS Başlangıç Düzey K Serisi Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786052110409</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>2018 8. Sınıf LGS İngilizce Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786052110447</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>2018 8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786052110423</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>2018 8. Sınıf LGS Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786059344791</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Türk Edebiyatı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786059344937</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Tarih Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786059344944</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>35.19</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786059344593</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Dil Bilgisi Hazinesi Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789759155704</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Aya Yolculuk</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789759155810</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Seyfettin'den Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789759155896</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Eylül</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786055247522</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>YGS Deneme Sınavı K9</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786055247539</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>YGS Deneme Sınavı Z9</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789759155964</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Savaş ve Barış</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9799759155048</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Denemeler</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789759155940</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Lale</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789759155865</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Suç ve Ceza</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789759155933</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Madam Bovary</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789759155957</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Vadideki Zambak</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9799759155055</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789759155919</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Canlar</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789759155858</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9799759155093</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ile Dimne</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789759155902</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Araba Sevdası</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789759155827</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789759155926</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Talat ile Fitnat'ın Aşkı</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789759155834</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Safahat</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789759155032</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9799759155086</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9799759155123</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Suç ve Ceza</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9799759155079</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Donkişot</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9799759155109</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9799759155062</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Kalbi</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789759155155</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789759155421</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789759155186</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Heidi</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789759155179</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Gülliver'in Gezileri</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789759155438</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Şiirleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789759155223</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>La Fontaine'den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789759155407</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Şermin</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789759155261</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Ömer'in Çocukluğu</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789759155247</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789759155278</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789759155285</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789759155315</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789759155216</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789759155162</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Falaka</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789759155322</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Yahut Silistre</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789759155193</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne ile Yaşar</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789759155537</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Atlası Resimli, Grafikli</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>3990000015768</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Maskeli Boyama Bitkiler</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>3990000015769</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Maskeli Boyama Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>3990000015770</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Maskeli Boyama Arabalar</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>3990000015771</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Maskeli Boyama Eğlence</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786055247164</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>T.C. Anayasa 1982</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789756970294</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Sözlük (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789759155711</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Balonla Beş Hafta</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789759155872</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Sefiller</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9799759155116</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Sefiller</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789759155292</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786055247430</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Fizik Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786055247409</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Biyoloji Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786055247393</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 10. Sınıf Biyoloji Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>3990000026003</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Çerçeveli Boyama - Çizgi Film Kahramanları</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786055427027</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Atlas (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789759155445</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Çehov'dan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789759155353</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789759155452</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Kibritçi Kız</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789759155346</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Tom Sawyer</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789759155384</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Seksen Günde Devr-i Alem</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789759155339</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Üç Silahşörler</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789759155308</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Robin Hood</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789756970317</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Belirli Günler ve Haftalar</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789759155735</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>İki Yıl Okul Tatili</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789759155377</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789759155230</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi'den Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786055247058</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>English Universal Dictionary - Easy to Learn (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789759155414</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9799756970057</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Yazım Kılavuzu - İlköğretim Öğrencileri İçin</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789759155209</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Karagöz ile Hacivat</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789759155360</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Altın Işık</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789759155728</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Denizler Altında 20 Bin Fersah</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789759155254</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Oliver Twist</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789759155742</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Merkezine yolculuk</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789759155148</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Değirmenimden Mektuplar</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786052110003</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS Sayısal Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>47.5</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786052110072</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>YKS TYT 1. Oturum Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786052110126</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS TYT 1. Oturum Temel Geometri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786052110089</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS  Z9 TYT Deneme Sınavı 1.Oturum</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786052110140</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>YKS Paragrafı Çözdük Kolaydan Zora Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786052110287</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS 2.Oturum Matematik-Geometri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>49.5</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786052110317</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS TYT 1.Oturum Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786052110249</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS TYT 1.Oturum Kimya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786059344548</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Babalar ve Oğullar</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786052110676</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786057958297</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Rutin ve Rutin Olmayan Problemler Hedefe Ulaştıran Fasiküller</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786052110454</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>2018 8. Sınıf LGS 7’li Video Çözümlü Deneme Sınavları</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>27.31</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786057958488</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>TYT Z9 Video Çözümlü Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786052110461</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>2018 TYT K9 1. Oturum Başlangıç Seviye Video Çözümlü Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>33.5</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786059344739</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf TEOG Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786057958068</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Tüm Dersler Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786057958082</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Tüm Dersler Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786052110683</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Kazanım Odaklı Coğrafya Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786052110812</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Tüm Dersler Konu Özetli Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786052110904</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786052110157</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS Tarih Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786059344920</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Türk Bilmecelerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786059344869</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Demiryolu Çocukları</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786059344845</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Mercan Adası</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786055247669</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Çağlayanlar</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786059344975</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786059344982</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>53.7</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786059344807</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>En Kapsamlı Eser Özetleri 405 Türk ve Dünya Eseri</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786059344760</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>TEOG 8. Sınıf 1 Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786059344753</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>TEOG 1 Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786059344777</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Tarih Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>26.85</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786059344722</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Temel Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786059344074</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Zamanlar 1001 Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786052110638</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS Sözel Sayısal Mantık - Muhakeme</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786059344999</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>YKS Biyoloji Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786052110027</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>YKS Kimya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>47.5</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786052110010</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>YKS TYT 1. Oturum K9 Deneme Sınavları</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786052110133</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>YKS Coğrafya Soru Bankası-Eşit Ağırlık Sözel</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>49.5</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786052110058</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>2018 YKS TYT 06 Tam İsabet Deneme Sınavı 1. Oturum</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786059344708</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>TEOG 8. Sınıf Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>28.7</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786059344357</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>TEOG 8. Sınıf İngilizce Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786055247928</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>2018 KPSS Lise - Ön Lisans Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>3990000029944</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Çerçeveli Boyama (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>3990000029165</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Çerçeveli Boyama - Masal Kahramanları</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>3990000029164</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Çerçeveli Boyama - Oyuncaklarım</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>3990000029163</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Çerçeveli Boyama - Evcil ve Yabani Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786052110690</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Tarih Konu Özetli Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>3990000018526</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>2018 LGS 7'li Deneme Sınavı Video Çözümlü (TEOG 2 Tüm Dersler Sıralı Denemeli Soru Bankası Hediyeli)</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>34.26</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786052110539</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>2018 TYT Temel Matematik Video Çözümlü 20’Li Deneme Sınavı (1. Oturum)</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>24.5</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786052110379</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786059344203</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>LYS Matematik Fasikülleri Limit ve Süreklilik</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786055247935</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Bağrı Yanık Ömer</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>72.5</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786052110751</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Coğrafya Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786059344043</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>YGS Biyoloji Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786055247768</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 11. Sınıf İleri Düzey Matematik Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>44.44</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786055247799</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 11. Sınıf Kimya Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>35.19</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786052110805</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786059344531</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>2017 LYS Matematik Geometri Soru bankası</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>38.89</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786059344364</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>YGS Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786055247751</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Fizik Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>33.33</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786055247782</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Türk Edebiyatı Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786055247874</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Coğrafya Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>36.11</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786055247836</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Fizik Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786055247805</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Biyoloji Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>35.19</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786055247478</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 10. Sınıf Tarih Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786055247553</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 10. Sınıf Fizik Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786055247416</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 10. Sınıf Kimya Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>33.33</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786055247195</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>YGS Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>30.56</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786055247249</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>YGS Coğrafya Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>30.56</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786055247720</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>YGS - LYS Felsefe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786055247584</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>LYS Organik Kimya Örnek Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786055247867</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>YGS Matematik Örnek Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786055247898</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>2016 8. Sınıf TEOG 2 7'li Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786055247881</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>YGS Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>30.56</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786055247171</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 11. Sınıf Coğrafya Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>35.19</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786055247577</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Tarih Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786055247201</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 9. Sınıf Kimya Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786055247218</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Coğrafya Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786059344067</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>TEOG - 1 Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786059344609</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>MEB Tavsiyeli 100 Temel Eser Seti (36 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786059344449</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf TEOG 2 İngilizce Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786055247621</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Don Kişot</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786055247638</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Notre Dame'ın Kamburu</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786055247652</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Ana</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786055247645</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Robinson Crusoe</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786055247591</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Anna Karenina</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>3990000032067</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 10. Sınıf Türk Edebiyatı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786055247508</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Kimya Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786055247492</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Coğrafya Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786055247737</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 11. Sınıf Biyoloji Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786059344494</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>LYS Matematik Deneme Sınavı- 10 Fasikül Eşit Ağırlık</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786055247454</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Tarih Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786055247485</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 10. Sınıf Matematik Konu Anlatımlı 1-2 (2 kitap takım)</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>45.37</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>3990000097868</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Kimya Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786052110171</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>2’si Bir Arada YKS-TYT Fen Bilimleri - Sosyal Bilimler Konu Özetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786055247829</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Kimya Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>43.52</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786059344197</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>YGS - LYS Çember ve Daire</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786059344333</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf TEOG Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>3990000029889</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Z Serisi TEOG 2 Tüm Dersler Sıralı Denemeli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>29.63</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786059344401</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>YGS Türkçe 20'li Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>24.07</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786059344517</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>LYS Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>29.63</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786059344272</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786055247614</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Karamazov Kardeşler</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786055247607</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Budala</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786059344371</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>YGS Sosyal Bilimler Deneme Sınavı 20'li Fasikül</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>3990000029789</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>TEOG 1 Sıralı Denemeli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786059344210</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>YGS Matematik Fasikülleri Oran-Orantı ve Problemler</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786059344227</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>YGS LYS Matematik Fasikülleri Sayılar</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786052110768</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Konu Özetli Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9789759155391</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786059344340</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Teog-2 Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>29.63</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786055247300</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Matematik 1-2 Konu Anlatımlı (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>45.37</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>3990000067397</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Biyoloji Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786055247362</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Fizik Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786055247386</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Matematik Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786055247317</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 9. Sınıf Fizik Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786055247294</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 9. Sınıf Biyoloji Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>28.7</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786055247188</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Coğrafya Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786054552016</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Kazanım Odaklı 10. Sınıf Coğrafya Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>30.56</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786059344555</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>2017 LYS - 1 Matemetik - Geometri 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786059344579</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>2017 LYS - 3 Türk Dili ve Edebiyatı - Coğrafya 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786059344432</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>TEOG Paragraf Soru Bankası (Zor Serisi)</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786059344487</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf TEOG 2 T.C İnkilap Tarihi ve Atatürkçülük Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786059344470</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf TEOG 2 Fen Bilimleri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786059344142</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>YGS-LYS Fasikülleri Dörtgenler ve Çokgenler</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786059344241</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>LYS Türev Matematik Fasikülleri</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786059344395</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>YGS Fen Bilimleri 20'li Fasikül Denemeler</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>24.07</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786059344173</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>YGS-LYS Fasikülleri Temel Kavramlar ve Üçgenler</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786059344296</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>35.19</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786059344500</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>2017 LYS Matematik Deneme Sınavı 10 Fasikül</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786059344258</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>LYS Matematik Fasikülleri İntegral</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786055247843</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf TEOG 1 5'li Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786059344180</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>YGS-LYS Fasikül Üslü ve Köklü İfadeler</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786059344166</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>YGS-LYS Fasikül Permütasyon Kombinasyon Olasılık ve Binom Açılımı</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786059344135</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>YGS-LYS İkinci Dereceden Denklemler Eşitsizlikler Parabol</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786059344098</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>YGS-LYS Birinci Dereceden Denklemler Eşitsizlikler Mutlak Değer</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786059344234</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>LYS Matematik Fasikülleri Trigonometri</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786059344081</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>LYS Matematik Fasikülleri Polinomlar</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786055247225</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>LYS Coğrafya Açık Uçlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9789759155018</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Resimli Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786059344265</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf TEOG 1 Sıralı Denemeli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>29.5</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786057958631</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Sayısal Mantık Geliştirme</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786057958891</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Türkçe Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786257153218</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>2021 5. Sınıf Fen Bilimleri Video Çözümlü Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786257153447</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>TYT Profesör Dil Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786257153454</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Profesör Paragraf - Hız Egzersizleriyle Rekor Denemeleri</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786057958846</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Evrensel Süper 7'li Deneme - Sayısal</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786057958839</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Evrensel Süper 7'li Deneme - Eşit Ağırlık</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786057958693</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>TYT-KPSS-DGS Promat Problemler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786057958549</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>AYT Biyoloji Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786057958532</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>AYT Fizik Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786057958525</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>AYT Kimya Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786057958563</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>TYT AYT Tarih Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786057958587</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>TYT Coğrafya Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786057958228</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>TYT K9 Video Çözümlü Deneme Sınavları</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786057958402</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>TYT Matematik Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786057958419</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>TYT Biyoloji Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786057958426</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>TYT Kimya Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786057958433</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>TYT Fizik Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786057958594</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Trigonometri</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786057958624</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Fen Bilimleri Video Çözümlü 20'li Deneme</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786257153119</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Fen Bilimleri Video Çözümlü Yeni Nesil Soru Bankası - Exatlon Serisi</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786055247256</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Biyoloji Video Çözümlü Soru Bankası 2019</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786057958761</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786057958754</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786057958747</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786057958471</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Tüm Dersler Konu Özetli Video Çözümlü Test Kitabı</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786256024878</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Tüm Dersler 6lı Sarmal Deneme</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786257153331</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf 6'lı Sarmal Deneme</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786055247850</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Patenler</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786052110775</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786256024014</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Sudoku</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>192.5</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786057958853</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS 1.Dönem Video Çözümlü 5'li Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786256392687</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Evrensel İletişim Yayınları 2.Sınıf Bilsem Tablet 5'li Deneme</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786057284044</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Bilsem Tablet Kıtabı</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786057284037</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Bilsem Tablet Kitabı</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786256392694</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>3.SINIF BİLSEM TABLET 5 Lİ DENEME</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786057284020</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Bilsem Tablet Kitabı</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786256392670</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>1.Sınıf Bilsem Tablet 5`li Deneme Evrensel İletişim Yayınları</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786256392939</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786256024007</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>İlkokullar İçin Mandala Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786052110782</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786055247324</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Eş,Yakın ve Zıt Anlamlı Kelimeler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9789756970690</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Şairler ve Yazarlar Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9789756970003</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Deyimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9789756970034</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Atasözleri sözlüğü Evrensel İletişim Yayınları</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9789756970478</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler ve Atasözleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9789759155681</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>azım Kılavuzu Büyük Boy (LİSE ÜNİVERSİTE)</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9789756970058</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Yazım Kılavuzu / İmla Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9789759155674</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Resimli İngilizce Sözlük(İLK ÖĞRETİM)</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9789759155643</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Atlas ( Karton kapak)</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786055247027</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Atlas ( Ciltli kapak )</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9789759155551</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Atlası</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9789759155544</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Orta Atlas</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9789759155605</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>İlk Atlas</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786052110898</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>TYT Tüm Dersler Konu Özetli Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786258050646</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Tüm Dersler Konu Özetli Soru Bankası Sayısal</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786258050653</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Tüm Dersler Konu Özetli Soru Bankası Eşit Ağırlık</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786256392304</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>8.Sınıf Tüm Dersler Yeni Nesil Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786052110911</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Tüm Dersler  Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786256024755</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Tüm Dersler Soru Bankası (Maarif Model)</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786256024243</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Evrensel iletişim 5. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786057958327</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Tüm Dersler Konu Anlatıml</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786052110799</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786057958440</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786256024748</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Tüm Dersler Soru Bankası (Maarif Model)</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
           <t>9786256024250</t>
         </is>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B460" s="1" t="inlineStr">
         <is>
           <t>1.Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
-      <c r="C35" s="1">
+      <c r="C460" s="1">
         <v>225</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>