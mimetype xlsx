--- v0 (2025-10-26)
+++ v1 (2026-03-22)
@@ -85,775 +85,1030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259984179</t>
+          <t>9786056585982</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kedi Uykusu</t>
+          <t>Çatlak'tan Sızanlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>84</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056710902</t>
+          <t>9786056585968</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Begonvilleri Beraber Öldürdük Sevgilim</t>
+          <t>İklimsiz</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>84</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057039392</t>
+          <t>9786058166721</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Masalı</t>
+          <t>Kurtar Beni Aşk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>84</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050690705</t>
+          <t>9786056585999</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tutundum Gözlerine</t>
+          <t>Son Buse</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>84</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259984162</t>
+          <t>9786056585975</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuğu</t>
+          <t>Osmanlı Kahvesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259984155</t>
+          <t>9786056585944</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Flu</t>
+          <t>Sebebim Olma</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050690750</t>
+          <t>9786056585937</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zerdali Çiçeği</t>
+          <t>Sana Kal Demeyeceğim</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>119</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259984148</t>
+          <t>9786056585920</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı</t>
+          <t>Bak Şu Kalbimin Eşine</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259984131</t>
+          <t>9786058166738</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Palas</t>
+          <t>Siyah ve Pembe</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>69</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259984117</t>
+          <t>9786056710933</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Benim Kalbim Dikdörtgen</t>
+          <t>Söylenecek Çok Şey Var</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>69</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259984124</t>
+          <t>9786056710940</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çokgözlü Mavi</t>
+          <t>İncil’i Yazdıktan Sonra</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>84</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259984100</t>
+          <t>9786056585913</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Büyüler ve Kurşunlar – Devrim Rüzgarları</t>
+          <t>Çayyaş</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>99</v>
+        <v>84</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057318480</t>
+          <t>9786057039361</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hayat</t>
+          <t>Balaban Hasan - El Turco</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>69</v>
+        <v>84</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057318411</t>
+          <t>9786050690781</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kovan</t>
+          <t>Papatya Dile Geldi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>109</v>
+        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057318428</t>
+          <t>9786050690774</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Geceye Notlar</t>
+          <t>Sizin Yaşamınızın Kıyısından</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057318435</t>
+          <t>9786058166790</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Durugörü</t>
+          <t>Nefesim Sensin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>99</v>
+        <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057318442</t>
+          <t>9786050690743</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çığlık Çığlığa</t>
+          <t>Farket</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>69</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057318459</t>
+          <t>9786259984179</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Büyü Bozumu</t>
+          <t>Kedi Uykusu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>69</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057318466</t>
+          <t>9786056710902</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaş Nasıl Kazanılır?</t>
+          <t>Begonvilleri Beraber Öldürdük Sevgilim</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057318473</t>
+          <t>9786057039392</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Babam Tahsin Bozoğlu Susurluk ve Biz</t>
+          <t>Sonbahar Masalı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>119</v>
+        <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057318404</t>
+          <t>9786050690705</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık İzler</t>
+          <t>Tutundum Gözlerine</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057039385</t>
+          <t>9786259984162</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Söyle Asi Kalbim</t>
+          <t>Kız Çocuğu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>69</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057039354</t>
+          <t>9786259984155</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Taş Kokusu</t>
+          <t>Flu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057039378</t>
+          <t>9786050690750</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Keçiboynuzu</t>
+          <t>Zerdali Çiçeği</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>109</v>
+        <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050690798</t>
+          <t>9786259984148</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma - Umut Kıyısı Serisi 1</t>
+          <t>Kitapçı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>84</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057039330</t>
+          <t>9786259984131</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ülkesi</t>
+          <t>İstanbul Palas</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057039347</t>
+          <t>9786259984117</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İçime Sen Düştü</t>
+          <t>Benim Kalbim Dikdörtgen</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057039323</t>
+          <t>9786259984124</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hiç'ten Notlar</t>
+          <t>Çokgözlü Mavi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057039316</t>
+          <t>9786259984100</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Bir Parçası</t>
+          <t>Büyüler ve Kurşunlar – Devrim Rüzgarları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>119</v>
+        <v>99</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057039309</t>
+          <t>9786057318480</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Papatyalar Solmadı</t>
+          <t>Kayıp Hayat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>84</v>
+        <v>69</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050690712</t>
+          <t>9786057318411</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nefti - Av Zamanı</t>
+          <t>Kovan</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>119</v>
+        <v>109</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050690729</t>
+          <t>9786057318428</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sorosun Çernobil</t>
+          <t>Geceye Notlar</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058166783</t>
+          <t>9786057318435</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Aradım</t>
+          <t>Durugörü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>69</v>
+        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050690767</t>
+          <t>9786057318442</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Çığlık Çığlığa</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>84</v>
+        <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050690736</t>
+          <t>9786057318459</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Enerji Avcıları</t>
+          <t>Büyü Bozumu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>84</v>
+        <v>69</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058166776</t>
+          <t>9786057318466</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Aşklar Sadece Masallarda mı?</t>
+          <t>Bir Savaş Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058166752</t>
+          <t>9786057318473</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İçindeki İyileştirici Gücü Uyandır</t>
+          <t>Babam Tahsin Bozoğlu Susurluk ve Biz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>69</v>
+        <v>119</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058166769</t>
+          <t>9786057318404</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Duble Külfet</t>
+          <t>Aydınlık İzler</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056710957</t>
+          <t>9786057039385</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Saklı Mısralar</t>
+          <t>Söyle Asi Kalbim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>84</v>
+        <v>69</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058166745</t>
+          <t>9786057039354</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Umuda Yolculuk</t>
+          <t>Taş Kokusu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>84</v>
+        <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058166714</t>
+          <t>9786057039378</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İstediğim Sorundan Başlayabilir Miyim?</t>
+          <t>Keçiboynuzu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>84</v>
+        <v>109</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058166707</t>
+          <t>9786050690798</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Saklı Deniz</t>
+          <t>Uçurtma - Umut Kıyısı Serisi 1</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056710995</t>
+          <t>9786057039330</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kış Uykusu</t>
+          <t>Hayal Ülkesi</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056710988</t>
+          <t>9786057039347</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Kırk Gün</t>
+          <t>İçime Sen Düştü</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056710971</t>
+          <t>9786057039323</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Gel</t>
+          <t>Hiç'ten Notlar</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056710964</t>
+          <t>9786057039316</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ay Balam</t>
+          <t>Kalbimin Bir Parçası</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056710926</t>
+          <t>9786057039309</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aşk Denizi</t>
+          <t>Papatyalar Solmadı</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056710919</t>
+          <t>9786050690712</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Öyküm Sensin</t>
+          <t>Nefti - Av Zamanı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>84</v>
+        <v>119</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
+          <t>9786050690729</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Sorosun Çernobil</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786058166783</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Kendimi Aradım</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786050690767</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Kuyu</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786050690736</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Enerji Avcıları</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786058166776</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Aşklar Sadece Masallarda mı?</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786058166752</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>İçindeki İyileştirici Gücü Uyandır</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786058166769</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Bir Duble Külfet</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786056710957</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Mısralar</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786058166745</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Yolculuk</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786058166714</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>İstediğim Sorundan Başlayabilir Miyim?</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786058166707</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Deniz</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786056710995</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Kış Uykusu</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786056710988</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Hayatım Kırk Gün</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786056710971</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Aşk İle Gel</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786056710964</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Ay Balam</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786056710926</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Denizi</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786056710919</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Öyküm Sensin</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
           <t>9786056585951</t>
         </is>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Gülüm</t>
         </is>
       </c>
-      <c r="C50" s="1">
+      <c r="C67" s="1">
         <v>84</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>