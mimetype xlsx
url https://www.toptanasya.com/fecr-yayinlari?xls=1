--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,12790 +85,13030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255576743</t>
+          <t>9786258724097</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ünsiyet Yazıları</t>
+          <t>Osmanlı'da Safevi Karşıtı Metinler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255576859</t>
+          <t>9786255576965</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Aile ve Din Eğitimi</t>
+          <t>Balkanlarda Bir Osmanlı Kazası İştip</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255576842</t>
+          <t>9786255576934</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>The Educational Philosophy of Abu Bakr al-Razi</t>
+          <t>Mesaratu'l-Galat fi'l-Edille</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255576804</t>
+          <t>9786255576910</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Medeni Sureler Işığında Ahlak</t>
+          <t>Zubaydah bint Ja'far</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255576811</t>
+          <t>9786255576903</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İşari Tefsirlerde Tabiat Sembolizmi</t>
+          <t>Abbasiler Döneminin Ünlü Kadın Siması Zübeyde bint Caʻfer</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255576668</t>
+          <t>9786255576897</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Muhalefet Ahlakı</t>
+          <t>Theodor Nöldeke’nin Kur’an’a Yaklaşımı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255576774</t>
+          <t>9786255576958</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İslam Eğitim ve Öğretim Geleneğinde Tefsir İlmi</t>
+          <t>Emevi Devleti Irak Genel Valilerinin Yönetim Anlayışı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255576767</t>
+          <t>9786255576736</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Ruhu Müdafaa Risalesi</t>
+          <t>İslam’ın Özü Özeti</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255576750</t>
+          <t>9786258724004</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Adli Psikiyatri</t>
+          <t>Kur’an’ın Cem‘inde Huzeyme’nin Kimliği</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>215</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255576729</t>
+          <t>9786255576880</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Son Temsilcisi Hz. Muhammed</t>
+          <t>Yapay Zeka ve İslam Hukuku Arasında Yeni Bir Kavramsal Çerçeve Algoritmik Fonogram Dil</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255576781</t>
+          <t>9786255576941</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Musannifin Zihin Haritası Tebvib</t>
+          <t>Tevhid ve Tarihi Seyri - Tasavvufi Bir Anlatı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255576606</t>
+          <t>9786255576835</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Farabi ve Maturidi’de Allah-Alem İlişkisi</t>
+          <t>İlk Dönem İslâm Toplumunda Doğu Roma-İran Etkisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255576712</t>
+          <t>9786255576927</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alusi’nin Razi Eleştirisi</t>
+          <t>Ahmed B. Muhammed B. Eyyub El-Verrak (Ö. 228/843) ve El-Megazi Nüshası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255576705</t>
+          <t>9786255576972</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Kelime Tahlili ve Tefsiri</t>
+          <t>Tenkitten Savunmaya</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255576651</t>
+          <t>9786255654182</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Küleyni ve Şii Düşünce Tarihindeki Yeri</t>
+          <t>Kur’an’ın Siyerine Giriş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255576699</t>
+          <t>9786255576866</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tehzibü'l-asar'ın İzinde</t>
+          <t>Şerhin Aynasında Harem – Selamlık</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255576682</t>
+          <t>9786255576743</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İskilipli Mehmed b. Ömer'in Hadis Usulü</t>
+          <t>Ünsiyet Yazıları</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255576675</t>
+          <t>9786255576859</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tunus’ta Tasavvufi Bir Direniş</t>
+          <t>Dijital Çağda Aile ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255576590</t>
+          <t>9786255576842</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Araştırmaları ve Yazımında Usul</t>
+          <t>The Educational Philosophy of Abu Bakr al-Razi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255576521</t>
+          <t>9786255576804</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İmanın ve Vicdanın Sesi</t>
+          <t>Medeni Sureler Işığında Ahlak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255576644</t>
+          <t>9786255576811</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte’de Mürsel Hadisler</t>
+          <t>İşari Tefsirlerde Tabiat Sembolizmi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255576637</t>
+          <t>9786255576668</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İktidar-Ulema İlişkisi</t>
+          <t>İktidar ve Muhalefet Ahlakı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255576620</t>
+          <t>9786255576774</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fakihi Ebü’l-Kasım es-Saffar ve İbadetler Alanı ile İlgili Fıkhi Görüşleri</t>
+          <t>İslam Eğitim ve Öğretim Geleneğinde Tefsir İlmi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255576613</t>
+          <t>9786255576767</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili Belagatında Kinaye</t>
+          <t>Adaletin Ruhu Müdafaa Risalesi</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255654069</t>
+          <t>9786255576750</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sönmüş Kandil</t>
+          <t>İslam Hukukunda Adli Psikiyatri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255576538</t>
+          <t>9786255576729</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İlmi Tefsir Hareketi</t>
+          <t>Vahyin Son Temsilcisi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255576507</t>
+          <t>9786255576781</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İstem Dışı Düşünce Olarak Havatır ve Dini Sorumluluk Değeri</t>
+          <t>Musannifin Zihin Haritası Tebvib</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255576484</t>
+          <t>9786255576606</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hindistan’da İsmaililik</t>
+          <t>Farabi ve Maturidi’de Allah-Alem İlişkisi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255576491</t>
+          <t>9786255576712</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hicri III. Asırda Mu’tezile-Şia Etkileşimi</t>
+          <t>Alusi’nin Razi Eleştirisi</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255576460</t>
+          <t>9786255576705</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Cemil Sıdki ez-Zehavi’nin Şiirlerinde Kadın</t>
+          <t>Amme Cüzü Kelime Tahlili ve Tefsiri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255576446</t>
+          <t>9786255576651</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sözdiziminin Klasik Kökenleri -Hatib el-İskâfi ve Lafzı Müteşabih Literatürü-</t>
+          <t>Küleyni ve Şii Düşünce Tarihindeki Yeri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255576408</t>
+          <t>9786255576699</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Filibeli Ahmed Hilmi’de Yeni İlm-i Kelam Düşüncesi</t>
+          <t>Tehzibü'l-asar'ın İzinde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255576415</t>
+          <t>9786255576682</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Haşiye Geleneğinde Haşiyetü’ş-Şihab</t>
+          <t>İskilipli Mehmed b. Ömer'in Hadis Usulü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255576422</t>
+          <t>9786255576675</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf-Nahiv İlişkisi</t>
+          <t>Tunus’ta Tasavvufi Bir Direniş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255576361</t>
+          <t>9786255576590</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kelamda İrade Problemi</t>
+          <t>İslam Tarihi Araştırmaları ve Yazımında Usul</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255576378</t>
+          <t>9786255576521</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Kelamında İstidlal Problemi</t>
+          <t>İmanın ve Vicdanın Sesi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255576385</t>
+          <t>9786255576644</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Kelamında Nübüvvet Tartışmaları</t>
+          <t>Kütüb-i Sitte’de Mürsel Hadisler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255576392</t>
+          <t>9786255576637</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Allah'ın İsimleri</t>
+          <t>İktidar-Ulema İlişkisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255576330</t>
+          <t>9786255576620</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ebu’t-Tayyib et-Taberi’nin Fıkıh Anlayışı</t>
+          <t>Hanefi Fakihi Ebü’l-Kasım es-Saffar ve İbadetler Alanı ile İlgili Fıkhi Görüşleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255576347</t>
+          <t>9786255576613</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mu'arız Haberler</t>
+          <t>Arap Dili Belagatında Kinaye</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255536310</t>
+          <t>9786255654069</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Felsefî Düşüncenin Dönüşümü</t>
+          <t>Sönmüş Kandil</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255576354</t>
+          <t>9786255576538</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İzler - Said Hoca’nın Anısına</t>
+          <t>İlmi Tefsir Hareketi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255576323</t>
+          <t>9786255576507</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İslam Yönetim Teorisine Göre İş Yönetimi</t>
+          <t>İstem Dışı Düşünce Olarak Havatır ve Dini Sorumluluk Değeri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255576293</t>
+          <t>9786255576484</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Minyatürlerle Osmanlı’da Dini Hayat (16-17. Yüzyıl)</t>
+          <t>Hindistan’da İsmaililik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255576309</t>
+          <t>9786255576491</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Uhud Savaşı ve Şehitleri</t>
+          <t>Hicri III. Asırda Mu’tezile-Şia Etkileşimi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255576248</t>
+          <t>9786255576460</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İsm-i Tafdil Kalıplarının Kur’an-ı Kerim’de Kullanımı</t>
+          <t>Cemil Sıdki ez-Zehavi’nin Şiirlerinde Kadın</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255576316</t>
+          <t>9786255576446</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İbazi Tefsir Geleneğinde Kur’an İlimleri</t>
+          <t>Sözdiziminin Klasik Kökenleri -Hatib el-İskâfi ve Lafzı Müteşabih Literatürü-</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255576286</t>
+          <t>9786255576408</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Tefsir Tartışmaları -Teftazani-Cürcani-Hafid-i Teftazani Örneği-</t>
+          <t>Filibeli Ahmed Hilmi’de Yeni İlm-i Kelam Düşüncesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255576262</t>
+          <t>9786255576415</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Ol! Ruhen ve Bedenen</t>
+          <t>Tefsir Haşiye Geleneğinde Haşiyetü’ş-Şihab</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255576279</t>
+          <t>9786255576422</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dini Kültürümüzün Anatomisi</t>
+          <t>Tasavvuf-Nahiv İlişkisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255576255</t>
+          <t>9786255576361</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bütünlüğünde İsra Suresi’nin Muhteva Analizi</t>
+          <t>Kelamda İrade Problemi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255576224</t>
+          <t>9786255576378</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in (sav) Hayatında Misvakın Yeri ve Önemi</t>
+          <t>İlk Dönem Kelamında İstidlal Problemi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255576200</t>
+          <t>9786255576385</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aktif Nakşî-Hâlidî Cemaatler</t>
+          <t>İlk Dönem Kelamında Nübüvvet Tartışmaları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255576231</t>
+          <t>9786255576392</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Semantik -Kur’ân Açısından Şiir ve Şuur-</t>
+          <t>Kur'an'da Allah'ın İsimleri</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255576217</t>
+          <t>9786255576330</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bakıllânî’nin İman ve Küfür Meselesine Yaklaşımı</t>
+          <t>Ebu’t-Tayyib et-Taberi’nin Fıkıh Anlayışı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255576170</t>
+          <t>9786255576347</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Râzî’de Dil İlimleri</t>
+          <t>Mu'arız Haberler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255576194</t>
+          <t>9786255536310</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eşʻarîlikte Fiilî Sıfatlar</t>
+          <t>Felsefî Düşüncenin Dönüşümü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255576163</t>
+          <t>9786255576354</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Delail Edebiyatı</t>
+          <t>İzler - Said Hoca’nın Anısına</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255576156</t>
+          <t>9786255576323</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İslâm Akâidi ve Kelâmında Âhirete Îmân -Sem‘iyyât/Meâd Bahisleri ve Âhiret Ahvâline İlişkin Konular-</t>
+          <t>İslam Yönetim Teorisine Göre İş Yönetimi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255576132</t>
+          <t>9786255576293</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Zemahşerî’nin Makâmeleri (Büyüklere Nasihat)</t>
+          <t>Minyatürlerle Osmanlı’da Dini Hayat (16-17. Yüzyıl)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255576040</t>
+          <t>9786255576309</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Albatros Sefaletin Bereketi (Ciltli)</t>
+          <t>Uhud Savaşı ve Şehitleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255576149</t>
+          <t>9786255576248</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Halife Mansûr-Billâh Döneminde Fâtımîler</t>
+          <t>İsm-i Tafdil Kalıplarının Kur’an-ı Kerim’de Kullanımı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255576095</t>
+          <t>9786255576316</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Râzî ve Âlûsî Tefsirlerinin Karşılaştırılması -Kur’ân ve Sünnet İlişkisi Bağlamında-</t>
+          <t>İbazi Tefsir Geleneğinde Kur’an İlimleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255576118</t>
+          <t>9786255576286</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Elbânî’de Metin Tenkidi -Zayıf ve Mevzû Hadisler-</t>
+          <t>Klasik Dönem Tefsir Tartışmaları -Teftazani-Cürcani-Hafid-i Teftazani Örneği-</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255576125</t>
+          <t>9786255576262</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadısının El Kitapları -Tercîhü’l-Beyyinât Risaleleri/Literatürü-</t>
+          <t>Sağlıklı Ol! Ruhen ve Bedenen</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255576101</t>
+          <t>9786255576279</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İslâm Hukuku Açısından Dijital Medyada Kişisel Hakların Korunması</t>
+          <t>Dini Kültürümüzün Anatomisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255576071</t>
+          <t>9786255576255</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Minnettarlık Kavramsal Teolojik ve Psikososyal Perspektiften Bir İnceleme</t>
+          <t>Kur’an Bütünlüğünde İsra Suresi’nin Muhteva Analizi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255576057</t>
+          <t>9786255576224</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Hadis Şerhlerinin Hadisleri Anlamamıza Etkisi</t>
+          <t>Hz. Peygamber’in (sav) Hayatında Misvakın Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255576088</t>
+          <t>9786255576200</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Maruf er-Rusafi ve Şiirleri</t>
+          <t>Türkiye’de Aktif Nakşî-Hâlidî Cemaatler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255576064</t>
+          <t>9786255576231</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İlmi Halk</t>
+          <t>Tefsirde Semantik -Kur’ân Açısından Şiir ve Şuur-</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255576033</t>
+          <t>9786255576217</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Numan Bin Sâbit -Ebu Hanife Hakkında Bağdat Tarihi'nde Söylenenler-</t>
+          <t>Bakıllânî’nin İman ve Küfür Meselesine Yaklaşımı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255576026</t>
+          <t>9786255576170</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Toplumun İnşasında İnsanın Rolü</t>
+          <t>Fahreddin Râzî’de Dil İlimleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255576002</t>
+          <t>9786255576194</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Oku! Anla! Yaşa! Kur’an’ın İzinde</t>
+          <t>Eşʻarîlikte Fiilî Sıfatlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255576019</t>
+          <t>9786255576163</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sünnetle Sabit Olan İbadetler</t>
+          <t>Delail Edebiyatı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256123977</t>
+          <t>9786255576156</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd’ün Batı Felsefesindeki Mirası</t>
+          <t>İslâm Akâidi ve Kelâmında Âhirete Îmân -Sem‘iyyât/Meâd Bahisleri ve Âhiret Ahvâline İlişkin Konular-</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256123991</t>
+          <t>9786255576132</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İbn Mâce ve Sünen’i -Muhteva-Metod-Literatür-</t>
+          <t>Zemahşerî’nin Makâmeleri (Büyüklere Nasihat)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256123960</t>
+          <t>9786255576040</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Er-Riâye Bi-Vasiyyeti’l-Müridîn fî Mekârimi’l-Ahlâk</t>
+          <t>Albatros Sefaletin Bereketi (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>580</v>
+        <v>460</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256123946</t>
+          <t>9786255576149</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İslâm Medeniyetinde Şehir ve Erdem</t>
+          <t>Halife Mansûr-Billâh Döneminde Fâtımîler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256123939</t>
+          <t>9786255576095</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Nûr Suresinin Tefsiri</t>
+          <t>Râzî ve Âlûsî Tefsirlerinin Karşılaştırılması -Kur’ân ve Sünnet İlişkisi Bağlamında-</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256123922</t>
+          <t>9786255576118</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Sosyolojisi</t>
+          <t>Elbânî’de Metin Tenkidi -Zayıf ve Mevzû Hadisler-</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256123915</t>
+          <t>9786255576125</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İdil (Volga) Bulgar Devleti ve Hukukî Yapısı</t>
+          <t>Osmanlı Kadısının El Kitapları -Tercîhü’l-Beyyinât Risaleleri/Literatürü-</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256123908</t>
+          <t>9786255576101</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Bir Yaklaşım Olarak Makâsıdu’l-Kur’an</t>
+          <t>İslâm Hukuku Açısından Dijital Medyada Kişisel Hakların Korunması</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256123984</t>
+          <t>9786255576071</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Dünyamızda Babanzade Ahmed Naim ve Felsefesi</t>
+          <t>Kur’an’da Minnettarlık Kavramsal Teolojik ve Psikososyal Perspektiften Bir İnceleme</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059652155</t>
+          <t>9786255576057</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan Psikolojisi</t>
+          <t>Klasik Dönem Hadis Şerhlerinin Hadisleri Anlamamıza Etkisi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256602069</t>
+          <t>9786255576088</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İslam Mezhepleri</t>
+          <t>Maruf er-Rusafi ve Şiirleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059652896</t>
+          <t>9786255576064</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sözleri 1</t>
+          <t>İlmi Halk</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>475</v>
+        <v>420</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057570185</t>
+          <t>9786255576033</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hadis Rivayetinde Ali ve Nazil İsnad Buhari'nin Sülasiyyat'ı</t>
+          <t>Numan Bin Sâbit -Ebu Hanife Hakkında Bağdat Tarihi'nde Söylenenler-</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257879019</t>
+          <t>9786255576026</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Tefsir Geleneğinde Eleştiri; Bahru’l-Muhit Örneği</t>
+          <t>Erdemli Toplumun İnşasında İnsanın Rolü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>605</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059652964</t>
+          <t>9786255576002</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Medreselerinde Ders Vekâleti ve Meclis-i Mesâlih-i Talebe</t>
+          <t>Oku! Anla! Yaşa! Kur’an’ın İzinde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055482091</t>
+          <t>9786255576019</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mutezile’nin Kur’an Müdafaası</t>
+          <t>Sünnetle Sabit Olan İbadetler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057570048</t>
+          <t>9786256123977</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Tarihi 2</t>
+          <t>İbn Rüşd’ün Batı Felsefesindeki Mirası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057570871</t>
+          <t>9786256123991</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra’da Ölüm Sonrası Hayat</t>
+          <t>İbn Mâce ve Sünen’i -Muhteva-Metod-Literatür-</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059652063</t>
+          <t>9786256123960</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Şamua, Metinsiz) (Ciltli)</t>
+          <t>Er-Riâye Bi-Vasiyyeti’l-Müridîn fî Mekârimi’l-Ahlâk</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256123106</t>
+          <t>9786256123946</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İçtihat Kapısının Ötesi</t>
+          <t>İslâm Medeniyetinde Şehir ve Erdem</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256123816</t>
+          <t>9786256123939</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yaşatma Aşkına Gönül Verenler</t>
+          <t>Nûr Suresinin Tefsiri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256123670</t>
+          <t>9786256123922</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyete Geçiş Döneminde Fıkhî Açıdan Muhammed İhsan Oğuz</t>
+          <t>İslam Hukuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256123502</t>
+          <t>9786256123915</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ahlâk-ı Nâsırî</t>
+          <t>İdil (Volga) Bulgar Devleti ve Hukukî Yapısı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256123892</t>
+          <t>9786256123908</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İslâm Hukukunda Borcun Zekât Yükümlülüğüne Etkisi</t>
+          <t>Çağdaş Bir Yaklaşım Olarak Makâsıdu’l-Kur’an</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256123380</t>
+          <t>9786256123984</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İlmihall 1 Kavramlar</t>
+          <t>Düşünce Dünyamızda Babanzade Ahmed Naim ve Felsefesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256123786</t>
+          <t>9786059652155</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Müsteşrik Julius Reiner’in İslâm’a ve Hz. Muhammed’e Yaklaşımı</t>
+          <t>Kur'an'da İnsan Psikolojisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256123663</t>
+          <t>9786256602069</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Bedî‘ İlmi</t>
+          <t>Sorularla İslam Mezhepleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256123694</t>
+          <t>9786059652896</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân Yorumunda Dilbilimsel Tefsirin İşlevi (İʿrâz/Yüz Çevirmek Örneği)</t>
+          <t>Yalnızlık Sözleri 1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>305</v>
+        <v>475</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256123823</t>
+          <t>9786057570185</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Emin Erbilî ve Tasavvufî Düşüncesi -Nakşibendiliğin Mısır'daki Öncüsü-</t>
+          <t>Hadis Rivayetinde Ali ve Nazil İsnad Buhari'nin Sülasiyyat'ı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>145</v>
+        <v>205</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256123793</t>
+          <t>9786257879019</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Temel Mantığa Giriş</t>
+          <t>Endülüs Tefsir Geleneğinde Eleştiri; Bahru’l-Muhit Örneği</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>145</v>
+        <v>605</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256123861</t>
+          <t>9786059652964</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kemalpaşazâde’nin Mâhiyet Teorisi</t>
+          <t>Son Dönem Osmanlı Medreselerinde Ders Vekâleti ve Meclis-i Mesâlih-i Talebe</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>385</v>
+        <v>265</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256123847</t>
+          <t>9786055482091</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Akademik Kelâm Yazıları -II- (Ahlak, Bilgi, İman, Nedensellik, Kötülük, İnsan Fiilleri, Meâd, Yöntem)</t>
+          <t>Mutezile’nin Kur’an Müdafaası</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256123854</t>
+          <t>9786057570048</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>XIII. Yüzyıl İslam Düşüncesinde Mantığın Yeniden İnşası</t>
+          <t>Medeniyet Tarihi 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256123731</t>
+          <t>9786057570871</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Azmi Bişara’nın Milliyetçilik Düşüncesinin Eleştirisi</t>
+          <t>Molla Sadra’da Ölüm Sonrası Hayat</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256123762</t>
+          <t>9786059652063</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Teodise ve Deizm’e Kur’an’dan Cevaplar</t>
+          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Şamua, Metinsiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256123809</t>
+          <t>9786256123106</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân’ın Nüzûlü ve Kadr Sûresi Tefsiri</t>
+          <t>İçtihat Kapısının Ötesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256123700</t>
+          <t>9786256123816</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Vehhâbîliğe Yazılan Reddiyeler ve Analizi Osmanlılar Dönemi (1732-1818)</t>
+          <t>Yaşatma Aşkına Gönül Verenler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>510</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256123755</t>
+          <t>9786256123670</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Maveraünnehir’den Anadolu’ya Hadis ve İlim/İrfan Geleneği</t>
+          <t>Osmanlı’dan Cumhuriyete Geçiş Döneminde Fıkhî Açıdan Muhammed İhsan Oğuz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>685</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256123779</t>
+          <t>9786256123502</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da İlim ve Kültür Şahıslar Seçkisi</t>
+          <t>Ahlâk-ı Nâsırî</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256123748</t>
+          <t>9786256123892</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Yorumlama Yöntemleri (Tahlîlî/Analitik – İcmâlî/Özsel – Mukâren/Karşılaştırmalı – Mevzûî/Konulu)</t>
+          <t>İslâm Hukukunda Borcun Zekât Yükümlülüğüne Etkisi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256123724</t>
+          <t>9786256123380</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Rusya Federasyonu’nda İslam Hukukuna Dair Akademik Çalışmalar (1991-2017)</t>
+          <t>İlmihall 1 Kavramlar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256123717</t>
+          <t>9786256123786</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Kişiliğinin Kur’ân’a Yansımaları</t>
+          <t>Müsteşrik Julius Reiner’in İslâm’a ve Hz. Muhammed’e Yaklaşımı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256123687</t>
+          <t>9786256123663</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye’nin Aristoteles Mantığına Yönelik Eleştirisi</t>
+          <t>Arap Dilinde Bedî‘ İlmi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>210</v>
+        <v>155</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256123601</t>
+          <t>9786256123694</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tefsirde Güncel Konular-1 (Sorunlar-Problemler-Çözüm Önerileri)</t>
+          <t>Kur’ân Yorumunda Dilbilimsel Tefsirin İşlevi (İʿrâz/Yüz Çevirmek Örneği)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256123595</t>
+          <t>9786256123823</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Müfessir Olarak İmam Taberî ve Tefsir Metodolojisi</t>
+          <t>Muhammed Emin Erbilî ve Tasavvufî Düşüncesi -Nakşibendiliğin Mısır'daki Öncüsü-</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>285</v>
+        <v>145</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256123588</t>
+          <t>9786256123793</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bir Müfessir Olarak İmam Kurtubî’nin Tefsir Metodolojisi</t>
+          <t>Temel Mantığa Giriş</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>410</v>
+        <v>145</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256123564</t>
+          <t>9786256123861</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Hayatında Kayıp Din İslam</t>
+          <t>Kemalpaşazâde’nin Mâhiyet Teorisi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>385</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256123830</t>
+          <t>9786256123847</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da İlim ve Kültür Eserler Seçkisi</t>
+          <t>Akademik Kelâm Yazıları -II- (Ahlak, Bilgi, İman, Nedensellik, Kötülük, İnsan Fiilleri, Meâd, Yöntem)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256123656</t>
+          <t>9786256123854</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mü’min Kişiliğin Mânevî Oluşumu - Erken Dönem Mekkî Sûrelerde-</t>
+          <t>XIII. Yüzyıl İslam Düşüncesinde Mantığın Yeniden İnşası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256123649</t>
+          <t>9786256123731</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Yenileşme</t>
+          <t>Azmi Bişara’nın Milliyetçilik Düşüncesinin Eleştirisi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>540</v>
+        <v>230</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256123618</t>
+          <t>9786256123762</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Bir Dönüm Noktası Hudeybiye Antlaşması</t>
+          <t>Teodise ve Deizm’e Kur’an’dan Cevaplar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256123557</t>
+          <t>9786256123809</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Âsım’ın Nesli Bedeni Sıhhatli Karakteri Sağlam Özlenen Nesil</t>
+          <t>Kur’ân’ın Nüzûlü ve Kadr Sûresi Tefsiri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256123540</t>
+          <t>9786256123700</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>TBMM’de Buhârî</t>
+          <t>Vehhâbîliğe Yazılan Reddiyeler ve Analizi Osmanlılar Dönemi (1732-1818)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>330</v>
+        <v>510</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256123533</t>
+          <t>9786256123755</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İstismarı</t>
+          <t>Maveraünnehir’den Anadolu’ya Hadis ve İlim/İrfan Geleneği</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>135</v>
+        <v>685</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256123571</t>
+          <t>9786256123779</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kıraatlerin Ahkâm Tefsirlerine Yansıması ve Etkileri</t>
+          <t>Osmanlı’da İlim ve Kültür Şahıslar Seçkisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256123526</t>
+          <t>9786256123748</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mâtürîdî Niçin İhmal Edilmiş Olmalı?</t>
+          <t>Tefsir Yorumlama Yöntemleri (Tahlîlî/Analitik – İcmâlî/Özsel – Mukâren/Karşılaştırmalı – Mevzûî/Konulu)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>305</v>
+        <v>230</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256123496</t>
+          <t>9786256123724</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Çağında Osmanlı Mezhepler Tarihi Yazıcılığı</t>
+          <t>Rusya Federasyonu’nda İslam Hukukuna Dair Akademik Çalışmalar (1991-2017)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256123489</t>
+          <t>9786256123717</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eş‘arî Atomculuğu -Erken Dönem Eş‘arî Kelâmında Cevher Anlayışı-</t>
+          <t>Hz. Muhammed’in Kişiliğinin Kur’ân’a Yansımaları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256123304</t>
+          <t>9786256123687</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kıraat-ı Aşere Usûlü ve Uygulamaları (Şâtibiyye ve Dürre Tarikleri)</t>
+          <t>İbn Teymiyye’nin Aristoteles Mantığına Yönelik Eleştirisi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256123465</t>
+          <t>9786256123601</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sünnî ve Şiî Kaynaklara Göre Gazve ve Seriyyelerde Hz. Ali (eş-Şâmî ve el-Meclisî Örneği)</t>
+          <t>Kur’an ve Tefsirde Güncel Konular-1 (Sorunlar-Problemler-Çözüm Önerileri)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256123373</t>
+          <t>9786256123595</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dawr al-abawayn fī al-bināʾ al-ʿaqadī ʿinda al-aṭfāl al-īmān bi-Allāh wa al-yawm al-ākhir anmūdhajan</t>
+          <t>Bir Müfessir Olarak İmam Taberî ve Tefsir Metodolojisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>255</v>
+        <v>285</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256123625</t>
+          <t>9786256123588</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Din-Siyaset İlişkisi-3 Abbâsiler Dönemi−Dinin Hayatından Hayatın Dinine−</t>
+          <t>Bir Müfessir Olarak İmam Kurtubî’nin Tefsir Metodolojisi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256123519</t>
+          <t>9786256123564</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Rusçuklu Ali Fethî Efendi Hayatı Eserleri ve Hilye-i Sultânî’si</t>
+          <t>Müslümanların Hayatında Kayıp Din İslam</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256123472</t>
+          <t>9786256123830</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub’un İman Düşüncesi</t>
+          <t>Osmanlı’da İlim ve Kültür Eserler Seçkisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>155</v>
+        <v>265</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256123458</t>
+          <t>9786256123656</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İlk Tefsir Örneklerinden Kitâbu’l-Lugât fi’l-Kur’ân Üzerine Bir İnceleme</t>
+          <t>Mü’min Kişiliğin Mânevî Oluşumu - Erken Dönem Mekkî Sûrelerde-</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256123427</t>
+          <t>9786256123649</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’te Tasavvufi Yorum -İbn Berrecân’ın Vahiy Anlayışı-</t>
+          <t>Arapça Öğretiminde Yenileşme</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256123397</t>
+          <t>9786256123618</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İlmihall 2 İbadetler</t>
+          <t>İslam Tarihinde Bir Dönüm Noktası Hudeybiye Antlaşması</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256123335</t>
+          <t>9786256123557</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Rab ve İlâh</t>
+          <t>Âsım’ın Nesli Bedeni Sıhhatli Karakteri Sağlam Özlenen Nesil</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256123434</t>
+          <t>9786256123540</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Muhsin Kavramı</t>
+          <t>TBMM’de Buhârî</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256123410</t>
+          <t>9786256123533</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İlmihall 4 Yasaklar</t>
+          <t>Kur’an İstismarı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256123403</t>
+          <t>9786256123571</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İlmihall 3 Emirler</t>
+          <t>Kıraatlerin Ahkâm Tefsirlerine Yansıması ve Etkileri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256123366</t>
+          <t>9786256123526</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Romanında Metinlerarasılık</t>
+          <t>Mâtürîdî Niçin İhmal Edilmiş Olmalı?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256123359</t>
+          <t>9786256123496</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Amr b. Âs Hayatı Rivâyetleri Tenkitler</t>
+          <t>İmparatorluk Çağında Osmanlı Mezhepler Tarihi Yazıcılığı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256123342</t>
+          <t>9786256123489</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Suddî’nin Tefsirine Hermenötik Bir Okuma</t>
+          <t>Eş‘arî Atomculuğu -Erken Dönem Eş‘arî Kelâmında Cevher Anlayışı-</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256123328</t>
+          <t>9786256123304</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Mâtürîdîlik Mezhebinin Etkisi</t>
+          <t>Kıraat-ı Aşere Usûlü ve Uygulamaları (Şâtibiyye ve Dürre Tarikleri)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256123311</t>
+          <t>9786256123465</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Konya Bölge Yazma Eserler Kütüphanesi’ndeki Âyet Konulu Tefsir Risâleleri Üzerine Bir İnceleme</t>
+          <t>Sünnî ve Şiî Kaynaklara Göre Gazve ve Seriyyelerde Hz. Ali (eş-Şâmî ve el-Meclisî Örneği)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>610</v>
+        <v>160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256123236</t>
+          <t>9786256123373</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Tefsirde Sosyal Hayat</t>
+          <t>Dawr al-abawayn fī al-bināʾ al-ʿaqadī ʿinda al-aṭfāl al-īmān bi-Allāh wa al-yawm al-ākhir anmūdhajan</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>325</v>
+        <v>255</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256123298</t>
+          <t>9786256123625</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Buhari’nin Sahih’inde Dört Mezhebe Göre Amel Edilmeyen Hadisler (Tahlil ve Tenkid)</t>
+          <t>Din-Siyaset İlişkisi-3 Abbâsiler Dönemi−Dinin Hayatından Hayatın Dinine−</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256123281</t>
+          <t>9786256123519</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriati’nin Dinler Tarihi Metodolojisi</t>
+          <t>Rusçuklu Ali Fethî Efendi Hayatı Eserleri ve Hilye-i Sultânî’si</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256123274</t>
+          <t>9786256123472</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Leyale Sor Beni - Gece Yazıları</t>
+          <t>Seyyid Kutub’un İman Düşüncesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256123267</t>
+          <t>9786256123458</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Son Döneminde Suriyeli Bir Müfessir -Cemalüddin el-Kasımi ve Mehasinü’t-Te’vil Adlı Tefsiri-</t>
+          <t>İlk Tefsir Örneklerinden Kitâbu’l-Lugât fi’l-Kur’ân Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256123250</t>
+          <t>9786256123427</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Eser-Rey İhtilafında Gumari’nin Kevseri’ye Eleştirileri</t>
+          <t>Endülüs’te Tasavvufi Yorum -İbn Berrecân’ın Vahiy Anlayışı-</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256123243</t>
+          <t>9786256123397</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Cabiri’nin İrfan Eleştirisi -Şiilik Bağlamında-</t>
+          <t>İlmihall 2 İbadetler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256123212</t>
+          <t>9786256123335</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Nihayet Mertebeleri ve Tevhidin Hakikati - Hace Abdullah el-Ensarİ el- Herevi’ye Göre-</t>
+          <t>Kur’an’da Rab ve İlâh</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256123182</t>
+          <t>9786256123434</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve İran’da Yükseköğretim Sistemi - Karşılaştırmalı Bir Yaklaşım</t>
+          <t>Kur’an’da Muhsin Kavramı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>310</v>
+        <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256123069</t>
+          <t>9786256123410</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin er-Razi’nin Hüsün ve Kubuh Meselesine Yaklaşımı -el- Metalibü’l-Aliye Ekseninde Bir Değerlendirme</t>
+          <t>İlmihall 4 Yasaklar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256123120</t>
+          <t>9786256123403</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Düşüncesi Açısından Eşcinsellik</t>
+          <t>İlmihall 3 Emirler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>370</v>
+        <v>145</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256123151</t>
+          <t>9786256123366</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şihabeddin Ömer Sühreverdi’nin Felsefe Eleştirisi</t>
+          <t>Çağdaş Arap Romanında Metinlerarasılık</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256123168</t>
+          <t>9786256123359</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Uşşakilik’te Dini Musiki - Asitane Örneği</t>
+          <t>Amr b. Âs Hayatı Rivâyetleri Tenkitler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256123175</t>
+          <t>9786256123342</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Peace Negotiations in Islamic Jurisprudence - Its Rulings and Conditions</t>
+          <t>Suddî’nin Tefsirine Hermenötik Bir Okuma</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256123205</t>
+          <t>9786256123328</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İstidrakatu’t-Tebrizi fi Tefsirihi ‘ale’z-Zemahşeri fi’n-nısfi’l-evvel mine’l- Kur’ani’l-Kerîm</t>
+          <t>Mısır’da Mâtürîdîlik Mezhebinin Etkisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256123199</t>
+          <t>9786256123311</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yemen’in Altın Çağı Resuliler Dönemi (626-858/1229-1454) -Siyasi Tarih ve Sosyo-Kültürel Hayat</t>
+          <t>Konya Bölge Yazma Eserler Kütüphanesi’ndeki Âyet Konulu Tefsir Risâleleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>480</v>
+        <v>610</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256123144</t>
+          <t>9786256123236</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şa‘Bi Ve İslam Tarihi Rivayetleri</t>
+          <t>Klasik ve Modern Tefsirde Sosyal Hayat</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256123076</t>
+          <t>9786256123298</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ebu Said Muhammed el-Hadimi ve Fıkhi Meselelere Yaklaşımı</t>
+          <t>Buhari’nin Sahih’inde Dört Mezhebe Göre Amel Edilmeyen Hadisler (Tahlil ve Tenkid)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256123007</t>
+          <t>9786256123281</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin er-Razi’de Bilgi ve Yöntem</t>
+          <t>Ali Şeriati’nin Dinler Tarihi Metodolojisi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256123137</t>
+          <t>9786256123274</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Klasik Tefsir Ekolleri ve Örnek Metinleri</t>
+          <t>Leyale Sor Beni - Gece Yazıları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>415</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256123083</t>
+          <t>9786256123267</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sıralı Tefsir Geleneğinde Kayıp Halka Molla Huveyş ve Beyanü’l- Meani’si</t>
+          <t>Osmanlı Son Döneminde Suriyeli Bir Müfessir -Cemalüddin el-Kasımi ve Mehasinü’t-Te’vil Adlı Tefsiri-</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256602915</t>
+          <t>9786256123250</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ticari Uyuşmazlıklarda Arabuluculuk</t>
+          <t>Eser-Rey İhtilafında Gumari’nin Kevseri’ye Eleştirileri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256123113</t>
+          <t>9786256123243</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Zengi ile Selahaddin Eyyubi’nin Gölgesinde Bir Lider Esedüddin Şirkuh</t>
+          <t>Cabiri’nin İrfan Eleştirisi -Şiilik Bağlamında-</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256123090</t>
+          <t>9786256123212</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Medine Dönemi’nde Hz. Peygamber’in Karar Alma Süreçleri</t>
+          <t>Nihayet Mertebeleri ve Tevhidin Hakikati - Hace Abdullah el-Ensarİ el- Herevi’ye Göre-</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256602977</t>
+          <t>9786256123182</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ayetleri Işığında Nefs ve Şeytan</t>
+          <t>Türkiye ve İran’da Yükseköğretim Sistemi - Karşılaştırmalı Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>325</v>
+        <v>310</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256123052</t>
+          <t>9786256123069</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Gayrimüslim Vatandaşların Temel Hak ve Özgürlükleri</t>
+          <t>Fahreddin er-Razi’nin Hüsün ve Kubuh Meselesine Yaklaşımı -el- Metalibü’l-Aliye Ekseninde Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>305</v>
+        <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256123038</t>
+          <t>9786256123120</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dil-Coğrafya İlişkisi Bağlamında Arapça</t>
+          <t>İslam Hukuk Düşüncesi Açısından Eşcinsellik</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258304213</t>
+          <t>9786256123151</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile'nin Fıkıh Usulü Anlayışı</t>
+          <t>Şihabeddin Ömer Sühreverdi’nin Felsefe Eleştirisi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256602854</t>
+          <t>9786256123168</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Yaşam-2</t>
+          <t>Uşşakilik’te Dini Musiki - Asitane Örneği</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>160</v>
+        <v>285</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256602939</t>
+          <t>9786256123175</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>XIX. ve XX. Asır Kazan Alimlerinin Hadis ve Sünnet Anlayışı</t>
+          <t>Peace Negotiations in Islamic Jurisprudence - Its Rulings and Conditions</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256602946</t>
+          <t>9786256123205</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Işığında İnsan ve Hayat Üzerine Denemeler</t>
+          <t>İstidrakatu’t-Tebrizi fi Tefsirihi ‘ale’z-Zemahşeri fi’n-nısfi’l-evvel mine’l- Kur’ani’l-Kerîm</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256602953</t>
+          <t>9786256123199</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminin İktisadi Yapısı</t>
+          <t>Yemen’in Altın Çağı Resuliler Dönemi (626-858/1229-1454) -Siyasi Tarih ve Sosyo-Kültürel Hayat</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256602960</t>
+          <t>9786256123144</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Tekbir ve Kıraat İlmindeki Yeri</t>
+          <t>Şa‘Bi Ve İslam Tarihi Rivayetleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256602984</t>
+          <t>9786256123076</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Fıkh-ı Ekber Şerhleri ve Kader</t>
+          <t>Ebu Said Muhammed el-Hadimi ve Fıkhi Meselelere Yaklaşımı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256602991</t>
+          <t>9786256123007</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ehl-İ Sünnet’te Farklılaşma -Eş’ari-Matüridi İhtilafı-</t>
+          <t>Fahreddin er-Razi’de Bilgi ve Yöntem</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>335</v>
+        <v>320</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256123014</t>
+          <t>9786256123137</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İbn Hacer El-Heytemi ve Hadis İlmindeki Yeri</t>
+          <t>Klasik Tefsir Ekolleri ve Örnek Metinleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>380</v>
+        <v>415</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256123021</t>
+          <t>9786256123083</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fasid Akit Teorisi -Borçlar Hukuku Açısından</t>
+          <t>Nüzul Sıralı Tefsir Geleneğinde Kayıp Halka Molla Huveyş ve Beyanü’l- Meani’si</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>380</v>
+        <v>215</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256602908</t>
+          <t>9786256602915</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Kamu Davasının Açılması</t>
+          <t>Ticari Uyuşmazlıklarda Arabuluculuk</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256602922</t>
+          <t>9786256123113</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Asım Kıraatı’nın Ebu Bekr Şu’be Rivayeti ve Tefsire Etkisi</t>
+          <t>Nureddin Zengi ile Selahaddin Eyyubi’nin Gölgesinde Bir Lider Esedüddin Şirkuh</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>145</v>
+        <v>205</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256602373</t>
+          <t>9786256123090</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Modern Yönelişlerin Tefsir Üzerindeki Etkileri</t>
+          <t>Medine Dönemi’nde Hz. Peygamber’in Karar Alma Süreçleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256602878</t>
+          <t>9786256602977</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>et-Teracü' fi'l-Alakati'l-Ürdüniyye ve'l-Britaniyye fi'l-Fetra 1956-2020</t>
+          <t>Kur’an Ayetleri Işığında Nefs ve Şeytan</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256602861</t>
+          <t>9786256123052</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufu Anlamak</t>
+          <t>İslam Hukukunda Gayrimüslim Vatandaşların Temel Hak ve Özgürlükleri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>330</v>
+        <v>305</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258304459</t>
+          <t>9786256123038</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Katla'l-Kur'an'daki Kıssalarda Geçen Ayetlerin Sa'lebi'ye Göre Tefsiri</t>
+          <t>Dil-Coğrafya İlişkisi Bağlamında Arapça</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256602847</t>
+          <t>9786258304213</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kufe'nin Karisi Asım B. Behdele'nin Rivayet Etmiş Olduğu Hadislerin Tahric ve Tenkidi</t>
+          <t>Mu'tezile'nin Fıkıh Usulü Anlayışı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256602830</t>
+          <t>9786256602854</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Mütekaddimin Dönem Kelamında Arazlar Meselesi</t>
+          <t>Yazı ve Yaşam-2</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256602823</t>
+          <t>9786256602939</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kural ve Hayat</t>
+          <t>XIX. ve XX. Asır Kazan Alimlerinin Hadis ve Sünnet Anlayışı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256602816</t>
+          <t>9786256602946</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Şıı Fıkıh Usulünde Akıl ve Kıyas Anlayışı</t>
+          <t>Vahyin Işığında İnsan ve Hayat Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256602786</t>
+          <t>9786256602953</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hilalin Gölgesindeki Haç İslam Hukuku Perspektifinden Kilise</t>
+          <t>Hz. Peygamber Döneminin İktisadi Yapısı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>245</v>
+        <v>370</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256602809</t>
+          <t>9786256602960</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Zekat Nisabı Bağlamında Fakirlik ve Kifayet</t>
+          <t>Tekbir ve Kıraat İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256602779</t>
+          <t>9786256602984</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sunenu'l-Erbaa'daki Namaz Zekat Oruç Hac Hadisleri</t>
+          <t>Fıkh-ı Ekber Şerhleri ve Kader</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256602793</t>
+          <t>9786256602991</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular Dönemi Din-Siyaset İlişkisi</t>
+          <t>Ehl-İ Sünnet’te Farklılaşma -Eş’ari-Matüridi İhtilafı-</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>310</v>
+        <v>335</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256602755</t>
+          <t>9786256123014</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kıraatlerde Tevkifîlik ve İctihadilik Olgusu</t>
+          <t>İbn Hacer El-Heytemi ve Hadis İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>405</v>
+        <v>380</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256602748</t>
+          <t>9786256123021</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Allah - İnsan İletişimi</t>
+          <t>Hanefi Fasid Akit Teorisi -Borçlar Hukuku Açısından</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256602762</t>
+          <t>9786256602908</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kahire'nin Kurucusu Fatımi Halifesi Mu'izz-Lidinillah</t>
+          <t>İslam Hukukunda Kamu Davasının Açılması</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>385</v>
+        <v>290</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256602731</t>
+          <t>9786256602922</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Şii Gelenekte Felsefe Karşıtlığı</t>
+          <t>Asım Kıraatı’nın Ebu Bekr Şu’be Rivayeti ve Tefsire Etkisi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>370</v>
+        <v>145</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059652308</t>
+          <t>9786256602373</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Psikoloji</t>
+          <t>Modern Yönelişlerin Tefsir Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256602601</t>
+          <t>9786256602878</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen - Ali Şeriati ve Sonrası</t>
+          <t>et-Teracü' fi'l-Alakati'l-Ürdüniyye ve'l-Britaniyye fi'l-Fetra 1956-2020</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256602694</t>
+          <t>9786256602861</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bilim - Din İlişkisi</t>
+          <t>Tasavvufu Anlamak</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256602724</t>
+          <t>9786258304459</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Anlamı İzinde Yusuf Suresi</t>
+          <t>Katla'l-Kur'an'daki Kıssalarda Geçen Ayetlerin Sa'lebi'ye Göre Tefsiri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256602700</t>
+          <t>9786256602847</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kıraat Edebiyatında ve Tedrisatında Manzum Eser Geleneği</t>
+          <t>Kufe'nin Karisi Asım B. Behdele'nin Rivayet Etmiş Olduğu Hadislerin Tahric ve Tenkidi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256602649</t>
+          <t>9786256602830</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Merkezine Hikmet Yolculuğu</t>
+          <t>Mütekaddimin Dönem Kelamında Arazlar Meselesi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>735</v>
+        <v>440</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256602656</t>
+          <t>9786256602823</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Söz’den Öz’e</t>
+          <t>Kur’an Kural ve Hayat</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256602663</t>
+          <t>9786256602816</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hadise Modern Yaklaşımlar Ahmed Emiin</t>
+          <t>Klasik Dönem Şıı Fıkıh Usulünde Akıl ve Kıyas Anlayışı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>135</v>
+        <v>285</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256602687</t>
+          <t>9786256602786</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslümanlara Dair Evail Söylemi</t>
+          <t>Hilalin Gölgesindeki Haç İslam Hukuku Perspektifinden Kilise</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256602717</t>
+          <t>9786256602809</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fetva Emini Gedizli Mehmed Efendi’nin (1752-1837) Eserleri Üzerine Yazılan Takrizler</t>
+          <t>Zekat Nisabı Bağlamında Fakirlik ve Kifayet</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256602625</t>
+          <t>9786256602779</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii ve Müsned Şerhi</t>
+          <t>Sunenu'l-Erbaa'daki Namaz Zekat Oruç Hac Hadisleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256602670</t>
+          <t>9786256602793</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kelam-Fıkıh Usulü İlişkisi</t>
+          <t>Büyük Selçuklular Dönemi Din-Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256602632</t>
+          <t>9786256602755</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İ'cazü'l-Kur'an</t>
+          <t>Kıraatlerde Tevkifîlik ve İctihadilik Olgusu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>545</v>
+        <v>405</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256602595</t>
+          <t>9786256602748</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l-Mutahhar El-Hilli’nin Metafizik Anlayışı</t>
+          <t>Allah - İnsan İletişimi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256602618</t>
+          <t>9786256602762</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm’ın ‘el-Muhalla’sında Ele Aldığı Ebu Yusuf’un Görüşlerinin Tahkiki</t>
+          <t>Kahire'nin Kurucusu Fatımi Halifesi Mu'izz-Lidinillah</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256602564</t>
+          <t>9786256602731</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İman ve Eylemde Ma’kuliyyet</t>
+          <t>Şii Gelenekte Felsefe Karşıtlığı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>195</v>
+        <v>370</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256602571</t>
+          <t>9786059652308</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Rüstemiler Döneminde İtikadi İslam Mezhepleri</t>
+          <t>Kur’an ve Psikoloji</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057570093</t>
+          <t>9786256602601</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ebu 'Ubeyd Kasım B. Sellam’ın Kı̇tabu Fezailı̇'l-Kur'an'ı</t>
+          <t>Öğretmen - Ali Şeriati ve Sonrası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257879606</t>
+          <t>9786256602694</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife Dönemi</t>
+          <t>Bilim - Din İlişkisi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756004661</t>
+          <t>9786256602724</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı</t>
+          <t>Anlamın Anlamı İzinde Yusuf Suresi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>395</v>
+        <v>220</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256602502</t>
+          <t>9786256602700</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Fizan'dan Afganistan'a (Ciltli)</t>
+          <t>Kıraat Edebiyatında ve Tedrisatında Manzum Eser Geleneği</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>460</v>
+        <v>205</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256602526</t>
+          <t>9786256602649</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yolculuğunda Hac</t>
+          <t>Varlığın Merkezine Hikmet Yolculuğu</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>260</v>
+        <v>735</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256602533</t>
+          <t>9786256602656</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Rivayetlerinin Vakıayla Uyumu ve Ayetlerin Tarihlendirilmesi</t>
+          <t>Söz’den Öz’e</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>590</v>
+        <v>215</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256602519</t>
+          <t>9786256602663</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Filozoflara Göre Faal Akıl</t>
+          <t>Hadise Modern Yaklaşımlar Ahmed Emiin</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256602335</t>
+          <t>9786256602687</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Farsça Söz Varlığı</t>
+          <t>İlk Müslümanlara Dair Evail Söylemi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256602472</t>
+          <t>9786256602717</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Pratik Tecvid ve Kur’an Okuma Kaideleri</t>
+          <t>Fetva Emini Gedizli Mehmed Efendi’nin (1752-1837) Eserleri Üzerine Yazılan Takrizler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256602489</t>
+          <t>9786256602625</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Maturidi Düşüncede Ahiret</t>
+          <t>İmam Şafii ve Müsned Şerhi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256602465</t>
+          <t>9786256602670</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İstiare (Metafor)</t>
+          <t>Kelam-Fıkıh Usulü İlişkisi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256602458</t>
+          <t>9786256602632</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlak Felsefesinde Bilgi ve Hürriyet</t>
+          <t>İ'cazü'l-Kur'an</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>215</v>
+        <v>545</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256602496</t>
+          <t>9786256602595</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Bürokratı Ali Fuad Türkgeldi’nin Tarih Anlayışı</t>
+          <t>İbnü’l-Mutahhar El-Hilli’nin Metafizik Anlayışı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256602441</t>
+          <t>9786256602618</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatın Kurtuluş Reçetesi İnfak</t>
+          <t>İbn Hazm’ın ‘el-Muhalla’sında Ele Aldığı Ebu Yusuf’un Görüşlerinin Tahkiki</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256602434</t>
+          <t>9786256602564</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ahkamu's-Sultaniyye’lerde Devlet Başkanlığı Müessesesi</t>
+          <t>İman ve Eylemde Ma’kuliyyet</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256602366</t>
+          <t>9786256602571</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Edebiyatında İktibas Sanatı</t>
+          <t>Rüstemiler Döneminde İtikadi İslam Mezhepleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256602410</t>
+          <t>9786057570093</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Akseki ve Topluma Din Dersleri</t>
+          <t>Ebu 'Ubeyd Kasım B. Sellam’ın Kı̇tabu Fezailı̇'l-Kur'an'ı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256602328</t>
+          <t>9786257879606</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Tevbenin Mahiyeti ve Had Cezalarını Düşürmedeki Rolü</t>
+          <t>Dört Halife Dönemi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256602304</t>
+          <t>9789756004661</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Haram Kavramının Semantik Analizi</t>
+          <t>Ne Yapmalı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>215</v>
+        <v>395</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256602342</t>
+          <t>9786256602502</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Uygulamalarında Ehliyet ve Liyakat</t>
+          <t>Fizan'dan Afganistan'a (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>290</v>
+        <v>460</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256602359</t>
+          <t>9786256602526</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Belagat İlminin İzafiliği</t>
+          <t>İnsanın Yolculuğunda Hac</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256602427</t>
+          <t>9786256602533</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Tefsir Rivayetlerinin Vakıayla Uyumu ve Ayetlerin Tarihlendirilmesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>205</v>
+        <v>590</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256602397</t>
+          <t>9786256602519</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fakihi Muhammed b. Fadl ve Fıkhi Görüşleri</t>
+          <t>Filozoflara Göre Faal Akıl</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256602380</t>
+          <t>9786256602335</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Gaznelilerin Duraklama Dönemi ve Yıkılışı (1040-1186)</t>
+          <t>Türkçede Farsça Söz Varlığı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256602403</t>
+          <t>9786256602472</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Akademik Kelam Yazıları-1</t>
+          <t>Pratik Tecvid ve Kur’an Okuma Kaideleri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256602182</t>
+          <t>9786256602489</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Vakıfların İktisadi Hayatın Gelişmesine Etkisi</t>
+          <t>Maturidi Düşüncede Ahiret</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256602199</t>
+          <t>9786256602465</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Değişim Tarihsellik ve Nesh Bağlamında Şeriat</t>
+          <t>İslam Düşüncesinde İstiare (Metafor)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256602281</t>
+          <t>9786256602458</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem Tefsirlerinde Eleştirilen Konular</t>
+          <t>İslam Ahlak Felsefesinde Bilgi ve Hürriyet</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256602311</t>
+          <t>9786256602496</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Metodoloji ve Dil Eksenli Bir Yaklaşımla Anlamak</t>
+          <t>Bir Osmanlı Bürokratı Ali Fuad Türkgeldi’nin Tarih Anlayışı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256602267</t>
+          <t>9786256602441</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ebu Yakup Sekkaki'nin Gramer ve Belagat Anlayışı</t>
+          <t>Sosyal Hayatın Kurtuluş Reçetesi İnfak</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256602274</t>
+          <t>9786256602434</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Azınlıklar Fıkhı</t>
+          <t>Ahkamu's-Sultaniyye’lerde Devlet Başkanlığı Müessesesi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>370</v>
+        <v>205</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256602229</t>
+          <t>9786256602366</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Hulusi İlahiler</t>
+          <t>Klasik Arap Edebiyatında İktibas Sanatı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256602243</t>
+          <t>9786256602410</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Fukahanın Kadın Tasavvuru</t>
+          <t>Ahmet Hamdi Akseki ve Topluma Din Dersleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256602250</t>
+          <t>9786256602328</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Himmetzade Ahmed Cezbi ve Kenzü'l-Esrar İsimli Tarikatnamesi</t>
+          <t>Tevbenin Mahiyeti ve Had Cezalarını Düşürmedeki Rolü</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256602236</t>
+          <t>9786256602304</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Döneminde Din İstismarı</t>
+          <t>Kur'an'da Haram Kavramının Semantik Analizi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>145</v>
+        <v>215</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256602168</t>
+          <t>9786256602342</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Dili - Arapça ve Türkçede Renk Deyimleri</t>
+          <t>Hz. Peygamber'in Uygulamalarında Ehliyet ve Liyakat</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256602175</t>
+          <t>9786256602359</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Metinleşme Tarihi</t>
+          <t>Belagat İlminin İzafiliği</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256602205</t>
+          <t>9786256602427</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256602212</t>
+          <t>9786256602397</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Çağırıyor</t>
+          <t>Hanefi Fakihi Muhammed b. Fadl ve Fıkhi Görüşleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256602144</t>
+          <t>9786256602380</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kıraat ve Tecvid Terimleri Sözlüğü</t>
+          <t>Gaznelilerin Duraklama Dönemi ve Yıkılışı (1040-1186)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256602151</t>
+          <t>9786256602403</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Nazariyesi</t>
+          <t>Akademik Kelam Yazıları-1</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>205</v>
+        <v>275</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256602014</t>
+          <t>9786256602182</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yüzyılında 100 Sufi Şahsiyet</t>
+          <t>Vakıfların İktisadi Hayatın Gelişmesine Etkisi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>445</v>
+        <v>235</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256602007</t>
+          <t>9786256602199</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanların Halifesi Hz. Ali</t>
+          <t>Sosyal Değişim Tarihsellik ve Nesh Bağlamında Şeriat</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256602106</t>
+          <t>9786256602281</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Din ve Terör</t>
+          <t>Modern Dönem Tefsirlerinde Eleştirilen Konular</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256602083</t>
+          <t>9786256602311</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilimlerinde Yöntem</t>
+          <t>Kur'an'ı Metodoloji ve Dil Eksenli Bir Yaklaşımla Anlamak</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>470</v>
+        <v>150</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256602137</t>
+          <t>9786256602267</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İlme Adanmış Ömürler</t>
+          <t>Ebu Yakup Sekkaki'nin Gramer ve Belagat Anlayışı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>135</v>
+        <v>360</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256602113</t>
+          <t>9786256602274</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Din, İnsan ve Anlam Arayışı</t>
+          <t>Müslüman Azınlıklar Fıkhı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>445</v>
+        <v>370</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256602076</t>
+          <t>9786256602229</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Din Anlayışımız Üzerine Denemeler</t>
+          <t>Hulusi İlahiler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>280</v>
+        <v>265</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256602090</t>
+          <t>9786256602243</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Alevilik - Kızılbaşlılık - Bektaşilik</t>
+          <t>Fukahanın Kadın Tasavvuru</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256602120</t>
+          <t>9786256602250</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Himmetzade Ahmed Cezbi ve Kenzü'l-Esrar İsimli Tarikatnamesi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256602045</t>
+          <t>9786256602236</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif'te Din Siyaset İlişkisi</t>
+          <t>Emeviler Döneminde Din İstismarı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256436985</t>
+          <t>9786256602168</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem İslam Tarihinde Beni Neccar</t>
+          <t>Renklerin Dili - Arapça ve Türkçede Renk Deyimleri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256602021</t>
+          <t>9786256602175</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Cüveyni'de İcma Teorisi</t>
+          <t>Kur'an'ın Metinleşme Tarihi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256602038</t>
+          <t>9786256602205</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bir Müfessir Olarak Saçaklızade Muhammed Efendi</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256436619</t>
+          <t>9786256602212</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Mukaddes-i İlahi</t>
+          <t>Kudüs Çağırıyor</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256602052</t>
+          <t>9786256602144</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Artvin'de Dini Hayat</t>
+          <t>Kıraat ve Tecvid Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>505</v>
+        <v>175</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256436992</t>
+          <t>9786256602151</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Müteahhirin Kelamında Cismin Hakikati</t>
+          <t>İslam Siyaset Nazariyesi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256436879</t>
+          <t>9786256602014</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tefsir Geleneğinde Konulu Tefsir</t>
+          <t>Cumhuriyetin İlk Yüzyılında 100 Sufi Şahsiyet</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>310</v>
+        <v>445</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256436909</t>
+          <t>9786256602007</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Malumat</t>
+          <t>Zor Zamanların Halifesi Hz. Ali</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256436978</t>
+          <t>9786256602106</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarında Tema ve Anlatım Üslubu</t>
+          <t>Küreselleşme Din ve Terör</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256436961</t>
+          <t>9786256602083</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Sözün Dönüşümü</t>
+          <t>İslam Bilimlerinde Yöntem</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>255</v>
+        <v>470</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256436947</t>
+          <t>9786256602137</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>el-Muessesatu'l-Vataniyye / Duveliyye ve’t-Terceme</t>
+          <t>İlme Adanmış Ömürler</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256436954</t>
+          <t>9786256602113</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye'den Emevilerin Sonuna Kadar Yemen</t>
+          <t>Din, İnsan ve Anlam Arayışı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>325</v>
+        <v>445</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256436886</t>
+          <t>9786256602076</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Mübhem Hadis ve Mübhem Ravinin Ta'dili</t>
+          <t>Din Anlayışımız Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256436893</t>
+          <t>9786256602090</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Muaz Bin Cebel ve Helal-Haram</t>
+          <t>Alevilik - Kızılbaşlılık - Bektaşilik</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256436763</t>
+          <t>9786256602120</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Mekan Tarih ve Kültür Sarmalında İnsan</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256436916</t>
+          <t>9786256602045</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Edebiyatında İstizare Mektupları</t>
+          <t>Mehmet Akif'te Din Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256436817</t>
+          <t>9786256436985</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlı Müfessirlerinden Kutbüddin İzniki ve Tefsiri</t>
+          <t>İlk Dönem İslam Tarihinde Beni Neccar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256436923</t>
+          <t>9786256602021</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türkçe Kur'an Sözlükleri Literatürü (1923-2023)</t>
+          <t>Cüveyni'de İcma Teorisi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256436930</t>
+          <t>9786256602038</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili ve Edebiyatında Mecalis Geleneği</t>
+          <t>Bir Müfessir Olarak Saçaklızade Muhammed Efendi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>155</v>
+        <v>265</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256436862</t>
+          <t>9786256436619</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Bir Hadis Usulü Tercümesi: Abdullah Salahaddin Uşşaki'nin Şerhu Usuli'l-Hadis'i</t>
+          <t>Aşk-ı Mukaddes-i İlahi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059652438</t>
+          <t>9786256602052</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar Sözlüğü</t>
+          <t>Artvin'de Dini Hayat</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>195</v>
+        <v>505</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256436855</t>
+          <t>9786256436992</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Tevrat'ta ve Kur'an'da Hz. Musa'nın Mucizeleri</t>
+          <t>Müteahhirin Kelamında Cismin Hakikati</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256436725</t>
+          <t>9786256436879</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Medcezir 201</t>
+          <t>Osmanlı Tefsir Geleneğinde Konulu Tefsir</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>395</v>
+        <v>310</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256436794</t>
+          <t>9786256436909</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İsrailoğulları ve Yahudilik</t>
+          <t>Malumat</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>340</v>
+        <v>145</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256436848</t>
+          <t>9786256436978</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın İsimleri Bağlamında Kur'an Okuma</t>
+          <t>Kur'an Kıssalarında Tema ve Anlatım Üslubu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256436787</t>
+          <t>9786256436961</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye'nin Usul Düşüncesinde Hadis</t>
+          <t>Hz. Peygamber ve Sözün Dönüşümü</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256436831</t>
+          <t>9786256436947</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir Döneminin İslam Tarihinde Belirleyici Rolü</t>
+          <t>el-Muessesatu'l-Vataniyye / Duveliyye ve’t-Terceme</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256436770</t>
+          <t>9786256436954</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Oryantalist Anlatımlarında Hz. Aişe</t>
+          <t>Cahiliye'den Emevilerin Sonuna Kadar Yemen</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256436824</t>
+          <t>9786256436886</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Dil ve Üslup Yapısı Ekseninde Sad Suresi Tefsiri</t>
+          <t>Mübhem Hadis ve Mübhem Ravinin Ta'dili</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256436800</t>
+          <t>9786256436893</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Dönemi Arap Şiirinde Yeminler</t>
+          <t>Muaz Bin Cebel ve Helal-Haram</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256436732</t>
+          <t>9786256436763</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kadi Abdülcebbar'da Dil Bilimsel Çözümleme Düzeyleri ve Lügavi İstidlal</t>
+          <t>Mekan Tarih ve Kültür Sarmalında İnsan</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256436749</t>
+          <t>9786256436916</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>دراسات ﻓﻲ مقاصد الﺸﺮيعة - Dirasat fi makasıdi'ş-şeria</t>
+          <t>Klasik Arap Edebiyatında İstizare Mektupları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>370</v>
+        <v>165</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256436756</t>
+          <t>9786256436817</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bir Metin İki Şerh - Kadi Beyzavi ve İbn Melek'in Mesabih Şerhleri</t>
+          <t>İlk Osmanlı Müfessirlerinden Kutbüddin İzniki ve Tefsiri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>305</v>
+        <v>170</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256436695</t>
+          <t>9786256436923</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Anlayıştan Davranışa Dini Hayatımız</t>
+          <t>Cumhuriyet Dönemi Türkçe Kur'an Sözlükleri Literatürü (1923-2023)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>245</v>
+        <v>155</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256436541</t>
+          <t>9786256436930</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kanon Olarak Kur'an</t>
+          <t>Arap Dili ve Edebiyatında Mecalis Geleneği</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>260</v>
+        <v>155</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256436718</t>
+          <t>9786256436862</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Mihne Sonrası Teopolitik Durumun Sünni Kelama Etkisi</t>
+          <t>Osmanlıca Bir Hadis Usulü Tercümesi: Abdullah Salahaddin Uşşaki'nin Şerhu Usuli'l-Hadis'i</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256436558</t>
+          <t>9786059652438</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mushaf Olarak Kur'an</t>
+          <t>Kavramlar Sözlüğü</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256436701</t>
+          <t>9786256436855</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Teodise - Kötülük Problemine Teolojik Bir Yorum</t>
+          <t>Tevrat'ta ve Kur'an'da Hz. Musa'nın Mucizeleri</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256436565</t>
+          <t>9786256436725</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>ﺷﺮح ﻣﺠمع البحرين - Şerhu Mecma’i’l-Bahreyn -3 Cilt- (Ciltli)</t>
+          <t>Medcezir 201</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>2800</v>
+        <v>395</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256436398</t>
+          <t>9786256436794</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Zemahşei’nin İtikadi Görüşleri</t>
+          <t>Kur'an'da İsrailoğulları ve Yahudilik</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256436688</t>
+          <t>9786256436848</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Meclis-i Meşayih</t>
+          <t>Kur'an'ın İsimleri Bağlamında Kur'an Okuma</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256436664</t>
+          <t>9786256436787</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İnsan Psikolojisi ve Kur’an</t>
+          <t>İbn Teymiyye'nin Usul Düşüncesinde Hadis</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256436633</t>
+          <t>9786256436831</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Gönülde Yaşayanlar</t>
+          <t>Hz. Ebu Bekir Döneminin İslam Tarihinde Belirleyici Rolü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256436657</t>
+          <t>9786256436770</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>الاجتهاد وأنواعه واﻟﻤجامع الفقهية - el-İctihadu ve Anva’uhü ve’l-Mecami’u’l-Fıqhiyyah İçtihad, İçtihad Türleri ve Fıkıh Akademileri</t>
+          <t>Oryantalist Anlatımlarında Hz. Aişe</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256436671</t>
+          <t>9786256436824</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Dilbilimsel Tipolojisi</t>
+          <t>Kur'an'ın Dil ve Üslup Yapısı Ekseninde Sad Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256436626</t>
+          <t>9786256436800</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Aşina Yüzlerden</t>
+          <t>Cahiliye Dönemi Arap Şiirinde Yeminler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256436640</t>
+          <t>9786256436732</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü Edebiyatında Mücmel ve Mübeyyen</t>
+          <t>Kadi Abdülcebbar'da Dil Bilimsel Çözümleme Düzeyleri ve Lügavi İstidlal</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256436381</t>
+          <t>9786256436749</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe Tefsir Ve Meal Çalışmaları</t>
+          <t>دراسات ﻓﻲ مقاصد الﺸﺮيعة - Dirasat fi makasıdi'ş-şeria</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256436602</t>
+          <t>9786256436756</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Mu’tezile’de Erdemli Arınma</t>
+          <t>Bir Metin İki Şerh - Kadi Beyzavi ve İbn Melek'in Mesabih Şerhleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>230</v>
+        <v>305</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256436503</t>
+          <t>9786256436695</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Dönemde Eğitim</t>
+          <t>Anlayıştan Davranışa Dini Hayatımız</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>410</v>
+        <v>245</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256436510</t>
+          <t>9786256436541</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Dönemde Çöl</t>
+          <t>Kanon Olarak Kur'an</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>355</v>
+        <v>260</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256436527</t>
+          <t>9786256436718</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Edebi Tefsir ve Sorunları</t>
+          <t>Mihne Sonrası Teopolitik Durumun Sünni Kelama Etkisi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256436367</t>
+          <t>9786256436558</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Nebiler</t>
+          <t>Mushaf Olarak Kur'an</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256436343</t>
+          <t>9786256436701</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Ahlakın Doğası ÜzerineDüşünceler</t>
+          <t>Teodise - Kötülük Problemine Teolojik Bir Yorum</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258005882</t>
+          <t>9786256436565</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Ses Bilgisi</t>
+          <t>ﺷﺮح ﻣﺠمع البحرين - Şerhu Mecma’i’l-Bahreyn -3 Cilt- (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>285</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057570994</t>
+          <t>9786256436398</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde İ'rab - Anlam İlişkisi</t>
+          <t>Zemahşei’nin İtikadi Görüşleri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057570161</t>
+          <t>9786256436688</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku Terimleri Sözlüğü (Ciltli)</t>
+          <t>Meclis-i Meşayih</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256436497</t>
+          <t>9786256436664</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kader Üzerine</t>
+          <t>İnsan Psikolojisi ve Kur’an</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256436534</t>
+          <t>9786256436633</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dinsizlik: Deizm İslam Akidesi Işığında Modern Deizmin Söylemleri (Arapça)</t>
+          <t>Gönülde Yaşayanlar</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256436466</t>
+          <t>9786256436657</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kadının Konumunu Yeniden Düşünmek</t>
+          <t>الاجتهاد وأنواعه واﻟﻤجامع الفقهية - el-İctihadu ve Anva’uhü ve’l-Mecami’u’l-Fıqhiyyah İçtihad, İçtihad Türleri ve Fıkıh Akademileri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256436480</t>
+          <t>9786256436671</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletler Hukukunda Ahde Vefa İlkesi</t>
+          <t>Arapçanın Dilbilimsel Tipolojisi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>385</v>
+        <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256436459</t>
+          <t>9786256436626</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Tefsirinde Hıristiyanlık Eleştirisi</t>
+          <t>Aşina Yüzlerden</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256436428</t>
+          <t>9786256436640</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Edebiyyat-ı Arabiyye (Arap Edebiyatı Tarihi Cahiliye Devri 1 ve 2) 2 Cilt</t>
+          <t>Fıkıh Usulü Edebiyatında Mücmel ve Mübeyyen</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>885</v>
+        <v>190</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256436473</t>
+          <t>9786256436381</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Akademik Çalışmalar</t>
+          <t>Kürtçe Tefsir Ve Meal Çalışmaları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256436411</t>
+          <t>9786256436602</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Es-Sırau’l-Ebedi: El-İmame</t>
+          <t>Mu’tezile’de Erdemli Arınma</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256436329</t>
+          <t>9786256436503</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hanefilik-Mu‘tezile İlişkisi</t>
+          <t>İslam Öncesi Dönemde Eğitim</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>405</v>
+        <v>410</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256436404</t>
+          <t>9786256436510</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Mu‘tezile’nin İnsan Tasavvuru</t>
+          <t>İslam Öncesi Dönemde Çöl</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>240</v>
+        <v>355</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256436312</t>
+          <t>9786256436527</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Batı Afrika’da Arap Edebiyatı ve Sömürgecilik Karşısındaki Rolü</t>
+          <t>Edebi Tefsir ve Sorunları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256436374</t>
+          <t>9786256436367</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarih Yazıcılığında Fars - İran Etkisi</t>
+          <t>Kur’an’da Nebiler</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256436336</t>
+          <t>9786256436343</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlama Üzerine</t>
+          <t>İnsan ve Ahlakın Doğası ÜzerineDüşünceler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256436350</t>
+          <t>9786258005882</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Güncel Meseleler Işığında Kurban</t>
+          <t>Arapçanın Ses Bilgisi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256436305</t>
+          <t>9786057570994</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kelam ve Bilim</t>
+          <t>Arap Dilinde İ'rab - Anlam İlişkisi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>355</v>
+        <v>230</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256436299</t>
+          <t>9786057570161</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sa'deddin Hammuyi</t>
+          <t>Miras Hukuku Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>395</v>
+        <v>400</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256436268</t>
+          <t>9786256436497</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Nesefi 'Akaidi Tercümesi</t>
+          <t>Kader Üzerine</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256436237</t>
+          <t>9786256436534</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Cinler</t>
+          <t>Yeni Dinsizlik: Deizm İslam Akidesi Işığında Modern Deizmin Söylemleri (Arapça)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256436282</t>
+          <t>9786256436466</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Dini İlimler Bağlamında Deprem</t>
+          <t>İslam'da Kadının Konumunu Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256436244</t>
+          <t>9786256436480</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Cerrahilik’te Dini Musiki</t>
+          <t>İslam Devletler Hukukunda Ahde Vefa İlkesi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>345</v>
+        <v>385</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256436251</t>
+          <t>9786256436459</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Tarihyazımı</t>
+          <t>Kur'an Tefsirinde Hıristiyanlık Eleştirisi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256436275</t>
+          <t>9786256436428</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Sahih Hadis Tartışmaları</t>
+          <t>Tarih-i Edebiyyat-ı Arabiyye (Arap Edebiyatı Tarihi Cahiliye Devri 1 ve 2) 2 Cilt</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>155</v>
+        <v>885</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256436152</t>
+          <t>9786256436473</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tercemetü ma'ani'l-Kur'ani'l Kerim dirasah tahliliyyah muqaranah li-ara' Mustafa Sabri</t>
+          <t>İlahiyat Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256436220</t>
+          <t>9786256436411</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Bilim Işığında Allah'ın Varlığının Temellendirilmesi</t>
+          <t>Es-Sırau’l-Ebedi: El-İmame</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256436206</t>
+          <t>9786256436329</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sanal Para</t>
+          <t>Hanefilik-Mu‘tezile İlişkisi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>440</v>
+        <v>405</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256436183</t>
+          <t>9786256436404</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Değerler</t>
+          <t>Mu‘tezile’nin İnsan Tasavvuru</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256436169</t>
+          <t>9786256436312</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kadınların İbadetlerdeki Farklılıkları ve Sebepleri</t>
+          <t>Batı Afrika’da Arap Edebiyatı ve Sömürgecilik Karşısındaki Rolü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>260</v>
+        <v>425</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256436190</t>
+          <t>9786256436374</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kader ve İhtiyar</t>
+          <t>Osmanlı Tarih Yazıcılığında Fars - İran Etkisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256436138</t>
+          <t>9786256436336</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Çıkmazlarına Çözüm Yolu İstihsan</t>
+          <t>Kur'an'ı Anlama Üzerine</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256436046</t>
+          <t>9786256436350</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Fatımiler Döneminde Eğitim</t>
+          <t>Güncel Meseleler Işığında Kurban</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>335</v>
+        <v>220</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256436176</t>
+          <t>9786256436305</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Belagat İlimleri Tarihi</t>
+          <t>Kelam ve Bilim</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>380</v>
+        <v>355</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256436213</t>
+          <t>9786256436299</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Anlam’dan Anlatıma</t>
+          <t>Sa'deddin Hammuyi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256436145</t>
+          <t>9786256436268</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Ayetlerinin Sünni ve Şii Yorumu</t>
+          <t>Nesefi 'Akaidi Tercümesi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>305</v>
+        <v>155</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258304930</t>
+          <t>9786256436237</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yolunda Anadolu (Ciltli)</t>
+          <t>Kur'an'da Cinler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256436121</t>
+          <t>9786256436282</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Doğru Anlaşılmasında Mecazın Yeri ve Önemi</t>
+          <t>Dini İlimler Bağlamında Deprem</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256436114</t>
+          <t>9786256436244</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kitaplarını Koruma Çabaları Zabtü’l-Kitab</t>
+          <t>Cerrahilik’te Dini Musiki</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>285</v>
+        <v>345</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256436091</t>
+          <t>9786256436251</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l-Hüseyin el-Basri'nin Kelam Sistemi</t>
+          <t>Erken Dönem İslam Tarihyazımı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256436107</t>
+          <t>9786256436275</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Tajdid ‘ilm al-Kalam Bayna Shibli al-Nu‘mani wa’Abd al-Latif Alkhrbwty Dirasah Aqadiyah Muqaranah</t>
+          <t>Sahih Hadis Tartışmaları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>300</v>
+        <v>155</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256436039</t>
+          <t>9786256436152</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Eyyubi ve Memlük Dımaşk’ında Hadis</t>
+          <t>Tercemetü ma'ani'l-Kur'ani'l Kerim dirasah tahliliyyah muqaranah li-ara' Mustafa Sabri</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256436060</t>
+          <t>9786256436220</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Araplarda Şiir</t>
+          <t>Kur'an ve Bilim Işığında Allah'ın Varlığının Temellendirilmesi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>510</v>
+        <v>120</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256436084</t>
+          <t>9786256436206</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İbnu’l-Hümam'ın Hadisçiliği</t>
+          <t>İslam Hukukunda Sanal Para</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256436053</t>
+          <t>9786256436183</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Disiplininde Vehbi İlmin Yeri</t>
+          <t>Kur’an ve Değerler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258304954</t>
+          <t>9786256436169</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Fıkıh İlişkisi</t>
+          <t>Kadınların İbadetlerdeki Farklılıkları ve Sebepleri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258304992</t>
+          <t>9786256436190</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sülemi’nin Tabakat’ında Sufi Çevreler</t>
+          <t>Kader ve İhtiyar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>595</v>
+        <v>215</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258304961</t>
+          <t>9786256436138</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Fakihlerinden İbn Kadi Ayaslugi ve Eseri Şerhu Mecma'i'l-Bahreyn</t>
+          <t>Hukukun Çıkmazlarına Çözüm Yolu İstihsan</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258304978</t>
+          <t>9786256436046</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Arap Fıkhı</t>
+          <t>Fatımiler Döneminde Eğitim</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>365</v>
+        <v>335</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256436077</t>
+          <t>9786256436176</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İran'da Molla-Siyaset İlişkisi</t>
+          <t>Belagat İlimleri Tarihi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256436022</t>
+          <t>9786256436213</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sad Suresi</t>
+          <t>Anlam’dan Anlatıma</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256436015</t>
+          <t>9786256436145</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Perspektifinden Anonim Ortaklık Payları</t>
+          <t>Ahkam Ayetlerinin Sünni ve Şii Yorumu</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>185</v>
+        <v>305</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256436008</t>
+          <t>9786258304930</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kissatu’s Salusu’l-Mukaddes Dirasat fi’l-Mesadiri’n-Nusayriye</t>
+          <t>İyilik Yolunda Anadolu (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258304947</t>
+          <t>9786256436121</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Dağ İnanışları</t>
+          <t>Hadislerin Doğru Anlaşılmasında Mecazın Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258304985</t>
+          <t>9786256436114</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Bilim</t>
+          <t>Hadis Kitaplarını Koruma Çabaları Zabtü’l-Kitab</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>245</v>
+        <v>285</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258304923</t>
+          <t>9786256436091</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Ömrüm</t>
+          <t>Ebü'l-Hüseyin el-Basri'nin Kelam Sistemi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>505</v>
+        <v>420</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258304893</t>
+          <t>9786256436107</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlama Yöntemi Olarak Kur'an'ın Kur'an'la Tefsiri</t>
+          <t>Tajdid ‘ilm al-Kalam Bayna Shibli al-Nu‘mani wa’Abd al-Latif Alkhrbwty Dirasah Aqadiyah Muqaranah</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258304916</t>
+          <t>9786256436039</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>el-Israru ale'l-ma'siyeti Esbabuhu ve 'Ilacuhu fi Dav'i's-Sünneti'n-Nebeviyyeti</t>
+          <t>Eyyubi ve Memlük Dımaşk’ında Hadis</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258304909</t>
+          <t>9786256436060</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Azmu'l-Umur - Kararlılık Gerektiren İşler</t>
+          <t>Araplarda Şiir</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>210</v>
+        <v>510</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258304886</t>
+          <t>9786256436084</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Molla Halil Siirdi’de Resm-i Mushaf Tecvid ve Kıraat İlmi</t>
+          <t>İbnu’l-Hümam'ın Hadisçiliği</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>385</v>
+        <v>190</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258304855</t>
+          <t>9786256436053</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Söz ve Uygulamalarının Tarihselliği Üzerine</t>
+          <t>Tefsir Disiplininde Vehbi İlmin Yeri</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>355</v>
+        <v>230</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258304862</t>
+          <t>9786258304954</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'i ve Mesajını Tarihsel Bağlamında Anlamak</t>
+          <t>Tasavvuf Fıkıh İlişkisi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>305</v>
+        <v>380</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258304879</t>
+          <t>9786258304992</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Aile, Hukuki Hayat ve Şeyhülislam</t>
+          <t>Sülemi’nin Tabakat’ında Sufi Çevreler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>255</v>
+        <v>595</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258304817</t>
+          <t>9786258304961</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Tefsir</t>
+          <t>Osmanlı Fakihlerinden İbn Kadi Ayaslugi ve Eseri Şerhu Mecma'i'l-Bahreyn</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>385</v>
+        <v>170</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258304848</t>
+          <t>9786258304978</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eflatunculuğun Tasavvufa Etkileri</t>
+          <t>İslam Öncesi Arap Fıkhı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>365</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258304800</t>
+          <t>9786256436077</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Şark Alimleri - 1 (Ciltli)</t>
+          <t>İran'da Molla-Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>630</v>
+        <v>150</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258304824</t>
+          <t>9786256436022</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Modern Düşüncede Maslahat Tartışmaları</t>
+          <t>Sad Suresi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258304831</t>
+          <t>9786256436015</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Elçilerin Gerçek Hikayesi</t>
+          <t>Fıkıh Perspektifinden Anonim Ortaklık Payları</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258304749</t>
+          <t>9786256436008</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'da Bir İslam Şehri Rey</t>
+          <t>Kissatu’s Salusu’l-Mukaddes Dirasat fi’l-Mesadiri’n-Nusayriye</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258304770</t>
+          <t>9786258304947</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Mir Damad ve Dehrî Hudüs Teorisi</t>
+          <t>Kutsal Dağ İnanışları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258304763</t>
+          <t>9786258304985</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İsbat-ı Vacib Tartışmaları</t>
+          <t>Kur'an ve Bilim</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258304732</t>
+          <t>9786258304923</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Fark</t>
+          <t>Göçebe Ömrüm</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>310</v>
+        <v>505</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258304725</t>
+          <t>9786258304893</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü ve Nahiv Usulü İlişkisi</t>
+          <t>Kur'an'ı Anlama Yöntemi Olarak Kur'an'ın Kur'an'la Tefsiri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>345</v>
+        <v>370</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258304787</t>
+          <t>9786258304916</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Kur'an Tasavvuru</t>
+          <t>el-Israru ale'l-ma'siyeti Esbabuhu ve 'Ilacuhu fi Dav'i's-Sünneti'n-Nebeviyyeti</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258304794</t>
+          <t>9786258304909</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Buhari'nin Bab Başlıklarındaki Yöntemi</t>
+          <t>Azmu'l-Umur - Kararlılık Gerektiren İşler</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258304756</t>
+          <t>9786258304886</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Molla Halil Siirdi’de Resm-i Mushaf Tecvid ve Kıraat İlmi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>205</v>
+        <v>385</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258304695</t>
+          <t>9786258304855</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesini Etkileyen Şahıslar</t>
+          <t>Hz. Peygamber'in Söz ve Uygulamalarının Tarihselliği Üzerine</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>380</v>
+        <v>355</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258304701</t>
+          <t>9786258304862</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Harici-İbazi Tefsir Anlayışı</t>
+          <t>Hz. Muhammed'i ve Mesajını Tarihsel Bağlamında Anlamak</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258304688</t>
+          <t>9786258304879</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Dini İmgelerin İnşa ve İfadesi</t>
+          <t>Aile, Hukuki Hayat ve Şeyhülislam</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258304718</t>
+          <t>9786258304817</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Demenhuri'nin Belağatçılığı</t>
+          <t>Sosyolojik Tefsir</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>160</v>
+        <v>385</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258304640</t>
+          <t>9786258304848</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Kuşaşi Hayatı, Eserleri ve Tasavvufi Görüşleri</t>
+          <t>Yeni Eflatunculuğun Tasavvufa Etkileri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>305</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258304657</t>
+          <t>9786258304800</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ahmed er-Rüşdi ve Mürşidü't-Talebe Adlı Eserinin Kıraat İlmindeki Yeri</t>
+          <t>Yakın Dönem Şark Alimleri - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>405</v>
+        <v>630</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258304671</t>
+          <t>9786258304824</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Peygamberler İçin Kullanılan İfadeler</t>
+          <t>Geleneksel ve Modern Düşüncede Maslahat Tartışmaları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258304664</t>
+          <t>9786258304831</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Ahiret Hayatının Aşamaları</t>
+          <t>Elçilerin Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258304633</t>
+          <t>9786258304749</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Harezmli Türk Şair Zemahşeri ve Arapça Divanı</t>
+          <t>Orta Çağ'da Bir İslam Şehri Rey</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>720</v>
+        <v>215</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258304589</t>
+          <t>9786258304770</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Bedevi: Hayatı, Eserleri ve İslam Düşüncesindeki Yeri</t>
+          <t>Mir Damad ve Dehrî Hudüs Teorisi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>185</v>
+        <v>285</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258304626</t>
+          <t>9786258304763</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Zeyd B. Sabit'in Hadis Rivayetindeki Yeri</t>
+          <t>İsbat-ı Vacib Tartışmaları</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258304602</t>
+          <t>9786258304732</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Vahiy</t>
+          <t>Fıkıh ve Fark</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258304534</t>
+          <t>9786258304725</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Şii Teopolitiğin Tefsire Yansıması</t>
+          <t>Fıkıh Usulü ve Nahiv Usulü İlişkisi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258304619</t>
+          <t>9786258304787</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Eşref Dede ve Ayin-i Tarikat-ı Mevlana Adlı Eseri</t>
+          <t>Ezeli Kur'an Tasavvuru</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>135</v>
+        <v>255</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258304596</t>
+          <t>9786258304794</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Bakımından Girişimsel Klinik Araştırmalar</t>
+          <t>Buhari'nin Bab Başlıklarındaki Yöntemi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258304473</t>
+          <t>9786258304756</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İletişim Etiği</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258304572</t>
+          <t>9786258304695</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Belağat İlmi ve Kur'an'ın İ'cazı Üzerine Etütler</t>
+          <t>İslam Düşüncesini Etkileyen Şahıslar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>235</v>
+        <v>380</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258304510</t>
+          <t>9786258304701</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Anlamdan Yoruma Kur'an</t>
+          <t>Erken Dönem Harici-İbazi Tefsir Anlayışı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258304480</t>
+          <t>9786258304688</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Vahiy İlişkisi</t>
+          <t>Dini İmgelerin İnşa ve İfadesi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258304411</t>
+          <t>9786258304718</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri'nin Tefsirinde Kadın Tasavvuru</t>
+          <t>Demenhuri'nin Belağatçılığı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258304565</t>
+          <t>9786258304640</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Gayb Bilgisi ve Gaybi Meseleler</t>
+          <t>Ahmed Kuşaşi Hayatı, Eserleri ve Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>310</v>
+        <v>305</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258304466</t>
+          <t>9786258304657</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Şiilik'te Gnostik Tezahürler</t>
+          <t>Ahmed er-Rüşdi ve Mürşidü't-Talebe Adlı Eserinin Kıraat İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>260</v>
+        <v>405</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258304527</t>
+          <t>9786258304671</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bedreddin Ayni’nin Belagat Yönü</t>
+          <t>Kur'an-ı Kerim'de Peygamberler İçin Kullanılan İfadeler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258304503</t>
+          <t>9786258304664</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Türkçeden Arapçaya Çeviri</t>
+          <t>Kur'an-ı Kerim'de Ahiret Hayatının Aşamaları</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258304497</t>
+          <t>9786258304633</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Fevzi Efendi ve Hadaik-i Hamidiyye Risalesi</t>
+          <t>Harezmli Türk Şair Zemahşeri ve Arapça Divanı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>125</v>
+        <v>720</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258304435</t>
+          <t>9786258304589</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Menhecü Ebi Ya'la el-Halili fi'l-Cerh ve't-Ta'dîl fi Kitabihi'l-İrşad fi Ma'rifeti Ulemai'l-Hadis</t>
+          <t>Abdurrahman Bedevi: Hayatı, Eserleri ve İslam Düşüncesindeki Yeri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258304367</t>
+          <t>9786258304626</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Savaş Esirlerine Yönelik Uygulamalar</t>
+          <t>Zeyd B. Sabit'in Hadis Rivayetindeki Yeri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258304428</t>
+          <t>9786258304602</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Neccarzade Muhammed Sıddık Efendi ve Tasavvufi Görüşleri</t>
+          <t>Vahiy</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258304299</t>
+          <t>9786258304534</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Sosyal Hayat</t>
+          <t>Şii Teopolitiğin Tefsire Yansıması</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258304305</t>
+          <t>9786258304619</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Kültür Hayatı</t>
+          <t>Mehmed Eşref Dede ve Ayin-i Tarikat-ı Mevlana Adlı Eseri</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258304312</t>
+          <t>9786258304596</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Gündelik Hayat</t>
+          <t>İslam Hukuku Bakımından Girişimsel Klinik Araştırmalar</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258304329</t>
+          <t>9786258304473</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Ekonomik Hayat</t>
+          <t>İletişim Etiği</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258304336</t>
+          <t>9786258304572</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Dini Hayat</t>
+          <t>Belağat İlmi ve Kur'an'ın İ'cazı Üzerine Etütler</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258304343</t>
+          <t>9786258304510</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Arabistan</t>
+          <t>Anlamdan Yoruma Kur'an</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258304268</t>
+          <t>9786258304480</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Baci'nin Kıyas Anlayışı</t>
+          <t>Akıl ve Vahiy İlişkisi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258304275</t>
+          <t>9786258304411</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Mecme'u'l - Fevaid</t>
+          <t>Zemahşeri'nin Tefsirinde Kadın Tasavvuru</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>660</v>
+        <v>180</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258304350</t>
+          <t>9786258304565</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Yönelik İtirazlar</t>
+          <t>Gayb Bilgisi ve Gaybi Meseleler</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258304398</t>
+          <t>9786258304466</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Münazara</t>
+          <t>Erken Dönem Şiilik'te Gnostik Tezahürler</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258304374</t>
+          <t>9786258304527</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalı Güncel Tecvid ve Kıraat Meseleleri</t>
+          <t>Bedreddin Ayni’nin Belagat Yönü</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258304381</t>
+          <t>9786258304503</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Zeydiyye ve Fıkıh Usulü</t>
+          <t>Türkçeden Arapçaya Çeviri</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258304404</t>
+          <t>9786258304497</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Eş'ari Kelamında Ahiret Tasavvuru</t>
+          <t>Mehmed Fevzi Efendi ve Hadaik-i Hamidiyye Risalesi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258304282</t>
+          <t>9786258304435</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İslam Dinamizminde İnsan Faktörü</t>
+          <t>Menhecü Ebi Ya'la el-Halili fi'l-Cerh ve't-Ta'dîl fi Kitabihi'l-İrşad fi Ma'rifeti Ulemai'l-Hadis</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258304206</t>
+          <t>9786258304367</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Tevcih-u Ekvali'l-Hanefiyyeti'l-Mütearizeti mea Zahir-i ma't-tefega aleyhi'ş-Şeyhani el-Buhari ve Müslim</t>
+          <t>Savaş Esirlerine Yönelik Uygulamalar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>505</v>
+        <v>230</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258304244</t>
+          <t>9786258304428</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra Felsefesinde İdrak</t>
+          <t>Neccarzade Muhammed Sıddık Efendi ve Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>340</v>
+        <v>115</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258304190</t>
+          <t>9786258304299</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukuku</t>
+          <t>Cahiliye Döneminde Sosyal Hayat</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>355</v>
+        <v>170</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258304251</t>
+          <t>9786258304305</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Cihad ve Alim</t>
+          <t>Cahiliye Döneminde Kültür Hayatı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258304183</t>
+          <t>9786258304312</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Harici-İbazi Yorum</t>
+          <t>Cahiliye Döneminde Gündelik Hayat</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>365</v>
+        <v>165</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258304237</t>
+          <t>9786258304329</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvete Şahitliğiyle Toplumda Kadın</t>
+          <t>Cahiliye Döneminde Ekonomik Hayat</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258304176</t>
+          <t>9786258304336</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Malik bin Nebi'de Sömürgecilik Olgusu</t>
+          <t>Cahiliye Döneminde Dini Hayat</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258304114</t>
+          <t>9786258304343</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hille Medresesinden Şii Bir Alim Portresi: Muhakkık el-Hilli</t>
+          <t>Cahiliye Döneminde Arabistan</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258304169</t>
+          <t>9786258304268</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü Kelam İlişkisi</t>
+          <t>Baci'nin Kıyas Anlayışı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>335</v>
+        <v>295</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258304220</t>
+          <t>9786258304275</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Din Anlayışımız</t>
+          <t>Mecme'u'l - Fevaid</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>205</v>
+        <v>660</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258304022</t>
+          <t>9786258304350</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Tahaavi'nin Usul Anlayışı</t>
+          <t>Kur'an'a Yönelik İtirazlar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>335</v>
+        <v>165</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258304015</t>
+          <t>9786258304398</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Behcetu’l-erib Fi Şerhi Telhisi’l-hatib</t>
+          <t>Fıkıh ve Münazara</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258005769</t>
+          <t>9786258304374</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi'nin Hadlere Yaklaşımı</t>
+          <t>Tartışmalı Güncel Tecvid ve Kıraat Meseleleri</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>210</v>
+        <v>135</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258005752</t>
+          <t>9786258304381</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dilinin Fonetik Yapısı</t>
+          <t>Zeydiyye ve Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258005707</t>
+          <t>9786258304404</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilere İtaatin Sınırları</t>
+          <t>Eş'ari Kelamında Ahiret Tasavvuru</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258005691</t>
+          <t>9786258304282</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>XX. Asırda Şam'da Hadis Çalışmaları</t>
+          <t>İslam Dinamizminde İnsan Faktörü</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>405</v>
+        <v>110</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258005899</t>
+          <t>9786258304206</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Tarih İnşası</t>
+          <t>Tevcih-u Ekvali'l-Hanefiyyeti'l-Mütearizeti mea Zahir-i ma't-tefega aleyhi'ş-Şeyhani el-Buhari ve Müslim</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>315</v>
+        <v>505</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258005929</t>
+          <t>9786258304244</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İnsan Gözdür</t>
+          <t>Molla Sadra Felsefesinde İdrak</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258005912</t>
+          <t>9786258304190</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Hermetizm ve Gnostisizm</t>
+          <t>İslam Ceza Hukuku</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>90</v>
+        <v>355</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258005851</t>
+          <t>9786258304251</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Tefsiru'l-Kur’ani'l-Mecid li'l-İmam Abdi'l-Baki et-Tebrizi el-Bağdadi</t>
+          <t>Cihad ve Alim</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258005806</t>
+          <t>9786258304183</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Nahçivani'nin Tefsir Yöntemi</t>
+          <t>Tefsirde Harici-İbazi Yorum</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>210</v>
+        <v>365</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258005844</t>
+          <t>9786258304237</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Hüküm Kavramı</t>
+          <t>Nübüvvete Şahitliğiyle Toplumda Kadın</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258005790</t>
+          <t>9786258304176</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Münafikun Suresinin Tefsiri</t>
+          <t>Malik bin Nebi'de Sömürgecilik Olgusu</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258005868</t>
+          <t>9786258304114</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Modern Mısır’da Nübüvvet Tartışmaları</t>
+          <t>Hille Medresesinden Şii Bir Alim Portresi: Muhakkık el-Hilli</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786258005813</t>
+          <t>9786258304169</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Ahlaki Görecelik</t>
+          <t>Fıkıh Usulü Kelam İlişkisi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>345</v>
+        <v>335</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258005875</t>
+          <t>9786258304220</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İlahi Sıfatlar</t>
+          <t>Din Anlayışımız</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258005776</t>
+          <t>9786258304022</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kadını Güçlendiren Tedbirler</t>
+          <t>Tahaavi'nin Usul Anlayışı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>220</v>
+        <v>335</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258005783</t>
+          <t>9786258304015</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Bilginin Akliliği</t>
+          <t>Behcetu’l-erib Fi Şerhi Telhisi’l-hatib</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>205</v>
+        <v>480</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258005745</t>
+          <t>9786258005769</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kur'an İslamı Arayışları</t>
+          <t>İmam Maturidi'nin Hadlere Yaklaşımı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>465</v>
+        <v>210</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258005738</t>
+          <t>9786258005752</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Kur'an'la Tefsiri Meselesi</t>
+          <t>Kur'an Dilinin Fonetik Yapısı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>355</v>
+        <v>175</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258005721</t>
+          <t>9786258005707</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Bir Mübeyyin Olarak Kur'an ve Hz. Peygamber</t>
+          <t>Yöneticilere İtaatin Sınırları</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258005714</t>
+          <t>9786258005691</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde İsrailiyat ve Kitab-ı Mukaddes’e Yaklaşımlar</t>
+          <t>XX. Asırda Şam'da Hadis Çalışmaları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>425</v>
+        <v>405</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786057570222</t>
+          <t>9786258005899</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Tekke Eksenli Sağlık Hizmetleri</t>
+          <t>Kur'an'ın Tarih İnşası</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257879002</t>
+          <t>9786258005929</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Şiir - Şehir İlişkisi</t>
+          <t>İnsan Gözdür</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258005608</t>
+          <t>9786258005912</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Tevhidi Anlamak</t>
+          <t>Hermetizm ve Gnostisizm</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257879071</t>
+          <t>9786258005851</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Sünnette Ganimet ve Esirler</t>
+          <t>Tefsiru'l-Kur’ani'l-Mecid li'l-İmam Abdi'l-Baki et-Tebrizi el-Bağdadi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786057570390</t>
+          <t>9786258005806</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Suç Ve Ceza</t>
+          <t>Nahçivani'nin Tefsir Yöntemi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786057570383</t>
+          <t>9786258005844</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kıbrısı'nda Müslim - Gayrimüslim İlişkileri</t>
+          <t>Kur'an-ı Kerim'de Hüküm Kavramı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257879675</t>
+          <t>9786258005790</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Müfessirlerin Siyeri Kaynak Olarak Kullanma Yöntemleri</t>
+          <t>Münafikun Suresinin Tefsiri</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257879033</t>
+          <t>9786258005868</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Muhammed B. Harun er-Ruyani ve el-Müsned Adlı Eseri</t>
+          <t>Modern Mısır’da Nübüvvet Tartışmaları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786057570529</t>
+          <t>9786258005813</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Muaviye Ve Abbas Bağlamında Arap Milliyetçiliği</t>
+          <t>İslam Felsefesinde Ahlaki Görecelik</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786057570635</t>
+          <t>9786258005875</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Matüridi Düşüncede İlahi Adalet</t>
+          <t>İlahi Sıfatlar</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>215</v>
+        <v>165</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786057570536</t>
+          <t>9786258005776</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Anlaşılmasında Belagat İlminin Rolü</t>
+          <t>Kur'an'da Kadını Güçlendiren Tedbirler</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786057570642</t>
+          <t>9786258005783</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Mekke'de Sınıfsal Yapı</t>
+          <t>İslam Düşüncesinde Bilginin Akliliği</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258005639</t>
+          <t>9786258005745</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve İnsan</t>
+          <t>Türkiye'de Kur'an İslamı Arayışları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>320</v>
+        <v>465</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257879354</t>
+          <t>9786258005738</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Kıskançlık ve Haset</t>
+          <t>Kur'an'ın Kur'an'la Tefsiri Meselesi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>200</v>
+        <v>355</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786057570062</t>
+          <t>9786258005721</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kindi ve Felsefesi</t>
+          <t>Bir Mübeyyin Olarak Kur'an ve Hz. Peygamber</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786057570659</t>
+          <t>9786258005714</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kavleyn Literatürü Bağlamında Şafiî Savunusu</t>
+          <t>Tefsirde İsrailiyat ve Kitab-ı Mukaddes’e Yaklaşımlar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786057570581</t>
+          <t>9786057570222</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunun Esnekliği</t>
+          <t>Tekke Eksenli Sağlık Hizmetleri</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786057570604</t>
+          <t>9786257879002</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Dilencilik</t>
+          <t>Şiir - Şehir İlişkisi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786057570413</t>
+          <t>9786258005608</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukuku Normları</t>
+          <t>Tevhidi Anlamak</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786057570215</t>
+          <t>9786257879071</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>İlk Kadın İmajı</t>
+          <t>Sünnette Ganimet ve Esirler</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786057570598</t>
+          <t>9786057570390</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>İçerik ve Bağlam Boyutuyla Kur'ani Dualar</t>
+          <t>Osmanlı'da Suç Ve Ceza</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786057570475</t>
+          <t>9786057570383</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm'ın Düşünce Dünyasında Dil ve Edebiyat</t>
+          <t>Osmanlı Kıbrısı'nda Müslim - Gayrimüslim İlişkileri</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258005660</t>
+          <t>9786257879675</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Uluhiyyet</t>
+          <t>Müfessirlerin Siyeri Kaynak Olarak Kullanma Yöntemleri</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786057570338</t>
+          <t>9786257879033</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Hanefi İllet Teorisi</t>
+          <t>Muhammed B. Harun er-Ruyani ve el-Müsned Adlı Eseri</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>295</v>
+        <v>205</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258005615</t>
+          <t>9786057570529</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Düşüncesi</t>
+          <t>Muaviye Ve Abbas Bağlamında Arap Milliyetçiliği</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786057570420</t>
+          <t>9786057570635</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Usul-i Fıkıh Tartışmaları</t>
+          <t>Matüridi Düşüncede İlahi Adalet</t>
         </is>
       </c>
       <c r="C504" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786057570628</t>
+          <t>9786057570536</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Ebu'l - Kasım es-Süheyli ve el-Emali'si</t>
+          <t>Kur'an-ı Kerim'in Anlaşılmasında Belagat İlminin Rolü</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>165</v>
+        <v>265</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786057570796</t>
+          <t>9786057570642</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Bir Hadis Usulü Kaynağı Olarak Er-Risale</t>
+          <t>Kur'an'a Göre Mekke'de Sınıfsal Yapı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257879156</t>
+          <t>9786258005639</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Asıl ve Fer' Nazariyesi</t>
+          <t>Kur'an ve İnsan</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>155</v>
+        <v>320</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257879064</t>
+          <t>9786257879354</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Arap Belagatinde Yenilikçi Yaklaşımlar</t>
+          <t>Kur'an ve Sünnet Işığında Kıskançlık ve Haset</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786057570208</t>
+          <t>9786057570062</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Aksaraylı Yusuf Hakiki Baba</t>
+          <t>Kindi ve Felsefesi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>205</v>
+        <v>140</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258005622</t>
+          <t>9786057570659</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Afro Arabistan</t>
+          <t>Kavleyn Literatürü Bağlamında Şafiî Savunusu</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258005653</t>
+          <t>9786057570581</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Adudüddin el-Ici'de Ulühiyyet Düşüncesi</t>
+          <t>İslam Hukukunun Esnekliği</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258005684</t>
+          <t>9786057570604</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Nurdan Damlalar</t>
+          <t>İslam Hukukunda Dilencilik</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258005646</t>
+          <t>9786057570413</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Hak Kavramı</t>
+          <t>İslam Ceza Hukuku Normları</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258005592</t>
+          <t>9786057570215</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Buhus Luğaviyye ve Tefsiriyye Fi'l-Kur'an - Kur’an Hakkında Dil ve Tefsir Araştırmaları</t>
+          <t>İlk Kadın İmajı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258005486</t>
+          <t>9786057570598</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Ahlak Bazında Manevi Eğitim</t>
+          <t>İçerik ve Bağlam Boyutuyla Kur'ani Dualar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>305</v>
+        <v>240</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786057570772</t>
+          <t>9786057570475</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bilincimiz</t>
+          <t>İbn Hazm'ın Düşünce Dünyasında Dil ve Edebiyat</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>165</v>
+        <v>330</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786055482770</t>
+          <t>9786258005660</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Merhumu Nasıl Bilirsiniz?</t>
+          <t>Hz. Peygamber Döneminde Uluhiyyet</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786057570987</t>
+          <t>9786057570338</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ebü İshak el-İsferayini Hayatı ve Kelami Görüşleri</t>
+          <t>Hanefi İllet Teorisi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>205</v>
+        <v>295</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786057570789</t>
+          <t>9786258005615</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kadızadeliler ve Sivasiler Tartışması</t>
+          <t>Günümüz Düşüncesi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>4458000102020</t>
+          <t>9786057570420</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Afrika Seyahatnamesi (Ciltli)</t>
+          <t>Erken Dönem Usul-i Fıkıh Tartışmaları</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>600</v>
+        <v>215</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786059652469</t>
+          <t>9786057570628</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Tenzilden Tezyine Mushaf-ı Şerif</t>
+          <t>Ebu'l - Kasım es-Süheyli ve el-Emali'si</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059652797</t>
+          <t>9786057570796</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Sanat</t>
+          <t>Bir Hadis Usulü Kaynağı Olarak Er-Risale</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789757138174</t>
+          <t>9786257879156</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın Ehl-i Kitap’la Münasebetleri</t>
+          <t>Arapçada Asıl ve Fer' Nazariyesi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>315</v>
+        <v>155</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789757138457</t>
+          <t>9786257879064</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kur’ani Sesleniş-2</t>
+          <t>Arap Belagatinde Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786055482985</t>
+          <t>9786057570208</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Temel Hedefi</t>
+          <t>Aksaraylı Yusuf Hakiki Baba</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>140</v>
+        <v>205</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789757138280</t>
+          <t>9786258005622</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Çalışmalarında Yöntem</t>
+          <t>Afro Arabistan</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>50</v>
+        <v>285</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786059652865</t>
+          <t>9786258005653</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>İslam Nedir Muhammed Kimdir</t>
+          <t>Adudüddin el-Ici'de Ulühiyyet Düşüncesi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786057570024</t>
+          <t>9786258005684</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>İran ve İslam</t>
+          <t>Nurdan Damlalar</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>275</v>
+        <v>185</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786059652858</t>
+          <t>9786258005646</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>İbrahim’le Buluşma</t>
+          <t>Hadislerde Hak Kavramı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>485</v>
+        <v>185</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789757138259</t>
+          <t>9786258005592</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Hatemiyyet</t>
+          <t>Buhus Luğaviyye ve Tefsiriyye Fi'l-Kur'an - Kur’an Hakkında Dil ve Tefsir Araştırmaları</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786057570031</t>
+          <t>9786258005486</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Çöle İniş (Hubut-Kevir)</t>
+          <t>Tasavvufi Ahlak Bazında Manevi Eğitim</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>450</v>
+        <v>305</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257879767</t>
+          <t>9786057570772</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Suriye Lehçesi ve Türkiye Türkçesindeki Deyimlerin Karşıtsal Analizi</t>
+          <t>Çevre Bilincimiz</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258005493</t>
+          <t>9786055482770</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Er Risaletüş Şafiye Fil İcaz</t>
+          <t>Merhumu Nasıl Bilirsiniz?</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>515</v>
+        <v>215</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258005554</t>
+          <t>9786057570987</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet ve Şia’nın Tefsir Tarihi</t>
+          <t>Ebü İshak el-İsferayini Hayatı ve Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258005585</t>
+          <t>9786057570789</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem İmam Şafii Algısı</t>
+          <t>Kadızadeliler ve Sivasiler Tartışması</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258005578</t>
+          <t>4458000102020</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Hanefiliğin Oluşum Süreci ve İtikadi Mezheplerle İlişkisi</t>
+          <t>Afrika Seyahatnamesi (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258005561</t>
+          <t>9786059652469</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Oryantalist Düşüncede Hayali Ravi Anlayışı ve Eleştirisi</t>
+          <t>Tenzilden Tezyine Mushaf-ı Şerif</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>230</v>
+        <v>185</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258005547</t>
+          <t>9786059652797</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Şiirinde Zühd</t>
+          <t>Sanat</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258005530</t>
+          <t>9789757138174</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>El-İstihrac ve Tatbikuhu İnde’l-Muhaddisin</t>
+          <t>Resulullah’ın Ehl-i Kitap’la Münasebetleri</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>230</v>
+        <v>315</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258005509</t>
+          <t>9789757138457</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Tenkit Ve Ahmed Er-Razı El Aksarayi’nin Mebahisü’t-Tefsir’i</t>
+          <t>Kur’ani Sesleniş-2</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>285</v>
+        <v>135</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258005516</t>
+          <t>9786055482985</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Raşit Halifeler’in Sünnetinin Fıkhi Kaynak Değeri</t>
+          <t>Kur’an’ın Temel Hedefi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258005455</t>
+          <t>9789757138280</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kur'an</t>
+          <t>Kur’an Çalışmalarında Yöntem</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258005462</t>
+          <t>9786059652865</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kadın</t>
+          <t>İslam Nedir Muhammed Kimdir</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258005523</t>
+          <t>9786057570024</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem İmamiyye Şia'sının Kur'an Yorumu</t>
+          <t>İran ve İslam</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258005479</t>
+          <t>9786059652858</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Safevilerin İlk Döneminde İktidar-Ulema İlişkisi</t>
+          <t>İbrahim’le Buluşma</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>225</v>
+        <v>485</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258005431</t>
+          <t>9789757138259</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Modernist Bir Yaklaşım</t>
+          <t>Hatemiyyet</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258005448</t>
+          <t>9786057570031</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Müşkilu'l-Kur'an 1</t>
+          <t>Çöle İniş (Hubut-Kevir)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786258005424</t>
+          <t>9786257879767</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Nübüvvetine Delil Olan İnsani Özellikleri</t>
+          <t>Suriye Lehçesi ve Türkiye Türkçesindeki Deyimlerin Karşıtsal Analizi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>305</v>
+        <v>210</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258005417</t>
+          <t>9786258005493</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Ehemmiyyetü ve Devrü’l-Kıraati fi Tefsiri’l-Kur’an</t>
+          <t>Er Risaletüş Şafiye Fil İcaz</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>160</v>
+        <v>515</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258005363</t>
+          <t>9786258005554</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Deliluke li-Fehmi'l-Kur'an Bi'l-Me'ani't-Turkiyye</t>
+          <t>Ehl-i Sünnet ve Şia’nın Tefsir Tarihi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258005400</t>
+          <t>9786258005585</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Usulünde Mubah Nazariyesi</t>
+          <t>Modern Dönem İmam Şafii Algısı</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258005394</t>
+          <t>9786258005578</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Düşüncesinde Farazi Fıkıh</t>
+          <t>Hanefiliğin Oluşum Süreci ve İtikadi Mezheplerle İlişkisi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>470</v>
+        <v>390</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786258005370</t>
+          <t>9786258005561</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Med Cezir 101</t>
+          <t>Oryantalist Düşüncede Hayali Ravi Anlayışı ve Eleştirisi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258005387</t>
+          <t>9786258005547</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Klasik Tefsir Hatimeleri</t>
+          <t>Endülüs Şiirinde Zühd</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258005332</t>
+          <t>9786258005530</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Ve Hayat</t>
+          <t>El-İstihrac ve Tatbikuhu İnde’l-Muhaddisin</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258005295</t>
+          <t>9786258005509</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Risalesi</t>
+          <t>Tefsirde Tenkit Ve Ahmed Er-Razı El Aksarayi’nin Mebahisü’t-Tefsir’i</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>190</v>
+        <v>285</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258005318</t>
+          <t>9786258005516</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörü</t>
+          <t>Raşit Halifeler’in Sünnetinin Fıkhi Kaynak Değeri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786258005356</t>
+          <t>9786258005455</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Himmetiyye’nin Adab Ve Erkanı</t>
+          <t>Kur'an'da Kur'an</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258005349</t>
+          <t>9786258005462</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Himmetiyye</t>
+          <t>Kur'an'da Kadın</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>160</v>
+        <v>285</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786258005325</t>
+          <t>9786258005523</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Medeniyetinin Zirvesi</t>
+          <t>Modern Dönem İmamiyye Şia'sının Kur'an Yorumu</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786258005301</t>
+          <t>9786258005479</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Mağrib Bölgesinde Hadis</t>
+          <t>Safevilerin İlk Döneminde İktidar-Ulema İlişkisi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786258005288</t>
+          <t>9786258005431</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Adanmış Bir Ömür M. Sait Şimşek (Ciltli)</t>
+          <t>Kur'an'a Modernist Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>800</v>
+        <v>210</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786258005240</t>
+          <t>9786258005448</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Dönemi Adliye Teşkilatı Ve Yargı Hukuku Uygulamaları</t>
+          <t>Müşkilu'l-Kur'an 1</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258005189</t>
+          <t>9786258005424</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Masailer (Ciltli)</t>
+          <t>Hz. Muhammed'in Nübüvvetine Delil Olan İnsani Özellikleri</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>400</v>
+        <v>305</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786258005271</t>
+          <t>9786258005417</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kureyş Şahini</t>
+          <t>Ehemmiyyetü ve Devrü’l-Kıraati fi Tefsiri’l-Kur’an</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258005257</t>
+          <t>9786258005363</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Mushafı</t>
+          <t>Deliluke li-Fehmi'l-Kur'an Bi'l-Me'ani't-Turkiyye</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786258005141</t>
+          <t>9786258005400</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriati'de Allah Alem İlişkisi</t>
+          <t>İslam Hukuk Usulünde Mubah Nazariyesi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786258005226</t>
+          <t>9786258005394</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Geçiş Döneminde İtikadi Açıdan Muhammed İhsan Oğuz (Ciltli)</t>
+          <t>İslam Hukuk Düşüncesinde Farazi Fıkıh</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258005264</t>
+          <t>9786258005370</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Rehberliğinde Hz. Muhammed (s.)</t>
+          <t>Med Cezir 101</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258005219</t>
+          <t>9786258005387</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İtidal Yazıları</t>
+          <t>Klasik Tefsir Hatimeleri</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>415</v>
+        <v>230</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786258005233</t>
+          <t>9786258005332</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Çağdaş Dönem Sünni - Şıi Yorumu</t>
+          <t>Tasavvuf Ve Hayat</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786258005110</t>
+          <t>9786258005295</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Şia’da Kur’an İlimleri</t>
+          <t>Tevhid Risalesi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>405</v>
+        <v>190</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786258005158</t>
+          <t>9786258005318</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulünün Gelişimi</t>
+          <t>Hoşgörü</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>330</v>
+        <v>255</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786258005165</t>
+          <t>9786258005356</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Din-Siyaset İlişkisi - Emeviler Dönemi 2</t>
+          <t>Himmetiyye’nin Adab Ve Erkanı</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786258005172</t>
+          <t>9786258005349</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Yönelişler</t>
+          <t>Himmetiyye</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786258005202</t>
+          <t>9786258005325</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Cenneti Türkiye</t>
+          <t>Endülüs Medeniyetinin Zirvesi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786258005196</t>
+          <t>9786258005301</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Çağırıyor</t>
+          <t>Mağrib Bölgesinde Hadis</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786258005134</t>
+          <t>9786258005288</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Toplumsal Ahlak</t>
+          <t>Tefsire Adanmış Bir Ömür M. Sait Şimşek (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786258005127</t>
+          <t>9786258005240</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarına Çağdaş Yaklaşımlar</t>
+          <t>Emeviler Dönemi Adliye Teşkilatı Ve Yargı Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257879989</t>
+          <t>9786258005189</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma ve Hz. Ali İkliminde Aile Olmak</t>
+          <t>Masailer (Ciltli)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>205</v>
+        <v>400</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786258005042</t>
+          <t>9786258005271</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Güncel Dini Meselelerimiz</t>
+          <t>Kureyş Şahini</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786258005103</t>
+          <t>9786258005257</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Hace Abdülhalik Gucdüvani ve Vesaya</t>
+          <t>Hz. Ali Mushafı</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>160</v>
+        <v>255</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786258005097</t>
+          <t>9786258005141</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Hace Ali Ramiteni ve Risale-i Hazret-i Azizan</t>
+          <t>Ali Şeriati'de Allah Alem İlişkisi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786258005059</t>
+          <t>9786258005226</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Maveraünnehir Tasavvufunun Kökleri</t>
+          <t>Osmanlı'dan Cumhuriyet'e Geçiş Döneminde İtikadi Açıdan Muhammed İhsan Oğuz (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786258005080</t>
+          <t>9786258005264</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Hace Muhammed Arif-i Rivgeri ve Arifname</t>
+          <t>Kur'an Rehberliğinde Hz. Muhammed (s.)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786258005073</t>
+          <t>9786258005219</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Hacegan-Nakşibendiyye Tarikatı ve Ekonomi</t>
+          <t>İtidal Yazıları</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>150</v>
+        <v>415</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786258005066</t>
+          <t>9786258005233</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Hacegan-Nakşibendiyye Tarikatı ve Yedi Pir</t>
+          <t>Kur’an’ın Çağdaş Dönem Sünni - Şıi Yorumu</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786258005035</t>
+          <t>9786258005110</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Beşeri Gelişimin Temelleri</t>
+          <t>Şia’da Kur’an İlimleri</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>250</v>
+        <v>405</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786258005028</t>
+          <t>9786258005158</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Üsüsü'n-Nizami'l-İktisadi El-İslami Fi Dav'i'l-Menheci'n-Nebevi</t>
+          <t>Hadis Usulünün Gelişimi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786258005011</t>
+          <t>9786258005165</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>El-Kur’anu Şeri‘atün Daimetün ve Mu‘cizetün Halidetün -Dirase Nazariyye Tatbikiyye fi’l-Kur’an’l-Kerimi fi Kevnihi Tibyanen li-Külli Şey’in</t>
+          <t>Din-Siyaset İlişkisi - Emeviler Dönemi 2</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257879972</t>
+          <t>9786258005172</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Afrika ve İdrisiler Devleti</t>
+          <t>Kur'an'a Yönelişler</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257879958</t>
+          <t>9786258005202</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Yolculuğu</t>
+          <t>Yeryüzü Cenneti Türkiye</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257879996</t>
+          <t>9786258005196</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Hicri İlk İki Asır Fıkıh Eserlerinin Hadis Usulü Terimlerinin Oluşumundaki Rolü</t>
+          <t>Endülüs Çağırıyor</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257879934</t>
+          <t>9786258005134</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Eseru Medreseti’l-Iraki’l-Hanefiyye’l-Usuliyye fi Usuli’l-Mütekellimin</t>
+          <t>Kur'an'da Toplumsal Ahlak</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257879910</t>
+          <t>9786258005127</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Olaylarla Orta Doğu</t>
+          <t>Kur'an Kıssalarına Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257879927</t>
+          <t>9786257879989</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Geleneğinde Rivayet</t>
+          <t>Hz. Fatıma ve Hz. Ali İkliminde Aile Olmak</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>330</v>
+        <v>205</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257879903</t>
+          <t>9786258005042</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Felsefi Düşüncenin Kısa Tarihi</t>
+          <t>Kur'an ve Güncel Dini Meselelerimiz</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257879873</t>
+          <t>9786258005103</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Algı ve Gerçeklik Arasında Hz. Ali</t>
+          <t>Hace Abdülhalik Gucdüvani ve Vesaya</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257879897</t>
+          <t>9786258005097</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Hikmet</t>
+          <t>Hace Ali Ramiteni ve Risale-i Hazret-i Azizan</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257879880</t>
+          <t>9786258005059</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Hasan Turabi’nin Düşüncesinde Din ve Siyaset</t>
+          <t>Maveraünnehir Tasavvufunun Kökleri</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>265</v>
+        <v>430</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257879859</t>
+          <t>9786258005080</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminden Modern Döneme Kadar Muhtasar Arap Edebiyat Eleştiri Tarihi</t>
+          <t>Hace Muhammed Arif-i Rivgeri ve Arifname</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257879866</t>
+          <t>9786258005073</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyat Eleştiri Tarihi (Muhtasar)</t>
+          <t>Hacegan-Nakşibendiyye Tarikatı ve Ekonomi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257879842</t>
+          <t>9786258005066</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Teaching With Guided Imagery Activities</t>
+          <t>Hacegan-Nakşibendiyye Tarikatı ve Yedi Pir</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>105</v>
+        <v>250</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257879835</t>
+          <t>9786258005035</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi ve İktisadi Açıdan Salgın Dönemi</t>
+          <t>Hadislerde Beşeri Gelişimin Temelleri</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>365</v>
+        <v>250</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257879828</t>
+          <t>9786258005028</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Misyar Nikahı ve İslam Hukuku Açısından Değerlendirilmesi</t>
+          <t>Üsüsü'n-Nizami'l-İktisadi El-İslami Fi Dav'i'l-Menheci'n-Nebevi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257879804</t>
+          <t>9786258005011</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dilinden Dua</t>
+          <t>El-Kur’anu Şeri‘atün Daimetün ve Mu‘cizetün Halidetün -Dirase Nazariyye Tatbikiyye fi’l-Kur’an’l-Kerimi fi Kevnihi Tibyanen li-Külli Şey’in</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257879781</t>
+          <t>9786257879972</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Fostering Self-Directed Learning</t>
+          <t>Kuzey Afrika ve İdrisiler Devleti</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>105</v>
+        <v>170</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257879798</t>
+          <t>9786257879958</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Mefküre</t>
+          <t>Merhamet Yolculuğu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257879811</t>
+          <t>9786257879996</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem ve Yaratılış Kıssası ile İlgili İsrailiyyat</t>
+          <t>Hicri İlk İki Asır Fıkıh Eserlerinin Hadis Usulü Terimlerinin Oluşumundaki Rolü</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257879774</t>
+          <t>9786257879934</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>The Presentation of the Murji'a in Islamic Literature</t>
+          <t>Eseru Medreseti’l-Iraki’l-Hanefiyye’l-Usuliyye fi Usuli’l-Mütekellimin</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257879750</t>
+          <t>9786257879910</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Cehm Bin Safvan ve Teolojik Paradigmasını Anlamak</t>
+          <t>Olaylarla Orta Doğu</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>215</v>
+        <v>265</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257879637</t>
+          <t>9786257879927</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İnançtan Eyleme Namaz</t>
+          <t>Tefsir Geleneğinde Rivayet</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257879743</t>
+          <t>9786257879903</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Emir es-San‘ani ve Mutlak İctihad Düşüncesi</t>
+          <t>İslam’da Felsefi Düşüncenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257879729</t>
+          <t>9786257879873</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Destiny and Responsibility in the Quran</t>
+          <t>Algı ve Gerçeklik Arasında Hz. Ali</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257879699</t>
+          <t>9786257879897</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>İslam Kişi Hukuku Açısından Akıl Hastalığı</t>
+          <t>İslam Düşüncesinde Hikmet</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257879705</t>
+          <t>9786257879880</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye'nin Şia'ya Reddiyesi (Minhacü’s-Sünne)</t>
+          <t>Hasan Turabi’nin Düşüncesinde Din ve Siyaset</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257879682</t>
+          <t>9786257879859</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Çağırıyor</t>
+          <t>Cahiliye Döneminden Modern Döneme Kadar Muhtasar Arap Edebiyat Eleştiri Tarihi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>365</v>
+        <v>230</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257879651</t>
+          <t>9786257879866</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Struktureller Vergleich Der Deutschen Und Türkischen Sprache</t>
+          <t>Arap Edebiyat Eleştiri Tarihi (Muhtasar)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257879712</t>
+          <t>9786257879842</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Cihad</t>
+          <t>Teaching With Guided Imagery Activities</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>395</v>
+        <v>105</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257879736</t>
+          <t>9786257879835</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Irak Lehçesindeki Varlığı</t>
+          <t>Fıkhi ve İktisadi Açıdan Salgın Dönemi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>235</v>
+        <v>365</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257879668</t>
+          <t>9786257879828</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Sure Kavramının Semantik Analizi</t>
+          <t>Misyar Nikahı ve İslam Hukuku Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257879644</t>
+          <t>9786257879804</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de İkna Yöntemleri</t>
+          <t>Kur'an Dilinden Dua</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257879323</t>
+          <t>9786257879781</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>İslam Algımız Üzerine</t>
+          <t>Fostering Self-Directed Learning</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>365</v>
+        <v>105</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257879316</t>
+          <t>9786257879798</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>İki Medeniyet Arasında Türkiye</t>
+          <t>Mefküre</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>455</v>
+        <v>185</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257879590</t>
+          <t>9786257879811</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İran</t>
+          <t>Hz. Adem ve Yaratılış Kıssası ile İlgili İsrailiyyat</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257879538</t>
+          <t>9786257879774</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>İz Tarlası (Ciltli)</t>
+          <t>The Presentation of the Murji'a in Islamic Literature</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257879583</t>
+          <t>9786257879750</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Hadisin Fıkıh Usulünde Kaynak Değeri</t>
+          <t>Cehm Bin Safvan ve Teolojik Paradigmasını Anlamak</t>
         </is>
       </c>
       <c r="C627" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257879576</t>
+          <t>9786257879637</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Sure ve Ayetlerin Faziletleri</t>
+          <t>İnançtan Eyleme Namaz</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>365</v>
+        <v>220</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257879620</t>
+          <t>9786257879743</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kelam’da Hak Düşüncesi</t>
+          <t>Emir es-San‘ani ve Mutlak İctihad Düşüncesi</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257879521</t>
+          <t>9786257879729</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>İslam Filozofları ile Ruhsal Tıp</t>
+          <t>Destiny and Responsibility in the Quran</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257879507</t>
+          <t>9786257879699</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Yaratılış</t>
+          <t>İslam Kişi Hukuku Açısından Akıl Hastalığı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257879514</t>
+          <t>9786257879705</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ali El-Farisi’nin Sarf İlmindeki Yeri</t>
+          <t>İbn Teymiyye'nin Şia'ya Reddiyesi (Minhacü’s-Sünne)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257879293</t>
+          <t>9786257879682</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Çeviriye Dair</t>
+          <t>Türkistan Çağırıyor</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>235</v>
+        <v>365</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257879491</t>
+          <t>9786257879651</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Ziyad B. Ebih</t>
+          <t>Struktureller Vergleich Der Deutschen Und Türkischen Sprache</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786057570802</t>
+          <t>9786257879712</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>İskilipli Atıf Hoca (Ciltli)</t>
+          <t>Kur’an’da Cihad</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>500</v>
+        <v>395</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257879484</t>
+          <t>9786257879736</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Mezhep-İktidar İlişkileri</t>
+          <t>Türkçenin Irak Lehçesindeki Varlığı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>515</v>
+        <v>235</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257879477</t>
+          <t>9786257879668</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Fıkıhta Kadın - Cami İlişkisi</t>
+          <t>Sure Kavramının Semantik Analizi</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257879453</t>
+          <t>9786257879644</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Taberi’de Siyer Rivayetleri - Medine Dönemi</t>
+          <t>Kur'an-ı Kerim'de İkna Yöntemleri</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257879446</t>
+          <t>9786257879323</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Gazveler</t>
+          <t>İslam Algımız Üzerine</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>150</v>
+        <v>365</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257879385</t>
+          <t>9786257879316</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Adanmış Bir Ömür Süleyman Ateş (Ciltli)</t>
+          <t>İki Medeniyet Arasında Türkiye</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>750</v>
+        <v>455</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257879392</t>
+          <t>9786257879590</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Tıp Kültürü</t>
+          <t>Dünden Bugüne İran</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257879415</t>
+          <t>9786257879538</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Dönemi - Din-Siyaset İlişkisi 1</t>
+          <t>İz Tarlası (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>410</v>
+        <v>500</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257879460</t>
+          <t>9786257879583</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerin Doğuşu ve İlk Tartışmalar</t>
+          <t>Hadisin Fıkıh Usulünde Kaynak Değeri</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257879422</t>
+          <t>9786257879576</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina ve Gazali'de İlahi İrade Kurgusu</t>
+          <t>Sure ve Ayetlerin Faziletleri</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>165</v>
+        <v>365</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257879439</t>
+          <t>9786257879620</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Fetihnameler - Osmanlı’da Zaferin Muhteşem Belgeleri</t>
+          <t>Kelam’da Hak Düşüncesi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257879361</t>
+          <t>9786257879521</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer ve Adalet</t>
+          <t>İslam Filozofları ile Ruhsal Tıp</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786057570611</t>
+          <t>9786257879507</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Materyalist Yaklaşımlar</t>
+          <t>Kur’an’da Yaratılış</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>265</v>
+        <v>285</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257879347</t>
+          <t>9786257879514</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hayat</t>
+          <t>Ebu Ali El-Farisi’nin Sarf İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257879378</t>
+          <t>9786257879293</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Razi’nin Düşüncesinde Allah’ın Sıfatları</t>
+          <t>Çeviriye Dair</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257879279</t>
+          <t>9786257879491</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İkrah</t>
+          <t>Ziyad B. Ebih</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257879262</t>
+          <t>9786057570802</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Tefsirlerde Nuh Kıssası Rivayetlerinin Gelişimi</t>
+          <t>İskilipli Atıf Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>265</v>
+        <v>500</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257879330</t>
+          <t>9786257879484</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İnsan</t>
+          <t>Mezhep-İktidar İlişkileri</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>245</v>
+        <v>515</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257879286</t>
+          <t>9786257879477</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Düşüncesinde Tanrı-Evren İlişkisi</t>
+          <t>Fıkıhta Kadın - Cami İlişkisi</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>215</v>
+        <v>330</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257879255</t>
+          <t>9786257879453</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Orta Yolda Ol!</t>
+          <t>Taberi’de Siyer Rivayetleri - Medine Dönemi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257879248</t>
+          <t>9786257879446</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Ol!</t>
+          <t>Tefsirde Gazveler</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257879231</t>
+          <t>9786257879385</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Ol!</t>
+          <t>Tefsire Adanmış Bir Ömür Süleyman Ateş (Ciltli)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257879224</t>
+          <t>9786257879392</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ötüken (Ciltli)</t>
+          <t>İslam Medeniyetinde Tıp Kültürü</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257879217</t>
+          <t>9786257879415</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Dağlar</t>
+          <t>Asr-ı Saadet Dönemi - Din-Siyaset İlişkisi 1</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>225</v>
+        <v>410</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257879118</t>
+          <t>9786257879460</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletler Hukuku</t>
+          <t>İslami İlimlerin Doğuşu ve İlk Tartışmalar</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>545</v>
+        <v>275</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257879200</t>
+          <t>9786257879422</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Fıkhın Kaynaklarına ve Fıkıh Mezheplerine Oryantalist Yaklaşım</t>
+          <t>İbn Sina ve Gazali'de İlahi İrade Kurgusu</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>215</v>
+        <v>165</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257879194</t>
+          <t>9786257879439</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Yusuf En-Nebhani ve Şiirindeki Tasavvufi Unsurlar</t>
+          <t>Fetihnameler - Osmanlı’da Zaferin Muhteşem Belgeleri</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>335</v>
+        <v>135</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257879163</t>
+          <t>9786257879361</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bütünlüğü Bağlamında Kur’an Kıssalarında Peygamberlerin İsmeti</t>
+          <t>Hz. Ömer ve Adalet</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257879187</t>
+          <t>9786057570611</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>İslam Eğitim Tarihinde Çocuklara Kur’an Öğretimi</t>
+          <t>Kur’an’a Materyalist Yaklaşımlar</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>170</v>
+        <v>265</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257879170</t>
+          <t>9786257879347</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Kamu Otoritesinin Mubahı Sınırlandırması</t>
+          <t>Kur’an’da Hayat</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257879125</t>
+          <t>9786257879378</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Döneminde Giyim</t>
+          <t>Fahreddin Razi’nin Düşüncesinde Allah’ın Sıfatları</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>210</v>
+        <v>345</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257879132</t>
+          <t>9786257879279</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Cibril - Cebrail (a.s.)</t>
+          <t>İslam Hukukunda İkrah</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>340</v>
+        <v>245</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257879149</t>
+          <t>9786257879262</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Batı Literatüründe Kur'an Metnine Yaklaşımlar</t>
+          <t>Tefsirlerde Nuh Kıssası Rivayetlerinin Gelişimi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257879101</t>
+          <t>9786257879330</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Sıla-i Rahim</t>
+          <t>Kur’an’da İnsan</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257879095</t>
+          <t>9786257879286</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>İran’da Ehl-i Sünnet</t>
+          <t>Mevlana Düşüncesinde Tanrı-Evren İlişkisi</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786057570932</t>
+          <t>9786257879255</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Hadisçiler ve Tarih</t>
+          <t>Orta Yolda Ol!</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>205</v>
+        <v>100</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786057570895</t>
+          <t>9786257879248</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Yazıları</t>
+          <t>Erdemli Ol!</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786057570918</t>
+          <t>9786257879231</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Marjinalleri</t>
+          <t>Mutlu Ol!</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>345</v>
+        <v>100</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786057570925</t>
+          <t>9786257879224</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Hikmet Kelam ve İrfan İlişkisi</t>
+          <t>Ötüken (Ciltli)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786057570949</t>
+          <t>9786257879217</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Varlığının Delilleri</t>
+          <t>Kur’an’da Dağlar</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786057570901</t>
+          <t>9786257879118</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Mü’min Şahsiyetin İnşası Bağlamında Kur’an’da Dua</t>
+          <t>İslam Devletler Hukuku</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>160</v>
+        <v>545</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786057570819</t>
+          <t>9786257879200</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Var Ol!</t>
+          <t>Fıkhın Kaynaklarına ve Fıkıh Mezheplerine Oryantalist Yaklaşım</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786057570703</t>
+          <t>9786257879194</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Mucize Nedir Ne Değildir?</t>
+          <t>Yusuf En-Nebhani ve Şiirindeki Tasavvufi Unsurlar</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>180</v>
+        <v>335</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786057570680</t>
+          <t>9786257879163</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Şefaat Nedir Ne Değildir?</t>
+          <t>Kur'an'ın Bütünlüğü Bağlamında Kur’an Kıssalarında Peygamberlerin İsmeti</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786057570666</t>
+          <t>9786257879187</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Tarihsellik Nedir Ne Değildir?</t>
+          <t>İslam Eğitim Tarihinde Çocuklara Kur’an Öğretimi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786057570673</t>
+          <t>9786257879170</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Nedir Ne Değildir?</t>
+          <t>İslam Hukukunda Kamu Otoritesinin Mubahı Sınırlandırması</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786057570741</t>
+          <t>9786257879125</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Evrim Nedir Ne Değildir?</t>
+          <t>Hz. Muhammed Döneminde Giyim</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786057570758</t>
+          <t>9786257879132</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Cihad Nedir Ne Değildir?</t>
+          <t>Cibril - Cebrail (a.s.)</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786057570697</t>
+          <t>9786257879149</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Nüzul-i İsa ve Mehdilik Nedir Ne Değildir?</t>
+          <t>Çağdaş Batı Literatüründe Kur'an Metnine Yaklaşımlar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786057570710</t>
+          <t>9786257879101</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kader Nedir Ne Değildir?</t>
+          <t>Sıla-i Rahim</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786057570727</t>
+          <t>9786257879095</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kabir Hayatı Nedir Ne Değildir?</t>
+          <t>İran’da Ehl-i Sünnet</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786057570734</t>
+          <t>9786057570932</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Hilafet Nedir Ne Değildir?</t>
+          <t>Hadisçiler ve Tarih</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786057570505</t>
+          <t>9786057570895</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Adanmış Bir Ömür İsmail Cerrahoğlu (Ciltli)</t>
+          <t>Ramazan Yazıları</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786057570482</t>
+          <t>9786057570918</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Üzerindeki Beş Gölge</t>
+          <t>İslam’ın İlk Marjinalleri</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786057570512</t>
+          <t>9786057570925</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Özgür Ol!</t>
+          <t>İslam Düşüncesinde Hikmet Kelam ve İrfan İlişkisi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786055482848</t>
+          <t>9786057570949</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>İlk Beş Asır Fıkıh Usulü Literatüründe Teklifî Hüküm Terminolojisi</t>
+          <t>Allah’ın Varlığının Delilleri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>315</v>
+        <v>375</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786057570543</t>
+          <t>9786057570901</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (3 Cilt) Ciltli - Özel Kutulu</t>
+          <t>Mü’min Şahsiyetin İnşası Bağlamında Kur’an’da Dua</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>1800</v>
+        <v>160</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786057570574</t>
+          <t>9786057570819</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (3 Cilt Takım)</t>
+          <t>Var Ol!</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>1200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786057570406</t>
+          <t>9786057570703</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Turkana (Ciltli)</t>
+          <t>Mucize Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786057570352</t>
+          <t>9786057570680</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Karizma Dindarlığı</t>
+          <t>Şefaat Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>340</v>
+        <v>165</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786057570468</t>
+          <t>9786057570666</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Kurtuluş Çağrısı</t>
+          <t>Tarihsellik Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786057570376</t>
+          <t>9786057570673</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Zamanında Medine'de Gündelik Hayat</t>
+          <t>Şeriat Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786057570444</t>
+          <t>9786057570741</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Mehdilik ve Nüzul-i İsa Tartışmaları</t>
+          <t>Evrim Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786057570437</t>
+          <t>9786057570758</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Ali Şeriati</t>
+          <t>Cihad Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786057570369</t>
+          <t>9786057570697</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Şiir</t>
+          <t>Nüzul-i İsa ve Mehdilik Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786057570345</t>
+          <t>9786057570710</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Celali</t>
+          <t>Kader Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786057570451</t>
+          <t>9786057570727</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>İmam Matüridi’nin İzdüşümü</t>
+          <t>Kabir Hayatı Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>305</v>
+        <v>220</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786055482558</t>
+          <t>9786057570734</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Biz Suçluyuz</t>
+          <t>Hilafet Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>95</v>
+        <v>180</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786057570291</t>
+          <t>9786057570505</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza ve Şehadet</t>
+          <t>Tefsire Adanmış Bir Ömür İsmail Cerrahoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>155</v>
+        <v>700</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786057570307</t>
+          <t>9786057570482</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Habbab Bin Eret ve Sebat</t>
+          <t>İslam’ın Üzerindeki Beş Gölge</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786057570321</t>
+          <t>9786057570512</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Ammar Bin Yasir ve Sabır</t>
+          <t>Özgür Ol!</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786057570314</t>
+          <t>9786055482848</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi ve Tevhid</t>
+          <t>İlk Beş Asır Fıkıh Usulü Literatüründe Teklifî Hüküm Terminolojisi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>155</v>
+        <v>315</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786057570253</t>
+          <t>9786057570543</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düşüncenin Oluşumunda Hadislerin Rolü</t>
+          <t>Hz. Muhammed (3 Cilt) Ciltli - Özel Kutulu</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>210</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786057570260</t>
+          <t>9786057570574</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Farisi ve Hakikat</t>
+          <t>Hz. Muhammed (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>170</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786057570284</t>
+          <t>9786057570406</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Ka'b Bin Malik ve Tevbe</t>
+          <t>Turkana (Ciltli)</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786057570277</t>
+          <t>9786057570352</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Mus'ab Bin Umeyr ve Davet</t>
+          <t>Karizma Dindarlığı</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786057570239</t>
+          <t>9786057570468</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültür Gerillası Ali Şeriati</t>
+          <t>Hz. Muhammed ve Kurtuluş Çağrısı</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786057570154</t>
+          <t>9786057570376</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Şii Düşüncede Tarih Dışı Hz. Fatıma Yorumu</t>
+          <t>Hz. Muhammed Zamanında Medine'de Gündelik Hayat</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>105</v>
+        <v>340</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786057570147</t>
+          <t>9786057570444</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihinde Nazari İrfan Geleneği</t>
+          <t>Mehdilik ve Nüzul-i İsa Tartışmaları</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>285</v>
+        <v>270</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786057570130</t>
+          <t>9786057570437</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Medine Vesikası - Anayasası ve Birlikte Yaşama</t>
+          <t>Dünyada Ali Şeriati</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>135</v>
+        <v>315</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786057570123</t>
+          <t>9786057570369</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet İnsan ve Din</t>
+          <t>Kur'an ve Şiir</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786057570086</t>
+          <t>9786057570345</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Hadisleri Anlama Yöntemi</t>
+          <t>Ahlak-ı Celali</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>365</v>
+        <v>280</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786059652711</t>
+          <t>9786057570451</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aydınlığı Kronolojik Kur'an Meali (Hafız Boy) (Ciltli)</t>
+          <t>İmam Matüridi’nin İzdüşümü</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>1200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786059652933</t>
+          <t>9786055482558</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başı Sıfır</t>
+          <t>Anne Baba Biz Suçluyuz</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>295</v>
+        <v>95</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786059652957</t>
+          <t>9786057570291</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Seyyid Kutub</t>
+          <t>Hz. Hamza ve Şehadet</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>580</v>
+        <v>155</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786059652940</t>
+          <t>9786057570307</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yürek İster (Ciltli)</t>
+          <t>Habbab Bin Eret ve Sebat</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786059652971</t>
+          <t>9786057570321</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sosyal Hayatımız</t>
+          <t>Ammar Bin Yasir ve Sabır</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786059652926</t>
+          <t>9786057570314</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Güncelleştirilmesi</t>
+          <t>Bilal-i Habeşi ve Tevhid</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>205</v>
+        <v>155</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786059652766</t>
+          <t>9786057570253</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Niçin İndirildi?</t>
+          <t>Siyasi Düşüncenin Oluşumunda Hadislerin Rolü</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786059652735</t>
+          <t>9786057570260</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriatı Cep Kitapları (Kutulu Set)</t>
+          <t>Selman-ı Farisi ve Hakikat</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>825</v>
+        <v>170</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786059652742</t>
+          <t>9786057570284</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriatı Külliyatı (Kutulu Set)</t>
+          <t>Ka'b Bin Malik ve Tevbe</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>12100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786059652759</t>
+          <t>9786057570277</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yorumlarında Kadın</t>
+          <t>Mus'ab Bin Umeyr ve Davet</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786059652773</t>
+          <t>9786057570239</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Ruhi Hastalıklar</t>
+          <t>Bir Kültür Gerillası Ali Şeriati</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>345</v>
+        <v>240</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786055482626</t>
+          <t>9786057570154</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Şehadet (Cep Boy)</t>
+          <t>Şii Düşüncede Tarih Dışı Hz. Fatıma Yorumu</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>80</v>
+        <v>105</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786059652278</t>
+          <t>9786057570147</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Gerçeği</t>
+          <t>Tasavvuf Tarihinde Nazari İrfan Geleneği</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786059652827</t>
+          <t>9786057570130</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Cep Boy, Metinli)</t>
+          <t>Medine Vesikası - Anayasası ve Birlikte Yaşama</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786057570826</t>
+          <t>9786057570123</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Beyanu'l-Hak (3 Cilt Takım) (Ciltli)</t>
+          <t>Medeniyet İnsan ve Din</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>3000</v>
+        <v>265</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786059652421</t>
+          <t>9786057570086</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Şafiiliğin Kurumsallaşmasında Büveyti ve el Muhtasar'ı</t>
+          <t>Hadisleri Anlama Yöntemi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>325</v>
+        <v>365</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786059652667</t>
+          <t>9786059652711</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Açısından Hz.Peygamber'in Şahsiyeti</t>
+          <t>Kur'an Aydınlığı Kronolojik Kur'an Meali (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>180</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786059652650</t>
+          <t>9786059652933</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Yeis Kavramı</t>
+          <t>Her Şeyin Başı Sıfır</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786059652513</t>
+          <t>9786059652957</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bakış Açılarıyla İrtidat Suçu ve Cezası</t>
+          <t>Bütün Yönleriyle Seyyid Kutub</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>185</v>
+        <v>580</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786055482930</t>
+          <t>9786059652940</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Psikoloji</t>
+          <t>İyilik Yürek İster (Ciltli)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786059652605</t>
+          <t>9786059652971</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Yaratılışı Değiştirme Fıtratı Bozma</t>
+          <t>Kur'an ve Sosyal Hayatımız</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786059652537</t>
+          <t>9786059652926</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarih ve Usulü Dersleri</t>
+          <t>Sünnetin Güncelleştirilmesi</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786059652612</t>
+          <t>9786059652766</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Şehir ve Erdem</t>
+          <t>Kur'an Niçin İndirildi?</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786059652520</t>
+          <t>9786059652735</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Yönetim Sistemi ve Temelleri</t>
+          <t>Ali Şeriatı Cep Kitapları (Kutulu Set)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>320</v>
+        <v>825</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786059652452</t>
+          <t>9786059652742</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminde Metin Tenkidi Örnekleri</t>
+          <t>Ali Şeriatı Külliyatı (Kutulu Set)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>270</v>
+        <v>12100</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786059652193</t>
+          <t>9786059652759</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Ciltli, Şamua, Metinsiz)</t>
+          <t>Kur'an Yorumlarında Kadın</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786059652414</t>
+          <t>9786059652773</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Endülüslü Bir Filozof İbn Meserre</t>
+          <t>Kur'an'a Göre Ruhi Hastalıklar</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786059652391</t>
+          <t>9786055482626</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Diplomatik Temsil</t>
+          <t>Şehadet (Cep Boy)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>325</v>
+        <v>80</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786059652384</t>
+          <t>9786059652278</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Son Nebi</t>
+          <t>Vahiy Gerçeği</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786059652407</t>
+          <t>9786059652827</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Adab-ı Muaşeret (Ciltli)</t>
+          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Cep Boy, Metinli)</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786059652360</t>
+          <t>9786057570826</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yolunda Uzaklar Yakın - 1 (Ciltli)</t>
+          <t>Beyanu'l-Hak (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>440</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786059652377</t>
+          <t>9786059652421</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Varolmak (Ciltli)</t>
+          <t>Şafiiliğin Kurumsallaşmasında Büveyti ve el Muhtasar'ı</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>660</v>
+        <v>325</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786059652339</t>
+          <t>9786059652667</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>İslam'da ve Milletlerarası Belgelerde Hürriyetler</t>
+          <t>Psikoloji Açısından Hz.Peygamber'in Şahsiyeti</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786059652285</t>
+          <t>9786059652650</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Yaşam</t>
+          <t>Kur'an'da Yeis Kavramı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786059652261</t>
+          <t>9786059652513</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Önerdiği İdeal İnsan Modelinin Oluşmasında Sevginin Rölü</t>
+          <t>Farklı Bakış Açılarıyla İrtidat Suçu ve Cezası</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786059652292</t>
+          <t>9786055482930</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından E-Ticaret</t>
+          <t>Hadis ve Psikoloji</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786059652254</t>
+          <t>9786059652605</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Güncel Dini - Siyasi Meseleler Üzerine Yazılar</t>
+          <t>İslam Hukuku Açısından Yaratılışı Değiştirme Fıtratı Bozma</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>365</v>
+        <v>185</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786059652216</t>
+          <t>9786059652537</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntıları İle Namazların Birleştirilmesi Meselesi</t>
+          <t>Hadis Tarih ve Usulü Dersleri</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786059652223</t>
+          <t>9786059652612</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Elçiler ve Kıssalar</t>
+          <t>Şehir ve Erdem</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786059652209</t>
+          <t>9786059652520</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Gadir-i Hum</t>
+          <t>İslam'da Yönetim Sistemi ve Temelleri</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786057570246</t>
+          <t>9786059652452</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Alai</t>
+          <t>Hadis İlminde Metin Tenkidi Örnekleri</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786059652162</t>
+          <t>9786059652193</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Hakk'tan Halka Kelamullah</t>
+          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Ciltli, Şamua, Metinsiz)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786059652070</t>
+          <t>9786059652414</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ahiret Bütünlüğü</t>
+          <t>Endülüslü Bir Filozof İbn Meserre</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>125</v>
+        <v>340</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786059652117</t>
+          <t>9786059652391</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Şii/Usuli Geleneğin Kur'an Yorumu</t>
+          <t>İslam Hukukunda Diplomatik Temsil</t>
         </is>
       </c>
       <c r="C760" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786059652100</t>
+          <t>9786059652384</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Mezhebi Aidiyetin Tefsirdeki İzdüşümleri</t>
+          <t>Son Nebi</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786059652124</t>
+          <t>9786059652407</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Öğretide Estetik Anlayış</t>
+          <t>Kur'an-ı Kerim'de Adab-ı Muaşeret (Ciltli)</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>215</v>
+        <v>750</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786059652094</t>
+          <t>9786059652360</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Ahlakın Temel Paradigmaları</t>
+          <t>İyilik Yolunda Uzaklar Yakın - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>185</v>
+        <v>440</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786059652131</t>
+          <t>9786059652377</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Son Elçisi</t>
+          <t>Varolmak (Ciltli)</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>165</v>
+        <v>660</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786059652087</t>
+          <t>9786059652339</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Devlete İsyan Suçu</t>
+          <t>İslam'da ve Milletlerarası Belgelerde Hürriyetler</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786059652032</t>
+          <t>9786059652285</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Özelinde Peygamber Aleyhtarlığı</t>
+          <t>Yazı ve Yaşam</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786055482619</t>
+          <t>9786059652261</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Marksizm / 06 Cep Kitapları</t>
+          <t>Kur'an'ın Önerdiği İdeal İnsan Modelinin Oluşmasında Sevginin Rölü</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786055482602</t>
+          <t>9786059652292</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Bakış / 08 Cep Kitapları</t>
+          <t>İslam Hukuku Açısından E-Ticaret</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786055482596</t>
+          <t>9786059652254</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Dört Zindanı</t>
+          <t>Güncel Dini - Siyasi Meseleler Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>70</v>
+        <v>365</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786055482756</t>
+          <t>9786059652216</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İlk Muhalifler</t>
+          <t>Ayrıntıları İle Namazların Birleştirilmesi Meselesi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>155</v>
+        <v>330</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786055482541</t>
+          <t>9786059652223</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Dine Karşı Din</t>
+          <t>Elçiler ve Kıssalar</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>70</v>
+        <v>265</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786055482817</t>
+          <t>9786059652209</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Estetik Yoksunluğu</t>
+          <t>Gadir-i Hum</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>215</v>
+        <v>165</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786055482589</t>
+          <t>9786057570246</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Hangi Şia?</t>
+          <t>Ahlak-ı Alai</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>80</v>
+        <v>480</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786055482503</t>
+          <t>9786059652162</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l-İcma</t>
+          <t>Hakk'tan Halka Kelamullah</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786055482695</t>
+          <t>9786059652070</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Bir Direniş, Bir Duruş, Bir İnşa Peygamberi: Hz. İbrahim ve Tebliğ Metodu</t>
+          <t>Dünya Ahiret Bütünlüğü</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786059652001</t>
+          <t>9786059652117</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Esbab-ı Nüzul</t>
+          <t>Şii/Usuli Geleneğin Kur'an Yorumu</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>355</v>
+        <v>325</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786055482305</t>
+          <t>9786059652100</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Mezhebi Aidiyetin Tefsirdeki İzdüşümleri</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>235</v>
+        <v>330</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786055482381</t>
+          <t>9786059652124</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Ebu’l-Hasen El-Eş’ari’de Nazar ve İstidlal</t>
+          <t>Nebevi Öğretide Estetik Anlayış</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>480</v>
+        <v>215</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786055482077</t>
+          <t>9786059652094</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Hayvanlar ve Bitkiler</t>
+          <t>İslam Felsefesinde Ahlakın Temel Paradigmaları</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786057570017</t>
+          <t>9786059652131</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Allah'ın Son Elçisi</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789756004814</t>
+          <t>9786059652087</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İngilizce-Arapça-Türkçe Eşdizim</t>
+          <t>İslam Hukukunda Devlete İsyan Suçu</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789756004456</t>
+          <t>9786059652032</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Evrenselliği</t>
+          <t>Hz. Muhammed Özelinde Peygamber Aleyhtarlığı</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>155</v>
+        <v>295</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786055482435</t>
+          <t>9786055482619</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İslam’ı Tanıma Metodu</t>
+          <t>Marksizm / 06 Cep Kitapları</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789756004937</t>
+          <t>9786055482602</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Aşina Yüzlerle</t>
+          <t>Kur'an'a Bakış / 08 Cep Kitapları</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789757138396</t>
+          <t>9786055482596</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Arayışı</t>
+          <t>İnsanın Dört Zindanı</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786059652018</t>
+          <t>9786055482756</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Nüzulünden Günümüze Kur’an ve Müslümanlar</t>
+          <t>İslam Düşüncesinde İlk Muhalifler</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>325</v>
+        <v>155</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786055482640</t>
+          <t>9786055482541</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Günümüz ve İslam Ceza Hukukunda Af</t>
+          <t>Dine Karşı Din</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789756004340</t>
+          <t>9786055482817</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Toplumundan Günümüze Hz. Muhammed</t>
+          <t>Estetik Yoksunluğu</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>365</v>
+        <v>215</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789756004944</t>
+          <t>9786055482589</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Biz ve İkbal</t>
+          <t>Hangi Şia?</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789756004432</t>
+          <t>9786055482503</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sınıfsal Yapı</t>
+          <t>Kitabu'l-İcma</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786055482497</t>
+          <t>9786055482695</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanlık Onuru</t>
+          <t>Bir Direniş, Bir Duruş, Bir İnşa Peygamberi: Hz. İbrahim ve Tebliğ Metodu</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786059652599</t>
+          <t>9786059652001</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim - 3</t>
+          <t>Esbab-ı Nüzul</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>275</v>
+        <v>355</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786055482329</t>
+          <t>9786055482305</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Dr. Ali Şeriati ve Bir İdeoloji Olarak İslamcılık</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>270</v>
+        <v>235</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786055482466</t>
+          <t>9786055482381</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Dirilişe Çağrı</t>
+          <t>Ebu’l-Hasen El-Eş’ari’de Nazar ve İstidlal</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786055482275</t>
+          <t>9786055482077</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslam Bilimine Giriş</t>
+          <t>Kur’an Açısından Hayvanlar ve Bitkiler</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786055482879</t>
+          <t>9786057570017</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Sünnetullah</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789756004050</t>
+          <t>9789756004814</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Sünnet’ten Topluma</t>
+          <t>İngilizce-Arapça-Türkçe Eşdizim</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786055482572</t>
+          <t>9789756004456</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Eşekleştirme</t>
+          <t>İslam’ın Evrenselliği</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>70</v>
+        <v>155</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786055482565</t>
+          <t>9786055482435</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Aydın</t>
+          <t>İslam’ı Tanıma Metodu</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>95</v>
+        <v>490</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786055482411</t>
+          <t>9789756004937</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri’nin Tefsirdeki Yeri</t>
+          <t>Aşina Yüzlerle</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786055482404</t>
+          <t>9789757138396</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağ’ın Özellikleri</t>
+          <t>Düşünce Arayışı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>425</v>
+        <v>210</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786059652902</t>
+          <t>9786059652018</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sözleri 2</t>
+          <t>Nüzulünden Günümüze Kur’an ve Müslümanlar</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>445</v>
+        <v>325</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789756004845</t>
+          <t>9786055482640</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>The Self Of Muslim And Its Inner Peace</t>
+          <t>Günümüz ve İslam Ceza Hukukunda Af</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789756004746</t>
+          <t>9789756004340</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihi</t>
+          <t>Cahiliye Toplumundan Günümüze Hz. Muhammed</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>800</v>
+        <v>365</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786055482251</t>
+          <t>9789756004944</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Şia</t>
+          <t>Biz ve İkbal</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789756004722</t>
+          <t>9789756004432</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>İslam ve Sınıfsal Yapı</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>305</v>
+        <v>165</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789757138624</t>
+          <t>9786055482497</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Dönüm Noktası</t>
+          <t>Kur'an'da İnsanlık Onuru</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>235</v>
+        <v>215</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789756004777</t>
+          <t>9786059652599</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Mukatil b. Süleyman ve İlk Fıkhı Tefsir</t>
+          <t>İslam Bilim - 3</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786059652988</t>
+          <t>9786055482329</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Mi’yar-ı Sedat</t>
+          <t>Dr. Ali Şeriati ve Bir İdeoloji Olarak İslamcılık</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786055482084</t>
+          <t>9786055482466</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da İslami Akımlar</t>
+          <t>Dirilişe Çağrı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786055482114</t>
+          <t>9786055482275</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Tarihi 1</t>
+          <t>Çağdaş İslam Bilimine Giriş</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786055482213</t>
+          <t>9786055482879</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Mavi Marmara’nın Serencamı</t>
+          <t>Sünnetullah</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786059652346</t>
+          <t>9789756004050</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Tarihsel ve Evrensel Okunuşu</t>
+          <t>Sünnet’ten Topluma</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789756004241</t>
+          <t>9786055482572</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Mal Kavramı</t>
+          <t>Bilinç ve Eşekleştirme</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786059652643</t>
+          <t>9786055482565</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Nesh Problemi</t>
+          <t>Aydın</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789756004463</t>
+          <t>9786055482411</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Muhtevası</t>
+          <t>Zemahşeri’nin Tefsirdeki Yeri</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786059652476</t>
+          <t>9786055482404</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Cinsiyet Ayrımcılığı</t>
+          <t>Yeni Çağ’ın Özellikleri</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786059652674</t>
+          <t>9786059652902</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Okulu</t>
+          <t>Yalnızlık Sözleri 2</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>230</v>
+        <v>445</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789756004739</t>
+          <t>9789756004845</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Konularına Göre Kur’an (Ciltli)</t>
+          <t>The Self Of Muslim And Its Inner Peace</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>1000</v>
+        <v>115</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786059652889</t>
+          <t>9789756004746</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Kendisi Olmayan İnsan</t>
+          <t>Tefsir Tarihi</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059652575</t>
+          <t>9786055482251</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Kendini Devrimci Yetiştirmek</t>
+          <t>Şia</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789756004555</t>
+          <t>9789756004722</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Kelam Atomculuğu ve Kaynağı Sorunu</t>
+          <t>Öze Dönüş</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>240</v>
+        <v>305</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786055482862</t>
+          <t>9789757138624</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Kelam - Felsefe Tartışmaları</t>
+          <t>Osmanlıda Dönüm Noktası</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786059652568</t>
+          <t>9789756004777</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kadın - (Fatıma Fatımadır)</t>
+          <t>Mukatil b. Süleyman ve İlk Fıkhı Tefsir</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786055482299</t>
+          <t>9786059652988</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Bursevi’de Basiret Anlayışı</t>
+          <t>Mi’yar-ı Sedat</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789756004852</t>
+          <t>9786055482084</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Terakki</t>
+          <t>Mısır’da İslami Akımlar</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>165</v>
+        <v>290</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789757138464</t>
+          <t>9786055482114</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültür Birliğinin Esasları</t>
+          <t>Medeniyet Tarihi 1</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789757138358</t>
+          <t>9786055482213</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>İslam Kurumları</t>
+          <t>Mavi Marmara’nın Serencamı</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789756004807</t>
+          <t>9786059652346</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Metodolojisi</t>
+          <t>Kur’an’ın Tarihsel ve Evrensel Okunuşu</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>415</v>
+        <v>360</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786055482152</t>
+          <t>9789756004241</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim - 2</t>
+          <t>Kur’an’da Mal Kavramı</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786059652872</t>
+          <t>9786059652643</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim - 1</t>
+          <t>Kur’an ve Nesh Problemi</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786055482978</t>
+          <t>9789756004463</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye’nin Kur’an Anlayışı</t>
+          <t>Kur’an ve Muhtevası</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789756004951</t>
+          <t>9786059652476</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Hac</t>
+          <t>Kur’an ve Cinsiyet Ayrımcılığı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786059652681</t>
+          <t>9786059652674</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Ebuzer</t>
+          <t>Kur’an Okulu</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786057570000</t>
+          <t>9789756004739</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Dua</t>
+          <t>Konularına Göre Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>165</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789756004920</t>
+          <t>9786059652889</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi 2</t>
+          <t>Kendisi Olmayan İnsan</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789756004913</t>
+          <t>9786059652575</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi 1</t>
+          <t>Kendini Devrimci Yetiştirmek</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786059652995</t>
+          <t>9789756004555</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Dine Karşı Din</t>
+          <t>Kelam Atomculuğu ve Kaynağı Sorunu</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786055482206</t>
+          <t>9786055482862</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Dilin Derin Devleti Deyimler</t>
+          <t>Kelam - Felsefe Tartışmaları</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789756004616</t>
+          <t>9786059652568</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Çalışanların Hakları ve İslam</t>
+          <t>Kadın - (Fatıma Fatımadır)</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786059652025</t>
+          <t>9786055482299</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslami Akımlar ve Sorunları</t>
+          <t>İsmail Hakkı Bursevi’de Basiret Anlayışı</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786055482480</t>
+          <t>9789756004852</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce ve Eylem Adamı Ali Şeriati</t>
+          <t>İslam ve Terakki</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>390</v>
+        <v>165</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789756004869</t>
+          <t>9789757138464</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Beş Surenin Tefsiri</t>
+          <t>İslam Kültür Birliğinin Esasları</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>385</v>
+        <v>170</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789756004609</t>
+          <t>9789757138358</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Ali Şiası Safevi Şiası</t>
+          <t>İslam Kurumları</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786059652582</t>
+          <t>9789756004807</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>İslam Hukuku Metodolojisi</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>485</v>
+        <v>415</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786055482367</t>
+          <t>9786055482152</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Varisi Hüseyin</t>
+          <t>İslam Bilim - 2</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789756004098</t>
+          <t>9786059652872</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>8. Kur’an Sempozyumu - Günümüz Dünyasında Müslümanlar</t>
+          <t>İslam Bilim - 1</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789757138945</t>
+          <t>9786055482978</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>7. Kur’an Sempozyumu - Kur'an ve Müslümanlar</t>
+          <t>İbn Teymiyye’nin Kur’an Anlayışı</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789757138419</t>
+          <t>9789756004951</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>4. Kur’an Haftası Kur’an Sempozyumu - Kur'an Kıssalarının Anlam ve Değeri</t>
+          <t>Hac</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789756004760</t>
+          <t>9786059652681</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>11. Kur’an Sempozyumu - Kur'an ve Risalet</t>
+          <t>Ebuzer</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
+          <t>9786057570000</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Dua</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9789756004920</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Tarihi 2</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9789756004913</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786059652995</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Dine Karşı Din</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786055482206</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Dilin Derin Devleti Deyimler</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9789756004616</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Çalışanların Hakları ve İslam</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786059652025</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İslami Akımlar ve Sorunları</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786055482480</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Bir Düşünce ve Eylem Adamı Ali Şeriati</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9789756004869</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Beş Surenin Tefsiri</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9789756004609</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Ali Şiası Safevi Şiası</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786059652582</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Ali</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786055482367</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Adem’in Varisi Hüseyin</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9789756004098</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>8. Kur’an Sempozyumu - Günümüz Dünyasında Müslümanlar</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9789757138945</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>7. Kur’an Sempozyumu - Kur'an ve Müslümanlar</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9789757138419</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>4. Kur’an Haftası Kur’an Sempozyumu - Kur'an Kıssalarının Anlam ve Değeri</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9789756004760</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>11. Kur’an Sempozyumu - Kur'an ve Risalet</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
           <t>9789756004524</t>
         </is>
       </c>
-      <c r="B851" s="1" t="inlineStr">
+      <c r="B867" s="1" t="inlineStr">
         <is>
           <t>10. Kur’an Sempozyumu - Kur'an ve Eğitim</t>
         </is>
       </c>
-      <c r="C851" s="1">
+      <c r="C867" s="1">
         <v>295</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>