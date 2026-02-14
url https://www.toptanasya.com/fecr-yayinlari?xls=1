--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,13030 +85,13930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258724097</t>
+          <t>9786258724486</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Safevi Karşıtı Metinler</t>
+          <t>Kurʼan Öyküleri - 3</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255576965</t>
+          <t>9786258724479</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Bir Osmanlı Kazası İştip</t>
+          <t>Kurʼan Öyküleri - 2</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255576934</t>
+          <t>9786258724462</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mesaratu'l-Galat fi'l-Edille</t>
+          <t>Kurʼan Öyküleri - 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255576910</t>
+          <t>9786258724370</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zubaydah bint Ja'far</t>
+          <t>İlahi Düzenin Evrensel İlkeleri Sünnetullah</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255576903</t>
+          <t>9786258724431</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Döneminin Ünlü Kadın Siması Zübeyde bint Caʻfer</t>
+          <t>İlklerin Nesli Sahabe</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255576897</t>
+          <t>9786258724400</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Theodor Nöldeke’nin Kur’an’a Yaklaşımı</t>
+          <t>Matüridi’nin Tefsirde Rivayetleri Tercih Etme Yöntemi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255576958</t>
+          <t>9786258724417</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Emevi Devleti Irak Genel Valilerinin Yönetim Anlayışı</t>
+          <t>Taberi’de Mübhematü’l-Kur’an</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255576736</t>
+          <t>9786258724332</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Özü Özeti</t>
+          <t>Tarih Boyunca Kastamonu Medreseleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258724004</t>
+          <t>9786258724066</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Cem‘inde Huzeyme’nin Kimliği</t>
+          <t>Kutsal Adımlar Hac ve Umre Rehberi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>215</v>
+        <v>700</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255576880</t>
+          <t>9786258724318</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İslam Hukuku Arasında Yeni Bir Kavramsal Çerçeve Algoritmik Fonogram Dil</t>
+          <t>Geçmişten Günümüze Van Havzası’nda Tasavvuf ve Tarikatlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255576941</t>
+          <t>9786258724295</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Tarihi Seyri - Tasavvufi Bir Anlatı</t>
+          <t>Kur’an’a Göre Müşriklerin Ulu’l-Azm Peygamberlerden Talepleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255576835</t>
+          <t>9786258724271</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem İslâm Toplumunda Doğu Roma-İran Etkisi</t>
+          <t>Kur’an ve Sünnetin Toplumla Diyalektik İlişkisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255576927</t>
+          <t>9786258724363</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ahmed B. Muhammed B. Eyyub El-Verrak (Ö. 228/843) ve El-Megazi Nüshası</t>
+          <t>Bin Yıllık Emanet</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255576972</t>
+          <t>9786258724325</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tenkitten Savunmaya</t>
+          <t>Hz. Mevlana’dan Gönlüme Düşen Beyitler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255654182</t>
+          <t>9786258724387</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Siyerine Giriş</t>
+          <t>Tohumdan Meyveye Aşktan Çocuğa Aile</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255576866</t>
+          <t>9786258724301</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şerhin Aynasında Harem – Selamlık</t>
+          <t>Kur’an’da ve Erken Dönem Tefsirlerinde Sema</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255576743</t>
+          <t>9786255576187</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ünsiyet Yazıları</t>
+          <t>Tefsir Metodolojisinin Ansiklopedik Kaynakları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255576859</t>
+          <t>9786258724257</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Aile ve Din Eğitimi</t>
+          <t>Hadislerin Kabul Ölçütleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255576842</t>
+          <t>9786258724264</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>The Educational Philosophy of Abu Bakr al-Razi</t>
+          <t>Ekolleşme Öncesi İslam Düşüncesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>575</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255576804</t>
+          <t>9786258724240</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Medeni Sureler Işığında Ahlak</t>
+          <t>Akademik Kelam Yazıları - 3</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255576811</t>
+          <t>9786258724233</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İşari Tefsirlerde Tabiat Sembolizmi</t>
+          <t>Kur’an’da Davet Metodolojisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255576668</t>
+          <t>9786258724226</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Muhalefet Ahlakı</t>
+          <t>Ahmed Emin’in el-Mehdi ve’l-Mehdeviyye Adlı Eseri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255576774</t>
+          <t>9786258724219</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslam Eğitim ve Öğretim Geleneğinde Tefsir İlmi</t>
+          <t>Katılım Endeksi Şirketlerinde Gayrimeşru Gelirlerin Arındırılması</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255576767</t>
+          <t>9786258724202</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Ruhu Müdafaa Risalesi</t>
+          <t>Memlüklerde İlim ve Kültür - Eserler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255576750</t>
+          <t>9786258724196</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Adli Psikiyatri</t>
+          <t>Memlüklerde İlim ve Kültür-Şahıslar</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255576729</t>
+          <t>9786258724172</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Son Temsilcisi Hz. Muhammed</t>
+          <t>Seyyid Şerif Cürcani’nin Muhtasar Hadis Usulü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255576781</t>
+          <t>9786256602892</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Musannifin Zihin Haritası Tebvib</t>
+          <t>İlk Çağ’dan Osmanlı’ya Küresel Haberleşme ve İletişim Sistemleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255576606</t>
+          <t>9786256602885</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Farabi ve Maturidi’de Allah-Alem İlişkisi</t>
+          <t>Muallim Naci ve Tasavvuf</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255576712</t>
+          <t>9786059652780</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Alusi’nin Razi Eleştirisi</t>
+          <t>İmtihan Psikolojisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255576705</t>
+          <t>9786059652148</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Kelime Tahlili ve Tefsiri</t>
+          <t>Kur'an'da Psikolojik İkna</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255576651</t>
+          <t>4458000101559</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Küleyni ve Şii Düşünce Tarihindeki Yeri</t>
+          <t>Felsefe Mektupları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>535</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255576699</t>
+          <t>9786059652049</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tehzibü'l-asar'ın İzinde</t>
+          <t>Hafızlık</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255576682</t>
+          <t>9786055482053</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İskilipli Mehmed b. Ömer'in Hadis Usulü</t>
+          <t>Metin Tenkidi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>445</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255576675</t>
+          <t>9789756004685</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tunus’ta Tasavvufi Bir Direniş</t>
+          <t>Kur’an’a Göre İnfak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>305</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255576590</t>
+          <t>9786055482039</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Araştırmaları ve Yazımında Usul</t>
+          <t>İslam’da Namaz ve Teheccüd</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255576521</t>
+          <t>9786055482459</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İmanın ve Vicdanın Sesi</t>
+          <t>Allah ile Buluşma - Namaz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255576644</t>
+          <t>9786256123953</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte’de Mürsel Hadisler</t>
+          <t>Hint Alt Kıtası Sûfîlerinden Muhammed Gavs Gevâliyârî ve Tasavvufî Düşüncesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255576637</t>
+          <t>9786256123885</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İktidar-Ulema İlişkisi</t>
+          <t>Hadis Tercüme Hataları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255576620</t>
+          <t>9786256123878</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fakihi Ebü’l-Kasım es-Saffar ve İbadetler Alanı ile İlgili Fıkhi Görüşleri</t>
+          <t>Bir Osmanlı Müellifi Eyüb Sabri Paşa’nın Hz. Muhammed Tasavvuru</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255576613</t>
+          <t>9786055482633</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili Belagatında Kinaye</t>
+          <t>Çocuklar ve Gençler / 09 Cep Kitapları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255654069</t>
+          <t>9786055482343</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sönmüş Kandil</t>
+          <t>Muhtelif Eserler 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>540</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255576538</t>
+          <t>9786055482336</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İlmi Tefsir Hareketi</t>
+          <t>Muhtelif Eserler 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>640</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255576507</t>
+          <t>9786055482176</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İstem Dışı Düşünce Olarak Havatır ve Dini Sorumluluk Değeri</t>
+          <t>Dünyagörüşü ve İdeoloji</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255576484</t>
+          <t>9786256602298</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hindistan’da İsmaililik</t>
+          <t>Hz. Muhammed Zamanında Medine’de Gündelik Hayat</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255576491</t>
+          <t>9786258724189</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hicri III. Asırda Mu’tezile-Şia Etkileşimi</t>
+          <t>Memlükler Dönemi Hadis Tartışmaları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255576460</t>
+          <t>9786258724141</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Cemil Sıdki ez-Zehavi’nin Şiirlerinde Kadın</t>
+          <t>Sahih-i Buhari’de Lafız Farklılıkları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255576446</t>
+          <t>9786258724134</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sözdiziminin Klasik Kökenleri -Hatib el-İskâfi ve Lafzı Müteşabih Literatürü-</t>
+          <t>Gelenekten Moderne Arap Dili Morfolojisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255576408</t>
+          <t>9786258724103</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Filibeli Ahmed Hilmi’de Yeni İlm-i Kelam Düşüncesi</t>
+          <t>Zahirden Batına</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255576415</t>
+          <t>9786258724158</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Haşiye Geleneğinde Haşiyetü’ş-Şihab</t>
+          <t>Dinselleşme, Mezhepleşme ve Ahlakileşme</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>260</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255576422</t>
+          <t>9786258724110</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf-Nahiv İlişkisi</t>
+          <t>Kıraat İlminde Bir Otorite Abdullah b. Mesʻud</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255576361</t>
+          <t>9786258724127</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kelamda İrade Problemi</t>
+          <t>Nefha</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255576378</t>
+          <t>9786258724035</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Kelamında İstidlal Problemi</t>
+          <t>Bir Müfessir Olarak Zemahşeri ve Tefsir Metodolojisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255576385</t>
+          <t>9786258724028</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Kelamında Nübüvvet Tartışmaları</t>
+          <t>Bir Müfessir Olarak İmam Matüridi ve Tefsir Metodolojisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255576392</t>
+          <t>9786258724011</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Allah'ın İsimleri</t>
+          <t>Kur’an ve Tefsirde Güncel Konular – 2</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255576330</t>
+          <t>9786258724073</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ebu’t-Tayyib et-Taberi’nin Fıkıh Anlayışı</t>
+          <t>Klasik Arap Şiir Eleştirisinde İbn Sellam el-Cumahi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>460</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255576347</t>
+          <t>9786258724042</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mu'arız Haberler</t>
+          <t>İslam Hukukunda Kripto Varlıkların Semen Olması</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255536310</t>
+          <t>9786255576989</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Felsefî Düşüncenin Dönüşümü</t>
+          <t>Anıların Tarihle Raksı -Türkistan'da Üç Yıl</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255576354</t>
+          <t>9786258724080</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İzler - Said Hoca’nın Anısına</t>
+          <t>Arapça Öğrenme ve Öğretim Yaklaşımları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255576323</t>
+          <t>9786258724059</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İslam Yönetim Teorisine Göre İş Yönetimi</t>
+          <t>İlahi Takdir ve İnsan İradesi Bağlamında Hidayet ve Dalalet Meselesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255576293</t>
+          <t>9786255576996</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Minyatürlerle Osmanlı’da Dini Hayat (16-17. Yüzyıl)</t>
+          <t>Arapça ve İngilizce Edilgen Yapıların Karşıtsal Çözümlemesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255576309</t>
+          <t>9786258724097</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Uhud Savaşı ve Şehitleri</t>
+          <t>Osmanlı'da Safevi Karşıtı Metinler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255576248</t>
+          <t>9786255576965</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İsm-i Tafdil Kalıplarının Kur’an-ı Kerim’de Kullanımı</t>
+          <t>Balkanlarda Bir Osmanlı Kazası İştip</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255576316</t>
+          <t>9786255576934</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İbazi Tefsir Geleneğinde Kur’an İlimleri</t>
+          <t>Mesaratu'l-Galat fi'l-Edille</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255576286</t>
+          <t>9786255576910</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Tefsir Tartışmaları -Teftazani-Cürcani-Hafid-i Teftazani Örneği-</t>
+          <t>Zubaydah bint Ja'far</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255576262</t>
+          <t>9786255576903</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Ol! Ruhen ve Bedenen</t>
+          <t>Abbasiler Döneminin Ünlü Kadın Siması Zübeyde bint Caʻfer</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255576279</t>
+          <t>9786255576897</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dini Kültürümüzün Anatomisi</t>
+          <t>Theodor Nöldeke’nin Kur’an’a Yaklaşımı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255576255</t>
+          <t>9786255576958</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bütünlüğünde İsra Suresi’nin Muhteva Analizi</t>
+          <t>Emevi Devleti Irak Genel Valilerinin Yönetim Anlayışı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255576224</t>
+          <t>9786255576736</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in (sav) Hayatında Misvakın Yeri ve Önemi</t>
+          <t>İslam’ın Özü Özeti</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255576200</t>
+          <t>9786258724004</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aktif Nakşî-Hâlidî Cemaatler</t>
+          <t>Kur’an’ın Cem‘inde Huzeyme’nin Kimliği</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>375</v>
+        <v>215</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255576231</t>
+          <t>9786255576880</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Semantik -Kur’ân Açısından Şiir ve Şuur-</t>
+          <t>Yapay Zeka ve İslam Hukuku Arasında Yeni Bir Kavramsal Çerçeve Algoritmik Fonogram Dil</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255576217</t>
+          <t>9786255576941</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bakıllânî’nin İman ve Küfür Meselesine Yaklaşımı</t>
+          <t>Tevhid ve Tarihi Seyri - Tasavvufi Bir Anlatı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255576170</t>
+          <t>9786255576835</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Râzî’de Dil İlimleri</t>
+          <t>İlk Dönem İslâm Toplumunda Doğu Roma-İran Etkisi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>230</v>
+        <v>565</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255576194</t>
+          <t>9786255576927</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eşʻarîlikte Fiilî Sıfatlar</t>
+          <t>Ahmed B. Muhammed B. Eyyub El-Verrak (Ö. 228/843) ve El-Megazi Nüshası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255576163</t>
+          <t>9786255576972</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Delail Edebiyatı</t>
+          <t>Tenkitten Savunmaya</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255576156</t>
+          <t>9786255654182</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İslâm Akâidi ve Kelâmında Âhirete Îmân -Sem‘iyyât/Meâd Bahisleri ve Âhiret Ahvâline İlişkin Konular-</t>
+          <t>Kur’an’ın Siyerine Giriş</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255576132</t>
+          <t>9786255576866</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Zemahşerî’nin Makâmeleri (Büyüklere Nasihat)</t>
+          <t>Şerhin Aynasında Harem – Selamlık</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255576040</t>
+          <t>9786255576743</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Albatros Sefaletin Bereketi (Ciltli)</t>
+          <t>Ünsiyet Yazıları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>460</v>
+        <v>270</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255576149</t>
+          <t>9786255576859</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Halife Mansûr-Billâh Döneminde Fâtımîler</t>
+          <t>Dijital Çağda Aile ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255576095</t>
+          <t>9786255576842</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Râzî ve Âlûsî Tefsirlerinin Karşılaştırılması -Kur’ân ve Sünnet İlişkisi Bağlamında-</t>
+          <t>The Educational Philosophy of Abu Bakr al-Razi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255576118</t>
+          <t>9786255576804</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Elbânî’de Metin Tenkidi -Zayıf ve Mevzû Hadisler-</t>
+          <t>Medeni Sureler Işığında Ahlak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255576125</t>
+          <t>9786255576811</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadısının El Kitapları -Tercîhü’l-Beyyinât Risaleleri/Literatürü-</t>
+          <t>İşari Tefsirlerde Tabiat Sembolizmi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>430</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255576101</t>
+          <t>9786255576668</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslâm Hukuku Açısından Dijital Medyada Kişisel Hakların Korunması</t>
+          <t>İktidar ve Muhalefet Ahlakı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>290</v>
+        <v>475</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255576071</t>
+          <t>9786255576774</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Minnettarlık Kavramsal Teolojik ve Psikososyal Perspektiften Bir İnceleme</t>
+          <t>İslam Eğitim ve Öğretim Geleneğinde Tefsir İlmi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>365</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255576057</t>
+          <t>9786255576767</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Hadis Şerhlerinin Hadisleri Anlamamıza Etkisi</t>
+          <t>Adaletin Ruhu Müdafaa Risalesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>310</v>
+        <v>205</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255576088</t>
+          <t>9786255576750</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Maruf er-Rusafi ve Şiirleri</t>
+          <t>İslam Hukukunda Adli Psikiyatri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255576064</t>
+          <t>9786255576729</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İlmi Halk</t>
+          <t>Vahyin Son Temsilcisi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>420</v>
+        <v>475</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255576033</t>
+          <t>9786255576781</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Numan Bin Sâbit -Ebu Hanife Hakkında Bağdat Tarihi'nde Söylenenler-</t>
+          <t>Musannifin Zihin Haritası Tebvib</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255576026</t>
+          <t>9786255576606</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Toplumun İnşasında İnsanın Rolü</t>
+          <t>Farabi ve Maturidi’de Allah-Alem İlişkisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255576002</t>
+          <t>9786255576712</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Oku! Anla! Yaşa! Kur’an’ın İzinde</t>
+          <t>Alusi’nin Razi Eleştirisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255576019</t>
+          <t>9786255576705</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sünnetle Sabit Olan İbadetler</t>
+          <t>Amme Cüzü Kelime Tahlili ve Tefsiri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>170</v>
+        <v>610</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256123977</t>
+          <t>9786255576651</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd’ün Batı Felsefesindeki Mirası</t>
+          <t>Küleyni ve Şii Düşünce Tarihindeki Yeri</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256123991</t>
+          <t>9786255576699</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İbn Mâce ve Sünen’i -Muhteva-Metod-Literatür-</t>
+          <t>Tehzibü'l-asar'ın İzinde</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256123960</t>
+          <t>9786255576682</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Er-Riâye Bi-Vasiyyeti’l-Müridîn fî Mekârimi’l-Ahlâk</t>
+          <t>İskilipli Mehmed b. Ömer'in Hadis Usulü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256123946</t>
+          <t>9786255576675</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İslâm Medeniyetinde Şehir ve Erdem</t>
+          <t>Tunus’ta Tasavvufi Bir Direniş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256123939</t>
+          <t>9786255576590</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Nûr Suresinin Tefsiri</t>
+          <t>İslam Tarihi Araştırmaları ve Yazımında Usul</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256123922</t>
+          <t>9786255576521</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Sosyolojisi</t>
+          <t>İmanın ve Vicdanın Sesi</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256123915</t>
+          <t>9786255576644</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İdil (Volga) Bulgar Devleti ve Hukukî Yapısı</t>
+          <t>Kütüb-i Sitte’de Mürsel Hadisler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256123908</t>
+          <t>9786255576637</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Bir Yaklaşım Olarak Makâsıdu’l-Kur’an</t>
+          <t>İktidar-Ulema İlişkisi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>340</v>
+        <v>430</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256123984</t>
+          <t>9786255576620</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Dünyamızda Babanzade Ahmed Naim ve Felsefesi</t>
+          <t>Hanefi Fakihi Ebü’l-Kasım es-Saffar ve İbadetler Alanı ile İlgili Fıkhi Görüşleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059652155</t>
+          <t>9786255576613</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan Psikolojisi</t>
+          <t>Arap Dili Belagatında Kinaye</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256602069</t>
+          <t>9786255654069</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İslam Mezhepleri</t>
+          <t>Sönmüş Kandil</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059652896</t>
+          <t>9786255576538</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sözleri 1</t>
+          <t>İlmi Tefsir Hareketi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>475</v>
+        <v>340</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057570185</t>
+          <t>9786255576507</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hadis Rivayetinde Ali ve Nazil İsnad Buhari'nin Sülasiyyat'ı</t>
+          <t>İstem Dışı Düşünce Olarak Havatır ve Dini Sorumluluk Değeri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257879019</t>
+          <t>9786255576484</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Tefsir Geleneğinde Eleştiri; Bahru’l-Muhit Örneği</t>
+          <t>Hindistan’da İsmaililik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>605</v>
+        <v>405</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059652964</t>
+          <t>9786255576491</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Medreselerinde Ders Vekâleti ve Meclis-i Mesâlih-i Talebe</t>
+          <t>Hicri III. Asırda Mu’tezile-Şia Etkileşimi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055482091</t>
+          <t>9786255576460</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mutezile’nin Kur’an Müdafaası</t>
+          <t>Cemil Sıdki ez-Zehavi’nin Şiirlerinde Kadın</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>245</v>
+        <v>515</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057570048</t>
+          <t>9786255576446</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Tarihi 2</t>
+          <t>Sözdiziminin Klasik Kökenleri -Hatib el-İskâfi ve Lafzı Müteşabih Literatürü-</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057570871</t>
+          <t>9786255576408</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra’da Ölüm Sonrası Hayat</t>
+          <t>Filibeli Ahmed Hilmi’de Yeni İlm-i Kelam Düşüncesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059652063</t>
+          <t>9786255576415</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Şamua, Metinsiz) (Ciltli)</t>
+          <t>Tefsir Haşiye Geleneğinde Haşiyetü’ş-Şihab</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256123106</t>
+          <t>9786255576422</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İçtihat Kapısının Ötesi</t>
+          <t>Tasavvuf-Nahiv İlişkisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256123816</t>
+          <t>9786255576361</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yaşatma Aşkına Gönül Verenler</t>
+          <t>Kelamda İrade Problemi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256123670</t>
+          <t>9786255576378</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyete Geçiş Döneminde Fıkhî Açıdan Muhammed İhsan Oğuz</t>
+          <t>İlk Dönem Kelamında İstidlal Problemi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256123502</t>
+          <t>9786255576385</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ahlâk-ı Nâsırî</t>
+          <t>İlk Dönem Kelamında Nübüvvet Tartışmaları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256123892</t>
+          <t>9786255576392</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İslâm Hukukunda Borcun Zekât Yükümlülüğüne Etkisi</t>
+          <t>Kur'an'da Allah'ın İsimleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256123380</t>
+          <t>9786255576330</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İlmihall 1 Kavramlar</t>
+          <t>Ebu’t-Tayyib et-Taberi’nin Fıkıh Anlayışı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>190</v>
+        <v>485</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256123786</t>
+          <t>9786255576347</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Müsteşrik Julius Reiner’in İslâm’a ve Hz. Muhammed’e Yaklaşımı</t>
+          <t>Mu'arız Haberler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256123663</t>
+          <t>9786255536310</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Bedî‘ İlmi</t>
+          <t>Felsefî Düşüncenin Dönüşümü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256123694</t>
+          <t>9786255576354</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân Yorumunda Dilbilimsel Tefsirin İşlevi (İʿrâz/Yüz Çevirmek Örneği)</t>
+          <t>İzler - Said Hoca’nın Anısına</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>305</v>
+        <v>215</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256123823</t>
+          <t>9786255576323</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Emin Erbilî ve Tasavvufî Düşüncesi -Nakşibendiliğin Mısır'daki Öncüsü-</t>
+          <t>İslam Yönetim Teorisine Göre İş Yönetimi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>145</v>
+        <v>205</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256123793</t>
+          <t>9786255576293</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Temel Mantığa Giriş</t>
+          <t>Minyatürlerle Osmanlı’da Dini Hayat (16-17. Yüzyıl)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>145</v>
+        <v>595</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256123861</t>
+          <t>9786255576309</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kemalpaşazâde’nin Mâhiyet Teorisi</t>
+          <t>Uhud Savaşı ve Şehitleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>385</v>
+        <v>405</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256123847</t>
+          <t>9786255576248</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Akademik Kelâm Yazıları -II- (Ahlak, Bilgi, İman, Nedensellik, Kötülük, İnsan Fiilleri, Meâd, Yöntem)</t>
+          <t>İsm-i Tafdil Kalıplarının Kur’an-ı Kerim’de Kullanımı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256123854</t>
+          <t>9786255576316</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>XIII. Yüzyıl İslam Düşüncesinde Mantığın Yeniden İnşası</t>
+          <t>İbazi Tefsir Geleneğinde Kur’an İlimleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256123731</t>
+          <t>9786255576286</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Azmi Bişara’nın Milliyetçilik Düşüncesinin Eleştirisi</t>
+          <t>Klasik Dönem Tefsir Tartışmaları -Teftazani-Cürcani-Hafid-i Teftazani Örneği-</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256123762</t>
+          <t>9786255576262</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Teodise ve Deizm’e Kur’an’dan Cevaplar</t>
+          <t>Sağlıklı Ol! Ruhen ve Bedenen</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256123809</t>
+          <t>9786255576279</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân’ın Nüzûlü ve Kadr Sûresi Tefsiri</t>
+          <t>Dini Kültürümüzün Anatomisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256123700</t>
+          <t>9786255576255</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Vehhâbîliğe Yazılan Reddiyeler ve Analizi Osmanlılar Dönemi (1732-1818)</t>
+          <t>Kur’an Bütünlüğünde İsra Suresi’nin Muhteva Analizi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>510</v>
+        <v>430</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256123755</t>
+          <t>9786255576224</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Maveraünnehir’den Anadolu’ya Hadis ve İlim/İrfan Geleneği</t>
+          <t>Hz. Peygamber’in (sav) Hayatında Misvakın Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>685</v>
+        <v>245</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256123779</t>
+          <t>9786255576200</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da İlim ve Kültür Şahıslar Seçkisi</t>
+          <t>Türkiye’de Aktif Nakşî-Hâlidî Cemaatler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>290</v>
+        <v>505</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256123748</t>
+          <t>9786255576231</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Yorumlama Yöntemleri (Tahlîlî/Analitik – İcmâlî/Özsel – Mukâren/Karşılaştırmalı – Mevzûî/Konulu)</t>
+          <t>Tefsirde Semantik -Kur’ân Açısından Şiir ve Şuur-</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256123724</t>
+          <t>9786255576217</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Rusya Federasyonu’nda İslam Hukukuna Dair Akademik Çalışmalar (1991-2017)</t>
+          <t>Bakıllânî’nin İman ve Küfür Meselesine Yaklaşımı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256123717</t>
+          <t>9786255576170</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Kişiliğinin Kur’ân’a Yansımaları</t>
+          <t>Fahreddin Râzî’de Dil İlimleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256123687</t>
+          <t>9786255576194</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye’nin Aristoteles Mantığına Yönelik Eleştirisi</t>
+          <t>Eşʻarîlikte Fiilî Sıfatlar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>210</v>
+        <v>245</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256123601</t>
+          <t>9786255576163</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tefsirde Güncel Konular-1 (Sorunlar-Problemler-Çözüm Önerileri)</t>
+          <t>Delail Edebiyatı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256123595</t>
+          <t>9786255576156</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bir Müfessir Olarak İmam Taberî ve Tefsir Metodolojisi</t>
+          <t>İslâm Akâidi ve Kelâmında Âhirete Îmân -Sem‘iyyât/Meâd Bahisleri ve Âhiret Ahvâline İlişkin Konular-</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>285</v>
+        <v>270</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256123588</t>
+          <t>9786255576132</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Müfessir Olarak İmam Kurtubî’nin Tefsir Metodolojisi</t>
+          <t>Zemahşerî’nin Makâmeleri (Büyüklere Nasihat)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256123564</t>
+          <t>9786255576040</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Hayatında Kayıp Din İslam</t>
+          <t>Albatros Sefaletin Bereketi (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>210</v>
+        <v>620</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256123830</t>
+          <t>9786255576149</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da İlim ve Kültür Eserler Seçkisi</t>
+          <t>Halife Mansûr-Billâh Döneminde Fâtımîler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256123656</t>
+          <t>9786255576095</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mü’min Kişiliğin Mânevî Oluşumu - Erken Dönem Mekkî Sûrelerde-</t>
+          <t>Râzî ve Âlûsî Tefsirlerinin Karşılaştırılması -Kur’ân ve Sünnet İlişkisi Bağlamında-</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256123649</t>
+          <t>9786255576118</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Yenileşme</t>
+          <t>Elbânî’de Metin Tenkidi -Zayıf ve Mevzû Hadisler-</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>540</v>
+        <v>245</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256123618</t>
+          <t>9786255576125</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Bir Dönüm Noktası Hudeybiye Antlaşması</t>
+          <t>Osmanlı Kadısının El Kitapları -Tercîhü’l-Beyyinât Risaleleri/Literatürü-</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256123557</t>
+          <t>9786255576101</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Âsım’ın Nesli Bedeni Sıhhatli Karakteri Sağlam Özlenen Nesil</t>
+          <t>İslâm Hukuku Açısından Dijital Medyada Kişisel Hakların Korunması</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256123540</t>
+          <t>9786255576071</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>TBMM’de Buhârî</t>
+          <t>Kur’an’da Minnettarlık Kavramsal Teolojik ve Psikososyal Perspektiften Bir İnceleme</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256123533</t>
+          <t>9786255576057</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İstismarı</t>
+          <t>Klasik Dönem Hadis Şerhlerinin Hadisleri Anlamamıza Etkisi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>135</v>
+        <v>420</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256123571</t>
+          <t>9786255576088</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kıraatlerin Ahkâm Tefsirlerine Yansıması ve Etkileri</t>
+          <t>Maruf er-Rusafi ve Şiirleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256123526</t>
+          <t>9786255576064</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Mâtürîdî Niçin İhmal Edilmiş Olmalı?</t>
+          <t>İlmi Halk</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>305</v>
+        <v>565</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256123496</t>
+          <t>9786255576033</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Çağında Osmanlı Mezhepler Tarihi Yazıcılığı</t>
+          <t>Numan Bin Sâbit -Ebu Hanife Hakkında Bağdat Tarihi'nde Söylenenler-</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>195</v>
+        <v>405</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256123489</t>
+          <t>9786255576026</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Eş‘arî Atomculuğu -Erken Dönem Eş‘arî Kelâmında Cevher Anlayışı-</t>
+          <t>Erdemli Toplumun İnşasında İnsanın Rolü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256123304</t>
+          <t>9786255576002</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kıraat-ı Aşere Usûlü ve Uygulamaları (Şâtibiyye ve Dürre Tarikleri)</t>
+          <t>Oku! Anla! Yaşa! Kur’an’ın İzinde</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>255</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256123465</t>
+          <t>9786255576019</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sünnî ve Şiî Kaynaklara Göre Gazve ve Seriyyelerde Hz. Ali (eş-Şâmî ve el-Meclisî Örneği)</t>
+          <t>Sünnetle Sabit Olan İbadetler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256123373</t>
+          <t>9786256123977</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dawr al-abawayn fī al-bināʾ al-ʿaqadī ʿinda al-aṭfāl al-īmān bi-Allāh wa al-yawm al-ākhir anmūdhajan</t>
+          <t>İbn Rüşd’ün Batı Felsefesindeki Mirası</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>255</v>
+        <v>540</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256123625</t>
+          <t>9786256123991</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Din-Siyaset İlişkisi-3 Abbâsiler Dönemi−Dinin Hayatından Hayatın Dinine−</t>
+          <t>İbn Mâce ve Sünen’i -Muhteva-Metod-Literatür-</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256123519</t>
+          <t>9786256123960</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Rusçuklu Ali Fethî Efendi Hayatı Eserleri ve Hilye-i Sultânî’si</t>
+          <t>Er-Riâye Bi-Vasiyyeti’l-Müridîn fî Mekârimi’l-Ahlâk</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>175</v>
+        <v>785</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256123472</t>
+          <t>9786256123946</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub’un İman Düşüncesi</t>
+          <t>İslâm Medeniyetinde Şehir ve Erdem</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>155</v>
+        <v>340</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256123458</t>
+          <t>9786256123939</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İlk Tefsir Örneklerinden Kitâbu’l-Lugât fi’l-Kur’ân Üzerine Bir İnceleme</t>
+          <t>Nûr Suresinin Tefsiri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256123427</t>
+          <t>9786256123922</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’te Tasavvufi Yorum -İbn Berrecân’ın Vahiy Anlayışı-</t>
+          <t>İslam Hukuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>260</v>
+        <v>365</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256123397</t>
+          <t>9786256123915</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İlmihall 2 İbadetler</t>
+          <t>İdil (Volga) Bulgar Devleti ve Hukukî Yapısı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256123335</t>
+          <t>9786256123908</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Rab ve İlâh</t>
+          <t>Çağdaş Bir Yaklaşım Olarak Makâsıdu’l-Kur’an</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>135</v>
+        <v>460</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256123434</t>
+          <t>9786256123984</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Muhsin Kavramı</t>
+          <t>Düşünce Dünyamızda Babanzade Ahmed Naim ve Felsefesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256123410</t>
+          <t>9786059652155</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İlmihall 4 Yasaklar</t>
+          <t>Kur'an'da İnsan Psikolojisi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256123403</t>
+          <t>9786256602069</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İlmihall 3 Emirler</t>
+          <t>Sorularla İslam Mezhepleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>145</v>
+        <v>390</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256123366</t>
+          <t>9786059652896</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Romanında Metinlerarasılık</t>
+          <t>Yalnızlık Sözleri 1</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>640</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256123359</t>
+          <t>9786057570185</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Amr b. Âs Hayatı Rivâyetleri Tenkitler</t>
+          <t>Hadis Rivayetinde Ali ve Nazil İsnad Buhari'nin Sülasiyyat'ı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256123342</t>
+          <t>9786257879019</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Suddî’nin Tefsirine Hermenötik Bir Okuma</t>
+          <t>Endülüs Tefsir Geleneğinde Eleştiri; Bahru’l-Muhit Örneği</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>230</v>
+        <v>815</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256123328</t>
+          <t>9786059652964</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Mâtürîdîlik Mezhebinin Etkisi</t>
+          <t>Son Dönem Osmanlı Medreselerinde Ders Vekâleti ve Meclis-i Mesâlih-i Talebe</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256123311</t>
+          <t>9786055482091</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Konya Bölge Yazma Eserler Kütüphanesi’ndeki Âyet Konulu Tefsir Risâleleri Üzerine Bir İnceleme</t>
+          <t>Mutezile’nin Kur’an Müdafaası</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>610</v>
+        <v>330</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256123236</t>
+          <t>9786057570048</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Tefsirde Sosyal Hayat</t>
+          <t>Medeniyet Tarihi 2</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256123298</t>
+          <t>9786057570871</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Buhari’nin Sahih’inde Dört Mezhebe Göre Amel Edilmeyen Hadisler (Tahlil ve Tenkid)</t>
+          <t>Molla Sadra’da Ölüm Sonrası Hayat</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256123281</t>
+          <t>9786059652063</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriati’nin Dinler Tarihi Metodolojisi</t>
+          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Şamua, Metinsiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256123274</t>
+          <t>9786256123106</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Leyale Sor Beni - Gece Yazıları</t>
+          <t>İçtihat Kapısının Ötesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256123267</t>
+          <t>9786256123816</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Son Döneminde Suriyeli Bir Müfessir -Cemalüddin el-Kasımi ve Mehasinü’t-Te’vil Adlı Tefsiri-</t>
+          <t>Yaşatma Aşkına Gönül Verenler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>375</v>
+        <v>405</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256123250</t>
+          <t>9786256123670</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Eser-Rey İhtilafında Gumari’nin Kevseri’ye Eleştirileri</t>
+          <t>Osmanlı’dan Cumhuriyete Geçiş Döneminde Fıkhî Açıdan Muhammed İhsan Oğuz</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>320</v>
+        <v>610</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256123243</t>
+          <t>9786256123502</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Cabiri’nin İrfan Eleştirisi -Şiilik Bağlamında-</t>
+          <t>Ahlâk-ı Nâsırî</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256123212</t>
+          <t>9786256123892</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nihayet Mertebeleri ve Tevhidin Hakikati - Hace Abdullah el-Ensarİ el- Herevi’ye Göre-</t>
+          <t>İslâm Hukukunda Borcun Zekât Yükümlülüğüne Etkisi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256123182</t>
+          <t>9786256123380</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve İran’da Yükseköğretim Sistemi - Karşılaştırmalı Bir Yaklaşım</t>
+          <t>İlmihall 1 Kavramlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>310</v>
+        <v>255</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256123069</t>
+          <t>9786256123786</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin er-Razi’nin Hüsün ve Kubuh Meselesine Yaklaşımı -el- Metalibü’l-Aliye Ekseninde Bir Değerlendirme</t>
+          <t>Müsteşrik Julius Reiner’in İslâm’a ve Hz. Muhammed’e Yaklaşımı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256123120</t>
+          <t>9786256123663</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Düşüncesi Açısından Eşcinsellik</t>
+          <t>Arap Dilinde Bedî‘ İlmi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256123151</t>
+          <t>9786256123694</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Şihabeddin Ömer Sühreverdi’nin Felsefe Eleştirisi</t>
+          <t>Kur’ân Yorumunda Dilbilimsel Tefsirin İşlevi (İʿrâz/Yüz Çevirmek Örneği)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>410</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256123168</t>
+          <t>9786256123823</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Uşşakilik’te Dini Musiki - Asitane Örneği</t>
+          <t>Muhammed Emin Erbilî ve Tasavvufî Düşüncesi -Nakşibendiliğin Mısır'daki Öncüsü-</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256123175</t>
+          <t>9786256123793</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Peace Negotiations in Islamic Jurisprudence - Its Rulings and Conditions</t>
+          <t>Temel Mantığa Giriş</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256123205</t>
+          <t>9786256123861</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İstidrakatu’t-Tebrizi fi Tefsirihi ‘ale’z-Zemahşeri fi’n-nısfi’l-evvel mine’l- Kur’ani’l-Kerîm</t>
+          <t>Kemalpaşazâde’nin Mâhiyet Teorisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>195</v>
+        <v>520</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256123199</t>
+          <t>9786256123847</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yemen’in Altın Çağı Resuliler Dönemi (626-858/1229-1454) -Siyasi Tarih ve Sosyo-Kültürel Hayat</t>
+          <t>Akademik Kelâm Yazıları -II- (Ahlak, Bilgi, İman, Nedensellik, Kötülük, İnsan Fiilleri, Meâd, Yöntem)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>480</v>
+        <v>330</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256123144</t>
+          <t>9786256123854</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Şa‘Bi Ve İslam Tarihi Rivayetleri</t>
+          <t>XIII. Yüzyıl İslam Düşüncesinde Mantığın Yeniden İnşası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256123076</t>
+          <t>9786256123731</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ebu Said Muhammed el-Hadimi ve Fıkhi Meselelere Yaklaşımı</t>
+          <t>Azmi Bişara’nın Milliyetçilik Düşüncesinin Eleştirisi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256123007</t>
+          <t>9786256123762</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin er-Razi’de Bilgi ve Yöntem</t>
+          <t>Teodise ve Deizm’e Kur’an’dan Cevaplar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256123137</t>
+          <t>9786256123809</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Klasik Tefsir Ekolleri ve Örnek Metinleri</t>
+          <t>Kur’ân’ın Nüzûlü ve Kadr Sûresi Tefsiri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>415</v>
+        <v>215</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256123083</t>
+          <t>9786256123700</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sıralı Tefsir Geleneğinde Kayıp Halka Molla Huveyş ve Beyanü’l- Meani’si</t>
+          <t>Vehhâbîliğe Yazılan Reddiyeler ve Analizi Osmanlılar Dönemi (1732-1818)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>215</v>
+        <v>690</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256602915</t>
+          <t>9786256123755</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ticari Uyuşmazlıklarda Arabuluculuk</t>
+          <t>Maveraünnehir’den Anadolu’ya Hadis ve İlim/İrfan Geleneği</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>240</v>
+        <v>925</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256123113</t>
+          <t>9786256123779</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Zengi ile Selahaddin Eyyubi’nin Gölgesinde Bir Lider Esedüddin Şirkuh</t>
+          <t>Osmanlı’da İlim ve Kültür Şahıslar Seçkisi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>205</v>
+        <v>390</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256123090</t>
+          <t>9786256123748</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Medine Dönemi’nde Hz. Peygamber’in Karar Alma Süreçleri</t>
+          <t>Tefsir Yorumlama Yöntemleri (Tahlîlî/Analitik – İcmâlî/Özsel – Mukâren/Karşılaştırmalı – Mevzûî/Konulu)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256602977</t>
+          <t>9786256123724</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Ayetleri Işığında Nefs ve Şeytan</t>
+          <t>Rusya Federasyonu’nda İslam Hukukuna Dair Akademik Çalışmalar (1991-2017)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256123052</t>
+          <t>9786256123717</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Gayrimüslim Vatandaşların Temel Hak ve Özgürlükleri</t>
+          <t>Hz. Muhammed’in Kişiliğinin Kur’ân’a Yansımaları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>305</v>
+        <v>275</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256123038</t>
+          <t>9786256123687</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dil-Coğrafya İlişkisi Bağlamında Arapça</t>
+          <t>İbn Teymiyye’nin Aristoteles Mantığına Yönelik Eleştirisi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>285</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258304213</t>
+          <t>9786256123601</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile'nin Fıkıh Usulü Anlayışı</t>
+          <t>Kur’an ve Tefsirde Güncel Konular-1 (Sorunlar-Problemler-Çözüm Önerileri)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>190</v>
+        <v>405</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256602854</t>
+          <t>9786256123595</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Yaşam-2</t>
+          <t>Bir Müfessir Olarak İmam Taberî ve Tefsir Metodolojisi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>160</v>
+        <v>385</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256602939</t>
+          <t>9786256123588</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>XIX. ve XX. Asır Kazan Alimlerinin Hadis ve Sünnet Anlayışı</t>
+          <t>Bir Müfessir Olarak İmam Kurtubî’nin Tefsir Metodolojisi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>555</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256602946</t>
+          <t>9786256123564</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Işığında İnsan ve Hayat Üzerine Denemeler</t>
+          <t>Müslümanların Hayatında Kayıp Din İslam</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256602953</t>
+          <t>9786256123830</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminin İktisadi Yapısı</t>
+          <t>Osmanlı’da İlim ve Kültür Eserler Seçkisi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256602960</t>
+          <t>9786256123656</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Tekbir ve Kıraat İlmindeki Yeri</t>
+          <t>Mü’min Kişiliğin Mânevî Oluşumu - Erken Dönem Mekkî Sûrelerde-</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>165</v>
+        <v>525</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256602984</t>
+          <t>9786256123649</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Fıkh-ı Ekber Şerhleri ve Kader</t>
+          <t>Arapça Öğretiminde Yenileşme</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>290</v>
+        <v>730</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256602991</t>
+          <t>9786256123618</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ehl-İ Sünnet’te Farklılaşma -Eş’ari-Matüridi İhtilafı-</t>
+          <t>İslam Tarihinde Bir Dönüm Noktası Hudeybiye Antlaşması</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>335</v>
+        <v>255</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256123014</t>
+          <t>9786256123557</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İbn Hacer El-Heytemi ve Hadis İlmindeki Yeri</t>
+          <t>Âsım’ın Nesli Bedeni Sıhhatli Karakteri Sağlam Özlenen Nesil</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256123021</t>
+          <t>9786256123540</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fasid Akit Teorisi -Borçlar Hukuku Açısından</t>
+          <t>TBMM’de Buhârî</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>380</v>
+        <v>445</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256602908</t>
+          <t>9786256123533</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Kamu Davasının Açılması</t>
+          <t>Kur’an İstismarı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256602922</t>
+          <t>9786256123571</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Asım Kıraatı’nın Ebu Bekr Şu’be Rivayeti ve Tefsire Etkisi</t>
+          <t>Kıraatlerin Ahkâm Tefsirlerine Yansıması ve Etkileri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>145</v>
+        <v>380</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256602373</t>
+          <t>9786256123526</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Modern Yönelişlerin Tefsir Üzerindeki Etkileri</t>
+          <t>Mâtürîdî Niçin İhmal Edilmiş Olmalı?</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>170</v>
+        <v>410</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256602878</t>
+          <t>9786256123496</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>et-Teracü' fi'l-Alakati'l-Ürdüniyye ve'l-Britaniyye fi'l-Fetra 1956-2020</t>
+          <t>İmparatorluk Çağında Osmanlı Mezhepler Tarihi Yazıcılığı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256602861</t>
+          <t>9786256123489</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufu Anlamak</t>
+          <t>Eş‘arî Atomculuğu -Erken Dönem Eş‘arî Kelâmında Cevher Anlayışı-</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258304459</t>
+          <t>9786256123304</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Katla'l-Kur'an'daki Kıssalarda Geçen Ayetlerin Sa'lebi'ye Göre Tefsiri</t>
+          <t>Kıraat-ı Aşere Usûlü ve Uygulamaları (Şâtibiyye ve Dürre Tarikleri)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256602847</t>
+          <t>9786256123465</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kufe'nin Karisi Asım B. Behdele'nin Rivayet Etmiş Olduğu Hadislerin Tahric ve Tenkidi</t>
+          <t>Sünnî ve Şiî Kaynaklara Göre Gazve ve Seriyyelerde Hz. Ali (eş-Şâmî ve el-Meclisî Örneği)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256602830</t>
+          <t>9786256123373</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Mütekaddimin Dönem Kelamında Arazlar Meselesi</t>
+          <t>Dawr al-abawayn fī al-bināʾ al-ʿaqadī ʿinda al-aṭfāl al-īmān bi-Allāh wa al-yawm al-ākhir anmūdhajan</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>440</v>
+        <v>345</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256602823</t>
+          <t>9786256123625</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kural ve Hayat</t>
+          <t>Din-Siyaset İlişkisi-3 Abbâsiler Dönemi−Dinin Hayatından Hayatın Dinine−</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256602816</t>
+          <t>9786256123519</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Şıı Fıkıh Usulünde Akıl ve Kıyas Anlayışı</t>
+          <t>Rusçuklu Ali Fethî Efendi Hayatı Eserleri ve Hilye-i Sultânî’si</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256602786</t>
+          <t>9786256123472</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hilalin Gölgesindeki Haç İslam Hukuku Perspektifinden Kilise</t>
+          <t>Seyyid Kutub’un İman Düşüncesi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256602809</t>
+          <t>9786256123458</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Zekat Nisabı Bağlamında Fakirlik ve Kifayet</t>
+          <t>İlk Tefsir Örneklerinden Kitâbu’l-Lugât fi’l-Kur’ân Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256602779</t>
+          <t>9786256123427</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sunenu'l-Erbaa'daki Namaz Zekat Oruç Hac Hadisleri</t>
+          <t>Endülüs’te Tasavvufi Yorum -İbn Berrecân’ın Vahiy Anlayışı-</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256602793</t>
+          <t>9786256123397</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular Dönemi Din-Siyaset İlişkisi</t>
+          <t>İlmihall 2 İbadetler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256602755</t>
+          <t>9786256123335</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kıraatlerde Tevkifîlik ve İctihadilik Olgusu</t>
+          <t>Kur’an’da Rab ve İlâh</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>405</v>
+        <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256602748</t>
+          <t>9786256123434</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Allah - İnsan İletişimi</t>
+          <t>Kur’an’da Muhsin Kavramı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256602762</t>
+          <t>9786256123410</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kahire'nin Kurucusu Fatımi Halifesi Mu'izz-Lidinillah</t>
+          <t>İlmihall 4 Yasaklar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>385</v>
+        <v>215</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256602731</t>
+          <t>9786256123403</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Şii Gelenekte Felsefe Karşıtlığı</t>
+          <t>İlmihall 3 Emirler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>370</v>
+        <v>195</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059652308</t>
+          <t>9786256123366</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Psikoloji</t>
+          <t>Çağdaş Arap Romanında Metinlerarasılık</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256602601</t>
+          <t>9786256123359</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen - Ali Şeriati ve Sonrası</t>
+          <t>Amr b. Âs Hayatı Rivâyetleri Tenkitler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>265</v>
+        <v>215</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256602694</t>
+          <t>9786256123342</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bilim - Din İlişkisi</t>
+          <t>Suddî’nin Tefsirine Hermenötik Bir Okuma</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256602724</t>
+          <t>9786256123328</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Anlamı İzinde Yusuf Suresi</t>
+          <t>Mısır’da Mâtürîdîlik Mezhebinin Etkisi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256602700</t>
+          <t>9786256123311</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kıraat Edebiyatında ve Tedrisatında Manzum Eser Geleneği</t>
+          <t>Konya Bölge Yazma Eserler Kütüphanesi’ndeki Âyet Konulu Tefsir Risâleleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>205</v>
+        <v>825</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256602649</t>
+          <t>9786256123236</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Merkezine Hikmet Yolculuğu</t>
+          <t>Klasik ve Modern Tefsirde Sosyal Hayat</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>735</v>
+        <v>440</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256602656</t>
+          <t>9786256123298</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Söz’den Öz’e</t>
+          <t>Buhari’nin Sahih’inde Dört Mezhebe Göre Amel Edilmeyen Hadisler (Tahlil ve Tenkid)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256602663</t>
+          <t>9786256123281</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hadise Modern Yaklaşımlar Ahmed Emiin</t>
+          <t>Ali Şeriati’nin Dinler Tarihi Metodolojisi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256602687</t>
+          <t>9786256123274</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslümanlara Dair Evail Söylemi</t>
+          <t>Leyale Sor Beni - Gece Yazıları</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256602717</t>
+          <t>9786256123267</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Fetva Emini Gedizli Mehmed Efendi’nin (1752-1837) Eserleri Üzerine Yazılan Takrizler</t>
+          <t>Osmanlı Son Döneminde Suriyeli Bir Müfessir -Cemalüddin el-Kasımi ve Mehasinü’t-Te’vil Adlı Tefsiri-</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>120</v>
+        <v>505</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256602625</t>
+          <t>9786256123250</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii ve Müsned Şerhi</t>
+          <t>Eser-Rey İhtilafında Gumari’nin Kevseri’ye Eleştirileri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>245</v>
+        <v>430</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256602670</t>
+          <t>9786256123243</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kelam-Fıkıh Usulü İlişkisi</t>
+          <t>Cabiri’nin İrfan Eleştirisi -Şiilik Bağlamında-</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>215</v>
+        <v>285</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256602632</t>
+          <t>9786256123212</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İ'cazü'l-Kur'an</t>
+          <t>Nihayet Mertebeleri ve Tevhidin Hakikati - Hace Abdullah el-Ensarİ el- Herevi’ye Göre-</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>545</v>
+        <v>325</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256602595</t>
+          <t>9786256123182</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l-Mutahhar El-Hilli’nin Metafizik Anlayışı</t>
+          <t>Türkiye ve İran’da Yükseköğretim Sistemi - Karşılaştırmalı Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>145</v>
+        <v>420</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256602618</t>
+          <t>9786256123069</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm’ın ‘el-Muhalla’sında Ele Aldığı Ebu Yusuf’un Görüşlerinin Tahkiki</t>
+          <t>Fahreddin er-Razi’nin Hüsün ve Kubuh Meselesine Yaklaşımı -el- Metalibü’l-Aliye Ekseninde Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256602564</t>
+          <t>9786256123120</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İman ve Eylemde Ma’kuliyyet</t>
+          <t>İslam Hukuk Düşüncesi Açısından Eşcinsellik</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>195</v>
+        <v>500</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256602571</t>
+          <t>9786256123151</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Rüstemiler Döneminde İtikadi İslam Mezhepleri</t>
+          <t>Şihabeddin Ömer Sühreverdi’nin Felsefe Eleştirisi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057570093</t>
+          <t>9786256123168</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ebu 'Ubeyd Kasım B. Sellam’ın Kı̇tabu Fezailı̇'l-Kur'an'ı</t>
+          <t>Uşşakilik’te Dini Musiki - Asitane Örneği</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257879606</t>
+          <t>9786256123175</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife Dönemi</t>
+          <t>Peace Negotiations in Islamic Jurisprudence - Its Rulings and Conditions</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756004661</t>
+          <t>9786256123205</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı</t>
+          <t>İstidrakatu’t-Tebrizi fi Tefsirihi ‘ale’z-Zemahşeri fi’n-nısfi’l-evvel mine’l- Kur’ani’l-Kerîm</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>395</v>
+        <v>265</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256602502</t>
+          <t>9786256123199</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Fizan'dan Afganistan'a (Ciltli)</t>
+          <t>Yemen’in Altın Çağı Resuliler Dönemi (626-858/1229-1454) -Siyasi Tarih ve Sosyo-Kültürel Hayat</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>460</v>
+        <v>650</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256602526</t>
+          <t>9786256123144</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yolculuğunda Hac</t>
+          <t>Şa‘Bi Ve İslam Tarihi Rivayetleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256602533</t>
+          <t>9786256123076</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Rivayetlerinin Vakıayla Uyumu ve Ayetlerin Tarihlendirilmesi</t>
+          <t>Ebu Said Muhammed el-Hadimi ve Fıkhi Meselelere Yaklaşımı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>590</v>
+        <v>430</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256602519</t>
+          <t>9786256123007</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Filozoflara Göre Faal Akıl</t>
+          <t>Fahreddin er-Razi’de Bilgi ve Yöntem</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256602335</t>
+          <t>9786256123137</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Farsça Söz Varlığı</t>
+          <t>Klasik Tefsir Ekolleri ve Örnek Metinleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>225</v>
+        <v>560</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256602472</t>
+          <t>9786256123083</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Pratik Tecvid ve Kur’an Okuma Kaideleri</t>
+          <t>Nüzul Sıralı Tefsir Geleneğinde Kayıp Halka Molla Huveyş ve Beyanü’l- Meani’si</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256602489</t>
+          <t>9786256602915</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Maturidi Düşüncede Ahiret</t>
+          <t>Ticari Uyuşmazlıklarda Arabuluculuk</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256602465</t>
+          <t>9786256123113</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İstiare (Metafor)</t>
+          <t>Nureddin Zengi ile Selahaddin Eyyubi’nin Gölgesinde Bir Lider Esedüddin Şirkuh</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256602458</t>
+          <t>9786256123090</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlak Felsefesinde Bilgi ve Hürriyet</t>
+          <t>Medine Dönemi’nde Hz. Peygamber’in Karar Alma Süreçleri</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256602496</t>
+          <t>9786256602977</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Bürokratı Ali Fuad Türkgeldi’nin Tarih Anlayışı</t>
+          <t>Kur’an Ayetleri Işığında Nefs ve Şeytan</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256602441</t>
+          <t>9786256123052</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatın Kurtuluş Reçetesi İnfak</t>
+          <t>İslam Hukukunda Gayrimüslim Vatandaşların Temel Hak ve Özgürlükleri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>130</v>
+        <v>410</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256602434</t>
+          <t>9786256123038</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ahkamu's-Sultaniyye’lerde Devlet Başkanlığı Müessesesi</t>
+          <t>Dil-Coğrafya İlişkisi Bağlamında Arapça</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256602366</t>
+          <t>9786258304213</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Edebiyatında İktibas Sanatı</t>
+          <t>Mu'tezile'nin Fıkıh Usulü Anlayışı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256602410</t>
+          <t>9786256602854</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Akseki ve Topluma Din Dersleri</t>
+          <t>Yazı ve Yaşam-2</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>265</v>
+        <v>215</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256602328</t>
+          <t>9786256602939</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tevbenin Mahiyeti ve Had Cezalarını Düşürmedeki Rolü</t>
+          <t>XIX. ve XX. Asır Kazan Alimlerinin Hadis ve Sünnet Anlayışı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256602304</t>
+          <t>9786256602946</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Haram Kavramının Semantik Analizi</t>
+          <t>Vahyin Işığında İnsan ve Hayat Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256602342</t>
+          <t>9786256602953</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Uygulamalarında Ehliyet ve Liyakat</t>
+          <t>Hz. Peygamber Döneminin İktisadi Yapısı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256602359</t>
+          <t>9786256602960</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Belagat İlminin İzafiliği</t>
+          <t>Tekbir ve Kıraat İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>255</v>
+        <v>225</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256602427</t>
+          <t>9786256602984</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Fıkh-ı Ekber Şerhleri ve Kader</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>205</v>
+        <v>390</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256602397</t>
+          <t>9786256602991</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fakihi Muhammed b. Fadl ve Fıkhi Görüşleri</t>
+          <t>Ehl-İ Sünnet’te Farklılaşma -Eş’ari-Matüridi İhtilafı-</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256602380</t>
+          <t>9786256123014</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Gaznelilerin Duraklama Dönemi ve Yıkılışı (1040-1186)</t>
+          <t>İbn Hacer El-Heytemi ve Hadis İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>210</v>
+        <v>515</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256602403</t>
+          <t>9786256123021</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Akademik Kelam Yazıları-1</t>
+          <t>Hanefi Fasid Akit Teorisi -Borçlar Hukuku Açısından</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>275</v>
+        <v>515</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256602182</t>
+          <t>9786256602908</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Vakıfların İktisadi Hayatın Gelişmesine Etkisi</t>
+          <t>İslam Hukukunda Kamu Davasının Açılması</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>235</v>
+        <v>390</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256602199</t>
+          <t>9786256602922</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Değişim Tarihsellik ve Nesh Bağlamında Şeriat</t>
+          <t>Asım Kıraatı’nın Ebu Bekr Şu’be Rivayeti ve Tefsire Etkisi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256602281</t>
+          <t>9786256602373</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem Tefsirlerinde Eleştirilen Konular</t>
+          <t>Modern Yönelişlerin Tefsir Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256602311</t>
+          <t>9786256602878</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Metodoloji ve Dil Eksenli Bir Yaklaşımla Anlamak</t>
+          <t>et-Teracü' fi'l-Alakati'l-Ürdüniyye ve'l-Britaniyye fi'l-Fetra 1956-2020</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>150</v>
+        <v>305</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256602267</t>
+          <t>9786256602861</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ebu Yakup Sekkaki'nin Gramer ve Belagat Anlayışı</t>
+          <t>Tasavvufu Anlamak</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>360</v>
+        <v>445</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256602274</t>
+          <t>9786258304459</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Azınlıklar Fıkhı</t>
+          <t>Katla'l-Kur'an'daki Kıssalarda Geçen Ayetlerin Sa'lebi'ye Göre Tefsiri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>370</v>
+        <v>305</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256602229</t>
+          <t>9786256602847</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hulusi İlahiler</t>
+          <t>Kufe'nin Karisi Asım B. Behdele'nin Rivayet Etmiş Olduğu Hadislerin Tahric ve Tenkidi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256602243</t>
+          <t>9786256602830</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Fukahanın Kadın Tasavvuru</t>
+          <t>Mütekaddimin Dönem Kelamında Arazlar Meselesi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>290</v>
+        <v>595</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256602250</t>
+          <t>9786256602823</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Himmetzade Ahmed Cezbi ve Kenzü'l-Esrar İsimli Tarikatnamesi</t>
+          <t>Kur’an Kural ve Hayat</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>225</v>
+        <v>255</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256602236</t>
+          <t>9786256602816</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Döneminde Din İstismarı</t>
+          <t>Klasik Dönem Şıı Fıkıh Usulünde Akıl ve Kıyas Anlayışı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>145</v>
+        <v>385</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256602168</t>
+          <t>9786256602786</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Dili - Arapça ve Türkçede Renk Deyimleri</t>
+          <t>Hilalin Gölgesindeki Haç İslam Hukuku Perspektifinden Kilise</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256602175</t>
+          <t>9786256602809</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Metinleşme Tarihi</t>
+          <t>Zekat Nisabı Bağlamında Fakirlik ve Kifayet</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256602205</t>
+          <t>9786256602779</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Sunenu'l-Erbaa'daki Namaz Zekat Oruç Hac Hadisleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256602212</t>
+          <t>9786256602793</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Çağırıyor</t>
+          <t>Büyük Selçuklular Dönemi Din-Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256602144</t>
+          <t>9786256602755</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kıraat ve Tecvid Terimleri Sözlüğü</t>
+          <t>Kıraatlerde Tevkifîlik ve İctihadilik Olgusu</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>175</v>
+        <v>545</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256602151</t>
+          <t>9786256602748</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Nazariyesi</t>
+          <t>Allah - İnsan İletişimi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256602014</t>
+          <t>9786256602762</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yüzyılında 100 Sufi Şahsiyet</t>
+          <t>Kahire'nin Kurucusu Fatımi Halifesi Mu'izz-Lidinillah</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>445</v>
+        <v>520</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256602007</t>
+          <t>9786256602731</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanların Halifesi Hz. Ali</t>
+          <t>Şii Gelenekte Felsefe Karşıtlığı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256602106</t>
+          <t>9786059652308</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Din ve Terör</t>
+          <t>Kur’an ve Psikoloji</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256602083</t>
+          <t>9786256602601</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilimlerinde Yöntem</t>
+          <t>Öğretmen - Ali Şeriati ve Sonrası</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>470</v>
+        <v>360</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256602137</t>
+          <t>9786256602694</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İlme Adanmış Ömürler</t>
+          <t>Bilim - Din İlişkisi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>135</v>
+        <v>265</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256602113</t>
+          <t>9786256602724</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Din, İnsan ve Anlam Arayışı</t>
+          <t>Anlamın Anlamı İzinde Yusuf Suresi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256602076</t>
+          <t>9786256602700</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Din Anlayışımız Üzerine Denemeler</t>
+          <t>Kıraat Edebiyatında ve Tedrisatında Manzum Eser Geleneği</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256602090</t>
+          <t>9786256602649</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Alevilik - Kızılbaşlılık - Bektaşilik</t>
+          <t>Varlığın Merkezine Hikmet Yolculuğu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>310</v>
+        <v>990</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256602120</t>
+          <t>9786256602656</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Söz’den Öz’e</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256602045</t>
+          <t>9786256602663</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif'te Din Siyaset İlişkisi</t>
+          <t>Hadise Modern Yaklaşımlar Ahmed Emiin</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256436985</t>
+          <t>9786256602687</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem İslam Tarihinde Beni Neccar</t>
+          <t>İlk Müslümanlara Dair Evail Söylemi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256602021</t>
+          <t>9786256602717</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Cüveyni'de İcma Teorisi</t>
+          <t>Fetva Emini Gedizli Mehmed Efendi’nin (1752-1837) Eserleri Üzerine Yazılan Takrizler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256602038</t>
+          <t>9786256602625</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Bir Müfessir Olarak Saçaklızade Muhammed Efendi</t>
+          <t>İmam Şafii ve Müsned Şerhi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256436619</t>
+          <t>9786256602670</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Mukaddes-i İlahi</t>
+          <t>Kelam-Fıkıh Usulü İlişkisi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256602052</t>
+          <t>9786256602632</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Artvin'de Dini Hayat</t>
+          <t>İ'cazü'l-Kur'an</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>505</v>
+        <v>735</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256436992</t>
+          <t>9786256602595</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Müteahhirin Kelamında Cismin Hakikati</t>
+          <t>İbnü’l-Mutahhar El-Hilli’nin Metafizik Anlayışı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256436879</t>
+          <t>9786256602618</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tefsir Geleneğinde Konulu Tefsir</t>
+          <t>İbn Hazm’ın ‘el-Muhalla’sında Ele Aldığı Ebu Yusuf’un Görüşlerinin Tahkiki</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256436909</t>
+          <t>9786256602564</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Malumat</t>
+          <t>İman ve Eylemde Ma’kuliyyet</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>145</v>
+        <v>265</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256436978</t>
+          <t>9786256602571</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarında Tema ve Anlatım Üslubu</t>
+          <t>Rüstemiler Döneminde İtikadi İslam Mezhepleri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256436961</t>
+          <t>9786057570093</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Sözün Dönüşümü</t>
+          <t>Ebu 'Ubeyd Kasım B. Sellam’ın Kı̇tabu Fezailı̇'l-Kur'an'ı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256436947</t>
+          <t>9786257879606</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>el-Muessesatu'l-Vataniyye / Duveliyye ve’t-Terceme</t>
+          <t>Dört Halife Dönemi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>135</v>
+        <v>255</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256436954</t>
+          <t>9789756004661</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye'den Emevilerin Sonuna Kadar Yemen</t>
+          <t>Ne Yapmalı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>325</v>
+        <v>535</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256436886</t>
+          <t>9786256602502</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Mübhem Hadis ve Mübhem Ravinin Ta'dili</t>
+          <t>Fizan'dan Afganistan'a (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>150</v>
+        <v>620</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256436893</t>
+          <t>9786256602526</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Muaz Bin Cebel ve Helal-Haram</t>
+          <t>İnsanın Yolculuğunda Hac</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256436763</t>
+          <t>9786256602533</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mekan Tarih ve Kültür Sarmalında İnsan</t>
+          <t>Tefsir Rivayetlerinin Vakıayla Uyumu ve Ayetlerin Tarihlendirilmesi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>335</v>
+        <v>795</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256436916</t>
+          <t>9786256602519</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Edebiyatında İstizare Mektupları</t>
+          <t>Filozoflara Göre Faal Akıl</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256436817</t>
+          <t>9786256602335</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlı Müfessirlerinden Kutbüddin İzniki ve Tefsiri</t>
+          <t>Türkçede Farsça Söz Varlığı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>170</v>
+        <v>305</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256436923</t>
+          <t>9786256602472</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türkçe Kur'an Sözlükleri Literatürü (1923-2023)</t>
+          <t>Pratik Tecvid ve Kur’an Okuma Kaideleri</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256436930</t>
+          <t>9786256602489</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili ve Edebiyatında Mecalis Geleneği</t>
+          <t>Maturidi Düşüncede Ahiret</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>155</v>
+        <v>265</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256436862</t>
+          <t>9786256602465</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Bir Hadis Usulü Tercümesi: Abdullah Salahaddin Uşşaki'nin Şerhu Usuli'l-Hadis'i</t>
+          <t>İslam Düşüncesinde İstiare (Metafor)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059652438</t>
+          <t>9786256602458</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar Sözlüğü</t>
+          <t>İslam Ahlak Felsefesinde Bilgi ve Hürriyet</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256436855</t>
+          <t>9786256602496</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tevrat'ta ve Kur'an'da Hz. Musa'nın Mucizeleri</t>
+          <t>Bir Osmanlı Bürokratı Ali Fuad Türkgeldi’nin Tarih Anlayışı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256436725</t>
+          <t>9786256602441</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Medcezir 201</t>
+          <t>Sosyal Hayatın Kurtuluş Reçetesi İnfak</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256436794</t>
+          <t>9786256602434</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İsrailoğulları ve Yahudilik</t>
+          <t>Ahkamu's-Sultaniyye’lerde Devlet Başkanlığı Müessesesi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256436848</t>
+          <t>9786256602366</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın İsimleri Bağlamında Kur'an Okuma</t>
+          <t>Klasik Arap Edebiyatında İktibas Sanatı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>240</v>
+        <v>405</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256436787</t>
+          <t>9786256602410</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye'nin Usul Düşüncesinde Hadis</t>
+          <t>Ahmet Hamdi Akseki ve Topluma Din Dersleri</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256436831</t>
+          <t>9786256602328</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir Döneminin İslam Tarihinde Belirleyici Rolü</t>
+          <t>Tevbenin Mahiyeti ve Had Cezalarını Düşürmedeki Rolü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256436770</t>
+          <t>9786256602304</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Oryantalist Anlatımlarında Hz. Aişe</t>
+          <t>Kur'an'da Haram Kavramının Semantik Analizi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256436824</t>
+          <t>9786256602342</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Dil ve Üslup Yapısı Ekseninde Sad Suresi Tefsiri</t>
+          <t>Hz. Peygamber'in Uygulamalarında Ehliyet ve Liyakat</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256436800</t>
+          <t>9786256602359</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Dönemi Arap Şiirinde Yeminler</t>
+          <t>Belagat İlminin İzafiliği</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256436732</t>
+          <t>9786256602427</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kadi Abdülcebbar'da Dil Bilimsel Çözümleme Düzeyleri ve Lügavi İstidlal</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256436749</t>
+          <t>9786256602397</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>دراسات ﻓﻲ مقاصد الﺸﺮيعة - Dirasat fi makasıdi'ş-şeria</t>
+          <t>Hanefi Fakihi Muhammed b. Fadl ve Fıkhi Görüşleri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>370</v>
+        <v>235</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256436756</t>
+          <t>9786256602380</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Bir Metin İki Şerh - Kadi Beyzavi ve İbn Melek'in Mesabih Şerhleri</t>
+          <t>Gaznelilerin Duraklama Dönemi ve Yıkılışı (1040-1186)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256436695</t>
+          <t>9786256602403</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Anlayıştan Davranışa Dini Hayatımız</t>
+          <t>Akademik Kelam Yazıları-1</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>245</v>
+        <v>370</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256436541</t>
+          <t>9786256602182</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kanon Olarak Kur'an</t>
+          <t>Vakıfların İktisadi Hayatın Gelişmesine Etkisi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>260</v>
+        <v>315</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256436718</t>
+          <t>9786256602199</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Mihne Sonrası Teopolitik Durumun Sünni Kelama Etkisi</t>
+          <t>Sosyal Değişim Tarihsellik ve Nesh Bağlamında Şeriat</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256436558</t>
+          <t>9786256602281</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mushaf Olarak Kur'an</t>
+          <t>Modern Dönem Tefsirlerinde Eleştirilen Konular</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256436701</t>
+          <t>9786256602311</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Teodise - Kötülük Problemine Teolojik Bir Yorum</t>
+          <t>Kur'an'ı Metodoloji ve Dil Eksenli Bir Yaklaşımla Anlamak</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256436565</t>
+          <t>9786256602267</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>ﺷﺮح ﻣﺠمع البحرين - Şerhu Mecma’i’l-Bahreyn -3 Cilt- (Ciltli)</t>
+          <t>Ebu Yakup Sekkaki'nin Gramer ve Belagat Anlayışı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>2800</v>
+        <v>485</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256436398</t>
+          <t>9786256602274</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Zemahşei’nin İtikadi Görüşleri</t>
+          <t>Müslüman Azınlıklar Fıkhı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>265</v>
+        <v>500</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256436688</t>
+          <t>9786256602229</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Meclis-i Meşayih</t>
+          <t>Hulusi İlahiler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256436664</t>
+          <t>9786256602243</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İnsan Psikolojisi ve Kur’an</t>
+          <t>Fukahanın Kadın Tasavvuru</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256436633</t>
+          <t>9786256602250</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Gönülde Yaşayanlar</t>
+          <t>Himmetzade Ahmed Cezbi ve Kenzü'l-Esrar İsimli Tarikatnamesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>280</v>
+        <v>305</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256436657</t>
+          <t>9786256602236</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>الاجتهاد وأنواعه واﻟﻤجامع الفقهية - el-İctihadu ve Anva’uhü ve’l-Mecami’u’l-Fıqhiyyah İçtihad, İçtihad Türleri ve Fıkıh Akademileri</t>
+          <t>Emeviler Döneminde Din İstismarı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256436671</t>
+          <t>9786256602168</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Dilbilimsel Tipolojisi</t>
+          <t>Renklerin Dili - Arapça ve Türkçede Renk Deyimleri</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256436626</t>
+          <t>9786256602175</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Aşina Yüzlerden</t>
+          <t>Kur'an'ın Metinleşme Tarihi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256436640</t>
+          <t>9786256602205</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü Edebiyatında Mücmel ve Mübeyyen</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256436381</t>
+          <t>9786256602212</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe Tefsir Ve Meal Çalışmaları</t>
+          <t>Kudüs Çağırıyor</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256436602</t>
+          <t>9786256602144</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Mu’tezile’de Erdemli Arınma</t>
+          <t>Kıraat ve Tecvid Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256436503</t>
+          <t>9786256602151</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Dönemde Eğitim</t>
+          <t>İslam Siyaset Nazariyesi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>410</v>
+        <v>275</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256436510</t>
+          <t>9786256602014</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Dönemde Çöl</t>
+          <t>Cumhuriyetin İlk Yüzyılında 100 Sufi Şahsiyet</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>355</v>
+        <v>600</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256436527</t>
+          <t>9786256602007</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Edebi Tefsir ve Sorunları</t>
+          <t>Zor Zamanların Halifesi Hz. Ali</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256436367</t>
+          <t>9786256602106</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Nebiler</t>
+          <t>Küreselleşme Din ve Terör</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256436343</t>
+          <t>9786256602083</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Ahlakın Doğası ÜzerineDüşünceler</t>
+          <t>İslam Bilimlerinde Yöntem</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>150</v>
+        <v>635</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258005882</t>
+          <t>9786256602137</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Arapçanın Ses Bilgisi</t>
+          <t>İlme Adanmış Ömürler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057570994</t>
+          <t>9786256602113</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde İ'rab - Anlam İlişkisi</t>
+          <t>Din, İnsan ve Anlam Arayışı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057570161</t>
+          <t>9786256602076</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku Terimleri Sözlüğü (Ciltli)</t>
+          <t>Din Anlayışımız Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256436497</t>
+          <t>9786256602090</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kader Üzerine</t>
+          <t>Alevilik - Kızılbaşlılık - Bektaşilik</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256436534</t>
+          <t>9786256602120</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dinsizlik: Deizm İslam Akidesi Işığında Modern Deizmin Söylemleri (Arapça)</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>250</v>
+        <v>465</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256436466</t>
+          <t>9786256602045</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kadının Konumunu Yeniden Düşünmek</t>
+          <t>Mehmet Akif'te Din Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256436480</t>
+          <t>9786256436985</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletler Hukukunda Ahde Vefa İlkesi</t>
+          <t>İlk Dönem İslam Tarihinde Beni Neccar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>385</v>
+        <v>245</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256436459</t>
+          <t>9786256602021</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Tefsirinde Hıristiyanlık Eleştirisi</t>
+          <t>Cüveyni'de İcma Teorisi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256436428</t>
+          <t>9786256602038</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Edebiyyat-ı Arabiyye (Arap Edebiyatı Tarihi Cahiliye Devri 1 ve 2) 2 Cilt</t>
+          <t>Bir Müfessir Olarak Saçaklızade Muhammed Efendi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>885</v>
+        <v>360</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256436473</t>
+          <t>9786256436619</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Akademik Çalışmalar</t>
+          <t>Aşk-ı Mukaddes-i İlahi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256436411</t>
+          <t>9786256602052</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Es-Sırau’l-Ebedi: El-İmame</t>
+          <t>Artvin'de Dini Hayat</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>235</v>
+        <v>680</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256436329</t>
+          <t>9786256436992</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hanefilik-Mu‘tezile İlişkisi</t>
+          <t>Müteahhirin Kelamında Cismin Hakikati</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>405</v>
+        <v>285</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256436404</t>
+          <t>9786256436879</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Mu‘tezile’nin İnsan Tasavvuru</t>
+          <t>Osmanlı Tefsir Geleneğinde Konulu Tefsir</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256436312</t>
+          <t>9786256436909</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Batı Afrika’da Arap Edebiyatı ve Sömürgecilik Karşısındaki Rolü</t>
+          <t>Malumat</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>425</v>
+        <v>195</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256436374</t>
+          <t>9786256436978</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarih Yazıcılığında Fars - İran Etkisi</t>
+          <t>Kur'an Kıssalarında Tema ve Anlatım Üslubu</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256436336</t>
+          <t>9786256436961</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlama Üzerine</t>
+          <t>Hz. Peygamber ve Sözün Dönüşümü</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256436350</t>
+          <t>9786256436947</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Güncel Meseleler Işığında Kurban</t>
+          <t>el-Muessesatu'l-Vataniyye / Duveliyye ve’t-Terceme</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256436305</t>
+          <t>9786256436954</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kelam ve Bilim</t>
+          <t>Cahiliye'den Emevilerin Sonuna Kadar Yemen</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>355</v>
+        <v>440</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256436299</t>
+          <t>9786256436886</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sa'deddin Hammuyi</t>
+          <t>Mübhem Hadis ve Mübhem Ravinin Ta'dili</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>395</v>
+        <v>205</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256436268</t>
+          <t>9786256436893</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Nesefi 'Akaidi Tercümesi</t>
+          <t>Muaz Bin Cebel ve Helal-Haram</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>155</v>
+        <v>215</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256436237</t>
+          <t>9786256436763</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Cinler</t>
+          <t>Mekan Tarih ve Kültür Sarmalında İnsan</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256436282</t>
+          <t>9786256436916</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Dini İlimler Bağlamında Deprem</t>
+          <t>Klasik Arap Edebiyatında İstizare Mektupları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256436244</t>
+          <t>9786256436817</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Cerrahilik’te Dini Musiki</t>
+          <t>İlk Osmanlı Müfessirlerinden Kutbüddin İzniki ve Tefsiri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>345</v>
+        <v>230</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256436251</t>
+          <t>9786256436923</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Tarihyazımı</t>
+          <t>Cumhuriyet Dönemi Türkçe Kur'an Sözlükleri Literatürü (1923-2023)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256436275</t>
+          <t>9786256436930</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sahih Hadis Tartışmaları</t>
+          <t>Arap Dili ve Edebiyatında Mecalis Geleneği</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>155</v>
+        <v>210</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256436152</t>
+          <t>9786256436862</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Tercemetü ma'ani'l-Kur'ani'l Kerim dirasah tahliliyyah muqaranah li-ara' Mustafa Sabri</t>
+          <t>Osmanlıca Bir Hadis Usulü Tercümesi: Abdullah Salahaddin Uşşaki'nin Şerhu Usuli'l-Hadis'i</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256436220</t>
+          <t>9786059652438</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Bilim Işığında Allah'ın Varlığının Temellendirilmesi</t>
+          <t>Kavramlar Sözlüğü</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>120</v>
+        <v>410</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256436206</t>
+          <t>9786256436855</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sanal Para</t>
+          <t>Tevrat'ta ve Kur'an'da Hz. Musa'nın Mucizeleri</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>440</v>
+        <v>195</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256436183</t>
+          <t>9786256436725</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Değerler</t>
+          <t>Medcezir 201</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>535</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256436169</t>
+          <t>9786256436794</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kadınların İbadetlerdeki Farklılıkları ve Sebepleri</t>
+          <t>Kur'an'da İsrailoğulları ve Yahudilik</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256436190</t>
+          <t>9786256436848</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kader ve İhtiyar</t>
+          <t>Kur'an'ın İsimleri Bağlamında Kur'an Okuma</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256436138</t>
+          <t>9786256436787</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Çıkmazlarına Çözüm Yolu İstihsan</t>
+          <t>İbn Teymiyye'nin Usul Düşüncesinde Hadis</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256436046</t>
+          <t>9786256436831</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Fatımiler Döneminde Eğitim</t>
+          <t>Hz. Ebu Bekir Döneminin İslam Tarihinde Belirleyici Rolü</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>335</v>
+        <v>235</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256436176</t>
+          <t>9786256436770</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Belagat İlimleri Tarihi</t>
+          <t>Oryantalist Anlatımlarında Hz. Aişe</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>380</v>
+        <v>505</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256436213</t>
+          <t>9786256436824</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Anlam’dan Anlatıma</t>
+          <t>Kur'an'ın Dil ve Üslup Yapısı Ekseninde Sad Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256436145</t>
+          <t>9786256436800</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Ayetlerinin Sünni ve Şii Yorumu</t>
+          <t>Cahiliye Dönemi Arap Şiirinde Yeminler</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>305</v>
+        <v>235</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258304930</t>
+          <t>9786256436732</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yolunda Anadolu (Ciltli)</t>
+          <t>Kadi Abdülcebbar'da Dil Bilimsel Çözümleme Düzeyleri ve Lügavi İstidlal</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256436121</t>
+          <t>9786256436749</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Doğru Anlaşılmasında Mecazın Yeri ve Önemi</t>
+          <t>دراسات ﻓﻲ مقاصد الﺸﺮيعة - Dirasat fi makasıdi'ş-şeria</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256436114</t>
+          <t>9786256436756</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kitaplarını Koruma Çabaları Zabtü’l-Kitab</t>
+          <t>Bir Metin İki Şerh - Kadi Beyzavi ve İbn Melek'in Mesabih Şerhleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>285</v>
+        <v>410</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256436091</t>
+          <t>9786256436695</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l-Hüseyin el-Basri'nin Kelam Sistemi</t>
+          <t>Anlayıştan Davranışa Dini Hayatımız</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256436107</t>
+          <t>9786256436541</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Tajdid ‘ilm al-Kalam Bayna Shibli al-Nu‘mani wa’Abd al-Latif Alkhrbwty Dirasah Aqadiyah Muqaranah</t>
+          <t>Kanon Olarak Kur'an</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256436039</t>
+          <t>9786256436718</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Eyyubi ve Memlük Dımaşk’ında Hadis</t>
+          <t>Mihne Sonrası Teopolitik Durumun Sünni Kelama Etkisi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256436060</t>
+          <t>9786256436558</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Araplarda Şiir</t>
+          <t>Mushaf Olarak Kur'an</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>510</v>
+        <v>285</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256436084</t>
+          <t>9786256436701</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İbnu’l-Hümam'ın Hadisçiliği</t>
+          <t>Teodise - Kötülük Problemine Teolojik Bir Yorum</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256436053</t>
+          <t>9786256436565</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Disiplininde Vehbi İlmin Yeri</t>
+          <t>ﺷﺮح ﻣﺠمع البحرين - Şerhu Mecma’i’l-Bahreyn -3 Cilt- (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>230</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258304954</t>
+          <t>9786256436398</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Fıkıh İlişkisi</t>
+          <t>Zemahşei’nin İtikadi Görüşleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258304992</t>
+          <t>9786256436688</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sülemi’nin Tabakat’ında Sufi Çevreler</t>
+          <t>Meclis-i Meşayih</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>595</v>
+        <v>310</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258304961</t>
+          <t>9786256436664</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Fakihlerinden İbn Kadi Ayaslugi ve Eseri Şerhu Mecma'i'l-Bahreyn</t>
+          <t>İnsan Psikolojisi ve Kur’an</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258304978</t>
+          <t>9786256436633</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Arap Fıkhı</t>
+          <t>Gönülde Yaşayanlar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>365</v>
+        <v>380</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256436077</t>
+          <t>9786256436657</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İran'da Molla-Siyaset İlişkisi</t>
+          <t>الاجتهاد وأنواعه واﻟﻤجامع الفقهية - el-İctihadu ve Anva’uhü ve’l-Mecami’u’l-Fıqhiyyah İçtihad, İçtihad Türleri ve Fıkıh Akademileri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256436022</t>
+          <t>9786256436671</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sad Suresi</t>
+          <t>Arapçanın Dilbilimsel Tipolojisi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256436015</t>
+          <t>9786256436626</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Perspektifinden Anonim Ortaklık Payları</t>
+          <t>Aşina Yüzlerden</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>185</v>
+        <v>295</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256436008</t>
+          <t>9786256436640</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kissatu’s Salusu’l-Mukaddes Dirasat fi’l-Mesadiri’n-Nusayriye</t>
+          <t>Fıkıh Usulü Edebiyatında Mücmel ve Mübeyyen</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>180</v>
+        <v>255</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258304947</t>
+          <t>9786256436381</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Dağ İnanışları</t>
+          <t>Kürtçe Tefsir Ve Meal Çalışmaları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>235</v>
+        <v>460</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258304985</t>
+          <t>9786256436602</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Bilim</t>
+          <t>Mu’tezile’de Erdemli Arınma</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>245</v>
+        <v>310</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258304923</t>
+          <t>9786256436503</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Ömrüm</t>
+          <t>İslam Öncesi Dönemde Eğitim</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>505</v>
+        <v>555</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258304893</t>
+          <t>9786256436510</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlama Yöntemi Olarak Kur'an'ın Kur'an'la Tefsiri</t>
+          <t>İslam Öncesi Dönemde Çöl</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258304916</t>
+          <t>9786256436527</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>el-Israru ale'l-ma'siyeti Esbabuhu ve 'Ilacuhu fi Dav'i's-Sünneti'n-Nebeviyyeti</t>
+          <t>Edebi Tefsir ve Sorunları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>270</v>
+        <v>475</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258304909</t>
+          <t>9786256436367</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Azmu'l-Umur - Kararlılık Gerektiren İşler</t>
+          <t>Kur’an’da Nebiler</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>210</v>
+        <v>445</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258304886</t>
+          <t>9786256436343</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Molla Halil Siirdi’de Resm-i Mushaf Tecvid ve Kıraat İlmi</t>
+          <t>İnsan ve Ahlakın Doğası ÜzerineDüşünceler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>385</v>
+        <v>205</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258304855</t>
+          <t>9786258005882</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Söz ve Uygulamalarının Tarihselliği Üzerine</t>
+          <t>Arapçanın Ses Bilgisi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>355</v>
+        <v>385</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258304862</t>
+          <t>9786057570994</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'i ve Mesajını Tarihsel Bağlamında Anlamak</t>
+          <t>Arap Dilinde İ'rab - Anlam İlişkisi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>305</v>
+        <v>310</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258304879</t>
+          <t>9786057570161</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Aile, Hukuki Hayat ve Şeyhülislam</t>
+          <t>Miras Hukuku Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>255</v>
+        <v>540</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258304817</t>
+          <t>9786256436497</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Tefsir</t>
+          <t>Kader Üzerine</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>385</v>
+        <v>405</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258304848</t>
+          <t>9786256436534</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eflatunculuğun Tasavvufa Etkileri</t>
+          <t>Yeni Dinsizlik: Deizm İslam Akidesi Işığında Modern Deizmin Söylemleri (Arapça)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258304800</t>
+          <t>9786256436466</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Şark Alimleri - 1 (Ciltli)</t>
+          <t>İslam'da Kadının Konumunu Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>630</v>
+        <v>325</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258304824</t>
+          <t>9786256436480</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Modern Düşüncede Maslahat Tartışmaları</t>
+          <t>İslam Devletler Hukukunda Ahde Vefa İlkesi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258304831</t>
+          <t>9786256436459</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Elçilerin Gerçek Hikayesi</t>
+          <t>Kur'an Tefsirinde Hıristiyanlık Eleştirisi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258304749</t>
+          <t>9786256436428</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'da Bir İslam Şehri Rey</t>
+          <t>Tarih-i Edebiyyat-ı Arabiyye (Arap Edebiyatı Tarihi Cahiliye Devri 1 ve 2) 2 Cilt</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>215</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258304770</t>
+          <t>9786256436473</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Mir Damad ve Dehrî Hudüs Teorisi</t>
+          <t>İlahiyat Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258304763</t>
+          <t>9786256436411</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>İsbat-ı Vacib Tartışmaları</t>
+          <t>Es-Sırau’l-Ebedi: El-İmame</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>255</v>
+        <v>315</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258304732</t>
+          <t>9786256436329</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Fark</t>
+          <t>Hanefilik-Mu‘tezile İlişkisi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>310</v>
+        <v>545</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258304725</t>
+          <t>9786256436404</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü ve Nahiv Usulü İlişkisi</t>
+          <t>Mu‘tezile’nin İnsan Tasavvuru</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258304787</t>
+          <t>9786256436312</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Kur'an Tasavvuru</t>
+          <t>Batı Afrika’da Arap Edebiyatı ve Sömürgecilik Karşısındaki Rolü</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>255</v>
+        <v>575</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258304794</t>
+          <t>9786256436374</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Buhari'nin Bab Başlıklarındaki Yöntemi</t>
+          <t>Osmanlı Tarih Yazıcılığında Fars - İran Etkisi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258304756</t>
+          <t>9786256436336</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Kur'an'ı Anlama Üzerine</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>205</v>
+        <v>360</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258304695</t>
+          <t>9786256436350</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesini Etkileyen Şahıslar</t>
+          <t>Güncel Meseleler Işığında Kurban</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>380</v>
+        <v>295</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258304701</t>
+          <t>9786256436305</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Harici-İbazi Tefsir Anlayışı</t>
+          <t>Kelam ve Bilim</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258304688</t>
+          <t>9786256436299</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Dini İmgelerin İnşa ve İfadesi</t>
+          <t>Sa'deddin Hammuyi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>295</v>
+        <v>535</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258304718</t>
+          <t>9786256436268</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Demenhuri'nin Belağatçılığı</t>
+          <t>Nesefi 'Akaidi Tercümesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258304640</t>
+          <t>9786256436237</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Kuşaşi Hayatı, Eserleri ve Tasavvufi Görüşleri</t>
+          <t>Kur'an'da Cinler</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>305</v>
+        <v>365</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258304657</t>
+          <t>9786256436282</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ahmed er-Rüşdi ve Mürşidü't-Talebe Adlı Eserinin Kıraat İlmindeki Yeri</t>
+          <t>Dini İlimler Bağlamında Deprem</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>405</v>
+        <v>525</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258304671</t>
+          <t>9786256436244</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Peygamberler İçin Kullanılan İfadeler</t>
+          <t>Cerrahilik’te Dini Musiki</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>175</v>
+        <v>465</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258304664</t>
+          <t>9786256436251</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Ahiret Hayatının Aşamaları</t>
+          <t>Erken Dönem İslam Tarihyazımı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258304633</t>
+          <t>9786256436275</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Harezmli Türk Şair Zemahşeri ve Arapça Divanı</t>
+          <t>Sahih Hadis Tartışmaları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>720</v>
+        <v>210</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258304589</t>
+          <t>9786256436152</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Bedevi: Hayatı, Eserleri ve İslam Düşüncesindeki Yeri</t>
+          <t>Tercemetü ma'ani'l-Kur'ani'l Kerim dirasah tahliliyyah muqaranah li-ara' Mustafa Sabri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258304626</t>
+          <t>9786256436220</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Zeyd B. Sabit'in Hadis Rivayetindeki Yeri</t>
+          <t>Kur'an ve Bilim Işığında Allah'ın Varlığının Temellendirilmesi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258304602</t>
+          <t>9786256436206</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Vahiy</t>
+          <t>İslam Hukukunda Sanal Para</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>225</v>
+        <v>595</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258304534</t>
+          <t>9786256436183</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Şii Teopolitiğin Tefsire Yansıması</t>
+          <t>Kur’an ve Değerler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258304619</t>
+          <t>9786256436169</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Eşref Dede ve Ayin-i Tarikat-ı Mevlana Adlı Eseri</t>
+          <t>Kadınların İbadetlerdeki Farklılıkları ve Sebepleri</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258304596</t>
+          <t>9786256436190</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Bakımından Girişimsel Klinik Araştırmalar</t>
+          <t>Kader ve İhtiyar</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258304473</t>
+          <t>9786256436138</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>İletişim Etiği</t>
+          <t>Hukukun Çıkmazlarına Çözüm Yolu İstihsan</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258304572</t>
+          <t>9786256436046</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Belağat İlmi ve Kur'an'ın İ'cazı Üzerine Etütler</t>
+          <t>Fatımiler Döneminde Eğitim</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>235</v>
+        <v>450</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258304510</t>
+          <t>9786256436176</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Anlamdan Yoruma Kur'an</t>
+          <t>Belagat İlimleri Tarihi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>515</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258304480</t>
+          <t>9786256436213</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Vahiy İlişkisi</t>
+          <t>Anlam’dan Anlatıma</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258304411</t>
+          <t>9786256436145</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri'nin Tefsirinde Kadın Tasavvuru</t>
+          <t>Ahkam Ayetlerinin Sünni ve Şii Yorumu</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258304565</t>
+          <t>9786258304930</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Gayb Bilgisi ve Gaybi Meseleler</t>
+          <t>İyilik Yolunda Anadolu (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>310</v>
+        <v>540</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258304466</t>
+          <t>9786256436121</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Şiilik'te Gnostik Tezahürler</t>
+          <t>Hadislerin Doğru Anlaşılmasında Mecazın Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>260</v>
+        <v>255</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258304527</t>
+          <t>9786256436114</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Bedreddin Ayni’nin Belagat Yönü</t>
+          <t>Hadis Kitaplarını Koruma Çabaları Zabtü’l-Kitab</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>185</v>
+        <v>385</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258304503</t>
+          <t>9786256436091</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Türkçeden Arapçaya Çeviri</t>
+          <t>Ebü'l-Hüseyin el-Basri'nin Kelam Sistemi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>140</v>
+        <v>565</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258304497</t>
+          <t>9786256436107</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Fevzi Efendi ve Hadaik-i Hamidiyye Risalesi</t>
+          <t>Tajdid ‘ilm al-Kalam Bayna Shibli al-Nu‘mani wa’Abd al-Latif Alkhrbwty Dirasah Aqadiyah Muqaranah</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>125</v>
+        <v>405</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258304435</t>
+          <t>9786256436039</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Menhecü Ebi Ya'la el-Halili fi'l-Cerh ve't-Ta'dîl fi Kitabihi'l-İrşad fi Ma'rifeti Ulemai'l-Hadis</t>
+          <t>Eyyubi ve Memlük Dımaşk’ında Hadis</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>195</v>
+        <v>745</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258304367</t>
+          <t>9786256436060</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Savaş Esirlerine Yönelik Uygulamalar</t>
+          <t>Araplarda Şiir</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>230</v>
+        <v>690</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258304428</t>
+          <t>9786256436084</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Neccarzade Muhammed Sıddık Efendi ve Tasavvufi Görüşleri</t>
+          <t>İbnu’l-Hümam'ın Hadisçiliği</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>115</v>
+        <v>255</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258304299</t>
+          <t>9786256436053</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Sosyal Hayat</t>
+          <t>Tefsir Disiplininde Vehbi İlmin Yeri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258304305</t>
+          <t>9786258304954</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Kültür Hayatı</t>
+          <t>Tasavvuf Fıkıh İlişkisi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>185</v>
+        <v>515</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258304312</t>
+          <t>9786258304992</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Gündelik Hayat</t>
+          <t>Sülemi’nin Tabakat’ında Sufi Çevreler</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>165</v>
+        <v>805</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258304329</t>
+          <t>9786258304961</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Ekonomik Hayat</t>
+          <t>Osmanlı Fakihlerinden İbn Kadi Ayaslugi ve Eseri Şerhu Mecma'i'l-Bahreyn</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258304336</t>
+          <t>9786258304978</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Dini Hayat</t>
+          <t>İslam Öncesi Arap Fıkhı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>170</v>
+        <v>495</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258304343</t>
+          <t>9786256436077</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Arabistan</t>
+          <t>İran'da Molla-Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258304268</t>
+          <t>9786256436022</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Baci'nin Kıyas Anlayışı</t>
+          <t>Sad Suresi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>295</v>
+        <v>285</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258304275</t>
+          <t>9786256436015</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Mecme'u'l - Fevaid</t>
+          <t>Fıkıh Perspektifinden Anonim Ortaklık Payları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>660</v>
+        <v>250</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258304350</t>
+          <t>9786256436008</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Yönelik İtirazlar</t>
+          <t>Kissatu’s Salusu’l-Mukaddes Dirasat fi’l-Mesadiri’n-Nusayriye</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258304398</t>
+          <t>9786258304947</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Münazara</t>
+          <t>Kutsal Dağ İnanışları</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258304374</t>
+          <t>9786258304985</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalı Güncel Tecvid ve Kıraat Meseleleri</t>
+          <t>Kur'an ve Bilim</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>135</v>
+        <v>330</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258304381</t>
+          <t>9786258304923</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Zeydiyye ve Fıkıh Usulü</t>
+          <t>Göçebe Ömrüm</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>270</v>
+        <v>680</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258304404</t>
+          <t>9786258304893</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Eş'ari Kelamında Ahiret Tasavvuru</t>
+          <t>Kur'an'ı Anlama Yöntemi Olarak Kur'an'ın Kur'an'la Tefsiri</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258304282</t>
+          <t>9786258304916</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>İslam Dinamizminde İnsan Faktörü</t>
+          <t>el-Israru ale'l-ma'siyeti Esbabuhu ve 'Ilacuhu fi Dav'i's-Sünneti'n-Nebeviyyeti</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>110</v>
+        <v>365</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258304206</t>
+          <t>9786258304909</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tevcih-u Ekvali'l-Hanefiyyeti'l-Mütearizeti mea Zahir-i ma't-tefega aleyhi'ş-Şeyhani el-Buhari ve Müslim</t>
+          <t>Azmu'l-Umur - Kararlılık Gerektiren İşler</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>505</v>
+        <v>285</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258304244</t>
+          <t>9786258304886</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra Felsefesinde İdrak</t>
+          <t>Molla Halil Siirdi’de Resm-i Mushaf Tecvid ve Kıraat İlmi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258304190</t>
+          <t>9786258304855</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukuku</t>
+          <t>Hz. Peygamber'in Söz ve Uygulamalarının Tarihselliği Üzerine</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>355</v>
+        <v>480</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258304251</t>
+          <t>9786258304862</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Cihad ve Alim</t>
+          <t>Hz. Muhammed'i ve Mesajını Tarihsel Bağlamında Anlamak</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258304183</t>
+          <t>9786258304879</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Harici-İbazi Yorum</t>
+          <t>Aile, Hukuki Hayat ve Şeyhülislam</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>365</v>
+        <v>345</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258304237</t>
+          <t>9786258304817</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvete Şahitliğiyle Toplumda Kadın</t>
+          <t>Sosyolojik Tefsir</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>170</v>
+        <v>520</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258304176</t>
+          <t>9786258304848</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Malik bin Nebi'de Sömürgecilik Olgusu</t>
+          <t>Yeni Eflatunculuğun Tasavvufa Etkileri</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258304114</t>
+          <t>9786258304800</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Hille Medresesinden Şii Bir Alim Portresi: Muhakkık el-Hilli</t>
+          <t>Yakın Dönem Şark Alimleri - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>285</v>
+        <v>850</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786258304169</t>
+          <t>9786258304824</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü Kelam İlişkisi</t>
+          <t>Geleneksel ve Modern Düşüncede Maslahat Tartışmaları</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>335</v>
+        <v>485</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258304220</t>
+          <t>9786258304831</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Din Anlayışımız</t>
+          <t>Elçilerin Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258304022</t>
+          <t>9786258304749</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Tahaavi'nin Usul Anlayışı</t>
+          <t>Orta Çağ'da Bir İslam Şehri Rey</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>335</v>
+        <v>290</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258304015</t>
+          <t>9786258304770</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Behcetu’l-erib Fi Şerhi Telhisi’l-hatib</t>
+          <t>Mir Damad ve Dehrî Hudüs Teorisi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>480</v>
+        <v>385</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258005769</t>
+          <t>9786258304763</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi'nin Hadlere Yaklaşımı</t>
+          <t>İsbat-ı Vacib Tartışmaları</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>210</v>
+        <v>345</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258005752</t>
+          <t>9786258304732</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dilinin Fonetik Yapısı</t>
+          <t>Fıkıh ve Fark</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258005707</t>
+          <t>9786258304725</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilere İtaatin Sınırları</t>
+          <t>Fıkıh Usulü ve Nahiv Usulü İlişkisi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>180</v>
+        <v>465</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258005691</t>
+          <t>9786258304787</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>XX. Asırda Şam'da Hadis Çalışmaları</t>
+          <t>Ezeli Kur'an Tasavvuru</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>405</v>
+        <v>345</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786258005899</t>
+          <t>9786258304794</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Tarih İnşası</t>
+          <t>Buhari'nin Bab Başlıklarındaki Yöntemi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258005929</t>
+          <t>9786258304756</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İnsan Gözdür</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258005912</t>
+          <t>9786258304695</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Hermetizm ve Gnostisizm</t>
+          <t>İslam Düşüncesini Etkileyen Şahıslar</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>90</v>
+        <v>515</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258005851</t>
+          <t>9786258304701</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Tefsiru'l-Kur’ani'l-Mecid li'l-İmam Abdi'l-Baki et-Tebrizi el-Bağdadi</t>
+          <t>Erken Dönem Harici-İbazi Tefsir Anlayışı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258005806</t>
+          <t>9786258304688</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Nahçivani'nin Tefsir Yöntemi</t>
+          <t>Dini İmgelerin İnşa ve İfadesi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258005844</t>
+          <t>9786258304718</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Hüküm Kavramı</t>
+          <t>Demenhuri'nin Belağatçılığı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258005790</t>
+          <t>9786258304640</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Münafikun Suresinin Tefsiri</t>
+          <t>Ahmed Kuşaşi Hayatı, Eserleri ve Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258005868</t>
+          <t>9786258304657</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Modern Mısır’da Nübüvvet Tartışmaları</t>
+          <t>Ahmed er-Rüşdi ve Mürşidü't-Talebe Adlı Eserinin Kıraat İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>320</v>
+        <v>545</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258005813</t>
+          <t>9786258304671</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Ahlaki Görecelik</t>
+          <t>Kur'an-ı Kerim'de Peygamberler İçin Kullanılan İfadeler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258005875</t>
+          <t>9786258304664</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>İlahi Sıfatlar</t>
+          <t>Kur'an-ı Kerim'de Ahiret Hayatının Aşamaları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258005776</t>
+          <t>9786258304633</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kadını Güçlendiren Tedbirler</t>
+          <t>Harezmli Türk Şair Zemahşeri ve Arapça Divanı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>220</v>
+        <v>970</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258005783</t>
+          <t>9786258304589</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Bilginin Akliliği</t>
+          <t>Abdurrahman Bedevi: Hayatı, Eserleri ve İslam Düşüncesindeki Yeri</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258005745</t>
+          <t>9786258304626</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kur'an İslamı Arayışları</t>
+          <t>Zeyd B. Sabit'in Hadis Rivayetindeki Yeri</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>465</v>
+        <v>390</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258005738</t>
+          <t>9786258304602</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Kur'an'la Tefsiri Meselesi</t>
+          <t>Vahiy</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>355</v>
+        <v>305</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258005721</t>
+          <t>9786258304534</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bir Mübeyyin Olarak Kur'an ve Hz. Peygamber</t>
+          <t>Şii Teopolitiğin Tefsire Yansıması</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258005714</t>
+          <t>9786258304619</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde İsrailiyat ve Kitab-ı Mukaddes’e Yaklaşımlar</t>
+          <t>Mehmed Eşref Dede ve Ayin-i Tarikat-ı Mevlana Adlı Eseri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786057570222</t>
+          <t>9786258304596</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Tekke Eksenli Sağlık Hizmetleri</t>
+          <t>İslam Hukuku Bakımından Girişimsel Klinik Araştırmalar</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257879002</t>
+          <t>9786258304473</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Şiir - Şehir İlişkisi</t>
+          <t>İletişim Etiği</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>100</v>
+        <v>255</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258005608</t>
+          <t>9786258304572</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Tevhidi Anlamak</t>
+          <t>Belağat İlmi ve Kur'an'ın İ'cazı Üzerine Etütler</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>100</v>
+        <v>315</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257879071</t>
+          <t>9786258304510</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Sünnette Ganimet ve Esirler</t>
+          <t>Anlamdan Yoruma Kur'an</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786057570390</t>
+          <t>9786258304480</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Suç Ve Ceza</t>
+          <t>Akıl ve Vahiy İlişkisi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786057570383</t>
+          <t>9786258304411</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kıbrısı'nda Müslim - Gayrimüslim İlişkileri</t>
+          <t>Zemahşeri'nin Tefsirinde Kadın Tasavvuru</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257879675</t>
+          <t>9786258304565</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Müfessirlerin Siyeri Kaynak Olarak Kullanma Yöntemleri</t>
+          <t>Gayb Bilgisi ve Gaybi Meseleler</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257879033</t>
+          <t>9786258304466</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Muhammed B. Harun er-Ruyani ve el-Müsned Adlı Eseri</t>
+          <t>Erken Dönem Şiilik'te Gnostik Tezahürler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786057570529</t>
+          <t>9786258304527</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Muaviye Ve Abbas Bağlamında Arap Milliyetçiliği</t>
+          <t>Bedreddin Ayni’nin Belagat Yönü</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786057570635</t>
+          <t>9786258304503</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Matüridi Düşüncede İlahi Adalet</t>
+          <t>Türkçeden Arapçaya Çeviri</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786057570536</t>
+          <t>9786258304497</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Anlaşılmasında Belagat İlminin Rolü</t>
+          <t>Mehmed Fevzi Efendi ve Hadaik-i Hamidiyye Risalesi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786057570642</t>
+          <t>9786258304435</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Mekke'de Sınıfsal Yapı</t>
+          <t>Menhecü Ebi Ya'la el-Halili fi'l-Cerh ve't-Ta'dîl fi Kitabihi'l-İrşad fi Ma'rifeti Ulemai'l-Hadis</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258005639</t>
+          <t>9786258304367</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve İnsan</t>
+          <t>Savaş Esirlerine Yönelik Uygulamalar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257879354</t>
+          <t>9786258304428</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Kıskançlık ve Haset</t>
+          <t>Neccarzade Muhammed Sıddık Efendi ve Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786057570062</t>
+          <t>9786258304299</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kindi ve Felsefesi</t>
+          <t>Cahiliye Döneminde Sosyal Hayat</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786057570659</t>
+          <t>9786258304305</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kavleyn Literatürü Bağlamında Şafiî Savunusu</t>
+          <t>Cahiliye Döneminde Kültür Hayatı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786057570581</t>
+          <t>9786258304312</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunun Esnekliği</t>
+          <t>Cahiliye Döneminde Gündelik Hayat</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786057570604</t>
+          <t>9786258304329</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Dilencilik</t>
+          <t>Cahiliye Döneminde Ekonomik Hayat</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786057570413</t>
+          <t>9786258304336</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukuku Normları</t>
+          <t>Cahiliye Döneminde Dini Hayat</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786057570215</t>
+          <t>9786258304343</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>İlk Kadın İmajı</t>
+          <t>Cahiliye Döneminde Arabistan</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786057570598</t>
+          <t>9786258304268</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İçerik ve Bağlam Boyutuyla Kur'ani Dualar</t>
+          <t>Baci'nin Kıyas Anlayışı</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786057570475</t>
+          <t>9786258304275</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm'ın Düşünce Dünyasında Dil ve Edebiyat</t>
+          <t>Mecme'u'l - Fevaid</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>330</v>
+        <v>890</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258005660</t>
+          <t>9786258304350</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Uluhiyyet</t>
+          <t>Kur'an'a Yönelik İtirazlar</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786057570338</t>
+          <t>9786258304398</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Hanefi İllet Teorisi</t>
+          <t>Fıkıh ve Münazara</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>295</v>
+        <v>405</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258005615</t>
+          <t>9786258304374</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Düşüncesi</t>
+          <t>Tartışmalı Güncel Tecvid ve Kıraat Meseleleri</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786057570420</t>
+          <t>9786258304381</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Usul-i Fıkıh Tartışmaları</t>
+          <t>Zeydiyye ve Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>215</v>
+        <v>365</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786057570628</t>
+          <t>9786258304404</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ebu'l - Kasım es-Süheyli ve el-Emali'si</t>
+          <t>Eş'ari Kelamında Ahiret Tasavvuru</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786057570796</t>
+          <t>9786258304282</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Bir Hadis Usulü Kaynağı Olarak Er-Risale</t>
+          <t>İslam Dinamizminde İnsan Faktörü</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257879156</t>
+          <t>9786258304206</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Asıl ve Fer' Nazariyesi</t>
+          <t>Tevcih-u Ekvali'l-Hanefiyyeti'l-Mütearizeti mea Zahir-i ma't-tefega aleyhi'ş-Şeyhani el-Buhari ve Müslim</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>155</v>
+        <v>680</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257879064</t>
+          <t>9786258304244</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Arap Belagatinde Yenilikçi Yaklaşımlar</t>
+          <t>Molla Sadra Felsefesinde İdrak</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786057570208</t>
+          <t>9786258304190</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Aksaraylı Yusuf Hakiki Baba</t>
+          <t>İslam Ceza Hukuku</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>205</v>
+        <v>480</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258005622</t>
+          <t>9786258304251</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Afro Arabistan</t>
+          <t>Cihad ve Alim</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258005653</t>
+          <t>9786258304183</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Adudüddin el-Ici'de Ulühiyyet Düşüncesi</t>
+          <t>Tefsirde Harici-İbazi Yorum</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>230</v>
+        <v>495</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258005684</t>
+          <t>9786258304237</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Nurdan Damlalar</t>
+          <t>Nübüvvete Şahitliğiyle Toplumda Kadın</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258005646</t>
+          <t>9786258304176</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Hak Kavramı</t>
+          <t>Malik bin Nebi'de Sömürgecilik Olgusu</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258005592</t>
+          <t>9786258304114</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Buhus Luğaviyye ve Tefsiriyye Fi'l-Kur'an - Kur’an Hakkında Dil ve Tefsir Araştırmaları</t>
+          <t>Hille Medresesinden Şii Bir Alim Portresi: Muhakkık el-Hilli</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258005486</t>
+          <t>9786258304169</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Ahlak Bazında Manevi Eğitim</t>
+          <t>Fıkıh Usulü Kelam İlişkisi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>305</v>
+        <v>450</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786057570772</t>
+          <t>9786258304220</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bilincimiz</t>
+          <t>Din Anlayışımız</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786055482770</t>
+          <t>9786258304022</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Merhumu Nasıl Bilirsiniz?</t>
+          <t>Tahaavi'nin Usul Anlayışı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057570987</t>
+          <t>9786258304015</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Ebü İshak el-İsferayini Hayatı ve Kelami Görüşleri</t>
+          <t>Behcetu’l-erib Fi Şerhi Telhisi’l-hatib</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>205</v>
+        <v>650</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786057570789</t>
+          <t>9786258005769</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kadızadeliler ve Sivasiler Tartışması</t>
+          <t>İmam Maturidi'nin Hadlere Yaklaşımı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>4458000102020</t>
+          <t>9786258005752</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Afrika Seyahatnamesi (Ciltli)</t>
+          <t>Kur'an Dilinin Fonetik Yapısı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>600</v>
+        <v>235</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786059652469</t>
+          <t>9786258005707</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Tenzilden Tezyine Mushaf-ı Şerif</t>
+          <t>Yöneticilere İtaatin Sınırları</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786059652797</t>
+          <t>9786258005691</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sanat</t>
+          <t>XX. Asırda Şam'da Hadis Çalışmaları</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>240</v>
+        <v>545</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789757138174</t>
+          <t>9786258005899</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın Ehl-i Kitap’la Münasebetleri</t>
+          <t>Kur'an'ın Tarih İnşası</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>315</v>
+        <v>425</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789757138457</t>
+          <t>9786258005929</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kur’ani Sesleniş-2</t>
+          <t>İnsan Gözdür</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786055482985</t>
+          <t>9786258005912</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Temel Hedefi</t>
+          <t>Hermetizm ve Gnostisizm</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789757138280</t>
+          <t>9786258005851</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Çalışmalarında Yöntem</t>
+          <t>Tefsiru'l-Kur’ani'l-Mecid li'l-İmam Abdi'l-Baki et-Tebrizi el-Bağdadi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>50</v>
+        <v>370</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059652865</t>
+          <t>9786258005806</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İslam Nedir Muhammed Kimdir</t>
+          <t>Nahçivani'nin Tefsir Yöntemi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>500</v>
+        <v>285</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057570024</t>
+          <t>9786258005844</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İran ve İslam</t>
+          <t>Kur'an-ı Kerim'de Hüküm Kavramı</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786059652858</t>
+          <t>9786258005790</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>İbrahim’le Buluşma</t>
+          <t>Münafikun Suresinin Tefsiri</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>485</v>
+        <v>205</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789757138259</t>
+          <t>9786258005868</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Hatemiyyet</t>
+          <t>Modern Mısır’da Nübüvvet Tartışmaları</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057570031</t>
+          <t>9786258005813</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Çöle İniş (Hubut-Kevir)</t>
+          <t>İslam Felsefesinde Ahlaki Görecelik</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>450</v>
+        <v>465</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257879767</t>
+          <t>9786258005875</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Suriye Lehçesi ve Türkiye Türkçesindeki Deyimlerin Karşıtsal Analizi</t>
+          <t>İlahi Sıfatlar</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258005493</t>
+          <t>9786258005776</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Er Risaletüş Şafiye Fil İcaz</t>
+          <t>Kur'an'da Kadını Güçlendiren Tedbirler</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>515</v>
+        <v>295</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258005554</t>
+          <t>9786258005783</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet ve Şia’nın Tefsir Tarihi</t>
+          <t>İslam Düşüncesinde Bilginin Akliliği</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>255</v>
+        <v>275</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258005585</t>
+          <t>9786258005745</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem İmam Şafii Algısı</t>
+          <t>Türkiye'de Kur'an İslamı Arayışları</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>245</v>
+        <v>630</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258005578</t>
+          <t>9786258005738</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Hanefiliğin Oluşum Süreci ve İtikadi Mezheplerle İlişkisi</t>
+          <t>Kur'an'ın Kur'an'la Tefsiri Meselesi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786258005561</t>
+          <t>9786258005721</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Oryantalist Düşüncede Hayali Ravi Anlayışı ve Eleştirisi</t>
+          <t>Bir Mübeyyin Olarak Kur'an ve Hz. Peygamber</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258005547</t>
+          <t>9786258005714</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Şiirinde Zühd</t>
+          <t>Tefsirde İsrailiyat ve Kitab-ı Mukaddes’e Yaklaşımlar</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>325</v>
+        <v>575</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258005530</t>
+          <t>9786057570222</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>El-İstihrac ve Tatbikuhu İnde’l-Muhaddisin</t>
+          <t>Tekke Eksenli Sağlık Hizmetleri</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258005509</t>
+          <t>9786257879002</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Tenkit Ve Ahmed Er-Razı El Aksarayi’nin Mebahisü’t-Tefsir’i</t>
+          <t>Şiir - Şehir İlişkisi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>285</v>
+        <v>135</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258005516</t>
+          <t>9786258005608</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Raşit Halifeler’in Sünnetinin Fıkhi Kaynak Değeri</t>
+          <t>Tevhidi Anlamak</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786258005455</t>
+          <t>9786257879071</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kur'an</t>
+          <t>Sünnette Ganimet ve Esirler</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258005462</t>
+          <t>9786057570390</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kadın</t>
+          <t>Osmanlı'da Suç Ve Ceza</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>285</v>
+        <v>460</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786258005523</t>
+          <t>9786057570383</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem İmamiyye Şia'sının Kur'an Yorumu</t>
+          <t>Osmanlı Kıbrısı'nda Müslim - Gayrimüslim İlişkileri</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786258005479</t>
+          <t>9786257879675</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Safevilerin İlk Döneminde İktidar-Ulema İlişkisi</t>
+          <t>Müfessirlerin Siyeri Kaynak Olarak Kullanma Yöntemleri</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786258005431</t>
+          <t>9786257879033</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Modernist Bir Yaklaşım</t>
+          <t>Muhammed B. Harun er-Ruyani ve el-Müsned Adlı Eseri</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786258005448</t>
+          <t>9786057570529</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Müşkilu'l-Kur'an 1</t>
+          <t>Muaviye Ve Abbas Bağlamında Arap Milliyetçiliği</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258005424</t>
+          <t>9786057570635</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Nübüvvetine Delil Olan İnsani Özellikleri</t>
+          <t>Matüridi Düşüncede İlahi Adalet</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>305</v>
+        <v>290</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786258005417</t>
+          <t>9786057570536</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Ehemmiyyetü ve Devrü’l-Kıraati fi Tefsiri’l-Kur’an</t>
+          <t>Kur'an-ı Kerim'in Anlaşılmasında Belagat İlminin Rolü</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258005363</t>
+          <t>9786057570642</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Deliluke li-Fehmi'l-Kur'an Bi'l-Me'ani't-Turkiyye</t>
+          <t>Kur'an'a Göre Mekke'de Sınıfsal Yapı</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>290</v>
+        <v>405</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786258005400</t>
+          <t>9786258005639</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Usulünde Mubah Nazariyesi</t>
+          <t>Kur'an ve İnsan</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>155</v>
+        <v>430</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786258005394</t>
+          <t>9786257879354</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Düşüncesinde Farazi Fıkıh</t>
+          <t>Kur'an ve Sünnet Işığında Kıskançlık ve Haset</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258005370</t>
+          <t>9786057570062</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Med Cezir 101</t>
+          <t>Kindi ve Felsefesi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258005387</t>
+          <t>9786057570659</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Klasik Tefsir Hatimeleri</t>
+          <t>Kavleyn Literatürü Bağlamında Şafiî Savunusu</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786258005332</t>
+          <t>9786057570581</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Ve Hayat</t>
+          <t>İslam Hukukunun Esnekliği</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786258005295</t>
+          <t>9786057570604</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Risalesi</t>
+          <t>İslam Hukukunda Dilencilik</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786258005318</t>
+          <t>9786057570413</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörü</t>
+          <t>İslam Ceza Hukuku Normları</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>255</v>
+        <v>405</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786258005356</t>
+          <t>9786057570215</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Himmetiyye’nin Adab Ve Erkanı</t>
+          <t>İlk Kadın İmajı</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786258005349</t>
+          <t>9786057570598</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Himmetiyye</t>
+          <t>İçerik ve Bağlam Boyutuyla Kur'ani Dualar</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786258005325</t>
+          <t>9786057570475</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Medeniyetinin Zirvesi</t>
+          <t>İbn Hazm'ın Düşünce Dünyasında Dil ve Edebiyat</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>195</v>
+        <v>445</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786258005301</t>
+          <t>9786258005660</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Mağrib Bölgesinde Hadis</t>
+          <t>Hz. Peygamber Döneminde Uluhiyyet</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>325</v>
+        <v>365</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786258005288</t>
+          <t>9786057570338</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Adanmış Bir Ömür M. Sait Şimşek (Ciltli)</t>
+          <t>Hanefi İllet Teorisi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786258005240</t>
+          <t>9786258005615</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Dönemi Adliye Teşkilatı Ve Yargı Hukuku Uygulamaları</t>
+          <t>Günümüz Düşüncesi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>275</v>
+        <v>135</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786258005189</t>
+          <t>9786057570420</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Masailer (Ciltli)</t>
+          <t>Erken Dönem Usul-i Fıkıh Tartışmaları</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>400</v>
+        <v>215</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786258005271</t>
+          <t>9786057570628</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Kureyş Şahini</t>
+          <t>Ebu'l - Kasım es-Süheyli ve el-Emali'si</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786258005257</t>
+          <t>9786057570796</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Mushafı</t>
+          <t>Bir Hadis Usulü Kaynağı Olarak Er-Risale</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786258005141</t>
+          <t>9786257879156</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriati'de Allah Alem İlişkisi</t>
+          <t>Arapçada Asıl ve Fer' Nazariyesi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786258005226</t>
+          <t>9786257879064</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Geçiş Döneminde İtikadi Açıdan Muhammed İhsan Oğuz (Ciltli)</t>
+          <t>Arap Belagatinde Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>500</v>
+        <v>295</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786258005264</t>
+          <t>9786057570208</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Rehberliğinde Hz. Muhammed (s.)</t>
+          <t>Aksaraylı Yusuf Hakiki Baba</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786258005219</t>
+          <t>9786258005622</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İtidal Yazıları</t>
+          <t>Afro Arabistan</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>415</v>
+        <v>385</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786258005233</t>
+          <t>9786258005653</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Çağdaş Dönem Sünni - Şıi Yorumu</t>
+          <t>Adudüddin el-Ici'de Ulühiyyet Düşüncesi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786258005110</t>
+          <t>9786258005684</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Şia’da Kur’an İlimleri</t>
+          <t>Nurdan Damlalar</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>405</v>
+        <v>250</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786258005158</t>
+          <t>9786258005646</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulünün Gelişimi</t>
+          <t>Hadislerde Hak Kavramı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786258005165</t>
+          <t>9786258005592</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Din-Siyaset İlişkisi - Emeviler Dönemi 2</t>
+          <t>Buhus Luğaviyye ve Tefsiriyye Fi'l-Kur'an - Kur’an Hakkında Dil ve Tefsir Araştırmaları</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786258005172</t>
+          <t>9786258005486</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Yönelişler</t>
+          <t>Tasavvufi Ahlak Bazında Manevi Eğitim</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786258005202</t>
+          <t>9786057570772</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Cenneti Türkiye</t>
+          <t>Çevre Bilincimiz</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786258005196</t>
+          <t>9786055482770</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Çağırıyor</t>
+          <t>Merhumu Nasıl Bilirsiniz?</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786258005134</t>
+          <t>9786057570987</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Toplumsal Ahlak</t>
+          <t>Ebü İshak el-İsferayini Hayatı ve Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786258005127</t>
+          <t>9786057570789</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarına Çağdaş Yaklaşımlar</t>
+          <t>Kadızadeliler ve Sivasiler Tartışması</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257879989</t>
+          <t>4458000102020</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma ve Hz. Ali İkliminde Aile Olmak</t>
+          <t>Afrika Seyahatnamesi (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>205</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786258005042</t>
+          <t>9786059652469</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Güncel Dini Meselelerimiz</t>
+          <t>Tenzilden Tezyine Mushaf-ı Şerif</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786258005103</t>
+          <t>9786059652797</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Hace Abdülhalik Gucdüvani ve Vesaya</t>
+          <t>Sanat</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786258005097</t>
+          <t>9789757138174</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Hace Ali Ramiteni ve Risale-i Hazret-i Azizan</t>
+          <t>Resulullah’ın Ehl-i Kitap’la Münasebetleri</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786258005059</t>
+          <t>9789757138457</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Maveraünnehir Tasavvufunun Kökleri</t>
+          <t>Kur’ani Sesleniş-2</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>430</v>
+        <v>135</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258005080</t>
+          <t>9786055482985</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Hace Muhammed Arif-i Rivgeri ve Arifname</t>
+          <t>Kur’an’ın Temel Hedefi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786258005073</t>
+          <t>9789757138280</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Hacegan-Nakşibendiyye Tarikatı ve Ekonomi</t>
+          <t>Kur’an Çalışmalarında Yöntem</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786258005066</t>
+          <t>9786059652865</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Hacegan-Nakşibendiyye Tarikatı ve Yedi Pir</t>
+          <t>İslam Nedir Muhammed Kimdir</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>250</v>
+        <v>675</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786258005035</t>
+          <t>9786057570024</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Beşeri Gelişimin Temelleri</t>
+          <t>İran ve İslam</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786258005028</t>
+          <t>9786059652858</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Üsüsü'n-Nizami'l-İktisadi El-İslami Fi Dav'i'l-Menheci'n-Nebevi</t>
+          <t>İbrahim’le Buluşma</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>240</v>
+        <v>655</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786258005011</t>
+          <t>9789757138259</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>El-Kur’anu Şeri‘atün Daimetün ve Mu‘cizetün Halidetün -Dirase Nazariyye Tatbikiyye fi’l-Kur’an’l-Kerimi fi Kevnihi Tibyanen li-Külli Şey’in</t>
+          <t>Hatemiyyet</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>450</v>
+        <v>215</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257879972</t>
+          <t>9786057570031</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Afrika ve İdrisiler Devleti</t>
+          <t>Çöle İniş (Hubut-Kevir)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>170</v>
+        <v>610</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257879958</t>
+          <t>9786257879767</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Yolculuğu</t>
+          <t>Suriye Lehçesi ve Türkiye Türkçesindeki Deyimlerin Karşıtsal Analizi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257879996</t>
+          <t>9786258005493</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Hicri İlk İki Asır Fıkıh Eserlerinin Hadis Usulü Terimlerinin Oluşumundaki Rolü</t>
+          <t>Er Risaletüş Şafiye Fil İcaz</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>215</v>
+        <v>695</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257879934</t>
+          <t>9786258005554</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Eseru Medreseti’l-Iraki’l-Hanefiyye’l-Usuliyye fi Usuli’l-Mütekellimin</t>
+          <t>Ehl-i Sünnet ve Şia’nın Tefsir Tarihi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>315</v>
+        <v>345</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257879910</t>
+          <t>9786258005585</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Olaylarla Orta Doğu</t>
+          <t>Modern Dönem İmam Şafii Algısı</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257879927</t>
+          <t>9786258005578</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Geleneğinde Rivayet</t>
+          <t>Hanefiliğin Oluşum Süreci ve İtikadi Mezheplerle İlişkisi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>330</v>
+        <v>525</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257879903</t>
+          <t>9786258005561</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Felsefi Düşüncenin Kısa Tarihi</t>
+          <t>Oryantalist Düşüncede Hayali Ravi Anlayışı ve Eleştirisi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257879873</t>
+          <t>9786258005547</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Algı ve Gerçeklik Arasında Hz. Ali</t>
+          <t>Endülüs Şiirinde Zühd</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257879897</t>
+          <t>9786258005530</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Hikmet</t>
+          <t>El-İstihrac ve Tatbikuhu İnde’l-Muhaddisin</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257879880</t>
+          <t>9786258005509</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Hasan Turabi’nin Düşüncesinde Din ve Siyaset</t>
+          <t>Tefsirde Tenkit Ve Ahmed Er-Razı El Aksarayi’nin Mebahisü’t-Tefsir’i</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>265</v>
+        <v>385</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257879859</t>
+          <t>9786258005516</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminden Modern Döneme Kadar Muhtasar Arap Edebiyat Eleştiri Tarihi</t>
+          <t>Raşit Halifeler’in Sünnetinin Fıkhi Kaynak Değeri</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257879866</t>
+          <t>9786258005455</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyat Eleştiri Tarihi (Muhtasar)</t>
+          <t>Kur'an'da Kur'an</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>205</v>
+        <v>380</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257879842</t>
+          <t>9786258005462</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Teaching With Guided Imagery Activities</t>
+          <t>Kur'an'da Kadın</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>105</v>
+        <v>385</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257879835</t>
+          <t>9786258005523</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi ve İktisadi Açıdan Salgın Dönemi</t>
+          <t>Modern Dönem İmamiyye Şia'sının Kur'an Yorumu</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257879828</t>
+          <t>9786258005479</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Misyar Nikahı ve İslam Hukuku Açısından Değerlendirilmesi</t>
+          <t>Safevilerin İlk Döneminde İktidar-Ulema İlişkisi</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>190</v>
+        <v>305</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257879804</t>
+          <t>9786258005431</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dilinden Dua</t>
+          <t>Kur'an'a Modernist Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>290</v>
+        <v>285</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257879781</t>
+          <t>9786258005448</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Fostering Self-Directed Learning</t>
+          <t>Müşkilu'l-Kur'an 1</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>105</v>
+        <v>400</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257879798</t>
+          <t>9786258005424</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Mefküre</t>
+          <t>Hz. Muhammed'in Nübüvvetine Delil Olan İnsani Özellikleri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>185</v>
+        <v>410</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257879811</t>
+          <t>9786258005417</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem ve Yaratılış Kıssası ile İlgili İsrailiyyat</t>
+          <t>Ehemmiyyetü ve Devrü’l-Kıraati fi Tefsiri’l-Kur’an</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257879774</t>
+          <t>9786258005363</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>The Presentation of the Murji'a in Islamic Literature</t>
+          <t>Deliluke li-Fehmi'l-Kur'an Bi'l-Me'ani't-Turkiyye</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257879750</t>
+          <t>9786258005400</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Cehm Bin Safvan ve Teolojik Paradigmasını Anlamak</t>
+          <t>İslam Hukuk Usulünde Mubah Nazariyesi</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>215</v>
+        <v>155</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257879637</t>
+          <t>9786258005394</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>İnançtan Eyleme Namaz</t>
+          <t>İslam Hukuk Düşüncesinde Farazi Fıkıh</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>220</v>
+        <v>635</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257879743</t>
+          <t>9786258005370</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Emir es-San‘ani ve Mutlak İctihad Düşüncesi</t>
+          <t>Med Cezir 101</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>290</v>
+        <v>475</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257879729</t>
+          <t>9786258005387</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Destiny and Responsibility in the Quran</t>
+          <t>Klasik Tefsir Hatimeleri</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257879699</t>
+          <t>9786258005332</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>İslam Kişi Hukuku Açısından Akıl Hastalığı</t>
+          <t>Tasavvuf Ve Hayat</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257879705</t>
+          <t>9786258005295</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye'nin Şia'ya Reddiyesi (Minhacü’s-Sünne)</t>
+          <t>Tevhid Risalesi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>330</v>
+        <v>255</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257879682</t>
+          <t>9786258005318</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Çağırıyor</t>
+          <t>Hoşgörü</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>365</v>
+        <v>345</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257879651</t>
+          <t>9786258005356</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Struktureller Vergleich Der Deutschen Und Türkischen Sprache</t>
+          <t>Himmetiyye’nin Adab Ve Erkanı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257879712</t>
+          <t>9786258005349</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Cihad</t>
+          <t>Himmetiyye</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>395</v>
+        <v>215</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257879736</t>
+          <t>9786258005325</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Irak Lehçesindeki Varlığı</t>
+          <t>Endülüs Medeniyetinin Zirvesi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>235</v>
+        <v>265</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257879668</t>
+          <t>9786258005301</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Sure Kavramının Semantik Analizi</t>
+          <t>Mağrib Bölgesinde Hadis</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257879644</t>
+          <t>9786258005288</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de İkna Yöntemleri</t>
+          <t>Tefsire Adanmış Bir Ömür M. Sait Şimşek (Ciltli)</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>225</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257879323</t>
+          <t>9786258005240</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>İslam Algımız Üzerine</t>
+          <t>Emeviler Dönemi Adliye Teşkilatı Ve Yargı Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>365</v>
+        <v>275</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257879316</t>
+          <t>9786258005189</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İki Medeniyet Arasında Türkiye</t>
+          <t>Masailer (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>455</v>
+        <v>540</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257879590</t>
+          <t>9786258005271</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İran</t>
+          <t>Kureyş Şahini</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257879538</t>
+          <t>9786258005257</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İz Tarlası (Ciltli)</t>
+          <t>Hz. Ali Mushafı</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>500</v>
+        <v>345</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257879583</t>
+          <t>9786258005141</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hadisin Fıkıh Usulünde Kaynak Değeri</t>
+          <t>Ali Şeriati'de Allah Alem İlişkisi</t>
         </is>
       </c>
       <c r="C643" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257879576</t>
+          <t>9786258005226</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Sure ve Ayetlerin Faziletleri</t>
+          <t>Osmanlı'dan Cumhuriyet'e Geçiş Döneminde İtikadi Açıdan Muhammed İhsan Oğuz (Ciltli)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>365</v>
+        <v>675</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257879620</t>
+          <t>9786258005264</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kelam’da Hak Düşüncesi</t>
+          <t>Kur'an Rehberliğinde Hz. Muhammed (s.)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257879521</t>
+          <t>9786258005219</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>İslam Filozofları ile Ruhsal Tıp</t>
+          <t>İtidal Yazıları</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>140</v>
+        <v>560</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257879507</t>
+          <t>9786258005233</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Yaratılış</t>
+          <t>Kur’an’ın Çağdaş Dönem Sünni - Şıi Yorumu</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>285</v>
+        <v>475</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257879514</t>
+          <t>9786258005110</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ali El-Farisi’nin Sarf İlmindeki Yeri</t>
+          <t>Şia’da Kur’an İlimleri</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>230</v>
+        <v>545</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257879293</t>
+          <t>9786258005158</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Çeviriye Dair</t>
+          <t>Hadis Usulünün Gelişimi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>235</v>
+        <v>445</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257879491</t>
+          <t>9786258005165</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Ziyad B. Ebih</t>
+          <t>Din-Siyaset İlişkisi - Emeviler Dönemi 2</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786057570802</t>
+          <t>9786258005172</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>İskilipli Atıf Hoca (Ciltli)</t>
+          <t>Kur'an'a Yönelişler</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>500</v>
+        <v>365</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257879484</t>
+          <t>9786258005202</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Mezhep-İktidar İlişkileri</t>
+          <t>Yeryüzü Cenneti Türkiye</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>515</v>
+        <v>295</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257879477</t>
+          <t>9786258005196</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Fıkıhta Kadın - Cami İlişkisi</t>
+          <t>Endülüs Çağırıyor</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257879453</t>
+          <t>9786258005134</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Taberi’de Siyer Rivayetleri - Medine Dönemi</t>
+          <t>Kur'an'da Toplumsal Ahlak</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257879446</t>
+          <t>9786258005127</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Gazveler</t>
+          <t>Kur'an Kıssalarına Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>150</v>
+        <v>305</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257879385</t>
+          <t>9786257879989</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Adanmış Bir Ömür Süleyman Ateş (Ciltli)</t>
+          <t>Hz. Fatıma ve Hz. Ali İkliminde Aile Olmak</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257879392</t>
+          <t>9786258005042</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Tıp Kültürü</t>
+          <t>Kur'an ve Güncel Dini Meselelerimiz</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257879415</t>
+          <t>9786258005103</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Dönemi - Din-Siyaset İlişkisi 1</t>
+          <t>Hace Abdülhalik Gucdüvani ve Vesaya</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>410</v>
+        <v>215</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257879460</t>
+          <t>9786258005097</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlerin Doğuşu ve İlk Tartışmalar</t>
+          <t>Hace Ali Ramiteni ve Risale-i Hazret-i Azizan</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257879422</t>
+          <t>9786258005059</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina ve Gazali'de İlahi İrade Kurgusu</t>
+          <t>Maveraünnehir Tasavvufunun Kökleri</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>165</v>
+        <v>580</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257879439</t>
+          <t>9786258005080</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Fetihnameler - Osmanlı’da Zaferin Muhteşem Belgeleri</t>
+          <t>Hace Muhammed Arif-i Rivgeri ve Arifname</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257879361</t>
+          <t>9786258005073</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer ve Adalet</t>
+          <t>Hacegan-Nakşibendiyye Tarikatı ve Ekonomi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786057570611</t>
+          <t>9786258005066</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Materyalist Yaklaşımlar</t>
+          <t>Hacegan-Nakşibendiyye Tarikatı ve Yedi Pir</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257879347</t>
+          <t>9786258005035</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hayat</t>
+          <t>Hadislerde Beşeri Gelişimin Temelleri</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257879378</t>
+          <t>9786258005028</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Razi’nin Düşüncesinde Allah’ın Sıfatları</t>
+          <t>Üsüsü'n-Nizami'l-İktisadi El-İslami Fi Dav'i'l-Menheci'n-Nebevi</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257879279</t>
+          <t>9786258005011</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İkrah</t>
+          <t>El-Kur’anu Şeri‘atün Daimetün ve Mu‘cizetün Halidetün -Dirase Nazariyye Tatbikiyye fi’l-Kur’an’l-Kerimi fi Kevnihi Tibyanen li-Külli Şey’in</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>245</v>
+        <v>610</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257879262</t>
+          <t>9786257879972</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Tefsirlerde Nuh Kıssası Rivayetlerinin Gelişimi</t>
+          <t>Kuzey Afrika ve İdrisiler Devleti</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257879330</t>
+          <t>9786257879958</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İnsan</t>
+          <t>Merhamet Yolculuğu</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>245</v>
+        <v>310</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257879286</t>
+          <t>9786257879996</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Düşüncesinde Tanrı-Evren İlişkisi</t>
+          <t>Hicri İlk İki Asır Fıkıh Eserlerinin Hadis Usulü Terimlerinin Oluşumundaki Rolü</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257879255</t>
+          <t>9786257879934</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Orta Yolda Ol!</t>
+          <t>Eseru Medreseti’l-Iraki’l-Hanefiyye’l-Usuliyye fi Usuli’l-Mütekellimin</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>100</v>
+        <v>425</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257879248</t>
+          <t>9786257879910</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Ol!</t>
+          <t>Olaylarla Orta Doğu</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257879231</t>
+          <t>9786257879927</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Ol!</t>
+          <t>Tefsir Geleneğinde Rivayet</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>100</v>
+        <v>445</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257879224</t>
+          <t>9786257879903</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Ötüken (Ciltli)</t>
+          <t>İslam’da Felsefi Düşüncenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257879217</t>
+          <t>9786257879873</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Dağlar</t>
+          <t>Algı ve Gerçeklik Arasında Hz. Ali</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257879118</t>
+          <t>9786257879897</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletler Hukuku</t>
+          <t>İslam Düşüncesinde Hikmet</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>545</v>
+        <v>215</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257879200</t>
+          <t>9786257879880</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Fıkhın Kaynaklarına ve Fıkıh Mezheplerine Oryantalist Yaklaşım</t>
+          <t>Hasan Turabi’nin Düşüncesinde Din ve Siyaset</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257879194</t>
+          <t>9786257879859</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Yusuf En-Nebhani ve Şiirindeki Tasavvufi Unsurlar</t>
+          <t>Cahiliye Döneminden Modern Döneme Kadar Muhtasar Arap Edebiyat Eleştiri Tarihi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>335</v>
+        <v>310</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257879163</t>
+          <t>9786257879866</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bütünlüğü Bağlamında Kur’an Kıssalarında Peygamberlerin İsmeti</t>
+          <t>Arap Edebiyat Eleştiri Tarihi (Muhtasar)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>255</v>
+        <v>275</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257879187</t>
+          <t>9786257879842</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>İslam Eğitim Tarihinde Çocuklara Kur’an Öğretimi</t>
+          <t>Teaching With Guided Imagery Activities</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257879170</t>
+          <t>9786257879835</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Kamu Otoritesinin Mubahı Sınırlandırması</t>
+          <t>Fıkhi ve İktisadi Açıdan Salgın Dönemi</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>290</v>
+        <v>495</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257879125</t>
+          <t>9786257879828</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Döneminde Giyim</t>
+          <t>Misyar Nikahı ve İslam Hukuku Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257879132</t>
+          <t>9786257879804</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Cibril - Cebrail (a.s.)</t>
+          <t>Kur'an Dilinden Dua</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257879149</t>
+          <t>9786257879781</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Batı Literatüründe Kur'an Metnine Yaklaşımlar</t>
+          <t>Fostering Self-Directed Learning</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257879101</t>
+          <t>9786257879798</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Sıla-i Rahim</t>
+          <t>Mefküre</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257879095</t>
+          <t>9786257879811</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>İran’da Ehl-i Sünnet</t>
+          <t>Hz. Adem ve Yaratılış Kıssası ile İlgili İsrailiyyat</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786057570932</t>
+          <t>9786257879774</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Hadisçiler ve Tarih</t>
+          <t>The Presentation of the Murji'a in Islamic Literature</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786057570895</t>
+          <t>9786257879750</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Yazıları</t>
+          <t>Cehm Bin Safvan ve Teolojik Paradigmasını Anlamak</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786057570918</t>
+          <t>9786257879637</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Marjinalleri</t>
+          <t>İnançtan Eyleme Namaz</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786057570925</t>
+          <t>9786257879743</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Hikmet Kelam ve İrfan İlişkisi</t>
+          <t>Emir es-San‘ani ve Mutlak İctihad Düşüncesi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786057570949</t>
+          <t>9786257879729</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Varlığının Delilleri</t>
+          <t>Destiny and Responsibility in the Quran</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>375</v>
+        <v>135</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786057570901</t>
+          <t>9786257879699</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Mü’min Şahsiyetin İnşası Bağlamında Kur’an’da Dua</t>
+          <t>İslam Kişi Hukuku Açısından Akıl Hastalığı</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>160</v>
+        <v>405</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786057570819</t>
+          <t>9786257879705</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Var Ol!</t>
+          <t>İbn Teymiyye'nin Şia'ya Reddiyesi (Minhacü’s-Sünne)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>100</v>
+        <v>445</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786057570703</t>
+          <t>9786257879682</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Mucize Nedir Ne Değildir?</t>
+          <t>Türkistan Çağırıyor</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786057570680</t>
+          <t>9786257879651</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Şefaat Nedir Ne Değildir?</t>
+          <t>Struktureller Vergleich Der Deutschen Und Türkischen Sprache</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786057570666</t>
+          <t>9786257879712</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Tarihsellik Nedir Ne Değildir?</t>
+          <t>Kur’an’da Cihad</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>220</v>
+        <v>535</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786057570673</t>
+          <t>9786257879736</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Nedir Ne Değildir?</t>
+          <t>Türkçenin Irak Lehçesindeki Varlığı</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786057570741</t>
+          <t>9786257879668</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Evrim Nedir Ne Değildir?</t>
+          <t>Sure Kavramının Semantik Analizi</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>205</v>
+        <v>255</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786057570758</t>
+          <t>9786257879644</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Cihad Nedir Ne Değildir?</t>
+          <t>Kur'an-ı Kerim'de İkna Yöntemleri</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786057570697</t>
+          <t>9786257879323</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Nüzul-i İsa ve Mehdilik Nedir Ne Değildir?</t>
+          <t>İslam Algımız Üzerine</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786057570710</t>
+          <t>9786257879316</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kader Nedir Ne Değildir?</t>
+          <t>İki Medeniyet Arasında Türkiye</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>175</v>
+        <v>615</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786057570727</t>
+          <t>9786257879590</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kabir Hayatı Nedir Ne Değildir?</t>
+          <t>Dünden Bugüne İran</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>220</v>
+        <v>475</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786057570734</t>
+          <t>9786257879538</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Hilafet Nedir Ne Değildir?</t>
+          <t>İz Tarlası (Ciltli)</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>180</v>
+        <v>675</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786057570505</t>
+          <t>9786257879583</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Adanmış Bir Ömür İsmail Cerrahoğlu (Ciltli)</t>
+          <t>Hadisin Fıkıh Usulünde Kaynak Değeri</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>700</v>
+        <v>290</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786057570482</t>
+          <t>9786257879576</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Üzerindeki Beş Gölge</t>
+          <t>Sure ve Ayetlerin Faziletleri</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>320</v>
+        <v>495</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786057570512</t>
+          <t>9786257879620</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Özgür Ol!</t>
+          <t>Kelam’da Hak Düşüncesi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786055482848</t>
+          <t>9786257879521</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>İlk Beş Asır Fıkıh Usulü Literatüründe Teklifî Hüküm Terminolojisi</t>
+          <t>İslam Filozofları ile Ruhsal Tıp</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>315</v>
+        <v>190</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786057570543</t>
+          <t>9786257879507</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (3 Cilt) Ciltli - Özel Kutulu</t>
+          <t>Kur’an’da Yaratılış</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>1800</v>
+        <v>385</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786057570574</t>
+          <t>9786257879514</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (3 Cilt Takım)</t>
+          <t>Ebu Ali El-Farisi’nin Sarf İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>1200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786057570406</t>
+          <t>9786257879293</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Turkana (Ciltli)</t>
+          <t>Çeviriye Dair</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>360</v>
+        <v>315</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786057570352</t>
+          <t>9786257879491</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Karizma Dindarlığı</t>
+          <t>Ziyad B. Ebih</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>340</v>
+        <v>475</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786057570468</t>
+          <t>9786057570802</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Kurtuluş Çağrısı</t>
+          <t>İskilipli Atıf Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>700</v>
+        <v>675</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786057570376</t>
+          <t>9786257879484</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Zamanında Medine'de Gündelik Hayat</t>
+          <t>Mezhep-İktidar İlişkileri</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>340</v>
+        <v>695</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786057570444</t>
+          <t>9786257879477</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Mehdilik ve Nüzul-i İsa Tartışmaları</t>
+          <t>Fıkıhta Kadın - Cami İlişkisi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>270</v>
+        <v>445</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786057570437</t>
+          <t>9786257879453</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Ali Şeriati</t>
+          <t>Taberi’de Siyer Rivayetleri - Medine Dönemi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>315</v>
+        <v>505</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786057570369</t>
+          <t>9786257879446</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Şiir</t>
+          <t>Tefsirde Gazveler</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786057570345</t>
+          <t>9786257879385</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Celali</t>
+          <t>Tefsire Adanmış Bir Ömür Süleyman Ateş (Ciltli)</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>280</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786057570451</t>
+          <t>9786257879392</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>İmam Matüridi’nin İzdüşümü</t>
+          <t>İslam Medeniyetinde Tıp Kültürü</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>305</v>
+        <v>245</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786055482558</t>
+          <t>9786257879415</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Biz Suçluyuz</t>
+          <t>Asr-ı Saadet Dönemi - Din-Siyaset İlişkisi 1</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>95</v>
+        <v>555</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786057570291</t>
+          <t>9786257879460</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza ve Şehadet</t>
+          <t>İslami İlimlerin Doğuşu ve İlk Tartışmalar</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>155</v>
+        <v>370</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786057570307</t>
+          <t>9786257879422</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Habbab Bin Eret ve Sebat</t>
+          <t>İbn Sina ve Gazali'de İlahi İrade Kurgusu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786057570321</t>
+          <t>9786257879439</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Ammar Bin Yasir ve Sabır</t>
+          <t>Fetihnameler - Osmanlı’da Zaferin Muhteşem Belgeleri</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786057570314</t>
+          <t>9786257879361</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi ve Tevhid</t>
+          <t>Hz. Ömer ve Adalet</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786057570253</t>
+          <t>9786057570611</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düşüncenin Oluşumunda Hadislerin Rolü</t>
+          <t>Kur’an’a Materyalist Yaklaşımlar</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786057570260</t>
+          <t>9786257879347</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Farisi ve Hakikat</t>
+          <t>Kur’an’da Hayat</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786057570284</t>
+          <t>9786257879378</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Ka'b Bin Malik ve Tevbe</t>
+          <t>Fahreddin Razi’nin Düşüncesinde Allah’ın Sıfatları</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>165</v>
+        <v>465</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786057570277</t>
+          <t>9786257879279</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Mus'ab Bin Umeyr ve Davet</t>
+          <t>İslam Hukukunda İkrah</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786057570239</t>
+          <t>9786257879262</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültür Gerillası Ali Şeriati</t>
+          <t>Tefsirlerde Nuh Kıssası Rivayetlerinin Gelişimi</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786057570154</t>
+          <t>9786257879330</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Şii Düşüncede Tarih Dışı Hz. Fatıma Yorumu</t>
+          <t>Kur’an’da İnsan</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>105</v>
+        <v>330</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786057570147</t>
+          <t>9786257879286</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihinde Nazari İrfan Geleneği</t>
+          <t>Mevlana Düşüncesinde Tanrı-Evren İlişkisi</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786057570130</t>
+          <t>9786257879255</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Medine Vesikası - Anayasası ve Birlikte Yaşama</t>
+          <t>Orta Yolda Ol!</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786057570123</t>
+          <t>9786257879248</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet İnsan ve Din</t>
+          <t>Erdemli Ol!</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>265</v>
+        <v>135</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786057570086</t>
+          <t>9786257879231</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Hadisleri Anlama Yöntemi</t>
+          <t>Mutlu Ol!</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>365</v>
+        <v>135</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786059652711</t>
+          <t>9786257879224</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aydınlığı Kronolojik Kur'an Meali (Hafız Boy) (Ciltli)</t>
+          <t>Ötüken (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>1200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786059652933</t>
+          <t>9786257879217</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başı Sıfır</t>
+          <t>Kur’an’da Dağlar</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>295</v>
+        <v>305</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786059652957</t>
+          <t>9786257879118</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Seyyid Kutub</t>
+          <t>İslam Devletler Hukuku</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>580</v>
+        <v>735</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786059652940</t>
+          <t>9786257879200</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yürek İster (Ciltli)</t>
+          <t>Fıkhın Kaynaklarına ve Fıkıh Mezheplerine Oryantalist Yaklaşım</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786059652971</t>
+          <t>9786257879194</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sosyal Hayatımız</t>
+          <t>Yusuf En-Nebhani ve Şiirindeki Tasavvufi Unsurlar</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786059652926</t>
+          <t>9786257879163</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Güncelleştirilmesi</t>
+          <t>Kur'an'ın Bütünlüğü Bağlamında Kur’an Kıssalarında Peygamberlerin İsmeti</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>205</v>
+        <v>345</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786059652766</t>
+          <t>9786257879187</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Niçin İndirildi?</t>
+          <t>İslam Eğitim Tarihinde Çocuklara Kur’an Öğretimi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786059652735</t>
+          <t>9786257879170</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriatı Cep Kitapları (Kutulu Set)</t>
+          <t>İslam Hukukunda Kamu Otoritesinin Mubahı Sınırlandırması</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>825</v>
+        <v>290</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786059652742</t>
+          <t>9786257879125</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriatı Külliyatı (Kutulu Set)</t>
+          <t>Hz. Muhammed Döneminde Giyim</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>12100</v>
+        <v>285</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786059652759</t>
+          <t>9786257879132</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yorumlarında Kadın</t>
+          <t>Cibril - Cebrail (a.s.)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786059652773</t>
+          <t>9786257879149</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Ruhi Hastalıklar</t>
+          <t>Çağdaş Batı Literatüründe Kur'an Metnine Yaklaşımlar</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>345</v>
+        <v>505</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786055482626</t>
+          <t>9786257879101</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Şehadet (Cep Boy)</t>
+          <t>Sıla-i Rahim</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786059652278</t>
+          <t>9786257879095</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Gerçeği</t>
+          <t>İran’da Ehl-i Sünnet</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>205</v>
+        <v>420</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786059652827</t>
+          <t>9786057570932</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Cep Boy, Metinli)</t>
+          <t>Hadisçiler ve Tarih</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786057570826</t>
+          <t>9786057570895</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Beyanu'l-Hak (3 Cilt Takım) (Ciltli)</t>
+          <t>Ramazan Yazıları</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>3000</v>
+        <v>160</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786059652421</t>
+          <t>9786057570918</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Şafiiliğin Kurumsallaşmasında Büveyti ve el Muhtasar'ı</t>
+          <t>İslam’ın İlk Marjinalleri</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>325</v>
+        <v>465</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786059652667</t>
+          <t>9786057570925</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Açısından Hz.Peygamber'in Şahsiyeti</t>
+          <t>İslam Düşüncesinde Hikmet Kelam ve İrfan İlişkisi</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786059652650</t>
+          <t>9786057570949</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Yeis Kavramı</t>
+          <t>Allah’ın Varlığının Delilleri</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>165</v>
+        <v>505</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786059652513</t>
+          <t>9786057570901</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bakış Açılarıyla İrtidat Suçu ve Cezası</t>
+          <t>Mü’min Şahsiyetin İnşası Bağlamında Kur’an’da Dua</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>185</v>
+        <v>215</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786055482930</t>
+          <t>9786057570819</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Psikoloji</t>
+          <t>Var Ol!</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>275</v>
+        <v>135</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786059652605</t>
+          <t>9786057570703</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Yaratılışı Değiştirme Fıtratı Bozma</t>
+          <t>Mucize Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786059652537</t>
+          <t>9786057570680</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarih ve Usulü Dersleri</t>
+          <t>Şefaat Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786059652612</t>
+          <t>9786057570666</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Şehir ve Erdem</t>
+          <t>Tarihsellik Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786059652520</t>
+          <t>9786057570673</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Yönetim Sistemi ve Temelleri</t>
+          <t>Şeriat Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786059652452</t>
+          <t>9786057570741</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminde Metin Tenkidi Örnekleri</t>
+          <t>Evrim Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786059652193</t>
+          <t>9786057570758</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Ciltli, Şamua, Metinsiz)</t>
+          <t>Cihad Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>500</v>
+        <v>245</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786059652414</t>
+          <t>9786057570697</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Endülüslü Bir Filozof İbn Meserre</t>
+          <t>Nüzul-i İsa ve Mehdilik Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>340</v>
+        <v>245</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786059652391</t>
+          <t>9786057570710</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Diplomatik Temsil</t>
+          <t>Kader Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>325</v>
+        <v>235</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786059652384</t>
+          <t>9786057570727</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Son Nebi</t>
+          <t>Kabir Hayatı Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786059652407</t>
+          <t>9786057570734</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Adab-ı Muaşeret (Ciltli)</t>
+          <t>Hilafet Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>750</v>
+        <v>245</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786059652360</t>
+          <t>9786057570505</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yolunda Uzaklar Yakın - 1 (Ciltli)</t>
+          <t>Tefsire Adanmış Bir Ömür İsmail Cerrahoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>440</v>
+        <v>945</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786059652377</t>
+          <t>9786057570482</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Varolmak (Ciltli)</t>
+          <t>İslam’ın Üzerindeki Beş Gölge</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>660</v>
+        <v>430</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786059652339</t>
+          <t>9786057570512</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>İslam'da ve Milletlerarası Belgelerde Hürriyetler</t>
+          <t>Özgür Ol!</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786059652285</t>
+          <t>9786055482848</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Yaşam</t>
+          <t>İlk Beş Asır Fıkıh Usulü Literatüründe Teklifî Hüküm Terminolojisi</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786059652261</t>
+          <t>9786057570543</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Önerdiği İdeal İnsan Modelinin Oluşmasında Sevginin Rölü</t>
+          <t>Hz. Muhammed (3 Cilt) Ciltli - Özel Kutulu</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>300</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786059652292</t>
+          <t>9786057570574</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından E-Ticaret</t>
+          <t>Hz. Muhammed (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>220</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786059652254</t>
+          <t>9786057570406</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Güncel Dini - Siyasi Meseleler Üzerine Yazılar</t>
+          <t>Turkana (Ciltli)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>365</v>
+        <v>485</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786059652216</t>
+          <t>9786057570352</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntıları İle Namazların Birleştirilmesi Meselesi</t>
+          <t>Karizma Dindarlığı</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786059652223</t>
+          <t>9786057570468</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Elçiler ve Kıssalar</t>
+          <t>Hz. Muhammed ve Kurtuluş Çağrısı</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>265</v>
+        <v>945</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786059652209</t>
+          <t>9786057570376</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Gadir-i Hum</t>
+          <t>Hz. Muhammed Zamanında Medine'de Gündelik Hayat</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>165</v>
+        <v>460</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786057570246</t>
+          <t>9786057570444</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Alai</t>
+          <t>Mehdilik ve Nüzul-i İsa Tartışmaları</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>480</v>
+        <v>365</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786059652162</t>
+          <t>9786057570437</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Hakk'tan Halka Kelamullah</t>
+          <t>Dünyada Ali Şeriati</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786059652070</t>
+          <t>9786057570369</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ahiret Bütünlüğü</t>
+          <t>Kur'an ve Şiir</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786059652117</t>
+          <t>9786057570345</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Şii/Usuli Geleneğin Kur'an Yorumu</t>
+          <t>Ahlak-ı Celali</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786059652100</t>
+          <t>9786057570451</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Mezhebi Aidiyetin Tefsirdeki İzdüşümleri</t>
+          <t>İmam Matüridi’nin İzdüşümü</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>330</v>
+        <v>410</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786059652124</t>
+          <t>9786055482558</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Öğretide Estetik Anlayış</t>
+          <t>Anne Baba Biz Suçluyuz</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>215</v>
+        <v>130</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786059652094</t>
+          <t>9786057570291</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Ahlakın Temel Paradigmaları</t>
+          <t>Hz. Hamza ve Şehadet</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786059652131</t>
+          <t>9786057570307</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Son Elçisi</t>
+          <t>Habbab Bin Eret ve Sebat</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786059652087</t>
+          <t>9786057570321</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Devlete İsyan Suçu</t>
+          <t>Ammar Bin Yasir ve Sabır</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>330</v>
+        <v>245</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786059652032</t>
+          <t>9786057570314</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Özelinde Peygamber Aleyhtarlığı</t>
+          <t>Bilal-i Habeşi ve Tevhid</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786055482619</t>
+          <t>9786057570253</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Marksizm / 06 Cep Kitapları</t>
+          <t>Siyasi Düşüncenin Oluşumunda Hadislerin Rolü</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>100</v>
+        <v>285</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786055482602</t>
+          <t>9786057570260</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Bakış / 08 Cep Kitapları</t>
+          <t>Selman-ı Farisi ve Hakikat</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>95</v>
+        <v>230</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786055482596</t>
+          <t>9786057570284</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Dört Zindanı</t>
+          <t>Ka'b Bin Malik ve Tevbe</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>70</v>
+        <v>225</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786055482756</t>
+          <t>9786057570277</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İlk Muhalifler</t>
+          <t>Mus'ab Bin Umeyr ve Davet</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>155</v>
+        <v>215</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786055482541</t>
+          <t>9786057570239</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Dine Karşı Din</t>
+          <t>Bir Kültür Gerillası Ali Şeriati</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>70</v>
+        <v>325</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786055482817</t>
+          <t>9786057570154</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Estetik Yoksunluğu</t>
+          <t>Şii Düşüncede Tarih Dışı Hz. Fatıma Yorumu</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786055482589</t>
+          <t>9786057570147</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hangi Şia?</t>
+          <t>Tasavvuf Tarihinde Nazari İrfan Geleneği</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>80</v>
+        <v>385</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786055482503</t>
+          <t>9786057570130</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l-İcma</t>
+          <t>Medine Vesikası - Anayasası ve Birlikte Yaşama</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786055482695</t>
+          <t>9786057570123</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Bir Direniş, Bir Duruş, Bir İnşa Peygamberi: Hz. İbrahim ve Tebliğ Metodu</t>
+          <t>Medeniyet İnsan ve Din</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786059652001</t>
+          <t>9786057570086</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Esbab-ı Nüzul</t>
+          <t>Hadisleri Anlama Yöntemi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>355</v>
+        <v>495</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786055482305</t>
+          <t>9786059652711</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Kur'an Aydınlığı Kronolojik Kur'an Meali (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>235</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786055482381</t>
+          <t>9786059652933</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Ebu’l-Hasen El-Eş’ari’de Nazar ve İstidlal</t>
+          <t>Her Şeyin Başı Sıfır</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786055482077</t>
+          <t>9786059652957</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Hayvanlar ve Bitkiler</t>
+          <t>Bütün Yönleriyle Seyyid Kutub</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>180</v>
+        <v>785</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786057570017</t>
+          <t>9786059652940</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>İyilik Yürek İster (Ciltli)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>295</v>
+        <v>485</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789756004814</t>
+          <t>9786059652971</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>İngilizce-Arapça-Türkçe Eşdizim</t>
+          <t>Kur'an ve Sosyal Hayatımız</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789756004456</t>
+          <t>9786059652926</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Evrenselliği</t>
+          <t>Sünnetin Güncelleştirilmesi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>155</v>
+        <v>275</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786055482435</t>
+          <t>9786059652766</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>İslam’ı Tanıma Metodu</t>
+          <t>Kur'an Niçin İndirildi?</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789756004937</t>
+          <t>9786059652735</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Aşina Yüzlerle</t>
+          <t>Ali Şeriatı Cep Kitapları (Kutulu Set)</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>250</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789757138396</t>
+          <t>9786059652742</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Arayışı</t>
+          <t>Ali Şeriatı Külliyatı (Kutulu Set)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>210</v>
+        <v>16335</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786059652018</t>
+          <t>9786059652759</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Nüzulünden Günümüze Kur’an ve Müslümanlar</t>
+          <t>Kur'an Yorumlarında Kadın</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786055482640</t>
+          <t>9786059652773</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Günümüz ve İslam Ceza Hukukunda Af</t>
+          <t>Kur'an'a Göre Ruhi Hastalıklar</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>300</v>
+        <v>465</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789756004340</t>
+          <t>9786055482626</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Toplumundan Günümüze Hz. Muhammed</t>
+          <t>Şehadet (Cep Boy)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>365</v>
+        <v>110</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789756004944</t>
+          <t>9786059652278</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Biz ve İkbal</t>
+          <t>Vahiy Gerçeği</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789756004432</t>
+          <t>9786059652827</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sınıfsal Yapı</t>
+          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Cep Boy, Metinli)</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>165</v>
+        <v>540</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786055482497</t>
+          <t>9786057570826</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanlık Onuru</t>
+          <t>Beyanu'l-Hak (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>215</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786059652599</t>
+          <t>9786059652421</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim - 3</t>
+          <t>Şafiiliğin Kurumsallaşmasında Büveyti ve el Muhtasar'ı</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>275</v>
+        <v>440</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786055482329</t>
+          <t>9786059652667</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Dr. Ali Şeriati ve Bir İdeoloji Olarak İslamcılık</t>
+          <t>Psikoloji Açısından Hz.Peygamber'in Şahsiyeti</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786055482466</t>
+          <t>9786059652650</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Dirilişe Çağrı</t>
+          <t>Kur'an'da Yeis Kavramı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786055482275</t>
+          <t>9786059652513</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslam Bilimine Giriş</t>
+          <t>Farklı Bakış Açılarıyla İrtidat Suçu ve Cezası</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786055482879</t>
+          <t>9786055482930</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Sünnetullah</t>
+          <t>Hadis ve Psikoloji</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>165</v>
+        <v>370</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789756004050</t>
+          <t>9786059652605</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Sünnet’ten Topluma</t>
+          <t>İslam Hukuku Açısından Yaratılışı Değiştirme Fıtratı Bozma</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786055482572</t>
+          <t>9786059652537</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Eşekleştirme</t>
+          <t>Hadis Tarih ve Usulü Dersleri</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>70</v>
+        <v>340</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786055482565</t>
+          <t>9786059652612</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Aydın</t>
+          <t>Şehir ve Erdem</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>95</v>
+        <v>215</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786055482411</t>
+          <t>9786059652520</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri’nin Tefsirdeki Yeri</t>
+          <t>İslam'da Yönetim Sistemi ve Temelleri</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786055482404</t>
+          <t>9786059652452</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağ’ın Özellikleri</t>
+          <t>Hadis İlminde Metin Tenkidi Örnekleri</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>425</v>
+        <v>365</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786059652902</t>
+          <t>9786059652193</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sözleri 2</t>
+          <t>Kur'an Aydınlığı - Kronolojik Kur'an Meali (Ciltli, Şamua, Metinsiz)</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>445</v>
+        <v>675</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789756004845</t>
+          <t>9786059652414</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>The Self Of Muslim And Its Inner Peace</t>
+          <t>Endülüslü Bir Filozof İbn Meserre</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>115</v>
+        <v>460</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789756004746</t>
+          <t>9786059652391</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihi</t>
+          <t>İslam Hukukunda Diplomatik Temsil</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>800</v>
+        <v>440</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786055482251</t>
+          <t>9786059652384</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Şia</t>
+          <t>Son Nebi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>245</v>
+        <v>360</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789756004722</t>
+          <t>9786059652407</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Kur'an-ı Kerim'de Adab-ı Muaşeret (Ciltli)</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>305</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789757138624</t>
+          <t>9786059652360</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Dönüm Noktası</t>
+          <t>İyilik Yolunda Uzaklar Yakın - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>235</v>
+        <v>595</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789756004777</t>
+          <t>9786059652377</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Mukatil b. Süleyman ve İlk Fıkhı Tefsir</t>
+          <t>Varolmak (Ciltli)</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>290</v>
+        <v>890</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786059652988</t>
+          <t>9786059652339</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Mi’yar-ı Sedat</t>
+          <t>İslam'da ve Milletlerarası Belgelerde Hürriyetler</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786055482084</t>
+          <t>9786059652285</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da İslami Akımlar</t>
+          <t>Yazı ve Yaşam</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>290</v>
+        <v>505</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786055482114</t>
+          <t>9786059652261</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Tarihi 1</t>
+          <t>Kur'an'ın Önerdiği İdeal İnsan Modelinin Oluşmasında Sevginin Rölü</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>240</v>
+        <v>405</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786055482213</t>
+          <t>9786059652292</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Mavi Marmara’nın Serencamı</t>
+          <t>İslam Hukuku Açısından E-Ticaret</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786059652346</t>
+          <t>9786059652254</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Tarihsel ve Evrensel Okunuşu</t>
+          <t>Güncel Dini - Siyasi Meseleler Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>360</v>
+        <v>495</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789756004241</t>
+          <t>9786059652216</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Mal Kavramı</t>
+          <t>Ayrıntıları İle Namazların Birleştirilmesi Meselesi</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>170</v>
+        <v>445</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786059652643</t>
+          <t>9786059652223</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Nesh Problemi</t>
+          <t>Elçiler ve Kıssalar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789756004463</t>
+          <t>9786059652209</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Muhtevası</t>
+          <t>Gadir-i Hum</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786059652476</t>
+          <t>9786057570246</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Cinsiyet Ayrımcılığı</t>
+          <t>Ahlak-ı Alai</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786059652674</t>
+          <t>9786059652162</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Okulu</t>
+          <t>Hakk'tan Halka Kelamullah</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789756004739</t>
+          <t>9786059652070</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Konularına Göre Kur’an (Ciltli)</t>
+          <t>Dünya Ahiret Bütünlüğü</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>1000</v>
+        <v>170</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786059652889</t>
+          <t>9786059652117</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Kendisi Olmayan İnsan</t>
+          <t>Şii/Usuli Geleneğin Kur'an Yorumu</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786059652575</t>
+          <t>9786059652100</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Kendini Devrimci Yetiştirmek</t>
+          <t>Mezhebi Aidiyetin Tefsirdeki İzdüşümleri</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>215</v>
+        <v>445</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789756004555</t>
+          <t>9786059652124</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kelam Atomculuğu ve Kaynağı Sorunu</t>
+          <t>Nebevi Öğretide Estetik Anlayış</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786055482862</t>
+          <t>9786059652094</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Kelam - Felsefe Tartışmaları</t>
+          <t>İslam Felsefesinde Ahlakın Temel Paradigmaları</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786059652568</t>
+          <t>9786059652131</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kadın - (Fatıma Fatımadır)</t>
+          <t>Allah'ın Son Elçisi</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786055482299</t>
+          <t>9786059652087</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Bursevi’de Basiret Anlayışı</t>
+          <t>İslam Hukukunda Devlete İsyan Suçu</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>200</v>
+        <v>445</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789756004852</t>
+          <t>9786059652032</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Terakki</t>
+          <t>Hz. Muhammed Özelinde Peygamber Aleyhtarlığı</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789757138464</t>
+          <t>9786055482619</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültür Birliğinin Esasları</t>
+          <t>Marksizm / 06 Cep Kitapları</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789757138358</t>
+          <t>9786055482602</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>İslam Kurumları</t>
+          <t>Kur'an'a Bakış / 08 Cep Kitapları</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789756004807</t>
+          <t>9786055482596</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Metodolojisi</t>
+          <t>İnsanın Dört Zindanı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>415</v>
+        <v>95</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786055482152</t>
+          <t>9786055482756</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim - 2</t>
+          <t>İslam Düşüncesinde İlk Muhalifler</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786059652872</t>
+          <t>9786055482541</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim - 1</t>
+          <t>Dine Karşı Din</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>345</v>
+        <v>95</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786055482978</t>
+          <t>9786055482817</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye’nin Kur’an Anlayışı</t>
+          <t>Estetik Yoksunluğu</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789756004951</t>
+          <t>9786055482589</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Hac</t>
+          <t>Hangi Şia?</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>215</v>
+        <v>110</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786059652681</t>
+          <t>9786055482503</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Ebuzer</t>
+          <t>Kitabu'l-İcma</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786057570000</t>
+          <t>9786055482695</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Dua</t>
+          <t>Bir Direniş, Bir Duruş, Bir İnşa Peygamberi: Hz. İbrahim ve Tebliğ Metodu</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789756004920</t>
+          <t>9786059652001</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi 2</t>
+          <t>Esbab-ı Nüzul</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789756004913</t>
+          <t>9786055482305</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi 1</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786059652995</t>
+          <t>9786055482381</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Dine Karşı Din</t>
+          <t>Ebu’l-Hasen El-Eş’ari’de Nazar ve İstidlal</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>295</v>
+        <v>650</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786055482206</t>
+          <t>9786055482077</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Dilin Derin Devleti Deyimler</t>
+          <t>Kur’an Açısından Hayvanlar ve Bitkiler</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789756004616</t>
+          <t>9786057570017</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Çalışanların Hakları ve İslam</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786059652025</t>
+          <t>9789756004814</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslami Akımlar ve Sorunları</t>
+          <t>İngilizce-Arapça-Türkçe Eşdizim</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786055482480</t>
+          <t>9789756004456</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce ve Eylem Adamı Ali Şeriati</t>
+          <t>İslam’ın Evrenselliği</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789756004869</t>
+          <t>9786055482435</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Beş Surenin Tefsiri</t>
+          <t>İslam’ı Tanıma Metodu</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>385</v>
+        <v>660</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789756004609</t>
+          <t>9789756004937</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ali Şiası Safevi Şiası</t>
+          <t>Aşina Yüzlerle</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786059652582</t>
+          <t>9789757138396</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>Düşünce Arayışı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>485</v>
+        <v>465</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786055482367</t>
+          <t>9786059652018</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Varisi Hüseyin</t>
+          <t>Nüzulünden Günümüze Kur’an ve Müslümanlar</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789756004098</t>
+          <t>9786055482640</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>8. Kur’an Sempozyumu - Günümüz Dünyasında Müslümanlar</t>
+          <t>Günümüz ve İslam Ceza Hukukunda Af</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>150</v>
+        <v>405</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789757138945</t>
+          <t>9789756004340</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>7. Kur’an Sempozyumu - Kur'an ve Müslümanlar</t>
+          <t>Cahiliye Toplumundan Günümüze Hz. Muhammed</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>230</v>
+        <v>495</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789757138419</t>
+          <t>9789756004944</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>4. Kur’an Haftası Kur’an Sempozyumu - Kur'an Kıssalarının Anlam ve Değeri</t>
+          <t>Biz ve İkbal</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789756004760</t>
+          <t>9789756004432</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>11. Kur’an Sempozyumu - Kur'an ve Risalet</t>
+          <t>İslam ve Sınıfsal Yapı</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>310</v>
+        <v>225</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
+          <t>9786055482497</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da İnsanlık Onuru</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786059652599</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>İslam Bilim - 3</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786055482329</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Ali Şeriati ve Bir İdeoloji Olarak İslamcılık</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786055482466</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Dirilişe Çağrı</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786055482275</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İslam Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786055482879</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Sünnetullah</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9789756004050</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Sünnet’ten Topluma</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786055482572</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Bilinç ve Eşekleştirme</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786055482565</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Aydın</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786055482411</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Zemahşeri’nin Tefsirdeki Yeri</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786055482404</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Çağ’ın Özellikleri</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786059652902</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Sözleri 2</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9789756004845</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>The Self Of Muslim And Its Inner Peace</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9789756004746</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Tefsir Tarihi</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786055482251</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Şia</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9789756004722</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Öze Dönüş</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9789757138624</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıda Dönüm Noktası</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9789756004777</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Mukatil b. Süleyman ve İlk Fıkhı Tefsir</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786059652988</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Mi’yar-ı Sedat</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786055482084</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Mısır’da İslami Akımlar</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786055482114</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyet Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786055482213</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Marmara’nın Serencamı</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786059652346</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ın Tarihsel ve Evrensel Okunuşu</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9789756004241</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Mal Kavramı</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786059652643</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Nesh Problemi</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9789756004463</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Muhtevası</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786059652476</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Cinsiyet Ayrımcılığı</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786059652674</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Okulu</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9789756004739</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Konularına Göre Kur’an (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786059652889</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Kendisi Olmayan İnsan</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786059652575</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Devrimci Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9789756004555</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Kelam Atomculuğu ve Kaynağı Sorunu</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786055482862</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Kelam - Felsefe Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786059652568</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Kadın - (Fatıma Fatımadır)</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786055482299</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>İsmail Hakkı Bursevi’de Basiret Anlayışı</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9789756004852</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Terakki</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9789757138464</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kültür Birliğinin Esasları</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9789757138358</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kurumları</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9789756004807</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuku Metodolojisi</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786055482152</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>İslam Bilim - 2</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786059652872</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>İslam Bilim - 1</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786055482978</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>İbn Teymiyye’nin Kur’an Anlayışı</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9789756004951</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Hac</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786059652681</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Ebuzer</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786057570000</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Dua</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9789756004920</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Tarihi 2</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9789756004913</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786059652995</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Dine Karşı Din</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786055482206</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Dilin Derin Devleti Deyimler</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9789756004616</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Çalışanların Hakları ve İslam</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786059652025</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İslami Akımlar ve Sorunları</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786055482480</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Bir Düşünce ve Eylem Adamı Ali Şeriati</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9789756004869</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Beş Surenin Tefsiri</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9789756004609</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Ali Şiası Safevi Şiası</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786059652582</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Ali</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786055482367</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Adem’in Varisi Hüseyin</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9789756004098</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>8. Kur’an Sempozyumu - Günümüz Dünyasında Müslümanlar</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9789757138945</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>7. Kur’an Sempozyumu - Kur'an ve Müslümanlar</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9789757138419</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>4. Kur’an Haftası Kur’an Sempozyumu - Kur'an Kıssalarının Anlam ve Değeri</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9789756004760</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>11. Kur’an Sempozyumu - Kur'an ve Risalet</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
           <t>9789756004524</t>
         </is>
       </c>
-      <c r="B867" s="1" t="inlineStr">
+      <c r="B927" s="1" t="inlineStr">
         <is>
           <t>10. Kur’an Sempozyumu - Kur'an ve Eğitim</t>
         </is>
       </c>
-      <c r="C867" s="1">
-        <v>295</v>
+      <c r="C927" s="1">
+        <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>