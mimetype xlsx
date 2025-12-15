--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,1120 +85,1150 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259537276</t>
+          <t>9786051772783</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ruhumdaki Sisler</t>
+          <t>Ruhumun Tekamül Yolculuğu (Yunanca)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259537252</t>
+          <t>9786055514709</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kan ve Mavi Kan’ın Savaşı</t>
+          <t>Güneşin Kızları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259537269</t>
+          <t>9786259537276</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Tekamül Yolculuğu</t>
+          <t>Ruhumdaki Sisler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259537245</t>
+          <t>9786259537252</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Longevity Manifestosu</t>
+          <t>Kırmızı Kan ve Mavi Kan’ın Savaşı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9796056998661</t>
+          <t>9786259537269</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tuğçe Işınsu ve Tüm Kitaplar Seti (13 Kitap ve 2 Kart)</t>
+          <t>Ruhumun Tekamül Yolculuğu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>2880</v>
+        <v>175</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259537238</t>
+          <t>9786259537245</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Allah’tan İstemek</t>
+          <t>Longevity Manifestosu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057284358</t>
+          <t>9796056998661</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Puşkin Okuyan Çingene</t>
+          <t>Tuğçe Işınsu ve Tüm Kitaplar Seti (13 Kitap ve 2 Kart)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259418520</t>
+          <t>9786259537238</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünme Yaklaşımı İle Etkili Anne-Babalık 7 Altın Anahtar</t>
+          <t>Allah’tan İstemek</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259418599</t>
+          <t>9786057284358</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Karşı Kıyı / Halfeti</t>
+          <t>Puşkin Okuyan Çingene</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259418582</t>
+          <t>9786259418520</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayat Güzeldi</t>
+          <t>Pozitif Düşünme Yaklaşımı İle Etkili Anne-Babalık 7 Altın Anahtar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259418551</t>
+          <t>9786259418599</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürlük Gün</t>
+          <t>Karşı Kıyı / Halfeti</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259418537</t>
+          <t>9786259418582</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çınar’ın Son Düşü</t>
+          <t>Hayat Güzeldi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051772257</t>
+          <t>9786259418551</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Veresiye Defteri - Onu Kendine Aşık Et - 2' li Set</t>
+          <t>Bir Ömürlük Gün</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051772226</t>
+          <t>9786259418537</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ol Der ve Olur - Kısmet - 2' li Set</t>
+          <t>Çınar’ın Son Düşü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>480</v>
+        <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051772196</t>
+          <t>9786051772257</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ol Der ve Olur - El Cami - 2' li Set</t>
+          <t>Veresiye Defteri - Onu Kendine Aşık Et - 2' li Set</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051772158</t>
+          <t>9786051772226</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kısmet - Hiç’likten Gelen Güç -2' li Set</t>
+          <t>Ol Der ve Olur - Kısmet - 2' li Set</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051772219</t>
+          <t>9786051772196</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kısmet - El Vedud - 2' li Set</t>
+          <t>Ol Der ve Olur - El Cami - 2' li Set</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051772233</t>
+          <t>9786051772158</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kısmet - Veresiye Defteri - 2' lii Set</t>
+          <t>Kısmet - Hiç’likten Gelen Güç -2' li Set</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051772240</t>
+          <t>9786051772219</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kısmet - El Cami- 2'li Set</t>
+          <t>Kısmet - El Vedud - 2' li Set</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051772202</t>
+          <t>9786051772233</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hiç’likten Gelen Güç - Ol Der ve Olur - 2' li Set</t>
+          <t>Kısmet - Veresiye Defteri - 2' lii Set</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051772189</t>
+          <t>9786051772240</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hiç’likten Gelen Güç - El Vedûd - 2' li Set</t>
+          <t>Kısmet - El Cami- 2'li Set</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051772165</t>
+          <t>9786051772202</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>El Vedud - El Cami -2'li Set</t>
+          <t>Hiç’likten Gelen Güç - Ol Der ve Olur - 2' li Set</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259418513</t>
+          <t>9786051772189</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Holistik Şifa ve Doğal Taşlar</t>
+          <t>Hiç’likten Gelen Güç - El Vedûd - 2' li Set</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259418506</t>
+          <t>9786051772165</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Veresiye Defterinden Zirveye</t>
+          <t>El Vedud - El Cami -2'li Set</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057284327</t>
+          <t>9786259418513</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kimlikler</t>
+          <t>Holistik Şifa ve Doğal Taşlar</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057284396</t>
+          <t>9786259418506</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şu Ters Giydiğin Kazak</t>
+          <t>Veresiye Defterinden Zirveye</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057284389</t>
+          <t>9786057284327</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şok Diyetler Kitabı</t>
+          <t>Kayıp Kimlikler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057284372</t>
+          <t>9786057284396</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Arasında</t>
+          <t>Şu Ters Giydiğin Kazak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057284365</t>
+          <t>9786057284389</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Avluda Yürüyen Gölgeler</t>
+          <t>Şok Diyetler Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057284341</t>
+          <t>9786057284372</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Onun Adı Hayat</t>
+          <t>İki Dünya Arasında</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057284334</t>
+          <t>9786057284365</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Varşo</t>
+          <t>Avluda Yürüyen Gölgeler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057351098</t>
+          <t>9786057284341</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut Olsam Yağardım (Ciltli)</t>
+          <t>Onun Adı Hayat</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057284310</t>
+          <t>9786057284334</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Varşo</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057284303</t>
+          <t>9786057351098</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dişimin Kovuğundan Hikayeler</t>
+          <t>Bir Bulut Olsam Yağardım (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057284603</t>
+          <t>9786057284310</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Diş Hekiminin Anıları Dişimin Kovuğundan Hikayeler</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057351074</t>
+          <t>9786057284303</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kadim Rune Sembol Kartları  / Kutulu 36 Kart</t>
+          <t>Dişimin Kovuğundan Hikayeler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057351081</t>
+          <t>9786057284603</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sarkaç Kullanım Kitapçığı</t>
+          <t>Bir Diş Hekiminin Anıları Dişimin Kovuğundan Hikayeler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>290</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057351067</t>
+          <t>9786057351074</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sarkaç Kullanım Şema Kartları Kutulu 52 Kart</t>
+          <t>Kadim Rune Sembol Kartları  / Kutulu 36 Kart</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057351036</t>
+          <t>9786057351081</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Reh-güzar</t>
+          <t>Sarkaç Kullanım Kitapçığı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057351043</t>
+          <t>9786057351067</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarmanın Gücü</t>
+          <t>Sarkaç Kullanım Şema Kartları Kutulu 52 Kart</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057351029</t>
+          <t>9786057351036</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kendini Ve Hayatı Bırakma</t>
+          <t>Reh-güzar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057055798</t>
+          <t>9786057351043</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçe</t>
+          <t>Baştan Çıkarmanın Gücü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057351005</t>
+          <t>9786057351029</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ben O Hayalim</t>
+          <t>Kendini Ve Hayatı Bırakma</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057055774</t>
+          <t>9786057055798</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Niyet ve Dilek Kartları</t>
+          <t>Arka Bahçe</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057531148</t>
+          <t>9786057351005</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sonra Gitti...</t>
+          <t>Ben O Hayalim</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057531056</t>
+          <t>9786057055774</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eflin</t>
+          <t>Niyet ve Dilek Kartları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057055750</t>
+          <t>9786057531148</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İyi Misin?</t>
+          <t>Sonra Gitti...</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057055743</t>
+          <t>9786057531056</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ayna</t>
+          <t>Eflin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057055712</t>
+          <t>9786057055750</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>İyi Misin?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056998485</t>
+          <t>9786057055743</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Cezzar - Son Osmanlı Tokadı</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057055705</t>
+          <t>9786057055712</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kendini Hatırlayan İnsan</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056998454</t>
+          <t>9786056998485</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Benim Kıymetli Yalnızlığım</t>
+          <t>Cezzar - Son Osmanlı Tokadı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056998430</t>
+          <t>9786057055705</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Derin Yol</t>
+          <t>Kendini Hatırlayan İnsan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056998461</t>
+          <t>9786056998454</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kilit</t>
+          <t>Benim Kıymetli Yalnızlığım</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056998447</t>
+          <t>9786056998430</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şey</t>
+          <t>Derin Yol</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056998423</t>
+          <t>9786056998461</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kehanet Vaatleri (Ciltli)</t>
+          <t>Kilit</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051774152</t>
+          <t>9786056998447</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Hiç</t>
+          <t>Şey</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051774053</t>
+          <t>9786056998423</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ufkabakan Apartmanı</t>
+          <t>Kehanet Vaatleri (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057531018</t>
+          <t>9786051774152</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>M'ars</t>
+          <t>Benim Adım Hiç</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054726936</t>
+          <t>9786051774053</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ruhun ve Bedenin Şifası Dua</t>
+          <t>Ufkabakan Apartmanı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057351012</t>
+          <t>9786057531018</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Duaları - Aşkın Dorukları</t>
+          <t>M'ars</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056998478</t>
+          <t>9786054726936</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kısmet</t>
+          <t>Ruhun ve Bedenin Şifası Dua</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056998409</t>
+          <t>9786057351012</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hiç’likten Gelen Güç</t>
+          <t>Muhabbet Duaları - Aşkın Dorukları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054726714</t>
+          <t>9786056998478</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ol Der ve Olur</t>
+          <t>Kısmet</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057531032</t>
+          <t>9786056998409</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>El Cami</t>
+          <t>Hiç’likten Gelen Güç</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054726783</t>
+          <t>9786054726714</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>El Vedud</t>
+          <t>Ol Der ve Olur</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054726288</t>
+          <t>9786057531032</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Onu Kendine Aşık Et</t>
+          <t>El Cami</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054726073</t>
+          <t>9786054726783</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Melekler ve Dünyanın Kurtuluşu</t>
+          <t>El Vedud</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054726448</t>
+          <t>9786054726288</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mucizeleri Çağırmak</t>
+          <t>Onu Kendine Aşık Et</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054726196</t>
+          <t>9786054726073</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Saksı Olmanın Faydaları</t>
+          <t>Melekler ve Dünyanın Kurtuluşu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055514921</t>
+          <t>9786054726448</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Cazibe Akademisi</t>
+          <t>Mucizeleri Çağırmak</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
+          <t>9786054726196</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Saksı Olmanın Faydaları</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786055514921</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Cazibe Akademisi</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
           <t>9786054726301</t>
         </is>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Aşk Kartları</t>
         </is>
       </c>
-      <c r="C73" s="1">
+      <c r="C75" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>