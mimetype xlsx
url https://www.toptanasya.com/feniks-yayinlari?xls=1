--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1150 +85,1195 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051772783</t>
+          <t>9786259537290</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Tekamül Yolculuğu (Yunanca)</t>
+          <t>İlişkilerin Gizli Dina-MİTleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055514709</t>
+          <t>9786054726219</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kızları</t>
+          <t>Eczacının Kızı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>395</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259537276</t>
+          <t>9786259537283</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruhumdaki Sisler</t>
+          <t>Gölge Oyunu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259537252</t>
+          <t>9786051772783</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kan ve Mavi Kan’ın Savaşı</t>
+          <t>Ruhumun Tekamül Yolculuğu (Yunanca)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259537269</t>
+          <t>9786055514709</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Tekamül Yolculuğu</t>
+          <t>Güneşin Kızları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259537245</t>
+          <t>9786259537276</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Longevity Manifestosu</t>
+          <t>Ruhumdaki Sisler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9796056998661</t>
+          <t>9786259537252</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tuğçe Işınsu ve Tüm Kitaplar Seti (13 Kitap ve 2 Kart)</t>
+          <t>Kırmızı Kan ve Mavi Kan’ın Savaşı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>2880</v>
+        <v>175</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259537238</t>
+          <t>9786259537269</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Allah’tan İstemek</t>
+          <t>Ruhumun Tekamül Yolculuğu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057284358</t>
+          <t>9786259537245</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Puşkin Okuyan Çingene</t>
+          <t>Longevity Manifestosu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259418520</t>
+          <t>9796056998661</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünme Yaklaşımı İle Etkili Anne-Babalık 7 Altın Anahtar</t>
+          <t>Tuğçe Işınsu ve Tüm Kitaplar Seti (13 Kitap ve 2 Kart)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259418599</t>
+          <t>9786259537238</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Karşı Kıyı / Halfeti</t>
+          <t>Allah’tan İstemek</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259418582</t>
+          <t>9786057284358</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayat Güzeldi</t>
+          <t>Puşkin Okuyan Çingene</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259418551</t>
+          <t>9786259418520</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürlük Gün</t>
+          <t>Pozitif Düşünme Yaklaşımı İle Etkili Anne-Babalık 7 Altın Anahtar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259418537</t>
+          <t>9786259418599</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çınar’ın Son Düşü</t>
+          <t>Karşı Kıyı / Halfeti</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>90</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051772257</t>
+          <t>9786259418582</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Veresiye Defteri - Onu Kendine Aşık Et - 2' li Set</t>
+          <t>Hayat Güzeldi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051772226</t>
+          <t>9786259418551</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ol Der ve Olur - Kısmet - 2' li Set</t>
+          <t>Bir Ömürlük Gün</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051772196</t>
+          <t>9786259418537</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ol Der ve Olur - El Cami - 2' li Set</t>
+          <t>Çınar’ın Son Düşü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>480</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051772158</t>
+          <t>9786051772257</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kısmet - Hiç’likten Gelen Güç -2' li Set</t>
+          <t>Veresiye Defteri - Onu Kendine Aşık Et - 2' li Set</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051772219</t>
+          <t>9786051772226</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kısmet - El Vedud - 2' li Set</t>
+          <t>Ol Der ve Olur - Kısmet - 2' li Set</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051772233</t>
+          <t>9786051772196</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kısmet - Veresiye Defteri - 2' lii Set</t>
+          <t>Ol Der ve Olur - El Cami - 2' li Set</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051772240</t>
+          <t>9786051772158</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kısmet - El Cami- 2'li Set</t>
+          <t>Kısmet - Hiç’likten Gelen Güç -2' li Set</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051772202</t>
+          <t>9786051772219</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hiç’likten Gelen Güç - Ol Der ve Olur - 2' li Set</t>
+          <t>Kısmet - El Vedud - 2' li Set</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051772189</t>
+          <t>9786051772233</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hiç’likten Gelen Güç - El Vedûd - 2' li Set</t>
+          <t>Kısmet - Veresiye Defteri - 2' lii Set</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051772165</t>
+          <t>9786051772240</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>El Vedud - El Cami -2'li Set</t>
+          <t>Kısmet - El Cami- 2'li Set</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259418513</t>
+          <t>9786051772202</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Holistik Şifa ve Doğal Taşlar</t>
+          <t>Hiç’likten Gelen Güç - Ol Der ve Olur - 2' li Set</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259418506</t>
+          <t>9786051772189</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Veresiye Defterinden Zirveye</t>
+          <t>Hiç’likten Gelen Güç - El Vedûd - 2' li Set</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057284327</t>
+          <t>9786051772165</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kimlikler</t>
+          <t>El Vedud - El Cami -2'li Set</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057284396</t>
+          <t>9786259418513</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şu Ters Giydiğin Kazak</t>
+          <t>Holistik Şifa ve Doğal Taşlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057284389</t>
+          <t>9786259418506</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şok Diyetler Kitabı</t>
+          <t>Veresiye Defterinden Zirveye</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057284372</t>
+          <t>9786057284327</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Arasında</t>
+          <t>Kayıp Kimlikler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057284365</t>
+          <t>9786057284396</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Avluda Yürüyen Gölgeler</t>
+          <t>Şu Ters Giydiğin Kazak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057284341</t>
+          <t>9786057284389</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Onun Adı Hayat</t>
+          <t>Şok Diyetler Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057284334</t>
+          <t>9786057284372</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Varşo</t>
+          <t>İki Dünya Arasında</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057351098</t>
+          <t>9786057284365</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut Olsam Yağardım (Ciltli)</t>
+          <t>Avluda Yürüyen Gölgeler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057284310</t>
+          <t>9786057284341</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Onun Adı Hayat</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057284303</t>
+          <t>9786057284334</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dişimin Kovuğundan Hikayeler</t>
+          <t>Varşo</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057284603</t>
+          <t>9786057351098</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Diş Hekiminin Anıları Dişimin Kovuğundan Hikayeler</t>
+          <t>Bir Bulut Olsam Yağardım (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057351074</t>
+          <t>9786057284310</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kadim Rune Sembol Kartları  / Kutulu 36 Kart</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057351081</t>
+          <t>9786057284303</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sarkaç Kullanım Kitapçığı</t>
+          <t>Dişimin Kovuğundan Hikayeler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057351067</t>
+          <t>9786057284603</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sarkaç Kullanım Şema Kartları Kutulu 52 Kart</t>
+          <t>Bir Diş Hekiminin Anıları Dişimin Kovuğundan Hikayeler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>45</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057351036</t>
+          <t>9786057351074</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Reh-güzar</t>
+          <t>Kadim Rune Sembol Kartları  / Kutulu 36 Kart</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057351043</t>
+          <t>9786057351081</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarmanın Gücü</t>
+          <t>Sarkaç Kullanım Kitapçığı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057351029</t>
+          <t>9786057351067</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kendini Ve Hayatı Bırakma</t>
+          <t>Sarkaç Kullanım Şema Kartları Kutulu 52 Kart</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057055798</t>
+          <t>9786057351036</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçe</t>
+          <t>Reh-güzar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057351005</t>
+          <t>9786057351043</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ben O Hayalim</t>
+          <t>Baştan Çıkarmanın Gücü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057055774</t>
+          <t>9786057351029</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Niyet ve Dilek Kartları</t>
+          <t>Kendini Ve Hayatı Bırakma</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057531148</t>
+          <t>9786057055798</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sonra Gitti...</t>
+          <t>Arka Bahçe</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057531056</t>
+          <t>9786057351005</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eflin</t>
+          <t>Ben O Hayalim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057055750</t>
+          <t>9786057055774</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İyi Misin?</t>
+          <t>Niyet ve Dilek Kartları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057055743</t>
+          <t>9786057531148</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ayna</t>
+          <t>Sonra Gitti...</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057055712</t>
+          <t>9786057531056</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Eflin</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056998485</t>
+          <t>9786057055750</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Cezzar - Son Osmanlı Tokadı</t>
+          <t>İyi Misin?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057055705</t>
+          <t>9786057055743</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kendini Hatırlayan İnsan</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056998454</t>
+          <t>9786057055712</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Benim Kıymetli Yalnızlığım</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056998430</t>
+          <t>9786056998485</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Derin Yol</t>
+          <t>Cezzar - Son Osmanlı Tokadı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056998461</t>
+          <t>9786057055705</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kilit</t>
+          <t>Kendini Hatırlayan İnsan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056998447</t>
+          <t>9786056998454</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Şey</t>
+          <t>Benim Kıymetli Yalnızlığım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056998423</t>
+          <t>9786056998430</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kehanet Vaatleri (Ciltli)</t>
+          <t>Derin Yol</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051774152</t>
+          <t>9786056998461</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Hiç</t>
+          <t>Kilit</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051774053</t>
+          <t>9786056998447</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ufkabakan Apartmanı</t>
+          <t>Şey</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057531018</t>
+          <t>9786056998423</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>M'ars</t>
+          <t>Kehanet Vaatleri (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054726936</t>
+          <t>9786051774152</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ruhun ve Bedenin Şifası Dua</t>
+          <t>Benim Adım Hiç</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057351012</t>
+          <t>9786051774053</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Duaları - Aşkın Dorukları</t>
+          <t>Ufkabakan Apartmanı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056998478</t>
+          <t>9786057531018</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kısmet</t>
+          <t>M'ars</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056998409</t>
+          <t>9786054726936</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hiç’likten Gelen Güç</t>
+          <t>Ruhun ve Bedenin Şifası Dua</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054726714</t>
+          <t>9786057351012</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ol Der ve Olur</t>
+          <t>Muhabbet Duaları - Aşkın Dorukları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057531032</t>
+          <t>9786056998478</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>El Cami</t>
+          <t>Kısmet</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054726783</t>
+          <t>9786056998409</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>El Vedud</t>
+          <t>Hiç’likten Gelen Güç</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054726288</t>
+          <t>9786054726714</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Onu Kendine Aşık Et</t>
+          <t>Ol Der ve Olur</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054726073</t>
+          <t>9786057531032</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Melekler ve Dünyanın Kurtuluşu</t>
+          <t>El Cami</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054726448</t>
+          <t>9786054726783</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mucizeleri Çağırmak</t>
+          <t>El Vedud</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054726196</t>
+          <t>9786054726288</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Saksı Olmanın Faydaları</t>
+          <t>Onu Kendine Aşık Et</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055514921</t>
+          <t>9786054726073</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Cazibe Akademisi</t>
+          <t>Melekler ve Dünyanın Kurtuluşu</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
+          <t>9786054726448</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Mucizeleri Çağırmak</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786054726196</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Saksı Olmanın Faydaları</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786055514921</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Cazibe Akademisi</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
           <t>9786054726301</t>
         </is>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Aşk Kartları</t>
         </is>
       </c>
-      <c r="C75" s="1">
+      <c r="C78" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>