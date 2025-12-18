--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -85,280 +85,250 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786058062023</t>
+          <t>9786056875298</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Mentor Matematik Soru Bankası</t>
+          <t>8. Sınıf Mentor Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056875298</t>
+          <t>9786058062030</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Mentor Türkçe Soru Bankası</t>
+          <t>8. Sınıf Mentor Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058062030</t>
+          <t>9786058062009</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Mentor Fen Bilimleri Soru Bankası</t>
+          <t>8. Sınıf Mentor T.C. İnkilap Tarihi ve Atatürkçülük Soru Bankası</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058062009</t>
+          <t>9786057045201</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Mentor T.C. İnkilap Tarihi ve Atatürkçülük Soru Bankası</t>
+          <t>Tyt  Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>399</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057045201</t>
+          <t>9786257648622</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tyt  Türkçe Soru Bankası</t>
+          <t>TYT Sosyal Bilimler Son 15 Yıl Konularına Göre Çıkmış Sorular Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>399</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257648622</t>
+          <t>9786057056856</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>TYT Sosyal Bilimler Son 15 Yıl Konularına Göre Çıkmış Sorular Soru Bankası</t>
+          <t>8. Sınıf 300 Soruda Türkçe</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056875250</t>
+          <t>9786057056863</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>8.Sınıf %100 Paragraf Konu Özetli Soru Bankası</t>
+          <t>8. Sınıf 300 Soruda Matematik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>349</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057056856</t>
+          <t>9786057056870</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 300 Soruda Türkçe</t>
+          <t>8. Sınıf 300 Soruda Fen Bilimleri</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057056863</t>
+          <t>9786057056887</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 300 Soruda Matematik</t>
+          <t>8. Sınıf 200 Soruda T. C. İnkılap Tarihi ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057056870</t>
+          <t>9786257648677</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 300 Soruda Fen Bilimleri</t>
+          <t>YKS AYT Matematik Son 15 Yıl Konularına Göre Çıkmış Sorular Soru Bankası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057056887</t>
+          <t>9786257648684</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 200 Soruda T. C. İnkılap Tarihi ve Atatürkçülük</t>
+          <t>YKS AYT Fen Bilimleri Son 15 Yıl Konularına Göre Çıkmış Sorular Soru Bankası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>50</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257648677</t>
+          <t>9786057056801</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>YKS AYT Matematik Son 15 Yıl Konularına Göre Çıkmış Sorular Soru Bankası</t>
+          <t>%100 ÖSYM Soru Tipleriyle Problemler Konu Özetli Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>46</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257648684</t>
+          <t>9786057045218</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>YKS AYT Fen Bilimleri Son 15 Yıl Konularına Göre Çıkmış Sorular Soru Bankası</t>
+          <t>ÖSYM Soru Tipleriyle Edebiyat</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>68</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057056801</t>
+          <t>9786057045225</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>%100 ÖSYM Soru Tipleriyle Problemler Konu Özetli Soru Bankası</t>
+          <t>ÖSYM Soru Tipleriyle Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
-[...29 lines deleted...]
-        <v>549</v>
+        <v>590</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>