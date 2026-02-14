--- v1 (2025-12-18)
+++ v2 (2026-02-14)
@@ -85,250 +85,70 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056875298</t>
+          <t>9786057045201</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Mentor Türkçe Soru Bankası</t>
+          <t>Tyt  Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>499</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786058062030</t>
+          <t>9786057045225</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Mentor Fen Bilimleri Soru Bankası</t>
+          <t>ÖSYM Soru Tipleriyle Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
-[...178 lines deleted...]
-      <c r="C15" s="1">
         <v>590</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>