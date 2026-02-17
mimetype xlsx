--- v0 (2026-01-01)
+++ v1 (2026-02-17)
@@ -85,385 +85,685 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258382143</t>
+          <t>2018269182694</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan ve Roma’da Mitler - Efsaneler</t>
+          <t>Kurgu Edebiyat Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258382136</t>
+          <t>2018268182688</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Rönesans</t>
+          <t>Kişisel Gelişim Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>900</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258382532</t>
+          <t>9786057406095</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Siyah Orkideler</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258382495</t>
+          <t>9786057406088</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>O Halde Ne Yapmalıyız?</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058110434</t>
+          <t>9786057406071</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>1800'ler İngiltere'sinde Kedi</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050688030</t>
+          <t>9786057406064</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Seyir</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050688061</t>
+          <t>9786057364999</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Faustina</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057406057</t>
+          <t>9786057364982</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050688078</t>
+          <t>9786057364975</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Seçenekler</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050688054</t>
+          <t>9786057364968</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgeliği</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058110496</t>
+          <t>9786057364951</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Devrimsel İlişki Rehberi</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>290</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050688009</t>
+          <t>9786057364944</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Hali</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>290</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050688047</t>
+          <t>9786057364937</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bir Kalp Öldürür Mü?</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050688023</t>
+          <t>9786057364920</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Parasal Özgürlük</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050688016</t>
+          <t>9786057364913</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeylerin Gücü</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058110458</t>
+          <t>9786057364906</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dünyevi Bilgelik Sanatı</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058110441</t>
+          <t>9786057135131</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yükselmek İsteyen Adam</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>560</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058110489</t>
+          <t>9786057135124</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Tutkusu</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058110472</t>
+          <t>9786057135117</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Raif Efendi Hikayeler Arasında</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058110403</t>
+          <t>9786057135100</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çit</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>290</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058110427</t>
+          <t>9786258382143</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Pusudaki Kız</t>
+          <t>Eski Yunan ve Roma’da Mitler - Efsaneler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058110410</t>
+          <t>9786258382136</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kimseye Güvenme</t>
+          <t>Rönesans</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
+          <t>9786258382532</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Orkideler</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786258382495</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>O Halde Ne Yapmalıyız?</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786058110434</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>1800'ler İngiltere'sinde Kedi</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786050688030</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Seyir</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786050688061</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Faustina</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786057406057</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Olmak</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786050688078</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Seçenekler</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786050688054</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Bilgeliği</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786058110496</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Devrimsel İlişki Rehberi</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786050688009</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlık Hali</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786050688047</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Bir Kalp Öldürür Mü?</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786050688023</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Parasal Özgürlük</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786050688016</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Şeylerin Gücü</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786058110458</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Dünyevi Bilgelik Sanatı</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786058110441</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Yükselmek İsteyen Adam</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786058110489</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmellik Tutkusu</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786058110472</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Raif Efendi Hikayeler Arasında</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786058110403</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Çit</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786058110427</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Pusudaki Kız</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786058110410</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Kimseye Güvenme</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
           <t>9786058110465</t>
         </is>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Yap Gitsin Şu İşi!</t>
         </is>
       </c>
-      <c r="C24" s="1">
+      <c r="C44" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>