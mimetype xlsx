--- v0 (2025-11-02)
+++ v1 (2026-02-14)
@@ -229,111 +229,111 @@
         <is>
           <t>9786052245040</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Türk Ordusu ve Fırat Kalkanı Harekatı</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786256592209</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Hakan Çalhanoğlu - Ahşap Biblo ve Poster Hediyeli!</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786256592094</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Gerçek On Numara Mesut Özil - Biblo Poster Hediyeli</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786256951969</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Süper Yetenek Arda</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786256592247</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Kenan Yıldız</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786256592261</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Leroy Sane</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786256951976</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Alperen Şengün</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786256592254</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
@@ -349,306 +349,306 @@
         <is>
           <t>4440000000571</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>İrade Terbiyesi Set 3 Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786256592117</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Alvaro Morata</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786256592155</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Lamine Yamal</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786256592230</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Talisca</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786052245118</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>İrade Terbiyesi 2</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786256592186</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Rafa Sılva</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786256592148</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Fırtına Ferdi - Biblo Poster Hediyeli</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786256592001</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>"BTS: Bir Duygu Deneyimi”</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786058190993</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>İrade Terbiyesi 3</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786256592179</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Youssef En-Nesyri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786256592193</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Ciro Immobile</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786052245088</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786256592216</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Victor Osimhen - Biblo ve Poster Hediyeli!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786256592162</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Manifest Günlüğü</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786256951907</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Manifest Et</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786256592131</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Icardi - Biblo Poster Hediyeli</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786256592124</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Keskin Nişancı Sebastian Szymanski - Biblo Poster Hediyeli</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786256592087</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Sihirbaz Kerem - Biblo Poster Hediyeli</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786256592100</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Büyücü Ronaldinho - Biblo Poster Hediyeli</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786256951952</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Epictetus ile Kaygısız Yaşa</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786256951938</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
@@ -664,111 +664,111 @@
         <is>
           <t>9786256951945</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Roblox’la Yapılacak 101 Havalı Şey</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786256592070</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Galatasaray Yüzyılı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786256592063</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Karpatların Maradonası Hagİ</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786256592056</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Potanın Kralları Serisi Lebron James</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786256951990</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Kaptan Alex De Souza</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786256951983</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Asist Kralı Tadic</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>149</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786256951921</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Uzun Yaşama Diyeti</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786256951914</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>