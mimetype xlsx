--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,6025 +85,6145 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259260938</t>
+          <t>9786258716108</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın İnşasında Ritüel ve Din</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>863</v>
+        <v>539</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259260921</t>
+          <t>9786258716092</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlik</t>
+          <t>Savaşan İnsanların Tuhaf Bilimi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>355</v>
+        <v>445</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259260914</t>
+          <t>9786258242744</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Vaat Edilmiş Topraklar</t>
+          <t>Tarih Felsefesi Üzerine Heretik Denemeler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>785</v>
+        <v>269</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258242584</t>
+          <t>9786259260969</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Korkunun Gölgesi</t>
+          <t>Nasıl Gözlemlemeli? - Töreleri ve Âdetleri İnceleme Sanatı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>233</v>
+        <v>263</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256584686</t>
+          <t>9786259260976</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çekirgelerin Saltanatı</t>
+          <t>Kültürün İcadı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>637</v>
+        <v>345</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256584129</t>
+          <t>9786258716078</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Liberalizm, Topluluk, Kültür</t>
+          <t>Acaip Garaipler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>453</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256584976</t>
+          <t>9786259260990</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beden Formülasyonları</t>
+          <t>Kedili Ajanda</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>359</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256584730</t>
+          <t>9786259260945</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yol Göstermek - Toplu Yazılar</t>
+          <t>Memlük Sultanlığı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>279</v>
+        <v>719</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256584990</t>
+          <t>9786259260938</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Felsefeyle İyileştirmek</t>
+          <t>İnsanlığın İnşasında Ritüel ve Din</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>367</v>
+        <v>863</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256584983</t>
+          <t>9786259260921</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kuarklardan Kültüre – Nasıl Var Olduk, Bugüne Nasıl Geldik?</t>
+          <t>Belirsizlik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>397</v>
+        <v>355</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256584570</t>
+          <t>9786259260914</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Modern Ruhu Kurtarmak</t>
+          <t>Vaat Edilmiş Topraklar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>429</v>
+        <v>785</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056924507</t>
+          <t>9786258242584</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Teodise İmanla Aklın Uygunluğu Üzerine Konuşma</t>
+          <t>Osmanlı’da Korkunun Gölgesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>215</v>
+        <v>233</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258411638</t>
+          <t>9786256584686</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Caliban ve Cadı –Kadınlar, Beden, İlksel Birikim–</t>
+          <t>Çekirgelerin Saltanatı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>568</v>
+        <v>637</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256584969</t>
+          <t>9786256584129</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Askeri Darbelerin Stratejik Mantığı</t>
+          <t>Liberalizm, Topluluk, Kültür</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>619</v>
+        <v>453</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256584945</t>
+          <t>9786256584976</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Su Kan ve Akıl</t>
+          <t>Beden Formülasyonları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>199</v>
+        <v>359</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256584952</t>
+          <t>9786256584730</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Seküler Türkiye’de Ruh Çağırma</t>
+          <t>Yol Göstermek - Toplu Yazılar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>321</v>
+        <v>279</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256584907</t>
+          <t>9786256584990</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Komplolar ve Komplo Teorileri –Bu İşin İçinde Bir İş Var–</t>
+          <t>Hayatı Felsefeyle İyileştirmek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>657</v>
+        <v>367</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256584938</t>
+          <t>9786256584983</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Unsurları</t>
+          <t>Kuarklardan Kültüre – Nasıl Var Olduk, Bugüne Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>332</v>
+        <v>397</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256584921</t>
+          <t>9786256584570</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Fahişeliğin Tarihi - Antikçağda ve Ortaçağda</t>
+          <t>Modern Ruhu Kurtarmak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>207</v>
+        <v>429</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256584914</t>
+          <t>9786056924507</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Bizimdir –Osmanlı’dan Cumhuriyet’e Çukurova’nın Çevre Tarihi–</t>
+          <t>Teodise İmanla Aklın Uygunluğu Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>524</v>
+        <v>215</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256584815</t>
+          <t>9786258411638</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İkonik Tablolar</t>
+          <t>Caliban ve Cadı –Kadınlar, Beden, İlksel Birikim–</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1226</v>
+        <v>568</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256584891</t>
+          <t>9786256584969</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Pieter Bruegel</t>
+          <t>Askeri Darbelerin Stratejik Mantığı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>152</v>
+        <v>619</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256584884</t>
+          <t>9786256584945</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Giorgio Vasari</t>
+          <t>Su Kan ve Akıl</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>121</v>
+        <v>199</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256584877</t>
+          <t>9786256584952</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Titian</t>
+          <t>Seküler Türkiye’de Ruh Çağırma</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>134</v>
+        <v>321</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256584860</t>
+          <t>9786256584907</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo</t>
+          <t>Komplolar ve Komplo Teorileri –Bu İşin İçinde Bir İş Var–</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>170</v>
+        <v>657</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256584853</t>
+          <t>9786256584938</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sandro Botticelli</t>
+          <t>Hukukun Unsurları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>165</v>
+        <v>332</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256584846</t>
+          <t>9786256584921</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci</t>
+          <t>Fahişeliğin Tarihi - Antikçağda ve Ortaçağda</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>169</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256584839</t>
+          <t>9786256584914</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Venedik’te Aziz Jerome: Giovanni Bellini ve Yalnız Yaşam Rüyası</t>
+          <t>Dağlar Bizimdir –Osmanlı’dan Cumhuriyet’e Çukurova’nın Çevre Tarihi–</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>524</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256584822</t>
+          <t>9786256584815</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Jan Van Eyck</t>
+          <t>İkonik Tablolar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>165</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256584808</t>
+          <t>9786256584891</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Maymunlaştırmak - Nöromani, Darwin Humması ve Bilimciliğin Sefaleti</t>
+          <t>Pieter Bruegel</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>703</v>
+        <v>152</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256584792</t>
+          <t>9786256584884</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamları Nasıl Düşünür? –Uluslararası Politikanın Psikolojisi–</t>
+          <t>Giorgio Vasari</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>537</v>
+        <v>121</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256584778</t>
+          <t>9786256584877</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Cehennemi - Kapital’in Siyaset Teorisi</t>
+          <t>Titian</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>594</v>
+        <v>134</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256584785</t>
+          <t>9786256584860</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Medya, İdeoloji ve Hegemonya</t>
+          <t>Michelangelo</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>766</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256584648</t>
+          <t>9786256584853</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Politika, Felsefe, Kültür</t>
+          <t>Sandro Botticelli</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>485</v>
+        <v>165</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256584761</t>
+          <t>9786256584846</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Avare Kadınlar –19. Yüzyıl Aile Krizi ve Kadın Yoksulluğu–</t>
+          <t>Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>373</v>
+        <v>169</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256584402</t>
+          <t>9786256584839</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Parmenides’ten Levinas’a Metafizik</t>
+          <t>Venedik’te Aziz Jerome: Giovanni Bellini ve Yalnız Yaşam Rüyası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>571</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256584082</t>
+          <t>9786256584822</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Vahşetin Yükselişi – Şiddetin Tarihsel Sosyolojisi–</t>
+          <t>Jan Van Eyck</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>810</v>
+        <v>165</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258242942</t>
+          <t>9786256584808</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Mimarlık</t>
+          <t>İnsanı Maymunlaştırmak - Nöromani, Darwin Humması ve Bilimciliğin Sefaleti</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>411</v>
+        <v>703</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258411966</t>
+          <t>9786256584792</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Rüya, İnşa, İtiraz</t>
+          <t>Devlet Adamları Nasıl Düşünür? –Uluslararası Politikanın Psikolojisi–</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>673</v>
+        <v>537</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258411539</t>
+          <t>9786256584778</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İçin Tanrı</t>
+          <t>Marx’ın Cehennemi - Kapital’in Siyaset Teorisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>308</v>
+        <v>594</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058068858</t>
+          <t>9786256584785</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hegel Üzerine</t>
+          <t>Medya, İdeoloji ve Hegemonya</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>348</v>
+        <v>766</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257307284</t>
+          <t>9786256584648</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Deliler Balosu</t>
+          <t>Politika, Felsefe, Kültür</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>281</v>
+        <v>485</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257307536</t>
+          <t>9786256584761</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anlamı</t>
+          <t>Osmanlı’da Avare Kadınlar –19. Yüzyıl Aile Krizi ve Kadın Yoksulluğu–</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>187</v>
+        <v>373</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257307598</t>
+          <t>9786256584402</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Stoacılık</t>
+          <t>Parmenides’ten Levinas’a Metafizik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>159</v>
+        <v>571</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056995514</t>
+          <t>9786256584082</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Estetik Eğitimi Üzerine</t>
+          <t>Örgütlü Vahşetin Yükselişi – Şiddetin Tarihsel Sosyolojisi–</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>307</v>
+        <v>810</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257307147</t>
+          <t>9786258242942</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kıta Felsefesi</t>
+          <t>Sinema ve Mimarlık</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>402</v>
+        <v>411</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056934049</t>
+          <t>9786258411966</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesine Giriş</t>
+          <t>Rüya, İnşa, İtiraz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>421</v>
+        <v>673</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256584693</t>
+          <t>9786258411539</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Direnen İmparatorluk –Büyük Savaş’ın Sonu, Osmanlı’nın Uzun Ömrü ve Tesadüfi Uluslar–</t>
+          <t>21. Yüzyıl İçin Tanrı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>415</v>
+        <v>308</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256584747</t>
+          <t>9786058068858</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitikanın Ötesi - Dünya Siyasetinde Teori, Şiddet ve Dehşet</t>
+          <t>Hegel Üzerine</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>378</v>
+        <v>348</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256584662</t>
+          <t>9786257307284</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Görünüşleri Kurtarmak</t>
+          <t>Deliler Balosu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>204</v>
+        <v>281</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256584679</t>
+          <t>9786257307536</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fikirlerin Uzun Vadeli Tarihi</t>
+          <t>Yaşamın Anlamı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>434</v>
+        <v>187</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256584723</t>
+          <t>9786257307598</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Mimarlık</t>
+          <t>Stoacılık</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>341</v>
+        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256584631</t>
+          <t>9786056995514</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Anarşi - Bir Siyasi ve Toplumsal Eleştiri Denemesi</t>
+          <t>İnsanın Estetik Eğitimi Üzerine</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>779</v>
+        <v>307</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256584655</t>
+          <t>9786257307147</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>At, Tekerlek ve Dil</t>
+          <t>Çağdaş Kıta Felsefesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>780</v>
+        <v>402</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256584709</t>
+          <t>9786056934049</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Delilik</t>
+          <t>Eğitim Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>488</v>
+        <v>421</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256584556</t>
+          <t>9786256584693</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri ve Mimarlık</t>
+          <t>Direnen İmparatorluk –Büyük Savaş’ın Sonu, Osmanlı’nın Uzun Ömrü ve Tesadüfi Uluslar–</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>335</v>
+        <v>415</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256584716</t>
+          <t>9786256584747</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Zihin - Temel Bir Teori Arayışı</t>
+          <t>Biyopolitikanın Ötesi - Dünya Siyasetinde Teori, Şiddet ve Dehşet</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>681</v>
+        <v>378</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256584617</t>
+          <t>9786256584662</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Askerî Devrimlerin Dinamikleri</t>
+          <t>Görünüşleri Kurtarmak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>398</v>
+        <v>204</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256584624</t>
+          <t>9786256584679</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kartezyen Dilbilim - Akılcı Düşüncenin Tarihinde Bir Sayfa</t>
+          <t>Fikirlerin Uzun Vadeli Tarihi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>229</v>
+        <v>434</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256584464</t>
+          <t>9786256584723</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Fuhuş</t>
+          <t>Edebiyat ve Mimarlık</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>465</v>
+        <v>341</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256584587</t>
+          <t>9786256584631</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Aşk</t>
+          <t>Kültür ve Anarşi - Bir Siyasi ve Toplumsal Eleştiri Denemesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>411</v>
+        <v>779</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256584471</t>
+          <t>9786256584655</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Gayrisünni Müslümanlar</t>
+          <t>At, Tekerlek ve Dil</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>485</v>
+        <v>780</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256584600</t>
+          <t>9786256584709</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kadınlıklar, Erkeklikler, Cinsellikler – Freud ve Ötesi–</t>
+          <t>Osmanlı'da Delilik</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>229</v>
+        <v>488</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256584358</t>
+          <t>9786256584556</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Kavramı ve Hukukun Geçerliliği</t>
+          <t>Eleştiri ve Mimarlık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>263</v>
+        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256584594</t>
+          <t>9786256584716</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İnsan Toplumlarında Simgesel Eylem</t>
+          <t>Bilinçli Zihin - Temel Bir Teori Arayışı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>403</v>
+        <v>681</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256584563</t>
+          <t>9786256584617</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mizahın Kültürel Tarihi - Antik Çağdan Günümüze</t>
+          <t>Askerî Devrimlerin Dinamikleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>429</v>
+        <v>398</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256584495</t>
+          <t>9786256584624</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Evrimi</t>
+          <t>Kartezyen Dilbilim - Akılcı Düşüncenin Tarihinde Bir Sayfa</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>777</v>
+        <v>229</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256584525</t>
+          <t>9786256584464</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dünyasının Döngüleri - Tarihin Çarkları Arasında Uygarlıklar</t>
+          <t>Osmanlı’da Fuhuş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>588</v>
+        <v>465</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256584228</t>
+          <t>9786256584587</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mafya, Eroin, Devlet - Türkiye’nin Alacakaranlığı</t>
+          <t>Osmanlı’da Aşk</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>590</v>
+        <v>411</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256584549</t>
+          <t>9786256584471</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Varolma Biçimleri –Bitki, Hayvan, İnsan ve Makine Zekası</t>
+          <t>Osmanlı’da Gayrisünni Müslümanlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>534</v>
+        <v>485</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256584457</t>
+          <t>9786256584600</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Tarihi Serüveni - Erken Modern Dünyada Bilimsel Ağlar</t>
+          <t>Kadınlıklar, Erkeklikler, Cinsellikler – Freud ve Ötesi–</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>710</v>
+        <v>229</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256584259</t>
+          <t>9786256584358</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Toplumsal Hareketler</t>
+          <t>Hukuk Kavramı ve Hukukun Geçerliliği</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>263</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256584518</t>
+          <t>9786256584594</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen</t>
+          <t>İnsan Toplumlarında Simgesel Eylem</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>478</v>
+        <v>403</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256584488</t>
+          <t>9786256584563</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Postkapitalist Manifesto</t>
+          <t>Mizahın Kültürel Tarihi - Antik Çağdan Günümüze</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>247</v>
+        <v>429</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256584501</t>
+          <t>9786256584495</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sahtekarlıklar, Mitler ve Gizemler</t>
+          <t>Tanrı’nın Evrimi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>657</v>
+        <v>825</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256584532</t>
+          <t>9786256584525</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sahnedeki Siyaset – Siyasal Düşüncenin Estetik İmgeleri</t>
+          <t>İnsan Dünyasının Döngüleri - Tarihin Çarkları Arasında Uygarlıklar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>378</v>
+        <v>588</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256584396</t>
+          <t>9786256584228</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küfrün Kısa Tarihi - Tanrı’ya Karşı İşlenen Suçlar</t>
+          <t>Mafya, Eroin, Devlet - Türkiye’nin Alacakaranlığı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>346</v>
+        <v>590</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256584389</t>
+          <t>9786256584549</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Allah Uğruna Savaş - Avrupa’nın Sosyoekonomik Evriminde Osmanlı’nın Rolü</t>
+          <t>Varolma Biçimleri –Bitki, Hayvan, İnsan ve Makine Zekası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>364</v>
+        <v>534</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256584334</t>
+          <t>9786256584457</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Mimarlık</t>
+          <t>Bilginin Tarihi Serüveni - Erken Modern Dünyada Bilimsel Ağlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>393</v>
+        <v>710</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256584143</t>
+          <t>9786256584259</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Bıyıklı Tarihi</t>
+          <t>Demokrasi ve Toplumsal Hareketler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>421</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256584099</t>
+          <t>9786256584518</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Fenomen</t>
+          <t>Her Şeye Rağmen</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>215</v>
+        <v>478</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258242546</t>
+          <t>9786256584488</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Duygular Tarihi</t>
+          <t>Postkapitalist Manifesto</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>411</v>
+        <v>247</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258411836</t>
+          <t>9786256584501</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tanrı, Özgürlük ve Kötülük</t>
+          <t>Sahtekarlıklar, Mitler ve Gizemler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>251</v>
+        <v>657</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256584440</t>
+          <t>9786256584532</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çizginin Yolculuğu</t>
+          <t>Sahnedeki Siyaset – Siyasal Düşüncenin Estetik İmgeleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>2730</v>
+        <v>378</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256584365</t>
+          <t>9786256584396</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Uluslararası İlişkiler -Hegemonya Stratejileri ve Bölgesel Düzen</t>
+          <t>Küfrün Kısa Tarihi - Tanrı’ya Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>439</v>
+        <v>346</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256584341</t>
+          <t>9786256584389</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Ruh Çağırma 1850’lerden 1910’lara Osmanlı İmparatorluğu’nda Manyetizmacılık ve İspiritizmacılık</t>
+          <t>Allah Uğruna Savaş - Avrupa’nın Sosyoekonomik Evriminde Osmanlı’nın Rolü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>307</v>
+        <v>364</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256584327</t>
+          <t>9786256584334</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Başarısızlıkları Bir Yükselişin ve Çöküşün Anatomisi</t>
+          <t>Sanat ve Mimarlık</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>439</v>
+        <v>393</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256584068</t>
+          <t>9786256584143</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Dilenciler</t>
+          <t>Türk’ün Bıyıklı Tarihi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>355</v>
+        <v>421</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258242782</t>
+          <t>9786256584099</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Maskesi Düşürülen Marksizm -Yanılsamadan Yıkıma</t>
+          <t>Ses ve Fenomen</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>234</v>
+        <v>215</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258242775</t>
+          <t>9786258242546</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Euthyphron / Dindarlık Üzerine</t>
+          <t>Duygular Tarihi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>215</v>
+        <v>411</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257307246</t>
+          <t>9786258411836</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Romantikler</t>
+          <t>Tanrı, Özgürlük ve Kötülük</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>256</v>
+        <v>251</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056995590</t>
+          <t>9786256584440</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Barış Üzerine Felsefi Bir Tasarı</t>
+          <t>Çizginin Yolculuğu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>159</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056934094</t>
+          <t>9786256584365</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Ortadoğu’da Uluslararası İlişkiler -Hegemonya Stratejileri ve Bölgesel Düzen</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>378</v>
+        <v>439</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256584426</t>
+          <t>9786256584341</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Var mı? - Bir Arayışın Tarihi</t>
+          <t>Osmanlı’da Ruh Çağırma 1850’lerden 1910’lara Osmanlı İmparatorluğu’nda Manyetizmacılık ve İspiritizmacılık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>504</v>
+        <v>307</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256584433</t>
+          <t>9786256584327</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bilimin Siyaseti –19. Yüzyılda Bilimi, Devleti ve Toplumu Tartışmak</t>
+          <t>Felsefenin Başarısızlıkları Bir Yükselişin ve Çöküşün Anatomisi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>419</v>
+        <v>439</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256584419</t>
+          <t>9786256584068</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Mimarlık</t>
+          <t>Osmanlı’dan Cumhuriyet’e Dilenciler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>458</v>
+        <v>355</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257307383</t>
+          <t>9786258242782</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Makinedeki Hayalet</t>
+          <t>Maskesi Düşürülen Marksizm -Yanılsamadan Yıkıma</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254442056</t>
+          <t>9786258242775</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Felsefesi</t>
+          <t>Euthyphron / Dindarlık Üzerine</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>563</v>
+        <v>215</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257307444</t>
+          <t>9786257307246</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ethica - Etik Üzerine Dersler</t>
+          <t>Romantikler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>421</v>
+        <v>256</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256584372</t>
+          <t>9786056995590</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Beş Keşifte Evrimin Öyküsü - Kanıtlar, Kâşifler, Doğrular ve Yanlışlar</t>
+          <t>Ebedi Barış Üzerine Felsefi Bir Tasarı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>551</v>
+        <v>159</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256584242</t>
+          <t>9786056934094</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kazandıran Hamleler, Kaybettiren Hatalar: Gündelik Hayatta Oyun Teorisi</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>308</v>
+        <v>378</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256584204</t>
+          <t>9786256584426</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sartre Yarım Kalan Hikaye</t>
+          <t>Tanrı Var mı? - Bir Arayışın Tarihi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>468</v>
+        <v>504</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256584297</t>
+          <t>9786256584433</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Antropolojisi – Felsefi Bir Soruşturma</t>
+          <t>Osmanlı’da Bilimin Siyaseti –19. Yüzyılda Bilimi, Devleti ve Toplumu Tartışmak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>355</v>
+        <v>419</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256584150</t>
+          <t>9786256584419</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Batı ile Karşılaşması –18. yüzyılda Fransa ve Osmanlı İmparatorluğu–</t>
+          <t>Çocuk ve Mimarlık</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>317</v>
+        <v>458</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258242997</t>
+          <t>9786257307383</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Devletler ve Toplumsal Devrimler</t>
+          <t>Makinedeki Hayalet</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>702</v>
+        <v>234</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258242515</t>
+          <t>9786254442056</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zaman Felsefesi Seti (3 Buklet Kitap)</t>
+          <t>Tasarım Felsefesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>335</v>
+        <v>563</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258242102</t>
+          <t>9786257307444</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Para ile İmtihanı –XVI. – XVII. Yüzyıllarda Osmanlı İmparatorluğu’nun Para Krizi–</t>
+          <t>Ethica - Etik Üzerine Dersler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>270</v>
+        <v>421</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257307772</t>
+          <t>9786256584372</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>John Locke Kimdir?</t>
+          <t>Yirmi Beş Keşifte Evrimin Öyküsü - Kanıtlar, Kâşifler, Doğrular ve Yanlışlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>159</v>
+        <v>551</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056934056</t>
+          <t>9786256584242</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler</t>
+          <t>Kazandıran Hamleler, Kaybettiren Hatalar: Gündelik Hayatta Oyun Teorisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>177</v>
+        <v>308</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056995569</t>
+          <t>9786256584204</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Platon - Bilgi Ruh ve Devlet</t>
+          <t>Sartre Yarım Kalan Hikaye</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>187</v>
+        <v>468</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256584235</t>
+          <t>9786256584297</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kısa Tarihi –Antikiteden Günümüze Küresel Tarihyazımı–</t>
+          <t>Geleceğin Antropolojisi – Felsefi Bir Soruşturma</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>533</v>
+        <v>355</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256584273</t>
+          <t>9786256584150</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Diğer Zihinler –İnsanlığın Ezeli Sorusuna Yanıt–</t>
+          <t>Doğu’nun Batı ile Karşılaşması –18. yüzyılda Fransa ve Osmanlı İmparatorluğu–</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>475</v>
+        <v>317</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256584310</t>
+          <t>9786258242997</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Devletler ve Toplumsal Devrimler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>430</v>
+        <v>702</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256584303</t>
+          <t>9786258242515</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Hayaletleri -Çağdaş Düşünürlerle Söyleşiler</t>
+          <t>Zaman Felsefesi Seti (3 Buklet Kitap)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>346</v>
+        <v>335</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256584075</t>
+          <t>9786258242102</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Varisi Mustafa Kemal Atatürk</t>
+          <t>Osmanlı’nın Para ile İmtihanı –XVI. – XVII. Yüzyıllarda Osmanlı İmparatorluğu’nun Para Krizi–</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>317</v>
+        <v>270</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256584006</t>
+          <t>9786257307772</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Üç Harflileri</t>
+          <t>John Locke Kimdir?</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256584037</t>
+          <t>9786056934056</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Düşüşü</t>
+          <t>Düşünceler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>468</v>
+        <v>177</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258242935</t>
+          <t>9786056995569</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Hapishaneler</t>
+          <t>Platon - Bilgi Ruh ve Devlet</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>402</v>
+        <v>187</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258242805</t>
+          <t>9786256584235</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Düşünmek için Verimli Arızalar</t>
+          <t>Tarihin Kısa Tarihi –Antikiteden Günümüze Küresel Tarihyazımı–</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>524</v>
+        <v>533</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258242959</t>
+          <t>9786256584273</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki’nin Fikri Doğuşu</t>
+          <t>Tanrı ve Diğer Zihinler –İnsanlığın Ezeli Sorusuna Yanıt–</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>328</v>
+        <v>475</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256584013</t>
+          <t>9786256584310</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıktan Önce Savaşlar –Barışçıl Vahşi Miti–</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>477</v>
+        <v>430</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258242591</t>
+          <t>9786256584303</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tembelliğin İcadı</t>
+          <t>Adaletin Hayaletleri -Çağdaş Düşünürlerle Söyleşiler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>495</v>
+        <v>346</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256584020</t>
+          <t>9786256584075</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Suçlular Nasıl Düşünür?</t>
+          <t>İmparatorluk Varisi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>580</v>
+        <v>317</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258242973</t>
+          <t>9786256584006</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Celladı</t>
+          <t>Osmanlı’nın Üç Harflileri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>738</v>
+        <v>159</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258242980</t>
+          <t>9786256584037</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kapitalizmin Ruhu</t>
+          <t>Sultanın Düşüşü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>355</v>
+        <v>468</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258242928</t>
+          <t>9786258242935</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Burjuvazinin Yükselişi - İmparatorluğun Çöküşü</t>
+          <t>Osmanlı’da Hapishaneler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>477</v>
+        <v>402</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258242690</t>
+          <t>9786258242805</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Beylikten İmparatorluğa Osmanlı 1326-1699</t>
+          <t>Mimarlık Düşünmek için Verimli Arızalar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>196</v>
+        <v>524</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258242898</t>
+          <t>9786258242959</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Anneni ve Babanı Terk Edeceksin</t>
+          <t>İttihat ve Terakki’nin Fikri Doğuşu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>177</v>
+        <v>328</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258242867</t>
+          <t>9786256584013</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Analizi</t>
+          <t>Uygarlıktan Önce Savaşlar –Barışçıl Vahşi Miti–</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>393</v>
+        <v>477</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258242904</t>
+          <t>9786258242591</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Üzerine Diyalog</t>
+          <t>Tembelliğin İcadı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>224</v>
+        <v>495</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258242881</t>
+          <t>9786256584020</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hareketler</t>
+          <t>Suçlular Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>421</v>
+        <v>580</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258242911</t>
+          <t>9786258242973</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Din</t>
+          <t>Hitler’in Celladı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>477</v>
+        <v>738</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258242836</t>
+          <t>9786258242980</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşmenin Diyalektiği -Hegel, Freud, Fanon-</t>
+          <t>Dijital Kapitalizmin Ruhu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>458</v>
+        <v>355</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256584198</t>
+          <t>9786258242928</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ölüm</t>
+          <t>Burjuvazinin Yükselişi - İmparatorluğun Çöküşü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>355</v>
+        <v>477</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256584266</t>
+          <t>9786258242690</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri'nden Günümüze Şiddet ve Eşitsizliğin Tarihi</t>
+          <t>Beylikten İmparatorluğa Osmanlı 1326-1699</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>861</v>
+        <v>196</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256584105</t>
+          <t>9786258242898</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Epistemik Adaletsizlik - İktidar ve Bilmenin Etiği</t>
+          <t>Anneni ve Babanı Terk Edeceksin</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>393</v>
+        <v>177</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256584181</t>
+          <t>9786258242867</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Fark Etiği</t>
+          <t>Zihnin Analizi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>299</v>
+        <v>393</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256584167</t>
+          <t>9786258242904</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Farklılık Politikası</t>
+          <t>Yaratılış Üzerine Diyalog</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>533</v>
+        <v>224</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256584044</t>
+          <t>9786258242881</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Kaybetmek</t>
+          <t>Toplumsal Hareketler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>477</v>
+        <v>421</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256584174</t>
+          <t>9786258242911</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Etik Nedir?</t>
+          <t>Neoliberal Din</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>486</v>
+        <v>477</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256584136</t>
+          <t>9786258242836</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Öldüğünde: Kalıcı Lozan Barışı</t>
+          <t>Özgürleşmenin Diyalektiği -Hegel, Freud, Fanon-</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>608</v>
+        <v>458</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256584051</t>
+          <t>9786256584198</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Ahlak Buhranı –Birinci Dünya Savaşı’nda Toplum, Siyaset ve Toplumsal Cinsiyet–</t>
+          <t>Ölüm</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>421</v>
+        <v>355</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256584112</t>
+          <t>9786256584266</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kırmızıyı Görmek –Bilinç Üzerine Bir İnceleme–</t>
+          <t>Taş Devri'nden Günümüze Şiddet ve Eşitsizliğin Tarihi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>196</v>
+        <v>861</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258242812</t>
+          <t>9786256584105</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İşbirliğinin Evrimi</t>
+          <t>Epistemik Adaletsizlik - İktidar ve Bilmenin Etiği</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>337</v>
+        <v>393</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258242799</t>
+          <t>9786256584181</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Felsefesi –Güzellik Duyusu–</t>
+          <t>Cinsel Fark Etiği</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>308</v>
+        <v>299</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258242751</t>
+          <t>9786256584167</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Bilmecesi ve Bilimi</t>
+          <t>Adalet ve Farklılık Politikası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>261</v>
+        <v>533</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258242843</t>
+          <t>9786256584044</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Sevgisi Üzerine Düzensiz Düşünceler</t>
+          <t>İstanbul’u Kaybetmek</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>177</v>
+        <v>477</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258242850</t>
+          <t>9786256584174</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Şeyleşme - Bir Tanıyış Teorisi</t>
+          <t>Etik Nedir?</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>159</v>
+        <v>486</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258242577</t>
+          <t>9786256584136</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Söz Sizde Bay Brown - Bir Sosyal Demokrasi Manifestosu</t>
+          <t>Demokrasi Öldüğünde: Kalıcı Lozan Barışı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>384</v>
+        <v>608</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258242768</t>
+          <t>9786256584051</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Temel Problemleri</t>
+          <t>Osmanlı’da Ahlak Buhranı –Birinci Dünya Savaşı’nda Toplum, Siyaset ve Toplumsal Cinsiyet–</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>393</v>
+        <v>421</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258242737</t>
+          <t>9786256584112</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Foucault’dan Ranciere’e Gelecek Demokrasi</t>
+          <t>Kırmızıyı Görmek –Bilinç Üzerine Bir İnceleme–</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>328</v>
+        <v>196</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258242720</t>
+          <t>9786258242812</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Platon’dan Derrida’ya Felsefe ve Din</t>
+          <t>İşbirliğinin Evrimi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>393</v>
+        <v>337</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258411720</t>
+          <t>9786258242799</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Londra Kulesi</t>
+          <t>Güzelliğin Felsefesi –Güzellik Duyusu–</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>130</v>
+        <v>308</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258411737</t>
+          <t>9786258242751</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Koş Melos ve Diğer Öyküler</t>
+          <t>Cinsiyet Bilmecesi ve Bilimi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>205</v>
+        <v>261</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258411713</t>
+          <t>9786258242843</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kappa</t>
+          <t>Tanrı Sevgisi Üzerine Düzensiz Düşünceler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>130</v>
+        <v>177</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258242553</t>
+          <t>9786258242850</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyanın Başlangıcı –Fransız Devrimi’nin Yeni Tarihi–</t>
+          <t>Şeyleşme - Bir Tanıyış Teorisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>898</v>
+        <v>159</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258242539</t>
+          <t>9786258242577</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Keşif Çağı</t>
+          <t>Söz Sizde Bay Brown - Bir Sosyal Demokrasi Manifestosu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>533</v>
+        <v>384</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258242676</t>
+          <t>9786258242768</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Faşizm Nasıl İşler?</t>
+          <t>Felsefenin Temel Problemleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>261</v>
+        <v>393</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258242188</t>
+          <t>9786258242737</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Enneadlar - Birinci ve Beşinci Dokuzluklar</t>
+          <t>Foucault’dan Ranciere’e Gelecek Demokrasi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>515</v>
+        <v>328</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258242416</t>
+          <t>9786258242720</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Devletin Müritleri</t>
+          <t>Platon’dan Derrida’ya Felsefe ve Din</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>580</v>
+        <v>393</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258242669</t>
+          <t>9786258411720</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Hukukbilim</t>
+          <t>Londra Kulesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>449</v>
+        <v>130</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258242560</t>
+          <t>9786258411737</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerin Ustaları</t>
+          <t>Koş Melos ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>281</v>
+        <v>205</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258242607</t>
+          <t>9786258411713</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dağ ve Filozof - Beden Varyasyonları</t>
+          <t>Kappa</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>254</v>
+        <v>130</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258242522</t>
+          <t>9786258242553</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Zihin -Descartes’tan Yapay Zekaya</t>
+          <t>Yeni Dünyanın Başlangıcı –Fransız Devrimi’nin Yeni Tarihi–</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>355</v>
+        <v>898</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258242287</t>
+          <t>9786258242539</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Vampirler ve Avcıları -Ölüyü Öldürmenin Kültürel Tarihi-</t>
+          <t>Osmanlı’nın Keşif Çağı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>411</v>
+        <v>533</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258242652</t>
+          <t>9786258242676</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Bilim Seti (4 Buklet Kitap)</t>
+          <t>Faşizm Nasıl İşler?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>413</v>
+        <v>261</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258242461</t>
+          <t>9786258242188</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sınıflar Birbirine Ne Borçludur?</t>
+          <t>Enneadlar - Birinci ve Beşinci Dokuzluklar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>177</v>
+        <v>515</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258242423</t>
+          <t>9786258242416</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kesişimsellik –Teori ve Pratikte Toplumsal Adalet Arayışı</t>
+          <t>Osmanlı'da Devletin Müritleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>477</v>
+        <v>580</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258242324</t>
+          <t>9786258242669</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Doğası - Felsefi Düşünmeye Giriş</t>
+          <t>Psikolojik Hukukbilim</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>346</v>
+        <v>449</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258242348</t>
+          <t>9786258242560</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yeni ve Eski Savaşlar - Küresel Çağda Örgütlü Şiddet</t>
+          <t>Uluslararası İlişkilerin Ustaları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>402</v>
+        <v>281</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258242379</t>
+          <t>9786258242607</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Söylem ve İktidar</t>
+          <t>Dağ ve Filozof - Beden Varyasyonları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>261</v>
+        <v>254</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258242386</t>
+          <t>9786258242522</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetlendirilmiş Bedenler – Judith Butler’ı Anlamak –</t>
+          <t>Zihin -Descartes’tan Yapay Zekaya</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>308</v>
+        <v>355</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258242355</t>
+          <t>9786258242287</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Bilgi Sosyolojisi</t>
+          <t>Vampirler ve Avcıları -Ölüyü Öldürmenin Kültürel Tarihi-</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>290</v>
+        <v>411</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258242331</t>
+          <t>9786258242652</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Krizleri –Otoriterleşmenin Kıyısında Çağdaş Siyasetin Ahvali–</t>
+          <t>Herkes İçin Bilim Seti (4 Buklet Kitap)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>317</v>
+        <v>413</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258242263</t>
+          <t>9786258242461</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sıçrama - Bizi Biz Yapan ve Mutlu Eden Şeylerin Yeni Evrimsel Bilimi</t>
+          <t>Toplumsal Sınıflar Birbirine Ne Borçludur?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>402</v>
+        <v>177</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258242256</t>
+          <t>9786258242423</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gece Çökerken - Osmanlı'da Gece Hayatı</t>
+          <t>Kesişimsellik –Teori ve Pratikte Toplumsal Adalet Arayışı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>571</v>
+        <v>477</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258242249</t>
+          <t>9786258242324</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kant - Entelektüel bir Biyografi</t>
+          <t>Felsefenin Doğası - Felsefi Düşünmeye Giriş</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>290</v>
+        <v>346</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258242232</t>
+          <t>9786258242348</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Doğa, Yasaları Çiğnediğinde - Tüylü Zanlılar</t>
+          <t>Yeni ve Eski Savaşlar - Küresel Çağda Örgütlü Şiddet</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>402</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258242218</t>
+          <t>9786258242379</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Agnes’in Ceketi</t>
+          <t>Söylem ve İktidar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>205</v>
+        <v>261</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258242195</t>
+          <t>9786258242386</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Failin Ontolojisi</t>
+          <t>Cinsiyetlendirilmiş Bedenler – Judith Butler’ı Anlamak –</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>196</v>
+        <v>308</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258242201</t>
+          <t>9786258242355</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İnsan Zihni Üzerine / Sağduyu İlkeleri Temelinde bir Araştırma</t>
+          <t>Bilim ve Bilgi Sosyolojisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>402</v>
+        <v>290</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258242034</t>
+          <t>9786258242331</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Saçmalığın Daniskası –Bilimi Zırvalıktan Nasıl Ayırırız</t>
+          <t>Demokrasinin Krizleri –Otoriterleşmenin Kıyısında Çağdaş Siyasetin Ahvali–</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>571</v>
+        <v>317</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258242164</t>
+          <t>9786258242263</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Periler - Tehlikeli Bir Tarih</t>
+          <t>Toplumsal Sıçrama - Bizi Biz Yapan ve Mutlu Eden Şeylerin Yeni Evrimsel Bilimi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>384</v>
+        <v>402</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258242171</t>
+          <t>9786258242256</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Mevleviliğin Kültürel Tarihi - Osmanlı İmparatorluğu'nda Şiir, Müzik ve Tasavvuf</t>
+          <t>Gece Çökerken - Osmanlı'da Gece Hayatı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>421</v>
+        <v>571</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258242126</t>
+          <t>9786258242249</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası - Güç Oyunu Olarak Bilgi</t>
+          <t>Kant - Entelektüel bir Biyografi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258242133</t>
+          <t>9786258242232</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Henri Bergson - Değişimin Felsefesi</t>
+          <t>Doğa, Yasaları Çiğnediğinde - Tüylü Zanlılar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>159</v>
+        <v>402</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258242157</t>
+          <t>9786258242218</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik ve Modernizm</t>
+          <t>Agnes’in Ceketi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>580</v>
+        <v>205</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258242089</t>
+          <t>9786258242195</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Derrida İstanbul'da - Sekülerizm, Öteki ve Sorumluluk</t>
+          <t>Failin Ontolojisi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>402</v>
+        <v>196</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258242041</t>
+          <t>9786258242201</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Evrenin Yeni Bilimi</t>
+          <t>İnsan Zihni Üzerine / Sağduyu İlkeleri Temelinde bir Araştırma</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>337</v>
+        <v>402</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258242003</t>
+          <t>9786258242034</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyetin Kısa Tarihi</t>
+          <t>Saçmalığın Daniskası –Bilimi Zırvalıktan Nasıl Ayırırız</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>337</v>
+        <v>571</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258242096</t>
+          <t>9786258242164</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Türkiye: Tarihe Muhalif Bir Geçmiş</t>
+          <t>Periler - Tehlikeli Bir Tarih</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>495</v>
+        <v>384</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258242119</t>
+          <t>9786258242171</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetin Ontolojisi</t>
+          <t>Osmanlıda Mevleviliğin Kültürel Tarihi - Osmanlı İmparatorluğu'nda Şiir, Müzik ve Tasavvuf</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>384</v>
+        <v>421</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258242058</t>
+          <t>9786258242126</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Simgesel İktidar, Siyaset ve Entelektüeller - Pierre Bourdieu’nün Siyaset Sosyolojisi</t>
+          <t>Hakikat Sonrası - Güç Oyunu Olarak Bilgi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>495</v>
+        <v>430</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258242027</t>
+          <t>9786258242133</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ruh Tozu</t>
+          <t>Henri Bergson - Değişimin Felsefesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>337</v>
+        <v>159</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258242010</t>
+          <t>9786258242157</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sıradaki Kıyamet</t>
+          <t>Milliyetçilik ve Modernizm</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>402</v>
+        <v>580</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258411959</t>
+          <t>9786258242089</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu Türk’üm Diyene -Türk-Müslüman Kimliğinin Müzakeresi-</t>
+          <t>Derrida İstanbul'da - Sekülerizm, Öteki ve Sorumluluk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>515</v>
+        <v>402</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258411997</t>
+          <t>9786258242041</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Schmitt'ten Habermas'a Çağdaş Politik Felsefe</t>
+          <t>Büyülü Evrenin Yeni Bilimi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>317</v>
+        <v>337</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258411874</t>
+          <t>9786258242003</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Politik Hukukbilim</t>
+          <t>Mahremiyetin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>402</v>
+        <v>337</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258411843</t>
+          <t>9786258242096</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Antropolojisi</t>
+          <t>Türkiye: Tarihe Muhalif Bir Geçmiş</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>439</v>
+        <v>495</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258411973</t>
+          <t>9786258242119</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Düşünmek -Geçmişin Değişen Eşkali -</t>
+          <t>Cinsiyetin Ontolojisi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>449</v>
+        <v>384</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258411850</t>
+          <t>9786258242058</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Huzursuzluğu</t>
+          <t>Simgesel İktidar, Siyaset ve Entelektüeller - Pierre Bourdieu’nün Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>328</v>
+        <v>495</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258411980</t>
+          <t>9786258242027</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Annales Okulu ve Türkiye’de Tarihyazımı</t>
+          <t>Ruh Tozu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>346</v>
+        <v>337</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258411881</t>
+          <t>9786258242010</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kritias</t>
+          <t>Sıradaki Kıyamet</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>121</v>
+        <v>402</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258411898</t>
+          <t>9786258411959</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Timaios</t>
+          <t>Ne Mutlu Türk’üm Diyene -Türk-Müslüman Kimliğinin Müzakeresi-</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>364</v>
+        <v>515</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258411867</t>
+          <t>9786258411997</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Emek ve Mülkiyet</t>
+          <t>Schmitt'ten Habermas'a Çağdaş Politik Felsefe</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>261</v>
+        <v>317</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258411942</t>
+          <t>9786258411874</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Başkası ve Şiddet</t>
+          <t>Politik Hukukbilim</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>270</v>
+        <v>402</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258411676</t>
+          <t>9786258411843</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Metafiziği Hukuk Öğretisi</t>
+          <t>Hukuk Antropolojisi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>337</v>
+        <v>439</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258411683</t>
+          <t>9786258411973</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Pragmatik Bakış Açısından Antropoloji</t>
+          <t>Tarihi Düşünmek -Geçmişin Değişen Eşkali -</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>430</v>
+        <v>449</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258411768</t>
+          <t>9786258411850</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Makine İnsan</t>
+          <t>Tarihin Huzursuzluğu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>308</v>
+        <v>328</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258411652</t>
+          <t>9786258411980</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Hayvanları</t>
+          <t>Annales Okulu ve Türkiye’de Tarihyazımı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>411</v>
+        <v>346</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258411485</t>
+          <t>9786258411881</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yaşamı</t>
+          <t>Kritias</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>374</v>
+        <v>121</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258411560</t>
+          <t>9786258411898</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Adalet Teorileri - Çağdaş Bir Tartışma</t>
+          <t>Timaios</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>317</v>
+        <v>364</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258242874</t>
+          <t>9786258411867</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düşüncenin Tarihi</t>
+          <t>Emek ve Mülkiyet</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>374</v>
+        <v>261</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258242829</t>
+          <t>9786258411942</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Kurtuluşuna Doğru –Altüst Edicilikle Yeniden Buluşmak–</t>
+          <t>Başkası ve Şiddet</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258242713</t>
+          <t>9786258411676</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Anlayan Tarih – Dil-Tarih İlişkisi Üzerine Bir İnceleme</t>
+          <t>Ahlakın Metafiziği Hukuk Öğretisi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>299</v>
+        <v>337</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258242393</t>
+          <t>9786258411683</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Diyalektiği - Adorno'yu Anlamak</t>
+          <t>Pragmatik Bakış Açısından Antropoloji</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>261</v>
+        <v>430</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258242294</t>
+          <t>9786258411768</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet, Toplumsal Cinsiyet ve Cinsellikler - Feminist Teoriye Giriş</t>
+          <t>Makine İnsan</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>187</v>
+        <v>308</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258242270</t>
+          <t>9786258411652</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Felsefesi Tarihi</t>
+          <t>Nietzsche’nin Hayvanları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>337</v>
+        <v>411</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258242317</t>
+          <t>9786258411485</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Haz Üzerine</t>
+          <t>Aklın Yaşamı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>524</v>
+        <v>374</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258242409</t>
+          <t>9786258411560</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Şiiri –Heidegger’i Anlamak–</t>
+          <t>Adalet Teorileri - Çağdaş Bir Tartışma</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>317</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258411904</t>
+          <t>9786258242874</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Denen Bilmece</t>
+          <t>Siyasi Düşüncenin Tarihi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>140</v>
+        <v>374</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258411928</t>
+          <t>9786258242829</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kesinlik Üzerine</t>
+          <t>Psikanalizin Kurtuluşuna Doğru –Altüst Edicilikle Yeniden Buluşmak–</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>252</v>
+        <v>270</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258411621</t>
+          <t>9786258242713</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Miti</t>
+          <t>Anlayan Tarih – Dil-Tarih İlişkisi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>486</v>
+        <v>299</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258411935</t>
+          <t>9786258242393</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Varlık İzleri: Işık ve Ses –Heidegger’de Temel Kavramlar–</t>
+          <t>Yaşamın Diyalektiği - Adorno'yu Anlamak</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>364</v>
+        <v>261</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258411911</t>
+          <t>9786258242294</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Descartes Kimdir?</t>
+          <t>Cinsiyet, Toplumsal Cinsiyet ve Cinsellikler - Feminist Teoriye Giriş</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>234</v>
+        <v>187</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258411744</t>
+          <t>9786258242270</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Mikrobun Keşfi</t>
+          <t>Antik Yunan Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>252</v>
+        <v>337</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257307864</t>
+          <t>9786258242317</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Düşünürüz?</t>
+          <t>Haz Üzerine</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>411</v>
+        <v>524</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258411690</t>
+          <t>9786258242409</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Levinas Okumaları</t>
+          <t>Varlığın Şiiri –Heidegger’i Anlamak–</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>364</v>
+        <v>317</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258411751</t>
+          <t>9786258411904</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Heidegger - Bir Filozof, Bir Alman</t>
+          <t>Ahlak Denen Bilmece</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258411614</t>
+          <t>9786258411928</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Antik Uygarlıkların Tarım Sosyolojisi</t>
+          <t>Kesinlik Üzerine</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>655</v>
+        <v>252</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258411577</t>
+          <t>9786258411621</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Aşk</t>
+          <t>Yapay Zeka Miti</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>364</v>
+        <v>486</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258411591</t>
+          <t>9786258411935</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Tanrı</t>
+          <t>Varlık İzleri: Işık ve Ses –Heidegger’de Temel Kavramlar–</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>346</v>
+        <v>364</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258411584</t>
+          <t>9786258411911</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca</t>
+          <t>Descartes Kimdir?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>346</v>
+        <v>234</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258411607</t>
+          <t>9786258411744</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bellek</t>
+          <t>Mikrobun Keşfi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>346</v>
+        <v>252</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258411553</t>
+          <t>9786257307864</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Zaman Algı Bellek</t>
+          <t>Nasıl Düşünürüz?</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>364</v>
+        <v>411</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258411546</t>
+          <t>9786258411690</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Böceklerin Gezegeni - Yeryüzünün Gizli Sahipleri</t>
+          <t>Levinas Okumaları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>402</v>
+        <v>364</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258411522</t>
+          <t>9786258411751</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Avrupa</t>
+          <t>Heidegger - Bir Filozof, Bir Alman</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>355</v>
+        <v>215</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258411508</t>
+          <t>9786258411614</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Otorite ile Yorum Arasında -Hukukun Doğası</t>
+          <t>Antik Uygarlıkların Tarım Sosyolojisi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>281</v>
+        <v>655</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258411492</t>
+          <t>9786258411577</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Otorite ile Yorum Arasında - Hukuk Teorisi</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>458</v>
+        <v>364</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258411140</t>
+          <t>9786258411591</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutik ve Tin Bilimleri</t>
+          <t>Tanrı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>196</v>
+        <v>346</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257307932</t>
+          <t>9786258411584</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Paylaşmak</t>
+          <t>Kurmaca</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>205</v>
+        <v>346</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257307499</t>
+          <t>9786258411607</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştirisi</t>
+          <t>Bellek</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>421</v>
+        <v>346</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257307901</t>
+          <t>9786258411553</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Hırsız</t>
+          <t>Zaman Algı Bellek</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>299</v>
+        <v>364</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257307925</t>
+          <t>9786258411546</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Grek Estetiği</t>
+          <t>Böceklerin Gezegeni - Yeryüzünün Gizli Sahipleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>402</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257307895</t>
+          <t>9786258411522</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçta Kadın Vardı</t>
+          <t>Platon ve Avrupa</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>224</v>
+        <v>355</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257307918</t>
+          <t>9786258411508</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Tarihselcilik Sorunu</t>
+          <t>Otorite ile Yorum Arasında -Hukukun Doğası</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>168</v>
+        <v>281</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257307888</t>
+          <t>9786258411492</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tanrıya Karşı Söylev</t>
+          <t>Otorite ile Yorum Arasında - Hukuk Teorisi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>215</v>
+        <v>458</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257307420</t>
+          <t>9786258411140</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Süre ve Eşzamanlılık</t>
+          <t>Hermeneutik ve Tin Bilimleri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>391</v>
+        <v>196</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257307802</t>
+          <t>9786257307932</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gaflar</t>
+          <t>Ateşi Paylaşmak</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>159</v>
+        <v>205</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257307871</t>
+          <t>9786257307499</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Felsefesi</t>
+          <t>Edebiyat Eleştirisi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>346</v>
+        <v>421</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257307857</t>
+          <t>9786257307901</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Yazı</t>
+          <t>Profesyonel Hırsız</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>234</v>
+        <v>299</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257307727</t>
+          <t>9786257307925</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Metafelsefe</t>
+          <t>Grek Estetiği</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>421</v>
+        <v>350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257307840</t>
+          <t>9786257307895</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yüzleşme</t>
+          <t>Başlangıçta Kadın Vardı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>430</v>
+        <v>224</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257307833</t>
+          <t>9786257307918</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer Kimdir?</t>
+          <t>Tarihselcilik Sorunu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>168</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257307826</t>
+          <t>9786257307888</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizliğe Çağrı</t>
+          <t>Tanrıya Karşı Söylev</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>384</v>
+        <v>215</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257307796</t>
+          <t>9786257307420</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri</t>
+          <t>Süre ve Eşzamanlılık</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>373</v>
+        <v>391</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257307789</t>
+          <t>9786257307802</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Teorisi ve Mantık</t>
+          <t>Bilimsel Gaflar</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>308</v>
+        <v>159</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257307819</t>
+          <t>9786257307871</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyaların Çocukları</t>
+          <t>Antik Yunan Felsefesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>317</v>
+        <v>346</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257307680</t>
+          <t>9786257307857</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kant’tan Hegel’e Alman İdealizmi</t>
+          <t>Söz ve Yazı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>533</v>
+        <v>234</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257307765</t>
+          <t>9786257307727</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Metafelsefe</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>159</v>
+        <v>421</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257307758</t>
+          <t>9786257307840</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Azizler ve Dahiler</t>
+          <t>Kayıp Yüzleşme</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>228</v>
+        <v>430</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257307741</t>
+          <t>9786257307833</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Zeki Olduğunu Düşünüyor musun?</t>
+          <t>Schopenhauer Kimdir?</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>308</v>
+        <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257307734</t>
+          <t>9786257307826</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hala Zeki Olduğunu Düşünüyor musun?</t>
+          <t>Sivil İtaatsizliğe Çağrı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>270</v>
+        <v>384</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257307710</t>
+          <t>9786257307796</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>187</v>
+        <v>373</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257307703</t>
+          <t>9786257307789</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bir Sayı Tut</t>
+          <t>Bilgi Teorisi ve Mantık</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>328</v>
+        <v>308</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257307697</t>
+          <t>9786257307819</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Yolculuğu</t>
+          <t>Başka Dünyaların Çocukları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>224</v>
+        <v>317</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257307642</t>
+          <t>9786257307680</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Dünyanın Tin Bilimlerinde Kurulumu</t>
+          <t>Kant’tan Hegel’e Alman İdealizmi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>430</v>
+        <v>533</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257307604</t>
+          <t>9786257307765</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Bilim İş Başında</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>430</v>
+        <v>159</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257307666</t>
+          <t>9786257307758</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yazın ve Sanat Üzerine</t>
+          <t>Azizler ve Dahiler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>364</v>
+        <v>228</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257307635</t>
+          <t>9786257307741</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Erken Yunan Felsefesi</t>
+          <t>Zeki Olduğunu Düşünüyor musun?</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>177</v>
+        <v>308</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257307659</t>
+          <t>9786257307734</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sartre İkilemi - Entelektüel Neden Susar?</t>
+          <t>Hala Zeki Olduğunu Düşünüyor musun?</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>159</v>
+        <v>270</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257307543</t>
+          <t>9786257307710</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Felsefesi</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>150</v>
+        <v>187</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257307611</t>
+          <t>9786257307703</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefe</t>
+          <t>Bir Sayı Tut</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>234</v>
+        <v>328</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057001436</t>
+          <t>9786257307697</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Şarlatanlık</t>
+          <t>Evrenin Yolculuğu</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>767</v>
+        <v>224</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257307567</t>
+          <t>9786257307642</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Doğmak -Yeni İnsanın Başlangıcı</t>
+          <t>Tarihsel Dünyanın Tin Bilimlerinde Kurulumu</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>187</v>
+        <v>430</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257307550</t>
+          <t>9786257307604</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Nefret Söylemindeki Zarar</t>
+          <t>Bilim İş Başında</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>374</v>
+        <v>430</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257307451</t>
+          <t>9786257307666</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Viyana Çevresi</t>
+          <t>Yazın ve Sanat Üzerine</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>421</v>
+        <v>364</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257307581</t>
+          <t>9786257307635</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’ten Rousseau’ya Politika Felsefesi Tarihi</t>
+          <t>Erken Yunan Felsefesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>515</v>
+        <v>177</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257307505</t>
+          <t>9786257307659</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Anlama Yetisi Üzerine Yeni Denemeler</t>
+          <t>Sartre İkilemi - Entelektüel Neden Susar?</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>384</v>
+        <v>159</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257307628</t>
+          <t>9786257307543</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Fakültelerin Çatışması</t>
+          <t>Ortaçağ Felsefesi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>252</v>
+        <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257307574</t>
+          <t>9786257307611</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ben Maymun muyum?</t>
+          <t>Modern Felsefe</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>234</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257307376</t>
+          <t>9786057001436</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte Irkçılık</t>
+          <t>Bilim ve Şarlatanlık</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>234</v>
+        <v>767</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257307468</t>
+          <t>9786257307567</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Yöntem</t>
+          <t>Doğmak -Yeni İnsanın Başlangıcı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>281</v>
+        <v>187</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257307475</t>
+          <t>9786257307550</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Yeniden İnşası</t>
+          <t>Nefret Söylemindeki Zarar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>270</v>
+        <v>374</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257307482</t>
+          <t>9786257307451</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Auguste Comte ve Pozitivizm</t>
+          <t>Viyana Çevresi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>234</v>
+        <v>421</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257307529</t>
+          <t>9786257307581</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Comemadre</t>
+          <t>Sokrates’ten Rousseau’ya Politika Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>205</v>
+        <v>515</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257307512</t>
+          <t>9786257307505</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Silgiler</t>
+          <t>Anlama Yetisi Üzerine Yeni Denemeler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>346</v>
+        <v>384</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257307406</t>
+          <t>9786257307628</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Teselliler</t>
+          <t>Fakültelerin Çatışması</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>256</v>
+        <v>252</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257307000</t>
+          <t>9786257307574</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Meseller</t>
+          <t>Ben Maymun muyum?</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>234</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257307437</t>
+          <t>9786257307376</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Mektuplaşmalar</t>
+          <t>Teori ve Pratikte Irkçılık</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>281</v>
+        <v>234</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257307390</t>
+          <t>9786257307468</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Özgürlüğü Üzerine</t>
+          <t>Felsefi Yöntem</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>243</v>
+        <v>281</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257307055</t>
+          <t>9786257307475</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Pragmatik Estetik</t>
+          <t>Felsefenin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>308</v>
+        <v>270</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257307079</t>
+          <t>9786257307482</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sanatın İlkeleri</t>
+          <t>Auguste Comte ve Pozitivizm</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>430</v>
+        <v>234</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257307369</t>
+          <t>9786257307529</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sürenin Diyalektiği</t>
+          <t>Comemadre</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>243</v>
+        <v>205</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257307352</t>
+          <t>9786257307512</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Başkalık Deneyimi</t>
+          <t>Silgiler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>393</v>
+        <v>346</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257307321</t>
+          <t>9786257307406</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Raşomon</t>
+          <t>Teselliler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>150</v>
+        <v>256</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257307291</t>
+          <t>9786257307000</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Palto Burun</t>
+          <t>Meseller</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>140</v>
+        <v>234</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257307338</t>
+          <t>9786257307437</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Üç Romantik Hikaye</t>
+          <t>Felsefi Mektuplaşmalar</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>281</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257307314</t>
+          <t>9786257307390</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Öyküler</t>
+          <t>İstemenin Özgürlüğü Üzerine</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>234</v>
+        <v>243</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257307307</t>
+          <t>9786257307055</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Müritleri</t>
+          <t>Pragmatik Estetik</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>177</v>
+        <v>308</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257307277</t>
+          <t>9786257307079</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Sanatın İlkeleri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>196</v>
+        <v>430</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257307345</t>
+          <t>9786257307369</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Öykü Seti (8 Kitap Takım)</t>
+          <t>Sürenin Diyalektiği</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>1487</v>
+        <v>243</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257307253</t>
+          <t>9786257307352</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Başkalık Deneyimi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>130</v>
+        <v>393</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257307260</t>
+          <t>9786257307321</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Adem ile Havva’nın Güncesi</t>
+          <t>Raşomon</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>177</v>
+        <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257307222</t>
+          <t>9786257307291</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>William James Kimdir?</t>
+          <t>Palto Burun</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257307130</t>
+          <t>9786257307338</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Tanrıyı Beklerken</t>
+          <t>Üç Romantik Hikaye</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>270</v>
+        <v>281</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257307154</t>
+          <t>9786257307314</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Süreç ve Gerçeklik –Kozmolojide Bir Deneme</t>
+          <t>Ölümcül Öyküler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>692</v>
+        <v>234</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257307239</t>
+          <t>9786257307307</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Ortak İman</t>
+          <t>Midas’ın Müritleri</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>168</v>
+        <v>177</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257307185</t>
+          <t>9786257307277</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Hegelci Kozmoloji</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>421</v>
+        <v>196</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257307192</t>
+          <t>9786257307345</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Hegelci Diyalektik</t>
+          <t>Bir Dünya Öykü Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>384</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257307215</t>
+          <t>9786257307253</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Schelling</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>168</v>
+        <v>130</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257307208</t>
+          <t>9786257307260</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Hegel Mantığı</t>
+          <t>Adem ile Havva’nın Güncesi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>458</v>
+        <v>177</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257307178</t>
+          <t>9786257307222</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Fichte</t>
+          <t>William James Kimdir?</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>281</v>
+        <v>150</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257307024</t>
+          <t>9786257307130</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalite Duygusu – Bilgi ve Eylem Üzerine</t>
+          <t>Tanrıyı Beklerken</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257307017</t>
+          <t>9786257307154</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yaşamaya Değer mi? - Ahlak ve Din Üzerine</t>
+          <t>Süreç ve Gerçeklik –Kozmolojide Bir Deneme</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>332</v>
+        <v>692</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257307031</t>
+          <t>9786257307239</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Akışı - Zihin ve Deneyim Üzerine</t>
+          <t>Ortak İman</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>261</v>
+        <v>168</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257307116</t>
+          <t>9786257307185</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Başka</t>
+          <t>Hegelci Kozmoloji</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>177</v>
+        <v>421</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257307161</t>
+          <t>9786257307192</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Politikası</t>
+          <t>Hegelci Diyalektik</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>393</v>
+        <v>384</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057001498</t>
+          <t>9786257307215</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Anlama Yetisinin Yönetimi Üzerine</t>
+          <t>Schelling</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>234</v>
+        <v>168</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257307123</t>
+          <t>9786257307208</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Taşra Mektupları</t>
+          <t>Hegel Mantığı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>393</v>
+        <v>458</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257307086</t>
+          <t>9786257307178</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sorunsallıkta Yaşamak</t>
+          <t>Fichte</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>168</v>
+        <v>281</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257307048</t>
+          <t>9786257307024</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm</t>
+          <t>Rasyonalite Duygusu – Bilgi ve Eylem Üzerine</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>341</v>
+        <v>270</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257307093</t>
+          <t>9786257307017</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Devrim</t>
+          <t>Hayat Yaşamaya Değer mi? - Ahlak ve Din Üzerine</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>187</v>
+        <v>332</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257307062</t>
+          <t>9786257307031</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve Hegel</t>
+          <t>Bilinç Akışı - Zihin ve Deneyim Üzerine</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>168</v>
+        <v>261</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057001405</t>
+          <t>9786257307116</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Dağdan Yazılmış Mektuplar</t>
+          <t>Zaman ve Başka</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>481</v>
+        <v>177</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057001481</t>
+          <t>9786257307161</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Plotinos</t>
+          <t>Başkasının Politikası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>168</v>
+        <v>393</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057001467</t>
+          <t>9786057001498</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Materyalizm</t>
+          <t>Anlama Yetisinin Yönetimi Üzerine</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>402</v>
+        <v>234</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057001474</t>
+          <t>9786257307123</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük ve Ezeliyet</t>
+          <t>Taşra Mektupları</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>159</v>
+        <v>393</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057001450</t>
+          <t>9786257307086</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger - Varlığın Patikaları</t>
+          <t>Sorunsallıkta Yaşamak</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>281</v>
+        <v>168</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254442094</t>
+          <t>9786257307048</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Sokrates’i Neden Öldürdü?</t>
+          <t>Pragmatizm</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>376</v>
+        <v>341</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057001443</t>
+          <t>9786257307093</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Epistemoloji</t>
+          <t>Felsefede Devrim</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>463</v>
+        <v>187</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786056964343</t>
+          <t>9786257307062</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Salla Gitsin</t>
+          <t>Aristoteles ve Hegel</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>196</v>
+        <v>168</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057001429</t>
+          <t>9786057001405</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Arzu ve Ölüm</t>
+          <t>Dağdan Yazılmış Mektuplar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>495</v>
+        <v>481</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786058068872</t>
+          <t>9786057001481</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi</t>
+          <t>Plotinos</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>371</v>
+        <v>168</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057001412</t>
+          <t>9786057001467</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Gelişimim</t>
+          <t>Materyalizm</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>523</v>
+        <v>402</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254442087</t>
+          <t>9786057001474</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Söylem Etiği</t>
+          <t>Ölümsüzlük ve Ezeliyet</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>441</v>
+        <v>159</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786050607772</t>
+          <t>9786057001450</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İmkansızı Düşünmek</t>
+          <t>Martin Heidegger - Varlığın Patikaları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>621</v>
+        <v>281</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254442070</t>
+          <t>9786254442094</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İçteki Ses</t>
+          <t>Nietzsche Sokrates’i Neden Öldürdü?</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>679</v>
+        <v>376</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254442063</t>
+          <t>9786057001443</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Fizik Felsefesine Giriş</t>
+          <t>Epistemoloji</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>196</v>
+        <v>463</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254442049</t>
+          <t>9786056964343</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın Sessizliği</t>
+          <t>Salla Gitsin</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>304</v>
+        <v>196</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786050607765</t>
+          <t>9786057001429</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Madde ve Bellek</t>
+          <t>Arzu ve Ölüm</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>328</v>
+        <v>495</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254442032</t>
+          <t>9786058068872</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Işığında Modern Resim</t>
+          <t>Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>918</v>
+        <v>371</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786050607796</t>
+          <t>9786057001412</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx - Entelektüel Bir Biyografi</t>
+          <t>Felsefi Gelişimim</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>356</v>
+        <v>523</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254442001</t>
+          <t>9786254442087</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Doğa Tarihi ve Gökler Kuramı</t>
+          <t>Söylem Etiği</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>243</v>
+        <v>441</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786050607741</t>
+          <t>9786050607772</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ahlak İlkeleri</t>
+          <t>İmkansızı Düşünmek</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>159</v>
+        <v>621</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254442025</t>
+          <t>9786254442070</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>İçteki Ses</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>441</v>
+        <v>679</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786050607789</t>
+          <t>9786254442063</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Değer</t>
+          <t>Fizik Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>673</v>
+        <v>196</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786050607734</t>
+          <t>9786254442049</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Amaçları - Eğitimde Reform Çağrısı</t>
+          <t>Vicdanın Sessizliği</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>367</v>
+        <v>304</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786050607727</t>
+          <t>9786050607765</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kıyısız Bir Gerçekçilik</t>
+          <t>Madde ve Bellek</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>281</v>
+        <v>328</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786050607710</t>
+          <t>9786254442032</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bilgiden Kurmacaya</t>
+          <t>Felsefenin Işığında Modern Resim</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>205</v>
+        <v>918</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786050607703</t>
+          <t>9786050607796</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Epikuros</t>
+          <t>Karl Marx - Entelektüel Bir Biyografi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>187</v>
+        <v>356</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786056995576</t>
+          <t>9786254442001</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles - Varlık Erdem ve Yöntem</t>
+          <t>Evrensel Doğa Tarihi ve Gökler Kuramı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>196</v>
+        <v>243</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786056995583</t>
+          <t>9786050607741</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Platon’dan Mao’ya Siyaset Felsefesi</t>
+          <t>Eğitimde Ahlak İlkeleri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>329</v>
+        <v>159</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786056995552</t>
+          <t>9786254442025</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sokrates - İroni İnfaz ve Etik</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>187</v>
+        <v>441</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786056964350</t>
+          <t>9786050607789</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Özgürlüğü</t>
+          <t>Bilgi ve Değer</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>159</v>
+        <v>673</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786056995545</t>
+          <t>9786050607734</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte Felsefe</t>
+          <t>Eğitimin Amaçları - Eğitimde Reform Çağrısı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>683</v>
+        <v>367</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786056964381</t>
+          <t>9786050607727</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte Devlet</t>
+          <t>Kıyısız Bir Gerçekçilik</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>290</v>
+        <v>281</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786056995507</t>
+          <t>9786050607710</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Devlet Dini</t>
+          <t>Bilgiden Kurmacaya</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786056964367</t>
+          <t>9786050607703</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Estetik Beğeni</t>
+          <t>Epikuros</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>355</v>
+        <v>187</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786056964398</t>
+          <t>9786056995576</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Homeros'tan Nazım'a Şiir ve Felsefe</t>
+          <t>Aristoteles - Varlık Erdem ve Yöntem</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>337</v>
+        <v>196</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786056995521</t>
+          <t>9786056995583</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Semantik - Yeni Bir Anlambilim Projesi</t>
+          <t>Platon’dan Mao’ya Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786056995538</t>
+          <t>9786056995552</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Din Felsefesi</t>
+          <t>Sokrates - İroni İnfaz ve Etik</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>205</v>
+        <v>187</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786056964374</t>
+          <t>9786056964350</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kopernik'ten Einstein'a Uzay, Zaman ve Hareket</t>
+          <t>Düşünce Özgürlüğü</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786056934063</t>
+          <t>9786056995545</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Felsefelerine Giriş</t>
+          <t>Teori ve Pratikte Felsefe</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>299</v>
+        <v>683</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786056964336</t>
+          <t>9786056964381</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Matematik Felsefesi</t>
+          <t>Teori ve Pratikte Devlet</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>666</v>
+        <v>290</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786056934032</t>
+          <t>9786056995507</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Mantık</t>
+          <t>Devlet Dini</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>476</v>
+        <v>205</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786056934087</t>
+          <t>9786056964367</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Antropoloji</t>
+          <t>Estetik Beğeni</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>187</v>
+        <v>355</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786056964329</t>
+          <t>9786056964398</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Felsefece Eğitişim</t>
+          <t>Homeros'tan Nazım'a Şiir ve Felsefe</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>374</v>
+        <v>337</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786056964305</t>
+          <t>9786056995521</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Aklın İşlevi</t>
+          <t>Semantik - Yeni Bir Anlambilim Projesi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>168</v>
+        <v>328</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786056964312</t>
+          <t>9786056995538</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Zihin Felsefesi</t>
+          <t>Marx'ın Din Felsefesi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>486</v>
+        <v>205</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786058068803</t>
+          <t>9786056964374</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Spinoza</t>
+          <t>Kopernik'ten Einstein'a Uzay, Zaman ve Hareket</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>224</v>
+        <v>159</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786058068834</t>
+          <t>9786056934063</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ve Zaman</t>
+          <t>Varoluş Felsefelerine Giriş</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>159</v>
+        <v>299</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786056934025</t>
+          <t>9786056964336</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Marksist Estetik</t>
+          <t>Matematik Felsefesi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>299</v>
+        <v>666</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786058068827</t>
+          <t>9786056934032</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Jacques Derrida Kimdir</t>
+          <t>Mantık</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>355</v>
+        <v>476</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786058068865</t>
+          <t>9786056934087</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Croce Estetiği</t>
+          <t>Felsefi Antropoloji</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>215</v>
+        <v>187</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786056934070</t>
+          <t>9786056964329</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Cioran</t>
+          <t>Felsefece Eğitişim</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>261</v>
+        <v>374</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786058068889</t>
+          <t>9786056964305</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Aklın İşlevi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>252</v>
+        <v>168</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786058074897</t>
+          <t>9786056964312</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet</t>
+          <t>Zihin Felsefesi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>328</v>
+        <v>486</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786058068896</t>
+          <t>9786058068803</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Avrupa Felsefesi</t>
+          <t>Spinoza</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>402</v>
+        <v>224</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786056934001</t>
+          <t>9786058068834</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Politikaya Giriş</t>
+          <t>Spinoza ve Zaman</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>213</v>
+        <v>159</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786058068810</t>
+          <t>9786056934025</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi</t>
+          <t>Marksist Estetik</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>402</v>
+        <v>299</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786058068841</t>
+          <t>9786058068827</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji</t>
+          <t>Jacques Derrida Kimdir</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>592</v>
+        <v>355</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786058074880</t>
+          <t>9786058068865</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Dil Felsefesi</t>
+          <t>Croce Estetiği</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>533</v>
+        <v>215</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786056934018</t>
+          <t>9786056934070</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Düşünüşe Giriş</t>
+          <t>Cioran</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>430</v>
+        <v>261</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786056924538</t>
+          <t>9786058068889</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Sanat Felsefesi</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>196</v>
+        <v>252</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786058074842</t>
+          <t>9786058074897</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kitap - Kahverengi Kitap</t>
+          <t>Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>400</v>
+        <v>328</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786058074859</t>
+          <t>9786058068896</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Zettel</t>
+          <t>Çağdaş Avrupa Felsefesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>281</v>
+        <v>402</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786058074866</t>
+          <t>9786056934001</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kahin</t>
+          <t>Politikaya Giriş</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>374</v>
+        <v>213</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786058074828</t>
+          <t>9786058068810</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>308</v>
+        <v>402</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786056924569</t>
+          <t>9786058068841</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Din Üzerine</t>
+          <t>Fenomenoloji</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>159</v>
+        <v>592</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786058074835</t>
+          <t>9786058074880</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Felsefenin Doğuşu</t>
+          <t>Dil Felsefesi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>549</v>
+        <v>533</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786056924514</t>
+          <t>9786056934018</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sembolizm Anlamı ve Etkisi</t>
+          <t>Bilimsel Düşünüşe Giriş</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>191</v>
+        <v>430</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786056924583</t>
+          <t>9786056924538</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Hipotez</t>
+          <t>Marx'ın Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>328</v>
+        <v>196</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786056924576</t>
+          <t>9786058074842</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İnsan Çoğul ve Tek Başına</t>
+          <t>Mavi Kitap - Kahverengi Kitap</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>177</v>
+        <v>400</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786056924552</t>
+          <t>9786058074859</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Gelecekteki Felsefe</t>
+          <t>Zettel</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>196</v>
+        <v>281</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786058074811</t>
+          <t>9786058074866</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Değeri</t>
+          <t>Kahin</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>281</v>
+        <v>374</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786056924521</t>
+          <t>9786058074828</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Oluşan Din</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>205</v>
+        <v>308</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786056924545</t>
+          <t>9786056924569</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlama Yetisi Üzerine</t>
+          <t>Din Üzerine</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>317</v>
+        <v>159</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
+          <t>9786058074835</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Felsefenin Doğuşu</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786056924514</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Sembolizm Anlamı ve Etkisi</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786056924583</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Hipotez</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786056924576</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Çoğul ve Tek Başına</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786056924552</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Gelecekteki Felsefe</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786058074811</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Değeri</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786056924521</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Oluşan Din</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786056924545</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Anlama Yetisi Üzerine</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
           <t>9786056924590</t>
         </is>
       </c>
-      <c r="B400" s="1" t="inlineStr">
+      <c r="B408" s="1" t="inlineStr">
         <is>
           <t>Ahlak İlkeleri Üzerine</t>
         </is>
       </c>
-      <c r="C400" s="1">
+      <c r="C408" s="1">
         <v>252</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>