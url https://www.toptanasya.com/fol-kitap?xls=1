--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,6145 +85,6220 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258716108</t>
+          <t>9786258716153</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>İmge</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>539</v>
+        <v>337</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258716092</t>
+          <t>9786258716146</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Savaşan İnsanların Tuhaf Bilimi</t>
+          <t>Adalet Sorumluluğu</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258242744</t>
+          <t>9786258716122</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi Üzerine Heretik Denemeler</t>
+          <t>Gölgede Büyüyen Kimlik Kürt Sağı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>269</v>
+        <v>281</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259260969</t>
+          <t>9786258716115</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Gözlemlemeli? - Töreleri ve Âdetleri İnceleme Sanatı</t>
+          <t>Kadınlar Şehri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>263</v>
+        <v>288</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259260976</t>
+          <t>9786258716139</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kültürün İcadı</t>
+          <t>Şiddet ve Felsefi İmgelem</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>345</v>
+        <v>288</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258716078</t>
+          <t>9786258716108</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Acaip Garaipler</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>675</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259260990</t>
+          <t>9786258716092</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kedili Ajanda</t>
+          <t>Savaşan İnsanların Tuhaf Bilimi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>555</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259260945</t>
+          <t>9786258242744</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Memlük Sultanlığı</t>
+          <t>Tarih Felsefesi Üzerine Heretik Denemeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>719</v>
+        <v>337</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259260938</t>
+          <t>9786259260969</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın İnşasında Ritüel ve Din</t>
+          <t>Nasıl Gözlemlemeli? - Töreleri ve Âdetleri İnceleme Sanatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>863</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259260921</t>
+          <t>9786259260976</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlik</t>
+          <t>Kültürün İcadı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>355</v>
+        <v>430</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259260914</t>
+          <t>9786258716078</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vaat Edilmiş Topraklar</t>
+          <t>Acaip Garaipler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>785</v>
+        <v>185</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258242584</t>
+          <t>9786259260990</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Korkunun Gölgesi</t>
+          <t>Kedili Ajanda</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>233</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256584686</t>
+          <t>9786259260945</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çekirgelerin Saltanatı</t>
+          <t>Memlük Sultanlığı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>637</v>
+        <v>900</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256584129</t>
+          <t>9786259260938</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Liberalizm, Topluluk, Kültür</t>
+          <t>İnsanlığın İnşasında Ritüel ve Din</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>453</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256584976</t>
+          <t>9786259260921</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Beden Formülasyonları</t>
+          <t>Belirsizlik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>359</v>
+        <v>445</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256584730</t>
+          <t>9786259260914</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yol Göstermek - Toplu Yazılar</t>
+          <t>Vaat Edilmiş Topraklar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>279</v>
+        <v>980</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256584990</t>
+          <t>9786258242584</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Felsefeyle İyileştirmek</t>
+          <t>Osmanlı’da Korkunun Gölgesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>367</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256584983</t>
+          <t>9786256584686</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kuarklardan Kültüre – Nasıl Var Olduk, Bugüne Nasıl Geldik?</t>
+          <t>Çekirgelerin Saltanatı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>397</v>
+        <v>795</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256584570</t>
+          <t>9786256584129</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Modern Ruhu Kurtarmak</t>
+          <t>Liberalizm, Topluluk, Kültür</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>429</v>
+        <v>565</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056924507</t>
+          <t>9786256584976</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Teodise İmanla Aklın Uygunluğu Üzerine Konuşma</t>
+          <t>Beden Formülasyonları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>215</v>
+        <v>445</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258411638</t>
+          <t>9786256584730</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Caliban ve Cadı –Kadınlar, Beden, İlksel Birikim–</t>
+          <t>Yol Göstermek - Toplu Yazılar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>568</v>
+        <v>345</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256584969</t>
+          <t>9786256584990</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Askeri Darbelerin Stratejik Mantığı</t>
+          <t>Hayatı Felsefeyle İyileştirmek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>619</v>
+        <v>460</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256584945</t>
+          <t>9786256584983</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Su Kan ve Akıl</t>
+          <t>Kuarklardan Kültüre – Nasıl Var Olduk, Bugüne Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>199</v>
+        <v>495</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256584952</t>
+          <t>9786256584570</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Seküler Türkiye’de Ruh Çağırma</t>
+          <t>Modern Ruhu Kurtarmak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>321</v>
+        <v>535</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256584907</t>
+          <t>9786056924507</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Komplolar ve Komplo Teorileri –Bu İşin İçinde Bir İş Var–</t>
+          <t>Teodise İmanla Aklın Uygunluğu Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>657</v>
+        <v>269</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256584938</t>
+          <t>9786258411638</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Unsurları</t>
+          <t>Caliban ve Cadı –Kadınlar, Beden, İlksel Birikim–</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>332</v>
+        <v>710</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256584921</t>
+          <t>9786256584969</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fahişeliğin Tarihi - Antikçağda ve Ortaçağda</t>
+          <t>Askeri Darbelerin Stratejik Mantığı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>207</v>
+        <v>775</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256584914</t>
+          <t>9786256584945</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Bizimdir –Osmanlı’dan Cumhuriyet’e Çukurova’nın Çevre Tarihi–</t>
+          <t>Su Kan ve Akıl</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>524</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256584815</t>
+          <t>9786256584952</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İkonik Tablolar</t>
+          <t>Seküler Türkiye’de Ruh Çağırma</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1226</v>
+        <v>402</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256584891</t>
+          <t>9786256584907</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Pieter Bruegel</t>
+          <t>Komplolar ve Komplo Teorileri –Bu İşin İçinde Bir İş Var–</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>152</v>
+        <v>825</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256584884</t>
+          <t>9786256584938</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Giorgio Vasari</t>
+          <t>Hukukun Unsurları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>121</v>
+        <v>415</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256584877</t>
+          <t>9786256584921</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Titian</t>
+          <t>Fahişeliğin Tarihi - Antikçağda ve Ortaçağda</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>134</v>
+        <v>259</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256584860</t>
+          <t>9786256584914</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo</t>
+          <t>Dağlar Bizimdir –Osmanlı’dan Cumhuriyet’e Çukurova’nın Çevre Tarihi–</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>655</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256584853</t>
+          <t>9786256584815</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sandro Botticelli</t>
+          <t>İkonik Tablolar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>165</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256584846</t>
+          <t>9786256584891</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci</t>
+          <t>Pieter Bruegel</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256584839</t>
+          <t>9786256584884</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Venedik’te Aziz Jerome: Giovanni Bellini ve Yalnız Yaşam Rüyası</t>
+          <t>Giorgio Vasari</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256584822</t>
+          <t>9786256584877</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Jan Van Eyck</t>
+          <t>Titian</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256584808</t>
+          <t>9786256584860</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Maymunlaştırmak - Nöromani, Darwin Humması ve Bilimciliğin Sefaleti</t>
+          <t>Michelangelo</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>703</v>
+        <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256584792</t>
+          <t>9786256584853</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamları Nasıl Düşünür? –Uluslararası Politikanın Psikolojisi–</t>
+          <t>Sandro Botticelli</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>537</v>
+        <v>205</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256584778</t>
+          <t>9786256584846</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Cehennemi - Kapital’in Siyaset Teorisi</t>
+          <t>Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>594</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256584785</t>
+          <t>9786256584839</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Medya, İdeoloji ve Hegemonya</t>
+          <t>Venedik’te Aziz Jerome: Giovanni Bellini ve Yalnız Yaşam Rüyası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>766</v>
+        <v>185</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256584648</t>
+          <t>9786256584822</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Politika, Felsefe, Kültür</t>
+          <t>Jan Van Eyck</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>485</v>
+        <v>205</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256584761</t>
+          <t>9786256584808</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Avare Kadınlar –19. Yüzyıl Aile Krizi ve Kadın Yoksulluğu–</t>
+          <t>İnsanı Maymunlaştırmak - Nöromani, Darwin Humması ve Bilimciliğin Sefaleti</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>373</v>
+        <v>879</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256584402</t>
+          <t>9786256584792</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Parmenides’ten Levinas’a Metafizik</t>
+          <t>Devlet Adamları Nasıl Düşünür? –Uluslararası Politikanın Psikolojisi–</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>571</v>
+        <v>970</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256584082</t>
+          <t>9786256584778</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Vahşetin Yükselişi – Şiddetin Tarihsel Sosyolojisi–</t>
+          <t>Marx’ın Cehennemi - Kapital’in Siyaset Teorisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>810</v>
+        <v>745</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258242942</t>
+          <t>9786256584785</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Mimarlık</t>
+          <t>Medya, İdeoloji ve Hegemonya</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>411</v>
+        <v>955</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258411966</t>
+          <t>9786256584648</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Rüya, İnşa, İtiraz</t>
+          <t>Politika, Felsefe, Kültür</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>673</v>
+        <v>605</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258411539</t>
+          <t>9786256584761</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İçin Tanrı</t>
+          <t>Osmanlı’da Avare Kadınlar –19. Yüzyıl Aile Krizi ve Kadın Yoksulluğu–</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>308</v>
+        <v>465</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058068858</t>
+          <t>9786256584402</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hegel Üzerine</t>
+          <t>Parmenides’ten Levinas’a Metafizik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>348</v>
+        <v>715</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257307284</t>
+          <t>9786256584082</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Deliler Balosu</t>
+          <t>Örgütlü Vahşetin Yükselişi – Şiddetin Tarihsel Sosyolojisi–</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>281</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257307536</t>
+          <t>9786258242942</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anlamı</t>
+          <t>Sinema ve Mimarlık</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>187</v>
+        <v>515</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257307598</t>
+          <t>9786258411966</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Stoacılık</t>
+          <t>Rüya, İnşa, İtiraz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>159</v>
+        <v>840</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056995514</t>
+          <t>9786258411539</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Estetik Eğitimi Üzerine</t>
+          <t>21. Yüzyıl İçin Tanrı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>307</v>
+        <v>385</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257307147</t>
+          <t>9786058068858</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kıta Felsefesi</t>
+          <t>Hegel Üzerine</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>402</v>
+        <v>435</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056934049</t>
+          <t>9786257307284</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesine Giriş</t>
+          <t>Deliler Balosu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>421</v>
+        <v>352</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256584693</t>
+          <t>9786257307536</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Direnen İmparatorluk –Büyük Savaş’ın Sonu, Osmanlı’nın Uzun Ömrü ve Tesadüfi Uluslar–</t>
+          <t>Yaşamın Anlamı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>415</v>
+        <v>235</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256584747</t>
+          <t>9786257307598</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitikanın Ötesi - Dünya Siyasetinde Teori, Şiddet ve Dehşet</t>
+          <t>Stoacılık</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>378</v>
+        <v>199</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256584662</t>
+          <t>9786056995514</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Görünüşleri Kurtarmak</t>
+          <t>İnsanın Estetik Eğitimi Üzerine</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>204</v>
+        <v>385</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256584679</t>
+          <t>9786257307147</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Fikirlerin Uzun Vadeli Tarihi</t>
+          <t>Çağdaş Kıta Felsefesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>434</v>
+        <v>500</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256584723</t>
+          <t>9786056934049</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Mimarlık</t>
+          <t>Eğitim Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>341</v>
+        <v>527</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256584631</t>
+          <t>9786256584693</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Anarşi - Bir Siyasi ve Toplumsal Eleştiri Denemesi</t>
+          <t>Direnen İmparatorluk –Büyük Savaş’ın Sonu, Osmanlı’nın Uzun Ömrü ve Tesadüfi Uluslar–</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>779</v>
+        <v>520</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256584655</t>
+          <t>9786256584747</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>At, Tekerlek ve Dil</t>
+          <t>Biyopolitikanın Ötesi - Dünya Siyasetinde Teori, Şiddet ve Dehşet</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>780</v>
+        <v>475</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256584709</t>
+          <t>9786256584662</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Delilik</t>
+          <t>Görünüşleri Kurtarmak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>488</v>
+        <v>255</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256584556</t>
+          <t>9786256584679</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri ve Mimarlık</t>
+          <t>Fikirlerin Uzun Vadeli Tarihi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>335</v>
+        <v>545</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256584716</t>
+          <t>9786256584723</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Zihin - Temel Bir Teori Arayışı</t>
+          <t>Edebiyat ve Mimarlık</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>681</v>
+        <v>425</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256584617</t>
+          <t>9786256584631</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Askerî Devrimlerin Dinamikleri</t>
+          <t>Kültür ve Anarşi - Bir Siyasi ve Toplumsal Eleştiri Denemesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>398</v>
+        <v>975</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256584624</t>
+          <t>9786256584655</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kartezyen Dilbilim - Akılcı Düşüncenin Tarihinde Bir Sayfa</t>
+          <t>At, Tekerlek ve Dil</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>229</v>
+        <v>975</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256584464</t>
+          <t>9786256584709</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Fuhuş</t>
+          <t>Osmanlı'da Delilik</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>465</v>
+        <v>610</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256584587</t>
+          <t>9786256584556</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Aşk</t>
+          <t>Eleştiri ve Mimarlık</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>411</v>
+        <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256584471</t>
+          <t>9786256584716</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Gayrisünni Müslümanlar</t>
+          <t>Bilinçli Zihin - Temel Bir Teori Arayışı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>485</v>
+        <v>852</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256584600</t>
+          <t>9786256584617</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kadınlıklar, Erkeklikler, Cinsellikler – Freud ve Ötesi–</t>
+          <t>Askerî Devrimlerin Dinamikleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>229</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256584358</t>
+          <t>9786256584624</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Kavramı ve Hukukun Geçerliliği</t>
+          <t>Kartezyen Dilbilim - Akılcı Düşüncenin Tarihinde Bir Sayfa</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>263</v>
+        <v>229</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256584594</t>
+          <t>9786256584464</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnsan Toplumlarında Simgesel Eylem</t>
+          <t>Osmanlı’da Fuhuş</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>403</v>
+        <v>580</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256584563</t>
+          <t>9786256584587</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mizahın Kültürel Tarihi - Antik Çağdan Günümüze</t>
+          <t>Osmanlı’da Aşk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>429</v>
+        <v>515</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256584495</t>
+          <t>9786256584471</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Evrimi</t>
+          <t>Osmanlı’da Gayrisünni Müslümanlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>825</v>
+        <v>605</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256584525</t>
+          <t>9786256584600</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dünyasının Döngüleri - Tarihin Çarkları Arasında Uygarlıklar</t>
+          <t>Kadınlıklar, Erkeklikler, Cinsellikler – Freud ve Ötesi–</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>588</v>
+        <v>285</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256584228</t>
+          <t>9786256584358</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mafya, Eroin, Devlet - Türkiye’nin Alacakaranlığı</t>
+          <t>Hukuk Kavramı ve Hukukun Geçerliliği</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>590</v>
+        <v>325</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256584549</t>
+          <t>9786256584594</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Varolma Biçimleri –Bitki, Hayvan, İnsan ve Makine Zekası</t>
+          <t>İnsan Toplumlarında Simgesel Eylem</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>534</v>
+        <v>505</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256584457</t>
+          <t>9786256584563</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Tarihi Serüveni - Erken Modern Dünyada Bilimsel Ağlar</t>
+          <t>Mizahın Kültürel Tarihi - Antik Çağdan Günümüze</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>710</v>
+        <v>535</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256584259</t>
+          <t>9786256584495</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Toplumsal Hareketler</t>
+          <t>Tanrı’nın Evrimi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>970</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256584518</t>
+          <t>9786256584525</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen</t>
+          <t>İnsan Dünyasının Döngüleri - Tarihin Çarkları Arasında Uygarlıklar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>478</v>
+        <v>735</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256584488</t>
+          <t>9786256584228</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Postkapitalist Manifesto</t>
+          <t>Mafya, Eroin, Devlet - Türkiye’nin Alacakaranlığı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>247</v>
+        <v>740</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256584501</t>
+          <t>9786256584549</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sahtekarlıklar, Mitler ve Gizemler</t>
+          <t>Varolma Biçimleri –Bitki, Hayvan, İnsan ve Makine Zekası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>657</v>
+        <v>665</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256584532</t>
+          <t>9786256584457</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sahnedeki Siyaset – Siyasal Düşüncenin Estetik İmgeleri</t>
+          <t>Bilginin Tarihi Serüveni - Erken Modern Dünyada Bilimsel Ağlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>378</v>
+        <v>885</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256584396</t>
+          <t>9786256584259</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Küfrün Kısa Tarihi - Tanrı’ya Karşı İşlenen Suçlar</t>
+          <t>Demokrasi ve Toplumsal Hareketler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>346</v>
+        <v>375</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256584389</t>
+          <t>9786256584518</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Allah Uğruna Savaş - Avrupa’nın Sosyoekonomik Evriminde Osmanlı’nın Rolü</t>
+          <t>Her Şeye Rağmen</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>364</v>
+        <v>600</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256584334</t>
+          <t>9786256584488</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Mimarlık</t>
+          <t>Postkapitalist Manifesto</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>393</v>
+        <v>310</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256584143</t>
+          <t>9786256584501</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Bıyıklı Tarihi</t>
+          <t>Sahtekarlıklar, Mitler ve Gizemler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>421</v>
+        <v>825</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256584099</t>
+          <t>9786256584532</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Fenomen</t>
+          <t>Sahnedeki Siyaset – Siyasal Düşüncenin Estetik İmgeleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>215</v>
+        <v>475</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258242546</t>
+          <t>9786256584396</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Duygular Tarihi</t>
+          <t>Küfrün Kısa Tarihi - Tanrı’ya Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>411</v>
+        <v>435</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258411836</t>
+          <t>9786256584389</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tanrı, Özgürlük ve Kötülük</t>
+          <t>Allah Uğruna Savaş - Avrupa’nın Sosyoekonomik Evriminde Osmanlı’nın Rolü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>251</v>
+        <v>455</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256584440</t>
+          <t>9786256584334</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çizginin Yolculuğu</t>
+          <t>Sanat ve Mimarlık</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>2730</v>
+        <v>490</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256584365</t>
+          <t>9786256584143</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Uluslararası İlişkiler -Hegemonya Stratejileri ve Bölgesel Düzen</t>
+          <t>Türk’ün Bıyıklı Tarihi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>439</v>
+        <v>526</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256584341</t>
+          <t>9786256584099</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Ruh Çağırma 1850’lerden 1910’lara Osmanlı İmparatorluğu’nda Manyetizmacılık ve İspiritizmacılık</t>
+          <t>Ses ve Fenomen</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>307</v>
+        <v>265</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256584327</t>
+          <t>9786258242546</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Başarısızlıkları Bir Yükselişin ve Çöküşün Anatomisi</t>
+          <t>Duygular Tarihi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>439</v>
+        <v>515</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256584068</t>
+          <t>9786258411836</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Dilenciler</t>
+          <t>Tanrı, Özgürlük ve Kötülük</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>355</v>
+        <v>315</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258242782</t>
+          <t>9786256584440</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Maskesi Düşürülen Marksizm -Yanılsamadan Yıkıma</t>
+          <t>Çizginin Yolculuğu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>234</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258242775</t>
+          <t>9786256584365</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Euthyphron / Dindarlık Üzerine</t>
+          <t>Ortadoğu’da Uluslararası İlişkiler -Hegemonya Stratejileri ve Bölgesel Düzen</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>215</v>
+        <v>550</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257307246</t>
+          <t>9786256584341</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Romantikler</t>
+          <t>Osmanlı’da Ruh Çağırma 1850’lerden 1910’lara Osmanlı İmparatorluğu’nda Manyetizmacılık ve İspiritizmacılık</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>256</v>
+        <v>385</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056995590</t>
+          <t>9786256584327</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Barış Üzerine Felsefi Bir Tasarı</t>
+          <t>Felsefenin Başarısızlıkları Bir Yükselişin ve Çöküşün Anatomisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>159</v>
+        <v>550</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056934094</t>
+          <t>9786256584068</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Osmanlı’dan Cumhuriyet’e Dilenciler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>378</v>
+        <v>445</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256584426</t>
+          <t>9786258242782</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Var mı? - Bir Arayışın Tarihi</t>
+          <t>Maskesi Düşürülen Marksizm -Yanılsamadan Yıkıma</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>504</v>
+        <v>290</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256584433</t>
+          <t>9786258242775</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bilimin Siyaseti –19. Yüzyılda Bilimi, Devleti ve Toplumu Tartışmak</t>
+          <t>Euthyphron / Dindarlık Üzerine</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>419</v>
+        <v>270</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256584419</t>
+          <t>9786257307246</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Mimarlık</t>
+          <t>Romantikler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>458</v>
+        <v>320</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257307383</t>
+          <t>9786056995590</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Makinedeki Hayalet</t>
+          <t>Ebedi Barış Üzerine Felsefi Bir Tasarı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>234</v>
+        <v>199</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254442056</t>
+          <t>9786056934094</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Felsefesi</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>563</v>
+        <v>475</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257307444</t>
+          <t>9786256584426</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ethica - Etik Üzerine Dersler</t>
+          <t>Tanrı Var mı? - Bir Arayışın Tarihi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>421</v>
+        <v>530</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256584372</t>
+          <t>9786256584433</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Beş Keşifte Evrimin Öyküsü - Kanıtlar, Kâşifler, Doğrular ve Yanlışlar</t>
+          <t>Osmanlı’da Bilimin Siyaseti –19. Yüzyılda Bilimi, Devleti ve Toplumu Tartışmak</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>551</v>
+        <v>525</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256584242</t>
+          <t>9786256584419</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kazandıran Hamleler, Kaybettiren Hatalar: Gündelik Hayatta Oyun Teorisi</t>
+          <t>Çocuk ve Mimarlık</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>308</v>
+        <v>575</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256584204</t>
+          <t>9786257307383</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sartre Yarım Kalan Hikaye</t>
+          <t>Makinedeki Hayalet</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>468</v>
+        <v>293</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256584297</t>
+          <t>9786254442056</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Antropolojisi – Felsefi Bir Soruşturma</t>
+          <t>Tasarım Felsefesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>355</v>
+        <v>705</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256584150</t>
+          <t>9786257307444</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Batı ile Karşılaşması –18. yüzyılda Fransa ve Osmanlı İmparatorluğu–</t>
+          <t>Ethica - Etik Üzerine Dersler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>317</v>
+        <v>525</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258242997</t>
+          <t>9786256584372</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Devletler ve Toplumsal Devrimler</t>
+          <t>Yirmi Beş Keşifte Evrimin Öyküsü - Kanıtlar, Kâşifler, Doğrular ve Yanlışlar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>702</v>
+        <v>690</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258242515</t>
+          <t>9786256584242</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zaman Felsefesi Seti (3 Buklet Kitap)</t>
+          <t>Kazandıran Hamleler, Kaybettiren Hatalar: Gündelik Hayatta Oyun Teorisi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>335</v>
+        <v>385</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258242102</t>
+          <t>9786256584204</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Para ile İmtihanı –XVI. – XVII. Yüzyıllarda Osmanlı İmparatorluğu’nun Para Krizi–</t>
+          <t>Sartre Yarım Kalan Hikaye</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>270</v>
+        <v>585</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257307772</t>
+          <t>9786256584297</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>John Locke Kimdir?</t>
+          <t>Geleceğin Antropolojisi – Felsefi Bir Soruşturma</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>159</v>
+        <v>440</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786056934056</t>
+          <t>9786256584150</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler</t>
+          <t>Doğu’nun Batı ile Karşılaşması –18. yüzyılda Fransa ve Osmanlı İmparatorluğu–</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>177</v>
+        <v>395</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786056995569</t>
+          <t>9786258242997</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Platon - Bilgi Ruh ve Devlet</t>
+          <t>Devletler ve Toplumsal Devrimler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>187</v>
+        <v>880</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256584235</t>
+          <t>9786258242515</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kısa Tarihi –Antikiteden Günümüze Küresel Tarihyazımı–</t>
+          <t>Zaman Felsefesi Seti (3 Buklet Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>533</v>
+        <v>420</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256584273</t>
+          <t>9786258242102</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Diğer Zihinler –İnsanlığın Ezeli Sorusuna Yanıt–</t>
+          <t>Osmanlı’nın Para ile İmtihanı –XVI. – XVII. Yüzyıllarda Osmanlı İmparatorluğu’nun Para Krizi–</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>475</v>
+        <v>338</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256584310</t>
+          <t>9786257307772</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>John Locke Kimdir?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>430</v>
+        <v>199</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256584303</t>
+          <t>9786056934056</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Hayaletleri -Çağdaş Düşünürlerle Söyleşiler</t>
+          <t>Düşünceler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>346</v>
+        <v>222</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256584075</t>
+          <t>9786056995569</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Varisi Mustafa Kemal Atatürk</t>
+          <t>Platon - Bilgi Ruh ve Devlet</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>317</v>
+        <v>234</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256584006</t>
+          <t>9786256584235</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Üç Harflileri</t>
+          <t>Tarihin Kısa Tarihi –Antikiteden Günümüze Küresel Tarihyazımı–</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>159</v>
+        <v>665</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256584037</t>
+          <t>9786256584273</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Düşüşü</t>
+          <t>Tanrı ve Diğer Zihinler –İnsanlığın Ezeli Sorusuna Yanıt–</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>468</v>
+        <v>590</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258242935</t>
+          <t>9786256584310</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Hapishaneler</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>402</v>
+        <v>535</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258242805</t>
+          <t>9786256584303</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Düşünmek için Verimli Arızalar</t>
+          <t>Adaletin Hayaletleri -Çağdaş Düşünürlerle Söyleşiler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>524</v>
+        <v>435</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258242959</t>
+          <t>9786256584075</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki’nin Fikri Doğuşu</t>
+          <t>İmparatorluk Varisi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>328</v>
+        <v>395</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256584013</t>
+          <t>9786256584006</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıktan Önce Savaşlar –Barışçıl Vahşi Miti–</t>
+          <t>Osmanlı’nın Üç Harflileri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>477</v>
+        <v>199</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258242591</t>
+          <t>9786256584037</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tembelliğin İcadı</t>
+          <t>Sultanın Düşüşü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>495</v>
+        <v>585</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256584020</t>
+          <t>9786258242935</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Suçlular Nasıl Düşünür?</t>
+          <t>Osmanlı’da Hapishaneler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>580</v>
+        <v>502</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258242973</t>
+          <t>9786258242805</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Celladı</t>
+          <t>Mimarlık Düşünmek için Verimli Arızalar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>738</v>
+        <v>655</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258242980</t>
+          <t>9786258242959</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kapitalizmin Ruhu</t>
+          <t>İttihat ve Terakki’nin Fikri Doğuşu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>355</v>
+        <v>410</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258242928</t>
+          <t>9786256584013</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Burjuvazinin Yükselişi - İmparatorluğun Çöküşü</t>
+          <t>Uygarlıktan Önce Savaşlar –Barışçıl Vahşi Miti–</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>477</v>
+        <v>595</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258242690</t>
+          <t>9786258242591</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Beylikten İmparatorluğa Osmanlı 1326-1699</t>
+          <t>Tembelliğin İcadı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>196</v>
+        <v>620</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258242898</t>
+          <t>9786256584020</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Anneni ve Babanı Terk Edeceksin</t>
+          <t>Suçlular Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>177</v>
+        <v>725</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258242867</t>
+          <t>9786258242973</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Analizi</t>
+          <t>Hitler’in Celladı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>393</v>
+        <v>925</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258242904</t>
+          <t>9786258242980</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Üzerine Diyalog</t>
+          <t>Dijital Kapitalizmin Ruhu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>224</v>
+        <v>445</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258242881</t>
+          <t>9786258242928</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hareketler</t>
+          <t>Burjuvazinin Yükselişi - İmparatorluğun Çöküşü</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>421</v>
+        <v>595</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258242911</t>
+          <t>9786258242690</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Din</t>
+          <t>Beylikten İmparatorluğa Osmanlı 1326-1699</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>477</v>
+        <v>245</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258242836</t>
+          <t>9786258242898</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşmenin Diyalektiği -Hegel, Freud, Fanon-</t>
+          <t>Anneni ve Babanı Terk Edeceksin</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>458</v>
+        <v>222</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256584198</t>
+          <t>9786258242867</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ölüm</t>
+          <t>Zihnin Analizi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>355</v>
+        <v>490</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256584266</t>
+          <t>9786258242904</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri'nden Günümüze Şiddet ve Eşitsizliğin Tarihi</t>
+          <t>Yaratılış Üzerine Diyalog</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>861</v>
+        <v>280</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256584105</t>
+          <t>9786258242881</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Epistemik Adaletsizlik - İktidar ve Bilmenin Etiği</t>
+          <t>Toplumsal Hareketler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>393</v>
+        <v>525</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256584181</t>
+          <t>9786258242911</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Fark Etiği</t>
+          <t>Neoliberal Din</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>299</v>
+        <v>595</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256584167</t>
+          <t>9786258242836</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Farklılık Politikası</t>
+          <t>Özgürleşmenin Diyalektiği -Hegel, Freud, Fanon-</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>533</v>
+        <v>573</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256584044</t>
+          <t>9786256584198</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Kaybetmek</t>
+          <t>Ölüm</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>477</v>
+        <v>445</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256584174</t>
+          <t>9786256584266</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Etik Nedir?</t>
+          <t>Taş Devri'nden Günümüze Şiddet ve Eşitsizliğin Tarihi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>486</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256584136</t>
+          <t>9786256584105</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Öldüğünde: Kalıcı Lozan Barışı</t>
+          <t>Epistemik Adaletsizlik - İktidar ve Bilmenin Etiği</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>608</v>
+        <v>490</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256584051</t>
+          <t>9786256584181</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Ahlak Buhranı –Birinci Dünya Savaşı’nda Toplum, Siyaset ve Toplumsal Cinsiyet–</t>
+          <t>Cinsel Fark Etiği</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>421</v>
+        <v>375</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256584112</t>
+          <t>9786256584167</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kırmızıyı Görmek –Bilinç Üzerine Bir İnceleme–</t>
+          <t>Adalet ve Farklılık Politikası</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>196</v>
+        <v>665</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258242812</t>
+          <t>9786256584044</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İşbirliğinin Evrimi</t>
+          <t>İstanbul’u Kaybetmek</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>337</v>
+        <v>597</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258242799</t>
+          <t>9786256584174</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Felsefesi –Güzellik Duyusu–</t>
+          <t>Etik Nedir?</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>308</v>
+        <v>608</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258242751</t>
+          <t>9786256584136</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Bilmecesi ve Bilimi</t>
+          <t>Demokrasi Öldüğünde: Kalıcı Lozan Barışı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>261</v>
+        <v>760</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258242843</t>
+          <t>9786256584051</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Sevgisi Üzerine Düzensiz Düşünceler</t>
+          <t>Osmanlı’da Ahlak Buhranı –Birinci Dünya Savaşı’nda Toplum, Siyaset ve Toplumsal Cinsiyet–</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>177</v>
+        <v>525</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258242850</t>
+          <t>9786256584112</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Şeyleşme - Bir Tanıyış Teorisi</t>
+          <t>Kırmızıyı Görmek –Bilinç Üzerine Bir İnceleme–</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>159</v>
+        <v>245</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258242577</t>
+          <t>9786258242812</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Söz Sizde Bay Brown - Bir Sosyal Demokrasi Manifestosu</t>
+          <t>İşbirliğinin Evrimi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>384</v>
+        <v>420</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258242768</t>
+          <t>9786258242799</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Temel Problemleri</t>
+          <t>Güzelliğin Felsefesi –Güzellik Duyusu–</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>393</v>
+        <v>385</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258242737</t>
+          <t>9786258242751</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Foucault’dan Ranciere’e Gelecek Demokrasi</t>
+          <t>Cinsiyet Bilmecesi ve Bilimi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>328</v>
+        <v>325</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258242720</t>
+          <t>9786258242843</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Platon’dan Derrida’ya Felsefe ve Din</t>
+          <t>Tanrı Sevgisi Üzerine Düzensiz Düşünceler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>393</v>
+        <v>220</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258411720</t>
+          <t>9786258242850</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Londra Kulesi</t>
+          <t>Şeyleşme - Bir Tanıyış Teorisi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>130</v>
+        <v>199</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258411737</t>
+          <t>9786258242577</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Koş Melos ve Diğer Öyküler</t>
+          <t>Söz Sizde Bay Brown - Bir Sosyal Demokrasi Manifestosu</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>205</v>
+        <v>480</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258411713</t>
+          <t>9786258242768</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kappa</t>
+          <t>Felsefenin Temel Problemleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>130</v>
+        <v>492</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258242553</t>
+          <t>9786258242737</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyanın Başlangıcı –Fransız Devrimi’nin Yeni Tarihi–</t>
+          <t>Foucault’dan Ranciere’e Gelecek Demokrasi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>898</v>
+        <v>410</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258242539</t>
+          <t>9786258242720</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Keşif Çağı</t>
+          <t>Platon’dan Derrida’ya Felsefe ve Din</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>533</v>
+        <v>490</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258242676</t>
+          <t>9786258411720</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Faşizm Nasıl İşler?</t>
+          <t>Londra Kulesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>261</v>
+        <v>165</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258242188</t>
+          <t>9786258411737</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Enneadlar - Birinci ve Beşinci Dokuzluklar</t>
+          <t>Koş Melos ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>515</v>
+        <v>255</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258242416</t>
+          <t>9786258411713</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Devletin Müritleri</t>
+          <t>Kappa</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>580</v>
+        <v>165</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258242669</t>
+          <t>9786258242553</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Hukukbilim</t>
+          <t>Yeni Dünyanın Başlangıcı –Fransız Devrimi’nin Yeni Tarihi–</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>449</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258242560</t>
+          <t>9786258242539</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerin Ustaları</t>
+          <t>Osmanlı’nın Keşif Çağı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>281</v>
+        <v>665</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258242607</t>
+          <t>9786258242676</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dağ ve Filozof - Beden Varyasyonları</t>
+          <t>Faşizm Nasıl İşler?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>254</v>
+        <v>325</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258242522</t>
+          <t>9786258242188</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Zihin -Descartes’tan Yapay Zekaya</t>
+          <t>Enneadlar - Birinci ve Beşinci Dokuzluklar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>355</v>
+        <v>645</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258242287</t>
+          <t>9786258242416</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Vampirler ve Avcıları -Ölüyü Öldürmenin Kültürel Tarihi-</t>
+          <t>Osmanlı'da Devletin Müritleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>411</v>
+        <v>725</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258242652</t>
+          <t>9786258242669</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Bilim Seti (4 Buklet Kitap)</t>
+          <t>Psikolojik Hukukbilim</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>413</v>
+        <v>560</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258242461</t>
+          <t>9786258242560</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sınıflar Birbirine Ne Borçludur?</t>
+          <t>Uluslararası İlişkilerin Ustaları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>177</v>
+        <v>350</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258242423</t>
+          <t>9786258242607</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kesişimsellik –Teori ve Pratikte Toplumsal Adalet Arayışı</t>
+          <t>Dağ ve Filozof - Beden Varyasyonları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>477</v>
+        <v>320</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258242324</t>
+          <t>9786258242522</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Doğası - Felsefi Düşünmeye Giriş</t>
+          <t>Zihin -Descartes’tan Yapay Zekaya</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>346</v>
+        <v>445</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258242348</t>
+          <t>9786258242287</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yeni ve Eski Savaşlar - Küresel Çağda Örgütlü Şiddet</t>
+          <t>Vampirler ve Avcıları -Ölüyü Öldürmenin Kültürel Tarihi-</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>402</v>
+        <v>515</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258242379</t>
+          <t>9786258242652</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Söylem ve İktidar</t>
+          <t>Herkes İçin Bilim Seti (4 Buklet Kitap)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>261</v>
+        <v>515</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258242386</t>
+          <t>9786258242461</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetlendirilmiş Bedenler – Judith Butler’ı Anlamak –</t>
+          <t>Toplumsal Sınıflar Birbirine Ne Borçludur?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>308</v>
+        <v>220</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258242355</t>
+          <t>9786258242423</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Bilgi Sosyolojisi</t>
+          <t>Kesişimsellik –Teori ve Pratikte Toplumsal Adalet Arayışı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>290</v>
+        <v>595</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258242331</t>
+          <t>9786258242324</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Krizleri –Otoriterleşmenin Kıyısında Çağdaş Siyasetin Ahvali–</t>
+          <t>Felsefenin Doğası - Felsefi Düşünmeye Giriş</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>317</v>
+        <v>435</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258242263</t>
+          <t>9786258242348</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sıçrama - Bizi Biz Yapan ve Mutlu Eden Şeylerin Yeni Evrimsel Bilimi</t>
+          <t>Yeni ve Eski Savaşlar - Küresel Çağda Örgütlü Şiddet</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>402</v>
+        <v>505</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258242256</t>
+          <t>9786258242379</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Gece Çökerken - Osmanlı'da Gece Hayatı</t>
+          <t>Söylem ve İktidar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>571</v>
+        <v>325</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258242249</t>
+          <t>9786258242386</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kant - Entelektüel bir Biyografi</t>
+          <t>Cinsiyetlendirilmiş Bedenler – Judith Butler’ı Anlamak –</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>290</v>
+        <v>385</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258242232</t>
+          <t>9786258242355</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Doğa, Yasaları Çiğnediğinde - Tüylü Zanlılar</t>
+          <t>Bilim ve Bilgi Sosyolojisi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>402</v>
+        <v>360</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258242218</t>
+          <t>9786258242331</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Agnes’in Ceketi</t>
+          <t>Demokrasinin Krizleri –Otoriterleşmenin Kıyısında Çağdaş Siyasetin Ahvali–</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>205</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258242195</t>
+          <t>9786258242263</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Failin Ontolojisi</t>
+          <t>Toplumsal Sıçrama - Bizi Biz Yapan ve Mutlu Eden Şeylerin Yeni Evrimsel Bilimi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>196</v>
+        <v>500</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258242201</t>
+          <t>9786258242256</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İnsan Zihni Üzerine / Sağduyu İlkeleri Temelinde bir Araştırma</t>
+          <t>Gece Çökerken - Osmanlı'da Gece Hayatı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>402</v>
+        <v>715</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258242034</t>
+          <t>9786258242249</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Saçmalığın Daniskası –Bilimi Zırvalıktan Nasıl Ayırırız</t>
+          <t>Kant - Entelektüel bir Biyografi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>571</v>
+        <v>365</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258242164</t>
+          <t>9786258242232</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Periler - Tehlikeli Bir Tarih</t>
+          <t>Doğa, Yasaları Çiğnediğinde - Tüylü Zanlılar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>384</v>
+        <v>500</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258242171</t>
+          <t>9786258242218</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Mevleviliğin Kültürel Tarihi - Osmanlı İmparatorluğu'nda Şiir, Müzik ve Tasavvuf</t>
+          <t>Agnes’in Ceketi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>421</v>
+        <v>255</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258242126</t>
+          <t>9786258242195</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası - Güç Oyunu Olarak Bilgi</t>
+          <t>Failin Ontolojisi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>430</v>
+        <v>245</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258242133</t>
+          <t>9786258242201</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Henri Bergson - Değişimin Felsefesi</t>
+          <t>İnsan Zihni Üzerine / Sağduyu İlkeleri Temelinde bir Araştırma</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>159</v>
+        <v>500</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258242157</t>
+          <t>9786258242034</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik ve Modernizm</t>
+          <t>Saçmalığın Daniskası –Bilimi Zırvalıktan Nasıl Ayırırız</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>580</v>
+        <v>715</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258242089</t>
+          <t>9786258242164</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Derrida İstanbul'da - Sekülerizm, Öteki ve Sorumluluk</t>
+          <t>Periler - Tehlikeli Bir Tarih</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>402</v>
+        <v>480</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258242041</t>
+          <t>9786258242171</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Evrenin Yeni Bilimi</t>
+          <t>Osmanlıda Mevleviliğin Kültürel Tarihi - Osmanlı İmparatorluğu'nda Şiir, Müzik ve Tasavvuf</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>337</v>
+        <v>525</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258242003</t>
+          <t>9786258242126</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyetin Kısa Tarihi</t>
+          <t>Hakikat Sonrası - Güç Oyunu Olarak Bilgi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>337</v>
+        <v>538</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258242096</t>
+          <t>9786258242133</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türkiye: Tarihe Muhalif Bir Geçmiş</t>
+          <t>Henri Bergson - Değişimin Felsefesi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>495</v>
+        <v>199</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258242119</t>
+          <t>9786258242157</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetin Ontolojisi</t>
+          <t>Milliyetçilik ve Modernizm</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>384</v>
+        <v>725</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258242058</t>
+          <t>9786258242089</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Simgesel İktidar, Siyaset ve Entelektüeller - Pierre Bourdieu’nün Siyaset Sosyolojisi</t>
+          <t>Derrida İstanbul'da - Sekülerizm, Öteki ve Sorumluluk</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>495</v>
+        <v>503</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258242027</t>
+          <t>9786258242041</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ruh Tozu</t>
+          <t>Büyülü Evrenin Yeni Bilimi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>337</v>
+        <v>420</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258242010</t>
+          <t>9786258242003</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sıradaki Kıyamet</t>
+          <t>Mahremiyetin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>402</v>
+        <v>421</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258411959</t>
+          <t>9786258242096</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu Türk’üm Diyene -Türk-Müslüman Kimliğinin Müzakeresi-</t>
+          <t>Türkiye: Tarihe Muhalif Bir Geçmiş</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>515</v>
+        <v>620</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258411997</t>
+          <t>9786258242119</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Schmitt'ten Habermas'a Çağdaş Politik Felsefe</t>
+          <t>Cinsiyetin Ontolojisi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>317</v>
+        <v>480</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258411874</t>
+          <t>9786258242058</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Politik Hukukbilim</t>
+          <t>Simgesel İktidar, Siyaset ve Entelektüeller - Pierre Bourdieu’nün Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>402</v>
+        <v>620</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258411843</t>
+          <t>9786258242027</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Antropolojisi</t>
+          <t>Ruh Tozu</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>439</v>
+        <v>420</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258411973</t>
+          <t>9786258242010</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Düşünmek -Geçmişin Değişen Eşkali -</t>
+          <t>Sıradaki Kıyamet</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>449</v>
+        <v>505</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258411850</t>
+          <t>9786258411959</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Huzursuzluğu</t>
+          <t>Ne Mutlu Türk’üm Diyene -Türk-Müslüman Kimliğinin Müzakeresi-</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>328</v>
+        <v>645</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258411980</t>
+          <t>9786258411997</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Annales Okulu ve Türkiye’de Tarihyazımı</t>
+          <t>Schmitt'ten Habermas'a Çağdaş Politik Felsefe</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>346</v>
+        <v>395</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258411881</t>
+          <t>9786258411874</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kritias</t>
+          <t>Politik Hukukbilim</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>121</v>
+        <v>500</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258411898</t>
+          <t>9786258411843</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Timaios</t>
+          <t>Hukuk Antropolojisi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>364</v>
+        <v>550</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258411867</t>
+          <t>9786258411973</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Emek ve Mülkiyet</t>
+          <t>Tarihi Düşünmek -Geçmişin Değişen Eşkali -</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>261</v>
+        <v>562</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258411942</t>
+          <t>9786258411850</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Başkası ve Şiddet</t>
+          <t>Tarihin Huzursuzluğu</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258411676</t>
+          <t>9786258411980</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Metafiziği Hukuk Öğretisi</t>
+          <t>Annales Okulu ve Türkiye’de Tarihyazımı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>337</v>
+        <v>435</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258411683</t>
+          <t>9786258411881</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Pragmatik Bakış Açısından Antropoloji</t>
+          <t>Kritias</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>430</v>
+        <v>155</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258411768</t>
+          <t>9786258411898</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Makine İnsan</t>
+          <t>Timaios</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>308</v>
+        <v>455</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258411652</t>
+          <t>9786258411867</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Hayvanları</t>
+          <t>Emek ve Mülkiyet</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>411</v>
+        <v>325</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258411485</t>
+          <t>9786258411942</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yaşamı</t>
+          <t>Başkası ve Şiddet</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>374</v>
+        <v>340</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258411560</t>
+          <t>9786258411676</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Adalet Teorileri - Çağdaş Bir Tartışma</t>
+          <t>Ahlakın Metafiziği Hukuk Öğretisi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>317</v>
+        <v>422</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258242874</t>
+          <t>9786258411683</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düşüncenin Tarihi</t>
+          <t>Pragmatik Bakış Açısından Antropoloji</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>374</v>
+        <v>538</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258242829</t>
+          <t>9786258411768</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Kurtuluşuna Doğru –Altüst Edicilikle Yeniden Buluşmak–</t>
+          <t>Makine İnsan</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>270</v>
+        <v>385</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258242713</t>
+          <t>9786258411652</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Anlayan Tarih – Dil-Tarih İlişkisi Üzerine Bir İnceleme</t>
+          <t>Nietzsche’nin Hayvanları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>299</v>
+        <v>514</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258242393</t>
+          <t>9786258411485</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Diyalektiği - Adorno'yu Anlamak</t>
+          <t>Aklın Yaşamı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>261</v>
+        <v>468</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258242294</t>
+          <t>9786258411560</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet, Toplumsal Cinsiyet ve Cinsellikler - Feminist Teoriye Giriş</t>
+          <t>Adalet Teorileri - Çağdaş Bir Tartışma</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>187</v>
+        <v>396</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258242270</t>
+          <t>9786258242874</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Felsefesi Tarihi</t>
+          <t>Siyasi Düşüncenin Tarihi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>337</v>
+        <v>468</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258242317</t>
+          <t>9786258242829</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Haz Üzerine</t>
+          <t>Psikanalizin Kurtuluşuna Doğru –Altüst Edicilikle Yeniden Buluşmak–</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>524</v>
+        <v>338</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258242409</t>
+          <t>9786258242713</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Şiiri –Heidegger’i Anlamak–</t>
+          <t>Anlayan Tarih – Dil-Tarih İlişkisi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>317</v>
+        <v>375</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258411904</t>
+          <t>9786258242393</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Denen Bilmece</t>
+          <t>Yaşamın Diyalektiği - Adorno'yu Anlamak</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258411928</t>
+          <t>9786258242294</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kesinlik Üzerine</t>
+          <t>Cinsiyet, Toplumsal Cinsiyet ve Cinsellikler - Feminist Teoriye Giriş</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>252</v>
+        <v>235</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258411621</t>
+          <t>9786258242270</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Miti</t>
+          <t>Antik Yunan Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>486</v>
+        <v>425</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258411935</t>
+          <t>9786258242317</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Varlık İzleri: Işık ve Ses –Heidegger’de Temel Kavramlar–</t>
+          <t>Haz Üzerine</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>364</v>
+        <v>655</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258411911</t>
+          <t>9786258242409</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Descartes Kimdir?</t>
+          <t>Varlığın Şiiri –Heidegger’i Anlamak–</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>234</v>
+        <v>395</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258411744</t>
+          <t>9786258411904</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Mikrobun Keşfi</t>
+          <t>Ahlak Denen Bilmece</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>252</v>
+        <v>175</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257307864</t>
+          <t>9786258411928</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Düşünürüz?</t>
+          <t>Kesinlik Üzerine</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>411</v>
+        <v>315</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258411690</t>
+          <t>9786258411621</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Levinas Okumaları</t>
+          <t>Yapay Zeka Miti</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>364</v>
+        <v>608</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258411751</t>
+          <t>9786258411935</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Heidegger - Bir Filozof, Bir Alman</t>
+          <t>Varlık İzleri: Işık ve Ses –Heidegger’de Temel Kavramlar–</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>215</v>
+        <v>455</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258411614</t>
+          <t>9786258411911</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Antik Uygarlıkların Tarım Sosyolojisi</t>
+          <t>Descartes Kimdir?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>655</v>
+        <v>293</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258411577</t>
+          <t>9786258411744</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Aşk</t>
+          <t>Mikrobun Keşfi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>364</v>
+        <v>315</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258411591</t>
+          <t>9786257307864</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Tanrı</t>
+          <t>Nasıl Düşünürüz?</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>346</v>
+        <v>515</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258411584</t>
+          <t>9786258411690</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca</t>
+          <t>Levinas Okumaları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>346</v>
+        <v>455</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258411607</t>
+          <t>9786258411751</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bellek</t>
+          <t>Heidegger - Bir Filozof, Bir Alman</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>346</v>
+        <v>269</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258411553</t>
+          <t>9786258411614</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Zaman Algı Bellek</t>
+          <t>Antik Uygarlıkların Tarım Sosyolojisi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>364</v>
+        <v>820</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258411546</t>
+          <t>9786258411577</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Böceklerin Gezegeni - Yeryüzünün Gizli Sahipleri</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>402</v>
+        <v>455</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258411522</t>
+          <t>9786258411591</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Avrupa</t>
+          <t>Tanrı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>355</v>
+        <v>435</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258411508</t>
+          <t>9786258411584</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Otorite ile Yorum Arasında -Hukukun Doğası</t>
+          <t>Kurmaca</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>281</v>
+        <v>435</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258411492</t>
+          <t>9786258411607</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Otorite ile Yorum Arasında - Hukuk Teorisi</t>
+          <t>Bellek</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>458</v>
+        <v>435</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258411140</t>
+          <t>9786258411553</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutik ve Tin Bilimleri</t>
+          <t>Zaman Algı Bellek</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>196</v>
+        <v>455</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257307932</t>
+          <t>9786258411546</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Paylaşmak</t>
+          <t>Böceklerin Gezegeni - Yeryüzünün Gizli Sahipleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>205</v>
+        <v>505</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257307499</t>
+          <t>9786258411522</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştirisi</t>
+          <t>Platon ve Avrupa</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>421</v>
+        <v>445</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257307901</t>
+          <t>9786258411508</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Hırsız</t>
+          <t>Otorite ile Yorum Arasında -Hukukun Doğası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>299</v>
+        <v>350</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257307925</t>
+          <t>9786258411492</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Grek Estetiği</t>
+          <t>Otorite ile Yorum Arasında - Hukuk Teorisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>350</v>
+        <v>570</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257307895</t>
+          <t>9786258411140</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçta Kadın Vardı</t>
+          <t>Hermeneutik ve Tin Bilimleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>224</v>
+        <v>245</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257307918</t>
+          <t>9786257307932</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Tarihselcilik Sorunu</t>
+          <t>Ateşi Paylaşmak</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>168</v>
+        <v>255</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257307888</t>
+          <t>9786257307499</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tanrıya Karşı Söylev</t>
+          <t>Edebiyat Eleştirisi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>215</v>
+        <v>525</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257307420</t>
+          <t>9786257307901</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Süre ve Eşzamanlılık</t>
+          <t>Profesyonel Hırsız</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>391</v>
+        <v>375</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257307802</t>
+          <t>9786257307925</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gaflar</t>
+          <t>Grek Estetiği</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>159</v>
+        <v>438</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257307871</t>
+          <t>9786257307895</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Felsefesi</t>
+          <t>Başlangıçta Kadın Vardı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>346</v>
+        <v>280</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257307857</t>
+          <t>9786257307918</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Yazı</t>
+          <t>Tarihselcilik Sorunu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>234</v>
+        <v>210</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257307727</t>
+          <t>9786257307888</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Metafelsefe</t>
+          <t>Tanrıya Karşı Söylev</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>421</v>
+        <v>270</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257307840</t>
+          <t>9786257307420</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yüzleşme</t>
+          <t>Süre ve Eşzamanlılık</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>430</v>
+        <v>490</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257307833</t>
+          <t>9786257307802</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer Kimdir?</t>
+          <t>Bilimsel Gaflar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>199</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257307826</t>
+          <t>9786257307871</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizliğe Çağrı</t>
+          <t>Antik Yunan Felsefesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>384</v>
+        <v>435</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257307796</t>
+          <t>9786257307857</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri</t>
+          <t>Söz ve Yazı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>373</v>
+        <v>293</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257307789</t>
+          <t>9786257307727</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Teorisi ve Mantık</t>
+          <t>Metafelsefe</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>308</v>
+        <v>527</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257307819</t>
+          <t>9786257307840</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyaların Çocukları</t>
+          <t>Kayıp Yüzleşme</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>317</v>
+        <v>537</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257307680</t>
+          <t>9786257307833</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kant’tan Hegel’e Alman İdealizmi</t>
+          <t>Schopenhauer Kimdir?</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>533</v>
+        <v>188</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257307765</t>
+          <t>9786257307826</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Sivil İtaatsizliğe Çağrı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>159</v>
+        <v>480</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257307758</t>
+          <t>9786257307796</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Azizler ve Dahiler</t>
+          <t>Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>228</v>
+        <v>465</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257307741</t>
+          <t>9786257307789</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Zeki Olduğunu Düşünüyor musun?</t>
+          <t>Bilgi Teorisi ve Mantık</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>308</v>
+        <v>385</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257307734</t>
+          <t>9786257307819</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hala Zeki Olduğunu Düşünüyor musun?</t>
+          <t>Başka Dünyaların Çocukları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>270</v>
+        <v>397</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257307710</t>
+          <t>9786257307680</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Kant’tan Hegel’e Alman İdealizmi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>187</v>
+        <v>665</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257307703</t>
+          <t>9786257307765</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bir Sayı Tut</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>328</v>
+        <v>199</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257307697</t>
+          <t>9786257307758</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Yolculuğu</t>
+          <t>Azizler ve Dahiler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>224</v>
+        <v>285</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257307642</t>
+          <t>9786257307741</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Dünyanın Tin Bilimlerinde Kurulumu</t>
+          <t>Zeki Olduğunu Düşünüyor musun?</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>430</v>
+        <v>385</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257307604</t>
+          <t>9786257307734</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bilim İş Başında</t>
+          <t>Hala Zeki Olduğunu Düşünüyor musun?</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257307666</t>
+          <t>9786257307710</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yazın ve Sanat Üzerine</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>364</v>
+        <v>235</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257307635</t>
+          <t>9786257307703</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Erken Yunan Felsefesi</t>
+          <t>Bir Sayı Tut</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>177</v>
+        <v>410</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257307659</t>
+          <t>9786257307697</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sartre İkilemi - Entelektüel Neden Susar?</t>
+          <t>Evrenin Yolculuğu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>159</v>
+        <v>280</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257307543</t>
+          <t>9786257307642</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Felsefesi</t>
+          <t>Tarihsel Dünyanın Tin Bilimlerinde Kurulumu</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257307611</t>
+          <t>9786257307604</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefe</t>
+          <t>Bilim İş Başında</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>234</v>
+        <v>540</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057001436</t>
+          <t>9786257307666</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Şarlatanlık</t>
+          <t>Yazın ve Sanat Üzerine</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>767</v>
+        <v>455</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257307567</t>
+          <t>9786257307635</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Doğmak -Yeni İnsanın Başlangıcı</t>
+          <t>Erken Yunan Felsefesi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>187</v>
+        <v>222</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257307550</t>
+          <t>9786257307659</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Nefret Söylemindeki Zarar</t>
+          <t>Sartre İkilemi - Entelektüel Neden Susar?</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>374</v>
+        <v>199</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257307451</t>
+          <t>9786257307543</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Viyana Çevresi</t>
+          <t>Ortaçağ Felsefesi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>421</v>
+        <v>188</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257307581</t>
+          <t>9786257307611</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’ten Rousseau’ya Politika Felsefesi Tarihi</t>
+          <t>Modern Felsefe</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>515</v>
+        <v>293</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257307505</t>
+          <t>9786057001436</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Anlama Yetisi Üzerine Yeni Denemeler</t>
+          <t>Bilim ve Şarlatanlık</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>384</v>
+        <v>960</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257307628</t>
+          <t>9786257307567</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Fakültelerin Çatışması</t>
+          <t>Doğmak -Yeni İnsanın Başlangıcı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>252</v>
+        <v>235</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257307574</t>
+          <t>9786257307550</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ben Maymun muyum?</t>
+          <t>Nefret Söylemindeki Zarar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>468</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257307376</t>
+          <t>9786257307451</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte Irkçılık</t>
+          <t>Viyana Çevresi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>234</v>
+        <v>527</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257307468</t>
+          <t>9786257307581</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Yöntem</t>
+          <t>Sokrates’ten Rousseau’ya Politika Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>281</v>
+        <v>645</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257307475</t>
+          <t>9786257307505</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Yeniden İnşası</t>
+          <t>Anlama Yetisi Üzerine Yeni Denemeler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257307482</t>
+          <t>9786257307628</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Auguste Comte ve Pozitivizm</t>
+          <t>Fakültelerin Çatışması</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>234</v>
+        <v>315</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257307529</t>
+          <t>9786257307574</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Comemadre</t>
+          <t>Ben Maymun muyum?</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>205</v>
+        <v>188</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257307512</t>
+          <t>9786257307376</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Silgiler</t>
+          <t>Teori ve Pratikte Irkçılık</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>346</v>
+        <v>290</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257307406</t>
+          <t>9786257307468</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Teselliler</t>
+          <t>Felsefi Yöntem</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>256</v>
+        <v>350</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257307000</t>
+          <t>9786257307475</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Meseller</t>
+          <t>Felsefenin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>234</v>
+        <v>340</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257307437</t>
+          <t>9786257307482</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Mektuplaşmalar</t>
+          <t>Auguste Comte ve Pozitivizm</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>281</v>
+        <v>292</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257307390</t>
+          <t>9786257307529</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Özgürlüğü Üzerine</t>
+          <t>Comemadre</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>243</v>
+        <v>257</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257307055</t>
+          <t>9786257307512</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Pragmatik Estetik</t>
+          <t>Silgiler</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>308</v>
+        <v>430</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257307079</t>
+          <t>9786257307406</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sanatın İlkeleri</t>
+          <t>Teselliler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257307369</t>
+          <t>9786257307000</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sürenin Diyalektiği</t>
+          <t>Meseller</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>243</v>
+        <v>293</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257307352</t>
+          <t>9786257307437</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Başkalık Deneyimi</t>
+          <t>Felsefi Mektuplaşmalar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>393</v>
+        <v>352</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257307321</t>
+          <t>9786257307390</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Raşomon</t>
+          <t>İstemenin Özgürlüğü Üzerine</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>305</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257307291</t>
+          <t>9786257307055</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Palto Burun</t>
+          <t>Pragmatik Estetik</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>140</v>
+        <v>385</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257307338</t>
+          <t>9786257307079</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Üç Romantik Hikaye</t>
+          <t>Sanatın İlkeleri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>281</v>
+        <v>540</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257307314</t>
+          <t>9786257307369</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Öyküler</t>
+          <t>Sürenin Diyalektiği</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>234</v>
+        <v>305</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257307307</t>
+          <t>9786257307352</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Müritleri</t>
+          <t>Başkalık Deneyimi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>177</v>
+        <v>490</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257307277</t>
+          <t>9786257307321</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Raşomon</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>196</v>
+        <v>188</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257307345</t>
+          <t>9786257307291</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Öykü Seti (8 Kitap Takım)</t>
+          <t>Palto Burun</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>1487</v>
+        <v>175</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257307253</t>
+          <t>9786257307338</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Üç Romantik Hikaye</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257307260</t>
+          <t>9786257307314</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Adem ile Havva’nın Güncesi</t>
+          <t>Ölümcül Öyküler</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>177</v>
+        <v>290</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257307222</t>
+          <t>9786257307307</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>William James Kimdir?</t>
+          <t>Midas’ın Müritleri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257307130</t>
+          <t>9786257307277</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tanrıyı Beklerken</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257307154</t>
+          <t>9786257307345</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Süreç ve Gerçeklik –Kozmolojide Bir Deneme</t>
+          <t>Bir Dünya Öykü Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>692</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257307239</t>
+          <t>9786257307253</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ortak İman</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257307185</t>
+          <t>9786257307260</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hegelci Kozmoloji</t>
+          <t>Adem ile Havva’nın Güncesi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>421</v>
+        <v>220</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257307192</t>
+          <t>9786257307222</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Hegelci Diyalektik</t>
+          <t>William James Kimdir?</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>384</v>
+        <v>188</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257307215</t>
+          <t>9786257307130</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Schelling</t>
+          <t>Tanrıyı Beklerken</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>168</v>
+        <v>340</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257307208</t>
+          <t>9786257307154</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Hegel Mantığı</t>
+          <t>Süreç ve Gerçeklik –Kozmolojide Bir Deneme</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>458</v>
+        <v>865</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257307178</t>
+          <t>9786257307239</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Fichte</t>
+          <t>Ortak İman</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>281</v>
+        <v>210</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257307024</t>
+          <t>9786257307185</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalite Duygusu – Bilgi ve Eylem Üzerine</t>
+          <t>Hegelci Kozmoloji</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>270</v>
+        <v>527</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257307017</t>
+          <t>9786257307192</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yaşamaya Değer mi? - Ahlak ve Din Üzerine</t>
+          <t>Hegelci Diyalektik</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>332</v>
+        <v>480</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257307031</t>
+          <t>9786257307215</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Akışı - Zihin ve Deneyim Üzerine</t>
+          <t>Schelling</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>261</v>
+        <v>210</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257307116</t>
+          <t>9786257307208</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Başka</t>
+          <t>Hegel Mantığı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>177</v>
+        <v>575</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257307161</t>
+          <t>9786257307178</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Politikası</t>
+          <t>Fichte</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>393</v>
+        <v>352</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057001498</t>
+          <t>9786257307024</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Anlama Yetisinin Yönetimi Üzerine</t>
+          <t>Rasyonalite Duygusu – Bilgi ve Eylem Üzerine</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>234</v>
+        <v>338</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257307123</t>
+          <t>9786257307017</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Taşra Mektupları</t>
+          <t>Hayat Yaşamaya Değer mi? - Ahlak ve Din Üzerine</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>393</v>
+        <v>415</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257307086</t>
+          <t>9786257307031</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sorunsallıkta Yaşamak</t>
+          <t>Bilinç Akışı - Zihin ve Deneyim Üzerine</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>168</v>
+        <v>327</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257307048</t>
+          <t>9786257307116</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm</t>
+          <t>Zaman ve Başka</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>341</v>
+        <v>222</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257307093</t>
+          <t>9786257307161</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Devrim</t>
+          <t>Başkasının Politikası</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>187</v>
+        <v>490</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257307062</t>
+          <t>9786057001498</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve Hegel</t>
+          <t>Anlama Yetisinin Yönetimi Üzerine</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>168</v>
+        <v>293</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057001405</t>
+          <t>9786257307123</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Dağdan Yazılmış Mektuplar</t>
+          <t>Taşra Mektupları</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>481</v>
+        <v>490</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057001481</t>
+          <t>9786257307086</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Plotinos</t>
+          <t>Sorunsallıkta Yaşamak</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057001467</t>
+          <t>9786257307048</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Materyalizm</t>
+          <t>Pragmatizm</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>402</v>
+        <v>426</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057001474</t>
+          <t>9786257307093</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük ve Ezeliyet</t>
+          <t>Felsefede Devrim</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>159</v>
+        <v>234</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057001450</t>
+          <t>9786257307062</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger - Varlığın Patikaları</t>
+          <t>Aristoteles ve Hegel</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>281</v>
+        <v>210</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254442094</t>
+          <t>9786057001405</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Sokrates’i Neden Öldürdü?</t>
+          <t>Dağdan Yazılmış Mektuplar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>376</v>
+        <v>601</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057001443</t>
+          <t>9786057001481</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Epistemoloji</t>
+          <t>Plotinos</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>463</v>
+        <v>210</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786056964343</t>
+          <t>9786057001467</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Salla Gitsin</t>
+          <t>Materyalizm</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>196</v>
+        <v>502</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057001429</t>
+          <t>9786057001474</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Arzu ve Ölüm</t>
+          <t>Ölümsüzlük ve Ezeliyet</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>495</v>
+        <v>199</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786058068872</t>
+          <t>9786057001450</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi</t>
+          <t>Martin Heidegger - Varlığın Patikaları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>371</v>
+        <v>350</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057001412</t>
+          <t>9786254442094</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Gelişimim</t>
+          <t>Nietzsche Sokrates’i Neden Öldürdü?</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>523</v>
+        <v>470</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254442087</t>
+          <t>9786057001443</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Söylem Etiği</t>
+          <t>Epistemoloji</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>441</v>
+        <v>579</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786050607772</t>
+          <t>9786056964343</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İmkansızı Düşünmek</t>
+          <t>Salla Gitsin</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>621</v>
+        <v>245</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254442070</t>
+          <t>9786057001429</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İçteki Ses</t>
+          <t>Arzu ve Ölüm</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>679</v>
+        <v>620</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254442063</t>
+          <t>9786058068872</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Fizik Felsefesine Giriş</t>
+          <t>Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>196</v>
+        <v>465</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254442049</t>
+          <t>9786057001412</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın Sessizliği</t>
+          <t>Felsefi Gelişimim</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>304</v>
+        <v>655</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786050607765</t>
+          <t>9786254442087</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Madde ve Bellek</t>
+          <t>Söylem Etiği</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>328</v>
+        <v>550</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786254442032</t>
+          <t>9786050607772</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Işığında Modern Resim</t>
+          <t>İmkansızı Düşünmek</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>918</v>
+        <v>780</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786050607796</t>
+          <t>9786254442070</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx - Entelektüel Bir Biyografi</t>
+          <t>İçteki Ses</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>356</v>
+        <v>850</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254442001</t>
+          <t>9786254442063</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Doğa Tarihi ve Gökler Kuramı</t>
+          <t>Fizik Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786050607741</t>
+          <t>9786254442049</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ahlak İlkeleri</t>
+          <t>Vicdanın Sessizliği</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>159</v>
+        <v>380</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254442025</t>
+          <t>9786050607765</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Madde ve Bellek</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>441</v>
+        <v>410</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786050607789</t>
+          <t>9786254442032</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Değer</t>
+          <t>Felsefenin Işığında Modern Resim</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>673</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786050607734</t>
+          <t>9786050607796</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Amaçları - Eğitimde Reform Çağrısı</t>
+          <t>Karl Marx - Entelektüel Bir Biyografi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>367</v>
+        <v>445</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786050607727</t>
+          <t>9786254442001</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kıyısız Bir Gerçekçilik</t>
+          <t>Evrensel Doğa Tarihi ve Gökler Kuramı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>281</v>
+        <v>305</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786050607710</t>
+          <t>9786050607741</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bilgiden Kurmacaya</t>
+          <t>Eğitimde Ahlak İlkeleri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>205</v>
+        <v>199</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786050607703</t>
+          <t>9786254442025</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Epikuros</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>187</v>
+        <v>550</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786056995576</t>
+          <t>9786050607789</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles - Varlık Erdem ve Yöntem</t>
+          <t>Bilgi ve Değer</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>196</v>
+        <v>840</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786056995583</t>
+          <t>9786050607734</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Platon’dan Mao’ya Siyaset Felsefesi</t>
+          <t>Eğitimin Amaçları - Eğitimde Reform Çağrısı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>329</v>
+        <v>459</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786056995552</t>
+          <t>9786050607727</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sokrates - İroni İnfaz ve Etik</t>
+          <t>Kıyısız Bir Gerçekçilik</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>187</v>
+        <v>350</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786056964350</t>
+          <t>9786050607710</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Özgürlüğü</t>
+          <t>Bilgiden Kurmacaya</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>159</v>
+        <v>255</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786056995545</t>
+          <t>9786050607703</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte Felsefe</t>
+          <t>Epikuros</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>683</v>
+        <v>234</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786056964381</t>
+          <t>9786056995576</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte Devlet</t>
+          <t>Aristoteles - Varlık Erdem ve Yöntem</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786056995507</t>
+          <t>9786056995583</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Devlet Dini</t>
+          <t>Platon’dan Mao’ya Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>205</v>
+        <v>410</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786056964367</t>
+          <t>9786056995552</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Estetik Beğeni</t>
+          <t>Sokrates - İroni İnfaz ve Etik</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>355</v>
+        <v>235</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786056964398</t>
+          <t>9786056964350</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Homeros'tan Nazım'a Şiir ve Felsefe</t>
+          <t>Düşünce Özgürlüğü</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>337</v>
+        <v>199</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786056995521</t>
+          <t>9786056995545</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Semantik - Yeni Bir Anlambilim Projesi</t>
+          <t>Teori ve Pratikte Felsefe</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>328</v>
+        <v>855</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786056995538</t>
+          <t>9786056964381</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Din Felsefesi</t>
+          <t>Teori ve Pratikte Devlet</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>205</v>
+        <v>363</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786056964374</t>
+          <t>9786056995507</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kopernik'ten Einstein'a Uzay, Zaman ve Hareket</t>
+          <t>Devlet Dini</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>159</v>
+        <v>255</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786056934063</t>
+          <t>9786056964367</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Felsefelerine Giriş</t>
+          <t>Estetik Beğeni</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>299</v>
+        <v>445</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786056964336</t>
+          <t>9786056964398</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Matematik Felsefesi</t>
+          <t>Homeros'tan Nazım'a Şiir ve Felsefe</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>666</v>
+        <v>422</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786056934032</t>
+          <t>9786056995521</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mantık</t>
+          <t>Semantik - Yeni Bir Anlambilim Projesi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>476</v>
+        <v>410</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786056934087</t>
+          <t>9786056995538</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Antropoloji</t>
+          <t>Marx'ın Din Felsefesi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>187</v>
+        <v>256</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786056964329</t>
+          <t>9786056964374</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Felsefece Eğitişim</t>
+          <t>Kopernik'ten Einstein'a Uzay, Zaman ve Hareket</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>374</v>
+        <v>199</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786056964305</t>
+          <t>9786056934063</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Aklın İşlevi</t>
+          <t>Varoluş Felsefelerine Giriş</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>168</v>
+        <v>374</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786056964312</t>
+          <t>9786056964336</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Zihin Felsefesi</t>
+          <t>Matematik Felsefesi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>486</v>
+        <v>833</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786058068803</t>
+          <t>9786056934032</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Spinoza</t>
+          <t>Mantık</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>224</v>
+        <v>595</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786058068834</t>
+          <t>9786056934087</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ve Zaman</t>
+          <t>Felsefi Antropoloji</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>159</v>
+        <v>235</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786056934025</t>
+          <t>9786056964329</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Marksist Estetik</t>
+          <t>Felsefece Eğitişim</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>299</v>
+        <v>470</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786058068827</t>
+          <t>9786056964305</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Jacques Derrida Kimdir</t>
+          <t>Aklın İşlevi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>355</v>
+        <v>210</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786058068865</t>
+          <t>9786056964312</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Croce Estetiği</t>
+          <t>Zihin Felsefesi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>215</v>
+        <v>608</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786056934070</t>
+          <t>9786058068803</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Cioran</t>
+          <t>Spinoza</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>261</v>
+        <v>280</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786058068889</t>
+          <t>9786058068834</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Spinoza ve Zaman</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>252</v>
+        <v>199</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786058074897</t>
+          <t>9786056934025</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet</t>
+          <t>Marksist Estetik</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>328</v>
+        <v>375</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786058068896</t>
+          <t>9786058068827</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Avrupa Felsefesi</t>
+          <t>Jacques Derrida Kimdir</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>402</v>
+        <v>445</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786056934001</t>
+          <t>9786058068865</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Politikaya Giriş</t>
+          <t>Croce Estetiği</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>213</v>
+        <v>269</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786058068810</t>
+          <t>9786056934070</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi</t>
+          <t>Cioran</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>402</v>
+        <v>325</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786058068841</t>
+          <t>9786058068889</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>592</v>
+        <v>315</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786058074880</t>
+          <t>9786058074897</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Dil Felsefesi</t>
+          <t>Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>533</v>
+        <v>410</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786056934018</t>
+          <t>9786058068896</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Düşünüşe Giriş</t>
+          <t>Çağdaş Avrupa Felsefesi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>430</v>
+        <v>503</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786056924538</t>
+          <t>9786056934001</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Sanat Felsefesi</t>
+          <t>Politikaya Giriş</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>196</v>
+        <v>267</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786058074842</t>
+          <t>9786058068810</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kitap - Kahverengi Kitap</t>
+          <t>Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>400</v>
+        <v>503</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786058074859</t>
+          <t>9786058068841</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Zettel</t>
+          <t>Fenomenoloji</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>281</v>
+        <v>740</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786058074866</t>
+          <t>9786058074880</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kahin</t>
+          <t>Dil Felsefesi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>374</v>
+        <v>665</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786058074828</t>
+          <t>9786056934018</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Bilimsel Düşünüşe Giriş</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>308</v>
+        <v>535</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786056924569</t>
+          <t>9786056924538</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Din Üzerine</t>
+          <t>Marx'ın Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>159</v>
+        <v>245</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786058074835</t>
+          <t>9786058074842</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Felsefenin Doğuşu</t>
+          <t>Mavi Kitap - Kahverengi Kitap</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>549</v>
+        <v>500</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786056924514</t>
+          <t>9786058074859</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Sembolizm Anlamı ve Etkisi</t>
+          <t>Zettel</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>191</v>
+        <v>350</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786056924583</t>
+          <t>9786058074866</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Hipotez</t>
+          <t>Kahin</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>328</v>
+        <v>468</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786056924576</t>
+          <t>9786058074828</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İnsan Çoğul ve Tek Başına</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>177</v>
+        <v>385</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786056924552</t>
+          <t>9786056924569</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Gelecekteki Felsefe</t>
+          <t>Din Üzerine</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786058074811</t>
+          <t>9786058074835</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Değeri</t>
+          <t>Bilimsel Felsefenin Doğuşu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>281</v>
+        <v>685</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786056924521</t>
+          <t>9786056924514</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Oluşan Din</t>
+          <t>Sembolizm Anlamı ve Etkisi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>205</v>
+        <v>240</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786056924545</t>
+          <t>9786056924583</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlama Yetisi Üzerine</t>
+          <t>Bilim ve Hipotez</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>317</v>
+        <v>410</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
+          <t>9786056924576</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Çoğul ve Tek Başına</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786056924552</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Gelecekteki Felsefe</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786058074811</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Değeri</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786056924521</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Oluşan Din</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786056924545</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Anlama Yetisi Üzerine</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
           <t>9786056924590</t>
         </is>
       </c>
-      <c r="B408" s="1" t="inlineStr">
+      <c r="B413" s="1" t="inlineStr">
         <is>
           <t>Ahlak İlkeleri Üzerine</t>
         </is>
       </c>
-      <c r="C408" s="1">
-        <v>252</v>
+      <c r="C413" s="1">
+        <v>315</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>