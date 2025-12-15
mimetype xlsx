--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,2305 +85,2365 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257395854</t>
+          <t>9786257395847</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kral Çocuk</t>
+          <t>Hızlı Okuyan Kurtçuk Etkinlik Peşinde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>192</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257395793</t>
+          <t>9786257395861</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Yarışması</t>
+          <t>Takma Adı Gagalı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>224</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257395830</t>
+          <t>9786059166096</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Notalar Apartmanı</t>
+          <t>Noel Şarkısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257395755</t>
+          <t>9786257395809</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aklından Bile Geçirme</t>
+          <t>Yulu'nun Gizemli Tuvali</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>136</v>
+        <v>224</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257395823</t>
+          <t>9786257395854</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aşure</t>
+          <t>Kral Çocuk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>192</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059166485</t>
+          <t>9786257395793</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak’ları Toplama Ekibi</t>
+          <t>Yetenek Yarışması</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>165</v>
+        <v>224</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257395649</t>
+          <t>9786257395830</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ah Ferhan Ah!</t>
+          <t>Notalar Apartmanı</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257395601</t>
+          <t>9786257395755</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Öyküler</t>
+          <t>Aklından Bile Geçirme</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>128</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059166492</t>
+          <t>9786257395823</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bob ve Gaga Sanatı</t>
+          <t>Aşure</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>252</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257395762</t>
+          <t>9786059166485</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Pera’da Nefes Nefese</t>
+          <t>Tik Tak’ları Toplama Ekibi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257395779</t>
+          <t>9786257395649</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>On Üçüncü Engel</t>
+          <t>Ah Ferhan Ah!</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>124</v>
+        <v>145</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257395786</t>
+          <t>9786257395601</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Satranç Apartmanı</t>
+          <t>Tarihten Öyküler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>145</v>
+        <v>128</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257395557</t>
+          <t>9786059166492</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yavru Baykuşlar</t>
+          <t>Bob ve Gaga Sanatı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>176</v>
+        <v>252</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059166638</t>
+          <t>9786257395762</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Fil Olmak İsteyen Fare</t>
+          <t>Pera’da Nefes Nefese</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257395731</t>
+          <t>9786257395779</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balon</t>
+          <t>On Üçüncü Engel</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>145</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059166386</t>
+          <t>9786257395786</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Çocuk</t>
+          <t>Satranç Apartmanı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257395748</t>
+          <t>9786257395557</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayat Apartmanı</t>
+          <t>Yavru Baykuşlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>252</v>
+        <v>176</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257395571</t>
+          <t>9786059166638</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Üç Yaşında Üç Metre Boyunda</t>
+          <t>Fil Olmak İsteyen Fare</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257395632</t>
+          <t>9786257395731</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızım</t>
+          <t>Mavi Balon</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257395724</t>
+          <t>9786059166386</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Bilmeceler</t>
+          <t>Dünyayı Kurtaran Çocuk</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257395687</t>
+          <t>9786257395748</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Moko ile Dinozo</t>
+          <t>Hayat Apartmanı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>145</v>
+        <v>252</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257395694</t>
+          <t>9786257395571</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ada’nın Dik Yokuşu</t>
+          <t>Üç Yaşında Üç Metre Boyunda</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257395717</t>
+          <t>9786257395632</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Kaybolduğu Gün</t>
+          <t>Gökteki Yıldızım</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257395588</t>
+          <t>9786257395724</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Röveşata Mustafa</t>
+          <t>Zıpır Bilmeceler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059166669</t>
+          <t>9786257395687</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Masalımı Gören Oldu mu?</t>
+          <t>Moko ile Dinozo</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>115</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059166133</t>
+          <t>9786257395694</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Sanatı</t>
+          <t>Ada’nın Dik Yokuşu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059166812</t>
+          <t>9786257395717</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şiirimi Duyan Oldu mu?</t>
+          <t>Nehrin Kaybolduğu Gün</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257395656</t>
+          <t>9786257395588</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Küçük Salyangozun Akşam Yemeği</t>
+          <t>Röveşata Mustafa</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257395663</t>
+          <t>9786059166669</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kum Midyesinin Dalgalı Yolculuğu</t>
+          <t>Masalımı Gören Oldu mu?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257395670</t>
+          <t>9786059166133</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tilki ve Kuyruğu</t>
+          <t>Yazmak Sanatı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257395700</t>
+          <t>9786059166812</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kedi Köpek Zıpırları</t>
+          <t>Şiirimi Duyan Oldu mu?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>143</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257395618</t>
+          <t>9786257395656</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Anıtların Öyküleri</t>
+          <t>Küçük Salyangozun Akşam Yemeği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257395595</t>
+          <t>9786257395663</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Kum Midyesinin Dalgalı Yolculuğu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257395625</t>
+          <t>9786257395670</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuyan Kurtçuk</t>
+          <t>Küçük Tilki ve Kuyruğu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059166331</t>
+          <t>9786257395700</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kirpi</t>
+          <t>Kedi Köpek Zıpırları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>128</v>
+        <v>143</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257395564</t>
+          <t>9786257395618</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Mustafa Kemal Atatürk</t>
+          <t>Anıtların Öyküleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>174</v>
+        <v>145</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058494121</t>
+          <t>9786257395595</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Köpek Olmak İsteyen Kedi</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059166843</t>
+          <t>9786257395625</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Ülkü’nün Boya Kalemleri</t>
+          <t>Hızlı Okuyan Kurtçuk</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257395540</t>
+          <t>9786059166331</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Papağanlar Nereden Geldi?</t>
+          <t>Arkadaşım Kirpi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>165</v>
+        <v>128</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257395335</t>
+          <t>9786257395564</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sihirli Mutfağı</t>
+          <t>Anılarla Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>125</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257395342</t>
+          <t>9786058494121</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz ve Gizemli Misafirler</t>
+          <t>Köpek Olmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257395328</t>
+          <t>9786059166843</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>O Bir Rol Model</t>
+          <t>Atatürk ve Ülkü’nün Boya Kalemleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257395304</t>
+          <t>9786257395540</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Bir Macera</t>
+          <t>Yeşil Papağanlar Nereden Geldi?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>148</v>
+        <v>165</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257395311</t>
+          <t>9786257395335</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Karga Yavrusu – Çocuklar ve Gençler için Seçme Öyküler</t>
+          <t>Dedemin Sihirli Mutfağı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>128</v>
+        <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257395281</t>
+          <t>9786257395342</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip - Evliya Çelebi Seyahatname’den Seçmeler</t>
+          <t>Çetin Ceviz ve Gizemli Misafirler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257395236</t>
+          <t>9786257395328</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Gün</t>
+          <t>O Bir Rol Model</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257395274</t>
+          <t>9786257395304</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Petek Böceksever Arıları Kurtardığında</t>
+          <t>Sanatsal Bir Macera</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>252</v>
+        <v>148</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257395267</t>
+          <t>9786257395311</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bizim Evimiz</t>
+          <t>Karga Yavrusu – Çocuklar ve Gençler için Seçme Öyküler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257395298</t>
+          <t>9786257395281</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Müzisyen İnek Mısra</t>
+          <t>Çok Acayip - Evliya Çelebi Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>256</v>
+        <v>185</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257395205</t>
+          <t>9786257395236</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bir Resmi Mükemmel Yapan Her Şey</t>
+          <t>Mutlu Bir Gün</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>252</v>
+        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257395243</t>
+          <t>9786257395274</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Babamla Ormanda</t>
+          <t>Petek Böceksever Arıları Kurtardığında</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>182</v>
+        <v>252</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257395229</t>
+          <t>9786257395267</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Trenler Ne Güzeldir</t>
+          <t>Dünya Bizim Evimiz</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257395250</t>
+          <t>9786257395298</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yarın Cumhuriyeti İlan Ediyoruz!</t>
+          <t>Müzisyen İnek Mısra</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>256</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257395212</t>
+          <t>9786257395205</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kafeste Bir Orman</t>
+          <t>Bir Resmi Mükemmel Yapan Her Şey</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>118</v>
+        <v>252</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059166768</t>
+          <t>9786257395243</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>Babamla Ormanda</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>130</v>
+        <v>182</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257395199</t>
+          <t>9786257395229</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Garip Nasıl Okuyacak</t>
+          <t>Trenler Ne Güzeldir</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>104</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257395175</t>
+          <t>9786257395250</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Tanışma Öyküsü</t>
+          <t>Yarın Cumhuriyeti İlan Ediyoruz!</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257395182</t>
+          <t>9786257395212</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Olmak İsteyen Kaplumbağa</t>
+          <t>Kafeste Bir Orman</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>95</v>
+        <v>118</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257395168</t>
+          <t>9786059166768</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Peter'in Masalı</t>
+          <t>Dede Korkut Kitabı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>205</v>
+        <v>130</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257395151</t>
+          <t>9786257395199</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Leylekler Uçarken</t>
+          <t>Garip Nasıl Okuyacak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>165</v>
+        <v>104</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257395106</t>
+          <t>9786257395175</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Patileri Koruma Ekibi</t>
+          <t>Bir Tanışma Öyküsü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257395090</t>
+          <t>9786257395182</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz ve Çetonya</t>
+          <t>Tavşan Olmak İsteyen Kaplumbağa</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>142</v>
+        <v>95</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257395083</t>
+          <t>9786257395168</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ağzını Açmayan Robot</t>
+          <t>Tavşan Peter'in Masalı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257395069</t>
+          <t>9786257395151</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bob ve Dostluk Sanatı</t>
+          <t>Leylekler Uçarken</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>252</v>
+        <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257395076</t>
+          <t>9786257395106</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Dedikleri Ninemin Bildikleri</t>
+          <t>Patileri Koruma Ekibi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>104</v>
+        <v>165</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257395052</t>
+          <t>9786257395090</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Süpervasat İskender</t>
+          <t>Çetin Ceviz ve Çetonya</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>145</v>
+        <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257395038</t>
+          <t>9786257395083</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mişmiş Neredeymiş? Okulda</t>
+          <t>Ağzını Açmayan Robot</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257395021</t>
+          <t>9786257395069</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Evlere Sığmayan Macera</t>
+          <t>Bob ve Dostluk Sanatı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>252</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257395007</t>
+          <t>9786257395076</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İstasyon Çocukları</t>
+          <t>Dedemin Dedikleri Ninemin Bildikleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>136</v>
+        <v>104</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257395014</t>
+          <t>9786257395052</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Düş Peşine</t>
+          <t>Süpervasat İskender</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059166935</t>
+          <t>9786257395038</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Haftada Orhan Veli</t>
+          <t>Mişmiş Neredeymiş? Okulda</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>104</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059166997</t>
+          <t>9786257395021</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şişmanı</t>
+          <t>Evlere Sığmayan Macera</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059166959</t>
+          <t>9786257395007</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Minik Cesur Kerevit</t>
+          <t>İstasyon Çocukları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>110</v>
+        <v>136</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059166973</t>
+          <t>9786257395014</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>En Şanslı Sayı</t>
+          <t>Düş Peşine</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059166966</t>
+          <t>9786059166935</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kolezyum'u Taşıyan Adam</t>
+          <t>Bir Haftada Orhan Veli</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>104</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059166980</t>
+          <t>9786059166997</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Faresi</t>
+          <t>Dünyanın En Şişmanı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059166898</t>
+          <t>9786059166959</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tuz Masalı</t>
+          <t>Minik Cesur Kerevit</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059166942</t>
+          <t>9786059166973</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gacagucu ve Dünyanın Öbür Ucu</t>
+          <t>En Şanslı Sayı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>128</v>
+        <v>110</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059166904</t>
+          <t>9786059166966</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>K Sever Kokarca - Ses Dedektifi Tolga</t>
+          <t>Kolezyum'u Taşıyan Adam</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059166911</t>
+          <t>9786059166980</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği (Ciltli)</t>
+          <t>Çizgi Roman Faresi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>196</v>
+        <v>110</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059166881</t>
+          <t>9786059166898</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yaprak</t>
+          <t>Tuz Masalı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>70</v>
+        <v>145</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059166928</t>
+          <t>9786059166942</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Gacagucu ve Dünyanın Öbür Ucu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>78</v>
+        <v>128</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059166874</t>
+          <t>9786059166904</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Nereye?</t>
+          <t>K Sever Kokarca - Ses Dedektifi Tolga</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>136</v>
+        <v>125</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059166799</t>
+          <t>9786059166911</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Öykü Deyim - Deyimlerle Öyküler</t>
+          <t>Hayvan Çiftliği (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>110</v>
+        <v>196</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059166867</t>
+          <t>9786059166881</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İdealist Öğretmen</t>
+          <t>Yaprak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059166782</t>
+          <t>9786059166928</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Torbi'yi Kim Yuttu?</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>252</v>
+        <v>78</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059166850</t>
+          <t>9786059166874</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz ve Gözlüklü Çocuk</t>
+          <t>Yıldızlar Nereye?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>136</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059166836</t>
+          <t>9786059166799</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Duvarlar Resim Olsa</t>
+          <t>Öykü Deyim - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059166805</t>
+          <t>9786059166867</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ev Tatilde</t>
+          <t>İdealist Öğretmen</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>130</v>
+        <v>95</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059166553</t>
+          <t>9786059166782</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Demir Kapı</t>
+          <t>Torbi'yi Kim Yuttu?</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>92</v>
+        <v>252</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059166621</t>
+          <t>9786059166850</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Uzaylılar Geldi - Hexonya Gezegeni 3</t>
+          <t>Çetin Ceviz ve Gözlüklü Çocuk</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059166720</t>
+          <t>9786059166836</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Su Su Su</t>
+          <t>Duvarlar Resim Olsa</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059166744</t>
+          <t>9786059166805</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Eğlence</t>
+          <t>Bizim Ev Tatilde</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059166829</t>
+          <t>9786059166553</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yazıyı Bulan Çocuk</t>
+          <t>Demir Kapı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>192</v>
+        <v>92</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059166751</t>
+          <t>9786059166621</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ses Dedektifi Tolga</t>
+          <t>Çılgın Uzaylılar Geldi - Hexonya Gezegeni 3</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059166737</t>
+          <t>9786059166720</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Babamı Beklerken</t>
+          <t>Su Su Su</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059166713</t>
+          <t>9786059166744</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bilmiş Bade ve Takım Ada</t>
+          <t>Ormanda Eğlence</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059166539</t>
+          <t>9786059166829</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Seni Küçük Canavar</t>
+          <t>Yazıyı Bulan Çocuk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>192</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059166706</t>
+          <t>9786059166751</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz ve Mucide</t>
+          <t>Ses Dedektifi Tolga</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059166447</t>
+          <t>9786059166737</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Küçük Kulübesi</t>
+          <t>Babamı Beklerken</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059166690</t>
+          <t>9786059166713</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mişmiş Neredeymiş? Evde</t>
+          <t>Bilmiş Bade ve Takım Ada</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059166300</t>
+          <t>9786059166539</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bob ve Mavi Sanatı</t>
+          <t>Seni Küçük Canavar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>252</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056494116</t>
+          <t>9786059166706</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bir Haftada Sabahattin Ali</t>
+          <t>Çetin Ceviz ve Mucide</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>104</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059166676</t>
+          <t>9786059166447</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Sürprizi - Çok Uslu Yaramazlar 3</t>
+          <t>Atatürk’ün Küçük Kulübesi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>115</v>
+        <v>195</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059166683</t>
+          <t>9786059166690</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Gönderen Mustafa Kemal</t>
+          <t>Mişmiş Neredeymiş? Evde</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059166652</t>
+          <t>9786059166300</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Öyküler</t>
+          <t>Bob ve Mavi Sanatı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>145</v>
+        <v>252</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059166591</t>
+          <t>9786056494116</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mişmiş Neredeymiş? Mutfakta</t>
+          <t>Bir Haftada Sabahattin Ali</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>104</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059166645</t>
+          <t>9786059166676</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz</t>
+          <t>Öğretmenin Sürprizi - Çok Uslu Yaramazlar 3</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>142</v>
+        <v>115</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059166607</t>
+          <t>9786059166683</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Korudaki Komşular</t>
+          <t>Gönderen Mustafa Kemal</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059166560</t>
+          <t>9786059166652</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Hastalanıyor</t>
+          <t>Anahtar Öyküler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>65</v>
+        <v>145</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059166546</t>
+          <t>9786059166591</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Köse</t>
+          <t>Mişmiş Neredeymiş? Mutfakta</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>104</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059166584</t>
+          <t>9786059166645</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evin Halleri</t>
+          <t>Çetin Ceviz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>165</v>
+        <v>142</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059166317</t>
+          <t>9786059166607</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İmdaat! Uzaylı Yağıyor - Hexonya Gezegeni 2</t>
+          <t>Korudaki Komşular</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059166522</t>
+          <t>9786059166560</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Guguklu Saat</t>
+          <t>Tavşan Bıdıbık Hastalanıyor</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059166515</t>
+          <t>9786059166546</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bu Şarkılar Senin İçin</t>
+          <t>Keloğlan ile Köse</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>182</v>
+        <v>104</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059166478</t>
+          <t>9786059166584</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcıklar Dünyası</t>
+          <t>Bizim Evin Halleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059166508</t>
+          <t>9786059166317</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tüm Soruların Cevabı Bende</t>
+          <t>İmdaat! Uzaylı Yağıyor - Hexonya Gezegeni 2</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059166409</t>
+          <t>9786059166522</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Yardımlaşmayı Seviyor</t>
+          <t>Guguklu Saat</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059166355</t>
+          <t>9786059166515</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çok Uslu Yaramazlar 2 - Okumak mı, Yazmak mı?</t>
+          <t>Bu Şarkılar Senin İçin</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>115</v>
+        <v>182</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059166461</t>
+          <t>9786059166478</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Pencereden Bakan Çocuk</t>
+          <t>Kıvırcıklar Dünyası</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059166454</t>
+          <t>9786059166508</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Tüm Soruların Cevabı Bende</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>80</v>
+        <v>145</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059166423</t>
+          <t>9786059166409</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayağı Yerde Bir Ayağı Gökte Şiirler</t>
+          <t>Tavşan Bıdıbık Yardımlaşmayı Seviyor</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>132</v>
+        <v>65</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059166393</t>
+          <t>9786059166355</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tunç ve Ayçiçeği</t>
+          <t>Çok Uslu Yaramazlar 2 - Okumak mı, Yazmak mı?</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>225</v>
+        <v>115</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059166362</t>
+          <t>9786059166461</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çok Uslu Yaramazlar 1 - İkiz Arkadaşlar</t>
+          <t>Pencereden Bakan Çocuk</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059166379</t>
+          <t>9786059166454</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Olmak İster Misin?</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>145</v>
+        <v>80</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059166270</t>
+          <t>9786059166423</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Oyun Peşinde</t>
+          <t>Bir Ayağı Yerde Bir Ayağı Gökte Şiirler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>65</v>
+        <v>132</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059166348</t>
+          <t>9786059166393</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Köpükler İçinde</t>
+          <t>Tunç ve Ayçiçeği</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>65</v>
+        <v>225</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059166294</t>
+          <t>9786059166362</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Paylaşmayı Öğreniyor</t>
+          <t>Çok Uslu Yaramazlar 1 - İkiz Arkadaşlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>65</v>
+        <v>115</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059166232</t>
+          <t>9786059166379</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kültür Alışverişi</t>
+          <t>Arkadaşım Olmak İster Misin?</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059166256</t>
+          <t>9786059166270</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gökten Uzaylı Düştü</t>
+          <t>Tavşan Bıdıbık Oyun Peşinde</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>145</v>
+        <v>65</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059166287</t>
+          <t>9786059166348</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Kuşu ZOÇKO</t>
+          <t>Tavşan Bıdıbık Köpükler İçinde</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>145</v>
+        <v>65</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059166225</t>
+          <t>9786059166294</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Tavşan Bıdıbık Paylaşmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059166218</t>
+          <t>9786059166232</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Kültür Alışverişi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059166201</t>
+          <t>9786059166256</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Masal Yazdım Şiir Sandım</t>
+          <t>Gökten Uzaylı Düştü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059166171</t>
+          <t>9786059166287</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Kardeşini Seviyor</t>
+          <t>Kaygı Kuşu ZOÇKO</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>58</v>
+        <v>145</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059166157</t>
+          <t>9786059166225</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Duman</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>171</v>
+        <v>70</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059166140</t>
+          <t>9786059166218</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabının Sırrı</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>165</v>
+        <v>80</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059166164</t>
+          <t>9786059166201</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Özür Diliyor</t>
+          <t>Masal Yazdım Şiir Sandım</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>58</v>
+        <v>165</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059166102</t>
+          <t>9786059166171</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Ormanda</t>
+          <t>Tavşan Bıdıbık Kardeşini Seviyor</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059166089</t>
+          <t>9786059166157</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Diş Hekiminde</t>
+          <t>Esrarengiz Duman</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>58</v>
+        <v>171</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059166065</t>
+          <t>9786059166140</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hayal Peşinde</t>
+          <t>Buzdolabının Sırrı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059166041</t>
+          <t>9786059166164</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bizi Ayıran Sokak</t>
+          <t>Tavşan Bıdıbık Özür Diliyor</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>165</v>
+        <v>58</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059166034</t>
+          <t>9786059166102</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Ders Çalışıyor</t>
+          <t>Tavşan Bıdıbık Ormanda</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059166003</t>
+          <t>9786059166089</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Tavşan Bıdıbık Diş Hekiminde</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>85</v>
+        <v>58</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059166027</t>
+          <t>9786059166065</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çınar'ın Harika Dünyası 2: Yağmur Toplayan Şemsiye</t>
+          <t>Hayal Peşinde</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059166010</t>
+          <t>9786059166041</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Bizi Ayıran Sokak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786056494192</t>
+          <t>9786059166034</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çınar’ın Harika Dünyası 1 : Güneş Kovalama Makinesi</t>
+          <t>Tavşan Bıdıbık Ders Çalışıyor</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>165</v>
+        <v>58</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786056494178</t>
+          <t>9786059166003</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>55</v>
+        <v>85</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786056494109</t>
+          <t>9786059166027</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Anlayarak Hızlı Okuma</t>
+          <t>Çınar'ın Harika Dünyası 2: Yağmur Toplayan Şemsiye</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059166119</t>
+          <t>9786059166010</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şiir Yazdım Masal Sandım</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>165</v>
+        <v>70</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
+          <t>9786056494192</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Çınar’ın Harika Dünyası 1 : Güneş Kovalama Makinesi</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786056494178</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786056494109</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786059166119</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Yazdım Masal Sandım</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
           <t>9786059166126</t>
         </is>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
-      <c r="C152" s="1">
+      <c r="C156" s="1">
         <v>70</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>