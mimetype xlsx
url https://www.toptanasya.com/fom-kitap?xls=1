--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,2365 +85,2665 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257395847</t>
+          <t>9786257395878</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuyan Kurtçuk Etkinlik Peşinde</t>
+          <t>Gacagucu ve Ailenin Gücü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257395861</t>
+          <t>9786257395816</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Takma Adı Gagalı</t>
+          <t>Kediden Kaçan Top</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059166096</t>
+          <t>9786059166614</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Noel Şarkısı</t>
+          <t>Korudaki Komşular (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257395809</t>
+          <t>9786056494130</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yulu'nun Gizemli Tuvali</t>
+          <t>Güneş Çoktan Doğdu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>224</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257395854</t>
+          <t>9786059166577</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kral Çocuk</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>192</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257395793</t>
+          <t>9786056494154</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Yarışması</t>
+          <t>Moa’nın Karanlığı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>224</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257395830</t>
+          <t>9786059166263</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Notalar Apartmanı</t>
+          <t>Gökten Uzaylı Düştü (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>145</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257395755</t>
+          <t>9786059166195</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aklından Bile Geçirme</t>
+          <t>Süper Futbolcular</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>136</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257395823</t>
+          <t>9786059166416</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aşure</t>
+          <t>Çocukağaç</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>239</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059166485</t>
+          <t>9786059166430</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak’ları Toplama Ekibi</t>
+          <t>Şeker Şiirler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>165</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257395649</t>
+          <t>9786059166324</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ah Ferhan Ah!</t>
+          <t>Kaledibi Sokağı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257395601</t>
+          <t>9786059166058</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Öyküler</t>
+          <t>Liseler için Hızlı Okuma</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>128</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059166492</t>
+          <t>9786059166188</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bob ve Gaga Sanatı</t>
+          <t>Kurtarıcı Madalyon</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>252</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257395762</t>
+          <t>9786056494147</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Pera’da Nefes Nefese</t>
+          <t>Yuvaya Uçmak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257395779</t>
+          <t>9786059166249</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>On Üçüncü Engel</t>
+          <t>Moa Okula Başlıyor</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>124</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257395786</t>
+          <t>9786059166072</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Satranç Apartmanı</t>
+          <t>Mucize Ormanı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>145</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257395557</t>
+          <t>9786056494185</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yavru Baykuşlar</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>176</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059166638</t>
+          <t>9786059166775</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Fil Olmak İsteyen Fare</t>
+          <t>Yazıyı Bulan Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>95</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257395731</t>
+          <t>9786257395885</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balon</t>
+          <t>Leyla Kitapları Seviyor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059166386</t>
+          <t>9786257395892</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Çocuk</t>
+          <t>Hayalleri Kaçan Çocuk</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>224</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257395748</t>
+          <t>9786257395847</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayat Apartmanı</t>
+          <t>Hızlı Okuyan Kurtçuk Etkinlik Peşinde</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>252</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257395571</t>
+          <t>9786257395861</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Üç Yaşında Üç Metre Boyunda</t>
+          <t>Takma Adı Gagalı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257395632</t>
+          <t>9786059166096</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızım</t>
+          <t>Noel Şarkısı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257395724</t>
+          <t>9786257395809</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Bilmeceler</t>
+          <t>Yulu'nun Gizemli Tuvali</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>165</v>
+        <v>224</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257395687</t>
+          <t>9786257395854</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Moko ile Dinozo</t>
+          <t>Kral Çocuk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>145</v>
+        <v>192</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257395694</t>
+          <t>9786257395793</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ada’nın Dik Yokuşu</t>
+          <t>Yetenek Yarışması</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>165</v>
+        <v>224</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257395717</t>
+          <t>9786257395830</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Kaybolduğu Gün</t>
+          <t>Notalar Apartmanı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>174</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257395588</t>
+          <t>9786257395755</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Röveşata Mustafa</t>
+          <t>Aklından Bile Geçirme</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059166669</t>
+          <t>9786257395823</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Masalımı Gören Oldu mu?</t>
+          <t>Aşure</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>115</v>
+        <v>187.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059166133</t>
+          <t>9786059166485</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Sanatı</t>
+          <t>Tik Tak’ları Toplama Ekibi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059166812</t>
+          <t>9786257395649</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şiirimi Duyan Oldu mu?</t>
+          <t>Ah Ferhan Ah!</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257395656</t>
+          <t>9786257395601</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Küçük Salyangozun Akşam Yemeği</t>
+          <t>Tarihten Öyküler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>125</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257395663</t>
+          <t>9786059166492</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kum Midyesinin Dalgalı Yolculuğu</t>
+          <t>Bob ve Gaga Sanatı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>125</v>
+        <v>252</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257395670</t>
+          <t>9786257395762</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tilki ve Kuyruğu</t>
+          <t>Pera’da Nefes Nefese</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257395700</t>
+          <t>9786257395779</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kedi Köpek Zıpırları</t>
+          <t>On Üçüncü Engel</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257395618</t>
+          <t>9786257395786</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Anıtların Öyküleri</t>
+          <t>Satranç Apartmanı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>145</v>
+        <v>174</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257395595</t>
+          <t>9786257395557</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Yavru Baykuşlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257395625</t>
+          <t>9786059166638</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuyan Kurtçuk</t>
+          <t>Fil Olmak İsteyen Fare</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059166331</t>
+          <t>9786257395731</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kirpi</t>
+          <t>Mavi Balon</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>128</v>
+        <v>145</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257395564</t>
+          <t>9786059166386</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Mustafa Kemal Atatürk</t>
+          <t>Dünyayı Kurtaran Çocuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>174</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058494121</t>
+          <t>9786257395748</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Köpek Olmak İsteyen Kedi</t>
+          <t>Hayat Apartmanı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>95</v>
+        <v>252</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059166843</t>
+          <t>9786257395571</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Ülkü’nün Boya Kalemleri</t>
+          <t>Üç Yaşında Üç Metre Boyunda</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257395540</t>
+          <t>9786257395632</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Papağanlar Nereden Geldi?</t>
+          <t>Gökteki Yıldızım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257395335</t>
+          <t>9786257395724</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sihirli Mutfağı</t>
+          <t>Zıpır Bilmeceler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257395342</t>
+          <t>9786257395687</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz ve Gizemli Misafirler</t>
+          <t>Moko ile Dinozo</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>174</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257395328</t>
+          <t>9786257395694</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>O Bir Rol Model</t>
+          <t>Ada’nın Dik Yokuşu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>168</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257395304</t>
+          <t>9786257395717</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Bir Macera</t>
+          <t>Nehrin Kaybolduğu Gün</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>148</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257395311</t>
+          <t>9786257395588</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Karga Yavrusu – Çocuklar ve Gençler için Seçme Öyküler</t>
+          <t>Röveşata Mustafa</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>128</v>
+        <v>165</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257395281</t>
+          <t>9786059166669</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip - Evliya Çelebi Seyahatname’den Seçmeler</t>
+          <t>Masalımı Gören Oldu mu?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257395236</t>
+          <t>9786059166133</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Gün</t>
+          <t>Yazmak Sanatı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257395274</t>
+          <t>9786059166812</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Petek Böceksever Arıları Kurtardığında</t>
+          <t>Şiirimi Duyan Oldu mu?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>252</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257395267</t>
+          <t>9786257395656</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bizim Evimiz</t>
+          <t>Küçük Salyangozun Akşam Yemeği</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257395298</t>
+          <t>9786257395663</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Müzisyen İnek Mısra</t>
+          <t>Kum Midyesinin Dalgalı Yolculuğu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>256</v>
+        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257395205</t>
+          <t>9786257395670</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Resmi Mükemmel Yapan Her Şey</t>
+          <t>Küçük Tilki ve Kuyruğu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>252</v>
+        <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257395243</t>
+          <t>9786257395700</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Babamla Ormanda</t>
+          <t>Kedi Köpek Zıpırları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>182</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257395229</t>
+          <t>9786257395618</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Trenler Ne Güzeldir</t>
+          <t>Anıtların Öyküleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>203</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257395250</t>
+          <t>9786257395595</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yarın Cumhuriyeti İlan Ediyoruz!</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257395212</t>
+          <t>9786257395625</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kafeste Bir Orman</t>
+          <t>Hızlı Okuyan Kurtçuk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>118</v>
+        <v>185</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059166768</t>
+          <t>9786059166331</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>Arkadaşım Kirpi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257395199</t>
+          <t>9786257395564</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Garip Nasıl Okuyacak</t>
+          <t>Anılarla Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>104</v>
+        <v>174</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257395175</t>
+          <t>9786058494121</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Tanışma Öyküsü</t>
+          <t>Köpek Olmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257395182</t>
+          <t>9786059166843</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Olmak İsteyen Kaplumbağa</t>
+          <t>Atatürk ve Ülkü’nün Boya Kalemleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257395168</t>
+          <t>9786257395540</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Peter'in Masalı</t>
+          <t>Yeşil Papağanlar Nereden Geldi?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>205</v>
+        <v>165</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257395151</t>
+          <t>9786257395335</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Leylekler Uçarken</t>
+          <t>Dedemin Sihirli Mutfağı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257395106</t>
+          <t>9786257395342</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Patileri Koruma Ekibi</t>
+          <t>Çetin Ceviz ve Gizemli Misafirler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257395090</t>
+          <t>9786257395328</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz ve Çetonya</t>
+          <t>O Bir Rol Model</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>142</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257395083</t>
+          <t>9786257395304</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ağzını Açmayan Robot</t>
+          <t>Sanatsal Bir Macera</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257395069</t>
+          <t>9786257395311</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bob ve Dostluk Sanatı</t>
+          <t>Karga Yavrusu – Çocuklar ve Gençler için Seçme Öyküler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>252</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257395076</t>
+          <t>9786257395281</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Dedikleri Ninemin Bildikleri</t>
+          <t>Çok Acayip - Evliya Çelebi Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>104</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257395052</t>
+          <t>9786257395236</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Süpervasat İskender</t>
+          <t>Mutlu Bir Gün</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257395038</t>
+          <t>9786257395274</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mişmiş Neredeymiş? Okulda</t>
+          <t>Petek Böceksever Arıları Kurtardığında</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>145</v>
+        <v>252</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257395021</t>
+          <t>9786257395267</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Evlere Sığmayan Macera</t>
+          <t>Dünya Bizim Evimiz</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257395007</t>
+          <t>9786257395298</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İstasyon Çocukları</t>
+          <t>Müzisyen İnek Mısra</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>136</v>
+        <v>256</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257395014</t>
+          <t>9786257395205</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Düş Peşine</t>
+          <t>Bir Resmi Mükemmel Yapan Her Şey</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>252</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059166935</t>
+          <t>9786257395243</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Haftada Orhan Veli</t>
+          <t>Babamla Ormanda</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>104</v>
+        <v>225</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059166997</t>
+          <t>9786257395229</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şişmanı</t>
+          <t>Trenler Ne Güzeldir</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059166959</t>
+          <t>9786257395250</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Minik Cesur Kerevit</t>
+          <t>Yarın Cumhuriyeti İlan Ediyoruz!</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059166973</t>
+          <t>9786257395212</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>En Şanslı Sayı</t>
+          <t>Kafeste Bir Orman</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059166966</t>
+          <t>9786059166768</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kolezyum'u Taşıyan Adam</t>
+          <t>Dede Korkut Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059166980</t>
+          <t>9786257395199</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Faresi</t>
+          <t>Garip Nasıl Okuyacak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059166898</t>
+          <t>9786257395175</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tuz Masalı</t>
+          <t>Bir Tanışma Öyküsü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059166942</t>
+          <t>9786257395182</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gacagucu ve Dünyanın Öbür Ucu</t>
+          <t>Tavşan Olmak İsteyen Kaplumbağa</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059166904</t>
+          <t>9786257395168</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>K Sever Kokarca - Ses Dedektifi Tolga</t>
+          <t>Tavşan Peter'in Masalı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>125</v>
+        <v>205</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059166911</t>
+          <t>9786257395151</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği (Ciltli)</t>
+          <t>Leylekler Uçarken</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>196</v>
+        <v>165</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059166881</t>
+          <t>9786257395106</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yaprak</t>
+          <t>Patileri Koruma Ekibi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059166928</t>
+          <t>9786257395090</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Çetin Ceviz ve Çetonya</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>78</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059166874</t>
+          <t>9786257395083</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Nereye?</t>
+          <t>Ağzını Açmayan Robot</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>136</v>
+        <v>165</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059166799</t>
+          <t>9786257395069</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Öykü Deyim - Deyimlerle Öyküler</t>
+          <t>Bob ve Dostluk Sanatı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>110</v>
+        <v>252</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059166867</t>
+          <t>9786257395076</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İdealist Öğretmen</t>
+          <t>Dedemin Dedikleri Ninemin Bildikleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059166782</t>
+          <t>9786257395052</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Torbi'yi Kim Yuttu?</t>
+          <t>Süpervasat İskender</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>252</v>
+        <v>224</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059166850</t>
+          <t>9786257395038</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz ve Gözlüklü Çocuk</t>
+          <t>Mişmiş Neredeymiş? Okulda</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>174</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059166836</t>
+          <t>9786257395021</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Duvarlar Resim Olsa</t>
+          <t>Evlere Sığmayan Macera</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059166805</t>
+          <t>9786257395007</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ev Tatilde</t>
+          <t>İstasyon Çocukları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059166553</t>
+          <t>9786257395014</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Demir Kapı</t>
+          <t>Düş Peşine</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>92</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059166621</t>
+          <t>9786059166935</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Uzaylılar Geldi - Hexonya Gezegeni 3</t>
+          <t>Bir Haftada Orhan Veli</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059166720</t>
+          <t>9786059166997</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Su Su Su</t>
+          <t>Dünyanın En Şişmanı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059166744</t>
+          <t>9786059166959</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Eğlence</t>
+          <t>Minik Cesur Kerevit</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>175</v>
+        <v>136</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059166829</t>
+          <t>9786059166973</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yazıyı Bulan Çocuk</t>
+          <t>En Şanslı Sayı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>192</v>
+        <v>136</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059166751</t>
+          <t>9786059166966</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ses Dedektifi Tolga</t>
+          <t>Kolezyum'u Taşıyan Adam</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>125</v>
+        <v>136</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059166737</t>
+          <t>9786059166980</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Babamı Beklerken</t>
+          <t>Çizgi Roman Faresi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>136</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059166713</t>
+          <t>9786059166898</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bilmiş Bade ve Takım Ada</t>
+          <t>Tuz Masalı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059166539</t>
+          <t>9786059166942</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Seni Küçük Canavar</t>
+          <t>Gacagucu ve Dünyanın Öbür Ucu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059166706</t>
+          <t>9786059166904</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz ve Mucide</t>
+          <t>K Sever Kokarca - Ses Dedektifi Tolga</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>156</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059166447</t>
+          <t>9786059166911</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Küçük Kulübesi</t>
+          <t>Hayvan Çiftliği (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059166690</t>
+          <t>9786059166881</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mişmiş Neredeymiş? Evde</t>
+          <t>Yaprak</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>145</v>
+        <v>85</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059166300</t>
+          <t>9786059166928</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bob ve Mavi Sanatı</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>252</v>
+        <v>95</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056494116</t>
+          <t>9786059166874</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Haftada Sabahattin Ali</t>
+          <t>Yıldızlar Nereye?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>104</v>
+        <v>170</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059166676</t>
+          <t>9786059166799</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Sürprizi - Çok Uslu Yaramazlar 3</t>
+          <t>Öykü Deyim - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059166683</t>
+          <t>9786059166867</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gönderen Mustafa Kemal</t>
+          <t>İdealist Öğretmen</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059166652</t>
+          <t>9786059166782</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Öyküler</t>
+          <t>Torbi'yi Kim Yuttu?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>145</v>
+        <v>252</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059166591</t>
+          <t>9786059166850</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mişmiş Neredeymiş? Mutfakta</t>
+          <t>Çetin Ceviz ve Gözlüklü Çocuk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059166645</t>
+          <t>9786059166836</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz</t>
+          <t>Duvarlar Resim Olsa</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>142</v>
+        <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059166607</t>
+          <t>9786059166805</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Korudaki Komşular</t>
+          <t>Bizim Ev Tatilde</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059166560</t>
+          <t>9786059166553</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Hastalanıyor</t>
+          <t>Demir Kapı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>65</v>
+        <v>115</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059166546</t>
+          <t>9786059166621</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Köse</t>
+          <t>Çılgın Uzaylılar Geldi - Hexonya Gezegeni 3</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>104</v>
+        <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059166584</t>
+          <t>9786059166720</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evin Halleri</t>
+          <t>Su Su Su</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059166317</t>
+          <t>9786059166744</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İmdaat! Uzaylı Yağıyor - Hexonya Gezegeni 2</t>
+          <t>Ormanda Eğlence</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059166522</t>
+          <t>9786059166829</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Guguklu Saat</t>
+          <t>Yazıyı Bulan Çocuk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>110</v>
+        <v>192</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059166515</t>
+          <t>9786059166751</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bu Şarkılar Senin İçin</t>
+          <t>Ses Dedektifi Tolga</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>182</v>
+        <v>156</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059166478</t>
+          <t>9786059166737</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcıklar Dünyası</t>
+          <t>Babamı Beklerken</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059166508</t>
+          <t>9786059166713</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tüm Soruların Cevabı Bende</t>
+          <t>Bilmiş Bade ve Takım Ada</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059166409</t>
+          <t>9786059166539</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Yardımlaşmayı Seviyor</t>
+          <t>Seni Küçük Canavar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059166355</t>
+          <t>9786059166706</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çok Uslu Yaramazlar 2 - Okumak mı, Yazmak mı?</t>
+          <t>Çetin Ceviz ve Mucide</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059166461</t>
+          <t>9786059166447</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Pencereden Bakan Çocuk</t>
+          <t>Atatürk’ün Küçük Kulübesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059166454</t>
+          <t>9786059166690</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Mişmiş Neredeymiş? Evde</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>80</v>
+        <v>174</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059166423</t>
+          <t>9786059166300</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayağı Yerde Bir Ayağı Gökte Şiirler</t>
+          <t>Bob ve Mavi Sanatı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>132</v>
+        <v>252</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059166393</t>
+          <t>9786056494116</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tunç ve Ayçiçeği</t>
+          <t>Bir Haftada Sabahattin Ali</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059166362</t>
+          <t>9786059166676</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çok Uslu Yaramazlar 1 - İkiz Arkadaşlar</t>
+          <t>Öğretmenin Sürprizi - Çok Uslu Yaramazlar 3</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059166379</t>
+          <t>9786059166683</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Olmak İster Misin?</t>
+          <t>Gönderen Mustafa Kemal</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059166270</t>
+          <t>9786059166652</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Oyun Peşinde</t>
+          <t>Anahtar Öyküler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>65</v>
+        <v>174</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059166348</t>
+          <t>9786059166591</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Köpükler İçinde</t>
+          <t>Mişmiş Neredeymiş? Mutfakta</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>65</v>
+        <v>168</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059166294</t>
+          <t>9786059166645</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Paylaşmayı Öğreniyor</t>
+          <t>Çetin Ceviz</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>65</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059166232</t>
+          <t>9786059166607</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kültür Alışverişi</t>
+          <t>Korudaki Komşular</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059166256</t>
+          <t>9786059166560</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gökten Uzaylı Düştü</t>
+          <t>Tavşan Bıdıbık Hastalanıyor</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>145</v>
+        <v>80</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059166287</t>
+          <t>9786059166546</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Kuşu ZOÇKO</t>
+          <t>Keloğlan ile Köse</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059166225</t>
+          <t>9786059166584</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Bizim Evin Halleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059166218</t>
+          <t>9786059166317</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>İmdaat! Uzaylı Yağıyor - Hexonya Gezegeni 2</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059166201</t>
+          <t>9786059166522</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Masal Yazdım Şiir Sandım</t>
+          <t>Guguklu Saat</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>165</v>
+        <v>136</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059166171</t>
+          <t>9786059166515</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Kardeşini Seviyor</t>
+          <t>Bu Şarkılar Senin İçin</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>58</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059166157</t>
+          <t>9786059166478</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Duman</t>
+          <t>Kıvırcıklar Dünyası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>171</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059166140</t>
+          <t>9786059166508</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabının Sırrı</t>
+          <t>Tüm Soruların Cevabı Bende</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059166164</t>
+          <t>9786059166409</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Özür Diliyor</t>
+          <t>Tavşan Bıdıbık Yardımlaşmayı Seviyor</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>58</v>
+        <v>80</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059166102</t>
+          <t>9786059166355</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Ormanda</t>
+          <t>Çok Uslu Yaramazlar 2 - Okumak mı, Yazmak mı?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>58</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059166089</t>
+          <t>9786059166461</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Diş Hekiminde</t>
+          <t>Pencereden Bakan Çocuk</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>58</v>
+        <v>135</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059166065</t>
+          <t>9786059166454</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hayal Peşinde</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059166041</t>
+          <t>9786059166423</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bizi Ayıran Sokak</t>
+          <t>Bir Ayağı Yerde Bir Ayağı Gökte Şiirler</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059166034</t>
+          <t>9786059166393</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Bıdıbık Ders Çalışıyor</t>
+          <t>Tunç ve Ayçiçeği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>58</v>
+        <v>225</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059166003</t>
+          <t>9786059166362</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Çok Uslu Yaramazlar 1 - İkiz Arkadaşlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>85</v>
+        <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059166027</t>
+          <t>9786059166379</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çınar'ın Harika Dünyası 2: Yağmur Toplayan Şemsiye</t>
+          <t>Arkadaşım Olmak İster Misin?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>165</v>
+        <v>174</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059166010</t>
+          <t>9786059166270</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Tavşan Bıdıbık Oyun Peşinde</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786056494192</t>
+          <t>9786059166348</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çınar’ın Harika Dünyası 1 : Güneş Kovalama Makinesi</t>
+          <t>Tavşan Bıdıbık Köpükler İçinde</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>165</v>
+        <v>80</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786056494178</t>
+          <t>9786059166294</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Tavşan Bıdıbık Paylaşmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786056494109</t>
+          <t>9786059166232</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Anlayarak Hızlı Okuma</t>
+          <t>Kültür Alışverişi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059166119</t>
+          <t>9786059166256</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şiir Yazdım Masal Sandım</t>
+          <t>Gökten Uzaylı Düştü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>165</v>
+        <v>174</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
+          <t>9786059166287</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Kaygı Kuşu ZOÇKO</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786059166225</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Masalı</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786059166218</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786059166201</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Masal Yazdım Şiir Sandım</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786059166171</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Bıdıbık Kardeşini Seviyor</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786059166157</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Esrarengiz Duman</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786059166140</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Buzdolabının Sırrı</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786059166164</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Bıdıbık Özür Diliyor</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786059166102</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Bıdıbık Ormanda</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786059166089</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Bıdıbık Diş Hekiminde</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786059166065</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Peşinde</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786059166041</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Bizi Ayıran Sokak</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786059166034</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Bıdıbık Ders Çalışıyor</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786059166003</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Gulyabani</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786059166027</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Çınar'ın Harika Dünyası 2: Yağmur Toplayan Şemsiye</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786059166010</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786056494192</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Çınar’ın Harika Dünyası 1 : Güneş Kovalama Makinesi</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786056494178</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786056494109</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786059166119</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Yazdım Masal Sandım</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
           <t>9786059166126</t>
         </is>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
-      <c r="C156" s="1">
-        <v>70</v>
+      <c r="C176" s="1">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>