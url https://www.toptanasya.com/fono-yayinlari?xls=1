--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,5365 +85,5395 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754715880</t>
+          <t>9789754712513</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Everyday English with Çilem Akar (Çilem Akar ile Günlük İngilizce)</t>
+          <t>Resimlerle İtalyanca</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>498</v>
+        <v>468</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754710755</t>
+          <t>9789754712711</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Garsonlar için Pratik Fransızca</t>
+          <t>Hızlı Almanca 2. Basamak (3 Sesli Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>293</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754713572</t>
+          <t>9789754715880</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Portekizce / Türkçe – Türkçe / Portekizce Cep Sözlüğü</t>
+          <t>Everyday English with Çilem Akar (Çilem Akar ile Günlük İngilizce)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>293</v>
+        <v>498</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754716597</t>
+          <t>9789754710755</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Personeli İçin İngilizce</t>
+          <t>Garsonlar için Pratik Fransızca</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>340</v>
+        <v>293</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754716276</t>
+          <t>9789754713572</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tablolarla İngilizce'de Bilmeniz Gereken Her Şey</t>
+          <t>Portekizce / Türkçe – Türkçe / Portekizce Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>293</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789754712599</t>
+          <t>9789754716597</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hızlı İngilizce 1. Basamak (3 kitap + 3 CD)</t>
+          <t>Sağlık Personeli İçin İngilizce</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1326</v>
+        <v>340</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789754715781</t>
+          <t>9789754716276</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Fono Akademik İngilizce Kursu Seti (CD'li)</t>
+          <t>Küçük Tablolarla İngilizce'de Bilmeniz Gereken Her Şey</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754715774</t>
+          <t>9789754712599</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Fono İtalyanca Kursu Seti (CD'li)</t>
+          <t>Hızlı İngilizce 1. Basamak (3 kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754715767</t>
+          <t>9789754715781</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Fono İleri İngilizce Kursu Seti (CD'li)</t>
+          <t>Fono Akademik İngilizce Kursu Seti (CD'li)</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754715750</t>
+          <t>9789754715774</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Fono İspanyolca Kursu Seti (CD'li)</t>
+          <t>Fono İtalyanca Kursu Seti (CD'li)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754715743</t>
+          <t>9789754715767</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Fono Arapça Kursu Seti (CD'li)</t>
+          <t>Fono İleri İngilizce Kursu Seti (CD'li)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754715736</t>
+          <t>9789754715750</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fono Rusça Kursu Seti (CD'li)</t>
+          <t>Fono İspanyolca Kursu Seti (CD'li)</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754715729</t>
+          <t>9789754715743</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fono Temel Almanca Kursu Seti (CD'li)</t>
+          <t>Fono Arapça Kursu Seti (CD'li)</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754715712</t>
+          <t>9789754715736</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Fono Fransızca Kursu Seti (CD'li)</t>
+          <t>Fono Rusça Kursu Seti (CD'li)</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754715705</t>
+          <t>9789754715729</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Fono Temel İngilizce Kursu Seti (CD'li)</t>
+          <t>Fono Temel Almanca Kursu Seti (CD'li)</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754715798</t>
+          <t>9789754715712</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Fono İleri Almanca Kursu Seti (CD'li)</t>
+          <t>Fono Fransızca Kursu Seti (CD'li)</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754711936</t>
+          <t>9789754715705</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Passport To KPDS</t>
+          <t>Fono Temel İngilizce Kursu Seti (CD'li)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>14.35</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754715699</t>
+          <t>9789754715798</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>LGS Yeni Sisteme Uygun 7 Deneme Sınavı</t>
+          <t>Fono İleri Almanca Kursu Seti (CD'li)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754711660</t>
+          <t>9789754711936</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Almanca İlk Adım - 2</t>
+          <t>Passport To KPDS</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>41</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754713190</t>
+          <t>9789754715699</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mektup (derece 1-A) (CD’li)</t>
+          <t>LGS Yeni Sisteme Uygun 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>34</v>
+        <v>195</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754710519</t>
+          <t>9789754711660</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hemen Konuşma Kılavuzu</t>
+          <t>Almanca İlk Adım - 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754714333</t>
+          <t>9789754713190</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Bulmacalar 3. Kitap</t>
+          <t>Mektup (derece 1-A) (CD’li)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>19</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754714326</t>
+          <t>9789754710519</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Bulmacalar 2. Kitap</t>
+          <t>İngilizce Hemen Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>19</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754714319</t>
+          <t>9789754714333</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Bulmacalar 1. Kitap</t>
+          <t>İngilizce Bulmacalar 3. Kitap</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754714388</t>
+          <t>9789754714326</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Aktif Sözlük (Ciltli)</t>
+          <t>İngilizce Bulmacalar 2. Kitap</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>50.93</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754713237</t>
+          <t>9789754714319</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zengin ile Yoksul (derece 1-A) (CD’li)</t>
+          <t>İngilizce Bulmacalar 1. Kitap</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>34</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754712490</t>
+          <t>9789754714388</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fransızca / Türkçe - Türkçe / Fransızca Büyük Sözlük (Ciltli)</t>
+          <t>İngilizce Aktif Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>89</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754710458</t>
+          <t>9789754713237</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Fransızca / Türkçe - Türkçe / Fransızca Mini Sözlük</t>
+          <t>Zengin ile Yoksul (derece 1-A) (CD’li)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754713886</t>
+          <t>9789754712490</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İngilizce / Türkçe – Türkçe / İngilizce Rehber Sözlük</t>
+          <t>Fransızca / Türkçe - Türkçe / Fransızca Büyük Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>13.89</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754713275</t>
+          <t>9789754710458</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Renkli Resimli Okunuşlu İngilizce / Türkçe İlköğretim Sözlüğü</t>
+          <t>Fransızca / Türkçe - Türkçe / Fransızca Mini Sözlük</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754712636</t>
+          <t>9789754713886</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İngilizce Seti (4 kitap + 3 CD)</t>
+          <t>İngilizce / Türkçe – Türkçe / İngilizce Rehber Sözlük</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>221</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754713466</t>
+          <t>9789754713275</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Cep Kartlarıyla Rusça Sözcükler</t>
+          <t>Renkli Resimli Okunuşlu İngilizce / Türkçe İlköğretim Sözlüğü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>12.04</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754713480</t>
+          <t>9789754712636</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cep Kartlarıyla İtalyanca Sözcükler</t>
+          <t>Çocuklar İçin İngilizce Seti (4 kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>46</v>
+        <v>221</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754713497</t>
+          <t>9789754713466</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Cep Kartlarıyla İspanyolca Sözcükler</t>
+          <t>Cep Kartlarıyla Rusça Sözcükler</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754713367</t>
+          <t>9789754713480</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cep Kartlarıyla İngilizce Sözcükler</t>
+          <t>Cep Kartlarıyla İtalyanca Sözcükler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>15</v>
+        <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754713473</t>
+          <t>9789754713497</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cep Kartlarıyla Fransızca Sözcükler</t>
+          <t>Cep Kartlarıyla İspanyolca Sözcükler</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754713510</t>
+          <t>9789754713367</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Cep Kartlarıyla Arapça Sözcükler</t>
+          <t>Cep Kartlarıyla İngilizce Sözcükler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>12.04</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754713374</t>
+          <t>9789754713473</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cep Kartlarıyla Almanca Sözcükler</t>
+          <t>Cep Kartlarıyla Fransızca Sözcükler</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754712919</t>
+          <t>9789754713510</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Turistik Rusça Tablosu</t>
+          <t>Cep Kartlarıyla Arapça Sözcükler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754712933</t>
+          <t>9789754713374</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Turistik İngilizce Tablosu</t>
+          <t>Cep Kartlarıyla Almanca Sözcükler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754712926</t>
+          <t>9789754712919</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Turistik Fransızca Tablosu</t>
+          <t>Bir Bakışta Turistik Rusça Tablosu</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754712902</t>
+          <t>9789754712933</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Turistik Almanca Tablosu</t>
+          <t>Bir Bakışta Turistik İngilizce Tablosu</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754713244</t>
+          <t>9789754712926</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Rüya - Almanca Hikayeler</t>
+          <t>Bir Bakışta Turistik Fransızca Tablosu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754710007</t>
+          <t>9789754712902</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Almanca Modern Sözlük (Almanca / Türkçe - Türkçe / Almanca)</t>
+          <t>Bir Bakışta Turistik Almanca Tablosu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>70</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754710847</t>
+          <t>9789754713244</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Terimleri Sözlüğü</t>
+          <t>Rüya - Almanca Hikayeler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>11.11</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754712339</t>
+          <t>9789754710007</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İngilizler için Kolay Türkçe (Easy Turkish Course) (1 kitap + 2 CD)</t>
+          <t>Almanca Modern Sözlük (Almanca / Türkçe - Türkçe / Almanca)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>66.67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754712209</t>
+          <t>9789754710847</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Danimarkaca / Türkçe - Türkçe / Dananimarkaca Standart Sözlük</t>
+          <t>Elektronik Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>25.93</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754710069</t>
+          <t>9789754712339</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İngilizce / Türkçe - Türkçe / İngilizce Mini Sözlük</t>
+          <t>İngilizler için Kolay Türkçe (Easy Turkish Course) (1 kitap + 2 CD)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>50</v>
+        <v>66.67</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754711608</t>
+          <t>9789754712209</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Büyük İngilizce Deyimler Sözlüğü</t>
+          <t>Danimarkaca / Türkçe - Türkçe / Dananimarkaca Standart Sözlük</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>27.78</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754710250</t>
+          <t>9789754710069</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Japonca / Türkçe - Türkçe / Japonca Cep Sözlüğü</t>
+          <t>İngilizce / Türkçe - Türkçe / İngilizce Mini Sözlük</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754713060</t>
+          <t>9789754711608</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>6 Dilde Konuşma Kılavuzu (İngilizce, Fransızca, Almanca, İtalyanca, Hollandaca, Rusça)</t>
+          <t>Büyük İngilizce Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>45</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754710106</t>
+          <t>9789754710250</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Temel İngilizce Dilbilgisi (A2 - C1)</t>
+          <t>Japonca / Türkçe - Türkçe / Japonca Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754711622</t>
+          <t>9789754713060</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Almanlar için Türkçe Seti (Türkisch im selbststudium) (3 kitap + 6 CD)</t>
+          <t>6 Dilde Konuşma Kılavuzu (İngilizce, Fransızca, Almanca, İtalyanca, Hollandaca, Rusça)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>138.89</v>
+        <v>45</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754712247</t>
+          <t>9789754710106</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dilbilgisi Uygulamalı Modern Yunanca</t>
+          <t>Uygulamalı Temel İngilizce Dilbilgisi (A2 - C1)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>44.44</v>
+        <v>460</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754711615</t>
+          <t>9789754711622</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İngilizler için Türkçe Seti (Turkish Self Study Course) (3 kitap + 6 CD)</t>
+          <t>Almanlar için Türkçe Seti (Türkisch im selbststudium) (3 kitap + 6 CD)</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>138.89</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754712031</t>
+          <t>9789754712247</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Turizm Terimleri Sözlüğü</t>
+          <t>Dilbilgisi Uygulamalı Modern Yunanca</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>13.89</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9799754712048</t>
+          <t>9789754711615</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Almanca Turizm Terimleri Sözlüğü</t>
+          <t>İngilizler için Türkçe Seti (Turkish Self Study Course) (3 kitap + 6 CD)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>21</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754710434</t>
+          <t>9789754712031</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Ticari Terimler Sözlüğü</t>
+          <t>İngilizce Turizm Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>380</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754710830</t>
+          <t>9799754712048</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Terimleri Sözlüğü</t>
+          <t>Almanca Turizm Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>23.15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754713152</t>
+          <t>9789754710434</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Satış Elemanları ve Tezgahtarlar İçin Pratik Rusça</t>
+          <t>İngilizce Ticari Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754712124</t>
+          <t>9789754710830</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ruslar İçin İngilizce İlk Adım</t>
+          <t>Tekstil Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754713404</t>
+          <t>9789754713152</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Rusçada İlk 1000 Sözcük Kartları</t>
+          <t>Satış Elemanları ve Tezgahtarlar İçin Pratik Rusça</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>76</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754713459</t>
+          <t>9789754712124</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Rusça / Türkçe – Türkçe / Rusça Büyük Sözlük (Ciltli)</t>
+          <t>Ruslar İçin İngilizce İlk Adım</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>104</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754712896</t>
+          <t>9789754713404</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Pratik Rusça Cep Klavuzu</t>
+          <t>Rusçada İlk 1000 Sözcük Kartları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>13.89</v>
+        <v>76</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754712766</t>
+          <t>9789754713459</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Pratik İtalyanca Cep Kılavuzu</t>
+          <t>Rusça / Türkçe – Türkçe / Rusça Büyük Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>13.89</v>
+        <v>104</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754712742</t>
+          <t>9789754712896</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Pratik İngilizce Cep Kılavuzu</t>
+          <t>Pratik Rusça Cep Klavuzu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>85</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754712834</t>
+          <t>9789754712766</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Pratik Hollandaca Cep Kılavuzu</t>
+          <t>Pratik İtalyanca Cep Kılavuzu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754712778</t>
+          <t>9789754712742</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Pratik Fransızca Cep Kılavuzu</t>
+          <t>Pratik İngilizce Cep Kılavuzu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754712759</t>
+          <t>9789754712834</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Pratik Almanca Cep Kılavuzu</t>
+          <t>Pratik Hollandaca Cep Kılavuzu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>13.89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754713305</t>
+          <t>9789754712778</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Portekizce / Türkçe - Türkçe / Portekizce Standart Sözlük</t>
+          <t>Pratik Fransızca Cep Kılavuzu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>475</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754713602</t>
+          <t>9789754712759</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle İngilizce (Renkli-CD’li)</t>
+          <t>Pratik Almanca Cep Kılavuzu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>155</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754713145</t>
+          <t>9789754713305</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Oteller için Pratik Rusça</t>
+          <t>Portekizce / Türkçe - Türkçe / Portekizce Standart Sözlük</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>15</v>
+        <v>475</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754710137</t>
+          <t>9789754713602</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk Adım - 2</t>
+          <t>Resimlerle İngilizce (Renkli-CD’li)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>41</v>
+        <v>155</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754710113</t>
+          <t>9789754713145</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Almanca İlk Adım 1</t>
+          <t>Oteller için Pratik Rusça</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>53</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754710823</t>
+          <t>9789754710137</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kozmetik Terimleri Sözlüğü Türkçe-İngilizce / Fransızca-Almanca</t>
+          <t>İngilizce İlk Adım - 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>23.15</v>
+        <v>41</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754713893</t>
+          <t>9789754710113</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fono Kolej Sözlük (İngilizce / İngilizce / Türkçe)</t>
+          <t>Almanca İlk Adım 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>22.22</v>
+        <v>53</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754712803</t>
+          <t>9789754710823</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Konuşma Kılavuzu (CD’li)</t>
+          <t>Kozmetik Terimleri Sözlüğü Türkçe-İngilizce / Fransızca-Almanca</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>38</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754712780</t>
+          <t>9789754713893</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Almanca Konuşma Kılavuzu (CD’li)</t>
+          <t>Fono Kolej Sözlük (İngilizce / İngilizce / Türkçe)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>38</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>3990000030306</t>
+          <t>9789754712803</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Temel İngilizce (3 kitap + 3 CD)</t>
+          <t>Fransızca Konuşma Kılavuzu (CD’li)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>83.33</v>
+        <v>38</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754713923</t>
+          <t>9789754712780</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Almanca / Türkçe – Türkçe / Almanca Rehber Sözlük</t>
+          <t>Almanca Konuşma Kılavuzu (CD’li)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754712872</t>
+          <t>3990000030306</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Rusça Konuşma Kılavuzu (Seslendirmeli)</t>
+          <t>Temel İngilizce (3 kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>305</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754710120</t>
+          <t>9789754713923</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk Adım - 1</t>
+          <t>Almanca / Türkçe – Türkçe / Almanca Rehber Sözlük</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>60</v>
+        <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754714470</t>
+          <t>9789754712872</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine İngilizce İlk Adım 1 (Seslendirmeli)</t>
+          <t>Rusça Konuşma Kılavuzu (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>410</v>
+        <v>305</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754714661</t>
+          <t>9789754710120</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kartlarla İngilizce ilk 120 Sözlük</t>
+          <t>İngilizce İlk Adım - 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754714654</t>
+          <t>9789754714470</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kartlarla İngilizce İkinci 120 Sözlük</t>
+          <t>Kendi Kendine İngilizce İlk Adım 1 (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>51</v>
+        <v>410</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754715132</t>
+          <t>9789754714661</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pratik Dil Kartları - İngilizce Sözcükler</t>
+          <t>Konuşan Kartlarla İngilizce ilk 120 Sözlük</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>51</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754715101</t>
+          <t>9789754714654</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Pratik Dil Kartları Almanca Sözcükler</t>
+          <t>Konuşan Kartlarla İngilizce İkinci 120 Sözlük</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>51</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754712032</t>
+          <t>9789754715132</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Turizm Terimleri Sözlüğü İngilizce-Türkçe / Türkçe-İngilizce</t>
+          <t>Pratik Dil Kartları - İngilizce Sözcükler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>18.52</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754714722</t>
+          <t>9789754715101</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kare Bulmacalar 1. Kitap</t>
+          <t>Pratik Dil Kartları Almanca Sözcükler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754712797</t>
+          <t>9789754712032</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Konuşma Kılavuzu (2 CD’li)</t>
+          <t>Turizm Terimleri Sözlüğü İngilizce-Türkçe / Türkçe-İngilizce</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>38</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754710618</t>
+          <t>9789754714722</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İngilizce / Türkçe Teknik Terimler Sözlüğü</t>
+          <t>İngilizce Kare Bulmacalar 1. Kitap</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>50.93</v>
+        <v>60</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754714494</t>
+          <t>9789754712797</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Almanca Aile Birleşimi Sınavına Hazırlık (2 kitap + 6 CD)</t>
+          <t>İngilizce Konuşma Kılavuzu (2 CD’li)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>95</v>
+        <v>38</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754714777</t>
+          <t>9789754710618</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kare Bulmacalar 4. Kitap</t>
+          <t>İngilizce / Türkçe Teknik Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>60</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754714760</t>
+          <t>9789754714494</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kare Bulmacalar 3. Kitap</t>
+          <t>Almanca Aile Birleşimi Sınavına Hazırlık (2 kitap + 6 CD)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754713138</t>
+          <t>9789754714777</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Garsonlar İçin Pratik Rusça</t>
+          <t>İngilizce Kare Bulmacalar 4. Kitap</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754710885</t>
+          <t>9789754714760</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Garsonlar için Pratik İngilizce</t>
+          <t>İngilizce Kare Bulmacalar 3. Kitap</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754716580</t>
+          <t>9789754713138</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Easy Reading Hikaye Seti 5 Kitap A1 Level 1 (Kutulu)</t>
+          <t>Garsonlar İçin Pratik Rusça</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>427</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754711325</t>
+          <t>9789754710885</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Arapça / Türkçe - Türkçe / Arapça Cep Sözlüğü</t>
+          <t>Garsonlar için Pratik İngilizce</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754716474</t>
+          <t>9789754716580</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Almanca Sözcük Öğreten Bulmacalar 1</t>
+          <t>Easy Reading Hikaye Seti 5 Kitap A1 Level 1 (Kutulu)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>423</v>
+        <v>427</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754716450</t>
+          <t>9789754711325</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Fiil Zamanları</t>
+          <t>Arapça / Türkçe - Türkçe / Arapça Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>403</v>
+        <v>94</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754716443</t>
+          <t>9789754716474</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Korece İlk Adım 2 (Seslendirmeli)</t>
+          <t>Almanca Sözcük Öğreten Bulmacalar 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>533</v>
+        <v>423</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754716429</t>
+          <t>9789754716450</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tablolarla Kendi Kendine İngilizce Sesli Kitap</t>
+          <t>İngilizce Fiil Zamanları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>699</v>
+        <v>403</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754716436</t>
+          <t>9789754716443</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Korece Alfabe Sözcük Yapısı Sesli Kitap</t>
+          <t>Kendi Kendine Korece İlk Adım 2 (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>379</v>
+        <v>533</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754716405</t>
+          <t>9789754716429</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Dilbilgisi Özeti</t>
+          <t>Tablolarla Kendi Kendine İngilizce Sesli Kitap</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>395</v>
+        <v>699</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754716412</t>
+          <t>9789754716436</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İspanyolcada En Çok Kullanılan 3000 Sözcük</t>
+          <t>Korece Alfabe Sözcük Yapısı Sesli Kitap</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>330</v>
+        <v>379</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754714746</t>
+          <t>9789754716405</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Fono İleri Almanca Seti</t>
+          <t>İngilizce Dilbilgisi Özeti</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>3664</v>
+        <v>395</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754716078</t>
+          <t>9789754716412</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikayeler - Kırk Haramilerin Hazinesi (Derece 2)</t>
+          <t>İspanyolcada En Çok Kullanılan 3000 Sözcük</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754715996</t>
+          <t>9789754714746</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Korece Hikayeler - Sevgiliye Mektup</t>
+          <t>Fono İleri Almanca Seti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>195</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754716009</t>
+          <t>9789754716078</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Korece Hikayeler - Mutlu Balıkçı</t>
+          <t>Rusça Hikayeler - Kırk Haramilerin Hazinesi (Derece 2)</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754712704</t>
+          <t>9789754715996</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Almanca 1. Basamak (3 Kitap + 1 CD)</t>
+          <t>Korece Hikayeler - Sevgiliye Mektup</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1326</v>
+        <v>195</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754714012</t>
+          <t>9789754716009</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Fransızca İlk Adım</t>
+          <t>Korece Hikayeler - Mutlu Balıkçı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>640</v>
+        <v>195</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754714005</t>
+          <t>9789754712704</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Almanca İlk Adım 2 (Sesli Kitap)</t>
+          <t>Hızlı Almanca 1. Basamak (3 Kitap + 1 CD)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>640</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754710977</t>
+          <t>9789754714012</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Elmas (derece 3-C)</t>
+          <t>Fransızca İlk Adım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>234</v>
+        <v>640</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754711103</t>
+          <t>9789754714005</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Norman'ın Sırrı (derece 2-A)</t>
+          <t>Almanca İlk Adım 2 (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>234</v>
+        <v>640</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754713596</t>
+          <t>9789754710977</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İspanyolcada En Önemli 1000 Sözcük</t>
+          <t>Kayıp Elmas (derece 3-C)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>195</v>
+        <v>234</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754712957</t>
+          <t>9789754711103</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca / Türkçe - Türkçe / İspanyolca Büyük Sözlük (Ciltli)</t>
+          <t>Kaptan Norman'ın Sırrı (derece 2-A)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1088</v>
+        <v>234</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754710014</t>
+          <t>9789754713596</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Modern Sözlük (İngilizce / Türkçe - Türkçe / İngilizce)</t>
+          <t>İspanyolcada En Önemli 1000 Sözcük</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>748</v>
+        <v>195</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754713411</t>
+          <t>9789754712957</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İngilizcede En Önemli 1000 Sözcük</t>
+          <t>İspanyolca / Türkçe - Türkçe / İspanyolca Büyük Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>234</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754710557</t>
+          <t>9789754710014</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Günlük Konuşmalar</t>
+          <t>İngilizce Modern Sözlük (İngilizce / Türkçe - Türkçe / İngilizce)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>312</v>
+        <v>748</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754710335</t>
+          <t>9789754713411</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Deyimler 2</t>
+          <t>İngilizcede En Önemli 1000 Sözcük</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>234</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754710328</t>
+          <t>9789754710557</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Deyimler - 1</t>
+          <t>İngilizce Günlük Konuşmalar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>312</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754713435</t>
+          <t>9789754710335</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Temel Sözcük Hazinesi - En Önemli 1000 Sözcük</t>
+          <t>İngilizce Deyimler 2</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>234</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754710700</t>
+          <t>9789754710328</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Pratik Alıştırmalar</t>
+          <t>İngilizce Deyimler - 1</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>384</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754710281</t>
+          <t>9789754713435</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Fransızca / Türkçe - Türkçe / Fransızca Standart Sözlük</t>
+          <t>Fransızca Temel Sözcük Hazinesi - En Önemli 1000 Sözcük</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>488</v>
+        <v>234</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754710670</t>
+          <t>9789754710700</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Okunuş - Söyleniş Kuralları</t>
+          <t>Fransızca Pratik Alıştırmalar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>293</v>
+        <v>384</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754710540</t>
+          <t>9789754710281</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Günlük Konuşmalar</t>
+          <t>Fransızca / Türkçe - Türkçe / Fransızca Standart Sözlük</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>312</v>
+        <v>488</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754710243</t>
+          <t>9789754710670</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Fransızca / Türkçe - Türkçe / Fransızca Cep Sözlüğü</t>
+          <t>Fransızca Okunuş - Söyleniş Kuralları</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>293</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754711646</t>
+          <t>9789754710540</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Modern Sözlük (Fransızca / Türkçe - Türkçe / Fransızca)</t>
+          <t>Fransızca Günlük Konuşmalar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>898</v>
+        <v>312</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754710199</t>
+          <t>9789754710243</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İngilizce / Türkçe - Türkçe / İngilizce Standart Sözlük</t>
+          <t>Fransızca / Türkçe - Türkçe / Fransızca Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>488</v>
+        <v>293</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754712254</t>
+          <t>9789754711646</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çince Konuşma Kılavuzu</t>
+          <t>Fransızca Modern Sözlük (Fransızca / Türkçe - Türkçe / Fransızca)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>534</v>
+        <v>898</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754711141</t>
+          <t>9789754710199</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Taç (derece 3-B)</t>
+          <t>İngilizce / Türkçe - Türkçe / İngilizce Standart Sözlük</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>234</v>
+        <v>488</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754712971</t>
+          <t>9789754712254</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Almanca Fiil Zamanları ve Dilbilgisi Tablosu</t>
+          <t>Çince Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>248</v>
+        <v>534</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754713169</t>
+          <t>9789754711141</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Almancada İlk 1000 Sözcük Kartları</t>
+          <t>Çalınan Taç (derece 3-B)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>995</v>
+        <v>234</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754713121</t>
+          <t>9789754712971</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Almancada En Çok Kullanılan 3000 Sözcük</t>
+          <t>Almanca Fiil Zamanları ve Dilbilgisi Tablosu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>396</v>
+        <v>248</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754713428</t>
+          <t>9789754713169</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Almanca Temel Sözcük Hazinesi En Önemli 1000 Sözcük</t>
+          <t>Almancada İlk 1000 Sözcük Kartları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>234</v>
+        <v>995</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754710694</t>
+          <t>9789754713121</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Almanca Pratik Alıştırmalar</t>
+          <t>Almancada En Çok Kullanılan 3000 Sözcük</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>384</v>
+        <v>396</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754711653</t>
+          <t>9789754713428</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Almanca Hemen Konuşma Kılavuzu</t>
+          <t>Almanca Temel Sözcük Hazinesi En Önemli 1000 Sözcük</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>262</v>
+        <v>234</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754714197</t>
+          <t>9789754710694</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Almanca Fiil Çekimleri ve Kullanışları</t>
+          <t>Almanca Pratik Alıştırmalar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>484</v>
+        <v>384</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754710311</t>
+          <t>9789754711653</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Almanca Deyimler</t>
+          <t>Almanca Hemen Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>262</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754710151</t>
+          <t>9789754714197</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Almanca / Türkçe - Türkçe / Almanca Cep Sözlüğü</t>
+          <t>Almanca Fiil Çekimleri ve Kullanışları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>293</v>
+        <v>484</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754712384</t>
+          <t>9789754710311</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Almanca / Türkçe - Türkçe / Almanca Büyük Sözlük</t>
+          <t>Almanca Deyimler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>1163</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754714401</t>
+          <t>9789754710151</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Korece</t>
+          <t>Almanca / Türkçe - Türkçe / Almanca Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>629</v>
+        <v>293</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754713909</t>
+          <t>9789754712384</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Hollandaca (Seslendirmeli)</t>
+          <t>Almanca / Türkçe - Türkçe / Almanca Büyük Sözlük</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>629</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754714050</t>
+          <t>9789754714401</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Fransızca (Seslendirmeli)</t>
+          <t>30 Günde Korece</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754713541</t>
+          <t>9789754713909</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Almanca (kitap + 2 CD)</t>
+          <t>30 Günde Hollandaca (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754710915</t>
+          <t>9789754714050</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fakir Balıkçı (derece 1-C)</t>
+          <t>30 Günde Fransızca (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>234</v>
+        <v>629</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754711417</t>
+          <t>9789754713541</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Eski Dükkan (derece 1-B)</t>
+          <t>30 Günde Almanca (kitap + 2 CD)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>234</v>
+        <v>629</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754711899</t>
+          <t>9789754710915</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Die Geschichten von Anatolien</t>
+          <t>Fakir Balıkçı (derece 1-C)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>195</v>
+        <v>234</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754713084</t>
+          <t>9789754711417</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İngilizcede İkinci 1000 Sözcük Kartları</t>
+          <t>Eski Dükkan (derece 1-B)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>995</v>
+        <v>234</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754710090</t>
+          <t>9789754711899</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>(Her Yönüyle) İleri İngilizce Dilbilgisi</t>
+          <t>Die Geschichten von Anatolien</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>718</v>
+        <v>195</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754710908</t>
+          <t>9789754713084</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Adamın Dükkanı (derece 1-B)</t>
+          <t>İngilizcede İkinci 1000 Sözcük Kartları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>234</v>
+        <v>995</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754712087</t>
+          <t>9789754710090</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hollandaca Konuşma Kılavuzu</t>
+          <t>(Her Yönüyle) İleri İngilizce Dilbilgisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>534</v>
+        <v>718</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754714241</t>
+          <t>9789754710908</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sevgi mi? Para mı? (derece 1-B)</t>
+          <t>İhtiyar Adamın Dükkanı (derece 1-B)</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754712667</t>
+          <t>9789754712087</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hollandaca / Türkçe - Türkçe / Hollandaca Standart Sözlük</t>
+          <t>Hollandaca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>570</v>
+        <v>534</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754715439</t>
+          <t>9789754714241</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Fransızcada En Çok Kullanılan 3000 Sözcük</t>
+          <t>Sevgi mi? Para mı? (derece 1-B)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>396</v>
+        <v>234</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754714265</t>
+          <t>9789754712667</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Fransızca / Türkçe – Türkçe / Fransızca El Sözlüğü</t>
+          <t>Hollandaca / Türkçe - Türkçe / Hollandaca Standart Sözlük</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>226</v>
+        <v>570</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754710274</t>
+          <t>9789754715439</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Almanca / Türkçe - Türkçe / Almanca Standart Sözlük</t>
+          <t>Fransızcada En Çok Kullanılan 3000 Sözcük</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>488</v>
+        <v>396</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754712285</t>
+          <t>9789754714265</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yunanca / Türkçe - Türkçe / Yunanca Standart Sözlük</t>
+          <t>Fransızca / Türkçe – Türkçe / Fransızca El Sözlüğü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>570</v>
+        <v>226</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754711202</t>
+          <t>9789754710274</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Rusça Dilbilgisi</t>
+          <t>Almanca / Türkçe - Türkçe / Almanca Standart Sözlük</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>718</v>
+        <v>488</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754712186</t>
+          <t>9789754712285</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İtalyanca Dilbilgisi</t>
+          <t>Yunanca / Türkçe - Türkçe / Yunanca Standart Sözlük</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>718</v>
+        <v>570</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754711318</t>
+          <t>9789754711202</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dilbilgisi</t>
+          <t>Uygulamalı Rusça Dilbilgisi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>312</v>
+        <v>718</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754710731</t>
+          <t>9789754712186</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şoförler için Pratik İngilizce</t>
+          <t>Uygulamalı İtalyanca Dilbilgisi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>293</v>
+        <v>718</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754711134</t>
+          <t>9789754711318</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat'tan Hikayeler (derece 3-A)</t>
+          <t>Türkçe Dilbilgisi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>234</v>
+        <v>312</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754714180</t>
+          <t>9789754710731</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Personeli İçin Pratik İngilizce</t>
+          <t>Şoförler için Pratik İngilizce</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>293</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754711073</t>
+          <t>9789754711134</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Almanca Hikayeler / Rüya</t>
+          <t>Şehrazat'tan Hikayeler (derece 3-A)</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754713442</t>
+          <t>9789754714180</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Rusçada En Önemli 1000 Sözcük</t>
+          <t>Sağlık Personeli İçin Pratik İngilizce</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>195</v>
+        <v>293</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754710472</t>
+          <t>9789754711073</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Rusça / Türkçe - Türkçe / Rusça Cep Sözlüğü</t>
+          <t>Almanca Hikayeler / Rüya</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>244</v>
+        <v>234</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789754711394</t>
+          <t>9789754713442</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Rusça</t>
+          <t>Rusçada En Önemli 1000 Sözcük</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>468</v>
+        <v>195</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754710496</t>
+          <t>9789754710472</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Pratik Almanca El Kitabı</t>
+          <t>Rusça / Türkçe - Türkçe / Rusça Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>490</v>
+        <v>244</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754710861</t>
+          <t>9789754711394</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Almanca</t>
+          <t>Resimlerle Rusça</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>390</v>
+        <v>468</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754711400</t>
+          <t>9789754710496</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Olga'ya Mektup (derece 1-A)</t>
+          <t>Pratik Almanca El Kitabı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>234</v>
+        <v>490</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754712377</t>
+          <t>9789754710861</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Norveççe Konuşma Kılavuzu</t>
+          <t>Resimlerle Almanca</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>534</v>
+        <v>390</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754710939</t>
+          <t>9789754711400</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Nehirde Macera (derece 2-B)</t>
+          <t>Olga'ya Mektup (derece 1-A)</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754711127</t>
+          <t>9789754712377</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Müller'in Otomobili (derece - 2-C)</t>
+          <t>Norveççe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>234</v>
+        <v>534</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789754711080</t>
+          <t>9789754710939</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuş (derece 1-B)</t>
+          <t>Nehirde Macera (derece 2-B)</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789754714111</t>
+          <t>9789754711127</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yunanca İlk Adım</t>
+          <t>Müller'in Otomobili (derece - 2-C)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>640</v>
+        <v>234</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754714128</t>
+          <t>9789754711080</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Rusça İlk Adım - 1</t>
+          <t>Mavi Kuş (derece 1-B)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>640</v>
+        <v>234</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789754712001</t>
+          <t>9789754714111</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Makedonca Konuşma Kılavuzu</t>
+          <t>Yunanca İlk Adım</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>445</v>
+        <v>640</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754710397</t>
+          <t>9789754714128</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Macarca Konuşma Kılavuzu</t>
+          <t>Rusça İlk Adım - 1</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>534</v>
+        <v>640</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754710052</t>
+          <t>9789754712001</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Konuşma Kılavuzu</t>
+          <t>Makedonca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>534</v>
+        <v>445</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754710359</t>
+          <t>9789754710397</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bulgarca Konuşma Kılavuzu</t>
+          <t>Macarca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754710045</t>
+          <t>9789754710052</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Almanca Konuşma Kılavuzu</t>
+          <t>İngilizce Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789754711691</t>
+          <t>9789754710359</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Konuşma Kılavuzu</t>
+          <t>Bulgarca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789754712995</t>
+          <t>9789754710045</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hızlı İngilizce 3. Basamak (3 kitap + 3 CD)</t>
+          <t>Almanca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1326</v>
+        <v>534</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754714029</t>
+          <t>9789754711691</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca İlk Adım</t>
+          <t>İspanyolca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>640</v>
+        <v>534</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789754712827</t>
+          <t>9789754712995</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk Adım 2 (Sesli Kitap)</t>
+          <t>Hızlı İngilizce 3. Basamak (3 kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>640</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754712810</t>
+          <t>9789754714029</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk Adım 1 (Sesli Kitap)</t>
+          <t>İtalyanca İlk Adım</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>640</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754714456</t>
+          <t>9789754712827</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Alıştıra Alıştıra İngilizce (Temel ve Orta Düzey)</t>
+          <t>İngilizce İlk Adım 2 (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>546</v>
+        <v>640</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754714623</t>
+          <t>9789754712810</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kartlarla İngilizce İlk 400 Sözlük</t>
+          <t>İngilizce İlk Adım 1 (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>618</v>
+        <v>640</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754715538</t>
+          <t>9789754714456</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Korece İlk Adım 1</t>
+          <t>Alıştıra Alıştıra İngilizce (Temel ve Orta Düzey)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>640</v>
+        <v>546</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754715507</t>
+          <t>9789754714623</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca İlk Adım 2 (Sesli Kitap)</t>
+          <t>Konuşan Kartlarla İngilizce İlk 400 Sözlük</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>640</v>
+        <v>618</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754715125</t>
+          <t>9789754715538</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Pratik Dil Kartları - Rusça Sözcükler</t>
+          <t>Korece İlk Adım 1</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>293</v>
+        <v>640</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789754715118</t>
+          <t>9789754715507</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Pratik Dil Kartları - Fransızca Sözcükler</t>
+          <t>İspanyolca İlk Adım 2 (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>293</v>
+        <v>640</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754714876</t>
+          <t>9789754715125</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe/Türkçe - Türkçe/Kürtçe Standart Sözlük</t>
+          <t>Pratik Dil Kartları - Rusça Sözcükler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>570</v>
+        <v>293</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754714753</t>
+          <t>9789754715118</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Fono Akademik İngilizce Seti</t>
+          <t>Pratik Dil Kartları - Fransızca Sözcükler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>4397</v>
+        <v>293</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789754715224</t>
+          <t>9789754714876</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözcük Öğreten Bulmacalar Düzey A1</t>
+          <t>Kürtçe/Türkçe - Türkçe/Kürtçe Standart Sözlük</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>508</v>
+        <v>570</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789754715316</t>
+          <t>9789754714753</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Pratik Dil Kartlarıyla Temel İngilizce Sözcükler</t>
+          <t>Fono Akademik İngilizce Seti</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>293</v>
+        <v>4397</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754715309</t>
+          <t>9789754715224</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Sözcükler</t>
+          <t>İngilizce Sözcük Öğreten Bulmacalar Düzey A1</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>293</v>
+        <v>508</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789754714814</t>
+          <t>9789754715316</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İngilizceyi Öğreten Sözlük</t>
+          <t>Pratik Dil Kartlarıyla Temel İngilizce Sözcükler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>566</v>
+        <v>293</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754714739</t>
+          <t>9789754715309</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kare Bulmacalar 2. Kitap</t>
+          <t>İspanyolca Sözcükler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>293</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754714463</t>
+          <t>9789754714814</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>FONO Almanca Seti</t>
+          <t>İngilizceyi Öğreten Sözlük</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>4397</v>
+        <v>566</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789754712391</t>
+          <t>9789754714739</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Carlo Ve Kedisi (derece 1-C)</t>
+          <t>İngilizce Kare Bulmacalar 2. Kitap</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>234</v>
+        <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789754712414</t>
+          <t>9789754714463</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Son Gülen İyi Güler (derece 1-A)</t>
+          <t>FONO Almanca Seti</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>234</v>
+        <v>4397</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754716023</t>
+          <t>9789754712391</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikayeler - Eski Sandalyeler (Derece 1)</t>
+          <t>Carlo Ve Kedisi (derece 1-C)</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754716054</t>
+          <t>9789754712414</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikayeler - Sihirli Terlikler (Derece 2)</t>
+          <t>Son Gülen İyi Güler (derece 1-A)</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754716030</t>
+          <t>9789754716023</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikayeler - Otuz Dokuz Basamak (Derece 4)</t>
+          <t>İngilizce Hikayeler - Eski Sandalyeler (Derece 1)</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754716108</t>
+          <t>9789754716054</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikayeler - Londra'da Bir Sabah (Derece 2)</t>
+          <t>İngilizce Hikayeler - Sihirli Terlikler (Derece 2)</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754716061</t>
+          <t>9789754716030</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikayeler - Evsiz (Derece 1)</t>
+          <t>İngilizce Hikayeler - Otuz Dokuz Basamak (Derece 4)</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789754716092</t>
+          <t>9789754716108</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikayeler - Tren Soyguncuları (Derece 3)</t>
+          <t>İngilizce Hikayeler - Londra'da Bir Sabah (Derece 2)</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754716528</t>
+          <t>9789754716061</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Geliştirme Etkinlikleri Seti</t>
+          <t>İngilizce Hikayeler - Evsiz (Derece 1)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>375</v>
+        <v>234</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754714302</t>
+          <t>9789754716092</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İngilizce İlk Basamak</t>
+          <t>İngilizce Hikayeler - Tren Soyguncuları (Derece 3)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>664</v>
+        <v>234</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789754716467</t>
+          <t>9789754716528</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk Adım 3</t>
+          <t>Dikkat ve Zeka Geliştirme Etkinlikleri Seti</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>533</v>
+        <v>375</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789754716481</t>
+          <t>9789754714302</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Almanca İlk Adım 3</t>
+          <t>Çocuklar İçin İngilizce İlk Basamak</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>533</v>
+        <v>664</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754714289</t>
+          <t>9789754716467</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Fono Boşnaklar İçin Türkçe Kitabı - Verijeme Je Za Turski</t>
+          <t>İngilizce İlk Adım 3</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>439</v>
+        <v>533</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754714616</t>
+          <t>9789754716481</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sesli Kartlarla İngilizce 4</t>
+          <t>Almanca İlk Adım 3</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>423</v>
+        <v>640</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754714609</t>
+          <t>9789754714289</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sesli Kartlarla İngilizce 3</t>
+          <t>Fono Boşnaklar İçin Türkçe Kitabı - Verijeme Je Za Turski</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>423</v>
+        <v>439</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789754714593</t>
+          <t>9789754714616</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sesli Kartlarla İngilizce 2</t>
+          <t>Sesli Kartlarla İngilizce 4</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>423</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789754715583</t>
+          <t>9789754714609</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Türkçe - Boşnakça Resimli Sözlük</t>
+          <t>Sesli Kartlarla İngilizce 3</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>358</v>
+        <v>423</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789754716221</t>
+          <t>9789754714593</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Korece Hikayeler - Kaçakçıların Peşinde (Derece 2)</t>
+          <t>Sesli Kartlarla İngilizce 2</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>195</v>
+        <v>423</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789754715477</t>
+          <t>9789754715583</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Tablolarla Farsça Fiil Zamanları Dilbilgisi Özeti</t>
+          <t>Çocuklar İçin Türkçe - Boşnakça Resimli Sözlük</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>206</v>
+        <v>358</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789754715484</t>
+          <t>9789754716221</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Arapça İlk Adım 2 (Cd İle Birlikte)</t>
+          <t>Korece Hikayeler - Kaçakçıların Peşinde (Derece 2)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>533</v>
+        <v>195</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754715521</t>
+          <t>9789754715477</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Korece Türkçe - Türkçe Korece Cep Sözlüğü</t>
+          <t>Tablolarla Farsça Fiil Zamanları Dilbilgisi Özeti</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>244</v>
+        <v>206</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789754715569</t>
+          <t>9789754715484</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Korece Temel Sözcük Hazinesi</t>
+          <t>Kendi Kendine Arapça İlk Adım 2 (Cd İle Birlikte)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>195</v>
+        <v>533</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789754715576</t>
+          <t>9789754715521</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Korecede En Çok Kullanılan 3000 Sözcük</t>
+          <t>Korece Türkçe - Türkçe Korece Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>330</v>
+        <v>244</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754715446</t>
+          <t>9789754715569</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tablolarla Korece Fiil Zamanları Dilbilgisi Özeti</t>
+          <t>Korece Temel Sözcük Hazinesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>206</v>
+        <v>195</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789754715415</t>
+          <t>9789754715576</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tablolarla İngilizce Fiil Zamanları Dilbilgisi Özeti 2</t>
+          <t>Korecede En Çok Kullanılan 3000 Sözcük</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>206</v>
+        <v>330</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789754715392</t>
+          <t>9789754715446</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İngilizcede En Çok Kullanılan Üçüncü 1000 Sözcük</t>
+          <t>Tablolarla Korece Fiil Zamanları Dilbilgisi Özeti</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>829</v>
+        <v>206</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789754715408</t>
+          <t>9789754715415</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Renkli Resimlerle Kendi Kendine İngilizce</t>
+          <t>Tablolarla İngilizce Fiil Zamanları Dilbilgisi Özeti 2</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>390</v>
+        <v>206</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754710144</t>
+          <t>9789754715392</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İngilizce / Türkçe - Türkçe / İngilizce Cep Sözlüğü</t>
+          <t>İngilizcede En Çok Kullanılan Üçüncü 1000 Sözcük</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>293</v>
+        <v>829</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789754715590</t>
+          <t>9789754715408</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Boşnakça / Türkçe - Türkçe / Boşnakça Cep Sözlüğü</t>
+          <t>Renkli Resimlerle Kendi Kendine İngilizce</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>293</v>
+        <v>390</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754711448</t>
+          <t>9789754710144</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Arapça / Türkçe - Türkçe / Arapça Standart Sözlük</t>
+          <t>İngilizce / Türkçe - Türkçe / İngilizce Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>570</v>
+        <v>293</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789754714272</t>
+          <t>9789754715590</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Almanca / Türkçe – Türkçe / Almanca El Sözlüğü</t>
+          <t>Boşnakça / Türkçe - Türkçe / Boşnakça Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>226</v>
+        <v>293</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754711974</t>
+          <t>9789754711448</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca / Türkçe - Türkçe / İtalyanca Standart Sözlük</t>
+          <t>Arapça / Türkçe - Türkçe / Arapça Standart Sözlük</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>570</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754710205</t>
+          <t>9789754714272</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca / Türkçe - Türkçe / İtalyanca Cep Sözlüğü</t>
+          <t>Almanca / Türkçe – Türkçe / Almanca El Sözlüğü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>293</v>
+        <v>226</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754715682</t>
+          <t>9789754711974</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Genişletilmiş Almanca Çeviri Tekniği</t>
+          <t>İtalyanca / Türkçe - Türkçe / İtalyanca Standart Sözlük</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>890</v>
+        <v>570</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789754714807</t>
+          <t>9789754710205</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Norveççe / Türkçe - Türkçe / Norveççe Standart Sözlük</t>
+          <t>İtalyanca / Türkçe - Türkçe / İtalyanca Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>570</v>
+        <v>293</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789754715453</t>
+          <t>9789754715682</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tablolarla Arapça Fiil Zamanları Dilbilgisi Özeti</t>
+          <t>Genişletilmiş Almanca Çeviri Tekniği</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>248</v>
+        <v>890</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754715613</t>
+          <t>9789754714807</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tablolarla İtalyanca Fiil Zamanları Dilbilgisi Özeti</t>
+          <t>Norveççe / Türkçe - Türkçe / Norveççe Standart Sözlük</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>248</v>
+        <v>570</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754715514</t>
+          <t>9789754715453</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Farsça İlk Adım 1</t>
+          <t>Tablolarla Arapça Fiil Zamanları Dilbilgisi Özeti</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>640</v>
+        <v>248</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789754715545</t>
+          <t>9789754715613</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Pratik Dil Kartları - Korece Sözcükler</t>
+          <t>Tablolarla İtalyanca Fiil Zamanları Dilbilgisi Özeti</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>293</v>
+        <v>248</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754715149</t>
+          <t>9789754715514</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Anahtar Sözlük</t>
+          <t>Kendi Kendine Farsça İlk Adım 1</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>664</v>
+        <v>640</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789754715491</t>
+          <t>9789754715545</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Rusça İlk Adım - 2</t>
+          <t>Pratik Dil Kartları - Korece Sözcükler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>640</v>
+        <v>293</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789754715460</t>
+          <t>9789754715149</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Fransızca İlk Adım 2</t>
+          <t>İngilizce Anahtar Sözlük</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>640</v>
+        <v>664</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789754715293</t>
+          <t>9789754715491</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Arapça Sözcükler</t>
+          <t>Rusça İlk Adım - 2</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>293</v>
+        <v>640</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789754716382</t>
+          <t>9789754715460</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>The Misfit Barn (Sesli)</t>
+          <t>Fransızca İlk Adım 2</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>390</v>
+        <v>640</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754716399</t>
+          <t>9789754715293</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>The Misfit Animals (Sesli)</t>
+          <t>Arapça Sözcükler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>390</v>
+        <v>293</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789754715552</t>
+          <t>9789754716382</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Fono İngilizce İlköğretim Sözlüğü</t>
+          <t>The Misfit Barn (Sesli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>352</v>
+        <v>390</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789754715873</t>
+          <t>9789754716399</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Güncel İngilizce Dilbilgisi</t>
+          <t>The Misfit Animals (Sesli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>598</v>
+        <v>390</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789754715422</t>
+          <t>9789754715552</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tablolarla İspanyolca Fiil Zamanları Dilbilgisi Özeti</t>
+          <t>Fono İngilizce İlköğretim Sözlüğü</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>248</v>
+        <v>352</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789754716283</t>
+          <t>9789754715873</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>40 Günde 40 İngilizce Konu - Sesli Kartlarla</t>
+          <t>Güncel İngilizce Dilbilgisi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>664</v>
+        <v>598</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789754716375</t>
+          <t>9789754715422</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>40 Günde 400 İngilizce Sözcük - Sesli Kartlarla</t>
+          <t>Tablolarla İspanyolca Fiil Zamanları Dilbilgisi Özeti</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>664</v>
+        <v>248</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754716252</t>
+          <t>9789754716283</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğreten Kartlar 2</t>
+          <t>40 Günde 40 İngilizce Konu - Sesli Kartlarla</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>556</v>
+        <v>664</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789754716245</t>
+          <t>9789754716375</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğreten Kartlar 1</t>
+          <t>40 Günde 400 İngilizce Sözcük - Sesli Kartlarla</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>556</v>
+        <v>664</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754716320</t>
+          <t>9789754716252</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözcük Öğreten Bulmacalar 2</t>
+          <t>İngilizce Öğreten Kartlar 2</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>423</v>
+        <v>556</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789754714586</t>
+          <t>9789754716245</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sesli Kartlarla İngilizce 1</t>
+          <t>İngilizce Öğreten Kartlar 1</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>423</v>
+        <v>556</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789754716085</t>
+          <t>9789754716320</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikayeler - Seyahat Çeki (Derece 4)</t>
+          <t>İngilizce Sözcük Öğreten Bulmacalar 2</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>234</v>
+        <v>423</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789754716047</t>
+          <t>9789754714586</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikayeler - Yağmur Adam (Derece 3)</t>
+          <t>Sesli Kartlarla İngilizce 1</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>234</v>
+        <v>423</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789754716191</t>
+          <t>9789754716085</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Hikayeler - Cesur Çocuklar (Derece 2)</t>
+          <t>İngilizce Hikayeler - Seyahat Çeki (Derece 4)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>195</v>
+        <v>234</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789754716146</t>
+          <t>9789754716047</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikayeler - Sahilde Bir Akşam Üstü (Derece 2)</t>
+          <t>İngilizce Hikayeler - Yağmur Adam (Derece 3)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>195</v>
+        <v>234</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789754716184</t>
+          <t>9789754716191</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Hikayeler - Büyükanne Deniz Kenarında (Derece 2)</t>
+          <t>İtalyanca Hikayeler - Cesur Çocuklar (Derece 2)</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789754716160</t>
+          <t>9789754716146</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Hikayeler - Nehirde Tehlikeli Yolculuk (Derece 2)</t>
+          <t>Arapça Hikayeler - Sahilde Bir Akşam Üstü (Derece 2)</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789754716269</t>
+          <t>9789754716184</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Korece Hikayeler - Yeni Tezgahtar (Derece 2)</t>
+          <t>İtalyanca Hikayeler - Büyükanne Deniz Kenarında (Derece 2)</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789754716177</t>
+          <t>9789754716160</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Hikayeler - Kaptanın Sırrı (Derece 2)</t>
+          <t>İspanyolca Hikayeler - Nehirde Tehlikeli Yolculuk (Derece 2)</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789754716238</t>
+          <t>9789754716269</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Korece Hikayeler - Vali Baba (Derece 2)</t>
+          <t>Korece Hikayeler - Yeni Tezgahtar (Derece 2)</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789754716207</t>
+          <t>9789754716177</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Hikayeler - Yeni Asistan (Derece 2)</t>
+          <t>İtalyanca Hikayeler - Kaptanın Sırrı (Derece 2)</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789754716214</t>
+          <t>9789754716238</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Hikayeler - Esrarlı Adada Macera (Derece 2)</t>
+          <t>Korece Hikayeler - Vali Baba (Derece 2)</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789754716153</t>
+          <t>9789754716207</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikayeler - Tatil Günlerinde Macera (Derece 2)</t>
+          <t>İspanyolca Hikayeler - Yeni Asistan (Derece 2)</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789754716115</t>
+          <t>9789754716214</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikayeler - Genç Dedektifler (Derece 2)</t>
+          <t>İspanyolca Hikayeler - Esrarlı Adada Macera (Derece 2)</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789754716139</t>
+          <t>9789754716153</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikayeler - Ali Baba ve Kırk Haramiler (Derece 2)</t>
+          <t>Arapça Hikayeler - Tatil Günlerinde Macera (Derece 2)</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789754716122</t>
+          <t>9789754716115</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Rusça Hikayeler - Eski Otomobil (Derece 2)</t>
+          <t>Rusça Hikayeler - Genç Dedektifler (Derece 2)</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789754716016</t>
+          <t>9789754716139</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Flying Around The World (İngilizce Sesli)</t>
+          <t>Arapça Hikayeler - Ali Baba ve Kırk Haramiler (Derece 2)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789754715989</t>
+          <t>9789754716122</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Korece Hikayeler - Hong Kong Yolculuğu</t>
+          <t>Rusça Hikayeler - Eski Otomobil (Derece 2)</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789754715217</t>
+          <t>9789754716016</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Nasıl Söyler</t>
+          <t>Flying Around The World (İngilizce Sesli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>717</v>
+        <v>325</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789754714890</t>
+          <t>9789754715989</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İngilizler İçin Kolay Türkçe - Easy Turkish Course (2 Kitap ve 2 CD Takım)</t>
+          <t>Korece Hikayeler - Hong Kong Yolculuğu</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>2048</v>
+        <v>195</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789754714517</t>
+          <t>9789754715217</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İngilizce (3 kitap + 3 CD)</t>
+          <t>İngiliz Nasıl Söyler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>1404</v>
+        <v>717</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789754714883</t>
+          <t>9789754714890</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe - Türkçe - Türkçe - Kürtçe Cep Sözlük</t>
+          <t>İngilizler İçin Kolay Türkçe - Easy Turkish Course (2 Kitap ve 2 CD Takım)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>293</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789754714821</t>
+          <t>9789754714517</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Almanlar İçin Türkçe</t>
+          <t>Adım Adım İngilizce (3 kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>683</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789754714845</t>
+          <t>9789754714883</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İngilizler İçin Türkçe</t>
+          <t>Kürtçe - Türkçe - Türkçe - Kürtçe Cep Sözlük</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>683</v>
+        <v>293</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789754714852</t>
+          <t>9789754714821</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ruslar İçin Türkçe</t>
+          <t>Almanlar İçin Türkçe</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>683</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789754714838</t>
+          <t>9789754714845</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Araplar İçin Türkçe</t>
+          <t>İngilizler İçin Türkçe</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>683</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789754714784</t>
+          <t>9789754714852</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Fono Korece Standart Sözlük</t>
+          <t>Ruslar İçin Türkçe</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>570</v>
+        <v>683</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789754714791</t>
+          <t>9789754714838</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Kürtçe (Seslendirmeli)</t>
+          <t>Araplar İçin Türkçe</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>629</v>
+        <v>683</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789754714395</t>
+          <t>9789754714784</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Tembeller için İngilizce (1 kitap + 3 CD)</t>
+          <t>Fono Korece Standart Sözlük</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>800</v>
+        <v>570</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789754714364</t>
+          <t>9789754714791</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Boşnakça (Seslendirmeli)</t>
+          <t>30 Günde Kürtçe (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789754714425</t>
+          <t>9789754714395</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Portekizce (Seslendirmeli)</t>
+          <t>Tembeller için İngilizce (1 kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>629</v>
+        <v>800</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789754714562</t>
+          <t>9789754714364</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>FONO İtalyanca Seti</t>
+          <t>30 Günde Boşnakça (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>4397</v>
+        <v>629</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789754714036</t>
+          <t>9789754714425</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Arapça İlk Adım</t>
+          <t>30 Günde Portekizce (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>640</v>
+        <v>629</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789754710427</t>
+          <t>9789754714562</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Konuşma Kılavuzu</t>
+          <t>FONO İtalyanca Seti</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>534</v>
+        <v>4397</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789754714432</t>
+          <t>9789754714036</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Modern Turkish Grammar (İngilizler için Modern Türkçe Grameri)</t>
+          <t>Arapça İlk Adım</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>566</v>
+        <v>640</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789754714487</t>
+          <t>9789754710427</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>FONO İngilizce Seti</t>
+          <t>Fransızca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>4397</v>
+        <v>534</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789754714524</t>
+          <t>9789754714432</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>FONO Fransızca Seti</t>
+          <t>Modern Turkish Grammar (İngilizler için Modern Türkçe Grameri)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>4397</v>
+        <v>566</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789754714531</t>
+          <t>9789754714487</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>FONO Arapça Seti</t>
+          <t>FONO İngilizce Seti</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>4397</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789754714548</t>
+          <t>9789754714524</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>FONO İleri İngilizce Seti</t>
+          <t>FONO Fransızca Seti</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>4397</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789754714579</t>
+          <t>9789754714531</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>FONO İspanyolca Seti</t>
+          <t>FONO Arapça Seti</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>4397</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789754714555</t>
+          <t>9789754714548</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>FONO Rusça Seti</t>
+          <t>FONO İleri İngilizce Seti</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>4397</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789754714449</t>
+          <t>9789754714579</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Çince / Türkçe – Türkçe / Çince Standart Sözlük</t>
+          <t>FONO İspanyolca Seti</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>570</v>
+        <v>4397</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789754712094</t>
+          <t>9789754714555</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Norveççe / Türkçe - Türkçe / Norveççe Cep Sözlüğü</t>
+          <t>FONO Rusça Seti</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>293</v>
+        <v>4397</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789754711165</t>
+          <t>9789754714449</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mektup (derece 1-A)</t>
+          <t>Çince / Türkçe – Türkçe / Çince Standart Sözlük</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>234</v>
+        <v>570</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789754711097</t>
+          <t>9789754712094</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Maymunlar Ülkesi (derece 1-C)</t>
+          <t>Norveççe / Türkçe - Türkçe / Norveççe Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>234</v>
+        <v>293</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789754712100</t>
+          <t>9789754711165</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Makedonca / Türkçe - Türkçe / Makedonca Cep Sözlüğü</t>
+          <t>Mektup (derece 1-A)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>293</v>
+        <v>234</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789754711912</t>
+          <t>9789754711097</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Macarca / Türkçe - Türkçe / Macarca Cep Sözlüğü</t>
+          <t>Maymunlar Ülkesi (derece 1-C)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>293</v>
+        <v>234</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789754712179</t>
+          <t>9789754712100</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Lehçe / Türkçe - Türkçe / Lehçe Standart Sözlük</t>
+          <t>Makedonca / Türkçe - Türkçe / Makedonca Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>570</v>
+        <v>293</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789754712162</t>
+          <t>9789754711912</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Lehçe / Türkçe - Türkçe / Lehçe Cep Sözlüğü</t>
+          <t>Macarca / Türkçe - Türkçe / Macarca Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>293</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789754711110</t>
+          <t>9789754712179</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Küçük Polisler (Derece 2-B)</t>
+          <t>Lehçe / Türkçe - Türkçe / Lehçe Standart Sözlük</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>234</v>
+        <v>570</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789754711066</t>
+          <t>9789754712162</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kötü Bir Rüya (derece 2-C)</t>
+          <t>Lehçe / Türkçe - Türkçe / Lehçe Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>234</v>
+        <v>293</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789754714227</t>
+          <t>9789754711110</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Korece Konuşma Kılavuzu</t>
+          <t>Küçük Polisler (Derece 2-B)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>534</v>
+        <v>234</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789754711462</t>
+          <t>9789754711066</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ayakkabılı Kedi (derece 1-B)</t>
+          <t>Kötü Bir Rüya (derece 2-C)</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789754710366</t>
+          <t>9789754714227</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yunanca Konuşma Kılavuzu</t>
+          <t>Korece Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789754710403</t>
+          <t>9789754711462</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Rusça Konuşma Kılavuzu</t>
+          <t>Kırmızı Ayakkabılı Kedi (derece 1-B)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>534</v>
+        <v>234</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789754710380</t>
+          <t>9789754710366</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Rumence Konuşma Kılavuzu</t>
+          <t>Yunanca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789754712353</t>
+          <t>9789754710403</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Portekizce Konuşma Kılavuzu</t>
+          <t>Rusça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754710410</t>
+          <t>9789754710380</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Konuşma Kılavuzu</t>
+          <t>Rumence Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754711752</t>
+          <t>9789754712353</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Farsça Konuşma Kılavuzu</t>
+          <t>Portekizce Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789754712674</t>
+          <t>9789754710410</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Ermenice Konuşma Kılavuzu</t>
+          <t>İtalyanca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754710373</t>
+          <t>9789754711752</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Boşnakça Konuşma Kılavuzu</t>
+          <t>Farsça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754711769</t>
+          <t>9789754712674</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Arnavutça Konuşma Kılavuzu</t>
+          <t>Ermenice Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789754714043</t>
+          <t>9789754710373</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca İlk Adım</t>
+          <t>Boşnakça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>640</v>
+        <v>534</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789754712681</t>
+          <t>9789754711769</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İbranice Konuşma Kılavuzu</t>
+          <t>Arnavutça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789754713961</t>
+          <t>9789754714043</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Hollandaca İlk Adım</t>
+          <t>İspanyolca İlk Adım</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>640</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789754712629</t>
+          <t>9789754712681</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Rusça 2. Basamak (2 kitap + 3 CD)</t>
+          <t>İbranice Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>1326</v>
+        <v>534</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789754712612</t>
+          <t>9789754713961</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Rusça 1. Basamak (3 kitap + CD)</t>
+          <t>Hollandaca İlk Adım</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>1326</v>
+        <v>640</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789754713336</t>
+          <t>9789754712629</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Hızlı İtalyanca 2. Basamak (2 kitap + 3 CD)</t>
+          <t>Hızlı Rusça 2. Basamak (2 kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>1326</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789754713329</t>
+          <t>9789754712612</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Hızlı İtalyanca 1. Basamak (3 Kitap - Seslendirmeli)</t>
+          <t>Hızlı Rusça 1. Basamak (3 kitap + CD)</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>1326</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789754713350</t>
+          <t>9789754713336</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Hızlı İspanyolca 2. Basamak (2 kitap + 3 CD)</t>
+          <t>Hızlı İtalyanca 2. Basamak (2 kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>1326</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789754713343</t>
+          <t>9789754713329</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hızlı İspanyolca 1. Basamak (3 Kitap) CD'li</t>
+          <t>Hızlı İtalyanca 1. Basamak (3 Kitap - Seslendirmeli)</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>1326</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789754712988</t>
+          <t>9789754713350</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Hızlı İngilizce 4. Basamak (3 kitap + 3 CD)</t>
+          <t>Hızlı İspanyolca 2. Basamak (2 kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>1326</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789754711028</t>
+          <t>9789754713343</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yazar (derece 1-B)</t>
+          <t>Hızlı İspanyolca 1. Basamak (3 Kitap) CD'li</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>234</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789754712315</t>
+          <t>9789754712988</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Bulgarca / Türkçe - Türkçe / Bulgarca Cep Sözlüğü</t>
+          <t>Hızlı İngilizce 4. Basamak (3 kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>293</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789754714371</t>
+          <t>9789754711028</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Boşnakça / Türkçe - Türkçe / Boşnakça Standart Sözlük</t>
+          <t>Büyük Yazar (derece 1-B)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>570</v>
+        <v>234</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789754711042</t>
+          <t>9789754712315</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Balonla Seyahat (derece 2-A)</t>
+          <t>Bulgarca / Türkçe - Türkçe / Bulgarca Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>234</v>
+        <v>293</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789754711424</t>
+          <t>9789754714371</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Balıkçının Karısı (derece 1-C)</t>
+          <t>Boşnakça / Türkçe - Türkçe / Boşnakça Standart Sözlük</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>234</v>
+        <v>570</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789754713831</t>
+          <t>9789754711042</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Arapçada En Önemli 1000 Sözcük</t>
+          <t>Balonla Seyahat (derece 2-A)</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789754711332</t>
+          <t>9789754711424</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okunuş - Söyleniş Kuralları</t>
+          <t>Balıkçının Karısı (derece 1-C)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>293</v>
+        <v>234</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789754711356</t>
+          <t>9789754713831</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dilbilgisi</t>
+          <t>Arapçada En Önemli 1000 Sözcük</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>718</v>
+        <v>234</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789754710953</t>
+          <t>9789754711332</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Arabistan Geceleri (derece 3-A)</t>
+          <t>Arapça Okunuş - Söyleniş Kuralları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>234</v>
+        <v>293</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789754712520</t>
+          <t>9789754711356</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Almanlar için Pratik Türkçe Konuşma Kılavuzu (Türkische Sprachführer)</t>
+          <t>Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>586</v>
+        <v>718</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789754710168</t>
+          <t>9789754710953</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Almanca / Türkçe - Türkçe / Almanca Teknik Terimler Sözlüğü</t>
+          <t>Arabistan Geceleri (derece 3-A)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>742</v>
+        <v>234</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789754710663</t>
+          <t>9789754712520</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Almanca Okunuş - Söyleniş Kuralları</t>
+          <t>Almanlar için Pratik Türkçe Konuşma Kılavuzu (Türkische Sprachführer)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>293</v>
+        <v>586</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789754710533</t>
+          <t>9789754710168</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Almanca Günlük Konuşmalar</t>
+          <t>Almanca / Türkçe - Türkçe / Almanca Teknik Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>312</v>
+        <v>742</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789754710922</t>
+          <t>9789754710663</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Adanın Esrarı (derece 2-A)</t>
+          <t>Almanca Okunuş - Söyleniş Kuralları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>234</v>
+        <v>293</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789754714098</t>
+          <t>9789754710533</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Yunanca</t>
+          <t>Almanca Günlük Konuşmalar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>629</v>
+        <v>312</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789754713534</t>
+          <t>9789754710922</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Rusça</t>
+          <t>Adanın Esrarı (derece 2-A)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>629</v>
+        <v>234</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789754714104</t>
+          <t>9789754714098</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Lehçe (Seslendirmeli)</t>
+          <t>30 Günde Yunanca</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789754714173</t>
+          <t>9789754713534</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Japonca (Seslendirmeli)</t>
+          <t>30 Günde Rusça</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789754714166</t>
+          <t>9789754714104</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>30 Günde İtalyanca (Seslendirmeli)</t>
+          <t>30 Günde Lehçe (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789754714074</t>
+          <t>9789754714173</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>30 Günde İspanyolca (Seslendirmeli)</t>
+          <t>30 Günde Japonca (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789754713312</t>
+          <t>9789754714166</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>30 Günde İngilizce (Seslendirmeli)</t>
+          <t>30 Günde İtalyanca (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789754713855</t>
+          <t>9789754714074</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>30 Günde İleri İngilizce (Seslendirmeli)</t>
+          <t>30 Günde İspanyolca (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789754714067</t>
+          <t>9789754713312</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Çince (Seslendirmeli)</t>
+          <t>30 Günde İngilizce (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789754714081</t>
+          <t>9789754713855</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Arapça (kitap + 3 CD)</t>
+          <t>30 Günde İleri İngilizce (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>629</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789754712025</t>
+          <t>9789754714067</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca / Türkçe - Türkçe / İspanyolca Standart Sözlük</t>
+          <t>30 Günde Çince (Seslendirmeli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>570</v>
+        <v>629</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789754712018</t>
+          <t>9789754714081</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Modern Sözlük (İspanyolca / Türkçe - Türkçe / İspanyolca)</t>
+          <t>30 Günde Arapça (kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>898</v>
+        <v>629</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789754712452</t>
+          <t>9789754712025</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ada (derece 1-C)</t>
+          <t>İspanyolca / Türkçe - Türkçe / İspanyolca Standart Sözlük</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>234</v>
+        <v>570</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789754712469</t>
+          <t>9789754712018</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Odasız Ev (derece 1-B)</t>
+          <t>İspanyolca Modern Sözlük (İspanyolca / Türkçe - Türkçe / İspanyolca)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>234</v>
+        <v>898</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
+          <t>9789754712452</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Ada (derece 1-C)</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789754712469</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Odasız Ev (derece 1-B)</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
           <t>9789754712445</t>
         </is>
       </c>
-      <c r="B356" s="1" t="inlineStr">
+      <c r="B358" s="1" t="inlineStr">
         <is>
           <t>Kayıp Palto - İspanyolca Hikayeler</t>
         </is>
       </c>
-      <c r="C356" s="1">
+      <c r="C358" s="1">
         <v>234</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>