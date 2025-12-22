--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -85,1165 +85,1195 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256876446</t>
+          <t>9786056996870</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kral Çıplak - Makaleler</t>
+          <t>Altın Ölüm</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256876439</t>
+          <t>9786256876460</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Gemiler</t>
+          <t>Bir Pilot Çok Ölüm</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256876422</t>
+          <t>9786256876446</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Güneydoğu’da PKK Entrikaları ve Faili Meçhuller</t>
+          <t>Kral Çıplak - Makaleler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256876415</t>
+          <t>9786256876439</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Uzay Efeler Yolunda</t>
+          <t>Kahraman Gemiler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256876132</t>
+          <t>9786256876422</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ü Duygulandıran Anlar - İki Damla Göz Yaşı</t>
+          <t>Güneydoğu’da PKK Entrikaları ve Faili Meçhuller</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256876408</t>
+          <t>9786256876415</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kobra Sarmalı</t>
+          <t>Uzay Efeler Yolunda</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256876385</t>
+          <t>9786256876132</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sivaslımın Batan Güneşi</t>
+          <t>Atatürk'ü Duygulandıran Anlar - İki Damla Göz Yaşı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256876378</t>
+          <t>9786256876408</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ecevit’li, Demirel’li Yıllar</t>
+          <t>Kobra Sarmalı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056876095</t>
+          <t>9786256876385</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ü Tanımak Ve Anlamak</t>
+          <t>Sivaslımın Batan Güneşi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256876361</t>
+          <t>9786256876378</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kurma Kolu, Kışla Hikayeleri 2</t>
+          <t>Ecevit’li, Demirel’li Yıllar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256876354</t>
+          <t>9786056876095</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Kutup Yıldızıdır</t>
+          <t>Mustafa Kemal Atatürk'ü Tanımak Ve Anlamak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256876347</t>
+          <t>9786256876361</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zor İştir Teyyarecilik</t>
+          <t>Kurma Kolu, Kışla Hikayeleri 2</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256876330</t>
+          <t>9786256876354</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Selimiye Günleri Bir Askeri Ortaokulun İzleri</t>
+          <t>Şüphe Kutup Yıldızıdır</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256876323</t>
+          <t>9786256876347</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdekiİ Bordo Bere</t>
+          <t>Zor İştir Teyyarecilik</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256876316</t>
+          <t>9786256876330</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kadınları</t>
+          <t>Selimiye Günleri Bir Askeri Ortaokulun İzleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256876309</t>
+          <t>9786256876323</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ülay Hanım</t>
+          <t>Yüreğimdekiİ Bordo Bere</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256876293</t>
+          <t>9786256876316</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İnci Kolye</t>
+          <t>Kaderin Kadınları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256876262</t>
+          <t>9786256876309</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Kronolojisi (1923' e Kadar)</t>
+          <t>Ülay Hanım</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256876255</t>
+          <t>9786256876293</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bursa’nın Işıklar’ı Işıklar Askeri Lisesi (1845-2016)</t>
+          <t>İnci Kolye</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056996832</t>
+          <t>9786256876262</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Necati Bey</t>
+          <t>Türk Tarihi Kronolojisi (1923' e Kadar)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256876248</t>
+          <t>9786256876255</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bir Cemiyetin İktidar Yürüyüşü</t>
+          <t>Bursa’nın Işıklar’ı Işıklar Askeri Lisesi (1845-2016)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256876071</t>
+          <t>9786056996832</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Milliyetçilik Devlet Bahçeli MHP’si (1997-2023)</t>
+          <t>Mustafa Necati Bey</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256876194</t>
+          <t>9786256876248</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Turna Kuşu Misali</t>
+          <t>Gizli Bir Cemiyetin İktidar Yürüyüşü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256876095</t>
+          <t>9786256876071</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ü Tanımak ve Anlamak</t>
+          <t>Küreselleşme ve Milliyetçilik Devlet Bahçeli MHP’si (1997-2023)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056996863</t>
+          <t>9786256876194</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'ye Batı Saldırısı</t>
+          <t>Turna Kuşu Misali</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>38</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057426970</t>
+          <t>9786256876095</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Altın Girdap</t>
+          <t>Mustafa Kemal Atatürk'ü Tanımak ve Anlamak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256876200</t>
+          <t>9786056996863</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ey Gidi Karadeniz</t>
+          <t>Türkiye'ye Batı Saldırısı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057180827</t>
+          <t>9786057426970</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Son Gazi - Yakup Satar</t>
+          <t>Altın Girdap</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256876187</t>
+          <t>9786256876200</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Harbiye’den Cephe’ye Hainlik Bizde Kalsın</t>
+          <t>Ey Gidi Karadeniz</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256876163</t>
+          <t>9786057180827</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Laf Ebesi'nin Ödemiş'i</t>
+          <t>Son Gazi - Yakup Satar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256876149</t>
+          <t>9786256876187</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ata’nın Konyası</t>
+          <t>Harbiye’den Cephe’ye Hainlik Bizde Kalsın</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256876156</t>
+          <t>9786256876163</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fuşya</t>
+          <t>Laf Ebesi'nin Ödemiş'i</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256876118</t>
+          <t>9786256876149</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Gidişi, Kemal’im Gelişi CHP Üzerinden Türkiye’ye Operasyon</t>
+          <t>Ata’nın Konyası</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256876125</t>
+          <t>9786256876156</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bekledik De Gelmedin - Afetlerde Türk Ordusunun Kulllanılma(ma)sına İlişkin Bir Çalışma</t>
+          <t>Fuşya</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256876101</t>
+          <t>9786256876118</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muavenet Muavenet’i Milliye ve TCG Muavenet “Bir Zaferin ve Bir Hüznün Hikayesi”</t>
+          <t>Deniz’in Gidişi, Kemal’im Gelişi CHP Üzerinden Türkiye’ye Operasyon</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056876088</t>
+          <t>9786256876125</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatyam</t>
+          <t>Bekledik De Gelmedin - Afetlerde Türk Ordusunun Kulllanılma(ma)sına İlişkin Bir Çalışma</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256876057</t>
+          <t>9786256876101</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Doktor Elması</t>
+          <t>Muavenet Muavenet’i Milliye ve TCG Muavenet “Bir Zaferin ve Bir Hüznün Hikayesi”</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256876064</t>
+          <t>9786056876088</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hranuş Hanım'ın Kızı</t>
+          <t>Sarı Papatyam</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256876019</t>
+          <t>9786256876057</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bakış Açısı</t>
+          <t>Doktor Elması</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057180896</t>
+          <t>9786256876064</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Sisteminin Çöküşü Bürokrasi ve Siyaset Dedikleri Hatıralarım</t>
+          <t>Hranuş Hanım'ın Kızı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256876002</t>
+          <t>9786256876019</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kumpas’tan 15 Temmuz’a Su Uyur Hulusi Akar</t>
+          <t>Bakış Açısı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057180889</t>
+          <t>9786057180896</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>General Muğlalı Sendromu</t>
+          <t>Sosyal Güvenlik Sisteminin Çöküşü Bürokrasi ve Siyaset Dedikleri Hatıralarım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057180872</t>
+          <t>9786256876002</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Batmayan Güneşle Yolculuğumuz</t>
+          <t>Kumpas’tan 15 Temmuz’a Su Uyur Hulusi Akar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057180865</t>
+          <t>9786057180889</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Perdelenme</t>
+          <t>General Muğlalı Sendromu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057180858</t>
+          <t>9786057180872</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>E) Org. Çevik Bir İle Söyleşi Darbeci Mi? Kahraman Mı?</t>
+          <t>Batmayan Güneşle Yolculuğumuz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057180841</t>
+          <t>9786057180865</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>O Soruyu Biz Sormayalım, Ekranın Arkası</t>
+          <t>Perdelenme</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057180810</t>
+          <t>9786057180858</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat: Sincan'dan Tarihe Notlar Cilt 1-2</t>
+          <t>E) Org. Çevik Bir İle Söyleşi Darbeci Mi? Kahraman Mı?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057180803</t>
+          <t>9786057180841</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuşbakışı</t>
+          <t>O Soruyu Biz Sormayalım, Ekranın Arkası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057426963</t>
+          <t>9786057180810</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gördesli Makbule ve Demirci Akıncıları</t>
+          <t>28 Şubat: Sincan'dan Tarihe Notlar Cilt 1-2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057426932</t>
+          <t>9786057180803</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Türk Havacılığı</t>
+          <t>Kuşbakışı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057426918</t>
+          <t>9786057426963</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Subayı Öldürmek</t>
+          <t>Gördesli Makbule ve Demirci Akıncıları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>38</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057484499</t>
+          <t>9786057426932</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Arayış İnsanlığın Bitmeyen Savaşı</t>
+          <t>Mustafa Kemal Atatürk ve Türk Havacılığı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>45</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057484468</t>
+          <t>9786057426918</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya Zafer, İhanet ve Hüzün 1918-1919</t>
+          <t>Subayı Öldürmek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056996887</t>
+          <t>9786057484499</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sömürü 28 Şubat</t>
+          <t>Gerçeği Arayış İnsanlığın Bitmeyen Savaşı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057484437</t>
+          <t>9786057484468</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Adını Arayan Çocuk - İkinci Kitap</t>
+          <t>Kafkasya Zafer, İhanet ve Hüzün 1918-1919</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056996894</t>
+          <t>9786056996887</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yaşamıyla ve Türk Siyasi Hayatında Altan Öymen</t>
+          <t>Bitmeyen Sömürü 28 Şubat</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>40</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056996856</t>
+          <t>9786057484437</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mavi Berem Bizim Asker</t>
+          <t>Adını Arayan Çocuk - İkinci Kitap</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056996818</t>
+          <t>9786056996894</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Kalbi: Kazakistan</t>
+          <t>Yaşamıyla ve Türk Siyasi Hayatında Altan Öymen</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058063877</t>
+          <t>9786056996856</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Son CelAli</t>
+          <t>Mavi Berem Bizim Asker</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058063853</t>
+          <t>9786056996818</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mehmetçik Olabilmek</t>
+          <t>Dünya'nın Kalbi: Kazakistan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058063846</t>
+          <t>9786058063877</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımdan Aleve</t>
+          <t>Son CelAli</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058063839</t>
+          <t>9786058063853</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aluşta'dan Esen Yeller</t>
+          <t>Mehmetçik Olabilmek</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058063808</t>
+          <t>9786058063846</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Prenses Kazima'nın Sarayı - Kum Fırtınalı Bir Aşk Hikayesi</t>
+          <t>Kıvılcımdan Aleve</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>20</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058120884</t>
+          <t>9786058063839</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İğne Oyası</t>
+          <t>Aluşta'dan Esen Yeller</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058234437</t>
+          <t>9786058063808</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Kop Dağı Savunması</t>
+          <t>Prenses Kazima'nın Sarayı - Kum Fırtınalı Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058120877</t>
+          <t>9786058120884</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye?</t>
+          <t>İğne Oyası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>32</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058120853</t>
+          <t>9786058234437</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Darbeleri Okuma Kılavuzu</t>
+          <t>Şanlı Kop Dağı Savunması</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>30</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058120815</t>
+          <t>9786058120877</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ayıntap’ın Kuvvacıları</t>
+          <t>Nereden Nereye?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>32</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058120808</t>
+          <t>9786058120853</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Darbeleri Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058186767</t>
+          <t>9786058120815</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Adını Arayan Çocuk</t>
+          <t>Ayıntap’ın Kuvvacıları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058186736</t>
+          <t>9786058120808</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdakiler</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058186712</t>
+          <t>9786058186767</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sürecinde Devlet ve Ordu İlişkileri</t>
+          <t>Adını Arayan Çocuk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058234475</t>
+          <t>9786058186736</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şefika</t>
+          <t>Dışarıdakiler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058234451</t>
+          <t>9786058186712</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yaralı İsmail</t>
+          <t>Küreselleşme Sürecinde Devlet ve Ordu İlişkileri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
+          <t>9786058234475</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Şefika</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786058234451</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı İsmail</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
           <t>9786058234499</t>
         </is>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Balkanlara Hüzünlü Veda</t>
         </is>
       </c>
-      <c r="C76" s="1">
+      <c r="C78" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>