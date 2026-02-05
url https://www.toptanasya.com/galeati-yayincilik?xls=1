--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -85,1195 +85,1210 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056996870</t>
+          <t>9786256876484</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Altın Ölüm</t>
+          <t>Çöpler Faciası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256876460</t>
+          <t>9786056996870</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Pilot Çok Ölüm</t>
+          <t>Altın Ölüm</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256876446</t>
+          <t>9786256876460</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kral Çıplak - Makaleler</t>
+          <t>Bir Pilot Çok Ölüm</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256876439</t>
+          <t>9786256876446</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Gemiler</t>
+          <t>Kral Çıplak - Makaleler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256876422</t>
+          <t>9786256876439</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Güneydoğu’da PKK Entrikaları ve Faili Meçhuller</t>
+          <t>Kahraman Gemiler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256876415</t>
+          <t>9786256876422</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Uzay Efeler Yolunda</t>
+          <t>Güneydoğu’da PKK Entrikaları ve Faili Meçhuller</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256876132</t>
+          <t>9786256876415</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ü Duygulandıran Anlar - İki Damla Göz Yaşı</t>
+          <t>Uzay Efeler Yolunda</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256876408</t>
+          <t>9786256876132</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kobra Sarmalı</t>
+          <t>Atatürk'ü Duygulandıran Anlar - İki Damla Göz Yaşı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256876385</t>
+          <t>9786256876408</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sivaslımın Batan Güneşi</t>
+          <t>Kobra Sarmalı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256876378</t>
+          <t>9786256876385</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ecevit’li, Demirel’li Yıllar</t>
+          <t>Sivaslımın Batan Güneşi</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056876095</t>
+          <t>9786256876378</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ü Tanımak Ve Anlamak</t>
+          <t>Ecevit’li, Demirel’li Yıllar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256876361</t>
+          <t>9786056876095</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kurma Kolu, Kışla Hikayeleri 2</t>
+          <t>Mustafa Kemal Atatürk'ü Tanımak Ve Anlamak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256876354</t>
+          <t>9786256876361</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Kutup Yıldızıdır</t>
+          <t>Kurma Kolu, Kışla Hikayeleri 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256876347</t>
+          <t>9786256876354</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Zor İştir Teyyarecilik</t>
+          <t>Şüphe Kutup Yıldızıdır</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256876330</t>
+          <t>9786256876347</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Selimiye Günleri Bir Askeri Ortaokulun İzleri</t>
+          <t>Zor İştir Teyyarecilik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256876323</t>
+          <t>9786256876330</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdekiİ Bordo Bere</t>
+          <t>Selimiye Günleri Bir Askeri Ortaokulun İzleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256876316</t>
+          <t>9786256876323</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kadınları</t>
+          <t>Yüreğimdekiİ Bordo Bere</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256876309</t>
+          <t>9786256876316</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ülay Hanım</t>
+          <t>Kaderin Kadınları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256876293</t>
+          <t>9786256876309</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İnci Kolye</t>
+          <t>Ülay Hanım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256876262</t>
+          <t>9786256876293</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Kronolojisi (1923' e Kadar)</t>
+          <t>İnci Kolye</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256876255</t>
+          <t>9786256876262</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bursa’nın Işıklar’ı Işıklar Askeri Lisesi (1845-2016)</t>
+          <t>Türk Tarihi Kronolojisi (1923' e Kadar)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056996832</t>
+          <t>9786256876255</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Necati Bey</t>
+          <t>Bursa’nın Işıklar’ı Işıklar Askeri Lisesi (1845-2016)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256876248</t>
+          <t>9786056996832</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bir Cemiyetin İktidar Yürüyüşü</t>
+          <t>Mustafa Necati Bey</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256876071</t>
+          <t>9786256876248</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Milliyetçilik Devlet Bahçeli MHP’si (1997-2023)</t>
+          <t>Gizli Bir Cemiyetin İktidar Yürüyüşü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256876194</t>
+          <t>9786256876071</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Turna Kuşu Misali</t>
+          <t>Küreselleşme ve Milliyetçilik Devlet Bahçeli MHP’si (1997-2023)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256876095</t>
+          <t>9786256876194</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ü Tanımak ve Anlamak</t>
+          <t>Turna Kuşu Misali</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056996863</t>
+          <t>9786256876095</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'ye Batı Saldırısı</t>
+          <t>Mustafa Kemal Atatürk'ü Tanımak ve Anlamak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>38</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057426970</t>
+          <t>9786056996863</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Altın Girdap</t>
+          <t>Türkiye'ye Batı Saldırısı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256876200</t>
+          <t>9786057426970</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ey Gidi Karadeniz</t>
+          <t>Altın Girdap</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057180827</t>
+          <t>9786256876200</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Son Gazi - Yakup Satar</t>
+          <t>Ey Gidi Karadeniz</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256876187</t>
+          <t>9786057180827</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Harbiye’den Cephe’ye Hainlik Bizde Kalsın</t>
+          <t>Son Gazi - Yakup Satar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256876163</t>
+          <t>9786256876187</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Laf Ebesi'nin Ödemiş'i</t>
+          <t>Harbiye’den Cephe’ye Hainlik Bizde Kalsın</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256876149</t>
+          <t>9786256876163</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ata’nın Konyası</t>
+          <t>Laf Ebesi'nin Ödemiş'i</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256876156</t>
+          <t>9786256876149</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Fuşya</t>
+          <t>Ata’nın Konyası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256876118</t>
+          <t>9786256876156</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Gidişi, Kemal’im Gelişi CHP Üzerinden Türkiye’ye Operasyon</t>
+          <t>Fuşya</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256876125</t>
+          <t>9786256876118</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bekledik De Gelmedin - Afetlerde Türk Ordusunun Kulllanılma(ma)sına İlişkin Bir Çalışma</t>
+          <t>Deniz’in Gidişi, Kemal’im Gelişi CHP Üzerinden Türkiye’ye Operasyon</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256876101</t>
+          <t>9786256876125</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Muavenet Muavenet’i Milliye ve TCG Muavenet “Bir Zaferin ve Bir Hüznün Hikayesi”</t>
+          <t>Bekledik De Gelmedin - Afetlerde Türk Ordusunun Kulllanılma(ma)sına İlişkin Bir Çalışma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056876088</t>
+          <t>9786256876101</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatyam</t>
+          <t>Muavenet Muavenet’i Milliye ve TCG Muavenet “Bir Zaferin ve Bir Hüznün Hikayesi”</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256876057</t>
+          <t>9786056876088</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Doktor Elması</t>
+          <t>Sarı Papatyam</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256876064</t>
+          <t>9786256876057</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hranuş Hanım'ın Kızı</t>
+          <t>Doktor Elması</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256876019</t>
+          <t>9786256876064</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bakış Açısı</t>
+          <t>Hranuş Hanım'ın Kızı</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057180896</t>
+          <t>9786256876019</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Sisteminin Çöküşü Bürokrasi ve Siyaset Dedikleri Hatıralarım</t>
+          <t>Bakış Açısı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256876002</t>
+          <t>9786057180896</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kumpas’tan 15 Temmuz’a Su Uyur Hulusi Akar</t>
+          <t>Sosyal Güvenlik Sisteminin Çöküşü Bürokrasi ve Siyaset Dedikleri Hatıralarım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057180889</t>
+          <t>9786256876002</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>General Muğlalı Sendromu</t>
+          <t>Kumpas’tan 15 Temmuz’a Su Uyur Hulusi Akar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057180872</t>
+          <t>9786057180889</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Batmayan Güneşle Yolculuğumuz</t>
+          <t>General Muğlalı Sendromu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057180865</t>
+          <t>9786057180872</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Perdelenme</t>
+          <t>Batmayan Güneşle Yolculuğumuz</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057180858</t>
+          <t>9786057180865</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>E) Org. Çevik Bir İle Söyleşi Darbeci Mi? Kahraman Mı?</t>
+          <t>Perdelenme</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057180841</t>
+          <t>9786057180858</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>O Soruyu Biz Sormayalım, Ekranın Arkası</t>
+          <t>E) Org. Çevik Bir İle Söyleşi Darbeci Mi? Kahraman Mı?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057180810</t>
+          <t>9786057180841</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat: Sincan'dan Tarihe Notlar Cilt 1-2</t>
+          <t>O Soruyu Biz Sormayalım, Ekranın Arkası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057180803</t>
+          <t>9786057180810</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kuşbakışı</t>
+          <t>28 Şubat: Sincan'dan Tarihe Notlar Cilt 1-2</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057426963</t>
+          <t>9786057180803</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gördesli Makbule ve Demirci Akıncıları</t>
+          <t>Kuşbakışı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057426932</t>
+          <t>9786057426963</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Türk Havacılığı</t>
+          <t>Gördesli Makbule ve Demirci Akıncıları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057426918</t>
+          <t>9786057426932</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Subayı Öldürmek</t>
+          <t>Mustafa Kemal Atatürk ve Türk Havacılığı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>38</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057484499</t>
+          <t>9786057426918</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Arayış İnsanlığın Bitmeyen Savaşı</t>
+          <t>Subayı Öldürmek</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057484468</t>
+          <t>9786057484499</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya Zafer, İhanet ve Hüzün 1918-1919</t>
+          <t>Gerçeği Arayış İnsanlığın Bitmeyen Savaşı</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056996887</t>
+          <t>9786057484468</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sömürü 28 Şubat</t>
+          <t>Kafkasya Zafer, İhanet ve Hüzün 1918-1919</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057484437</t>
+          <t>9786056996887</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Adını Arayan Çocuk - İkinci Kitap</t>
+          <t>Bitmeyen Sömürü 28 Şubat</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056996894</t>
+          <t>9786057484437</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yaşamıyla ve Türk Siyasi Hayatında Altan Öymen</t>
+          <t>Adını Arayan Çocuk - İkinci Kitap</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056996856</t>
+          <t>9786056996894</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mavi Berem Bizim Asker</t>
+          <t>Yaşamıyla ve Türk Siyasi Hayatında Altan Öymen</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056996818</t>
+          <t>9786056996856</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Kalbi: Kazakistan</t>
+          <t>Mavi Berem Bizim Asker</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058063877</t>
+          <t>9786056996818</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Son CelAli</t>
+          <t>Dünya'nın Kalbi: Kazakistan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058063853</t>
+          <t>9786058063877</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mehmetçik Olabilmek</t>
+          <t>Son CelAli</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058063846</t>
+          <t>9786058063853</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımdan Aleve</t>
+          <t>Mehmetçik Olabilmek</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058063839</t>
+          <t>9786058063846</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Aluşta'dan Esen Yeller</t>
+          <t>Kıvılcımdan Aleve</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058063808</t>
+          <t>9786058063839</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Prenses Kazima'nın Sarayı - Kum Fırtınalı Bir Aşk Hikayesi</t>
+          <t>Aluşta'dan Esen Yeller</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058120884</t>
+          <t>9786058063808</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İğne Oyası</t>
+          <t>Prenses Kazima'nın Sarayı - Kum Fırtınalı Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058234437</t>
+          <t>9786058120884</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Kop Dağı Savunması</t>
+          <t>İğne Oyası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058120877</t>
+          <t>9786058234437</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye?</t>
+          <t>Şanlı Kop Dağı Savunması</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>32</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058120853</t>
+          <t>9786058120877</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Darbeleri Okuma Kılavuzu</t>
+          <t>Nereden Nereye?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058120815</t>
+          <t>9786058120853</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ayıntap’ın Kuvvacıları</t>
+          <t>Darbeleri Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058120808</t>
+          <t>9786058120815</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Ayıntap’ın Kuvvacıları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058186767</t>
+          <t>9786058120808</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Adını Arayan Çocuk</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058186736</t>
+          <t>9786058186767</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdakiler</t>
+          <t>Adını Arayan Çocuk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058186712</t>
+          <t>9786058186736</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sürecinde Devlet ve Ordu İlişkileri</t>
+          <t>Dışarıdakiler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058234475</t>
+          <t>9786058186712</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şefika</t>
+          <t>Küreselleşme Sürecinde Devlet ve Ordu İlişkileri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058234451</t>
+          <t>9786058234475</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yaralı İsmail</t>
+          <t>Şefika</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>30</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
+          <t>9786058234451</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı İsmail</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
           <t>9786058234499</t>
         </is>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Balkanlara Hüzünlü Veda</t>
         </is>
       </c>
-      <c r="C78" s="1">
-        <v>250</v>
+      <c r="C79" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>